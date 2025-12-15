--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="875">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="808">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
@@ -1173,84 +1173,50 @@
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 пвх  — не менее 2 раз 
 стекло  — не менее 3 раз 
 готовый  — не менее 3 раз 
 стоять  — не менее 3 раз 
 распродажа  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить балконную дверь пластиковую  
 пластиковая балконная дверь  
 пластиковые двери на балкон  
 раздвижные балконные двери  
 сколько стоит пластиковая дверь на балкон  
 купить дверь на балкон пластиковую  
 купить пластиковую балконную дверь цена  
 пластиковые балконные окна и двери  
 пвх дверь на балкон  
 дверь пластиковая со стеклом балконная готовая цена </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318609</t>
   </si>
   <si>
-    <t>Санкции и фильтры</t>
-[...32 lines deleted...]
-  <si>
     <t>https://www.mosokna.ru/about/smi-o-nas/arkhinovosti-rubrika-dizayn-intererov-nestandartnye-plastikovye-okna-effektnoe-ukrashenie-doma-vnutr/</t>
   </si>
   <si>
     <t>Оптимизация текста (2 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 арочный  — не менее 2 раз 
 треугольный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 треугольные пластиковые окна  
 окна треугольной формы </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318354</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/plastikovye-okna/dvuhstvorchatie-okna/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 двухстворчатый  — не менее 3 раз 
 двустворчатый  — не менее 3 раз 
@@ -1558,122 +1524,100 @@
 дуб (встречается в 2 запросах, значимость 5) 
 золотой (встречается в 1 запросе, значимость 4) 
 металлопластиковый (встречается в 1 запросе, значимость 1) 
 ламинация (встречается в 1 запросе, значимость 1) 
 светлый (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315805</t>
   </si>
   <si>
     <t>Оптимизация Title (15 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 купить (встречается в 5 запросах, значимость 871) 
 москва (встречается в 1 запросе, значимость 81) 
 цена (встречается в 6 запросах, значимость 74) 
 метр (встречается в 2 запросах, значимость 25) 
 заказывать (встречается в 1 запросе, значимость 20) 
 стоять (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358317105</t>
   </si>
   <si>
-    <t>Снятие пост-фильтров (3 фразы).</t>
-[...10 lines deleted...]
-  <si>
     <t>Оптимизация Title (6 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 трехстворчатый (встречается в 6 запросах, значимость 226) 
 окно (встречается в 6 запросах, значимость 226) 
 пластиковый (встречается в 2 запросах, значимость 38) 
 цена (встречается в 2 запросах, значимость 12) 
 пвх (встречается в 1 запросе, значимость 10) 
 купить (встречается в 1 запросе, значимость 9) 
 москва (встречается в 1 запросе, значимость 2) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358317983</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/tehnicheskiy_reglament/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 производство  — не менее 3 раз 
 алюминиевый  — не менее 3 раз 
 изготовление  — не менее 3 раз 
 профиль  — не менее 3 раз 
 конструкция  — не менее 3 раз 
 промышленный  — не менее 3 раз 
 здание  — не менее 3 раз 
 производственный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 производство алюминиевых окон  
 изготовление окон из алюминиевого профиля  
 изготовление алюминиевых конструкций москва  
 окна для промышленных зданий  
 алюминиевые промышленные окна  
 окна для производственных зданий </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318833</t>
   </si>
   <si>
     <t>Оптимизация Title (2 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 производитель (встречается в 2 запросах, значимость 112) 
 москва (встречается в 1 запросе, значимость 26) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315594</t>
-  </si>
-[...8 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132822</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/akcii/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пластиковый  — не менее 3 раз 
 пвх  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пластиковые окна акции  
 скидки окна пвх </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318361</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/info/leto-pod-steklom/</t>
   </si>
   <si>
     <t>Оптимизация Title (34 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 москва (встречается в 3 запросах, значимость 271) 
@@ -2632,63 +2576,50 @@
 дверь на террасу в коттедже </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318583</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/contacts/centry/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пластиковый  — не менее 3 раз 
 хотьково  — не менее 3 раз 
 купить  — не менее 3 раз 
 первомайский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 заказать пластиковые окна в хотьково  
 купить пластиковые окна в хотьково  
 пластиковые окна на первомайской москва  
 пластиковые окна первомайская </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318393</t>
   </si>
   <si>
-    <t>Снятие пост-фильтров (4 фразы).</t>
-[...11 lines deleted...]
-  <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 входной (встречается в 16 запросах, значимость 602) 
 пвх (встречается в 2 запросах, значимость 101) 
 цена (встречается в 3 запросах, значимость 70) 
 дом (встречается в 2 запросах, значимость 68) 
 частный (встречается в 1 запросе, значимость 67) 
 готовый (встречается в 6 запросах, значимость 22) 
 белый (встречается в 1 запросе, значимость 7) 
 распродажа (встречается в 1 запросе, значимость 5) 
 стекло (встречается в 2 запросах, значимость 3) 
 коричневый (встречается в 1 запросе, значимость 3) 
 стеклопакет (встречается в 2 запросах, значимость 2) 
 пластика (встречается в 1 запросе, значимость 2) 
 терраса (встречается в 2 запросах, значимость 2) 
 серый (встречается в 1 запросе, значимость 1) 
 окно (встречается в 1 запросе, значимость 1) 
 уличный (встречается в 1 запросе, значимость 1) 
 загородный (встречается в 1 запросе, значимость 1) 
 веранда (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358317042</t>
   </si>
   <si>
     <t>https://www.mosokna.ru/osteklenie-balkonov-lodzhii-cena-v-moskve/zasteklenie-balkonov/</t>
@@ -3743,113 +3674,89 @@
 скидки окна пвх  
 акции на установку пластиковых окон  
 акции на окна пвх </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315163</t>
   </si>
   <si>
     <t>Оптимизация Title (17 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 дом (встречается в 8 запросах, значимость 328) 
 окно (встречается в 8 запросах, значимость 213) 
 частный (встречается в 2 запросах, значимость 68) 
 раздвижной (встречается в 1 запросе, значимость 50) 
 пластиковый (встречается в 2 запросах, значимость 30) 
 стоимость (встречается в 1 запросе, значимость 14) 
 пол (встречается в 1 запросе, значимость 6) 
 квартира (встречается в 1 запросе, значимость 3) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315729</t>
   </si>
   <si>
-    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
-[...7 lines deleted...]
-  <si>
     <t>https://www.mosokna.ru/uslugi/garantiya/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 пластиковый (встречается в 4 запросах, значимость 4) 
 срок (встречается в 2 запросах, значимость 2) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318228</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 окно (встречается в 8 запросах, значимость 34) 
 отказный (встречается в 7 запросах, значимость 33) 
 пвх (встречается в 4 запросах, значимость 8) 
 распродажа (встречается в 2 запросах, значимость 6) 
 москва (встречается в 1 запросе, значимость 5) 
 пластиковый (встречается в 1 запросе, значимость 4) 
 купить (встречается в 2 запросах, значимость 4) 
 бу (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358317511</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 изготовление (встречается в 1 запросе, значимость 47) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358317119</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 купить (встречается в 1 запросе, значимость 33) 
 пластиковый (встречается в 1 запросе, значимость 33) 
 установка (встречается в 1 запросе, значимость 33) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315759</t>
-  </si>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132813</t>
   </si>
   <si>
     <t>Перегруппировка запросов (115 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 115 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.mosokna.ru/uslugi/price/ 
 https://www.mosokna.ru/uslugi/montazh-okon-pvh-gost 
 https://www.mosokna.ru/kalkulator 
 https://www.mosokna.ru/uslugi/ceny 
 https://www.mosokna.ru/plastikovye-okna/aksesuary/ogranichitel 
 https://www.mosokna.ru/panoramnoe-osteklenie 
 https://www.mosokna.ru/zagorodnoe-osteklenie/verandy-i-terrasy 
 https://www.mosokna.ru/plastikovye-okna/na-kuhnyu 
 https://www.mosokna.ru/zagorodnoe-osteklenie/tip-doma/okna-dlya-derevyannyh-domov 
 https://www.mosokna.ru/zagorodnoe-osteklenie/osteklenie-besedki 
 https://www.mosokna.ru/ceny/osteklenie-kvartiry 
 https://www.mosokna.ru/panoramnoe-osteklenie/panoramnoe-osteklenie-verand-i-terras 
 https://www.mosokna.ru/plastikovye-okna/vidy-okon/balkonnyy-blok 
 https://www.mosokna.ru/balkony-lodzhii/teploe-osteklenie 
 https://www.mosokna.ru/plastikovye-okna/forma-okon/arochnye 
 https://www.mosokna.ru/ceny/standart60odnostvorchatoe-500x500 
 https://www.mosokna.ru/ceny/standart60dvuhstvorchatoe-1500x1500 
 https://www.mosokna.ru/ 
@@ -5183,79 +5090,50 @@
 Проверьте следующие URL: 
 https://www.mosokna.ru/contacts/centry/526/ 
 https://www.mosokna.ru/kontakty 
 https://www.mosokna.ru/ 
 И запросы:
 пластиковые окна теплый стан  
 пластиковые окна юзао </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315179</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.mosokna.ru/contacts/centry/ 
 https://www.mosokna.ru/kontakty 
 https://www.mosokna.ru/ 
 И запросы:
 пластиковые окна на первомайской москва  
 пластиковые окна первомайская </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315177</t>
   </si>
   <si>
-    <t>Снятие пост-фильтров (20 фраз).</t>
-[...27 lines deleted...]
-  <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 окно (встречается в 12 запросах, значимость 30) 
 дом (встречается в 12 запросах, значимость 30) 
 частный (встречается в 10 запросах, значимость 24) 
 большой (встречается в 6 запросах, значимость 16) 
 панорамный (встречается в 6 запросах, значимость 14) 
 купить (встречается в 4 запросах, значимость 5) 
 пластиковый (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358316832</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 остекление (встречается в 12 запросах, значимость 58) 
 балкон (встречается в 9 запросах, значимость 56) 
 калькулятор (встречается в 6 запросах, значимость 40) 
 рассчитать (встречается в 5 запросах, значимость 18) 
 онлайн (встречается в 4 запросах, значимость 16) 
 стоимость (встречается в 6 запросах, значимость 7) 
 окно (встречается в 3 запросах, значимость 6) 
 лоджия (встречается в 5 запросах, значимость 5) 
 пластиковый (встречается в 2 запросах, значимость 5) 
 расчет (встречается в 5 запросах, значимость 5) 
 алюминиевый (встречается в 1 запросе, значимость 1) </t>
@@ -5692,61 +5570,50 @@
 недорого  — не менее 3 раз 
 веранда  — не менее 3 раз 
 производитель  — не менее 3 раз 
 нестандартный  — не менее 3 раз 
 террасный  — не менее 3 раз 
 заказывать  — не менее 3 раз 
 однокамерный  — не менее 3 раз 
 изготовление  — не менее 3 раз 
 москва  — не менее 3 раз 
 маленький  — не менее 3 раз 
 стеклопакет  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 дачные окна  
 окна пвх для дачи  
 купить окна на дачу  
 окна на дачу недорого с установкой  
 окна для беседки купить  
 заказать окна на дачу  
 пластиковые окна для беседки  
 нестандартные пластиковые окна на дачу  
 раздвижные окна для беседки купить  
 верандные пластиковые окна для дачи </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318739</t>
-  </si>
-[...9 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132970</t>
   </si>
   <si>
     <t>Оптимизация текста (43 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 веранда  — не менее 2 раз 
 терраса  — не менее 3 раз 
 сдвижной  — не менее 3 раз 
 распашной  — не менее 1 раз 
 витражный  — не менее 3 раз 
 оконный  — не менее 1 раз 
 алюминий  — не менее 1 раз 
 недорого  — не менее 3 раз 
 стоимость  — не менее 2 раз 
 беседка  — не менее 3 раз 
 фасад  — не менее 3 раз 
 виднал  — не менее 3 раз 
 schuco  — не менее 3 раз 
 алютех  — не менее 3 раз 
 зимний  — не менее 2 раз 
 сад  — не менее 3 раз 
 изготовление  — не менее 2 раз 
@@ -5943,147 +5810,93 @@
   <si>
     <t xml:space="preserve">У 17 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 входные двери пластиковые двери  
 пластиковые входные двери  
 пластиковые двери входные для частного дома цена  
 дверь пвх входная  
 готовые пластиковые двери входные распродажа  
 купить входную пластиковую дверь  
 дверь пластиковая со стеклом входная готовая цена  
 готовые пластиковые двери  
 готовые входные пластиковые двери  
 двери из стеклопакета  
 входные двери из пластика  
 пластиковые двери входные коричневые  
 серая пластиковая входная дверь  
 входная пластиковая белая дверь  
 входные пластиковые двери со стеклопакетом  
 готовые пластиковые входные двери купить  
 дверь пвх со стеклом входная готовая цена </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315281</t>
   </si>
   <si>
-    <t>Снятие пост-фильтров (17 фраз).</t>
-[...24 lines deleted...]
-  <si>
     <t xml:space="preserve">У 12 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 пластиковые окна в частный дом  
 большие окна в частном доме  
 купить панорамные окна в частный дом цена  
 купить панорамные окна в частный дом  
 большие окна в частном доме цена  
 окна больших размеров для загородного дома  
 купить большие окна в загородный дом  
 большие панорамные окна в частном доме цены  
 заказать панорамные окна в частном доме  
 панорамные окна в частном доме цена москва  
 большие окна в частном доме купить  
 панорамные окна в частном доме фото цена </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315270</t>
-  </si>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132899</t>
   </si>
   <si>
     <t>Перегруппировка запросов (16 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 16 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 французское остекление балкона  
 панорамное остекление дома  
 панорамные пластиковые окна  
 французское остекление  
 панорамные окна в частном доме цена  
 панорамное остекление дома цена  
 панорамные раздвижные окна  
 панорамное остекление купить  
 панорамное остекление стоимость  
 цена панорамных окон для дома  
 панорамные окна для дома  
 панорамное остекление террасы  
 сколько стоит панорамное остекление дома  
 панорамное остекление в доме  
 окно в пол в частном доме цена  
 пластиковые окна панорамное остекление цена </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315165</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132916</t>
   </si>
   <si>
     <t>Оптимизация текста (20 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пластиковый  — не менее 1 раз 
 межкомнатный  — не менее 2 раз 
 купить  — не менее 3 раз 
 белый  — не менее 2 раз 
 недорого  — не менее 3 раз 
 готовый  — не менее 3 раз 
 магазин  — не менее 2 раз 
 каталог  — не менее 3 раз 
 пластика  — не менее 2 раз 
 веранда  — не менее 3 раз 
 коричневый  — не менее 1 раз 
 раздвижной  — не менее 3 раз 
 дерево  — не менее 2 раз 
 частный  — не менее 3 раз 
 панорамный  — не менее 2 раз 
 ламинированный  — не менее 3 раз 
 терраса  — не менее 3 раз 
 распродажа  — не менее 3 раз 
@@ -6122,66 +5935,50 @@
 частный  — не менее 3 раз 
 крыша  — не менее 3 раз 
 фасад  — не менее 3 раз 
 стоять  — не менее 2 раз 
 стеклопакет  — не менее 3 раз 
 застеклять  — не менее 3 раз 
 веранда  — не менее 2 раз 
 пристройка  — не менее 3 раз 
 кв  — не менее 3 раз 
 метр  — не менее 3 раз 
 монтаж  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 зимний сад под ключ москва  
 купить зимний сад москва  
 зимний сад цена  
 зимний сад под ключ  
 остекление зимнего сада в частном доме  
 застекленный зимний сад  
 остекление зимнего сада москва  
 остекление зимнего сада в частном доме цена  
 зимние сады из стекла  
 зимние сады из алюминиевого профиля </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318417</t>
-  </si>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132925</t>
   </si>
   <si>
     <t xml:space="preserve">У 67 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 алюминиевые окна на балкон раздвижные  
 раздвижные окна для веранды  
 алюминиевые окна на балкон  
 остекление веранды и террасы алюминиевым профилем цена  
 алюминиевые окна на балкон раздвижные цена  
 распашные алюминиевые окна для балкона  
 холодные алюминиевые окна  
 алюминиевые окна на балкон цена  
 раздвижные окна для беседки из алюминия цена  
 остекление террасы алюминиевым профилем цена  
 алюминиевые окна для беседки  
 холодные алюминиевые окна в беседку  
 остекление балконов и лоджий алюминиевым профилем  
 алюминиевое остекление террасы  
 алюминиевые окна остекление балконов  
 алюминиевые панорамные окна цена  
 остекление балкона раздвижной алюминиевой системой  
 окна балконные раздвижные алюминиевые цена  
 алюминиевый профиль для остекления  
 окна с алюминиевым профилем  
 алюминиевые окна остекление  
@@ -6214,66 +6011,50 @@
 сколько стоят алюминиевые окна на балконе раздвижные  
 алюминиевое остекление террасы цена  
 алюминий раздвижной  
 стоимость остекления алюминиевым профилем за 1 м2  
 цена алюминиевого остекления  
 балконные окна алюминиевого профиля стоимость  
 раздвижные окна для террасы алюминиевым профилем  
 холодные раздвижные окна для веранды  
 раздвижное остекление беседки  
 раздвижное алюминиевое остекление цена  
 алюминиевая раздвижка на балкон  
 купить алюминиевые раздвижные окна на балкон  
 алюминиевые балконные окна цена  
 алюминиевое окно глухое холодное  
 стоимость алюминиевых окон на балкон  
 окна для беседки из алюминиевого профиля  
 раздвижное холодное остекление террасы  
 стоимость раздвижных окон для балкона  
 алюминиевый раздвижной балкон  
 купить остекление балкона алюминиевым профилем раздвижные </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315242</t>
   </si>
   <si>
-    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
-[...14 lines deleted...]
-  <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 веранда  — не менее 2 раз 
 терраса  — не менее 2 раз 
 загородный  — не менее 1 раз 
 дом  — не менее 1 раз 
 террасный  — не менее 3 раз 
 теплый  — не менее 3 раз 
 зимний  — не менее 2 раз 
 сад  — не менее 3 раз 
 беседка  — не менее 3 раз 
 пластиковый  — не менее 1 раз 
 раздвижной  — не менее 1 раз 
 сдвижной  — не менее 3 раз 
 застеклять  — не менее 3 раз 
 крыльцо  — не менее 3 раз 
 застекление  — не менее 3 раз 
 холодный  — не менее 2 раз 
 недорого  — не менее 3 раз 
 выход  — не менее 3 раз 
 верандный  — не менее 3 раз 
 остеклять  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 остекление террасы дома  
 окна для веранды  
@@ -6319,117 +6100,59 @@
 панельный  — не менее 3 раз 
 павильон  — не менее 3 раз 
 производитель  — не менее 3 раз 
 однокамерный  — не менее 3 раз 
 дача  — не менее 3 раз 
 недорого  — не менее 3 раз 
 сталинский  — не менее 3 раз 
 нестандартный  — не менее 3 раз 
 малый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 расчет окон пвх онлайн  
 раздвижные окна для беседки  
 расчет окон пвх онлайн калькулятор  
 панорамное остекление загородного дома цена за м2  
 расчет пластикового окна калькулятор  
 окна в пол в загородном доме купить  
 окна дома  
 панорамные окна для загородного дома цена калькулятор  
 пластиковые окна панорамные размеры и цены  
 остекление павильонов </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318439</t>
   </si>
   <si>
-    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
-[...38 lines deleted...]
-  <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 прижим (встречается в 1 запросе, значимость 4) 
 Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
 производитель  
 москва  
 московский </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358318326</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132833</t>
   </si>
   <si>
     <t xml:space="preserve">У 15 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 остекление балконов калькулятор  
 рассчитать стоимость остекления балкона  
 остекление балконов калькулятор онлайн  
 рассчитать остекление балкона онлайн  
 остекление лоджий пластиковыми окнами калькулятор  
 рассчитать стоимость остекления лоджии  
 расчет стоимости остекления балкона  
 расчет стоимости остекления лоджии  
 рассчитать остекление лоджии  
 рассчитать стоимость балкона  
 остекление балконов расчет стоимости онлайн  
 калькулятор остекления лоджии  
 расчет балкона онлайн калькулятор  
 расчет алюминиевых окон  
 остекление балкона пластиковыми окнами калькулятор </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315202</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
@@ -6531,158 +6254,100 @@
   <si>
     <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 пластиковая балконная дверь  
 пластиковые двери на балкон  
 раздвижные балконные двери  
 балконная дверь пластиковая цена  
 купить балконную дверь пластиковую  
 пластиковая дверь на балкон цена  
 пластиковые балконные двери москва  
 балконные двери пвх  
 сколько стоит пластиковая балконная дверь  
 балконная дверь пластиковая с окном цена москва  
 дверь пластиковая со стеклом балконная готовая цена  
 пластиковые балконные окна и двери  
 пластиковые двери на балкон цены москва  
 купить дверь на балкон пластиковую  
 пвх дверь на балкон  
 сколько стоит пластиковая дверь на балкон  
 готовые балконные двери пвх распродажа  
 купить пластиковую балконную дверь цена  
 купить балконную дверь пластиковую в москве </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315277</t>
-  </si>
-[...33 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132800</t>
   </si>
   <si>
     <t>Перегруппировка запросов (38 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 38 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 цветные пластиковые окна  
 ламинированные пластиковые окна  
 ламинированные окна  
 цветные окна  
 ламинированные окна пвх  
 ламинированные окна цвета  
 цветные пластиковые окна купить  
 цветные пластиковые окна цены  
 цветные окна пвх  
 цветные пластиковые окна купить в москве  
 ламинированные окна цена  
 окна с ламинацией  
 цветные пластиковые окна москва  
 заказать цветные пластиковые окна москва  
 окна с ламинацией цена  
 ламинированные окна пвх цены  
 пластиковые окна с ламинацией под дерево цена  
 ламинированные окна купить  
 ламинация окон цвета  
 цветные окна москва  
 ламинированные окна москва  
 цветные пластиковые окна в интерьере  
 ламинация окон цвета каталог  
 пластиковые окна цветные рамы  
 цветные окна пвх купить  
 ламинированный профиль окна  
 цветные стеклопакеты  
 пластиковые окна цветной профиль  
 окна с коричневым профилем  
 ламинация пластиковых окон цена  
 купить пластиковые окна ламинированные  
 заказать ламинированные окна  
 готовые ламинированные окна  
 ламинация окон москва  
 ламинация окон пвх цена  
 купить цветные окна  
 ламинированные пластиковые окна цвета  
 заказать цветные пластиковые окна </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315295</t>
   </si>
   <si>
-    <t>Снятие пост-фильтров (14 фраз).</t>
-[...21 lines deleted...]
-  <si>
     <t>Перегруппировка запросов (18 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 18 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.mosokna.ru/plastikovye-dveri/ 
 https://www.mosokna.ru/ 
 https://www.mosokna.ru/dveri/vhodnye-plastikovye-dveri 
 https://www.mosokna.ru/dveri/parallelno-razdvizhnye-dveri 
 https://www.mosokna.ru/dveri/plastikovye-balkonye-dveri 
 https://www.mosokna.ru/dveri 
 И запросы:
 двери пвх окна пвх  
 дверь пластиковая со стеклом входная готовая  
 пластиковые двери пвх  
 купить двери пластиковые готовые  
 купить двери пвх в москве  
 пластиковые двери коричневые  
 входная дверь пвх цена  
 входные двери пвх готовые  
 раздвижные пластиковые двери цена  
 межкомнатная пластиковая дверь со стеклопакетом  
 готовые пвх двери  
 готовые двери пвх распродажа со склада  
 пластиковые двери недорого  
@@ -6757,75 +6422,50 @@
 пластиковые окна на террасу на дачу  
 остекление беседок веранд террас  
 окна для веранды и террасы  
 остекление веранд и террас пластиковыми окнами  
 установка пластиковых окон на даче  
 окна для веранды на дачу  
 окна для остекления веранды  
 сдвижное остекление террас  
 застеклить террасу на даче  
 остекление веранды и террасы на даче  
 теплое остекление веранды загородного дома  
 раздвижное остекление террасы загородного дома  
 застекление веранды и террасы  
 остекление беседки на даче  
 холодное остекление веранды на даче  
 застеклить веранду на даче недорого  
 установить пластиковые окна на дачу  
 пластиковые окна на веранду дачи  
 застекление террасы  
 верандные окна для дачи  
 застеклить веранду на даче  
 остеклить террасу на даче </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12387/todo/1358315187</t>
-  </si>
-[...23 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1259132869</t>
   </si>
   <si>
     <t>Перегруппировка запросов (23 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 23 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 пластиковые окна для дачи  
 окна для дачи  
 окна пвх для дачи  
 купить окна на дачу  
 пластиковые окна на дачу цена с установкой  
 дачные окна  
 раздвижные окна для беседки купить  
 верандные пластиковые окна для дачи  
 окна для террасы на дачу недорого  
 окна на веранду на даче цены  
 окна на дачу недорого от производителя  
 окна на дачу недорого с установкой  
 нестандартные пластиковые окна на дачу  
 пластиковые окна для беседки цена  
 террасные окна для дачи пластиковые  
 пластиковые окна для беседки  
 заказать окна на дачу  
 окна пвх однокамерные для дачи  
@@ -7212,51 +6852,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K321"/>
+  <dimension ref="A1:K295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -7283,694 +6923,694 @@
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>6306</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I4">
-        <v>13.3</v>
+        <v>16.6</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>3062</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="I5">
-        <v>37.9</v>
+        <v>33.2</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>348</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I6">
-        <v>63.7</v>
+        <v>22.2</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7">
         <v>4035</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I7">
-        <v>13.3</v>
+        <v>16.6</v>
       </c>
       <c r="K7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
         <v>1200</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I8">
-        <v>42.1</v>
+        <v>49</v>
       </c>
       <c r="K8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="I9">
-        <v>1.4</v>
+        <v>7.8</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
         <v>931</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
         <v>101</v>
       </c>
       <c r="I10">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11">
         <v>880</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I11">
-        <v>35.2</v>
+        <v>25.5</v>
       </c>
       <c r="K11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12">
         <v>173</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I12">
-        <v>63.7</v>
+        <v>22.2</v>
       </c>
       <c r="K12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>51</v>
       </c>
       <c r="E13">
         <v>799</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="I13">
-        <v>6.9</v>
+        <v>5.1</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14">
         <v>2440</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="I14">
-        <v>13.3</v>
+        <v>16.6</v>
       </c>
       <c r="K14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15">
         <v>686</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I15">
-        <v>67.2</v>
+        <v>60.2</v>
       </c>
       <c r="K15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>62</v>
       </c>
       <c r="E16">
         <v>512</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I16">
-        <v>14.4</v>
+        <v>14.8</v>
       </c>
       <c r="K16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="E17">
         <v>308</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I17">
-        <v>67.2</v>
+        <v>60.2</v>
       </c>
       <c r="K17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>68</v>
       </c>
       <c r="E18">
         <v>448</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I18">
-        <v>63.7</v>
+        <v>22.2</v>
       </c>
       <c r="K18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>70</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19" t="s">
         <v>72</v>
       </c>
       <c r="E19">
         <v>40</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="I19">
-        <v>1.1</v>
+        <v>3.1</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>74</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20">
         <v>377</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I20">
-        <v>69.5</v>
+        <v>47.5</v>
       </c>
       <c r="K20" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>78</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>80</v>
       </c>
       <c r="E21">
         <v>30</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I21">
-        <v>60.1</v>
+        <v>50.8</v>
       </c>
       <c r="K21" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>82</v>
       </c>
       <c r="D22" t="s">
         <v>83</v>
       </c>
       <c r="E22">
         <v>1170</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="I22">
-        <v>37.9</v>
+        <v>33.2</v>
       </c>
       <c r="K22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>85</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>86</v>
       </c>
       <c r="D23" t="s">
         <v>87</v>
       </c>
       <c r="E23">
         <v>345</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
         <v>54</v>
       </c>
       <c r="I23">
-        <v>11.7</v>
+        <v>3.8</v>
       </c>
       <c r="K23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>90</v>
       </c>
       <c r="E24">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I24">
-        <v>14.4</v>
+        <v>14.8</v>
       </c>
       <c r="K24" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>92</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>93</v>
       </c>
       <c r="E25">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
@@ -7987,86 +7627,86 @@
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>95</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
         <v>96</v>
       </c>
       <c r="D26" t="s">
         <v>97</v>
       </c>
       <c r="E26">
         <v>312</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I26">
-        <v>47.3</v>
+        <v>48.6</v>
       </c>
       <c r="K26" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>99</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
         <v>89</v>
       </c>
       <c r="D27" t="s">
         <v>100</v>
       </c>
       <c r="E27">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I27">
-        <v>32.5</v>
+        <v>34.1</v>
       </c>
       <c r="K27" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>102</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>103</v>
       </c>
       <c r="D28" t="s">
         <v>104</v>
       </c>
       <c r="E28">
         <v>10</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
@@ -8083,9401 +7723,8569 @@
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>106</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
         <v>103</v>
       </c>
       <c r="D29" t="s">
         <v>107</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I29">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K29" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30" t="s">
         <v>110</v>
       </c>
       <c r="E30">
         <v>22</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="I30">
-        <v>22</v>
+        <v>6.4</v>
       </c>
       <c r="K30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C31" t="s">
         <v>113</v>
       </c>
       <c r="D31" t="s">
         <v>114</v>
       </c>
       <c r="E31">
-        <v>443</v>
+        <v>11</v>
       </c>
       <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31">
+        <v>6</v>
+      </c>
+      <c r="I31">
+        <v>52.6</v>
+      </c>
+      <c r="K31" t="s">
         <v>115</v>
-      </c>
-[...10 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
+        <v>116</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" t="s">
         <v>117</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="E32">
+        <v>26</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32">
+        <v>4</v>
+      </c>
+      <c r="I32">
+        <v>69</v>
+      </c>
+      <c r="K32" t="s">
         <v>118</v>
-      </c>
-[...19 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" t="s">
+        <v>113</v>
+      </c>
+      <c r="D33" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33">
+        <v>10</v>
+      </c>
+      <c r="F33" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33">
+        <v>18</v>
+      </c>
+      <c r="I33">
+        <v>19.4</v>
+      </c>
+      <c r="K33" t="s">
         <v>121</v>
-      </c>
-[...25 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
+        <v>122</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
+        <v>35</v>
+      </c>
+      <c r="D34" t="s">
+        <v>123</v>
+      </c>
+      <c r="E34">
+        <v>11</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34">
+        <v>13</v>
+      </c>
+      <c r="I34">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
         <v>124</v>
-      </c>
-[...25 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
+        <v>125</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" t="s">
         <v>127</v>
       </c>
-      <c r="B35" t="s">
-[...5 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35">
+        <v>197</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35">
+        <v>101</v>
+      </c>
+      <c r="I35">
+        <v>2.2</v>
+      </c>
+      <c r="K35" t="s">
         <v>128</v>
-      </c>
-[...16 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
+        <v>102</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>129</v>
+      </c>
+      <c r="D36" t="s">
         <v>130</v>
       </c>
-      <c r="B36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E36">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36">
         <v>101</v>
       </c>
       <c r="I36">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="K36" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="E37">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I37">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K37" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>134</v>
+        <v>96</v>
       </c>
       <c r="D38" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="E38">
-        <v>13</v>
+        <v>191</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="I38">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K38" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
+        <v>78</v>
+      </c>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" t="s">
+        <v>137</v>
+      </c>
+      <c r="D39" t="s">
+        <v>138</v>
+      </c>
+      <c r="E39">
+        <v>188</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39">
+        <v>6</v>
+      </c>
+      <c r="I39">
+        <v>50.8</v>
+      </c>
+      <c r="K39" t="s">
         <v>139</v>
-      </c>
-[...25 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>78</v>
+        <v>140</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
+        <v>71</v>
+      </c>
+      <c r="D40" t="s">
+        <v>141</v>
+      </c>
+      <c r="E40">
+        <v>19</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40">
+        <v>101</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="K40" t="s">
         <v>142</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
+        <v>143</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>67</v>
+      </c>
+      <c r="D41" t="s">
+        <v>144</v>
+      </c>
+      <c r="E41">
+        <v>172</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41">
+        <v>12</v>
+      </c>
+      <c r="I41">
+        <v>34.3</v>
+      </c>
+      <c r="K41" t="s">
         <v>145</v>
-      </c>
-[...25 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
+        <v>146</v>
+      </c>
+      <c r="B42" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s">
+        <v>79</v>
+      </c>
+      <c r="D42" t="s">
+        <v>147</v>
+      </c>
+      <c r="E42">
+        <v>14</v>
+      </c>
+      <c r="F42" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42">
+        <v>88</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="K42" t="s">
         <v>148</v>
-      </c>
-[...25 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
+        <v>149</v>
+      </c>
+      <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
+        <v>89</v>
+      </c>
+      <c r="D43" t="s">
+        <v>150</v>
+      </c>
+      <c r="E43">
+        <v>11</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43">
+        <v>88</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
         <v>151</v>
-      </c>
-[...25 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
+        <v>112</v>
+      </c>
+      <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>152</v>
+      </c>
+      <c r="D44" t="s">
+        <v>153</v>
+      </c>
+      <c r="E44">
+        <v>22</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44">
+        <v>6</v>
+      </c>
+      <c r="I44">
+        <v>52.6</v>
+      </c>
+      <c r="K44" t="s">
         <v>154</v>
-      </c>
-[...25 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D45" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E45">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
         <v>6</v>
       </c>
       <c r="I45">
-        <v>52.5</v>
+        <v>50.8</v>
       </c>
       <c r="K45" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
+        <v>158</v>
+      </c>
+      <c r="D46" t="s">
+        <v>159</v>
+      </c>
+      <c r="E46">
+        <v>52</v>
+      </c>
+      <c r="F46" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46">
+        <v>101</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="K46" t="s">
         <v>160</v>
-      </c>
-[...19 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
+        <v>161</v>
+      </c>
+      <c r="D47" t="s">
+        <v>162</v>
+      </c>
+      <c r="E47">
         <v>163</v>
       </c>
-      <c r="D47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="I47">
-        <v>0</v>
+        <v>7.8</v>
       </c>
       <c r="K47" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48" t="s">
+        <v>165</v>
+      </c>
+      <c r="E48">
+        <v>33</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48">
+        <v>10</v>
+      </c>
+      <c r="I48">
+        <v>34.1</v>
+      </c>
+      <c r="K48" t="s">
         <v>166</v>
-      </c>
-[...19 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="B49" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C49" t="s">
+        <v>79</v>
+      </c>
+      <c r="D49" t="s">
+        <v>168</v>
+      </c>
+      <c r="E49">
+        <v>13</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49">
+        <v>101</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="K49" t="s">
         <v>169</v>
-      </c>
-[...19 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
+        <v>170</v>
+      </c>
+      <c r="D50" t="s">
+        <v>171</v>
+      </c>
+      <c r="E50">
+        <v>13</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50">
+        <v>18</v>
+      </c>
+      <c r="I50">
+        <v>19.4</v>
+      </c>
+      <c r="K50" t="s">
         <v>172</v>
-      </c>
-[...19 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
+        <v>173</v>
+      </c>
+      <c r="B51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" t="s">
+        <v>113</v>
+      </c>
+      <c r="D51" t="s">
+        <v>174</v>
+      </c>
+      <c r="E51">
+        <v>6</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51">
+        <v>6</v>
+      </c>
+      <c r="I51">
+        <v>58.9</v>
+      </c>
+      <c r="K51" t="s">
         <v>175</v>
-      </c>
-[...25 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>124</v>
+        <v>176</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" t="s">
         <v>178</v>
       </c>
-      <c r="D52" t="s">
+      <c r="E52">
+        <v>140</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52">
+        <v>101</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="K52" t="s">
         <v>179</v>
-      </c>
-[...16 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="B53" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C53" t="s">
+        <v>89</v>
+      </c>
+      <c r="D53" t="s">
         <v>181</v>
       </c>
-      <c r="D53" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F53" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="K53" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
+        <v>183</v>
+      </c>
+      <c r="B54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" t="s">
+        <v>89</v>
+      </c>
+      <c r="D54" t="s">
         <v>184</v>
       </c>
-      <c r="B54" t="s">
-[...5 lines deleted...]
-      <c r="D54" t="s">
+      <c r="E54">
+        <v>9</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54">
+        <v>101</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="K54" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
+        <v>143</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>186</v>
+      </c>
+      <c r="D55" t="s">
         <v>187</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="E55">
+        <v>67</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55">
+        <v>12</v>
+      </c>
+      <c r="I55">
+        <v>34.3</v>
+      </c>
+      <c r="K55" t="s">
         <v>188</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
+        <v>189</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" t="s">
+        <v>190</v>
+      </c>
+      <c r="D56" t="s">
         <v>191</v>
       </c>
-      <c r="B56" t="s">
-[...5 lines deleted...]
-      <c r="D56" t="s">
+      <c r="E56">
+        <v>137</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56">
+        <v>14</v>
+      </c>
+      <c r="I56">
+        <v>41.6</v>
+      </c>
+      <c r="K56" t="s">
         <v>192</v>
-      </c>
-[...16 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
+        <v>193</v>
+      </c>
+      <c r="B57" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" t="s">
+        <v>79</v>
+      </c>
+      <c r="D57" t="s">
         <v>194</v>
       </c>
-      <c r="B57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E57">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
         <v>101</v>
       </c>
       <c r="I57">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>148</v>
+        <v>30</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" t="s">
         <v>197</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58">
+        <v>449</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58">
+        <v>6</v>
+      </c>
+      <c r="I58">
+        <v>49</v>
+      </c>
+      <c r="K58" t="s">
         <v>198</v>
-      </c>
-[...16 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
+        <v>199</v>
+      </c>
+      <c r="B59" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" t="s">
+        <v>35</v>
+      </c>
+      <c r="D59" t="s">
         <v>200</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="E59">
+        <v>7</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59">
+        <v>94</v>
+      </c>
+      <c r="I59">
+        <v>1.6</v>
+      </c>
+      <c r="K59" t="s">
         <v>201</v>
-      </c>
-[...19 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>79</v>
+        <v>35</v>
       </c>
       <c r="D60" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="E60">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
         <v>101</v>
       </c>
       <c r="I60">
         <v>0</v>
       </c>
       <c r="K60" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
+        <v>35</v>
+      </c>
+      <c r="D61" t="s">
+        <v>206</v>
+      </c>
+      <c r="E61">
+        <v>7</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61">
+        <v>101</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="K61" t="s">
         <v>207</v>
-      </c>
-[...19 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
+        <v>208</v>
+      </c>
+      <c r="B62" t="s">
+        <v>13</v>
+      </c>
+      <c r="C62" t="s">
+        <v>209</v>
+      </c>
+      <c r="D62" t="s">
         <v>210</v>
       </c>
-      <c r="B62" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E62">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
         <v>101</v>
       </c>
       <c r="I62">
-        <v>0</v>
+        <v>4.6</v>
       </c>
       <c r="K62" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>213</v>
+        <v>140</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>35</v>
+        <v>164</v>
       </c>
       <c r="D63" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E63">
-        <v>7</v>
+        <v>26</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
         <v>101</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="K63" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
+        <v>214</v>
+      </c>
+      <c r="B64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" t="s">
+        <v>71</v>
+      </c>
+      <c r="D64" t="s">
+        <v>215</v>
+      </c>
+      <c r="E64">
+        <v>13</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64">
+        <v>19</v>
+      </c>
+      <c r="I64">
+        <v>28.1</v>
+      </c>
+      <c r="K64" t="s">
         <v>216</v>
-      </c>
-[...25 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
+        <v>217</v>
+      </c>
+      <c r="B65" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" t="s">
+        <v>218</v>
+      </c>
+      <c r="D65" t="s">
         <v>219</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="E65">
+        <v>25</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65">
+        <v>26</v>
+      </c>
+      <c r="I65">
+        <v>0.5</v>
+      </c>
+      <c r="K65" t="s">
         <v>220</v>
-      </c>
-[...19 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>145</v>
+        <v>221</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
       <c r="D66" t="s">
         <v>223</v>
       </c>
       <c r="E66">
-        <v>26</v>
+        <v>124</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="I66">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="K66" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>225</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>71</v>
+        <v>226</v>
       </c>
       <c r="D67" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E67">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="I67">
-        <v>22.1</v>
+        <v>0.1</v>
       </c>
       <c r="K67" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>229</v>
+        <v>89</v>
       </c>
       <c r="D68" t="s">
         <v>230</v>
       </c>
       <c r="E68">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I68">
-        <v>1.9</v>
+        <v>0</v>
       </c>
       <c r="K68" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>232</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
+        <v>89</v>
+      </c>
+      <c r="D69" t="s">
         <v>233</v>
       </c>
-      <c r="D69" t="s">
+      <c r="E69">
+        <v>8</v>
+      </c>
+      <c r="F69" t="s">
+        <v>16</v>
+      </c>
+      <c r="G69" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69">
+        <v>23</v>
+      </c>
+      <c r="I69">
+        <v>2.5</v>
+      </c>
+      <c r="K69" t="s">
         <v>234</v>
-      </c>
-[...16 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
+        <v>235</v>
+      </c>
+      <c r="B70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" t="s">
+        <v>89</v>
+      </c>
+      <c r="D70" t="s">
         <v>236</v>
       </c>
-      <c r="B70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E70">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
         <v>101</v>
       </c>
       <c r="I70">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K70" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
         <v>89</v>
       </c>
       <c r="D71" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E71">
         <v>8</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
         <v>101</v>
       </c>
       <c r="I71">
         <v>0</v>
       </c>
       <c r="K71" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
         <v>89</v>
       </c>
       <c r="D72" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E72">
         <v>8</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="I72">
-        <v>0.8</v>
+        <v>21.6</v>
       </c>
       <c r="K72" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
         <v>89</v>
       </c>
       <c r="D73" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E73">
         <v>8</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
         <v>101</v>
       </c>
       <c r="I73">
         <v>0</v>
       </c>
       <c r="K73" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
         <v>89</v>
       </c>
       <c r="D74" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E74">
         <v>8</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
-        <v>93</v>
+        <v>60</v>
       </c>
       <c r="I74">
-        <v>0</v>
+        <v>11.3</v>
       </c>
       <c r="K74" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>252</v>
+        <v>112</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>89</v>
+        <v>250</v>
       </c>
       <c r="D75" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I75">
-        <v>2.6</v>
+        <v>52.6</v>
       </c>
       <c r="K75" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
+        <v>253</v>
+      </c>
+      <c r="B76" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" t="s">
+        <v>79</v>
+      </c>
+      <c r="D76" t="s">
+        <v>254</v>
+      </c>
+      <c r="E76">
+        <v>10</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76">
+        <v>6</v>
+      </c>
+      <c r="I76">
+        <v>26.8</v>
+      </c>
+      <c r="K76" t="s">
         <v>255</v>
-      </c>
-[...25 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>256</v>
+      </c>
+      <c r="B77" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" t="s">
+        <v>113</v>
+      </c>
+      <c r="D77" t="s">
+        <v>257</v>
+      </c>
+      <c r="E77">
+        <v>5</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77">
+        <v>72</v>
+      </c>
+      <c r="I77">
+        <v>0</v>
+      </c>
+      <c r="K77" t="s">
         <v>258</v>
-      </c>
-[...25 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>117</v>
+        <v>259</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
+        <v>113</v>
+      </c>
+      <c r="D78" t="s">
+        <v>260</v>
+      </c>
+      <c r="E78">
+        <v>5</v>
+      </c>
+      <c r="F78" t="s">
+        <v>16</v>
+      </c>
+      <c r="G78" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78">
+        <v>101</v>
+      </c>
+      <c r="I78">
+        <v>0</v>
+      </c>
+      <c r="K78" t="s">
         <v>261</v>
-      </c>
-[...19 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>119</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>262</v>
+      </c>
+      <c r="D79" t="s">
+        <v>263</v>
+      </c>
+      <c r="E79">
+        <v>5</v>
+      </c>
+      <c r="F79" t="s">
+        <v>16</v>
+      </c>
+      <c r="G79" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79">
+        <v>18</v>
+      </c>
+      <c r="I79">
+        <v>19.4</v>
+      </c>
+      <c r="K79" t="s">
         <v>264</v>
-      </c>
-[...25 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>118</v>
+        <v>103</v>
       </c>
       <c r="D80" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E80">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
-        <v>32</v>
+        <v>101</v>
       </c>
       <c r="I80">
         <v>0</v>
       </c>
       <c r="K80" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>118</v>
+        <v>71</v>
       </c>
       <c r="D81" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E81">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="H81">
         <v>101</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>124</v>
+        <v>271</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
+        <v>71</v>
+      </c>
+      <c r="D82" t="s">
+        <v>272</v>
+      </c>
+      <c r="E82">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82">
+        <v>101</v>
+      </c>
+      <c r="I82">
+        <v>0</v>
+      </c>
+      <c r="K82" t="s">
         <v>273</v>
-      </c>
-[...19 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>99</v>
+      </c>
+      <c r="B83" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>274</v>
+      </c>
+      <c r="D83" t="s">
+        <v>275</v>
+      </c>
+      <c r="E83">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83">
+        <v>10</v>
+      </c>
+      <c r="I83">
+        <v>34.1</v>
+      </c>
+      <c r="K83" t="s">
         <v>276</v>
-      </c>
-[...25 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
+        <v>277</v>
+      </c>
+      <c r="B84" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" t="s">
+        <v>278</v>
+      </c>
+      <c r="D84" t="s">
         <v>279</v>
       </c>
-      <c r="B84" t="s">
-[...5 lines deleted...]
-      <c r="D84" t="s">
+      <c r="E84">
+        <v>90</v>
+      </c>
+      <c r="F84" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84">
+        <v>6</v>
+      </c>
+      <c r="I84">
+        <v>78.5</v>
+      </c>
+      <c r="K84" t="s">
         <v>280</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
+        <v>116</v>
+      </c>
+      <c r="B85" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" t="s">
+        <v>281</v>
+      </c>
+      <c r="D85" t="s">
         <v>282</v>
       </c>
-      <c r="B85" t="s">
-[...5 lines deleted...]
-      <c r="D85" t="s">
+      <c r="E85">
+        <v>46</v>
+      </c>
+      <c r="F85" t="s">
+        <v>16</v>
+      </c>
+      <c r="G85" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85">
+        <v>4</v>
+      </c>
+      <c r="I85">
+        <v>69</v>
+      </c>
+      <c r="K85" t="s">
         <v>283</v>
-      </c>
-[...16 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>99</v>
+        <v>284</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
+        <v>35</v>
+      </c>
+      <c r="D86" t="s">
         <v>285</v>
       </c>
-      <c r="D86" t="s">
+      <c r="E86">
+        <v>6</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86">
+        <v>16</v>
+      </c>
+      <c r="I86">
+        <v>50</v>
+      </c>
+      <c r="K86" t="s">
         <v>286</v>
-      </c>
-[...16 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
+        <v>287</v>
+      </c>
+      <c r="B87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" t="s">
+        <v>35</v>
+      </c>
+      <c r="D87" t="s">
         <v>288</v>
       </c>
-      <c r="B87" t="s">
-[...2 lines deleted...]
-      <c r="C87" t="s">
+      <c r="E87">
+        <v>6</v>
+      </c>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87">
+        <v>54</v>
+      </c>
+      <c r="I87">
+        <v>26.5</v>
+      </c>
+      <c r="K87" t="s">
         <v>289</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>121</v>
+        <v>290</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
+        <v>35</v>
+      </c>
+      <c r="D88" t="s">
+        <v>291</v>
+      </c>
+      <c r="E88">
+        <v>6</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88">
+        <v>56</v>
+      </c>
+      <c r="I88">
+        <v>10.6</v>
+      </c>
+      <c r="K88" t="s">
         <v>292</v>
-      </c>
-[...19 lines deleted...]
-        <v>294</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
         <v>35</v>
       </c>
       <c r="D89" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="E89">
         <v>6</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="I89">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K89" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
         <v>35</v>
       </c>
       <c r="D90" t="s">
-        <v>299</v>
+        <v>297</v>
       </c>
       <c r="E90">
         <v>6</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I90">
-        <v>26.7</v>
+        <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
         <v>35</v>
       </c>
       <c r="D91" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="E91">
         <v>6</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91">
-        <v>47</v>
+        <v>101</v>
       </c>
       <c r="I91">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>304</v>
+        <v>217</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>35</v>
+        <v>137</v>
       </c>
       <c r="D92" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="E92">
-        <v>6</v>
+        <v>112</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="I92">
-        <v>0</v>
+        <v>0.5</v>
       </c>
       <c r="K92" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>35</v>
+        <v>218</v>
       </c>
       <c r="D93" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="E93">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="I93">
-        <v>0</v>
+        <v>17.6</v>
       </c>
       <c r="K93" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>310</v>
+        <v>225</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>307</v>
       </c>
       <c r="D94" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="E94">
-        <v>6</v>
+        <v>107</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I94">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K94" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>42</v>
+        <v>167</v>
       </c>
       <c r="B95" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C95" t="s">
-        <v>313</v>
+        <v>164</v>
       </c>
       <c r="D95" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E95">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="F95" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>17</v>
       </c>
       <c r="H95">
-        <v>6</v>
+        <v>101</v>
       </c>
       <c r="I95">
-        <v>35.2</v>
+        <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>228</v>
+        <v>173</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="D96" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="E96">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I96">
-        <v>1.9</v>
+        <v>58.9</v>
       </c>
       <c r="K96" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>229</v>
+        <v>315</v>
       </c>
       <c r="D97" t="s">
-        <v>319</v>
+        <v>316</v>
       </c>
       <c r="E97">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I97">
-        <v>42.7</v>
+        <v>5.1</v>
       </c>
       <c r="K97" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>236</v>
+        <v>205</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>321</v>
+        <v>152</v>
       </c>
       <c r="D98" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E98">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="H98">
         <v>101</v>
       </c>
       <c r="I98">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K98" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
       <c r="D99" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="E99">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99">
         <v>101</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>172</v>
+        <v>322</v>
       </c>
       <c r="D100" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="E100">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
-        <v>6</v>
+        <v>101</v>
       </c>
       <c r="I100">
-        <v>42.1</v>
+        <v>0</v>
       </c>
       <c r="K100" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>328</v>
+        <v>202</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>329</v>
+        <v>322</v>
       </c>
       <c r="D101" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="E101">
-        <v>100</v>
+        <v>16</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="I101">
-        <v>7.3</v>
+        <v>0</v>
       </c>
       <c r="K101" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>216</v>
+        <v>327</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>157</v>
+        <v>113</v>
       </c>
       <c r="D102" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="E102">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
         <v>101</v>
       </c>
       <c r="I102">
-        <v>0</v>
+        <v>3.2</v>
       </c>
       <c r="K102" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>191</v>
+        <v>330</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>172</v>
+        <v>113</v>
       </c>
       <c r="D103" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="E103">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103">
         <v>101</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="K103" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>204</v>
+        <v>333</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>336</v>
+        <v>113</v>
       </c>
       <c r="D104" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="E104">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104">
-        <v>101</v>
+        <v>55</v>
       </c>
       <c r="I104">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K104" t="s">
-        <v>338</v>
+        <v>335</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>213</v>
+        <v>336</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>336</v>
+        <v>113</v>
       </c>
       <c r="D105" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="E105">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105">
         <v>101</v>
       </c>
       <c r="I105">
         <v>0</v>
       </c>
       <c r="K105" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D106" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E106">
         <v>4</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="I106">
-        <v>4.1</v>
+        <v>12.6</v>
       </c>
       <c r="K106" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D107" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="E107">
         <v>4</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
         <v>101</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="K107" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D108" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="E108">
         <v>4</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108">
-        <v>54</v>
+        <v>7</v>
       </c>
       <c r="I108">
-        <v>0</v>
+        <v>39.4</v>
       </c>
       <c r="K108" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>350</v>
+        <v>143</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D109" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="E109">
         <v>4</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109">
-        <v>98</v>
+        <v>12</v>
       </c>
       <c r="I109">
-        <v>4.5</v>
+        <v>34.3</v>
       </c>
       <c r="K109" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D110" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="E110">
         <v>4</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="H110">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I110">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="K110" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D111" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="E111">
         <v>4</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
         <v>17</v>
       </c>
       <c r="H111">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I111">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="D112" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="I112">
-        <v>28.6</v>
+        <v>0</v>
       </c>
       <c r="K112" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>148</v>
+        <v>199</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>118</v>
+        <v>359</v>
       </c>
       <c r="D113" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="E113">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
         <v>17</v>
       </c>
       <c r="H113">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="I113">
-        <v>38.6</v>
+        <v>1.6</v>
       </c>
       <c r="K113" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>364</v>
+        <v>259</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
-        <v>118</v>
+        <v>359</v>
       </c>
       <c r="D114" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="E114">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>17</v>
       </c>
       <c r="H114">
         <v>101</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="K114" t="s">
-        <v>366</v>
+        <v>363</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>367</v>
+        <v>225</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
-        <v>118</v>
+        <v>364</v>
       </c>
       <c r="D115" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="E115">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="H115">
         <v>101</v>
       </c>
       <c r="I115">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K115" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>370</v>
+        <v>208</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
-        <v>118</v>
+        <v>158</v>
       </c>
       <c r="D116" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="E116">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="H116">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="I116">
-        <v>0</v>
+        <v>4.6</v>
       </c>
       <c r="K116" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>210</v>
+        <v>30</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D117" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E117">
-        <v>10</v>
+        <v>310</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="I117">
-        <v>0</v>
+        <v>49</v>
       </c>
       <c r="K117" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>270</v>
+        <v>229</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>373</v>
+        <v>322</v>
       </c>
       <c r="D118" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="E118">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>17</v>
       </c>
       <c r="H118">
         <v>101</v>
       </c>
       <c r="I118">
         <v>0</v>
       </c>
       <c r="K118" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119" t="s">
-        <v>378</v>
+        <v>322</v>
       </c>
       <c r="D119" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="E119">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="H119">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="I119">
-        <v>0.2</v>
+        <v>2.5</v>
       </c>
       <c r="K119" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
-        <v>219</v>
+        <v>339</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
-        <v>163</v>
+        <v>322</v>
       </c>
       <c r="D120" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="E120">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120">
-        <v>101</v>
+        <v>81</v>
       </c>
       <c r="I120">
-        <v>0</v>
+        <v>12.6</v>
       </c>
       <c r="K120" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
-        <v>30</v>
+        <v>296</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" t="s">
-        <v>383</v>
+        <v>322</v>
       </c>
       <c r="D121" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="E121">
-        <v>310</v>
+        <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
         <v>17</v>
       </c>
       <c r="H121">
-        <v>4</v>
+        <v>101</v>
       </c>
       <c r="I121">
-        <v>42.1</v>
+        <v>0</v>
       </c>
       <c r="K121" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
       <c r="D122" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="E122">
         <v>15</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122">
-        <v>101</v>
+        <v>60</v>
       </c>
       <c r="I122">
-        <v>0</v>
+        <v>11.3</v>
       </c>
       <c r="K122" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
-        <v>243</v>
+        <v>290</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
       <c r="C123" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="D123" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="E123">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="I123">
-        <v>0.8</v>
+        <v>10.6</v>
       </c>
       <c r="K123" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
-        <v>353</v>
+        <v>299</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
       <c r="C124" t="s">
-        <v>336</v>
+        <v>152</v>
       </c>
       <c r="D124" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="E124">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
         <v>17</v>
       </c>
       <c r="H124">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I124">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="K124" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
-        <v>307</v>
+        <v>109</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
-        <v>336</v>
+        <v>386</v>
       </c>
       <c r="D125" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="E125">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
         <v>17</v>
       </c>
       <c r="H125">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="I125">
-        <v>0</v>
+        <v>6.4</v>
       </c>
       <c r="K125" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
-        <v>258</v>
+        <v>19</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>336</v>
+        <v>389</v>
       </c>
       <c r="D126" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="E126">
-        <v>15</v>
+        <v>304</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
         <v>17</v>
       </c>
       <c r="H126">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="I126">
-        <v>2.3</v>
+        <v>33.2</v>
       </c>
       <c r="K126" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
-        <v>301</v>
+        <v>146</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D127" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="E127">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>17</v>
       </c>
       <c r="H127">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="I127">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="K127" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
-        <v>310</v>
+        <v>394</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
-        <v>157</v>
+        <v>218</v>
       </c>
       <c r="D128" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="E128">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>17</v>
       </c>
       <c r="H128">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I128">
         <v>0</v>
       </c>
       <c r="K128" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
-        <v>109</v>
+        <v>397</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
       <c r="C129" t="s">
-        <v>400</v>
+        <v>103</v>
       </c>
       <c r="D129" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="E129">
-        <v>92</v>
+        <v>3</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="H129">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="I129">
-        <v>22</v>
+        <v>2.5</v>
       </c>
       <c r="K129" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
-        <v>19</v>
+        <v>235</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>403</v>
+        <v>164</v>
       </c>
       <c r="D130" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="E130">
-        <v>304</v>
+        <v>18</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>17</v>
       </c>
       <c r="H130">
-        <v>7</v>
+        <v>101</v>
       </c>
       <c r="I130">
-        <v>37.9</v>
+        <v>0</v>
       </c>
       <c r="K130" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
-        <v>151</v>
+        <v>244</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
       <c r="C131" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D131" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="E131">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="F131" t="s">
         <v>16</v>
       </c>
       <c r="G131" t="s">
         <v>17</v>
       </c>
       <c r="H131">
         <v>101</v>
       </c>
       <c r="I131">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K131" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
-        <v>408</v>
+        <v>277</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>229</v>
+        <v>155</v>
       </c>
       <c r="D132" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="E132">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
         <v>17</v>
       </c>
       <c r="H132">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="I132">
-        <v>0</v>
+        <v>78.5</v>
       </c>
       <c r="K132" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
-        <v>411</v>
+        <v>70</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
       <c r="C133" t="s">
-        <v>103</v>
+        <v>406</v>
       </c>
       <c r="D133" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="E133">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>17</v>
       </c>
       <c r="H133">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="I133">
-        <v>0</v>
+        <v>3.1</v>
       </c>
       <c r="K133" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
-        <v>246</v>
+        <v>49</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
-        <v>172</v>
+        <v>409</v>
       </c>
       <c r="D134" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="E134">
-        <v>18</v>
+        <v>289</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>17</v>
       </c>
       <c r="H134">
-        <v>101</v>
+        <v>61</v>
       </c>
       <c r="I134">
-        <v>0</v>
+        <v>5.1</v>
       </c>
       <c r="K134" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
-        <v>255</v>
+        <v>183</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
-        <v>172</v>
+        <v>412</v>
       </c>
       <c r="D135" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E135">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="F135" t="s">
         <v>16</v>
       </c>
       <c r="G135" t="s">
         <v>17</v>
       </c>
       <c r="H135">
         <v>101</v>
       </c>
       <c r="I135">
         <v>0</v>
       </c>
       <c r="K135" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136" t="s">
-        <v>160</v>
+        <v>359</v>
       </c>
       <c r="D136" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="E136">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>17</v>
       </c>
       <c r="H136">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I136">
-        <v>51.1</v>
+        <v>26.5</v>
       </c>
       <c r="K136" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
-        <v>70</v>
+        <v>271</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
       <c r="C137" t="s">
-        <v>420</v>
+        <v>281</v>
       </c>
       <c r="D137" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="E137">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
         <v>17</v>
       </c>
       <c r="H137">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I137">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="K137" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
-        <v>49</v>
+        <v>116</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
-        <v>423</v>
+        <v>46</v>
       </c>
       <c r="D138" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="E138">
-        <v>289</v>
+        <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>17</v>
       </c>
       <c r="H138">
-        <v>62</v>
+        <v>4</v>
       </c>
       <c r="I138">
-        <v>6.9</v>
+        <v>69</v>
       </c>
       <c r="K138" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
-        <v>194</v>
+        <v>149</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
-        <v>426</v>
+        <v>158</v>
       </c>
       <c r="D139" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="E139">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>17</v>
       </c>
       <c r="H139">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
       <c r="K139" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
-        <v>298</v>
+        <v>256</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
       <c r="C140" t="s">
-        <v>373</v>
+        <v>170</v>
       </c>
       <c r="D140" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="E140">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="H140">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="I140">
-        <v>26.7</v>
+        <v>0</v>
       </c>
       <c r="K140" t="s">
-        <v>430</v>
+        <v>424</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
-        <v>282</v>
+        <v>34</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
       <c r="C141" t="s">
-        <v>292</v>
+        <v>425</v>
       </c>
       <c r="D141" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E141">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
       <c r="H141">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="I141">
-        <v>0</v>
+        <v>7.8</v>
       </c>
       <c r="K141" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
-        <v>121</v>
+        <v>241</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142" t="s">
-        <v>46</v>
+        <v>412</v>
       </c>
       <c r="D142" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="E142">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
         <v>17</v>
       </c>
       <c r="H142">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I142">
-        <v>40.2</v>
+        <v>21.6</v>
       </c>
       <c r="K142" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
-        <v>154</v>
+        <v>293</v>
       </c>
       <c r="B143" t="s">
         <v>13</v>
       </c>
       <c r="C143" t="s">
-        <v>163</v>
+        <v>412</v>
       </c>
       <c r="D143" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="E143">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
         <v>17</v>
       </c>
       <c r="H143">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="I143">
         <v>0</v>
       </c>
       <c r="K143" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
-        <v>267</v>
+        <v>56</v>
       </c>
       <c r="B144" t="s">
         <v>13</v>
       </c>
       <c r="C144" t="s">
-        <v>178</v>
+        <v>432</v>
       </c>
       <c r="D144" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="E144">
-        <v>7</v>
+        <v>268</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="I144">
-        <v>0</v>
+        <v>60.2</v>
       </c>
       <c r="K144" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
+        <v>70</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>67</v>
+      </c>
+      <c r="D145" t="s">
+        <v>435</v>
+      </c>
+      <c r="E145">
+        <v>77</v>
+      </c>
+      <c r="F145" t="s">
+        <v>16</v>
+      </c>
+      <c r="G145" t="s">
+        <v>17</v>
+      </c>
+      <c r="H145">
         <v>34</v>
       </c>
-      <c r="B145" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I145">
-        <v>1.4</v>
+        <v>3.1</v>
       </c>
       <c r="K145" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
-        <v>252</v>
+        <v>173</v>
       </c>
       <c r="B146" t="s">
         <v>13</v>
       </c>
       <c r="C146" t="s">
-        <v>426</v>
+        <v>274</v>
       </c>
       <c r="D146" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="E146">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="F146" t="s">
         <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="H146">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="I146">
-        <v>2.6</v>
+        <v>58.9</v>
       </c>
       <c r="K146" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
-        <v>304</v>
+        <v>122</v>
       </c>
       <c r="B147" t="s">
         <v>13</v>
       </c>
       <c r="C147" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="D147" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="E147">
-        <v>21</v>
+        <v>77</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="I147">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="K147" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
-        <v>56</v>
+        <v>442</v>
       </c>
       <c r="B148" t="s">
         <v>13</v>
       </c>
       <c r="C148" t="s">
-        <v>446</v>
+        <v>158</v>
       </c>
       <c r="D148" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="E148">
-        <v>268</v>
+        <v>24</v>
       </c>
       <c r="F148" t="s">
         <v>16</v>
       </c>
       <c r="G148" t="s">
         <v>17</v>
       </c>
       <c r="H148">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I148">
-        <v>67.2</v>
+        <v>61.5</v>
       </c>
       <c r="K148" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
-        <v>70</v>
+        <v>238</v>
       </c>
       <c r="B149" t="s">
         <v>13</v>
       </c>
       <c r="C149" t="s">
-        <v>67</v>
+        <v>158</v>
       </c>
       <c r="D149" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="E149">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>17</v>
       </c>
       <c r="H149">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I149">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="K149" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
-        <v>184</v>
+        <v>265</v>
       </c>
       <c r="B150" t="s">
         <v>13</v>
       </c>
       <c r="C150" t="s">
-        <v>285</v>
+        <v>129</v>
       </c>
       <c r="D150" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="E150">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
         <v>17</v>
       </c>
       <c r="H150">
-        <v>6</v>
+        <v>101</v>
       </c>
       <c r="I150">
-        <v>42.1</v>
+        <v>0</v>
       </c>
       <c r="K150" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
-        <v>127</v>
+        <v>397</v>
       </c>
       <c r="B151" t="s">
         <v>13</v>
       </c>
       <c r="C151" t="s">
-        <v>453</v>
+        <v>129</v>
       </c>
       <c r="D151" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="E151">
-        <v>77</v>
+        <v>5</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>17</v>
       </c>
       <c r="H151">
-        <v>56</v>
+        <v>26</v>
       </c>
       <c r="I151">
-        <v>29</v>
+        <v>2.5</v>
       </c>
       <c r="K151" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>109</v>
+        <v>42</v>
       </c>
       <c r="B152" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C152" t="s">
-        <v>169</v>
+        <v>451</v>
       </c>
       <c r="D152" t="s">
-        <v>456</v>
+        <v>452</v>
       </c>
       <c r="E152">
-        <v>8</v>
+        <v>245</v>
       </c>
       <c r="F152" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="H152">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="I152">
-        <v>22</v>
+        <v>25.5</v>
       </c>
       <c r="K152" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>458</v>
+        <v>327</v>
       </c>
       <c r="B153" t="s">
         <v>13</v>
       </c>
       <c r="C153" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="D153" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="E153">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153">
-        <v>5</v>
+        <v>101</v>
       </c>
       <c r="I153">
-        <v>72.9</v>
+        <v>3.2</v>
       </c>
       <c r="K153" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>249</v>
+        <v>330</v>
       </c>
       <c r="B154" t="s">
         <v>13</v>
       </c>
       <c r="C154" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="D154" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="E154">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>17</v>
       </c>
       <c r="H154">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
       <c r="K154" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>276</v>
+        <v>458</v>
       </c>
       <c r="B155" t="s">
         <v>13</v>
       </c>
       <c r="C155" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="D155" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="E155">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>17</v>
       </c>
       <c r="H155">
         <v>101</v>
       </c>
       <c r="I155">
         <v>0</v>
       </c>
       <c r="K155" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>411</v>
+        <v>333</v>
       </c>
       <c r="B156" t="s">
         <v>13</v>
       </c>
       <c r="C156" t="s">
-        <v>134</v>
+        <v>170</v>
       </c>
       <c r="D156" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E156">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>17</v>
       </c>
       <c r="H156">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="I156">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K156" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>30</v>
+        <v>336</v>
       </c>
       <c r="B157" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C157" t="s">
-        <v>467</v>
+        <v>170</v>
       </c>
       <c r="D157" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="E157">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F157" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G157" t="s">
         <v>17</v>
       </c>
       <c r="H157">
-        <v>4</v>
+        <v>101</v>
       </c>
       <c r="I157">
-        <v>42.1</v>
+        <v>0</v>
       </c>
       <c r="K157" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>42</v>
+        <v>465</v>
       </c>
       <c r="B158" t="s">
         <v>13</v>
       </c>
       <c r="C158" t="s">
-        <v>470</v>
+        <v>170</v>
       </c>
       <c r="D158" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="E158">
-        <v>245</v>
+        <v>6</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>17</v>
       </c>
       <c r="H158">
-        <v>6</v>
+        <v>101</v>
       </c>
       <c r="I158">
-        <v>35.2</v>
+        <v>0</v>
       </c>
       <c r="K158" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B159" t="s">
         <v>13</v>
       </c>
       <c r="C159" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D159" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="E159">
         <v>6</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
         <v>17</v>
       </c>
       <c r="H159">
         <v>101</v>
       </c>
       <c r="I159">
-        <v>4.1</v>
+        <v>0</v>
       </c>
       <c r="K159" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="B160" t="s">
         <v>13</v>
       </c>
       <c r="C160" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D160" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="E160">
         <v>6</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>17</v>
       </c>
       <c r="H160">
         <v>101</v>
       </c>
       <c r="I160">
         <v>0</v>
       </c>
       <c r="K160" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>477</v>
+        <v>353</v>
       </c>
       <c r="B161" t="s">
         <v>13</v>
       </c>
       <c r="C161" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D161" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
       <c r="E161">
         <v>6</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>17</v>
       </c>
       <c r="H161">
         <v>101</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
       <c r="K161" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>347</v>
+        <v>474</v>
       </c>
       <c r="B162" t="s">
         <v>13</v>
       </c>
       <c r="C162" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D162" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="E162">
         <v>6</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="H162">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
       <c r="K162" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>350</v>
+        <v>477</v>
       </c>
       <c r="B163" t="s">
         <v>13</v>
       </c>
       <c r="C163" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D163" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="E163">
         <v>6</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
         <v>17</v>
       </c>
       <c r="H163">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I163">
-        <v>4.5</v>
+        <v>0</v>
       </c>
       <c r="K163" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>484</v>
+        <v>356</v>
       </c>
       <c r="B164" t="s">
         <v>13</v>
       </c>
       <c r="C164" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D164" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="E164">
         <v>6</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>17</v>
       </c>
       <c r="H164">
-        <v>64</v>
+        <v>86</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
       <c r="K164" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>356</v>
+        <v>92</v>
       </c>
       <c r="B165" t="s">
         <v>13</v>
       </c>
       <c r="C165" t="s">
-        <v>178</v>
+        <v>262</v>
       </c>
       <c r="D165" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="E165">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
         <v>17</v>
       </c>
       <c r="H165">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="I165">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="K165" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>364</v>
+        <v>284</v>
       </c>
       <c r="B166" t="s">
         <v>13</v>
       </c>
       <c r="C166" t="s">
-        <v>178</v>
+        <v>359</v>
       </c>
       <c r="D166" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="E166">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>17</v>
       </c>
       <c r="H166">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="I166">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="K166" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>367</v>
+        <v>253</v>
       </c>
       <c r="B167" t="s">
         <v>13</v>
       </c>
       <c r="C167" t="s">
-        <v>178</v>
+        <v>281</v>
       </c>
       <c r="D167" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="E167">
+        <v>27</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
+        <v>17</v>
+      </c>
+      <c r="H167">
         <v>6</v>
       </c>
-      <c r="F167" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I167">
-        <v>0</v>
+        <v>26.8</v>
       </c>
       <c r="K167" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>493</v>
+        <v>42</v>
       </c>
       <c r="B168" t="s">
         <v>13</v>
       </c>
       <c r="C168" t="s">
-        <v>178</v>
+        <v>488</v>
       </c>
       <c r="D168" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="E168">
-        <v>6</v>
+        <v>224</v>
       </c>
       <c r="F168" t="s">
         <v>16</v>
       </c>
       <c r="G168" t="s">
         <v>17</v>
       </c>
       <c r="H168">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="I168">
-        <v>0</v>
+        <v>25.5</v>
       </c>
       <c r="K168" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="B169" t="s">
         <v>13</v>
       </c>
       <c r="C169" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
       <c r="D169" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="E169">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>17</v>
       </c>
       <c r="H169">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="I169">
-        <v>0</v>
+        <v>5.3</v>
       </c>
       <c r="K169" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>370</v>
+        <v>491</v>
       </c>
       <c r="B170" t="s">
         <v>13</v>
       </c>
       <c r="C170" t="s">
-        <v>178</v>
+        <v>250</v>
       </c>
       <c r="D170" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="E170">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170">
-        <v>70</v>
+        <v>36</v>
       </c>
       <c r="I170">
-        <v>0</v>
+        <v>5.3</v>
       </c>
       <c r="K170" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>92</v>
+        <v>247</v>
       </c>
       <c r="B171" t="s">
         <v>13</v>
       </c>
       <c r="C171" t="s">
-        <v>273</v>
+        <v>250</v>
       </c>
       <c r="D171" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="E171">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
         <v>17</v>
       </c>
       <c r="H171">
-        <v>101</v>
+        <v>60</v>
       </c>
       <c r="I171">
-        <v>0</v>
+        <v>11.3</v>
       </c>
       <c r="K171" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>295</v>
+        <v>60</v>
       </c>
       <c r="B172" t="s">
         <v>13</v>
       </c>
       <c r="C172" t="s">
-        <v>373</v>
+        <v>498</v>
       </c>
       <c r="D172" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="E172">
-        <v>9</v>
+        <v>202</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>17</v>
       </c>
       <c r="H172">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="I172">
-        <v>45</v>
+        <v>14.8</v>
       </c>
       <c r="K172" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B173" t="s">
         <v>13</v>
       </c>
       <c r="C173" t="s">
-        <v>292</v>
+        <v>501</v>
       </c>
       <c r="D173" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="E173">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="H173">
-        <v>3</v>
+        <v>101</v>
       </c>
       <c r="I173">
-        <v>8.4</v>
+        <v>0</v>
       </c>
       <c r="K173" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>42</v>
+        <v>504</v>
       </c>
       <c r="B174" t="s">
         <v>13</v>
       </c>
       <c r="C174" t="s">
-        <v>507</v>
+        <v>103</v>
       </c>
       <c r="D174" t="s">
-        <v>508</v>
+        <v>505</v>
       </c>
       <c r="E174">
-        <v>224</v>
+        <v>2</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
       <c r="H174">
-        <v>6</v>
+        <v>101</v>
       </c>
       <c r="I174">
-        <v>35.2</v>
+        <v>0</v>
       </c>
       <c r="K174" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="B175" t="s">
         <v>13</v>
       </c>
       <c r="C175" t="s">
-        <v>237</v>
+        <v>103</v>
       </c>
       <c r="D175" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="E175">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
         <v>17</v>
       </c>
       <c r="H175">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="I175">
-        <v>7.4</v>
+        <v>0</v>
       </c>
       <c r="K175" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
+        <v>442</v>
+      </c>
+      <c r="B176" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" t="s">
+        <v>103</v>
+      </c>
+      <c r="D176" t="s">
         <v>510</v>
       </c>
-      <c r="B176" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E176">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="H176">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I176">
-        <v>7.4</v>
+        <v>61.5</v>
       </c>
       <c r="K176" t="s">
-        <v>514</v>
+        <v>511</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>258</v>
+        <v>512</v>
       </c>
       <c r="B177" t="s">
         <v>13</v>
       </c>
       <c r="C177" t="s">
-        <v>261</v>
+        <v>103</v>
       </c>
       <c r="D177" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="E177">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="H177">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="I177">
-        <v>2.3</v>
+        <v>0</v>
       </c>
       <c r="K177" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>60</v>
+        <v>515</v>
       </c>
       <c r="B178" t="s">
         <v>13</v>
       </c>
       <c r="C178" t="s">
+        <v>103</v>
+      </c>
+      <c r="D178" t="s">
+        <v>516</v>
+      </c>
+      <c r="E178">
+        <v>2</v>
+      </c>
+      <c r="F178" t="s">
+        <v>16</v>
+      </c>
+      <c r="G178" t="s">
+        <v>17</v>
+      </c>
+      <c r="H178">
+        <v>101</v>
+      </c>
+      <c r="I178">
+        <v>0</v>
+      </c>
+      <c r="K178" t="s">
         <v>517</v>
-      </c>
-[...19 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>279</v>
+        <v>518</v>
       </c>
       <c r="B179" t="s">
         <v>13</v>
       </c>
       <c r="C179" t="s">
-        <v>520</v>
+        <v>103</v>
       </c>
       <c r="D179" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="E179">
-        <v>30</v>
+        <v>2</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
       <c r="G179" t="s">
         <v>17</v>
       </c>
       <c r="H179">
         <v>101</v>
       </c>
       <c r="I179">
         <v>0</v>
       </c>
       <c r="K179" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="B180" t="s">
         <v>13</v>
       </c>
       <c r="C180" t="s">
         <v>103</v>
       </c>
       <c r="D180" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="E180">
         <v>2</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
         <v>17</v>
       </c>
       <c r="H180">
         <v>101</v>
       </c>
       <c r="I180">
         <v>0</v>
       </c>
       <c r="K180" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="B181" t="s">
         <v>13</v>
       </c>
       <c r="C181" t="s">
         <v>103</v>
       </c>
       <c r="D181" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="E181">
         <v>2</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>17</v>
       </c>
       <c r="H181">
         <v>90</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="K181" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>458</v>
+        <v>527</v>
       </c>
       <c r="B182" t="s">
         <v>13</v>
       </c>
       <c r="C182" t="s">
         <v>103</v>
       </c>
       <c r="D182" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="E182">
         <v>2</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
         <v>17</v>
       </c>
       <c r="H182">
-        <v>5</v>
+        <v>101</v>
       </c>
       <c r="I182">
-        <v>72.9</v>
+        <v>0</v>
       </c>
       <c r="K182" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>531</v>
+        <v>458</v>
       </c>
       <c r="B183" t="s">
         <v>13</v>
       </c>
       <c r="C183" t="s">
         <v>103</v>
       </c>
       <c r="D183" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="E183">
         <v>2</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="H183">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="I183">
         <v>0</v>
       </c>
       <c r="K183" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="B184" t="s">
         <v>13</v>
       </c>
       <c r="C184" t="s">
         <v>103</v>
       </c>
       <c r="D184" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="E184">
         <v>2</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
         <v>17</v>
       </c>
       <c r="H184">
         <v>101</v>
       </c>
       <c r="I184">
         <v>0</v>
       </c>
       <c r="K184" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B185" t="s">
         <v>13</v>
       </c>
       <c r="C185" t="s">
         <v>103</v>
       </c>
       <c r="D185" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="E185">
         <v>2</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="H185">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
       <c r="K185" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="B186" t="s">
         <v>13</v>
       </c>
       <c r="C186" t="s">
         <v>103</v>
       </c>
       <c r="D186" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="E186">
         <v>2</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="H186">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="K186" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>543</v>
+        <v>465</v>
       </c>
       <c r="B187" t="s">
         <v>13</v>
       </c>
       <c r="C187" t="s">
         <v>103</v>
       </c>
       <c r="D187" t="s">
-        <v>544</v>
+        <v>541</v>
       </c>
       <c r="E187">
         <v>2</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
       <c r="H187">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="K187" t="s">
-        <v>545</v>
+        <v>542</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>546</v>
+        <v>543</v>
       </c>
       <c r="B188" t="s">
         <v>13</v>
       </c>
       <c r="C188" t="s">
         <v>103</v>
       </c>
       <c r="D188" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="E188">
         <v>2</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>17</v>
       </c>
       <c r="H188">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="K188" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>477</v>
+        <v>546</v>
       </c>
       <c r="B189" t="s">
         <v>13</v>
       </c>
       <c r="C189" t="s">
         <v>103</v>
       </c>
       <c r="D189" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="E189">
         <v>2</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>17</v>
       </c>
       <c r="H189">
-        <v>101</v>
+        <v>66</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="K189" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="B190" t="s">
         <v>13</v>
       </c>
       <c r="C190" t="s">
         <v>103</v>
       </c>
       <c r="D190" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="E190">
         <v>2</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="H190">
-        <v>101</v>
+        <v>52</v>
       </c>
       <c r="I190">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="K190" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="B191" t="s">
         <v>13</v>
       </c>
       <c r="C191" t="s">
         <v>103</v>
       </c>
       <c r="D191" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="E191">
         <v>2</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>17</v>
       </c>
       <c r="H191">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I191">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K191" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="B192" t="s">
         <v>13</v>
       </c>
       <c r="C192" t="s">
         <v>103</v>
       </c>
       <c r="D192" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="E192">
         <v>2</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
       <c r="H192">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="I192">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K192" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>484</v>
+        <v>558</v>
       </c>
       <c r="B193" t="s">
         <v>13</v>
       </c>
       <c r="C193" t="s">
         <v>103</v>
       </c>
       <c r="D193" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="E193">
         <v>2</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="H193">
-        <v>64</v>
+        <v>6</v>
       </c>
       <c r="I193">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K193" t="s">
-        <v>561</v>
+        <v>560</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="B194" t="s">
         <v>13</v>
       </c>
       <c r="C194" t="s">
         <v>103</v>
       </c>
       <c r="D194" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="E194">
         <v>2</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="I194">
         <v>0</v>
       </c>
       <c r="K194" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="B195" t="s">
         <v>13</v>
       </c>
       <c r="C195" t="s">
         <v>103</v>
       </c>
       <c r="D195" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="E195">
         <v>2</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="I195">
         <v>0</v>
       </c>
       <c r="K195" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="B196" t="s">
         <v>13</v>
       </c>
       <c r="C196" t="s">
         <v>103</v>
       </c>
       <c r="D196" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="E196">
         <v>2</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>17</v>
       </c>
       <c r="H196">
-        <v>17</v>
+        <v>101</v>
       </c>
       <c r="I196">
         <v>0</v>
       </c>
       <c r="K196" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B197" t="s">
         <v>13</v>
       </c>
       <c r="C197" t="s">
         <v>103</v>
       </c>
       <c r="D197" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="E197">
         <v>2</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
         <v>17</v>
       </c>
       <c r="H197">
         <v>101</v>
       </c>
       <c r="I197">
         <v>0</v>
       </c>
       <c r="K197" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>574</v>
+        <v>573</v>
       </c>
       <c r="B198" t="s">
         <v>13</v>
       </c>
       <c r="C198" t="s">
         <v>103</v>
       </c>
       <c r="D198" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="E198">
         <v>2</v>
       </c>
       <c r="F198" t="s">
         <v>16</v>
       </c>
       <c r="G198" t="s">
         <v>17</v>
       </c>
       <c r="H198">
         <v>101</v>
       </c>
       <c r="I198">
         <v>0</v>
       </c>
       <c r="K198" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>577</v>
+        <v>576</v>
       </c>
       <c r="B199" t="s">
         <v>13</v>
       </c>
       <c r="C199" t="s">
         <v>103</v>
       </c>
       <c r="D199" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="E199">
         <v>2</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>17</v>
       </c>
       <c r="H199">
-        <v>7</v>
+        <v>101</v>
       </c>
       <c r="I199">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="K199" t="s">
-        <v>579</v>
+        <v>578</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>580</v>
+        <v>277</v>
       </c>
       <c r="B200" t="s">
         <v>13</v>
       </c>
       <c r="C200" t="s">
         <v>103</v>
       </c>
       <c r="D200" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="E200">
         <v>2</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I200">
-        <v>0</v>
+        <v>78.5</v>
       </c>
       <c r="K200" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="B201" t="s">
         <v>13</v>
       </c>
       <c r="C201" t="s">
         <v>103</v>
       </c>
       <c r="D201" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="E201">
         <v>2</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>17</v>
       </c>
       <c r="H201">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="I201">
-        <v>0</v>
+        <v>7.5</v>
       </c>
       <c r="K201" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>586</v>
+        <v>474</v>
       </c>
       <c r="B202" t="s">
         <v>13</v>
       </c>
       <c r="C202" t="s">
         <v>103</v>
       </c>
       <c r="D202" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="E202">
         <v>2</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
         <v>17</v>
       </c>
       <c r="H202">
         <v>101</v>
       </c>
       <c r="I202">
         <v>0</v>
       </c>
       <c r="K202" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>589</v>
+        <v>477</v>
       </c>
       <c r="B203" t="s">
         <v>13</v>
       </c>
       <c r="C203" t="s">
         <v>103</v>
       </c>
       <c r="D203" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="E203">
         <v>2</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>17</v>
       </c>
       <c r="H203">
         <v>101</v>
       </c>
       <c r="I203">
         <v>0</v>
       </c>
       <c r="K203" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="B204" t="s">
         <v>13</v>
       </c>
       <c r="C204" t="s">
         <v>103</v>
       </c>
       <c r="D204" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="E204">
         <v>2</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="H204">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="K204" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="B205" t="s">
         <v>13</v>
       </c>
       <c r="C205" t="s">
         <v>103</v>
       </c>
       <c r="D205" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="E205">
         <v>2</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="H205">
         <v>101</v>
       </c>
       <c r="I205">
         <v>0</v>
       </c>
       <c r="K205" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>288</v>
+        <v>594</v>
       </c>
       <c r="B206" t="s">
         <v>13</v>
       </c>
       <c r="C206" t="s">
         <v>103</v>
       </c>
       <c r="D206" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="E206">
         <v>2</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="H206">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="I206">
-        <v>51.1</v>
+        <v>30</v>
       </c>
       <c r="K206" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="B207" t="s">
         <v>13</v>
       </c>
       <c r="C207" t="s">
         <v>103</v>
       </c>
       <c r="D207" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="E207">
         <v>2</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="I207">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K207" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>493</v>
+        <v>600</v>
       </c>
       <c r="B208" t="s">
         <v>13</v>
       </c>
       <c r="C208" t="s">
         <v>103</v>
       </c>
       <c r="D208" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="E208">
         <v>2</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="I208">
         <v>0</v>
       </c>
       <c r="K208" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>496</v>
+        <v>603</v>
       </c>
       <c r="B209" t="s">
         <v>13</v>
       </c>
       <c r="C209" t="s">
         <v>103</v>
       </c>
       <c r="D209" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="E209">
         <v>2</v>
       </c>
       <c r="F209" t="s">
         <v>16</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="H209">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="I209">
         <v>0</v>
       </c>
       <c r="K209" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
+        <v>284</v>
+      </c>
+      <c r="B210" t="s">
+        <v>13</v>
+      </c>
+      <c r="C210" t="s">
+        <v>606</v>
+      </c>
+      <c r="D210" t="s">
         <v>607</v>
       </c>
-      <c r="B210" t="s">
-[...5 lines deleted...]
-      <c r="D210" t="s">
+      <c r="E210">
+        <v>3</v>
+      </c>
+      <c r="F210" t="s">
+        <v>16</v>
+      </c>
+      <c r="G210" t="s">
+        <v>17</v>
+      </c>
+      <c r="H210">
+        <v>16</v>
+      </c>
+      <c r="I210">
+        <v>50</v>
+      </c>
+      <c r="K210" t="s">
         <v>608</v>
-      </c>
-[...16 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
+        <v>232</v>
+      </c>
+      <c r="B211" t="s">
+        <v>13</v>
+      </c>
+      <c r="C211" t="s">
+        <v>606</v>
+      </c>
+      <c r="D211" t="s">
+        <v>609</v>
+      </c>
+      <c r="E211">
+        <v>3</v>
+      </c>
+      <c r="F211" t="s">
+        <v>16</v>
+      </c>
+      <c r="G211" t="s">
+        <v>17</v>
+      </c>
+      <c r="H211">
+        <v>23</v>
+      </c>
+      <c r="I211">
+        <v>2.5</v>
+      </c>
+      <c r="K211" t="s">
         <v>610</v>
-      </c>
-[...25 lines deleted...]
-        <v>612</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
+        <v>611</v>
+      </c>
+      <c r="B212" t="s">
+        <v>13</v>
+      </c>
+      <c r="C212" t="s">
+        <v>606</v>
+      </c>
+      <c r="D212" t="s">
+        <v>612</v>
+      </c>
+      <c r="E212">
+        <v>3</v>
+      </c>
+      <c r="F212" t="s">
+        <v>16</v>
+      </c>
+      <c r="G212" t="s">
+        <v>17</v>
+      </c>
+      <c r="H212">
+        <v>101</v>
+      </c>
+      <c r="I212">
+        <v>0.1</v>
+      </c>
+      <c r="K212" t="s">
         <v>613</v>
-      </c>
-[...25 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>616</v>
+        <v>287</v>
       </c>
       <c r="B213" t="s">
         <v>13</v>
       </c>
       <c r="C213" t="s">
-        <v>103</v>
+        <v>606</v>
       </c>
       <c r="D213" t="s">
-        <v>617</v>
+        <v>614</v>
       </c>
       <c r="E213">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>17</v>
       </c>
       <c r="H213">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="I213">
-        <v>0</v>
+        <v>26.5</v>
       </c>
       <c r="K213" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>619</v>
+        <v>339</v>
       </c>
       <c r="B214" t="s">
         <v>13</v>
       </c>
       <c r="C214" t="s">
-        <v>103</v>
+        <v>606</v>
       </c>
       <c r="D214" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="E214">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>17</v>
       </c>
       <c r="H214">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I214">
-        <v>0</v>
+        <v>12.6</v>
       </c>
       <c r="K214" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>622</v>
+        <v>290</v>
       </c>
       <c r="B215" t="s">
         <v>13</v>
       </c>
       <c r="C215" t="s">
-        <v>103</v>
+        <v>606</v>
       </c>
       <c r="D215" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="E215">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="H215">
-        <v>83</v>
+        <v>56</v>
       </c>
       <c r="I215">
-        <v>0</v>
+        <v>10.6</v>
       </c>
       <c r="K215" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>295</v>
+        <v>394</v>
       </c>
       <c r="B216" t="s">
         <v>13</v>
       </c>
       <c r="C216" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="D216" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="E216">
         <v>3</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
         <v>17</v>
       </c>
       <c r="H216">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="I216">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K216" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>243</v>
+        <v>208</v>
       </c>
       <c r="B217" t="s">
         <v>13</v>
       </c>
       <c r="C217" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="D217" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
       <c r="E217">
         <v>3</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
         <v>17</v>
       </c>
       <c r="H217">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="I217">
-        <v>0.8</v>
+        <v>4.6</v>
       </c>
       <c r="K217" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>630</v>
+        <v>594</v>
       </c>
       <c r="B218" t="s">
         <v>13</v>
       </c>
       <c r="C218" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="D218" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
       <c r="E218">
         <v>3</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="H218">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I218">
-        <v>3.9</v>
+        <v>30</v>
       </c>
       <c r="K218" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>298</v>
+        <v>626</v>
       </c>
       <c r="B219" t="s">
         <v>13</v>
       </c>
       <c r="C219" t="s">
-        <v>625</v>
+        <v>606</v>
       </c>
       <c r="D219" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="E219">
         <v>3</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
         <v>17</v>
       </c>
       <c r="H219">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="I219">
-        <v>26.7</v>
+        <v>75.9</v>
       </c>
       <c r="K219" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>353</v>
+        <v>49</v>
       </c>
       <c r="B220" t="s">
         <v>13</v>
       </c>
       <c r="C220" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D220" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="E220">
-        <v>3</v>
+        <v>105</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="H220">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="I220">
-        <v>0.1</v>
+        <v>5.1</v>
       </c>
       <c r="K220" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>301</v>
+        <v>149</v>
       </c>
       <c r="B221" t="s">
         <v>13</v>
       </c>
       <c r="C221" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="D221" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="E221">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
       <c r="H221">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="I221">
-        <v>8.9</v>
+        <v>0</v>
       </c>
       <c r="K221" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>408</v>
+        <v>611</v>
       </c>
       <c r="B222" t="s">
         <v>13</v>
       </c>
       <c r="C222" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="D222" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="E222">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="F222" t="s">
         <v>16</v>
       </c>
       <c r="G222" t="s">
         <v>17</v>
       </c>
       <c r="H222">
         <v>101</v>
       </c>
       <c r="I222">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K222" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>219</v>
+        <v>253</v>
       </c>
       <c r="B223" t="s">
         <v>13</v>
       </c>
       <c r="C223" t="s">
-        <v>625</v>
+        <v>364</v>
       </c>
       <c r="D223" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="E223">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F223" t="s">
         <v>16</v>
       </c>
       <c r="G223" t="s">
         <v>17</v>
       </c>
       <c r="H223">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="I223">
-        <v>0</v>
+        <v>26.8</v>
       </c>
       <c r="K223" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>613</v>
+        <v>241</v>
       </c>
       <c r="B224" t="s">
         <v>13</v>
       </c>
       <c r="C224" t="s">
-        <v>625</v>
+        <v>364</v>
       </c>
       <c r="D224" t="s">
-        <v>643</v>
+        <v>640</v>
       </c>
       <c r="E224">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
         <v>17</v>
       </c>
       <c r="H224">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="I224">
-        <v>17.6</v>
+        <v>21.6</v>
       </c>
       <c r="K224" t="s">
-        <v>644</v>
+        <v>641</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>645</v>
+        <v>146</v>
       </c>
       <c r="B225" t="s">
         <v>13</v>
       </c>
       <c r="C225" t="s">
-        <v>625</v>
+        <v>364</v>
       </c>
       <c r="D225" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="E225">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F225" t="s">
         <v>16</v>
       </c>
       <c r="G225" t="s">
         <v>17</v>
       </c>
       <c r="H225">
-        <v>4</v>
+        <v>88</v>
       </c>
       <c r="I225">
-        <v>90.9</v>
+        <v>0</v>
       </c>
       <c r="K225" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>49</v>
+        <v>611</v>
       </c>
       <c r="B226" t="s">
         <v>13</v>
       </c>
       <c r="C226" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="D226" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
       <c r="E226">
-        <v>105</v>
+        <v>55</v>
       </c>
       <c r="F226" t="s">
         <v>16</v>
       </c>
       <c r="G226" t="s">
         <v>17</v>
       </c>
       <c r="H226">
-        <v>62</v>
+        <v>101</v>
       </c>
       <c r="I226">
-        <v>6.9</v>
+        <v>0.1</v>
       </c>
       <c r="K226" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>154</v>
+        <v>442</v>
       </c>
       <c r="B227" t="s">
         <v>13</v>
       </c>
       <c r="C227" t="s">
-        <v>651</v>
+        <v>632</v>
       </c>
       <c r="D227" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="E227">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>17</v>
       </c>
       <c r="H227">
-        <v>94</v>
+        <v>6</v>
       </c>
       <c r="I227">
-        <v>0</v>
+        <v>61.5</v>
       </c>
       <c r="K227" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>630</v>
+        <v>304</v>
       </c>
       <c r="B228" t="s">
         <v>13</v>
       </c>
       <c r="C228" t="s">
-        <v>654</v>
+        <v>278</v>
       </c>
       <c r="D228" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
       <c r="E228">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F228" t="s">
         <v>16</v>
       </c>
       <c r="G228" t="s">
         <v>17</v>
       </c>
       <c r="H228">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="I228">
-        <v>3.9</v>
+        <v>17.6</v>
       </c>
       <c r="K228" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>264</v>
+        <v>238</v>
       </c>
       <c r="B229" t="s">
         <v>13</v>
       </c>
       <c r="C229" t="s">
-        <v>378</v>
+        <v>262</v>
       </c>
       <c r="D229" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="E229">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F229" t="s">
         <v>16</v>
       </c>
       <c r="G229" t="s">
         <v>17</v>
       </c>
       <c r="H229">
-        <v>3</v>
+        <v>101</v>
       </c>
       <c r="I229">
-        <v>8.4</v>
+        <v>0</v>
       </c>
       <c r="K229" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>252</v>
+        <v>293</v>
       </c>
       <c r="B230" t="s">
         <v>13</v>
       </c>
       <c r="C230" t="s">
-        <v>378</v>
+        <v>262</v>
       </c>
       <c r="D230" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="E230">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F230" t="s">
         <v>16</v>
       </c>
       <c r="G230" t="s">
         <v>17</v>
       </c>
       <c r="H230">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I230">
-        <v>2.6</v>
+        <v>0</v>
       </c>
       <c r="K230" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>151</v>
+        <v>356</v>
       </c>
       <c r="B231" t="s">
         <v>13</v>
       </c>
       <c r="C231" t="s">
-        <v>378</v>
+        <v>262</v>
       </c>
       <c r="D231" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="E231">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F231" t="s">
         <v>16</v>
       </c>
       <c r="G231" t="s">
         <v>17</v>
       </c>
       <c r="H231">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="I231">
-        <v>0.2</v>
+        <v>0</v>
       </c>
       <c r="K231" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>630</v>
+        <v>299</v>
       </c>
       <c r="B232" t="s">
         <v>13</v>
       </c>
       <c r="C232" t="s">
-        <v>663</v>
+        <v>262</v>
       </c>
       <c r="D232" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="E232">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="F232" t="s">
         <v>16</v>
       </c>
       <c r="G232" t="s">
         <v>17</v>
       </c>
       <c r="H232">
         <v>101</v>
       </c>
       <c r="I232">
-        <v>3.9</v>
+        <v>0</v>
       </c>
       <c r="K232" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>458</v>
+        <v>345</v>
       </c>
       <c r="B233" t="s">
         <v>13</v>
       </c>
       <c r="C233" t="s">
-        <v>651</v>
+        <v>278</v>
       </c>
       <c r="D233" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="E233">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="F233" t="s">
         <v>16</v>
       </c>
       <c r="G233" t="s">
         <v>17</v>
       </c>
       <c r="H233">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I233">
-        <v>72.9</v>
+        <v>39.4</v>
       </c>
       <c r="K233" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>318</v>
+        <v>214</v>
       </c>
       <c r="B234" t="s">
         <v>13</v>
       </c>
       <c r="C234" t="s">
-        <v>289</v>
+        <v>161</v>
       </c>
       <c r="D234" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="E234">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F234" t="s">
         <v>16</v>
       </c>
       <c r="G234" t="s">
         <v>17</v>
       </c>
       <c r="H234">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="I234">
-        <v>42.7</v>
+        <v>28.1</v>
       </c>
       <c r="K234" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>249</v>
+        <v>512</v>
       </c>
       <c r="B235" t="s">
         <v>13</v>
       </c>
       <c r="C235" t="s">
-        <v>273</v>
+        <v>129</v>
       </c>
       <c r="D235" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="E235">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F235" t="s">
         <v>16</v>
       </c>
       <c r="G235" t="s">
         <v>17</v>
       </c>
       <c r="H235">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="I235">
         <v>0</v>
       </c>
       <c r="K235" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>304</v>
+        <v>515</v>
       </c>
       <c r="B236" t="s">
         <v>13</v>
       </c>
       <c r="C236" t="s">
-        <v>273</v>
+        <v>129</v>
       </c>
       <c r="D236" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="E236">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F236" t="s">
         <v>16</v>
       </c>
       <c r="G236" t="s">
         <v>17</v>
       </c>
       <c r="H236">
         <v>101</v>
       </c>
       <c r="I236">
         <v>0</v>
       </c>
       <c r="K236" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>370</v>
+        <v>518</v>
       </c>
       <c r="B237" t="s">
         <v>13</v>
       </c>
       <c r="C237" t="s">
-        <v>273</v>
+        <v>129</v>
       </c>
       <c r="D237" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="E237">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F237" t="s">
         <v>16</v>
       </c>
       <c r="G237" t="s">
         <v>17</v>
       </c>
       <c r="H237">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="I237">
         <v>0</v>
       </c>
       <c r="K237" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>310</v>
+        <v>521</v>
       </c>
       <c r="B238" t="s">
         <v>13</v>
       </c>
       <c r="C238" t="s">
-        <v>273</v>
+        <v>129</v>
       </c>
       <c r="D238" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="E238">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F238" t="s">
         <v>16</v>
       </c>
       <c r="G238" t="s">
         <v>17</v>
       </c>
       <c r="H238">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I238">
         <v>0</v>
       </c>
       <c r="K238" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>19</v>
+        <v>524</v>
       </c>
       <c r="B239" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C239" t="s">
-        <v>678</v>
+        <v>129</v>
       </c>
       <c r="D239" t="s">
-        <v>679</v>
+        <v>671</v>
       </c>
       <c r="E239">
-        <v>79</v>
+        <v>3</v>
       </c>
       <c r="F239" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="H239">
-        <v>7</v>
+        <v>90</v>
       </c>
       <c r="I239">
-        <v>37.9</v>
+        <v>0</v>
       </c>
       <c r="K239" t="s">
-        <v>680</v>
+        <v>672</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>359</v>
+        <v>527</v>
       </c>
       <c r="B240" t="s">
         <v>13</v>
       </c>
       <c r="C240" t="s">
-        <v>289</v>
+        <v>129</v>
       </c>
       <c r="D240" t="s">
-        <v>681</v>
+        <v>673</v>
       </c>
       <c r="E240">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="F240" t="s">
         <v>16</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
       <c r="H240">
-        <v>14</v>
+        <v>101</v>
       </c>
       <c r="I240">
-        <v>28.6</v>
+        <v>0</v>
       </c>
       <c r="K240" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>225</v>
+        <v>532</v>
       </c>
       <c r="B241" t="s">
         <v>13</v>
       </c>
       <c r="C241" t="s">
-        <v>166</v>
+        <v>129</v>
       </c>
       <c r="D241" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="E241">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="F241" t="s">
         <v>16</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
       <c r="H241">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="I241">
-        <v>22.1</v>
+        <v>0</v>
       </c>
       <c r="K241" t="s">
-        <v>684</v>
+        <v>676</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="B242" t="s">
         <v>13</v>
       </c>
       <c r="C242" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D242" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="E242">
         <v>3</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
       <c r="H242">
-        <v>93</v>
+        <v>56</v>
       </c>
       <c r="I242">
         <v>0</v>
       </c>
       <c r="K242" t="s">
-        <v>686</v>
+        <v>678</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="B243" t="s">
         <v>13</v>
       </c>
       <c r="C243" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D243" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="E243">
         <v>3</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
       <c r="H243">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="I243">
         <v>0</v>
       </c>
       <c r="K243" t="s">
-        <v>688</v>
+        <v>680</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>537</v>
+        <v>681</v>
       </c>
       <c r="B244" t="s">
         <v>13</v>
       </c>
       <c r="C244" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D244" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="E244">
         <v>3</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
         <v>17</v>
       </c>
       <c r="H244">
         <v>101</v>
       </c>
       <c r="I244">
         <v>0</v>
       </c>
       <c r="K244" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>540</v>
+        <v>684</v>
       </c>
       <c r="B245" t="s">
         <v>13</v>
       </c>
       <c r="C245" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D245" t="s">
-        <v>691</v>
+        <v>682</v>
       </c>
       <c r="E245">
         <v>3</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
       <c r="H245">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I245">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K245" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>543</v>
+        <v>686</v>
       </c>
       <c r="B246" t="s">
         <v>13</v>
       </c>
       <c r="C246" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D246" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
       <c r="E246">
         <v>3</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
       <c r="H246">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="I246">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K246" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>546</v>
+        <v>688</v>
       </c>
       <c r="B247" t="s">
         <v>13</v>
       </c>
       <c r="C247" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D247" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="E247">
         <v>3</v>
       </c>
       <c r="F247" t="s">
         <v>16</v>
       </c>
       <c r="G247" t="s">
         <v>17</v>
       </c>
       <c r="H247">
         <v>101</v>
       </c>
       <c r="I247">
         <v>0</v>
       </c>
       <c r="K247" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
       <c r="B248" t="s">
         <v>13</v>
       </c>
       <c r="C248" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D248" t="s">
-        <v>697</v>
+        <v>691</v>
       </c>
       <c r="E248">
         <v>3</v>
       </c>
       <c r="F248" t="s">
         <v>16</v>
       </c>
       <c r="G248" t="s">
         <v>17</v>
       </c>
       <c r="H248">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="I248">
         <v>0</v>
       </c>
       <c r="K248" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>554</v>
+        <v>546</v>
       </c>
       <c r="B249" t="s">
         <v>13</v>
       </c>
       <c r="C249" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D249" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="E249">
         <v>3</v>
       </c>
       <c r="F249" t="s">
         <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
       <c r="H249">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="I249">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K249" t="s">
-        <v>700</v>
+        <v>694</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="B250" t="s">
         <v>13</v>
       </c>
       <c r="C250" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D250" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="E250">
         <v>3</v>
       </c>
       <c r="F250" t="s">
         <v>16</v>
       </c>
       <c r="G250" t="s">
         <v>17</v>
       </c>
       <c r="H250">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="I250">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K250" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>703</v>
+        <v>555</v>
       </c>
       <c r="B251" t="s">
         <v>13</v>
       </c>
       <c r="C251" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D251" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="E251">
         <v>3</v>
       </c>
       <c r="F251" t="s">
         <v>16</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
       <c r="H251">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="I251">
         <v>0</v>
       </c>
       <c r="K251" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>706</v>
+        <v>558</v>
       </c>
       <c r="B252" t="s">
         <v>13</v>
       </c>
       <c r="C252" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D252" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="E252">
         <v>3</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
       <c r="H252">
-        <v>74</v>
+        <v>6</v>
       </c>
       <c r="I252">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K252" t="s">
-        <v>707</v>
+        <v>700</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>708</v>
+        <v>561</v>
       </c>
       <c r="B253" t="s">
         <v>13</v>
       </c>
       <c r="C253" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D253" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="E253">
         <v>3</v>
       </c>
       <c r="F253" t="s">
         <v>16</v>
       </c>
       <c r="G253" t="s">
         <v>17</v>
       </c>
       <c r="H253">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="I253">
         <v>0</v>
       </c>
       <c r="K253" t="s">
-        <v>709</v>
+        <v>702</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>710</v>
+        <v>564</v>
       </c>
       <c r="B254" t="s">
         <v>13</v>
       </c>
       <c r="C254" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D254" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="E254">
         <v>3</v>
       </c>
       <c r="F254" t="s">
         <v>16</v>
       </c>
       <c r="G254" t="s">
         <v>17</v>
       </c>
       <c r="H254">
         <v>101</v>
       </c>
       <c r="I254">
         <v>0</v>
       </c>
       <c r="K254" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B255" t="s">
         <v>13</v>
       </c>
       <c r="C255" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D255" t="s">
-        <v>713</v>
+        <v>682</v>
       </c>
       <c r="E255">
         <v>3</v>
       </c>
       <c r="F255" t="s">
         <v>16</v>
       </c>
       <c r="G255" t="s">
         <v>17</v>
       </c>
       <c r="H255">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="I255">
         <v>0</v>
       </c>
       <c r="K255" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="B256" t="s">
         <v>13</v>
       </c>
       <c r="C256" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D256" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="E256">
         <v>3</v>
       </c>
       <c r="F256" t="s">
         <v>16</v>
       </c>
       <c r="G256" t="s">
         <v>17</v>
       </c>
       <c r="H256">
-        <v>68</v>
+        <v>101</v>
       </c>
       <c r="I256">
         <v>0</v>
       </c>
       <c r="K256" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B257" t="s">
         <v>13</v>
       </c>
       <c r="C257" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D257" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="E257">
         <v>3</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
         <v>17</v>
       </c>
       <c r="H257">
         <v>101</v>
       </c>
       <c r="I257">
         <v>0</v>
       </c>
       <c r="K257" t="s">
-        <v>718</v>
+        <v>709</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="B258" t="s">
         <v>13</v>
       </c>
       <c r="C258" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D258" t="s">
-        <v>719</v>
+        <v>710</v>
       </c>
       <c r="E258">
         <v>3</v>
       </c>
       <c r="F258" t="s">
         <v>16</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
       <c r="H258">
         <v>101</v>
       </c>
       <c r="I258">
         <v>0</v>
       </c>
       <c r="K258" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B259" t="s">
         <v>13</v>
       </c>
       <c r="C259" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D259" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="E259">
         <v>3</v>
       </c>
       <c r="F259" t="s">
         <v>16</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
       <c r="H259">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I259">
-        <v>55</v>
+        <v>7.5</v>
       </c>
       <c r="K259" t="s">
-        <v>722</v>
+        <v>713</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="B260" t="s">
         <v>13</v>
       </c>
       <c r="C260" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D260" t="s">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="E260">
         <v>3</v>
       </c>
       <c r="F260" t="s">
         <v>16</v>
       </c>
       <c r="G260" t="s">
         <v>17</v>
       </c>
       <c r="H260">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="I260">
         <v>0</v>
       </c>
       <c r="K260" t="s">
-        <v>724</v>
+        <v>715</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="B261" t="s">
         <v>13</v>
       </c>
       <c r="C261" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D261" t="s">
-        <v>725</v>
+        <v>716</v>
       </c>
       <c r="E261">
         <v>3</v>
       </c>
       <c r="F261" t="s">
         <v>16</v>
       </c>
       <c r="G261" t="s">
         <v>17</v>
       </c>
       <c r="H261">
         <v>101</v>
       </c>
       <c r="I261">
         <v>0</v>
       </c>
       <c r="K261" t="s">
-        <v>726</v>
+        <v>717</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>586</v>
+        <v>718</v>
       </c>
       <c r="B262" t="s">
         <v>13</v>
       </c>
       <c r="C262" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D262" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="E262">
         <v>3</v>
       </c>
       <c r="F262" t="s">
         <v>16</v>
       </c>
       <c r="G262" t="s">
         <v>17</v>
       </c>
       <c r="H262">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="I262">
         <v>0</v>
       </c>
       <c r="K262" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="B263" t="s">
         <v>13</v>
       </c>
       <c r="C263" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D263" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="E263">
         <v>3</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
         <v>17</v>
       </c>
       <c r="H263">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="I263">
         <v>0</v>
       </c>
       <c r="K263" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="B264" t="s">
         <v>13</v>
       </c>
       <c r="C264" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D264" t="s">
-        <v>730</v>
+        <v>723</v>
       </c>
       <c r="E264">
         <v>3</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
         <v>17</v>
       </c>
       <c r="H264">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="I264">
         <v>0</v>
       </c>
       <c r="K264" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="B265" t="s">
         <v>13</v>
       </c>
       <c r="C265" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D265" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="E265">
         <v>3</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>17</v>
       </c>
       <c r="H265">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="I265">
         <v>0</v>
       </c>
       <c r="K265" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>600</v>
+        <v>134</v>
       </c>
       <c r="B266" t="s">
         <v>13</v>
       </c>
       <c r="C266" t="s">
-        <v>134</v>
+        <v>727</v>
       </c>
       <c r="D266" t="s">
-        <v>734</v>
+        <v>728</v>
       </c>
       <c r="E266">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
       <c r="H266">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="I266">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K266" t="s">
-        <v>735</v>
+        <v>729</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>607</v>
+        <v>74</v>
       </c>
       <c r="B267" t="s">
         <v>13</v>
       </c>
       <c r="C267" t="s">
-        <v>134</v>
+        <v>730</v>
       </c>
       <c r="D267" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="E267">
+        <v>40</v>
+      </c>
+      <c r="F267" t="s">
+        <v>16</v>
+      </c>
+      <c r="G267" t="s">
+        <v>17</v>
+      </c>
+      <c r="H267">
         <v>3</v>
       </c>
-      <c r="F267" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I267">
-        <v>0</v>
+        <v>47.5</v>
       </c>
       <c r="K267" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>610</v>
+        <v>491</v>
       </c>
       <c r="B268" t="s">
         <v>13</v>
       </c>
       <c r="C268" t="s">
-        <v>134</v>
+        <v>733</v>
       </c>
       <c r="D268" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="E268">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
       <c r="H268">
-        <v>101</v>
+        <v>36</v>
       </c>
       <c r="I268">
-        <v>0</v>
+        <v>5.3</v>
       </c>
       <c r="K268" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>740</v>
+        <v>394</v>
       </c>
       <c r="B269" t="s">
         <v>13</v>
       </c>
       <c r="C269" t="s">
-        <v>134</v>
+        <v>67</v>
       </c>
       <c r="D269" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="E269">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="F269" t="s">
         <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
       <c r="H269">
-        <v>55</v>
+        <v>101</v>
       </c>
       <c r="I269">
         <v>0</v>
       </c>
       <c r="K269" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>616</v>
+        <v>304</v>
       </c>
       <c r="B270" t="s">
         <v>13</v>
       </c>
       <c r="C270" t="s">
-        <v>134</v>
+        <v>406</v>
       </c>
       <c r="D270" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="E270">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F270" t="s">
         <v>16</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
       <c r="H270">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="I270">
-        <v>0</v>
+        <v>17.6</v>
       </c>
       <c r="K270" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>619</v>
+        <v>314</v>
       </c>
       <c r="B271" t="s">
         <v>13</v>
       </c>
       <c r="C271" t="s">
-        <v>134</v>
+        <v>740</v>
       </c>
       <c r="D271" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="E271">
-        <v>3</v>
+        <v>57</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
       <c r="H271">
-        <v>78</v>
+        <v>20</v>
       </c>
       <c r="I271">
-        <v>0</v>
+        <v>5.1</v>
       </c>
       <c r="K271" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
-        <v>622</v>
+        <v>38</v>
       </c>
       <c r="B272" t="s">
         <v>13</v>
       </c>
       <c r="C272" t="s">
-        <v>134</v>
+        <v>743</v>
       </c>
       <c r="D272" t="s">
-        <v>747</v>
+        <v>744</v>
       </c>
       <c r="E272">
-        <v>3</v>
+        <v>118</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
         <v>17</v>
       </c>
       <c r="H272">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="I272">
-        <v>0</v>
+        <v>1.3</v>
       </c>
       <c r="K272" t="s">
-        <v>748</v>
+        <v>745</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
-        <v>139</v>
+        <v>74</v>
       </c>
       <c r="B273" t="s">
         <v>13</v>
       </c>
       <c r="C273" t="s">
-        <v>749</v>
+        <v>746</v>
       </c>
       <c r="D273" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="E273">
-        <v>34</v>
+        <v>117</v>
       </c>
       <c r="F273" t="s">
         <v>16</v>
       </c>
       <c r="G273" t="s">
         <v>17</v>
       </c>
       <c r="H273">
-        <v>85</v>
+        <v>3</v>
       </c>
       <c r="I273">
-        <v>9.6</v>
+        <v>47.5</v>
       </c>
       <c r="K273" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B274" t="s">
         <v>13</v>
       </c>
       <c r="C274" t="s">
-        <v>752</v>
+        <v>749</v>
       </c>
       <c r="D274" t="s">
-        <v>753</v>
+        <v>750</v>
       </c>
       <c r="E274">
-        <v>40</v>
+        <v>108</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
         <v>17</v>
       </c>
       <c r="H274">
         <v>4</v>
       </c>
       <c r="I274">
-        <v>69.5</v>
+        <v>48.6</v>
       </c>
       <c r="K274" t="s">
-        <v>754</v>
+        <v>751</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
-        <v>510</v>
+        <v>217</v>
       </c>
       <c r="B275" t="s">
         <v>13</v>
       </c>
       <c r="C275" t="s">
-        <v>755</v>
+        <v>752</v>
       </c>
       <c r="D275" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="E275">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
       <c r="H275">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="I275">
-        <v>7.4</v>
+        <v>0.5</v>
       </c>
       <c r="K275" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
-        <v>408</v>
+        <v>345</v>
       </c>
       <c r="B276" t="s">
         <v>13</v>
       </c>
       <c r="C276" t="s">
-        <v>67</v>
+        <v>155</v>
       </c>
       <c r="D276" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="E276">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>17</v>
       </c>
       <c r="H276">
-        <v>101</v>
+        <v>7</v>
       </c>
       <c r="I276">
-        <v>0</v>
+        <v>39.4</v>
       </c>
       <c r="K276" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
-        <v>318</v>
+        <v>122</v>
       </c>
       <c r="B277" t="s">
         <v>13</v>
       </c>
       <c r="C277" t="s">
-        <v>420</v>
+        <v>757</v>
       </c>
       <c r="D277" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="E277">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
         <v>17</v>
       </c>
       <c r="H277">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="I277">
-        <v>42.7</v>
+        <v>20</v>
       </c>
       <c r="K277" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>328</v>
+        <v>125</v>
       </c>
       <c r="B278" t="s">
         <v>13</v>
       </c>
       <c r="C278" t="s">
+        <v>760</v>
+      </c>
+      <c r="D278" t="s">
+        <v>761</v>
+      </c>
+      <c r="E278">
+        <v>66</v>
+      </c>
+      <c r="F278" t="s">
+        <v>16</v>
+      </c>
+      <c r="G278" t="s">
+        <v>17</v>
+      </c>
+      <c r="H278">
+        <v>101</v>
+      </c>
+      <c r="I278">
+        <v>2.2</v>
+      </c>
+      <c r="K278" t="s">
         <v>762</v>
-      </c>
-[...19 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
-        <v>70</v>
+        <v>176</v>
       </c>
       <c r="B279" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C279" t="s">
-        <v>765</v>
+        <v>740</v>
       </c>
       <c r="D279" t="s">
-        <v>766</v>
+        <v>763</v>
       </c>
       <c r="E279">
-        <v>3</v>
+        <v>41</v>
       </c>
       <c r="F279" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
       <c r="H279">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="I279">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="K279" t="s">
-        <v>767</v>
+        <v>764</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
         <v>38</v>
       </c>
       <c r="B280" t="s">
         <v>13</v>
       </c>
       <c r="C280" t="s">
-        <v>768</v>
+        <v>746</v>
       </c>
       <c r="D280" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="E280">
-        <v>118</v>
+        <v>88</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
         <v>17</v>
       </c>
       <c r="H280">
         <v>101</v>
       </c>
       <c r="I280">
-        <v>0.9</v>
+        <v>1.3</v>
       </c>
       <c r="K280" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
-        <v>74</v>
+        <v>189</v>
       </c>
       <c r="B281" t="s">
         <v>13</v>
       </c>
       <c r="C281" t="s">
-        <v>771</v>
+        <v>740</v>
       </c>
       <c r="D281" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="E281">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="F281" t="s">
         <v>16</v>
       </c>
       <c r="G281" t="s">
         <v>17</v>
       </c>
       <c r="H281">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="I281">
-        <v>69.5</v>
+        <v>41.6</v>
       </c>
       <c r="K281" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
         <v>95</v>
       </c>
       <c r="B282" t="s">
         <v>13</v>
       </c>
       <c r="C282" t="s">
-        <v>774</v>
+        <v>760</v>
       </c>
       <c r="D282" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="E282">
-        <v>108</v>
+        <v>59</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
         <v>17</v>
       </c>
       <c r="H282">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I282">
-        <v>47.3</v>
+        <v>48.6</v>
       </c>
       <c r="K282" t="s">
-        <v>776</v>
+        <v>770</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
-        <v>228</v>
+        <v>504</v>
       </c>
       <c r="B283" t="s">
         <v>13</v>
       </c>
       <c r="C283" t="s">
-        <v>777</v>
+        <v>129</v>
       </c>
       <c r="D283" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="E283">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="F283" t="s">
         <v>16</v>
       </c>
       <c r="G283" t="s">
         <v>17</v>
       </c>
       <c r="H283">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I283">
-        <v>1.9</v>
+        <v>0</v>
       </c>
       <c r="K283" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
-        <v>49</v>
+        <v>214</v>
       </c>
       <c r="B284" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C284" t="s">
-        <v>780</v>
+        <v>425</v>
       </c>
       <c r="D284" t="s">
-        <v>781</v>
+        <v>773</v>
       </c>
       <c r="E284">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="F284" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
       </c>
       <c r="H284">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="I284">
-        <v>6.9</v>
+        <v>28.1</v>
       </c>
       <c r="K284" t="s">
-        <v>782</v>
+        <v>774</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
-        <v>359</v>
+        <v>85</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
-        <v>160</v>
+        <v>760</v>
       </c>
       <c r="D285" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
       <c r="E285">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
       <c r="H285">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="I285">
-        <v>28.6</v>
+        <v>3.8</v>
       </c>
       <c r="K285" t="s">
-        <v>784</v>
+        <v>776</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
-        <v>74</v>
+        <v>221</v>
       </c>
       <c r="B286" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C286" t="s">
-        <v>785</v>
+        <v>777</v>
       </c>
       <c r="D286" t="s">
-        <v>786</v>
+        <v>778</v>
       </c>
       <c r="E286">
-        <v>15</v>
+        <v>56</v>
       </c>
       <c r="F286" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
       <c r="H286">
-        <v>4</v>
+        <v>88</v>
       </c>
       <c r="I286">
-        <v>69.5</v>
+        <v>1.2</v>
       </c>
       <c r="K286" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
-        <v>127</v>
+        <v>507</v>
       </c>
       <c r="B287" t="s">
         <v>13</v>
       </c>
       <c r="C287" t="s">
-        <v>788</v>
+        <v>129</v>
       </c>
       <c r="D287" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="E287">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="F287" t="s">
         <v>16</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
       <c r="H287">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="I287">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="K287" t="s">
-        <v>790</v>
+        <v>781</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
-        <v>130</v>
+        <v>109</v>
       </c>
       <c r="B288" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C288" t="s">
-        <v>169</v>
+        <v>782</v>
       </c>
       <c r="D288" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="E288">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="F288" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
       <c r="H288">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="I288">
-        <v>3.5</v>
+        <v>6.4</v>
       </c>
       <c r="K288" t="s">
-        <v>792</v>
+        <v>784</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B289" t="s">
         <v>13</v>
       </c>
       <c r="C289" t="s">
-        <v>793</v>
+        <v>785</v>
       </c>
       <c r="D289" t="s">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="E289">
-        <v>66</v>
+        <v>49</v>
       </c>
       <c r="F289" t="s">
         <v>16</v>
       </c>
       <c r="G289" t="s">
         <v>17</v>
       </c>
       <c r="H289">
-        <v>101</v>
+        <v>40</v>
       </c>
       <c r="I289">
-        <v>3.5</v>
+        <v>10</v>
       </c>
       <c r="K289" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
-        <v>187</v>
+        <v>125</v>
       </c>
       <c r="B290" t="s">
         <v>13</v>
       </c>
       <c r="C290" t="s">
-        <v>762</v>
+        <v>788</v>
       </c>
       <c r="D290" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="E290">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
       <c r="H290">
         <v>101</v>
       </c>
       <c r="I290">
-        <v>0</v>
+        <v>2.2</v>
       </c>
       <c r="K290" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
-        <v>228</v>
+        <v>221</v>
       </c>
       <c r="B291" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C291" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="D291" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="E291">
-        <v>7</v>
+        <v>41</v>
       </c>
       <c r="F291" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
       <c r="H291">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="I291">
-        <v>1.9</v>
+        <v>1.2</v>
       </c>
       <c r="K291" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
+        <v>189</v>
+      </c>
+      <c r="B292" t="s">
+        <v>13</v>
+      </c>
+      <c r="C292" t="s">
+        <v>794</v>
+      </c>
+      <c r="D292" t="s">
+        <v>795</v>
+      </c>
+      <c r="E292">
         <v>38</v>
       </c>
-      <c r="B292" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F292" t="s">
         <v>16</v>
       </c>
       <c r="G292" t="s">
         <v>17</v>
       </c>
       <c r="H292">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="I292">
-        <v>0.9</v>
+        <v>41.6</v>
       </c>
       <c r="K292" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
-        <v>60</v>
+        <v>314</v>
       </c>
       <c r="B293" t="s">
-        <v>112</v>
+        <v>13</v>
       </c>
       <c r="C293" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="D293" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="E293">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F293" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
       <c r="H293">
         <v>20</v>
       </c>
       <c r="I293">
-        <v>14.4</v>
+        <v>5.1</v>
       </c>
       <c r="K293" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
-        <v>200</v>
+        <v>85</v>
       </c>
       <c r="B294" t="s">
         <v>13</v>
       </c>
       <c r="C294" t="s">
-        <v>762</v>
+        <v>800</v>
       </c>
       <c r="D294" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="E294">
-        <v>38</v>
+        <v>27</v>
       </c>
       <c r="F294" t="s">
         <v>16</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
       <c r="H294">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="I294">
-        <v>20.6</v>
+        <v>3.8</v>
       </c>
       <c r="K294" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
-        <v>95</v>
+        <v>803</v>
       </c>
       <c r="B295" t="s">
-        <v>13</v>
+        <v>804</v>
       </c>
       <c r="C295" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="D295" t="s">
+        <v>806</v>
+      </c>
+      <c r="E295">
+        <v>0</v>
+      </c>
+      <c r="F295" t="s">
+        <v>16</v>
+      </c>
+      <c r="G295" t="s">
+        <v>17</v>
+      </c>
+      <c r="H295">
+        <v>1</v>
+      </c>
+      <c r="I295">
+        <v>99.9</v>
+      </c>
+      <c r="K295" t="s">
         <v>807</v>
-      </c>
-[...848 lines deleted...]
-        <v>874</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">