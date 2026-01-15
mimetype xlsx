--- v1 (2025-12-15)
+++ v2 (2026-01-15)
@@ -6923,694 +6923,694 @@
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>6306</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I4">
-        <v>16.6</v>
+        <v>43.8</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>3062</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I5">
-        <v>33.2</v>
+        <v>38.2</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>348</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I6">
-        <v>22.2</v>
+        <v>27.2</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>27</v>
       </c>
       <c r="D7" t="s">
         <v>28</v>
       </c>
       <c r="E7">
         <v>4035</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I7">
-        <v>16.6</v>
+        <v>43.8</v>
       </c>
       <c r="K7" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>31</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
         <v>1200</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I8">
-        <v>49</v>
+        <v>54.7</v>
       </c>
       <c r="K8" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9">
         <v>53</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I9">
-        <v>7.8</v>
+        <v>8.3</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
         <v>931</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
         <v>101</v>
       </c>
       <c r="I10">
-        <v>1.3</v>
+        <v>0.3</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>44</v>
       </c>
       <c r="E11">
         <v>880</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I11">
-        <v>25.5</v>
+        <v>25.1</v>
       </c>
       <c r="K11" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>23</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12">
         <v>173</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="H12">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I12">
-        <v>22.2</v>
+        <v>27.2</v>
       </c>
       <c r="K12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>50</v>
       </c>
       <c r="D13" t="s">
         <v>51</v>
       </c>
       <c r="E13">
         <v>799</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I13">
-        <v>5.1</v>
+        <v>2.3</v>
       </c>
       <c r="K13" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14">
         <v>2440</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="I14">
-        <v>16.6</v>
+        <v>43.8</v>
       </c>
       <c r="K14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>57</v>
       </c>
       <c r="D15" t="s">
         <v>58</v>
       </c>
       <c r="E15">
         <v>686</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I15">
-        <v>60.2</v>
+        <v>64.1</v>
       </c>
       <c r="K15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>61</v>
       </c>
       <c r="D16" t="s">
         <v>62</v>
       </c>
       <c r="E16">
         <v>512</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I16">
-        <v>14.8</v>
+        <v>18.7</v>
       </c>
       <c r="K16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>56</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
         <v>64</v>
       </c>
       <c r="D17" t="s">
         <v>65</v>
       </c>
       <c r="E17">
         <v>308</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I17">
-        <v>60.2</v>
+        <v>64.1</v>
       </c>
       <c r="K17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
         <v>67</v>
       </c>
       <c r="D18" t="s">
         <v>68</v>
       </c>
       <c r="E18">
         <v>448</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I18">
-        <v>22.2</v>
+        <v>27.2</v>
       </c>
       <c r="K18" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>70</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>71</v>
       </c>
       <c r="D19" t="s">
         <v>72</v>
       </c>
       <c r="E19">
         <v>40</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="I19">
-        <v>3.1</v>
+        <v>5.8</v>
       </c>
       <c r="K19" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>74</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>75</v>
       </c>
       <c r="D20" t="s">
         <v>76</v>
       </c>
       <c r="E20">
         <v>377</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20">
         <v>3</v>
       </c>
       <c r="I20">
-        <v>47.5</v>
+        <v>50.4</v>
       </c>
       <c r="K20" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>78</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>79</v>
       </c>
       <c r="D21" t="s">
         <v>80</v>
       </c>
       <c r="E21">
         <v>30</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
         <v>6</v>
       </c>
       <c r="I21">
-        <v>50.8</v>
+        <v>38</v>
       </c>
       <c r="K21" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>19</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>82</v>
       </c>
       <c r="D22" t="s">
         <v>83</v>
       </c>
       <c r="E22">
         <v>1170</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I22">
-        <v>33.2</v>
+        <v>38.2</v>
       </c>
       <c r="K22" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>85</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>86</v>
       </c>
       <c r="D23" t="s">
         <v>87</v>
       </c>
       <c r="E23">
         <v>345</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I23">
-        <v>3.8</v>
+        <v>1.8</v>
       </c>
       <c r="K23" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>60</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>89</v>
       </c>
       <c r="D24" t="s">
         <v>90</v>
       </c>
       <c r="E24">
         <v>22</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I24">
-        <v>14.8</v>
+        <v>18.7</v>
       </c>
       <c r="K24" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>92</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
       <c r="D25" t="s">
         <v>93</v>
       </c>
       <c r="E25">
         <v>34</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
@@ -7630,83 +7630,83 @@
       <c r="A26" t="s">
         <v>95</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
         <v>96</v>
       </c>
       <c r="D26" t="s">
         <v>97</v>
       </c>
       <c r="E26">
         <v>312</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
         <v>4</v>
       </c>
       <c r="I26">
-        <v>48.6</v>
+        <v>39.1</v>
       </c>
       <c r="K26" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>99</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
         <v>89</v>
       </c>
       <c r="D27" t="s">
         <v>100</v>
       </c>
       <c r="E27">
         <v>20</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I27">
-        <v>34.1</v>
+        <v>23.1</v>
       </c>
       <c r="K27" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>102</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>103</v>
       </c>
       <c r="D28" t="s">
         <v>104</v>
       </c>
       <c r="E28">
         <v>10</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
@@ -7723,246 +7723,246 @@
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>106</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
         <v>103</v>
       </c>
       <c r="D29" t="s">
         <v>107</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I29">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>79</v>
       </c>
       <c r="D30" t="s">
         <v>110</v>
       </c>
       <c r="E30">
         <v>22</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I30">
-        <v>6.4</v>
+        <v>16.6</v>
       </c>
       <c r="K30" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>112</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
         <v>113</v>
       </c>
       <c r="D31" t="s">
         <v>114</v>
       </c>
       <c r="E31">
         <v>11</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I31">
-        <v>52.6</v>
+        <v>59.2</v>
       </c>
       <c r="K31" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>116</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
         <v>71</v>
       </c>
       <c r="D32" t="s">
         <v>117</v>
       </c>
       <c r="E32">
         <v>26</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
         <v>4</v>
       </c>
       <c r="I32">
-        <v>69</v>
+        <v>76.3</v>
       </c>
       <c r="K32" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>119</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
         <v>113</v>
       </c>
       <c r="D33" t="s">
         <v>120</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="I33">
-        <v>19.4</v>
+        <v>50.7</v>
       </c>
       <c r="K33" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>122</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>35</v>
       </c>
       <c r="D34" t="s">
         <v>123</v>
       </c>
       <c r="E34">
         <v>11</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I34">
-        <v>20</v>
+        <v>21.8</v>
       </c>
       <c r="K34" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>125</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>126</v>
       </c>
       <c r="D35" t="s">
         <v>127</v>
       </c>
       <c r="E35">
         <v>197</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35">
         <v>101</v>
       </c>
       <c r="I35">
-        <v>2.2</v>
+        <v>2.9</v>
       </c>
       <c r="K35" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>102</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>129</v>
       </c>
       <c r="D36" t="s">
         <v>130</v>
       </c>
       <c r="E36">
         <v>13</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
@@ -7979,118 +7979,118 @@
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>106</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
         <v>129</v>
       </c>
       <c r="D37" t="s">
         <v>132</v>
       </c>
       <c r="E37">
         <v>13</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
-        <v>56</v>
+        <v>101</v>
       </c>
       <c r="I37">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K37" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>134</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
         <v>96</v>
       </c>
       <c r="D38" t="s">
         <v>135</v>
       </c>
       <c r="E38">
         <v>191</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="I38">
-        <v>10</v>
+        <v>11.1</v>
       </c>
       <c r="K38" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>78</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
         <v>137</v>
       </c>
       <c r="D39" t="s">
         <v>138</v>
       </c>
       <c r="E39">
         <v>188</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
         <v>6</v>
       </c>
       <c r="I39">
-        <v>50.8</v>
+        <v>38</v>
       </c>
       <c r="K39" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>140</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
         <v>71</v>
       </c>
       <c r="D40" t="s">
         <v>141</v>
       </c>
       <c r="E40">
         <v>19</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
@@ -8107,182 +8107,182 @@
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>143</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
         <v>67</v>
       </c>
       <c r="D41" t="s">
         <v>144</v>
       </c>
       <c r="E41">
         <v>172</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I41">
-        <v>34.3</v>
+        <v>46.6</v>
       </c>
       <c r="K41" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>146</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
         <v>79</v>
       </c>
       <c r="D42" t="s">
         <v>147</v>
       </c>
       <c r="E42">
         <v>14</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="K42" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>149</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
         <v>89</v>
       </c>
       <c r="D43" t="s">
         <v>150</v>
       </c>
       <c r="E43">
         <v>11</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="K43" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>112</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>152</v>
       </c>
       <c r="D44" t="s">
         <v>153</v>
       </c>
       <c r="E44">
         <v>22</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I44">
-        <v>52.6</v>
+        <v>59.2</v>
       </c>
       <c r="K44" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>78</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
         <v>155</v>
       </c>
       <c r="D45" t="s">
         <v>156</v>
       </c>
       <c r="E45">
         <v>64</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
         <v>6</v>
       </c>
       <c r="I45">
-        <v>50.8</v>
+        <v>38</v>
       </c>
       <c r="K45" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>92</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
         <v>158</v>
       </c>
       <c r="D46" t="s">
         <v>159</v>
       </c>
       <c r="E46">
         <v>52</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
@@ -8299,86 +8299,86 @@
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>34</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
         <v>161</v>
       </c>
       <c r="D47" t="s">
         <v>162</v>
       </c>
       <c r="E47">
         <v>163</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I47">
-        <v>7.8</v>
+        <v>8.3</v>
       </c>
       <c r="K47" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>99</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
         <v>164</v>
       </c>
       <c r="D48" t="s">
         <v>165</v>
       </c>
       <c r="E48">
         <v>33</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I48">
-        <v>34.1</v>
+        <v>23.1</v>
       </c>
       <c r="K48" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>167</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
         <v>79</v>
       </c>
       <c r="D49" t="s">
         <v>168</v>
       </c>
       <c r="E49">
         <v>13</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
@@ -8395,86 +8395,86 @@
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>119</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
         <v>170</v>
       </c>
       <c r="D50" t="s">
         <v>171</v>
       </c>
       <c r="E50">
         <v>13</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="I50">
-        <v>19.4</v>
+        <v>50.7</v>
       </c>
       <c r="K50" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>173</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
         <v>113</v>
       </c>
       <c r="D51" t="s">
         <v>174</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I51">
-        <v>58.9</v>
+        <v>41</v>
       </c>
       <c r="K51" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>176</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
         <v>177</v>
       </c>
       <c r="D52" t="s">
         <v>178</v>
       </c>
       <c r="E52">
         <v>140</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
@@ -8555,86 +8555,86 @@
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>143</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
         <v>186</v>
       </c>
       <c r="D55" t="s">
         <v>187</v>
       </c>
       <c r="E55">
         <v>67</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I55">
-        <v>34.3</v>
+        <v>46.6</v>
       </c>
       <c r="K55" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
         <v>189</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
         <v>190</v>
       </c>
       <c r="D56" t="s">
         <v>191</v>
       </c>
       <c r="E56">
         <v>137</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I56">
-        <v>41.6</v>
+        <v>37.1</v>
       </c>
       <c r="K56" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
         <v>193</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
         <v>79</v>
       </c>
       <c r="D57" t="s">
         <v>194</v>
       </c>
       <c r="E57">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
@@ -8651,86 +8651,86 @@
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>30</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
         <v>196</v>
       </c>
       <c r="D58" t="s">
         <v>197</v>
       </c>
       <c r="E58">
         <v>449</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I58">
-        <v>49</v>
+        <v>54.7</v>
       </c>
       <c r="K58" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>199</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
         <v>35</v>
       </c>
       <c r="D59" t="s">
         <v>200</v>
       </c>
       <c r="E59">
         <v>7</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="I59">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="K59" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>202</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
         <v>35</v>
       </c>
       <c r="D60" t="s">
         <v>203</v>
       </c>
       <c r="E60">
         <v>7</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
@@ -8782,51 +8782,51 @@
       <c r="A62" t="s">
         <v>208</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
         <v>209</v>
       </c>
       <c r="D62" t="s">
         <v>210</v>
       </c>
       <c r="E62">
         <v>21</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
         <v>101</v>
       </c>
       <c r="I62">
-        <v>4.6</v>
+        <v>2</v>
       </c>
       <c r="K62" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>140</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
         <v>164</v>
       </c>
       <c r="D63" t="s">
         <v>212</v>
       </c>
       <c r="E63">
         <v>26</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
@@ -8843,150 +8843,150 @@
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>214</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
         <v>71</v>
       </c>
       <c r="D64" t="s">
         <v>215</v>
       </c>
       <c r="E64">
         <v>13</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I64">
-        <v>28.1</v>
+        <v>28.6</v>
       </c>
       <c r="K64" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>217</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
         <v>218</v>
       </c>
       <c r="D65" t="s">
         <v>219</v>
       </c>
       <c r="E65">
         <v>25</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I65">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="K65" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>221</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
         <v>222</v>
       </c>
       <c r="D66" t="s">
         <v>223</v>
       </c>
       <c r="E66">
         <v>124</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="I66">
-        <v>1.2</v>
+        <v>1.7</v>
       </c>
       <c r="K66" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>225</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
         <v>226</v>
       </c>
       <c r="D67" t="s">
         <v>227</v>
       </c>
       <c r="E67">
         <v>48</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
         <v>101</v>
       </c>
       <c r="I67">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="K67" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>229</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
         <v>89</v>
       </c>
       <c r="D68" t="s">
         <v>230</v>
       </c>
       <c r="E68">
         <v>8</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
@@ -9003,51 +9003,51 @@
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>232</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
         <v>89</v>
       </c>
       <c r="D69" t="s">
         <v>233</v>
       </c>
       <c r="E69">
         <v>8</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I69">
         <v>2.5</v>
       </c>
       <c r="K69" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>235</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
         <v>89</v>
       </c>
       <c r="D70" t="s">
         <v>236</v>
       </c>
       <c r="E70">
         <v>8</v>
       </c>
       <c r="F70" t="s">
@@ -9099,54 +9099,54 @@
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>241</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
         <v>89</v>
       </c>
       <c r="D72" t="s">
         <v>242</v>
       </c>
       <c r="E72">
         <v>8</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I72">
-        <v>21.6</v>
+        <v>5.9</v>
       </c>
       <c r="K72" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>244</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
         <v>89</v>
       </c>
       <c r="D73" t="s">
         <v>245</v>
       </c>
       <c r="E73">
         <v>8</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
@@ -9166,144 +9166,144 @@
       <c r="A74" t="s">
         <v>247</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
         <v>89</v>
       </c>
       <c r="D74" t="s">
         <v>248</v>
       </c>
       <c r="E74">
         <v>8</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
         <v>60</v>
       </c>
       <c r="I74">
-        <v>11.3</v>
+        <v>8.2</v>
       </c>
       <c r="K74" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>112</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
         <v>250</v>
       </c>
       <c r="D75" t="s">
         <v>251</v>
       </c>
       <c r="E75">
         <v>8</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I75">
-        <v>52.6</v>
+        <v>59.2</v>
       </c>
       <c r="K75" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>253</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
         <v>79</v>
       </c>
       <c r="D76" t="s">
         <v>254</v>
       </c>
       <c r="E76">
         <v>10</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I76">
-        <v>26.8</v>
+        <v>21.5</v>
       </c>
       <c r="K76" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>256</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
         <v>113</v>
       </c>
       <c r="D77" t="s">
         <v>257</v>
       </c>
       <c r="E77">
         <v>5</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="K77" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>259</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
         <v>113</v>
       </c>
       <c r="D78" t="s">
         <v>260</v>
       </c>
       <c r="E78">
         <v>5</v>
       </c>
       <c r="F78" t="s">
@@ -9323,54 +9323,54 @@
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>119</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
         <v>262</v>
       </c>
       <c r="D79" t="s">
         <v>263</v>
       </c>
       <c r="E79">
         <v>5</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
-        <v>18</v>
+        <v>51</v>
       </c>
       <c r="I79">
-        <v>19.4</v>
+        <v>50.7</v>
       </c>
       <c r="K79" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>265</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
         <v>103</v>
       </c>
       <c r="D80" t="s">
         <v>266</v>
       </c>
       <c r="E80">
         <v>4</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
@@ -9451,214 +9451,214 @@
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
         <v>99</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
         <v>274</v>
       </c>
       <c r="D83" t="s">
         <v>275</v>
       </c>
       <c r="E83">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I83">
-        <v>34.1</v>
+        <v>23.1</v>
       </c>
       <c r="K83" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>277</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
         <v>278</v>
       </c>
       <c r="D84" t="s">
         <v>279</v>
       </c>
       <c r="E84">
         <v>90</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
         <v>6</v>
       </c>
       <c r="I84">
-        <v>78.5</v>
+        <v>55</v>
       </c>
       <c r="K84" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>116</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
         <v>281</v>
       </c>
       <c r="D85" t="s">
         <v>282</v>
       </c>
       <c r="E85">
         <v>46</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
         <v>4</v>
       </c>
       <c r="I85">
-        <v>69</v>
+        <v>76.3</v>
       </c>
       <c r="K85" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>284</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
         <v>35</v>
       </c>
       <c r="D86" t="s">
         <v>285</v>
       </c>
       <c r="E86">
         <v>6</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I86">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K86" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>287</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
         <v>35</v>
       </c>
       <c r="D87" t="s">
         <v>288</v>
       </c>
       <c r="E87">
         <v>6</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87">
         <v>54</v>
       </c>
       <c r="I87">
-        <v>26.5</v>
+        <v>25</v>
       </c>
       <c r="K87" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>290</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
         <v>35</v>
       </c>
       <c r="D88" t="s">
         <v>291</v>
       </c>
       <c r="E88">
         <v>6</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="H88">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I88">
-        <v>10.6</v>
+        <v>14</v>
       </c>
       <c r="K88" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>293</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
         <v>35</v>
       </c>
       <c r="D89" t="s">
         <v>294</v>
       </c>
       <c r="E89">
         <v>6</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
@@ -9739,118 +9739,118 @@
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>217</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
         <v>137</v>
       </c>
       <c r="D92" t="s">
         <v>302</v>
       </c>
       <c r="E92">
         <v>112</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I92">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="K92" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>304</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
         <v>218</v>
       </c>
       <c r="D93" t="s">
         <v>305</v>
       </c>
       <c r="E93">
         <v>22</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="I93">
-        <v>17.6</v>
+        <v>23.5</v>
       </c>
       <c r="K93" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
         <v>225</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
         <v>307</v>
       </c>
       <c r="D94" t="s">
         <v>308</v>
       </c>
       <c r="E94">
         <v>107</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94">
         <v>101</v>
       </c>
       <c r="I94">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="K94" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
         <v>167</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95" t="s">
         <v>164</v>
       </c>
       <c r="D95" t="s">
         <v>310</v>
       </c>
       <c r="E95">
         <v>21</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
@@ -9867,86 +9867,86 @@
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>173</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
         <v>164</v>
       </c>
       <c r="D96" t="s">
         <v>312</v>
       </c>
       <c r="E96">
         <v>21</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I96">
-        <v>58.9</v>
+        <v>41</v>
       </c>
       <c r="K96" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
         <v>314</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
         <v>315</v>
       </c>
       <c r="D97" t="s">
         <v>316</v>
       </c>
       <c r="E97">
         <v>100</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I97">
-        <v>5.1</v>
+        <v>3.7</v>
       </c>
       <c r="K97" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>205</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
         <v>152</v>
       </c>
       <c r="D98" t="s">
         <v>318</v>
       </c>
       <c r="E98">
         <v>13</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
@@ -10062,51 +10062,51 @@
       <c r="A102" t="s">
         <v>327</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
         <v>113</v>
       </c>
       <c r="D102" t="s">
         <v>328</v>
       </c>
       <c r="E102">
         <v>4</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
         <v>101</v>
       </c>
       <c r="I102">
-        <v>3.2</v>
+        <v>3.5</v>
       </c>
       <c r="K102" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>330</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
         <v>113</v>
       </c>
       <c r="D103" t="s">
         <v>331</v>
       </c>
       <c r="E103">
         <v>4</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
@@ -10123,54 +10123,54 @@
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>333</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
         <v>113</v>
       </c>
       <c r="D104" t="s">
         <v>334</v>
       </c>
       <c r="E104">
         <v>4</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="I104">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K104" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>336</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
         <v>113</v>
       </c>
       <c r="D105" t="s">
         <v>337</v>
       </c>
       <c r="E105">
         <v>4</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
@@ -10187,54 +10187,54 @@
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>339</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
         <v>113</v>
       </c>
       <c r="D106" t="s">
         <v>340</v>
       </c>
       <c r="E106">
         <v>4</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="I106">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="K106" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>342</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
         <v>113</v>
       </c>
       <c r="D107" t="s">
         <v>343</v>
       </c>
       <c r="E107">
         <v>4</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
@@ -10251,86 +10251,86 @@
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>345</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
         <v>113</v>
       </c>
       <c r="D108" t="s">
         <v>346</v>
       </c>
       <c r="E108">
         <v>4</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I108">
-        <v>39.4</v>
+        <v>21.8</v>
       </c>
       <c r="K108" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>143</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
         <v>113</v>
       </c>
       <c r="D109" t="s">
         <v>348</v>
       </c>
       <c r="E109">
         <v>4</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I109">
-        <v>34.3</v>
+        <v>46.6</v>
       </c>
       <c r="K109" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>350</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110" t="s">
         <v>113</v>
       </c>
       <c r="D110" t="s">
         <v>351</v>
       </c>
       <c r="E110">
         <v>4</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
@@ -10379,86 +10379,86 @@
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>356</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
         <v>113</v>
       </c>
       <c r="D112" t="s">
         <v>357</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="K112" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>199</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
         <v>359</v>
       </c>
       <c r="D113" t="s">
         <v>360</v>
       </c>
       <c r="E113">
         <v>10</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
         <v>17</v>
       </c>
       <c r="H113">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="I113">
-        <v>1.6</v>
+        <v>0</v>
       </c>
       <c r="K113" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>259</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
         <v>359</v>
       </c>
       <c r="D114" t="s">
         <v>362</v>
       </c>
       <c r="E114">
         <v>10</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
@@ -10478,115 +10478,115 @@
       <c r="A115" t="s">
         <v>225</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
         <v>364</v>
       </c>
       <c r="D115" t="s">
         <v>365</v>
       </c>
       <c r="E115">
         <v>12</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="H115">
         <v>101</v>
       </c>
       <c r="I115">
-        <v>0.1</v>
+        <v>0</v>
       </c>
       <c r="K115" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>208</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
         <v>158</v>
       </c>
       <c r="D116" t="s">
         <v>367</v>
       </c>
       <c r="E116">
         <v>30</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="H116">
         <v>101</v>
       </c>
       <c r="I116">
-        <v>4.6</v>
+        <v>2</v>
       </c>
       <c r="K116" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>30</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
         <v>369</v>
       </c>
       <c r="D117" t="s">
         <v>370</v>
       </c>
       <c r="E117">
         <v>310</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I117">
-        <v>49</v>
+        <v>54.7</v>
       </c>
       <c r="K117" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>229</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
         <v>322</v>
       </c>
       <c r="D118" t="s">
         <v>372</v>
       </c>
       <c r="E118">
         <v>15</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
@@ -10603,86 +10603,86 @@
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>232</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119" t="s">
         <v>322</v>
       </c>
       <c r="D119" t="s">
         <v>374</v>
       </c>
       <c r="E119">
         <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="H119">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I119">
         <v>2.5</v>
       </c>
       <c r="K119" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>339</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
         <v>322</v>
       </c>
       <c r="D120" t="s">
         <v>376</v>
       </c>
       <c r="E120">
         <v>15</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="I120">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="K120" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>296</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" t="s">
         <v>322</v>
       </c>
       <c r="D121" t="s">
         <v>378</v>
       </c>
       <c r="E121">
         <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
@@ -10702,83 +10702,83 @@
       <c r="A122" t="s">
         <v>247</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122" t="s">
         <v>322</v>
       </c>
       <c r="D122" t="s">
         <v>380</v>
       </c>
       <c r="E122">
         <v>15</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122">
         <v>60</v>
       </c>
       <c r="I122">
-        <v>11.3</v>
+        <v>8.2</v>
       </c>
       <c r="K122" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>290</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
       <c r="C123" t="s">
         <v>152</v>
       </c>
       <c r="D123" t="s">
         <v>382</v>
       </c>
       <c r="E123">
         <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I123">
-        <v>10.6</v>
+        <v>14</v>
       </c>
       <c r="K123" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>299</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
       <c r="C124" t="s">
         <v>152</v>
       </c>
       <c r="D124" t="s">
         <v>384</v>
       </c>
       <c r="E124">
         <v>12</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
@@ -10795,115 +10795,115 @@
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>109</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
         <v>386</v>
       </c>
       <c r="D125" t="s">
         <v>387</v>
       </c>
       <c r="E125">
         <v>92</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
         <v>17</v>
       </c>
       <c r="H125">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I125">
-        <v>6.4</v>
+        <v>16.6</v>
       </c>
       <c r="K125" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>19</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
         <v>389</v>
       </c>
       <c r="D126" t="s">
         <v>390</v>
       </c>
       <c r="E126">
         <v>304</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
         <v>17</v>
       </c>
       <c r="H126">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I126">
-        <v>33.2</v>
+        <v>38.2</v>
       </c>
       <c r="K126" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>146</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127" t="s">
         <v>158</v>
       </c>
       <c r="D127" t="s">
         <v>392</v>
       </c>
       <c r="E127">
         <v>29</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>17</v>
       </c>
       <c r="H127">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I127">
         <v>0</v>
       </c>
       <c r="K127" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>394</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
         <v>218</v>
       </c>
       <c r="D128" t="s">
         <v>395</v>
       </c>
       <c r="E128">
         <v>18</v>
       </c>
       <c r="F128" t="s">
@@ -10923,54 +10923,54 @@
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>397</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
       <c r="C129" t="s">
         <v>103</v>
       </c>
       <c r="D129" t="s">
         <v>398</v>
       </c>
       <c r="E129">
         <v>3</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="H129">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I129">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K129" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>235</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
         <v>164</v>
       </c>
       <c r="D130" t="s">
         <v>400</v>
       </c>
       <c r="E130">
         <v>18</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
@@ -11022,115 +11022,115 @@
       <c r="A132" t="s">
         <v>277</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
         <v>155</v>
       </c>
       <c r="D132" t="s">
         <v>404</v>
       </c>
       <c r="E132">
         <v>34</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
         <v>17</v>
       </c>
       <c r="H132">
         <v>6</v>
       </c>
       <c r="I132">
-        <v>78.5</v>
+        <v>55</v>
       </c>
       <c r="K132" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>70</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
       <c r="C133" t="s">
         <v>406</v>
       </c>
       <c r="D133" t="s">
         <v>407</v>
       </c>
       <c r="E133">
         <v>27</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>17</v>
       </c>
       <c r="H133">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="I133">
-        <v>3.1</v>
+        <v>5.8</v>
       </c>
       <c r="K133" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>49</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
         <v>409</v>
       </c>
       <c r="D134" t="s">
         <v>410</v>
       </c>
       <c r="E134">
         <v>289</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>17</v>
       </c>
       <c r="H134">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I134">
-        <v>5.1</v>
+        <v>2.3</v>
       </c>
       <c r="K134" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>183</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
         <v>412</v>
       </c>
       <c r="D135" t="s">
         <v>413</v>
       </c>
       <c r="E135">
         <v>22</v>
       </c>
       <c r="F135" t="s">
         <v>16</v>
       </c>
       <c r="G135" t="s">
@@ -11150,51 +11150,51 @@
       <c r="A136" t="s">
         <v>287</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136" t="s">
         <v>359</v>
       </c>
       <c r="D136" t="s">
         <v>415</v>
       </c>
       <c r="E136">
         <v>9</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>17</v>
       </c>
       <c r="H136">
         <v>54</v>
       </c>
       <c r="I136">
-        <v>26.5</v>
+        <v>25</v>
       </c>
       <c r="K136" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>271</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
       <c r="C137" t="s">
         <v>281</v>
       </c>
       <c r="D137" t="s">
         <v>417</v>
       </c>
       <c r="E137">
         <v>34</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
@@ -11214,179 +11214,179 @@
       <c r="A138" t="s">
         <v>116</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
         <v>46</v>
       </c>
       <c r="D138" t="s">
         <v>419</v>
       </c>
       <c r="E138">
         <v>17</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>17</v>
       </c>
       <c r="H138">
         <v>4</v>
       </c>
       <c r="I138">
-        <v>69</v>
+        <v>76.3</v>
       </c>
       <c r="K138" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
         <v>149</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>158</v>
       </c>
       <c r="D139" t="s">
         <v>421</v>
       </c>
       <c r="E139">
         <v>27</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>17</v>
       </c>
       <c r="H139">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I139">
         <v>0</v>
       </c>
       <c r="K139" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
         <v>256</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
       <c r="C140" t="s">
         <v>170</v>
       </c>
       <c r="D140" t="s">
         <v>423</v>
       </c>
       <c r="E140">
         <v>7</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="H140">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="K140" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
         <v>34</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
       <c r="C141" t="s">
         <v>425</v>
       </c>
       <c r="D141" t="s">
         <v>426</v>
       </c>
       <c r="E141">
         <v>63</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
       <c r="H141">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="I141">
-        <v>7.8</v>
+        <v>8.3</v>
       </c>
       <c r="K141" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
         <v>241</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142" t="s">
         <v>412</v>
       </c>
       <c r="D142" t="s">
         <v>428</v>
       </c>
       <c r="E142">
         <v>21</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
         <v>17</v>
       </c>
       <c r="H142">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I142">
-        <v>21.6</v>
+        <v>5.9</v>
       </c>
       <c r="K142" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
         <v>293</v>
       </c>
       <c r="B143" t="s">
         <v>13</v>
       </c>
       <c r="C143" t="s">
         <v>412</v>
       </c>
       <c r="D143" t="s">
         <v>430</v>
       </c>
       <c r="E143">
         <v>21</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
@@ -11403,182 +11403,182 @@
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
         <v>56</v>
       </c>
       <c r="B144" t="s">
         <v>13</v>
       </c>
       <c r="C144" t="s">
         <v>432</v>
       </c>
       <c r="D144" t="s">
         <v>433</v>
       </c>
       <c r="E144">
         <v>268</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I144">
-        <v>60.2</v>
+        <v>64.1</v>
       </c>
       <c r="K144" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
         <v>70</v>
       </c>
       <c r="B145" t="s">
         <v>13</v>
       </c>
       <c r="C145" t="s">
         <v>67</v>
       </c>
       <c r="D145" t="s">
         <v>435</v>
       </c>
       <c r="E145">
         <v>77</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>17</v>
       </c>
       <c r="H145">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="I145">
-        <v>3.1</v>
+        <v>5.8</v>
       </c>
       <c r="K145" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
         <v>173</v>
       </c>
       <c r="B146" t="s">
         <v>13</v>
       </c>
       <c r="C146" t="s">
         <v>274</v>
       </c>
       <c r="D146" t="s">
         <v>437</v>
       </c>
       <c r="E146">
         <v>8</v>
       </c>
       <c r="F146" t="s">
         <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="H146">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I146">
-        <v>58.9</v>
+        <v>41</v>
       </c>
       <c r="K146" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
         <v>122</v>
       </c>
       <c r="B147" t="s">
         <v>13</v>
       </c>
       <c r="C147" t="s">
         <v>439</v>
       </c>
       <c r="D147" t="s">
         <v>440</v>
       </c>
       <c r="E147">
         <v>77</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I147">
-        <v>20</v>
+        <v>21.8</v>
       </c>
       <c r="K147" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
         <v>442</v>
       </c>
       <c r="B148" t="s">
         <v>13</v>
       </c>
       <c r="C148" t="s">
         <v>158</v>
       </c>
       <c r="D148" t="s">
         <v>443</v>
       </c>
       <c r="E148">
         <v>24</v>
       </c>
       <c r="F148" t="s">
         <v>16</v>
       </c>
       <c r="G148" t="s">
         <v>17</v>
       </c>
       <c r="H148">
         <v>6</v>
       </c>
       <c r="I148">
-        <v>61.5</v>
+        <v>65.9</v>
       </c>
       <c r="K148" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
         <v>238</v>
       </c>
       <c r="B149" t="s">
         <v>13</v>
       </c>
       <c r="C149" t="s">
         <v>158</v>
       </c>
       <c r="D149" t="s">
         <v>445</v>
       </c>
       <c r="E149">
         <v>24</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
@@ -11627,118 +11627,118 @@
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
         <v>397</v>
       </c>
       <c r="B151" t="s">
         <v>13</v>
       </c>
       <c r="C151" t="s">
         <v>129</v>
       </c>
       <c r="D151" t="s">
         <v>449</v>
       </c>
       <c r="E151">
         <v>5</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>17</v>
       </c>
       <c r="H151">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="I151">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K151" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
         <v>42</v>
       </c>
       <c r="B152" t="s">
         <v>13</v>
       </c>
       <c r="C152" t="s">
         <v>451</v>
       </c>
       <c r="D152" t="s">
         <v>452</v>
       </c>
       <c r="E152">
         <v>245</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="H152">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I152">
-        <v>25.5</v>
+        <v>25.1</v>
       </c>
       <c r="K152" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
         <v>327</v>
       </c>
       <c r="B153" t="s">
         <v>13</v>
       </c>
       <c r="C153" t="s">
         <v>170</v>
       </c>
       <c r="D153" t="s">
         <v>454</v>
       </c>
       <c r="E153">
         <v>6</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153">
         <v>101</v>
       </c>
       <c r="I153">
-        <v>3.2</v>
+        <v>3.5</v>
       </c>
       <c r="K153" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
         <v>330</v>
       </c>
       <c r="B154" t="s">
         <v>13</v>
       </c>
       <c r="C154" t="s">
         <v>170</v>
       </c>
       <c r="D154" t="s">
         <v>456</v>
       </c>
       <c r="E154">
         <v>6</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
@@ -11787,54 +11787,54 @@
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
         <v>333</v>
       </c>
       <c r="B156" t="s">
         <v>13</v>
       </c>
       <c r="C156" t="s">
         <v>170</v>
       </c>
       <c r="D156" t="s">
         <v>461</v>
       </c>
       <c r="E156">
         <v>6</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>17</v>
       </c>
       <c r="H156">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="I156">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K156" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
         <v>336</v>
       </c>
       <c r="B157" t="s">
         <v>13</v>
       </c>
       <c r="C157" t="s">
         <v>170</v>
       </c>
       <c r="D157" t="s">
         <v>463</v>
       </c>
       <c r="E157">
         <v>6</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
@@ -11851,51 +11851,51 @@
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
         <v>465</v>
       </c>
       <c r="B158" t="s">
         <v>13</v>
       </c>
       <c r="C158" t="s">
         <v>170</v>
       </c>
       <c r="D158" t="s">
         <v>466</v>
       </c>
       <c r="E158">
         <v>6</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>17</v>
       </c>
       <c r="H158">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="I158">
         <v>0</v>
       </c>
       <c r="K158" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
         <v>342</v>
       </c>
       <c r="B159" t="s">
         <v>13</v>
       </c>
       <c r="C159" t="s">
         <v>170</v>
       </c>
       <c r="D159" t="s">
         <v>468</v>
       </c>
       <c r="E159">
         <v>6</v>
       </c>
       <c r="F159" t="s">
@@ -12043,51 +12043,51 @@
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
         <v>356</v>
       </c>
       <c r="B164" t="s">
         <v>13</v>
       </c>
       <c r="C164" t="s">
         <v>170</v>
       </c>
       <c r="D164" t="s">
         <v>480</v>
       </c>
       <c r="E164">
         <v>6</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>17</v>
       </c>
       <c r="H164">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
       <c r="K164" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
         <v>92</v>
       </c>
       <c r="B165" t="s">
         <v>13</v>
       </c>
       <c r="C165" t="s">
         <v>262</v>
       </c>
       <c r="D165" t="s">
         <v>482</v>
       </c>
       <c r="E165">
         <v>3</v>
       </c>
       <c r="F165" t="s">
@@ -12107,246 +12107,246 @@
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
         <v>284</v>
       </c>
       <c r="B166" t="s">
         <v>13</v>
       </c>
       <c r="C166" t="s">
         <v>359</v>
       </c>
       <c r="D166" t="s">
         <v>484</v>
       </c>
       <c r="E166">
         <v>9</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>17</v>
       </c>
       <c r="H166">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I166">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K166" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
         <v>253</v>
       </c>
       <c r="B167" t="s">
         <v>13</v>
       </c>
       <c r="C167" t="s">
         <v>281</v>
       </c>
       <c r="D167" t="s">
         <v>486</v>
       </c>
       <c r="E167">
         <v>27</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
         <v>17</v>
       </c>
       <c r="H167">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I167">
-        <v>26.8</v>
+        <v>21.5</v>
       </c>
       <c r="K167" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
         <v>42</v>
       </c>
       <c r="B168" t="s">
         <v>13</v>
       </c>
       <c r="C168" t="s">
         <v>488</v>
       </c>
       <c r="D168" t="s">
         <v>489</v>
       </c>
       <c r="E168">
         <v>224</v>
       </c>
       <c r="F168" t="s">
         <v>16</v>
       </c>
       <c r="G168" t="s">
         <v>17</v>
       </c>
       <c r="H168">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I168">
-        <v>25.5</v>
+        <v>25.1</v>
       </c>
       <c r="K168" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
         <v>491</v>
       </c>
       <c r="B169" t="s">
         <v>13</v>
       </c>
       <c r="C169" t="s">
         <v>226</v>
       </c>
       <c r="D169" t="s">
         <v>492</v>
       </c>
       <c r="E169">
         <v>24</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>17</v>
       </c>
       <c r="H169">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="I169">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="K169" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
         <v>491</v>
       </c>
       <c r="B170" t="s">
         <v>13</v>
       </c>
       <c r="C170" t="s">
         <v>250</v>
       </c>
       <c r="D170" t="s">
         <v>494</v>
       </c>
       <c r="E170">
         <v>4</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="I170">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="K170" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
         <v>247</v>
       </c>
       <c r="B171" t="s">
         <v>13</v>
       </c>
       <c r="C171" t="s">
         <v>250</v>
       </c>
       <c r="D171" t="s">
         <v>496</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
         <v>17</v>
       </c>
       <c r="H171">
         <v>60</v>
       </c>
       <c r="I171">
-        <v>11.3</v>
+        <v>8.2</v>
       </c>
       <c r="K171" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
         <v>60</v>
       </c>
       <c r="B172" t="s">
         <v>13</v>
       </c>
       <c r="C172" t="s">
         <v>498</v>
       </c>
       <c r="D172" t="s">
         <v>499</v>
       </c>
       <c r="E172">
         <v>202</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>17</v>
       </c>
       <c r="H172">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="I172">
-        <v>14.8</v>
+        <v>18.7</v>
       </c>
       <c r="K172" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
         <v>268</v>
       </c>
       <c r="B173" t="s">
         <v>13</v>
       </c>
       <c r="C173" t="s">
         <v>501</v>
       </c>
       <c r="D173" t="s">
         <v>502</v>
       </c>
       <c r="E173">
         <v>30</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
@@ -12395,115 +12395,115 @@
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
         <v>507</v>
       </c>
       <c r="B175" t="s">
         <v>13</v>
       </c>
       <c r="C175" t="s">
         <v>103</v>
       </c>
       <c r="D175" t="s">
         <v>508</v>
       </c>
       <c r="E175">
         <v>2</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
         <v>17</v>
       </c>
       <c r="H175">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I175">
         <v>0</v>
       </c>
       <c r="K175" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
         <v>442</v>
       </c>
       <c r="B176" t="s">
         <v>13</v>
       </c>
       <c r="C176" t="s">
         <v>103</v>
       </c>
       <c r="D176" t="s">
         <v>510</v>
       </c>
       <c r="E176">
         <v>2</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="H176">
         <v>6</v>
       </c>
       <c r="I176">
-        <v>61.5</v>
+        <v>65.9</v>
       </c>
       <c r="K176" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
         <v>512</v>
       </c>
       <c r="B177" t="s">
         <v>13</v>
       </c>
       <c r="C177" t="s">
         <v>103</v>
       </c>
       <c r="D177" t="s">
         <v>513</v>
       </c>
       <c r="E177">
         <v>2</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="H177">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I177">
         <v>0</v>
       </c>
       <c r="K177" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
         <v>515</v>
       </c>
       <c r="B178" t="s">
         <v>13</v>
       </c>
       <c r="C178" t="s">
         <v>103</v>
       </c>
       <c r="D178" t="s">
         <v>516</v>
       </c>
       <c r="E178">
         <v>2</v>
       </c>
       <c r="F178" t="s">
@@ -12587,51 +12587,51 @@
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
         <v>524</v>
       </c>
       <c r="B181" t="s">
         <v>13</v>
       </c>
       <c r="C181" t="s">
         <v>103</v>
       </c>
       <c r="D181" t="s">
         <v>525</v>
       </c>
       <c r="E181">
         <v>2</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>17</v>
       </c>
       <c r="H181">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I181">
         <v>0</v>
       </c>
       <c r="K181" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
         <v>527</v>
       </c>
       <c r="B182" t="s">
         <v>13</v>
       </c>
       <c r="C182" t="s">
         <v>103</v>
       </c>
       <c r="D182" t="s">
         <v>528</v>
       </c>
       <c r="E182">
         <v>2</v>
       </c>
       <c r="F182" t="s">
@@ -12715,115 +12715,115 @@
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
         <v>535</v>
       </c>
       <c r="B185" t="s">
         <v>13</v>
       </c>
       <c r="C185" t="s">
         <v>103</v>
       </c>
       <c r="D185" t="s">
         <v>536</v>
       </c>
       <c r="E185">
         <v>2</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="H185">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I185">
         <v>0</v>
       </c>
       <c r="K185" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
         <v>538</v>
       </c>
       <c r="B186" t="s">
         <v>13</v>
       </c>
       <c r="C186" t="s">
         <v>103</v>
       </c>
       <c r="D186" t="s">
         <v>539</v>
       </c>
       <c r="E186">
         <v>2</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="H186">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="K186" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
         <v>465</v>
       </c>
       <c r="B187" t="s">
         <v>13</v>
       </c>
       <c r="C187" t="s">
         <v>103</v>
       </c>
       <c r="D187" t="s">
         <v>541</v>
       </c>
       <c r="E187">
         <v>2</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
       <c r="H187">
-        <v>101</v>
+        <v>62</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="K187" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
         <v>543</v>
       </c>
       <c r="B188" t="s">
         <v>13</v>
       </c>
       <c r="C188" t="s">
         <v>103</v>
       </c>
       <c r="D188" t="s">
         <v>544</v>
       </c>
       <c r="E188">
         <v>2</v>
       </c>
       <c r="F188" t="s">
@@ -12843,86 +12843,86 @@
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
         <v>546</v>
       </c>
       <c r="B189" t="s">
         <v>13</v>
       </c>
       <c r="C189" t="s">
         <v>103</v>
       </c>
       <c r="D189" t="s">
         <v>547</v>
       </c>
       <c r="E189">
         <v>2</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>17</v>
       </c>
       <c r="H189">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I189">
         <v>0</v>
       </c>
       <c r="K189" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
         <v>549</v>
       </c>
       <c r="B190" t="s">
         <v>13</v>
       </c>
       <c r="C190" t="s">
         <v>103</v>
       </c>
       <c r="D190" t="s">
         <v>550</v>
       </c>
       <c r="E190">
         <v>2</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="H190">
         <v>52</v>
       </c>
       <c r="I190">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K190" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
         <v>552</v>
       </c>
       <c r="B191" t="s">
         <v>13</v>
       </c>
       <c r="C191" t="s">
         <v>103</v>
       </c>
       <c r="D191" t="s">
         <v>553</v>
       </c>
       <c r="E191">
         <v>2</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
@@ -12974,80 +12974,80 @@
       <c r="A193" t="s">
         <v>558</v>
       </c>
       <c r="B193" t="s">
         <v>13</v>
       </c>
       <c r="C193" t="s">
         <v>103</v>
       </c>
       <c r="D193" t="s">
         <v>559</v>
       </c>
       <c r="E193">
         <v>2</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="H193">
         <v>6</v>
       </c>
       <c r="I193">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="K193" t="s">
         <v>560</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
         <v>561</v>
       </c>
       <c r="B194" t="s">
         <v>13</v>
       </c>
       <c r="C194" t="s">
         <v>103</v>
       </c>
       <c r="D194" t="s">
         <v>562</v>
       </c>
       <c r="E194">
         <v>2</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I194">
         <v>0</v>
       </c>
       <c r="K194" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
         <v>564</v>
       </c>
       <c r="B195" t="s">
         <v>13</v>
       </c>
       <c r="C195" t="s">
         <v>103</v>
       </c>
       <c r="D195" t="s">
         <v>565</v>
       </c>
       <c r="E195">
         <v>2</v>
       </c>
       <c r="F195" t="s">
@@ -13198,83 +13198,83 @@
       <c r="A200" t="s">
         <v>277</v>
       </c>
       <c r="B200" t="s">
         <v>13</v>
       </c>
       <c r="C200" t="s">
         <v>103</v>
       </c>
       <c r="D200" t="s">
         <v>579</v>
       </c>
       <c r="E200">
         <v>2</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200">
         <v>6</v>
       </c>
       <c r="I200">
-        <v>78.5</v>
+        <v>55</v>
       </c>
       <c r="K200" t="s">
         <v>580</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
         <v>581</v>
       </c>
       <c r="B201" t="s">
         <v>13</v>
       </c>
       <c r="C201" t="s">
         <v>103</v>
       </c>
       <c r="D201" t="s">
         <v>582</v>
       </c>
       <c r="E201">
         <v>2</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>17</v>
       </c>
       <c r="H201">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="I201">
-        <v>7.5</v>
+        <v>10</v>
       </c>
       <c r="K201" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
         <v>474</v>
       </c>
       <c r="B202" t="s">
         <v>13</v>
       </c>
       <c r="C202" t="s">
         <v>103</v>
       </c>
       <c r="D202" t="s">
         <v>584</v>
       </c>
       <c r="E202">
         <v>2</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
@@ -13323,51 +13323,51 @@
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
         <v>588</v>
       </c>
       <c r="B204" t="s">
         <v>13</v>
       </c>
       <c r="C204" t="s">
         <v>103</v>
       </c>
       <c r="D204" t="s">
         <v>589</v>
       </c>
       <c r="E204">
         <v>2</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="H204">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="K204" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
         <v>591</v>
       </c>
       <c r="B205" t="s">
         <v>13</v>
       </c>
       <c r="C205" t="s">
         <v>103</v>
       </c>
       <c r="D205" t="s">
         <v>592</v>
       </c>
       <c r="E205">
         <v>2</v>
       </c>
       <c r="F205" t="s">
@@ -13387,211 +13387,211 @@
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
         <v>594</v>
       </c>
       <c r="B206" t="s">
         <v>13</v>
       </c>
       <c r="C206" t="s">
         <v>103</v>
       </c>
       <c r="D206" t="s">
         <v>595</v>
       </c>
       <c r="E206">
         <v>2</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="H206">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I206">
         <v>30</v>
       </c>
       <c r="K206" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
         <v>597</v>
       </c>
       <c r="B207" t="s">
         <v>13</v>
       </c>
       <c r="C207" t="s">
         <v>103</v>
       </c>
       <c r="D207" t="s">
         <v>598</v>
       </c>
       <c r="E207">
         <v>2</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="I207">
         <v>0</v>
       </c>
       <c r="K207" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
         <v>600</v>
       </c>
       <c r="B208" t="s">
         <v>13</v>
       </c>
       <c r="C208" t="s">
         <v>103</v>
       </c>
       <c r="D208" t="s">
         <v>601</v>
       </c>
       <c r="E208">
         <v>2</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I208">
         <v>0</v>
       </c>
       <c r="K208" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
         <v>603</v>
       </c>
       <c r="B209" t="s">
         <v>13</v>
       </c>
       <c r="C209" t="s">
         <v>103</v>
       </c>
       <c r="D209" t="s">
         <v>604</v>
       </c>
       <c r="E209">
         <v>2</v>
       </c>
       <c r="F209" t="s">
         <v>16</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="H209">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I209">
         <v>0</v>
       </c>
       <c r="K209" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
         <v>284</v>
       </c>
       <c r="B210" t="s">
         <v>13</v>
       </c>
       <c r="C210" t="s">
         <v>606</v>
       </c>
       <c r="D210" t="s">
         <v>607</v>
       </c>
       <c r="E210">
         <v>3</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
         <v>17</v>
       </c>
       <c r="H210">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="I210">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K210" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
         <v>232</v>
       </c>
       <c r="B211" t="s">
         <v>13</v>
       </c>
       <c r="C211" t="s">
         <v>606</v>
       </c>
       <c r="D211" t="s">
         <v>609</v>
       </c>
       <c r="E211">
         <v>3</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
         <v>17</v>
       </c>
       <c r="H211">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="I211">
         <v>2.5</v>
       </c>
       <c r="K211" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
         <v>611</v>
       </c>
       <c r="B212" t="s">
         <v>13</v>
       </c>
       <c r="C212" t="s">
         <v>606</v>
       </c>
       <c r="D212" t="s">
         <v>612</v>
       </c>
       <c r="E212">
         <v>3</v>
       </c>
       <c r="F212" t="s">
@@ -13614,115 +13614,115 @@
       <c r="A213" t="s">
         <v>287</v>
       </c>
       <c r="B213" t="s">
         <v>13</v>
       </c>
       <c r="C213" t="s">
         <v>606</v>
       </c>
       <c r="D213" t="s">
         <v>614</v>
       </c>
       <c r="E213">
         <v>3</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>17</v>
       </c>
       <c r="H213">
         <v>54</v>
       </c>
       <c r="I213">
-        <v>26.5</v>
+        <v>25</v>
       </c>
       <c r="K213" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
         <v>339</v>
       </c>
       <c r="B214" t="s">
         <v>13</v>
       </c>
       <c r="C214" t="s">
         <v>606</v>
       </c>
       <c r="D214" t="s">
         <v>616</v>
       </c>
       <c r="E214">
         <v>3</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>17</v>
       </c>
       <c r="H214">
-        <v>81</v>
+        <v>99</v>
       </c>
       <c r="I214">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="K214" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
         <v>290</v>
       </c>
       <c r="B215" t="s">
         <v>13</v>
       </c>
       <c r="C215" t="s">
         <v>606</v>
       </c>
       <c r="D215" t="s">
         <v>618</v>
       </c>
       <c r="E215">
         <v>3</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="H215">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I215">
-        <v>10.6</v>
+        <v>14</v>
       </c>
       <c r="K215" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
         <v>394</v>
       </c>
       <c r="B216" t="s">
         <v>13</v>
       </c>
       <c r="C216" t="s">
         <v>606</v>
       </c>
       <c r="D216" t="s">
         <v>620</v>
       </c>
       <c r="E216">
         <v>3</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
@@ -13742,176 +13742,176 @@
       <c r="A217" t="s">
         <v>208</v>
       </c>
       <c r="B217" t="s">
         <v>13</v>
       </c>
       <c r="C217" t="s">
         <v>606</v>
       </c>
       <c r="D217" t="s">
         <v>622</v>
       </c>
       <c r="E217">
         <v>3</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
         <v>17</v>
       </c>
       <c r="H217">
         <v>101</v>
       </c>
       <c r="I217">
-        <v>4.6</v>
+        <v>2</v>
       </c>
       <c r="K217" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
         <v>594</v>
       </c>
       <c r="B218" t="s">
         <v>13</v>
       </c>
       <c r="C218" t="s">
         <v>606</v>
       </c>
       <c r="D218" t="s">
         <v>624</v>
       </c>
       <c r="E218">
         <v>3</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="H218">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="I218">
         <v>30</v>
       </c>
       <c r="K218" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
         <v>626</v>
       </c>
       <c r="B219" t="s">
         <v>13</v>
       </c>
       <c r="C219" t="s">
         <v>606</v>
       </c>
       <c r="D219" t="s">
         <v>627</v>
       </c>
       <c r="E219">
         <v>3</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
         <v>17</v>
       </c>
       <c r="H219">
         <v>4</v>
       </c>
       <c r="I219">
-        <v>75.9</v>
+        <v>60</v>
       </c>
       <c r="K219" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
         <v>49</v>
       </c>
       <c r="B220" t="s">
         <v>13</v>
       </c>
       <c r="C220" t="s">
         <v>629</v>
       </c>
       <c r="D220" t="s">
         <v>630</v>
       </c>
       <c r="E220">
         <v>105</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="H220">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I220">
-        <v>5.1</v>
+        <v>2.3</v>
       </c>
       <c r="K220" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
         <v>149</v>
       </c>
       <c r="B221" t="s">
         <v>13</v>
       </c>
       <c r="C221" t="s">
         <v>632</v>
       </c>
       <c r="D221" t="s">
         <v>633</v>
       </c>
       <c r="E221">
         <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
       <c r="H221">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="I221">
         <v>0</v>
       </c>
       <c r="K221" t="s">
         <v>634</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
         <v>611</v>
       </c>
       <c r="B222" t="s">
         <v>13</v>
       </c>
       <c r="C222" t="s">
         <v>635</v>
       </c>
       <c r="D222" t="s">
         <v>636</v>
       </c>
       <c r="E222">
         <v>27</v>
       </c>
       <c r="F222" t="s">
@@ -13931,115 +13931,115 @@
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
         <v>253</v>
       </c>
       <c r="B223" t="s">
         <v>13</v>
       </c>
       <c r="C223" t="s">
         <v>364</v>
       </c>
       <c r="D223" t="s">
         <v>638</v>
       </c>
       <c r="E223">
         <v>7</v>
       </c>
       <c r="F223" t="s">
         <v>16</v>
       </c>
       <c r="G223" t="s">
         <v>17</v>
       </c>
       <c r="H223">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I223">
-        <v>26.8</v>
+        <v>21.5</v>
       </c>
       <c r="K223" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
         <v>241</v>
       </c>
       <c r="B224" t="s">
         <v>13</v>
       </c>
       <c r="C224" t="s">
         <v>364</v>
       </c>
       <c r="D224" t="s">
         <v>640</v>
       </c>
       <c r="E224">
         <v>7</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
         <v>17</v>
       </c>
       <c r="H224">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I224">
-        <v>21.6</v>
+        <v>5.9</v>
       </c>
       <c r="K224" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
         <v>146</v>
       </c>
       <c r="B225" t="s">
         <v>13</v>
       </c>
       <c r="C225" t="s">
         <v>364</v>
       </c>
       <c r="D225" t="s">
         <v>642</v>
       </c>
       <c r="E225">
         <v>7</v>
       </c>
       <c r="F225" t="s">
         <v>16</v>
       </c>
       <c r="G225" t="s">
         <v>17</v>
       </c>
       <c r="H225">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="I225">
         <v>0</v>
       </c>
       <c r="K225" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
         <v>611</v>
       </c>
       <c r="B226" t="s">
         <v>13</v>
       </c>
       <c r="C226" t="s">
         <v>644</v>
       </c>
       <c r="D226" t="s">
         <v>645</v>
       </c>
       <c r="E226">
         <v>55</v>
       </c>
       <c r="F226" t="s">
@@ -14062,83 +14062,83 @@
       <c r="A227" t="s">
         <v>442</v>
       </c>
       <c r="B227" t="s">
         <v>13</v>
       </c>
       <c r="C227" t="s">
         <v>632</v>
       </c>
       <c r="D227" t="s">
         <v>647</v>
       </c>
       <c r="E227">
         <v>8</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>17</v>
       </c>
       <c r="H227">
         <v>6</v>
       </c>
       <c r="I227">
-        <v>61.5</v>
+        <v>65.9</v>
       </c>
       <c r="K227" t="s">
         <v>648</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
         <v>304</v>
       </c>
       <c r="B228" t="s">
         <v>13</v>
       </c>
       <c r="C228" t="s">
         <v>278</v>
       </c>
       <c r="D228" t="s">
         <v>649</v>
       </c>
       <c r="E228">
         <v>39</v>
       </c>
       <c r="F228" t="s">
         <v>16</v>
       </c>
       <c r="G228" t="s">
         <v>17</v>
       </c>
       <c r="H228">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="I228">
-        <v>17.6</v>
+        <v>23.5</v>
       </c>
       <c r="K228" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
         <v>238</v>
       </c>
       <c r="B229" t="s">
         <v>13</v>
       </c>
       <c r="C229" t="s">
         <v>262</v>
       </c>
       <c r="D229" t="s">
         <v>651</v>
       </c>
       <c r="E229">
         <v>2</v>
       </c>
       <c r="F229" t="s">
         <v>16</v>
       </c>
       <c r="G229" t="s">
@@ -14187,51 +14187,51 @@
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
         <v>356</v>
       </c>
       <c r="B231" t="s">
         <v>13</v>
       </c>
       <c r="C231" t="s">
         <v>262</v>
       </c>
       <c r="D231" t="s">
         <v>655</v>
       </c>
       <c r="E231">
         <v>2</v>
       </c>
       <c r="F231" t="s">
         <v>16</v>
       </c>
       <c r="G231" t="s">
         <v>17</v>
       </c>
       <c r="H231">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I231">
         <v>0</v>
       </c>
       <c r="K231" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
         <v>299</v>
       </c>
       <c r="B232" t="s">
         <v>13</v>
       </c>
       <c r="C232" t="s">
         <v>262</v>
       </c>
       <c r="D232" t="s">
         <v>657</v>
       </c>
       <c r="E232">
         <v>2</v>
       </c>
       <c r="F232" t="s">
@@ -14251,115 +14251,115 @@
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
         <v>345</v>
       </c>
       <c r="B233" t="s">
         <v>13</v>
       </c>
       <c r="C233" t="s">
         <v>278</v>
       </c>
       <c r="D233" t="s">
         <v>659</v>
       </c>
       <c r="E233">
         <v>36</v>
       </c>
       <c r="F233" t="s">
         <v>16</v>
       </c>
       <c r="G233" t="s">
         <v>17</v>
       </c>
       <c r="H233">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I233">
-        <v>39.4</v>
+        <v>21.8</v>
       </c>
       <c r="K233" t="s">
         <v>660</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
         <v>214</v>
       </c>
       <c r="B234" t="s">
         <v>13</v>
       </c>
       <c r="C234" t="s">
         <v>161</v>
       </c>
       <c r="D234" t="s">
         <v>661</v>
       </c>
       <c r="E234">
         <v>46</v>
       </c>
       <c r="F234" t="s">
         <v>16</v>
       </c>
       <c r="G234" t="s">
         <v>17</v>
       </c>
       <c r="H234">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I234">
-        <v>28.1</v>
+        <v>28.6</v>
       </c>
       <c r="K234" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
         <v>512</v>
       </c>
       <c r="B235" t="s">
         <v>13</v>
       </c>
       <c r="C235" t="s">
         <v>129</v>
       </c>
       <c r="D235" t="s">
         <v>663</v>
       </c>
       <c r="E235">
         <v>3</v>
       </c>
       <c r="F235" t="s">
         <v>16</v>
       </c>
       <c r="G235" t="s">
         <v>17</v>
       </c>
       <c r="H235">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="I235">
         <v>0</v>
       </c>
       <c r="K235" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
         <v>515</v>
       </c>
       <c r="B236" t="s">
         <v>13</v>
       </c>
       <c r="C236" t="s">
         <v>129</v>
       </c>
       <c r="D236" t="s">
         <v>665</v>
       </c>
       <c r="E236">
         <v>3</v>
       </c>
       <c r="F236" t="s">
@@ -14443,51 +14443,51 @@
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
         <v>524</v>
       </c>
       <c r="B239" t="s">
         <v>13</v>
       </c>
       <c r="C239" t="s">
         <v>129</v>
       </c>
       <c r="D239" t="s">
         <v>671</v>
       </c>
       <c r="E239">
         <v>3</v>
       </c>
       <c r="F239" t="s">
         <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="H239">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="I239">
         <v>0</v>
       </c>
       <c r="K239" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
         <v>527</v>
       </c>
       <c r="B240" t="s">
         <v>13</v>
       </c>
       <c r="C240" t="s">
         <v>129</v>
       </c>
       <c r="D240" t="s">
         <v>673</v>
       </c>
       <c r="E240">
         <v>3</v>
       </c>
       <c r="F240" t="s">
@@ -14539,83 +14539,83 @@
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
         <v>535</v>
       </c>
       <c r="B242" t="s">
         <v>13</v>
       </c>
       <c r="C242" t="s">
         <v>129</v>
       </c>
       <c r="D242" t="s">
         <v>677</v>
       </c>
       <c r="E242">
         <v>3</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
       <c r="H242">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I242">
         <v>0</v>
       </c>
       <c r="K242" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
         <v>538</v>
       </c>
       <c r="B243" t="s">
         <v>13</v>
       </c>
       <c r="C243" t="s">
         <v>129</v>
       </c>
       <c r="D243" t="s">
         <v>679</v>
       </c>
       <c r="E243">
         <v>3</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
       <c r="H243">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I243">
         <v>0</v>
       </c>
       <c r="K243" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
         <v>681</v>
       </c>
       <c r="B244" t="s">
         <v>13</v>
       </c>
       <c r="C244" t="s">
         <v>129</v>
       </c>
       <c r="D244" t="s">
         <v>682</v>
       </c>
       <c r="E244">
         <v>3</v>
       </c>
       <c r="F244" t="s">
@@ -14635,86 +14635,86 @@
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
         <v>684</v>
       </c>
       <c r="B245" t="s">
         <v>13</v>
       </c>
       <c r="C245" t="s">
         <v>129</v>
       </c>
       <c r="D245" t="s">
         <v>682</v>
       </c>
       <c r="E245">
         <v>3</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
       <c r="H245">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="I245">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K245" t="s">
         <v>685</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
         <v>686</v>
       </c>
       <c r="B246" t="s">
         <v>13</v>
       </c>
       <c r="C246" t="s">
         <v>129</v>
       </c>
       <c r="D246" t="s">
         <v>682</v>
       </c>
       <c r="E246">
         <v>3</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
       <c r="H246">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="I246">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K246" t="s">
         <v>687</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
         <v>688</v>
       </c>
       <c r="B247" t="s">
         <v>13</v>
       </c>
       <c r="C247" t="s">
         <v>129</v>
       </c>
       <c r="D247" t="s">
         <v>689</v>
       </c>
       <c r="E247">
         <v>3</v>
       </c>
       <c r="F247" t="s">
         <v>16</v>
       </c>
       <c r="G247" t="s">
@@ -14763,51 +14763,51 @@
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
         <v>546</v>
       </c>
       <c r="B249" t="s">
         <v>13</v>
       </c>
       <c r="C249" t="s">
         <v>129</v>
       </c>
       <c r="D249" t="s">
         <v>693</v>
       </c>
       <c r="E249">
         <v>3</v>
       </c>
       <c r="F249" t="s">
         <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
       <c r="H249">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I249">
         <v>0</v>
       </c>
       <c r="K249" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
         <v>552</v>
       </c>
       <c r="B250" t="s">
         <v>13</v>
       </c>
       <c r="C250" t="s">
         <v>129</v>
       </c>
       <c r="D250" t="s">
         <v>695</v>
       </c>
       <c r="E250">
         <v>3</v>
       </c>
       <c r="F250" t="s">
@@ -14862,80 +14862,80 @@
       <c r="A252" t="s">
         <v>558</v>
       </c>
       <c r="B252" t="s">
         <v>13</v>
       </c>
       <c r="C252" t="s">
         <v>129</v>
       </c>
       <c r="D252" t="s">
         <v>699</v>
       </c>
       <c r="E252">
         <v>3</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
       <c r="H252">
         <v>6</v>
       </c>
       <c r="I252">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="K252" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
         <v>561</v>
       </c>
       <c r="B253" t="s">
         <v>13</v>
       </c>
       <c r="C253" t="s">
         <v>129</v>
       </c>
       <c r="D253" t="s">
         <v>701</v>
       </c>
       <c r="E253">
         <v>3</v>
       </c>
       <c r="F253" t="s">
         <v>16</v>
       </c>
       <c r="G253" t="s">
         <v>17</v>
       </c>
       <c r="H253">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I253">
         <v>0</v>
       </c>
       <c r="K253" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
         <v>564</v>
       </c>
       <c r="B254" t="s">
         <v>13</v>
       </c>
       <c r="C254" t="s">
         <v>129</v>
       </c>
       <c r="D254" t="s">
         <v>703</v>
       </c>
       <c r="E254">
         <v>3</v>
       </c>
       <c r="F254" t="s">
@@ -15083,83 +15083,83 @@
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
         <v>581</v>
       </c>
       <c r="B259" t="s">
         <v>13</v>
       </c>
       <c r="C259" t="s">
         <v>129</v>
       </c>
       <c r="D259" t="s">
         <v>712</v>
       </c>
       <c r="E259">
         <v>3</v>
       </c>
       <c r="F259" t="s">
         <v>16</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
       <c r="H259">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="I259">
-        <v>7.5</v>
+        <v>10</v>
       </c>
       <c r="K259" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
         <v>588</v>
       </c>
       <c r="B260" t="s">
         <v>13</v>
       </c>
       <c r="C260" t="s">
         <v>129</v>
       </c>
       <c r="D260" t="s">
         <v>714</v>
       </c>
       <c r="E260">
         <v>3</v>
       </c>
       <c r="F260" t="s">
         <v>16</v>
       </c>
       <c r="G260" t="s">
         <v>17</v>
       </c>
       <c r="H260">
-        <v>28</v>
+        <v>66</v>
       </c>
       <c r="I260">
         <v>0</v>
       </c>
       <c r="K260" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
         <v>591</v>
       </c>
       <c r="B261" t="s">
         <v>13</v>
       </c>
       <c r="C261" t="s">
         <v>129</v>
       </c>
       <c r="D261" t="s">
         <v>716</v>
       </c>
       <c r="E261">
         <v>3</v>
       </c>
       <c r="F261" t="s">
@@ -15211,214 +15211,214 @@
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
         <v>597</v>
       </c>
       <c r="B263" t="s">
         <v>13</v>
       </c>
       <c r="C263" t="s">
         <v>129</v>
       </c>
       <c r="D263" t="s">
         <v>721</v>
       </c>
       <c r="E263">
         <v>3</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
         <v>17</v>
       </c>
       <c r="H263">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="I263">
         <v>0</v>
       </c>
       <c r="K263" t="s">
         <v>722</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
         <v>600</v>
       </c>
       <c r="B264" t="s">
         <v>13</v>
       </c>
       <c r="C264" t="s">
         <v>129</v>
       </c>
       <c r="D264" t="s">
         <v>723</v>
       </c>
       <c r="E264">
         <v>3</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
         <v>17</v>
       </c>
       <c r="H264">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I264">
         <v>0</v>
       </c>
       <c r="K264" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
         <v>603</v>
       </c>
       <c r="B265" t="s">
         <v>13</v>
       </c>
       <c r="C265" t="s">
         <v>129</v>
       </c>
       <c r="D265" t="s">
         <v>725</v>
       </c>
       <c r="E265">
         <v>3</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>17</v>
       </c>
       <c r="H265">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I265">
         <v>0</v>
       </c>
       <c r="K265" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
         <v>134</v>
       </c>
       <c r="B266" t="s">
         <v>13</v>
       </c>
       <c r="C266" t="s">
         <v>727</v>
       </c>
       <c r="D266" t="s">
         <v>728</v>
       </c>
       <c r="E266">
         <v>34</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
       <c r="H266">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="I266">
-        <v>10</v>
+        <v>11.1</v>
       </c>
       <c r="K266" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
         <v>74</v>
       </c>
       <c r="B267" t="s">
         <v>13</v>
       </c>
       <c r="C267" t="s">
         <v>730</v>
       </c>
       <c r="D267" t="s">
         <v>731</v>
       </c>
       <c r="E267">
         <v>40</v>
       </c>
       <c r="F267" t="s">
         <v>16</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
       <c r="H267">
         <v>3</v>
       </c>
       <c r="I267">
-        <v>47.5</v>
+        <v>50.4</v>
       </c>
       <c r="K267" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
         <v>491</v>
       </c>
       <c r="B268" t="s">
         <v>13</v>
       </c>
       <c r="C268" t="s">
         <v>733</v>
       </c>
       <c r="D268" t="s">
         <v>734</v>
       </c>
       <c r="E268">
         <v>42</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
       <c r="H268">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="I268">
-        <v>5.3</v>
+        <v>0</v>
       </c>
       <c r="K268" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
         <v>394</v>
       </c>
       <c r="B269" t="s">
         <v>13</v>
       </c>
       <c r="C269" t="s">
         <v>67</v>
       </c>
       <c r="D269" t="s">
         <v>736</v>
       </c>
       <c r="E269">
         <v>39</v>
       </c>
       <c r="F269" t="s">
         <v>16</v>
       </c>
       <c r="G269" t="s">
@@ -15435,310 +15435,310 @@
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
         <v>304</v>
       </c>
       <c r="B270" t="s">
         <v>13</v>
       </c>
       <c r="C270" t="s">
         <v>406</v>
       </c>
       <c r="D270" t="s">
         <v>738</v>
       </c>
       <c r="E270">
         <v>12</v>
       </c>
       <c r="F270" t="s">
         <v>16</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
       <c r="H270">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="I270">
-        <v>17.6</v>
+        <v>23.5</v>
       </c>
       <c r="K270" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
         <v>314</v>
       </c>
       <c r="B271" t="s">
         <v>13</v>
       </c>
       <c r="C271" t="s">
         <v>740</v>
       </c>
       <c r="D271" t="s">
         <v>741</v>
       </c>
       <c r="E271">
         <v>57</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
       <c r="H271">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I271">
-        <v>5.1</v>
+        <v>3.7</v>
       </c>
       <c r="K271" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
         <v>38</v>
       </c>
       <c r="B272" t="s">
         <v>13</v>
       </c>
       <c r="C272" t="s">
         <v>743</v>
       </c>
       <c r="D272" t="s">
         <v>744</v>
       </c>
       <c r="E272">
         <v>118</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
         <v>17</v>
       </c>
       <c r="H272">
         <v>101</v>
       </c>
       <c r="I272">
-        <v>1.3</v>
+        <v>0.3</v>
       </c>
       <c r="K272" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
         <v>74</v>
       </c>
       <c r="B273" t="s">
         <v>13</v>
       </c>
       <c r="C273" t="s">
         <v>746</v>
       </c>
       <c r="D273" t="s">
         <v>747</v>
       </c>
       <c r="E273">
         <v>117</v>
       </c>
       <c r="F273" t="s">
         <v>16</v>
       </c>
       <c r="G273" t="s">
         <v>17</v>
       </c>
       <c r="H273">
         <v>3</v>
       </c>
       <c r="I273">
-        <v>47.5</v>
+        <v>50.4</v>
       </c>
       <c r="K273" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
         <v>95</v>
       </c>
       <c r="B274" t="s">
         <v>13</v>
       </c>
       <c r="C274" t="s">
         <v>749</v>
       </c>
       <c r="D274" t="s">
         <v>750</v>
       </c>
       <c r="E274">
         <v>108</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
         <v>17</v>
       </c>
       <c r="H274">
         <v>4</v>
       </c>
       <c r="I274">
-        <v>48.6</v>
+        <v>39.1</v>
       </c>
       <c r="K274" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
         <v>217</v>
       </c>
       <c r="B275" t="s">
         <v>13</v>
       </c>
       <c r="C275" t="s">
         <v>752</v>
       </c>
       <c r="D275" t="s">
         <v>753</v>
       </c>
       <c r="E275">
         <v>38</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
       <c r="H275">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I275">
-        <v>0.5</v>
+        <v>0.3</v>
       </c>
       <c r="K275" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
         <v>345</v>
       </c>
       <c r="B276" t="s">
         <v>13</v>
       </c>
       <c r="C276" t="s">
         <v>155</v>
       </c>
       <c r="D276" t="s">
         <v>755</v>
       </c>
       <c r="E276">
         <v>12</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>17</v>
       </c>
       <c r="H276">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I276">
-        <v>39.4</v>
+        <v>21.8</v>
       </c>
       <c r="K276" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
         <v>122</v>
       </c>
       <c r="B277" t="s">
         <v>13</v>
       </c>
       <c r="C277" t="s">
         <v>757</v>
       </c>
       <c r="D277" t="s">
         <v>758</v>
       </c>
       <c r="E277">
         <v>28</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
         <v>17</v>
       </c>
       <c r="H277">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="I277">
-        <v>20</v>
+        <v>21.8</v>
       </c>
       <c r="K277" t="s">
         <v>759</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
         <v>125</v>
       </c>
       <c r="B278" t="s">
         <v>13</v>
       </c>
       <c r="C278" t="s">
         <v>760</v>
       </c>
       <c r="D278" t="s">
         <v>761</v>
       </c>
       <c r="E278">
         <v>66</v>
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
         <v>17</v>
       </c>
       <c r="H278">
         <v>101</v>
       </c>
       <c r="I278">
-        <v>2.2</v>
+        <v>2.9</v>
       </c>
       <c r="K278" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
         <v>176</v>
       </c>
       <c r="B279" t="s">
         <v>13</v>
       </c>
       <c r="C279" t="s">
         <v>740</v>
       </c>
       <c r="D279" t="s">
         <v>763</v>
       </c>
       <c r="E279">
         <v>41</v>
       </c>
       <c r="F279" t="s">
         <v>16</v>
       </c>
       <c r="G279" t="s">
@@ -15758,115 +15758,115 @@
       <c r="A280" t="s">
         <v>38</v>
       </c>
       <c r="B280" t="s">
         <v>13</v>
       </c>
       <c r="C280" t="s">
         <v>746</v>
       </c>
       <c r="D280" t="s">
         <v>765</v>
       </c>
       <c r="E280">
         <v>88</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
         <v>17</v>
       </c>
       <c r="H280">
         <v>101</v>
       </c>
       <c r="I280">
-        <v>1.3</v>
+        <v>0.3</v>
       </c>
       <c r="K280" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
         <v>189</v>
       </c>
       <c r="B281" t="s">
         <v>13</v>
       </c>
       <c r="C281" t="s">
         <v>740</v>
       </c>
       <c r="D281" t="s">
         <v>767</v>
       </c>
       <c r="E281">
         <v>38</v>
       </c>
       <c r="F281" t="s">
         <v>16</v>
       </c>
       <c r="G281" t="s">
         <v>17</v>
       </c>
       <c r="H281">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I281">
-        <v>41.6</v>
+        <v>37.1</v>
       </c>
       <c r="K281" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
         <v>95</v>
       </c>
       <c r="B282" t="s">
         <v>13</v>
       </c>
       <c r="C282" t="s">
         <v>760</v>
       </c>
       <c r="D282" t="s">
         <v>769</v>
       </c>
       <c r="E282">
         <v>59</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
         <v>17</v>
       </c>
       <c r="H282">
         <v>4</v>
       </c>
       <c r="I282">
-        <v>48.6</v>
+        <v>39.1</v>
       </c>
       <c r="K282" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
         <v>504</v>
       </c>
       <c r="B283" t="s">
         <v>13</v>
       </c>
       <c r="C283" t="s">
         <v>129</v>
       </c>
       <c r="D283" t="s">
         <v>771</v>
       </c>
       <c r="E283">
         <v>3</v>
       </c>
       <c r="F283" t="s">
         <v>16</v>
       </c>
       <c r="G283" t="s">
@@ -15883,406 +15883,406 @@
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
         <v>214</v>
       </c>
       <c r="B284" t="s">
         <v>13</v>
       </c>
       <c r="C284" t="s">
         <v>425</v>
       </c>
       <c r="D284" t="s">
         <v>773</v>
       </c>
       <c r="E284">
         <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
       </c>
       <c r="H284">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="I284">
-        <v>28.1</v>
+        <v>28.6</v>
       </c>
       <c r="K284" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
         <v>85</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
         <v>760</v>
       </c>
       <c r="D285" t="s">
         <v>775</v>
       </c>
       <c r="E285">
         <v>45</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
       <c r="H285">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I285">
-        <v>3.8</v>
+        <v>1.8</v>
       </c>
       <c r="K285" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
         <v>221</v>
       </c>
       <c r="B286" t="s">
         <v>13</v>
       </c>
       <c r="C286" t="s">
         <v>777</v>
       </c>
       <c r="D286" t="s">
         <v>778</v>
       </c>
       <c r="E286">
         <v>56</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
       <c r="H286">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="I286">
-        <v>1.2</v>
+        <v>1.7</v>
       </c>
       <c r="K286" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
         <v>507</v>
       </c>
       <c r="B287" t="s">
         <v>13</v>
       </c>
       <c r="C287" t="s">
         <v>129</v>
       </c>
       <c r="D287" t="s">
         <v>780</v>
       </c>
       <c r="E287">
         <v>3</v>
       </c>
       <c r="F287" t="s">
         <v>16</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
       <c r="H287">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I287">
         <v>0</v>
       </c>
       <c r="K287" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
         <v>109</v>
       </c>
       <c r="B288" t="s">
         <v>13</v>
       </c>
       <c r="C288" t="s">
         <v>782</v>
       </c>
       <c r="D288" t="s">
         <v>783</v>
       </c>
       <c r="E288">
         <v>34</v>
       </c>
       <c r="F288" t="s">
         <v>16</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
       <c r="H288">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I288">
-        <v>6.4</v>
+        <v>16.6</v>
       </c>
       <c r="K288" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
         <v>134</v>
       </c>
       <c r="B289" t="s">
         <v>13</v>
       </c>
       <c r="C289" t="s">
         <v>785</v>
       </c>
       <c r="D289" t="s">
         <v>786</v>
       </c>
       <c r="E289">
         <v>49</v>
       </c>
       <c r="F289" t="s">
         <v>16</v>
       </c>
       <c r="G289" t="s">
         <v>17</v>
       </c>
       <c r="H289">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="I289">
-        <v>10</v>
+        <v>11.1</v>
       </c>
       <c r="K289" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
         <v>125</v>
       </c>
       <c r="B290" t="s">
         <v>13</v>
       </c>
       <c r="C290" t="s">
         <v>788</v>
       </c>
       <c r="D290" t="s">
         <v>789</v>
       </c>
       <c r="E290">
         <v>19</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
       <c r="H290">
         <v>101</v>
       </c>
       <c r="I290">
-        <v>2.2</v>
+        <v>2.9</v>
       </c>
       <c r="K290" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
         <v>221</v>
       </c>
       <c r="B291" t="s">
         <v>13</v>
       </c>
       <c r="C291" t="s">
         <v>791</v>
       </c>
       <c r="D291" t="s">
         <v>792</v>
       </c>
       <c r="E291">
         <v>41</v>
       </c>
       <c r="F291" t="s">
         <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
       <c r="H291">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="I291">
-        <v>1.2</v>
+        <v>1.7</v>
       </c>
       <c r="K291" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
         <v>189</v>
       </c>
       <c r="B292" t="s">
         <v>13</v>
       </c>
       <c r="C292" t="s">
         <v>794</v>
       </c>
       <c r="D292" t="s">
         <v>795</v>
       </c>
       <c r="E292">
         <v>38</v>
       </c>
       <c r="F292" t="s">
         <v>16</v>
       </c>
       <c r="G292" t="s">
         <v>17</v>
       </c>
       <c r="H292">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I292">
-        <v>41.6</v>
+        <v>37.1</v>
       </c>
       <c r="K292" t="s">
         <v>796</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
         <v>314</v>
       </c>
       <c r="B293" t="s">
         <v>13</v>
       </c>
       <c r="C293" t="s">
         <v>797</v>
       </c>
       <c r="D293" t="s">
         <v>798</v>
       </c>
       <c r="E293">
         <v>33</v>
       </c>
       <c r="F293" t="s">
         <v>16</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
       <c r="H293">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I293">
-        <v>5.1</v>
+        <v>3.7</v>
       </c>
       <c r="K293" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
         <v>85</v>
       </c>
       <c r="B294" t="s">
         <v>13</v>
       </c>
       <c r="C294" t="s">
         <v>800</v>
       </c>
       <c r="D294" t="s">
         <v>801</v>
       </c>
       <c r="E294">
         <v>27</v>
       </c>
       <c r="F294" t="s">
         <v>16</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
       <c r="H294">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="I294">
-        <v>3.8</v>
+        <v>1.8</v>
       </c>
       <c r="K294" t="s">
         <v>802</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
         <v>803</v>
       </c>
       <c r="B295" t="s">
         <v>804</v>
       </c>
       <c r="C295" t="s">
         <v>805</v>
       </c>
       <c r="D295" t="s">
         <v>806</v>
       </c>
       <c r="E295">
         <v>0</v>
       </c>
       <c r="F295" t="s">
         <v>16</v>
       </c>
       <c r="G295" t="s">
         <v>17</v>
       </c>
       <c r="H295">
         <v>1</v>
       </c>
       <c r="I295">
-        <v>99.9</v>
+        <v>100</v>
       </c>
       <c r="K295" t="s">
         <v>807</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>