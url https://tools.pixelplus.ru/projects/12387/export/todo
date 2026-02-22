--- v2 (2026-01-15)
+++ v3 (2026-02-22)
@@ -12,6544 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="808">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
-  </si>
-[...6456 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12387/todo/1049349016</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -6852,9440 +394,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K295"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>6</v>
       </c>
       <c r="G3" t="s">
         <v>7</v>
       </c>
       <c r="H3" t="s">
         <v>8</v>
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
-      </c>
-[...9342 lines deleted...]
-        <v>807</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">