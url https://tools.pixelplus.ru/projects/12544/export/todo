--- v0 (2025-11-20)
+++ v1 (2025-12-21)
@@ -12,727 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
     <t>https://ritual.ru/</t>
   </si>
   <si>
-    <t>Внутренняя оптимизация</t>
-[...570 lines deleted...]
-  <si>
     <t>Общие задачи</t>
   </si>
   <si>
-    <t>Укажите в настройках доступ к Яндекс.Метрике проекта.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Сбор данных о трафике и достижении целей для Сводки и Пост-аналитики </t>
+    <t>Произведите разбивку URL проекта на тематические группы или типы.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">По необходимости, воспользуйтесь опцией «Сгенерировать группы URL» для автоматической разбивки в настройках групп. Цель: возможность детальной аналитики эффективности групп URL сайта, привлечение трафика, потенциал роста, достижение целей </t>
   </si>
   <si>
     <t>06.05.2022</t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/12544/todo/142894533</t>
-[...16 lines deleted...]
-  <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12544/todo/142894535</t>
   </si>
   <si>
-    <t>Произведите сегментацию фраз проекта на тематические группы или типы.</t>
-[...7 lines deleted...]
-  <si>
     <t>Добавьте продвигаемые запросы в проект.</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12544/todo/142894538</t>
-  </si>
-[...10 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/12544/todo/1049349257</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1035,51 +424,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K40"/>
+  <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -1097,1218 +486,98 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>99</v>
+        <v>0</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="I4">
-        <v>24.3</v>
+        <v>43.4</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D5" t="s">
         <v>20</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I5">
-        <v>89</v>
+        <v>43.4</v>
       </c>
       <c r="K5" t="s">
-        <v>22</v>
-[...175 lines deleted...]
-      <c r="E11">
         <v>21</v>
-      </c>
-[...941 lines deleted...]
-        <v>139</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">