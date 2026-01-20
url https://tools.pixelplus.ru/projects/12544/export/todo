--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -495,86 +495,86 @@
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I4">
-        <v>43.4</v>
+        <v>26.8</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="I5">
-        <v>43.4</v>
+        <v>26.8</v>
       </c>
       <c r="K5" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>