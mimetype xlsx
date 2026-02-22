--- v2 (2026-01-20)
+++ v3 (2026-02-22)
@@ -12,116 +12,709 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
+    <t>https://ritual.ru/ritualnie-uslugi/krematsiya/</t>
+  </si>
+  <si>
+    <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+отпевание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит кремация в москве  
+сколько стоит кремация  
+стоимость кремации в москве  
+кремация в москве цена  
+сколько стоит кремация человека в москве  
+стоимость ритуальных услуг в москве с кремацией  
+сколько стоит кремация в москве цена  
+сколько стоит кремация человека  
+кремация человека стоимость в москве  
+стоимость похорон с кремацией в москве </t>
+  </si>
+  <si>
+    <t>11.02.2026</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098332</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (46 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоять (встречается в 9 запросах, значимость 653) 
+стоимость (встречается в 11 запросах, значимость 170) 
+человек (встречается в 8 запросах, значимость 39) 
+похороны (встречается в 5 запросах, значимость 36) 
+услуга (встречается в 11 запросах, значимость 20) 
+тело (встречается в 5 запросах, значимость 8) 
+крематорий (встречается в 2 запросах, значимость 2) 
+комплекс (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+доступный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098216</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/otpevanie/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (50 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоять (встречается в 17 запросах, значимость 118) 
+церковь (встречается в 17 запросах, значимость 100) 
+усопший (встречается в 15 запросах, значимость 34) 
+заочный (встречается в 10 запросах, значимость 24) 
+стоимость (встречается в 9 запросах, значимость 14) 
+кладбище (встречается в 5 запросах, значимость 5) 
+морг (встречается в 4 запросах, значимость 4) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+покойный  
+доступный  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098228</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/organizaciya_pohoron/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+полный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098244</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/trupoperevozka/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+труп  — не менее 2 раз 
+мертвый  — не менее 3 раз 
+город  — не менее 2 раз 
+цена  — не менее 3 раз 
+россия  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+перевозка усопших  
+перевозка трупа  
+перевозка мертвых людей в другой город цена  
+перевозка мертвых  
+перевозка мертвых людей в другой город  
+перевозка трупов между городами цена  
+перевозка усопших по россии цены </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 2 раз 
+морг  — не менее 3 раз 
+стоять  — не менее 1 раз 
+стоимость  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+заочное отпевание усопших цена в москве  
+сколько стоит отпевание в москве  
+стоимость отпевания усопшего  
+отпевание усопшего в морге цена  
+сколько стоит отпевание на кладбище в москве  
+стоимость отпевания в церкви москва  
+отпевание цена москва  
+стоимость отпевания усопшего в церкви москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098336</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/balzamirovanie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дом  — не менее 1 раз 
+стоять  — не менее 2 раз 
+покойник  — не менее 2 раз 
+стоимость  — не менее 1 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стоимость бальзамирования в морге  
+бальзамирование на дому  
+сколько стоит бальзамирование покойника  
+сколько стоит бальзамирование тела в москве  
+услуги бальзамирования цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098325</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/mesto-na-kladbishe/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (17 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+купить (встречается в 7 запросах, значимость 425) 
+захоронение (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+выбор  
+ритуальный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098238</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/perezakhoronenie/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 2 раз 
+стоимость  — не менее 1 раз 
+урна  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+перезахоронение цена москва  
+стоимость эксгумации и перезахоронения  
+перезахоронение урны  
+перезахоронение урны с прахом </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098343</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/prices/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (28 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоять (встречается в 6 запросах, значимость 22) 
+агент (встречается в 8 запросах, значимость 20) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098286</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/rasporyaditeli-pohoron/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (4 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ritual.ru/ritualnie-uslugi/rasporyaditeli-pohoron/ 
+https://ritual.ru/prices/ 
+https://ritual.ru/ritualnie-uslugi/agenty/ 
+И запросы:
+вызов ритуального агента  
+вызов агента ритуальных услуг  
+вызвать агента ритуальных услуг  
+ритуальный агент цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098165</t>
+  </si>
+  <si>
     <t>https://ritual.ru/</t>
   </si>
   <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ritual.ru/ 
+https://ritual.ru/ritualnie-uslugi/ 
+https://ritual.ru/ritualnie-uslugi/organizaciya_pohoron/ 
+И запросы:
+бюро ритуальных услуг  
+организация ритуальных услуг  
+заказать ритуальные услуги  
+ритуальные услуги рядом </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098156</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (5 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ritual.ru/ritualnie-uslugi/krematsiya/ 
+https://ritual.ru/prices/ 
+И запросы:
+стоимость кремации  
+стоимость организации кремации  
+сколько стоит кремация человека в москве  
+сколько стоят похороны в москве с кремацией  
+сколько стоят похороны с кремацией </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098158</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/pohoronniy-orkestr/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+заказать оркестр на похороны  
+похоронный оркестр цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098345</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+полный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+полная организация похорон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098340</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/gruz200/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доставка груз 200  
+груз 200 перевозка умерших цена  
+груз 200 ритуальные услуги москва  
+груз 200 услуги </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098328</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/pominki_moskva/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (6 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+организация поминок  
+поминки москва  
+организация поминок в кафе в москве  
+организация поминок в москве  
+где заказать поминки  
+заказать поминки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098163</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (19 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоять (встречается в 7 запросах, значимость 14) 
+тело (встречается в 6 запросах, значимость 11) 
+морг (встречается в 6 запросах, значимость 11) 
+стоимость (встречается в 3 запросах, значимость 7) 
+цена (встречается в 6 запросах, значимость 7) 
+услуга (встречается в 2 запросах, значимость 2) 
+дом (встречается в 1 запросе, значимость 1) 
+покойник (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+ритуальный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098171</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+похороны (встречается в 4 запросах, значимость 5) 
+заказывать (встречается в 2 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+заказ  
+москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098273</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (8 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+перевозка усопших  
+перевозка трупа  
+перевозка мертвых людей в другой город  
+перевозка мертвых людей в другой город цена  
+перевозка трупа цена  
+перевозка мертвых  
+перевозка трупов между городами цена  
+перевозка усопших по россии цены </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098166</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (2 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ritual.ru/prices/ 
+https://ritual.ru/poleznaya-informacia/articles/samye-deshevye-pohorony/ 
+https://ritual.ru/ritualnie-uslugi/rasporyaditeli-pohoron/ 
+И запросы:
+ритуальные услуги низкие цены  
+сколько стоит ритуальный агент в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+стоимость эксгумации и перезахоронения  
+стоимость эксгумации тела для перезахоронения </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098160</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/grazhdanskaya_panihida/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (15 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+заказывать (встречается в 6 запросах, значимость 70) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+москва  
+ритуальный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 6 запросах, значимость 6) 
+услуга (встречается в 3 запросах, значимость 3) 
+доставка (встречается в 2 запросах, значимость 2) 
+умирать (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098196</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (10 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 10 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+перевозка груз 200 по россии стоимость  
+груз 200 перевозка умерших по россии цены  
+груз 200 стоимость  
+груз 200 транспортировка гроба стоимость  
+груз 200 цена  
+перевезти груз 200 цена  
+груз 200 перевозка умерших цена  
+доставка груза 200 по россии цены  
+груз 200 цена перевозки  
+груз 200 стоимость перевозки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098157</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+вызывать (встречается в 2 запросах, значимость 13) 
+услуга (встречается в 3 запросах, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+похоронный  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098293</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоимость (встречается в 5 запросах, значимость 6) 
+эксгумация (встречается в 2 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+урна (встречается в 2 запросах, значимость 2) 
+прах (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+ритуальный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098266</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 4 запросах, значимость 4) 
+труп (встречается в 3 запросах, значимость 4) 
+усопший (встречается в 2 запросах, значимость 3) 
+мертвый (встречается в 3 запросах, значимость 3) 
+город (встречается в 3 запросах, значимость 3) 
+человек (встречается в 2 запросах, значимость 2) 
+россия (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+тело  
+морг  
+москва  
+ритуальный  
+агентство  
+ritual  
+ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098318</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (15 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 15 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ritual.ru/ritualnie-uslugi/grazhdanskaya_panihida/ 
+https://ritual.ru/poleznaya-informacia/articles/skolko-stoit-panikhida-v-tserkvi/ 
+https://ritual.ru/prices/ 
+И запросы:
+заказать панихиду по умершему  
+заказать панихиду  
+панихида по усопшим цена  
+панихида цена  
+панихида по усопшим цена в церкви  
+панихида цена в церкви  
+панихида на могиле стоимость  
+стоимость панихиды  
+заказать панихиду по умершему цена  
+заказать панихиду цена  
+панихида на кладбище стоимость  
+заказать панихиду в церкви цена  
+панихида по усопшим цена в церкви заказать  
+панихида стоимость в церкви  
+стоимость панихиды в церкви на годовщину смерти </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416098159</t>
+  </si>
+  <si>
+    <t>Санкции и фильтры</t>
+  </si>
+  <si>
+    <t>Снятие пост-фильтров (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
+ритуальные услуги круглосуточно — 60% (Яндекс Москва) </t>
+  </si>
+  <si>
+    <t>22.02.2026</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1433251489</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/ritualniy_avtotransport/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
+ритуальный транспорт москва — 60% (Яндекс Москва) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1433251488</t>
+  </si>
+  <si>
+    <t>https://ritual.ru/ritualnie-uslugi/dezinfekciya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Для запросов URL были диагностированы наличие пост-фильтров Яндекса (Переспам, Переоптимизация), требуется снять их (переработка контента):  
+дезинфекция после смерти — 80% (Яндекс Москва) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1433251487</t>
+  </si>
+  <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Произведите разбивку URL проекта на тематические группы или типы.</t>
   </si>
   <si>
     <t xml:space="preserve">По необходимости, воспользуйтесь опцией «Сгенерировать группы URL» для автоматической разбивки в настройках групп. Цель: возможность детальной аналитики эффективности групп URL сайта, привлечение трафика, потенциал роста, достижение целей </t>
   </si>
   <si>
     <t>06.05.2022</t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12544/todo/142894535</t>
   </si>
   <si>
     <t>Добавьте продвигаемые запросы в проект.</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/12544/todo/142894538</t>
+  </si>
+  <si>
+    <t>Проверьте и скорректируйте распределение</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/12544/todo/1416096709</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -424,51 +1017,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K5"/>
+  <dimension ref="A1:K38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -486,98 +1079,1154 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I4">
-        <v>26.8</v>
+        <v>31.1</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>19</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>272</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I5">
-        <v>26.8</v>
+        <v>31.1</v>
       </c>
       <c r="K5" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E6">
+        <v>153</v>
+      </c>
+      <c r="F6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6">
+        <v>14</v>
+      </c>
+      <c r="I6">
+        <v>71.7</v>
+      </c>
+      <c r="K6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7">
+        <v>2</v>
+      </c>
+      <c r="I7">
+        <v>84.6</v>
+      </c>
+      <c r="K7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11">
+      <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
+        <v>32</v>
+      </c>
+      <c r="E8">
+        <v>8</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8">
+        <v>56</v>
+      </c>
+      <c r="I8">
+        <v>22.1</v>
+      </c>
+      <c r="K8" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9">
+        <v>8</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9">
+        <v>14</v>
+      </c>
+      <c r="I9">
+        <v>71.7</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10">
+        <v>8</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10">
+        <v>8</v>
+      </c>
+      <c r="I10">
+        <v>41.9</v>
+      </c>
+      <c r="K10" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11">
+        <v>118</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11">
+        <v>4</v>
+      </c>
+      <c r="I11">
+        <v>94.5</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s">
+        <v>44</v>
+      </c>
+      <c r="D12" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12">
+        <v>6</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12">
+        <v>5</v>
+      </c>
+      <c r="I12">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>48</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13">
+        <v>3</v>
+      </c>
+      <c r="I13">
+        <v>84.9</v>
+      </c>
+      <c r="K13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14">
+        <v>4</v>
+      </c>
+      <c r="F14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14">
+        <v>4</v>
+      </c>
+      <c r="I14">
+        <v>79.7</v>
+      </c>
+      <c r="K14" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15">
+        <v>4</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15">
+        <v>4</v>
+      </c>
+      <c r="I15">
+        <v>47.7</v>
+      </c>
+      <c r="K15" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16">
+        <v>5</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16">
+        <v>10</v>
+      </c>
+      <c r="I16">
+        <v>31.1</v>
+      </c>
+      <c r="K16" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" t="s">
+        <v>63</v>
+      </c>
+      <c r="E17">
+        <v>2</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17">
+        <v>10</v>
+      </c>
+      <c r="I17">
+        <v>35</v>
+      </c>
+      <c r="K17" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18">
+        <v>2</v>
+      </c>
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18">
+        <v>2</v>
+      </c>
+      <c r="I18">
+        <v>84.6</v>
+      </c>
+      <c r="K18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>62</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19">
+        <v>2</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19">
+        <v>4</v>
+      </c>
+      <c r="I19">
+        <v>54.5</v>
+      </c>
+      <c r="K19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20">
+        <v>6</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20">
+        <v>2</v>
+      </c>
+      <c r="I20">
+        <v>73.7</v>
+      </c>
+      <c r="K20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>36</v>
+      </c>
+      <c r="B21" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21">
+        <v>57</v>
+      </c>
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21">
+        <v>8</v>
+      </c>
+      <c r="I21">
+        <v>41.9</v>
+      </c>
+      <c r="K21" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22">
+        <v>18</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22">
+        <v>10</v>
+      </c>
+      <c r="I22">
+        <v>35</v>
+      </c>
+      <c r="K22" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>30</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" t="s">
+        <v>80</v>
+      </c>
+      <c r="D23" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23">
+        <v>8</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23">
+        <v>56</v>
+      </c>
+      <c r="I23">
+        <v>22.1</v>
+      </c>
+      <c r="K23" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>47</v>
+      </c>
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" t="s">
+        <v>83</v>
+      </c>
+      <c r="D24" t="s">
+        <v>84</v>
+      </c>
+      <c r="E24">
+        <v>2</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24">
+        <v>3</v>
+      </c>
+      <c r="I24">
+        <v>84.9</v>
+      </c>
+      <c r="K24" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>43</v>
+      </c>
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
+        <v>86</v>
+      </c>
+      <c r="E25">
+        <v>2</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25">
+        <v>5</v>
+      </c>
+      <c r="I25">
+        <v>62</v>
+      </c>
+      <c r="K25" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>88</v>
+      </c>
+      <c r="B26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" t="s">
+        <v>89</v>
+      </c>
+      <c r="D26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26">
+        <v>47</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26">
+        <v>8</v>
+      </c>
+      <c r="I26">
+        <v>39.5</v>
+      </c>
+      <c r="K26" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>67</v>
+      </c>
+      <c r="B27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" t="s">
+        <v>89</v>
+      </c>
+      <c r="D27" t="s">
+        <v>92</v>
+      </c>
+      <c r="E27">
+        <v>45</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27">
+        <v>4</v>
+      </c>
+      <c r="I27">
+        <v>54.5</v>
+      </c>
+      <c r="K27" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>67</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>95</v>
+      </c>
+      <c r="E28">
+        <v>10</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28">
+        <v>4</v>
+      </c>
+      <c r="I28">
+        <v>54.5</v>
+      </c>
+      <c r="K28" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>97</v>
+      </c>
+      <c r="D29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29">
+        <v>24</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29">
+        <v>4</v>
+      </c>
+      <c r="I29">
+        <v>79.7</v>
+      </c>
+      <c r="K29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>43</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>100</v>
+      </c>
+      <c r="D30" t="s">
+        <v>101</v>
+      </c>
+      <c r="E30">
+        <v>33</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
+        <v>5</v>
+      </c>
+      <c r="I30">
+        <v>62</v>
+      </c>
+      <c r="K30" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" t="s">
+        <v>30</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31">
+        <v>24</v>
+      </c>
+      <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31">
+        <v>56</v>
+      </c>
+      <c r="I31">
+        <v>22.1</v>
+      </c>
+      <c r="K31" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>88</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" t="s">
+        <v>106</v>
+      </c>
+      <c r="E32">
+        <v>16</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32">
+        <v>8</v>
+      </c>
+      <c r="I32">
+        <v>39.5</v>
+      </c>
+      <c r="K32" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" t="s">
+        <v>55</v>
+      </c>
+      <c r="B33" t="s">
+        <v>108</v>
+      </c>
+      <c r="C33" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" t="s">
+        <v>110</v>
+      </c>
+      <c r="E33">
+        <v>1</v>
+      </c>
+      <c r="F33" t="s">
+        <v>111</v>
+      </c>
+      <c r="G33" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33">
+        <v>4</v>
+      </c>
+      <c r="I33">
+        <v>47.7</v>
+      </c>
+      <c r="K33" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" t="s">
+        <v>113</v>
+      </c>
+      <c r="B34" t="s">
+        <v>108</v>
+      </c>
+      <c r="C34" t="s">
+        <v>109</v>
+      </c>
+      <c r="D34" t="s">
+        <v>114</v>
+      </c>
+      <c r="E34">
+        <v>1</v>
+      </c>
+      <c r="F34" t="s">
+        <v>111</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34">
+        <v>54</v>
+      </c>
+      <c r="I34">
+        <v>43.5</v>
+      </c>
+      <c r="K34" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" t="s">
+        <v>116</v>
+      </c>
+      <c r="B35" t="s">
+        <v>108</v>
+      </c>
+      <c r="C35" t="s">
+        <v>109</v>
+      </c>
+      <c r="D35" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35">
+        <v>1</v>
+      </c>
+      <c r="F35" t="s">
+        <v>111</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35">
+        <v>9</v>
+      </c>
+      <c r="I35">
+        <v>60.6</v>
+      </c>
+      <c r="K35" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>55</v>
+      </c>
+      <c r="B36" t="s">
+        <v>119</v>
+      </c>
+      <c r="C36" t="s">
+        <v>120</v>
+      </c>
+      <c r="D36" t="s">
+        <v>121</v>
+      </c>
+      <c r="E36">
+        <v>0</v>
+      </c>
+      <c r="F36" t="s">
+        <v>122</v>
+      </c>
+      <c r="G36" t="s">
+        <v>123</v>
+      </c>
+      <c r="H36">
+        <v>4</v>
+      </c>
+      <c r="I36">
+        <v>47.7</v>
+      </c>
+      <c r="K36" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" t="s">
+        <v>55</v>
+      </c>
+      <c r="B37" t="s">
+        <v>119</v>
+      </c>
+      <c r="C37" t="s">
+        <v>125</v>
+      </c>
+      <c r="D37" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37">
+        <v>0</v>
+      </c>
+      <c r="F37" t="s">
+        <v>122</v>
+      </c>
+      <c r="G37" t="s">
+        <v>123</v>
+      </c>
+      <c r="H37">
+        <v>4</v>
+      </c>
+      <c r="I37">
+        <v>47.7</v>
+      </c>
+      <c r="K37" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" t="s">
+        <v>55</v>
+      </c>
+      <c r="B38" t="s">
+        <v>119</v>
+      </c>
+      <c r="C38" t="s">
+        <v>128</v>
+      </c>
+      <c r="D38" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38">
+        <v>0</v>
+      </c>
+      <c r="F38" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38">
+        <v>4</v>
+      </c>
+      <c r="I38">
+        <v>47.7</v>
+      </c>
+      <c r="K38" t="s">
+        <v>130</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">