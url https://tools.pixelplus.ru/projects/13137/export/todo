--- v0 (2025-12-13)
+++ v1 (2026-01-02)
@@ -12,8014 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1243">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
-    <t>https://pedant.ru/remont-telefonov</t>
-[...723 lines deleted...]
-  <si>
     <t>https://pedant.ru/</t>
   </si>
   <si>
-    <t>Оптимизация Title (28 фраз).</t>
-[...7196 lines deleted...]
-  <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Проверьте корректность распределения (продвигаемых URL)</t>
   </si>
   <si>
     <t xml:space="preserve">Проверьте корректность распределения, чтобы задачи в TO DO формировались именно на те URL, которые вы действительно хотите увидеть в ТОПе. </t>
   </si>
   <si>
     <t>30.12.2023</t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660618</t>
   </si>
   <si>
     <t>24.10.2024</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922587589</t>
   </si>
   <si>
     <t>Произведите сегментацию проекта на группы URL</t>
@@ -8034,59 +111,50 @@
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894234</t>
   </si>
   <si>
     <t>Произведите сегментацию запросов на группы</t>
   </si>
   <si>
     <t xml:space="preserve">Произведите сегментацию проекта на группы фраз, чтобы отслеживать детальную аналитику по каждой из этих групп. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660619</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894235</t>
   </si>
   <si>
     <t>Добавьте продвигаемые запросы в проект</t>
   </si>
   <si>
     <t xml:space="preserve">Добавьте продвигаемые запросы в проект, чтобы увеличить охват аудитории и отдачу от SEO. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660617</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894236</t>
-  </si>
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/13137/todo/1049351785</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -8389,51 +457,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K479"/>
+  <dimension ref="A1:K11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -8451,15266 +519,290 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>2384</v>
+        <v>0</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I4">
-        <v>20.5</v>
+        <v>25.6</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5">
+        <v>0</v>
+      </c>
+      <c r="F5" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I5">
-        <v>20.5</v>
+        <v>25.6</v>
       </c>
       <c r="K5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="E6">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="I6">
-        <v>34.2</v>
+        <v>25.6</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E7">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="F7" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>7</v>
+        <v>101</v>
       </c>
       <c r="I7">
-        <v>54.6</v>
+        <v>25.6</v>
       </c>
       <c r="K7" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E8">
-        <v>92</v>
+        <v>0</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="I8">
-        <v>34.2</v>
+        <v>25.6</v>
       </c>
       <c r="K8" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="E9">
-        <v>121</v>
+        <v>0</v>
       </c>
       <c r="F9" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="I9">
-        <v>14.2</v>
+        <v>25.6</v>
       </c>
       <c r="K9" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="E10">
-        <v>57</v>
+        <v>0</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>7</v>
+        <v>101</v>
       </c>
       <c r="I10">
-        <v>54.6</v>
+        <v>25.6</v>
       </c>
       <c r="K10" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="E11">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="F11" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="I11">
-        <v>14.7</v>
+        <v>25.6</v>
       </c>
       <c r="K11" t="s">
-        <v>41</v>
-[...35 lines deleted...]
-      <c r="A13" t="s">
         <v>32</v>
-      </c>
-[...14937 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">