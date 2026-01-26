--- v1 (2026-01-02)
+++ v2 (2026-01-26)
@@ -531,275 +531,275 @@
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>0</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
         <v>101</v>
       </c>
       <c r="I4">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5" t="s">
         <v>19</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>101</v>
       </c>
       <c r="I5">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>101</v>
       </c>
       <c r="I6">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K6" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7" t="s">
         <v>19</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
         <v>101</v>
       </c>
       <c r="I7">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
         <v>101</v>
       </c>
       <c r="I8">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K8" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9" t="s">
         <v>19</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
         <v>101</v>
       </c>
       <c r="I9">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K9" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
         <v>101</v>
       </c>
       <c r="I10">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>30</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11" t="s">
         <v>19</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
         <v>101</v>
       </c>
       <c r="I11">
-        <v>25.6</v>
+        <v>23.2</v>
       </c>
       <c r="K11" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>