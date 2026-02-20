--- v2 (2026-01-26)
+++ v3 (2026-02-20)
@@ -12,91 +12,8424 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1302">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
+    <t>https://pedant.ru/remont-telefonov</t>
+  </si>
+  <si>
+    <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (10 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 10 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov 
+https://pedant.ru/ 
+https://pedant.ru/contacts 
+И запросы:
+ремонт телефонов  
+телефон ремонт  
+где можно починить телефон  
+ремонт мобильных телефонов рядом  
+где можно отремонтировать телефон  
+ремонты телефонов  
+ремонт телефонов адреса  
+адрес ремонта смартфонов  
+ремонт мобильного телефона  
+ремонт сотовый телефонов </t>
+  </si>
+  <si>
+    <t>12.02.2026</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253932</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (27 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+телефон (встречается в 25 запросах, значимость 3092) 
+ремонт (встречается в 22 запросах, значимость 3075) 
+близкий (встречается в 2 запросах, значимость 50) 
+сервис (встречается в 4 запросах, значимость 33) 
+стоять (встречается в 1 запросе, значимость 15) 
+мобильный (встречается в 2 запросах, значимость 5) 
+смартфон (встречается в 2 запросах, значимость 4) 
+китайский (встречается в 1 запросе, значимость 3) 
+адрес (встречается в 2 запросах, значимость 2) 
+отремонтировать (встречается в 2 запросах, значимость 2) 
+старый (встречается в 1 запросе, значимость 2) 
+номер (встречается в 2 запросах, значимость 2) 
+сотовый (встречается в 2 запросах, значимость 2) 
+починять (встречается в 1 запросе, значимость 1) 
+быстрый (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254280</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/macbook</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+макбука  — не менее 3 раз 
+москва  — не менее 3 раз 
+macbook  — не менее 3 раз 
+pro  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт макбука в москве  
+ремонт macbook pro в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255761</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+samsung  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+мобильный  — не менее 3 раз 
+модуль  — не менее 3 раз 
+цена  — не менее 3 раз 
+сервис  — не менее 3 раз 
+стоять  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов самсунг  
+самсунг ремонт телефонов  
+samsung ремонт телефонов  
+сколько стоит ремонт телефона самсунг  
+ремонт мобильных телефонов самсунг  
+сервис самсунг ремонт телефонов  
+сервисный ремонт телефонов самсунг  
+ремонт модуля самсунг  
+ремонт телефонов samsung цены </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255936</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ноутбук (встречается в 4 запросах, значимость 125) 
+ремонт (встречается в 2 запросах, значимость 120) 
+стоимость (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+процессор (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254114</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8x</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (43 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 37 запросах, значимость 39) 
+хонор (встречается в 28 запросах, значимость 29) 
+honor (встречается в 15 запросах, значимость 16) 
+дисплей (встречается в 10 запросах, значимость 10) 
+ремонт (встречается в 6 запросах, значимость 6) 
+тачскрин (встречается в 4 запросах, значимость 4) 
+задний (встречается в 2 запросах, значимость 2) 
+лоток (встречается в 1 запросе, значимость 1) 
+flash (встречается в 1 запросе, значимость 1) 
+max (встречается в 1 запросе, значимость 1) 
+крышка (встречается в 1 запросе, значимость 1) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255636</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor/zamena-stekla</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+плей  — не менее 3 раз 
+цена  — не менее 3 раз 
+c  — не менее 3 раз 
+honor  — не менее 3 раз 
+play  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла хонор плей цена  
+замена стекла на хонор 8 c  
+замена стекла honor play  
+замена стекла honor 20 s  
+honor 20s замена стекла цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256152</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote4x</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+экран  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+x  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на xiaomi redmi note 4x  
+замена экрана xiaomi note 4x  
+redmi note 4x замена тачскрина  
+замена тачскрина на xiaomi redmi note 4x  
+замена дисплея redmi note 4 x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256119</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+камера  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+xiaomi redmi 5 замена батареи  
+замена дисплея redmi 5a  
+замена тачскрина на xiaomi redmi 5  
+замена тачскрина redmi 5  
+замена камеры xiaomi redmi 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256042</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+pro  — не менее 3 раз 
+динамика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redmi note 5 замена батареи  
+redmi note 5a замена дисплея  
+redmi note 5 pro замена дисплея  
+замена динамика redmi note 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256035</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+meizu  — не менее 3 раз 
+москва  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+мейза  — не менее 3 раз 
+сервис  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефона meizu  
+meizu ремонт в москве  
+сервисный центр мейзу  
+meizu сервис центр в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255918</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-msi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+msi  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+петля  — не менее 3 раз 
+экран  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+msi ремонт  
+ремонт msi в москве  
+сервисный центр ноутбуков msi  
+ремонт петли ноутбука msi  
+ремонт экрана ноутбука msi </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255794</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/programmnyj-remont-pereproshivka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоять  — не менее 3 раз 
+перепрошивать  — не менее 3 раз 
+планшет  — не менее 3 раз 
+прошивка  — не менее 3 раз 
+прошивать  — не менее 3 раз 
+телефон  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит прошить телефон  
+сколько стоит перепрошить планшет  
+сколько стоит прошивка планшета  
+прошивка смартфона цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255699</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zamena-razema-zaryadki-pitaniya</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (40 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+телефон (встречается в 33 запросах, значимость 132) 
+цена (встречается в 20 запросах, значимость 96) 
+ремонт (встречается в 12 запросах, значимость 42) 
+зарядный (встречается в 3 запросах, значимость 12) 
+устройство (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254760</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7a</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+динамика  — не менее 3 раз 
+хонор  — не менее 3 раз 
+honor  — не менее 3 раз 
+цена  — не менее 3 раз 
+сенсор  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена динамика хонор 7а  
+honor 7a замена динамика  
+замена динамика хонор 7а цена  
+замена сенсора honor 7a  
+honor 7a тачскрин замена  
+honor 7a замена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256206</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+huawei  — не менее 3 раз 
+honor  — не менее 3 раз 
+задний  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+микрофон  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+кнопка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея huawei honor 9  
+замена заднего стекла хонор 9  
+замена микрофона honor 9  
+хонор 9 сервисный центр  
+honor 9 замена кнопки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256153</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-mate20lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+huawei  — не менее 3 раз 
+mate  — не менее 3 раз 
+lite  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+мейт  — не менее 3 раз 
+лайт  — не менее 3 раз 
+стекло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана huawei mate 20 lite  
+замена экрана huawei mate  
+huawei mate 20 lite замена дисплея  
+замена экрана хуавей мейт 20 лайт  
+замена стекла huawei mate 20 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255903</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+лоток  — не менее 3 раз 
+flash  — не менее 3 раз 
+honor  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+max  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+хонор  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+динамика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт лотка flash honor 8x  
+замена дисплея honor 8x max  
+замена тачскрина на хонор 8х  
+замена тачскрина на хонор 8 х  
+замена тачскрина honor 8x  
+замена задней крышки хонор 8х  
+замена динамика хонор 8х </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256225</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+хонор  — не менее 3 раз 
+лайт  — не менее 3 раз 
+экран  — не менее 3 раз 
+цена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+honor  — не менее 3 раз 
+lite  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+модуль  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея хонор 8 лайт  
+замена экрана хонор 8 лайт цена  
+замена стекла на хонор 8 лайт  
+honor 8 lite замена тачскрина  
+honor 8 lite замена дисплея  
+замена модуля хонор 8 лайт  
+ремонт хонор 8 лайт  
+замена тачскрина хонор 8 лайт  
+замена стекла на хонор 8 лайт цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256154</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+honor  — не менее 3 раз 
+view  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+корпус  — не менее 3 раз 
+хонор  — не менее 3 раз 
+премиум  — не менее 3 раз 
+huawei  — не менее 3 раз 
+задний  — не менее 3 раз 
+стекло  — не менее 3 раз 
+разъем  — не менее 3 раз 
+гнездо  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor view 10 замена дисплея  
+замена корпуса на хонор 10 премиум  
+huawei honor 10 замена дисплея  
+замена заднего стекла honor 10  
+замена корпуса хонор 10  
+замена корпуса honor 10  
+honor 10 замена разъема  
+замена гнезда хонор 10 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256149</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-a5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+галакси  — не менее 3 раз 
+цена  — не менее 3 раз 
+samsung  — не менее 3 раз 
+стекло  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана самсунг а5  
+замена дисплея самсунг а5 2017  
+замена дисплея самсунг а5  
+замена экрана самсунг галакси а5 2017 цена  
+замена экрана samsung a5  
+замена стекла на самсунг а5  
+замена экрана galaxy a5  
+замена экрана самсунг а5 2017  
+замена стекла на самсунг а5 2017  
+замена экрана samsung galaxy a5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256015</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+samsung  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана samsung  
+замена дисплея самсунг  
+замена дисплея samsung  
+ремонт экрана самсунг  
+ремонт дисплея самсунг  
+ремонт экрана samsung  
+замена экрана galaxy  
+замена тачскрина samsung </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256001</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-psmart</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+p  — не менее 3 раз 
+smart  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+экран  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+смарт  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея huawei p smart 2018  
+huawei p smart 2019 замена стекла  
+huawei p smart замена дисплея  
+замена экрана хуавей п смарт  
+huawei p smart тачскрин замена  
+замена стекла хуавей p smart 2019  
+замена стекла на хуавей р смарт 2019  
+замена экрана huawei p smart 2019 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255914</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/htc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+камера  — не менее 3 раз 
+htc  — не менее 3 раз 
+one  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+стекло  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена камеры в htc one  
+htc one ремонт телефона  
+ремонт htc замена стекла  
+ремонт телефонов htc сервисный  
+сервисный центр по ремонту телефонов htc  
+ремонт htc москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255842</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety-lenovo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+планшет  — не менее 3 раз 
+lenovo  — не менее 3 раз 
+леновый  — не менее 3 раз 
+цена  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+рядом  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт планшета леново  
+леново ремонт планшетов  
+планшет леново ремонт  
+ремонт планшетов леново рядом со мной  
+ремонт планшетов lenovo  
+замена экрана на планшете леново  
+ремонт планшета леново цена  
+леново ремонт планшетов сервисный  
+ремонт планшета lenovo </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255806</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-10lite</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (39 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 31 запросе, значимость 31) 
+хонор (встречается в 24 запросах, значимость 24) 
+лайт (встречается в 22 запросах, значимость 22) 
+экран (встречается в 17 запросах, значимость 17) 
+lite (встречается в 17 запросах, значимость 17) 
+honor (встречается в 15 запросах, значимость 15) 
+дисплей (встречается в 13 запросах, значимость 13) 
+стекло (встречается в 5 запросах, значимость 5) 
+тачскрин (встречается в 3 запросах, значимость 3) 
+поменять (встречается в 3 запросах, значимость 3) 
+телефон (встречается в 3 запросах, значимость 3) 
+huawei (встречается в 1 запросе, значимость 1) 
+hry (встречается в 1 запросе, значимость 1) 
+микрофон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255468</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-20lite</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+корпус  — не менее 3 раз 
+хонор  — не менее 3 раз 
+лайт  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+панель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена корпуса хонор 20 лайт  
+замена задней крышки хонор 20 лайт  
+замена задней панели хонор 20 лайт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256194</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+хонор  — не менее 3 раз 
+стоить  — не менее 3 раз 
+замена  — не менее 3 раз 
+матрица  — не менее 3 раз 
+экран  — не менее 3 раз 
+honor  — не менее 3 раз 
+play  — не менее 3 раз 
+цена  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+хонор 8с сколько будет стоить замена матрицы  
+замена экрана honor play цена  
+замена экрана honor 6x  
+замена экрана на хуавей хонор play  
+замена экрана и матрицы на хонор 8с  
+замена экрана хонор 8 про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256150</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote8pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+pro  — не менее 3 раз 
+экран  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана redmi note 8 pro  
+замена стекла redmi note 8 pro  
+замена дисплея xiaomi redmi note 8 pro </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256121</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mi8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+lite  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла xiaomi mi 8  
+замена стекла xiaomi mi 8 lite  
+xiaomi mi 8 lite замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256109</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+ксиаоми  — не менее 3 раз 
+редми  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на xiaomi redmi 4  
+замена стекла на ксиаоми редми 4  
+redmi 4 ремонт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256107</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+экран  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея xiaomi redmi 6  
+замена экрана xiaomi redmi 6  
+замена тачскрина redmi 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256100</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея samsung galaxy s7  
+замена экрана samsung galaxy s7  
+замена дисплея samsung s7  
+замена экрана samsung s7  
+замена экрана самсунг s7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256025</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла samsung galaxy s6  
+замена стекла samsung s6  
+ремонт samsung s6  
+ремонт samsung galaxy s6 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256021</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote8sm-n950</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+note  — не менее 3 раз 
+москва  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+экран  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана samsung note 8  
+замена стекла samsung note 8 москва  
+замена стекла samsung galaxy note 8 москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256018</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote10liten770f</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+samsung  — не менее 3 раз 
+note  — не менее 3 раз 
+lite  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт samsung note 10 lite  
+замена стекла samsung note 10 lite  
+замена стекла samsung galaxy note 10 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256017</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya72018sma750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+стекло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана самсунг а7  
+ремонт экрана самсунг а7  
+замена стекла на самсунг а7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256003</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya40a405</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+цена  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+стекло  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея samsung a40  
+замена экрана самсунг а40 цена  
+замена экрана самсунг а40  
+galaxy a40 замена стекла </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256002</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-a5/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+samsung  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+galaxy a5 замена аккумулятора  
+замена аккумулятора самсунг а5  
+замена аккумулятора samsung a5 2016  
+замена аккумулятора samsung galaxy a5 2016  
+samsung galaxy a5 замена аккумулятора  
+samsung a5 замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255954</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+samsung  — не менее 3 раз 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора самсунг  
+замена аккумулятора samsung  
+замена аккумулятора samsung galaxy a5 2017  
+samsung a5 2017 замена аккумулятора  
+galaxy a5 2017 замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255953</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мейза  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+meizu  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мейзу м3 сервисный центр  
+ремонт телефона meizu m3  
+ремонт мейзу м3  
+замена экрана meizu m3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255921</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p20pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+huawei  — не менее 3 раз 
+pro  — не менее 3 раз 
+камера  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла huawei p20 pro  
+замена стекла камеры huawei p20 pro  
+huawei p20 pro замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255912</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-mate20pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+mate  — не менее 3 раз 
+pro  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+экран  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei mate 20 pro замена стекла  
+huawei mate 20 pro замена экрана  
+huawei mate 20 pro замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255905</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p30lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+lite  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+экран  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei lite замена дисплея  
+замена задней крышки huawei p30 lite  
+замена экрана huawei p30 lite  
+huawei p30 lite замена крышки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255877</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zamena-polifonicheskogo-dinamika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+динамика  — не менее 3 раз 
+телефон  — не менее 3 раз 
+цена  — не менее 3 раз 
+замена  — не менее 3 раз 
+стоять  — не менее 3 раз 
+заменять  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт динамика телефона  
+ремонт динамика телефона цена  
+замена динамика в телефоне цена  
+сколько стоит заменить динамик на телефоне  
+замена динамика в телефоне </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255809</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-toshiba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+toshiba  — не менее 3 раз 
+москва  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+тошиба  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+сателлит  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт toshiba в москве  
+сервисный центр тошиба в москве ноутбук  
+ремонт ноутбука тошиба сателлит </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255795</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki/remont-razema-pitaniya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+разъем  — не менее 3 раз 
+питание  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+замена  — не менее 3 раз 
+цена  — не менее 3 раз 
+asus  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт разъема питания ноутбука  
+замена разъема питания ноутбука цена  
+замена разъема питания ноутбука asus цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255788</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-acer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+клавиатура  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+асер  — не менее 3 раз 
+acer  — не менее 3 раз 
+адрес  — не менее 3 раз 
+срочный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт ноутбука acer  
+срочный ремонт ноутбуков acer  
+ремонт клавиатуры ноутбука асер  
+ремонт асер  
+ремонт ноутбуков acer адреса </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255783</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki/remont-klaviatury</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+клавиатура  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+dell  — не менее 3 раз 
+асус  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена клавиатуры на ноутбуке dell  
+ремонт клавиатуры ноутбука цена  
+замена клавиатуры на ноутбуке асус  
+замена клавиатуры dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255782</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-5/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+iphone  — не менее 3 раз 
+айфон  — не менее 3 раз 
+батарея  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора на айфон 5  
+замена аккумулятора iphone 5  
+замена аккумулятора айфон 5  
+замена батареи на айфон 5  
+замена батареи айфон 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255702</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys8</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (38 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 30 запросах, значимость 31) 
+экран (встречается в 16 запросах, значимость 16) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254890</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-20</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (7 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+honor  — не менее 3 раз 
+хонор  — не менее 3 раз 
+стекло  — не менее 3 раз 
+view  — не менее 3 раз 
+экран  — не менее 3 раз 
+цена  — не менее 3 раз 
+корпус  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена задней крышки honor 20  
+замена задней крышки хонор 20  
+honor 20s замена стекла  
+замена стекла honor view 20  
+замена экрана хонор 20 s  
+honor view 20 замена экрана цена  
+honor view 20 замена экрана  
+замена корпуса хонор 20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256178</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+цена  — не менее 3 раз 
+стоять  — не менее 3 раз 
+редми  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит замена стекла на телефоне xiaomi  
+замена стекла на редми  
+замена стекла на телефоне xiaomi цена  
+замена стекла xiaomi mi a3  
+замена стекла redmi 4  
+ремонт стекла xiaomi  
+замена стекла телефон redmi  
+замена стекла xiaomi redmi  
+замена стекла на телефоне xiaomi redmi  
+замена стекла на xiaomi redmi 5a </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256033</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+redmi  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+lite  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+матрица  — не менее 3 раз 
+телефон  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+note  — не менее 3 раз 
+сяоми  — не менее 3 раз 
+редми  — не менее 3 раз 
+ноут  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена матрицы на телефоне xiaomi  
+замена дисплея redmi 8  
+замена экрана xiaomi redmi note  
+замена тачскрина на xiaomi  
+замена экрана redmi note  
+замена дисплея xiaomi redmi note 6  
+замена экрана xiaomi redmi note 6  
+xiaomi redmi note 5a замена экрана  
+замена дисплея сяоми редми ноут  
+замена экрана redmi 8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256032</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоять  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+телефон  — не менее 3 раз 
+починять  — не менее 3 раз 
+цена  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+починка  — не менее 3 раз 
+сенсор  — не менее 3 раз 
+поменять  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит замена экрана на телефоне  
+сколько стоит починить экран телефона  
+сколько стоит починка экрана  
+замена экрана на телефоне цена  
+поменять дисплей  
+сколько стоит замена экрана телефона  
+ремонт дисплея телефона  
+починка экрана телефона цена  
+сколько стоит ремонт сенсора на телефоне </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255787</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki/remont-matricy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+матрица  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+asus  — не менее 3 раз 
+цена  — не менее 3 раз 
+стоять  — не менее 3 раз 
+монитор  — не менее 3 раз 
+экран  — не менее 3 раз 
+асус  — не менее 3 раз 
+dell  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена матрицы на ноутбуке asus  
+замена матрицы на ноутбуке asus цена  
+замена матрицы на ноутбуке цена asus  
+сколько стоит замена матрицы на ноутбуке asus  
+замена матрицы на ноутбуке асус цена  
+замена матрицы ноутбука asus  
+замена монитора на ноутбуке цена asus  
+замена экрана на ноутбуке asus цена  
+замена матрицы dell  
+замена экрана ноутбука dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255785</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-9x</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (35 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 32 запросах, значимость 33) 
+honor (встречается в 15 запросах, значимость 15) 
+стекло (встречается в 11 запросах, значимость 12) 
+ремонт (встречается в 3 запросах, значимость 3) 
+premium (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 28 запросах, значимость 28) 
+хонор (встречается в 20 запросах, значимость 20) 
+honor (встречается в 15 запросах, значимость 15) 
+стекло (встречается в 13 запросах, значимость 13) 
+дисплей (встречается в 6 запросах, значимость 6) 
+корпус (встречается в 3 запросах, значимость 3) 
+huawei (встречается в 2 запросах, значимость 2) 
+задний (встречается в 2 запросах, значимость 2) 
+view (встречается в 1 запросе, значимость 1) 
+премиум (встречается в 1 запросе, значимость 1) 
+разъем (встречается в 1 запросе, значимость 1) 
+гнездо (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255336</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+хонор  — не менее 3 раз 
+экран  — не менее 3 раз 
+модуль  — не менее 3 раз 
+стекло  — не менее 3 раз 
+цена  — не менее 3 раз 
+honor  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+c  — не менее 3 раз 
+телефон  — не менее 3 раз 
+сенсор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена батареи на хонор 7 с  
+замена экрана на хонор 7с  
+замена модуля хонор 7с  
+замена стекла на хонор 7с цена  
+замена экрана хонор 7 с  
+замена стекла honor 7c цена  
+замена тачскрина на хонор 7 c  
+замена экрана на телефоне хонор 7с  
+замена сенсора на хонор 7с </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256148</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi4x</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+экран  — не менее 3 раз 
+цена  — не менее 3 раз 
+сяоми  — не менее 3 раз 
+редми  — не менее 3 раз 
+стекло  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+x  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея редми 4х  
+замена тачскрина на xiaomi redmi 4x  
+замена дисплея xiaomi redmi 4x  
+замена экрана на xiaomi redmi 4x  
+замена экрана xiaomi redmi 4x цена  
+замена дисплея сяоми редми 4х  
+замена дисплея redmi 4x  
+замена стекла на xiaomi redmi 4x  
+замена стекла xiaomi redmi 4x  
+ремонт xiaomi redmi 4x замена стекла </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256091</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/nokia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+нокиа  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+nokia  — не менее 3 раз 
+адрес  — не менее 3 раз 
+официальный  — не менее 3 раз 
+замена  — не менее 3 раз 
+сотовый  — не менее 3 раз 
+москва  — не менее 3 раз 
+корпус  — не менее 3 раз 
+стекло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов nokia  
+сервисный центр нокиа  
+ремонт нокиа официальный сервисный центр  
+ремонт телефона nokia  
+ремонт телефонов нокиа  
+сервисные центры нокиа адреса  
+сервисный центр телефонов nokia  
+нокиа замена  
+сервисный ремонт nokia  
+ремонт телефонов нокиа в центре </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255929</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+сао  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+p  — не менее 3 раз 
+smart  — не менее 3 раз 
+z  — не менее 3 раз 
+honor  — не менее 3 раз 
+смарт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт дисплея huawei  
+huawei p smart z замена экрана  
+huawei y6 2019 замена экрана  
+замена стекла huawei y6 2019  
+замена экрана huawei p9  
+huawei y9 замена экрана  
+замена экрана хуавей у5 2019 сао  
+ремонт экрана huawei  
+замена экрана хуавей y6  
+huawei smart z замена экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255891</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+huawei  — не менее 3 раз 
+москва  — не менее 3 раз 
+сервис  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+гарантийный  — не менее 3 раз 
+телефон  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+сотовый  — не менее 3 раз 
+мобильный  — не менее 3 раз 
+замена  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+p  — не менее 3 раз 
+smart  — не менее 3 раз 
+z  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei ремонт телефонов  
+ремонт телефонов хуавей  
+ремонт huawei в москве  
+сервис хуавей в москве  
+ремонт телефона хуавей  
+замена хуавей  
+гарантийный ремонт телефонов хуавей  
+сервисный центр ремонта huawei  
+сервис телефонов хуавей  
+ремонт сотовых телефонов huawei </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255870</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (33 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 30 запросах, значимость 30) 
+хонор (встречается в 18 запросах, значимость 18) 
+honor (встречается в 15 запросах, значимость 15) 
+стекло (встречается в 14 запросах, значимость 14) 
+экран (встречается в 13 запросах, значимость 13) 
+цена (встречается в 9 запросах, значимость 9) 
+задний (встречается в 4 запросах, значимость 4) 
+view (встречается в 3 запросах, значимость 3) 
+крышка (встречается в 2 запросах, значимость 2) 
+корпус (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255484</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+экран (встречается в 24 запросах, значимость 163) 
+телефон (встречается в 21 запросе, значимость 133) 
+стоять (встречается в 18 запросах, значимость 114) 
+замена (встречается в 12 запросах, значимость 95) 
+поменять (встречается в 7 запросах, значимость 56) 
+дисплей (встречается в 8 запросах, значимость 42) 
+ремонт (встречается в 6 запросах, значимость 24) 
+починка (встречается в 3 запросах, значимость 14) 
+починять (встречается в 2 запросах, значимость 7) 
+цена (встречается в 2 запросах, значимость 6) 
+сенсор (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+москва (встречается в 4 запросах, значимость 69) 
+ремонт (встречается в 3 запросах, значимость 57) 
+макбука (встречается в 1 запросе, значимость 54) 
+macbook (встречается в 2 запросах, значимость 3) 
+pro (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254106</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zte</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+zte  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов zte в москве  
+zte ремонт телефонов  
+ремонт телефонов zte  
+ремонт телефона zte  
+ремонт zte в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+honor  — не менее 3 раз 
+premium  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла honor 9x premium  
+honor 9x ремонт тачскрина </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256231</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-9lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+задний  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+лайт  — не менее 3 раз 
+замена  — не менее 3 раз 
+honor  — не менее 3 раз 
+lite  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+заднее стекло хонор 9 лайт замена  
+honor 9 lite замена тачскрина </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256230</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+камера  — не менее 3 раз 
+honor  — не менее 3 раз 
+корпус  — не менее 3 раз 
+хонор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена камеры honor 8  
+замена корпуса хонор 8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256224</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7x</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+honor  — не менее 3 раз 
+батарея  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея honor 7x  
+замена батареи honor 7x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256221</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor/zamena-zadnej-kryshki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+honor  — не менее 3 раз 
+замена  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor 20s замена задней крышки  
+замена задней крышки honor 20 s </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256155</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+хонор  — не менее 3 раз 
+honor  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена батареи на хонор 6  
+honor 8a замена батареи  
+замена батареи на хонор 5с  
+замена батареи honor 5c  
+замена батареи на хонор 6с про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256141</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-6c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+honor  — не менее 3 раз 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor 6c замена батареи  
+honor 6c замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256136</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+редми  — не менее 3 раз 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redmi note 9 замена дисплея  
+замена экрана редми 9  
+замена экрана redmi note 9 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256123</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на xiaomi redmi 3  
+ремонт xiaomi redmi 3  
+xiaomi 3 ремонт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256115</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mimax2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+mi  — не менее 3 раз 
+max  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена тачскрина xiaomi mi max 2  
+замена дисплея mi max 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256113</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mi9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+se  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефона xiaomi mi 9  
+замена экрана mi 9 se </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256110</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi4/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана xiaomi redmi 4  
+замена экрана redmi 4  
+замена дисплея xiaomi redmi 4  
+замена экрана на xiaomi redmi 4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256103</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote4x/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана xiaomi redmi note 4x  
+redmi note 4x замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256102</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+redmi  — не менее 3 раз 
+стекло  — не менее 3 раз 
+редми  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана redmi 7a  
+замена стекла редми 7а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256101</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mimix3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+mi  — не менее 3 раз 
+max  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mix  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея mi max 3  
+замена дисплея xiaomi mi mix 3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256068</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi4/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+батарея  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора xiaomi redmi 4  
+xiaomi redmi 4 замена батареи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256054</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/sony/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+соня  — не менее 3 раз 
+иксперия  — не менее 3 раз 
+sony  — не менее 3 раз 
+xperia  — не менее 3 раз 
+x  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана сони иксперия  
+sony xperia x замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256029</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/sony</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервис  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+соня  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+sony  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сервис ремонту телефонов сони  
+замена экрана телефона sony </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256028</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys7/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+samsung  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на самсунг s7  
+samsung s7 замена стекла цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256026</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys6edge/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+edge  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла samsung s6 edge  
+замена стекла samsung galaxy s6 edge  
+замена стекла galaxy s6 edge  
+замена стекла самсунг s6 edge </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256024</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла самсунг  
+ремонт телефона самсунг замена стекла  
+замена стекла samsung </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256013</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана galaxy a10  
+samsung galaxy a10 замена экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256012</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxyj7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея samsung j7 2017  
+samsung galaxy j7 2017 замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256005</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxyj1smj120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана самсунг j1  
+замена дисплея samsung j1  
+замена экрана samsung j1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255993</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-a3/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+galaxy  — не менее 3 раз 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+galaxy a3 2016 замена аккумулятора  
+samsung a3 2016 замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255961</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys6/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+акб  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+samsung galaxy s6 замена аккумулятора  
+замена аккумулятора samsung galaxy s6  
+замена аккумулятора galaxy s6  
+galaxy s6 замена аккумулятора  
+замена акб samsung s6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255955</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/philips</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+филипс  — не менее 3 раз 
+москва  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+телефон  — не менее 3 раз 
+philips  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт филипс в москве  
+сервисный центр телефонов philips </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255931</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+meizu  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+стекло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+meizu m6 замена экрана  
+замена стекла meizu m6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255927</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+мейза  — не менее 3 раз 
+цена  — не менее 3 раз 
+meizu  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана мейзу мх5 цена  
+meizu m3 замена тачскрина цена  
+замена экрана meizu m3s </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255919</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/lg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+официальный  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+lg  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+официальный ремонт телефонов lg  
+ремонт смартфонов lg в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255917</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p20lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+huawei  — не менее 3 раз 
+lite  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена задней крышки huawei p20 lite  
+замена тачскрина на huawei p20 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255911</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p10lite</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+huawei  — не менее 3 раз 
+lite  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на хуавей р10  
+замена дисплея на huawei p10 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255909</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-nova2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+huawei  — не менее 3 раз 
+nova  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана huawei nova 2  
+ремонт huawei nova 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255907</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/htc-onex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+htc  — не менее 3 раз 
+one  — не менее 3 раз 
+x  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена тачскрина htc one x  
+ремонт htc one x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255862</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/asus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+телефон  — не менее 3 раз 
+asus  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+asus ремонт телефонов  
+сервисный центр телефон asus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255815</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/asus-zenfonemaxm2/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+asus  — не менее 3 раз 
+zenfone  — не менее 3 раз 
+max  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла asus zenfone m2  
+asus max m2 замена стекла  
+замена стекла на asus zenfone max m2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255811</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+починять  — не менее 3 раз 
+планшет  — не менее 3 раз 
+срочный  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+срочный ремонт планшетов  
+где починить планшет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255796</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-lenovo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+lenovo  — не менее 3 раз 
+ideapad  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lenovo ремонт ноутбуков сервисный центр  
+ремонт ноутбука lenovo ideapad </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255793</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-hp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+hp  — не менее 3 раз 
+москва  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+мастерская  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сервисный центр hp в москве ремонт ноутбуков  
+сервисный центр ноутбуков hp  
+сервисный центр по ремонту ноутбуков hp  
+сервисный центр ноутбуков hp в москве  
+мастерские по ремонту ноутбуков hp </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255792</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki/remont-zhestkogo-diska</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоять  — не менее 3 раз 
+замена  — не менее 3 раз 
+жесткий  — не менее 3 раз 
+диск  — не менее 3 раз 
+стоимость  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит замена жесткого диска  
+стоимость замены жесткого диска </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255790</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-asus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоимость  — не менее 3 раз 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+asus  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+асус  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт экрана ноутбука asus  
+ремонт асус в москве  
+стоимость замены экрана ноутбука asus  
+ремонт асус ноутбук сервисный центр москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255786</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ноутбук  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+стоимость  — не менее 3 раз 
+замена  — не менее 3 раз 
+процессор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ноутбук ремонт  
+стоимость замены процессора в ноутбуке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255780</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (31 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 23 запросах, значимость 82) 
+экран (встречается в 24 запросах, значимость 65) 
+самсунг (встречается в 18 запросах, значимость 64) 
+samsung (встречается в 12 запросах, значимость 25) 
+дисплей (встречается в 6 запросах, значимость 24) 
+ремонт (встречается в 6 запросах, значимость 6) 
+galaxy (встречается в 5 запросах, значимость 5) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254695</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (9 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+хонор  — не менее 3 раз 
+лайт  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+honor  — не менее 3 раз 
+lite  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+поменять  — не менее 3 раз 
+телефон  — не менее 3 раз 
+huawei  — не менее 3 раз 
+hry  — не менее 3 раз 
+стекло  — не менее 3 раз 
+микрофон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана на телефоне хонор 10 лайт  
+замена экрана хонор 10 лайт  
+замена дисплея хонор 10 лайт  
+honor 10 lite замена дисплея  
+замена экрана honor 10 lite  
+замена экрана на хонор 10 лайт  
+замена тачскрина на хонор 10 лайт  
+поменять дисплей на хонор 10 лайт  
+замена тачскрина honor 10 lite  
+замена экрана honor lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256163</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-6/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+iphone  — не менее 3 раз 
+айфон  — не менее 3 раз 
+батарея  — не менее 3 раз 
+цена  — не менее 3 раз 
+москва  — не менее 3 раз 
+поменять  — не менее 3 раз 
+батарейка  — не менее 3 раз 
+заменять  — не менее 3 раз 
+акб  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора iphone 6  
+iphone 6 замена аккумулятора  
+замена аккумулятора айфон 6  
+замена аккумулятора на айфон 6  
+айфон 6 замена аккумулятора  
+замена акб на айфон 6  
+заменить аккумулятор на iphone 6  
+поменять аккумулятор на айфон 6  
+поменять батарею на айфон 6  
+замена батареи айфон 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255703</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (30 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 29 запросах, значимость 34) 
+xiaomi (встречается в 23 запросах, значимость 28) 
+экран (встречается в 18 запросах, значимость 18) 
+redmi (встречается в 15 запросах, значимость 15) 
+дисплей (встречается в 9 запросах, значимость 13) 
+note (встречается в 7 запросах, значимость 7) 
+телефон (встречается в 4 запросах, значимость 5) 
+ремонт (встречается в 3 запросах, значимость 3) 
+mi (встречается в 2 запросах, значимость 2) 
+матрица (встречается в 1 запросе, значимость 2) 
+сяоми (встречается в 2 запросах, значимость 2) 
+редми (встречается в 2 запросах, значимость 2) 
+ноут (встречается в 2 запросах, значимость 2) 
+lite (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254941</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zamena-stekla</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоять  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+телефон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит замена стекла на телефоне  
+сколько стоит замена стекла на телефон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255808</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (29 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 25 запросах, значимость 28) 
+экран (встречается в 20 запросах, значимость 24) 
+huawei (встречается в 16 запросах, значимость 20) 
+хуавей (встречается в 12 запросах, значимость 13) 
+дисплей (встречается в 7 запросах, значимость 8) 
+smart (встречается в 5 запросах, значимость 5) 
+ремонт (встречается в 3 запросах, значимость 4) 
+p (встречается в 4 запросах, значимость 4) 
+z (встречается в 3 запросах, значимость 3) 
+смарт (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 1 запросе, значимость 1) 
+сао (встречается в 1 запросе, значимость 1) 
+honor (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254383</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (28 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 19 запросах, значимость 27) 
+нокиа (встречается в 18 запросах, значимость 23) 
+телефон (встречается в 16 запросах, значимость 23) 
+nokia (встречается в 10 запросах, значимость 17) 
+сервисный (встречается в 9 запросах, значимость 14) 
+центр (встречается в 7 запросах, значимость 12) 
+замена (встречается в 4 запросах, значимость 4) 
+официальный (встречается в 1 запросе, значимость 2) 
+сотовый (встречается в 2 запросах, значимость 2) 
+москва (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+адрес (встречается в 1 запросе, значимость 1) 
+корпус (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254629</t>
+  </si>
+  <si>
     <t>https://pedant.ru/</t>
   </si>
   <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+телефон (встречается в 13 запросах, значимость 101) 
+ремонт (встречается в 13 запросах, значимость 72) 
+центр (встречается в 8 запросах, значимость 38) 
+сервисный (встречается в 7 запросах, значимость 37) 
+починка (встречается в 3 запросах, значимость 35) 
+сервис (встречается в 5 запросах, значимость 32) 
+ноутбук (встречается в 4 запросах, значимость 18) 
+замена (встречается в 8 запросах, значимость 9) 
+москва (встречается в 3 запросах, значимость 7) 
+msi (встречается в 2 запросах, значимость 6) 
+экран (встречается в 5 запросах, значимость 5) 
+блок (встречается в 1 запросе, значимость 4) 
+питание (встречается в 1 запросе, значимость 4) 
+цена (встречается в 2 запросах, значимость 3) 
+lg (встречается в 3 запросах, значимость 3) 
+процессор (встречается в 1 запросе, значимость 2) 
+официальный (встречается в 2 запросах, значимость 2) 
+honor (встречается в 2 запросах, значимость 2) 
+pro (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 23 запросах, значимость 52) 
+аккумулятор (встречается в 14 запросах, значимость 43) 
+айфон (встречается в 20 запросах, значимость 33) 
+iphone (встречается в 8 запросах, значимость 24) 
+батарея (встречается в 9 запросах, значимость 9) 
+цена (встречается в 7 запросах, значимость 7) 
+батарейка (встречается в 4 запросах, значимость 4) 
+поменять (встречается в 3 запросах, значимость 3) 
+заменять (встречается в 2 запросах, значимость 2) 
+москва (встречается в 1 запросе, значимость 1) 
+акб (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254033</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (26 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+honor (встречается в 14 запросах, значимость 83) 
+сервисный (встречается в 2 запросах, значимость 69) 
+центр (встречается в 2 запросах, значимость 69) 
+ремонт (встречается в 12 запросах, значимость 39) 
+москва (встречается в 9 запросах, значимость 38) 
+хонор (встречается в 12 запросах, значимость 37) 
+телефон (встречается в 4 запросах, значимость 16) 
+замена (встречается в 12 запросах, значимость 12) 
+дисплей (встречается в 4 запросах, значимость 4) 
+экран (встречается в 4 запросах, значимость 4) 
+адрес (встречается в 3 запросах, значимость 3) 
+pro (встречается в 3 запросах, значимость 3) 
+смартфон (встречается в 2 запросах, значимость 2) 
+мск (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+play (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+плей (встречается в 1 запросе, значимость 1) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255317</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+хонор  — не менее 3 раз 
+москва  — не менее 3 раз 
+honor  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+телефон  — не менее 3 раз 
+адрес  — не менее 3 раз 
+замена  — не менее 3 раз 
+мск  — не менее 3 раз 
+экран  — не менее 3 раз 
+pro  — не менее 3 раз 
+цена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+play  — не менее 3 раз 
+стекло  — не менее 3 раз 
+плей  — не менее 3 раз 
+динамика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor сервисный центр  
+сервисный центр хонор в москве  
+ремонт телефонов honor в москве  
+ремонт хонор  
+honor ремонт  
+honor ремонт в москве  
+ремонт хонор в москве  
+honor 8c замена дисплея  
+замена стекла на хонор плей  
+замена динамика на хонор 6с про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стекло (встречается в 26 запросах, значимость 28) 
+замена (встречается в 19 запросах, значимость 20) 
+хонор (встречается в 17 запросах, значимость 18) 
+honor (встречается в 9 запросах, значимость 10) 
+цена (встречается в 5 запросах, значимость 6) 
+плей (встречается в 1 запросе, значимость 1) 
+c (встречается в 1 запросе, значимость 1) 
+play (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255427</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya51</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 22 запросах, значимость 36) 
+самсунг (встречается в 19 запросах, значимость 27) 
+дисплей (встречается в 7 запросах, значимость 11) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254794</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8a</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 4 запросах, значимость 4) 
+хонор (встречается в 4 запросах, значимость 4) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255653</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+honor (встречается в 3 запросах, значимость 3) 
+батарея (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+note (встречается в 5 запросах, значимость 5) 
+redmi (встречается в 4 запросах, значимость 4) 
+xiaomi (встречается в 3 запросах, значимость 3) 
+тачскрин (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+x (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+стекло (встречается в 5 запросах, значимость 5) 
+samsung (встречается в 3 запросах, значимость 3) 
+самсунг (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254876</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/zamena-mikrofona</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+микрофон (встречается в 5 запросах, значимость 5) 
+смартфон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254731</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+дисплей (встречается в 4 запросах, значимость 4) 
+samsung (встречается в 3 запросах, значимость 3) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 24) 
+аккумулятор (встречается в 4 запросах, значимость 23) 
+galaxy (встречается в 4 запросах, значимость 23) 
+samsung (встречается в 3 запросах, значимость 22) 
+акб (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254664</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+huawei (встречается в 5 запросах, значимость 5) 
+pro (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 2 запросах, значимость 2) 
+камера (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+huawei (встречается в 4 запросах, значимость 4) 
+mate (встречается в 4 запросах, значимость 4) 
+экран (встречается в 3 запросах, значимость 3) 
+lite (встречается в 3 запросах, значимость 3) 
+дисплей (встречается в 1 запросе, значимость 1) 
+хуавей (встречается в 1 запросе, значимость 1) 
+мейт (встречается в 1 запросе, значимость 1) 
+лайт (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254411</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety-huavej</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huawei (встречается в 3 запросах, значимость 3) 
+замена (встречается в 3 запросах, значимость 3) 
+mediapad (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+msi (встречается в 5 запросах, значимость 24) 
+ремонт (встречается в 4 запросах, значимость 23) 
+москва (встречается в 1 запросе, значимость 8) 
+ноутбук (встречается в 3 запросах, значимость 3) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+петля (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254189</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hp (встречается в 5 запросах, значимость 14) 
+ноутбук (встречается в 5 запросах, значимость 14) 
+сервисный (встречается в 4 запросах, значимость 13) 
+центр (встречается в 4 запросах, значимость 13) 
+ремонт (встречается в 3 запросах, значимость 12) 
+москва (встречается в 2 запросах, значимость 11) 
+мастерская (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254185</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/macbookair/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 7) 
+macbook (встречается в 5 запросах, значимость 7) 
+air (встречается в 5 запросах, значимость 7) 
+аккумулятор (встречается в 4 запросах, значимость 6) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254107</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone/zamena-dinamika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+динамика (встречается в 5 запросах, значимость 7) 
+iphone (встречается в 4 запросах, значимость 6) 
+ремонт (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 7) 
+айфон (встречается в 4 запросах, значимость 6) 
+аккумулятор (встречается в 3 запросах, значимость 5) 
+батарея (встречается в 2 запросах, значимость 2) 
+iphone (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254032</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 4 запросах, значимость 4) 
+хонор (встречается в 4 запросах, значимость 4) 
+лайт (встречается в 4 запросах, значимость 4) 
+задний (встречается в 2 запросах, значимость 2) 
+корпус (встречается в 1 запросе, значимость 1) 
+крышка (встречается в 1 запросе, значимость 1) 
+панель (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255517</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi5plus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redmi (встречается в 4 запросах, значимость 4) 
+plus (встречается в 4 запросах, значимость 4) 
+замена (встречается в 3 запросах, значимость 3) 
+дисплей (встречается в 2 запросах, значимость 2) 
+xiaomi (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 4 запросах, значимость 4) 
+redmi (встречается в 4 запросах, значимость 4) 
+экран (встречается в 3 запросах, значимость 3) 
+xiaomi (встречается в 3 запросах, значимость 3) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255054</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+экран (встречается в 3 запросах, значимость 3) 
+sony (встречается в 3 запросах, значимость 3) 
+телефон (встречается в 2 запросах, значимость 2) 
+сервис (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+соня (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254910</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 4 запросах, значимость 4) 
+edge (встречается в 4 запросах, значимость 4) 
+samsung (встречается в 2 запросах, значимость 2) 
+galaxy (встречается в 2 запросах, значимость 2) 
+самсунг (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+samsung (встречается в 4 запросах, значимость 4) 
+замена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+galaxy (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254825</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+аккумулятор (встречается в 4 запросах, значимость 4) 
+замена (встречается в 4 запросах, значимость 4) 
+galaxy (встречается в 3 запросах, значимость 3) 
+samsung (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254665</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys7/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+аккумулятор (встречается в 4 запросах, значимость 5) 
+замена (встречается в 4 запросах, значимость 5) 
+samsung (встречается в 2 запросах, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мейза (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 2 запросах, значимость 2) 
+meizu (встречается в 2 запросах, значимость 2) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254569</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 4 запросах, значимость 4) 
+мейза (встречается в 2 запросах, значимость 2) 
+мини (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254558</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety/zamena-stekla-matricy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+планшет (встречается в 4 запросах, значимость 8) 
+экран (встречается в 4 запросах, значимость 8) 
+замена (встречается в 1 запросе, значимость 1) 
+dell (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254221</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 4 запросах, значимость 46) 
+ноутбук (встречается в 4 запросах, значимость 46) 
+lenovo (встречается в 2 запросах, значимость 2) 
+ideapad (встречается в 1 запросе, значимость 1) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254187</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стоять (встречается в 3 запросах, значимость 6) 
+планшет (встречается в 2 запросах, значимость 3) 
+прошивать (встречается в 1 запросе, значимость 3) 
+телефон (встречается в 1 запросе, значимость 3) 
+перепрошивать (встречается в 1 запросе, значимость 2) 
+прошивка (встречается в 2 запросах, значимость 2) 
+смартфон (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254029</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (24 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 20 запросах, значимость 20) 
+экран (встречается в 18 запросах, значимость 18) 
+хонор (встречается в 17 запросах, значимость 17) 
+honor (встречается в 7 запросах, значимость 7) 
+цена (встречается в 5 запросах, значимость 5) 
+матрица (встречается в 2 запросах, значимость 2) 
+play (встречается в 2 запросах, значимость 2) 
+хуавей (встречается в 2 запросах, значимость 2) 
+стоить (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255381</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (22 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 11 запросах, значимость 137) 
+xiaomi (встречается в 16 запросах, значимость 133) 
+телефон (встречается в 9 запросах, значимость 107) 
+замена (встречается в 11 запросах, значимость 11) 
+редми (встречается в 2 запросах, значимость 10) 
+redmi (встречается в 10 запросах, значимость 10) 
+note (встречается в 6 запросах, значимость 6) 
+pro (встречается в 6 запросах, значимость 6) 
+дисплей (встречается в 3 запросах, значимость 3) 
+экран (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 2 запросах, значимость 2) 
+рядом (встречается в 1 запросе, значимость 2) 
+разъем (встречается в 2 запросах, значимость 2) 
+зарядка (встречается в 1 запросе, значимость 1) 
+модуль (встречается в 1 запросе, значимость 1) 
+usb (встречается в 1 запросе, значимость 1) 
+срочный (встречается в 1 запросе, значимость 1) 
+mi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254923</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+meizu (встречается в 2 запросах, значимость 2) 
+батарея (встречается в 1 запросе, значимость 1) 
+note (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254570</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redmi (встречается в 6 запросах, значимость 9) 
+note (встречается в 6 запросах, значимость 9) 
+pro (встречается в 6 запросах, значимость 9) 
+замена (встречается в 5 запросах, значимость 8) 
+дисплей (встречается в 2 запросах, значимость 4) 
+xiaomi (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255252</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+note (встречается в 6 запросах, значимость 6) 
+xiaomi (встречается в 5 запросах, значимость 5) 
+замена (встречается в 2 запросах, значимость 2) 
+экран (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+экран (встречается в 4 запросах, значимость 4) 
+galaxy (встречается в 3 запросах, значимость 3) 
+samsung (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254763</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 6 запросах, значимость 7) 
+аккумулятор (встречается в 6 запросах, значимость 7) 
+samsung (встречается в 4 запросах, значимость 4) 
+galaxy (встречается в 3 запросах, значимость 4) 
+самсунг (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254663</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 5 запросах, значимость 5) 
+huawei (встречается в 4 запросах, значимость 4) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254486</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 6 запросах, значимость 27) 
+huawei (встречается в 5 запросах, значимость 26) 
+аккумулятор (встречается в 4 запросах, значимость 22) 
+lite (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254378</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/watch</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 6 запросах, значимость 75) 
+apple (встречается в 4 запросах, значимость 62) 
+час (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254112</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 6 запросах, значимость 18) 
+ipad (встречается в 5 запросах, значимость 16) 
+аккумулятор (встречается в 4 запросах, значимость 15) 
+air (встречается в 3 запросах, значимость 7) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254031</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 11 запросах, значимость 290) 
+телефон (встречается в 10 запросах, значимость 289) 
+самсунг (встречается в 8 запросах, значимость 255) 
+samsung (встречается в 3 запросах, значимость 35) 
+стоять (встречается в 1 запросе, значимость 2) 
+сервисный (встречается в 1 запросе, значимость 1) 
+мобильный (встречается в 1 запросе, значимость 1) 
+модуль (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+сервис (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254632</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+honor (встречается в 3 запросах, значимость 3) 
+замена (встречается в 3 запросах, значимость 3) 
+задний (встречается в 3 запросах, значимость 3) 
+крышка (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255467</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 8) 
+redmi (встречается в 2 запросах, значимость 7) 
+note (встречается в 2 запросах, значимость 7) 
+дисплей (встречается в 1 запросе, значимость 6) 
+экран (встречается в 2 запросах, значимость 2) 
+редми (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+xiaomi (встречается в 3 запросах, значимость 3) 
+redmi (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 2 запросах, значимость 2) 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+xiaomi (встречается в 3 запросах, значимость 3) 
+mi (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 2 запросах, значимость 2) 
+lite (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+redmi (встречается в 2 запросах, значимость 2) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+ксиаоми (встречается в 1 запросе, значимость 1) 
+редми (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+redmi (встречается в 3 запросах, значимость 3) 
+xiaomi (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+соня (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 1) 
+иксперия (встречается в 1 запросе, значимость 1) 
+sony (встречается в 1 запросе, значимость 1) 
+xperia (встречается в 1 запросе, значимость 1) 
+x (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254911</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 3 запросах, значимость 3) 
+samsung (встречается в 3 запросах, значимость 3) 
+galaxy (встречается в 3 запросах, значимость 3) 
+mini (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254823</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 4) 
+samsung (встречается в 3 запросах, значимость 4) 
+note (встречается в 3 запросах, значимость 4) 
+стекло (встречается в 2 запросах, значимость 2) 
+москва (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 2) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254819</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+samsung (встречается в 3 запросах, значимость 3) 
+note (встречается в 3 запросах, значимость 3) 
+lite (встречается в 3 запросах, значимость 3) 
+замена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254795</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+самсунг (встречается в 3 запросах, значимость 3) 
+замена (встречается в 2 запросах, значимость 2) 
+экран (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254702</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+экран (встречается в 2 запросах, значимость 2) 
+samsung (встречается в 2 запросах, значимость 2) 
+самсунг (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254694</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p30pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 5) 
+huawei (встречается в 3 запросах, значимость 5) 
+pro (встречается в 3 запросах, значимость 5) 
+экран (встречается в 1 запросе, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huawei (встречается в 3 запросах, значимость 3) 
+mate (встречается в 3 запросах, значимость 3) 
+pro (встречается в 3 запросах, значимость 3) 
+замена (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254426</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+стекло (встречается в 3 запросах, значимость 3) 
+asus (встречается в 3 запросах, значимость 3) 
+zenfone (встречается в 2 запросах, значимость 2) 
+max (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254285</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety-huavej/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 5) 
+стекло (встречается в 3 запросах, значимость 5) 
+планшет (встречается в 3 запросах, значимость 5) 
+хуавей (встречается в 2 запросах, значимость 4) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 2 запросах, значимость 2) 
+москва (встречается в 2 запросах, значимость 2) 
+тошиба (встречается в 2 запросах, значимость 2) 
+ноутбук (встречается в 2 запросах, значимость 2) 
+toshiba (встречается в 1 запросе, значимость 1) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+сателлит (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254191</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki/remont-videokarty</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 3 запросах, значимость 3) 
+видеокарта (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+чип (встречается в 2 запросах, значимость 2) 
+ноутбук (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+разъем (встречается в 3 запросах, значимость 4) 
+питание (встречается в 3 запросах, значимость 4) 
+ноутбук (встречается в 3 запросах, значимость 4) 
+ремонт (встречается в 1 запросе, значимость 2) 
+замена (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+asus (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254156</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (23 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 15 запросах, значимость 15) 
+хонор (встречается в 13 запросах, значимость 13) 
+honor (встречается в 10 запросах, значимость 10) 
+дисплей (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 4 запросах, значимость 4) 
+huawei (встречается в 2 запросах, значимость 2) 
+задний (встречается в 1 запросе, значимость 1) 
+микрофон (встречается в 1 запросе, значимость 1) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+кнопка (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255465</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (7 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 7 запросах, значимость 11) 
+телефон (встречается в 6 запросах, значимость 10) 
+zte (встречается в 6 запросах, значимость 10) 
+москва (встречается в 2 запросах, значимость 6) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 4 запросах, значимость 4) 
+meizu (встречается в 4 запросах, значимость 4) 
+телефон (встречается в 3 запросах, значимость 3) 
+мейза (встречается в 3 запросах, значимость 3) 
+москва (встречается в 2 запросах, значимость 2) 
+центр (встречается в 2 запросах, значимость 2) 
+сервисный (встречается в 1 запросе, значимость 1) 
+сервис (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254540</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+динамика (встречается в 7 запросах, значимость 7) 
+телефон (встречается в 6 запросах, значимость 6) 
+замена (встречается в 3 запросах, значимость 3) 
+ремонт (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+стоять (встречается в 2 запросах, значимость 2) 
+заменять (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254254</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ноутбук (встречается в 6 запросах, значимость 8) 
+asus (встречается в 4 запросах, значимость 6) 
+ремонт (встречается в 4 запросах, значимость 6) 
+асус (встречается в 3 запросах, значимость 4) 
+москва (встречается в 3 запросах, значимость 4) 
+замена (встречается в 2 запросах, значимость 3) 
+экран (встречается в 2 запросах, значимость 3) 
+сервисный (встречается в 2 запросах, значимость 2) 
+центр (встречается в 2 запросах, значимость 2) 
+стоимость (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 20 запросах, значимость 20) 
+smart (встречается в 16 запросах, значимость 16) 
+p (встречается в 15 запросах, значимость 15) 
+huawei (встречается в 13 запросах, значимость 13) 
+стекло (встречается в 9 запросах, значимость 9) 
+хуавей (встречается в 9 запросах, значимость 9) 
+экран (встречается в 6 запросах, значимость 6) 
+смарт (встречается в 6 запросах, значимость 6) 
+дисплей (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254509</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (4 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi4/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+И запросы:
+замена экрана xiaomi redmi 4  
+замена экрана redmi 4  
+замена дисплея xiaomi redmi 4  
+замена экрана на xiaomi redmi 4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла samsung galaxy s6 edge  
+замена стекла samsung s6 edge  
+замена стекла galaxy s6 edge  
+замена стекла самсунг s6 edge </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys7/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/smsng-galaxys7edge/zamena-akkumulyatora 
+И запросы:
+samsung s7 замена аккумулятора  
+galaxy s7 замена аккумулятора цена  
+замена аккумулятора samsung galaxy s7  
+замена аккумулятора galaxy s7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254018</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya31</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла самсунг а31  
+замена стекла на самсунг а31 цена  
+замена стекла на самсунг а31  
+замена стекла на телефоне самсунг а31 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/meizu-m3 
+https://pedant.ru/remont-telefonov/meizu 
+https://pedant.ru/remont-telefonov/meizu/zamena-displeya 
+И запросы:
+мейзу м3 сервисный центр  
+ремонт телефона meizu m3  
+ремонт мейзу м3  
+замена экрана meizu m3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254007</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya30s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya30s 
+https://pedant.ru/remont-telefonov/smsng-galaxya30s/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng-galaxya30s/zamena-stekla 
+И запросы:
+замена экрана самсунг а30s  
+samsung a30s замена дисплея  
+замена стекла samsung a30s  
+замена стекла на самсунг а30s </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+honor 8a замена дисплея цена  
+сколько стоит замена дисплея на хонор 8а  
+замена экрана хонор 8а стоимость ценами  
+ремонт дисплея хонор 8 а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253995</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-20pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла хонор 20 про стоимость  
+замена стекла honor 20 pro  
+замена стекла на хонор 20 про цена  
+замена стекла на хонор 20 про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253991</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redminote4x 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+И запросы:
+замена стекла на xiaomi redmi note 4x  
+замена экрана xiaomi note 4x  
+замена тачскрина на xiaomi redmi note 4x  
+замена дисплея redmi note 4 x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253981</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redminote4 
+https://pedant.ru/remont-telefonov/xiaomi-redminote4/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi-redminote4/zamena-stekla 
+И запросы:
+замена тачскрина redmi note 4  
+замена стекла на xiaomi redmi note 4  
+замена стекла на сяоми редми ноут 4  
+замена стекла на редми ноут 4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253980</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys9 
+https://pedant.ru/remont-telefonov/smsng-galaxys9/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxys9plus 
+И запросы:
+замена стекла на самсунг галакси s9  
+замена стекла на самсунг s9 цена  
+замена экрана galaxy s9 plus  
+замена стекла самсунг s9 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253969</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys8plus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена дисплея samsung galaxy s8 plus  
+замена стекла на самсунг s8 plus  
+замена стекла samsung s8 plus  
+замена дисплея galaxy s8 plus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253968</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys6 
+https://pedant.ru/remont-telefonov/smsng/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxys6edgeplus 
+И запросы:
+замена стекла samsung galaxy s6  
+замена стекла samsung s6  
+ремонт samsung s6  
+ремонт samsung galaxy s6 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253964</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys20g985f</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла samsung galaxy s20  
+замена стекла samsung s20  
+ремонт samsung galaxy s20  
+замена экрана самсунг s20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253962</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys10e</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла samsung s10e  
+замена стекла samsung s10e цена  
+galaxy s10e замена стекла  
+samsung s10e замена экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253960</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxyj5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана самсунг j5  
+замена экрана samsung j5  
+samsung galaxy j5 замена экрана  
+замена стекла на самсунг j5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253954</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-a3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-a3 
+https://pedant.ru/remont-telefonov/smsng-a3/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/smsng-a3/zamena-displeya 
+И запросы:
+замена батареи самсунг а3  
+samsung a3 замена дисплея  
+замена экрана самсунг а3 2016  
+замена экрана самсунг а3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-p20 
+https://pedant.ru/remont-telefonov/huavej-p20/zamena-displeya 
+https://pedant.ru/remont-telefonov/huavej-p20/zamena-stekla 
+И запросы:
+хуавей р20 замена экрана  
+huawei p20 замена экрана  
+замена заднего стекла huawei p20  
+замена экрана хуавей п 20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253939</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (5 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys7/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxys7edge/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxys7edge 
+И запросы:
+замена стекла samsung galaxy s7  
+замена стекла galaxy s7  
+замена стекла samsung s7  
+замена стекла на самсунг s7  
+samsung s7 замена стекла цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена аккумулятора iphone 5  
+замена аккумулятора на айфон 5  
+замена батареи на айфон 5  
+замена аккумулятора айфон 5  
+замена батареи айфон 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys6/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/smsng/zamena-akkumulyatora 
+И запросы:
+замена аккумулятора samsung galaxy s6  
+замена аккумулятора galaxy s6  
+galaxy s6 замена аккумулятора  
+samsung galaxy s6 замена аккумулятора  
+замена акб samsung s6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254017</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-9a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+honor 9a замена дисплея  
+замена экрана honor 9a  
+сколько стоит поменять стекло на хонор 9а  
+замена стекла на хонор 9а  
+замена стекла на хонор 9а цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor-20 
+https://pedant.ru/remont-telefonov/xonor-20/zamena-stekla 
+И запросы:
+замена стекла на хонор 20 цена москва  
+поменять стекло на хонор 20  
+сколько стоит поменять стекло на хонор 20  
+замена стекла на хонор 20  
+сколько стоит замена стекла на хонор 20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redminote5 
+https://pedant.ru/remont-telefonov/xiaomi-redminote5/zamena-displeya 
+И запросы:
+замена экрана xiaomi redmi note 5  
+замена экрана redmi note 5  
+xiaomi redmi note 5 замена дисплея  
+redmi note 5a замена дисплея  
+замена экрана xiaomi note 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253982</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла huawei p20 lite цена  
+замена экрана huawei p20 lite  
+замена экрана хуавей р20 лайт  
+huawei 20 lite замена экрана  
+замена дисплея на хуавей п20 лайт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-mate20lite 
+https://pedant.ru/remont-telefonov/huavej-mate20pro 
+https://pedant.ru/remont-telefonov/huavej/zamena-displeya 
+И запросы:
+замена экрана huawei mate  
+замена экрана huawei mate 20 lite  
+huawei mate 20 lite замена дисплея  
+замена экрана хуавей мейт 20 лайт  
+замена стекла huawei mate 20 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253936</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 8 запросах, значимость 8) 
+батарея (встречается в 6 запросах, значимость 6) 
+хонор (встречается в 4 запросах, значимость 4) 
+honor (встречается в 4 запросах, значимость 4) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 8 запросах, значимость 8) 
+redmi (встречается в 7 запросах, значимость 7) 
+xiaomi (встречается в 4 запросах, значимость 4) 
+дисплей (встречается в 2 запросах, значимость 2) 
+тачскрин (встречается в 2 запросах, значимость 2) 
+батарея (встречается в 1 запросе, значимость 1) 
+камера (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 6 запросах, значимость 7) 
+samsung (встречается в 5 запросах, значимость 5) 
+galaxy (встречается в 4 запросах, значимость 5) 
+экран (встречается в 4 запросах, значимость 5) 
+дисплей (встречается в 2 запросах, значимость 2) 
+самсунг (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254875</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+клавиатура (встречается в 8 запросах, значимость 42) 
+замена (встречается в 7 запросах, значимость 41) 
+ноутбук (встречается в 6 запросах, значимость 35) 
+цена (встречается в 2 запросах, значимость 18) 
+dell (встречается в 2 запросах, значимость 6) 
+ремонт (встречается в 2 запросах, значимость 4) 
+асус (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254121</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-6s/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 8 запросах, значимость 10) 
+iphone (встречается в 5 запросах, значимость 6) 
+аккумулятор (встречается в 5 запросах, значимость 5) 
+официальный (встречается в 1 запросе, значимость 1) 
+сервис (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254034</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (20 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 20 запросах, значимость 20) 
+хонор (встречается в 13 запросах, значимость 13) 
+лайт (встречается в 11 запросах, значимость 11) 
+lite (встречается в 9 запросах, значимость 9) 
+honor (встречается в 7 запросах, значимость 7) 
+стекло (встречается в 6 запросах, значимость 6) 
+задний (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255695</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 15 запросах, значимость 15) 
+хонор (встречается в 10 запросах, значимость 10) 
+honor (встречается в 10 запросах, значимость 10) 
+цена (встречается в 4 запросах, значимость 4) 
+динамика (встречается в 3 запросах, значимость 3) 
+сенсор (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255596</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стекло (встречается в 20 запросах, значимость 40) 
+замена (встречается в 18 запросах, значимость 38) 
+xiaomi (встречается в 12 запросах, значимость 31) 
+телефон (встречается в 7 запросах, значимость 18) 
+redmi (встречается в 7 запросах, значимость 7) 
+стоять (встречается в 2 запросах, значимость 4) 
+цена (встречается в 2 запросах, значимость 2) 
+редми (встречается в 1 запросе, значимость 2) 
+mi (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254942</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-9c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+honor  — не менее 3 раз 
+c  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея honor 9 c </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256229</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8a/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт стекла хонор 8а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256228</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+динамика  — не менее 3 раз 
+хонор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена динамика на хонор 8а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256227</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-8s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на хонор 8с </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256226</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7apro/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+хонор  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на хонор 7а про цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256213</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7apro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+honor  — не менее 3 раз 
+pro  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена батареи honor 7a pro </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256202</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+honor  — не менее 3 раз 
+замена  — не менее 3 раз 
+динамика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor 7 замена динамика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256201</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xonor-5c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+honor  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея honor 5c </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+honor  — не менее 3 раз 
+pro  — не менее 3 раз 
+замена  — не менее 3 раз 
+задний  — не менее 3 раз 
+крышка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+honor 20 pro замена задней крышки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256151</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote9pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+redmi  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redmi 9 замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана xiaomi note 7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256120</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redmi note 3 ремонт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+plus  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея xiaomi redmi 5 plus  
+замена дисплея redmi 5 plus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256117</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi3s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+redmi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт redmi 3s </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256116</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-minote10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+mi  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея mi note 10 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256114</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mia1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла xiaomi mi a1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256112</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mi9tpro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+pro  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+xiaomi mi 9t pro замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256111</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mi6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт xiaomi mi6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256108</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redminote9s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+редми  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана редми 9 с цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256106</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi4a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+redmi  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redmi 4a замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256105</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-mia2/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+mi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея xiaomi mi a2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256104</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi7/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+редми  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея редми 7а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256083</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi-redmi3/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора xiaomi redmi 3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256034</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/xiaomi/zamena-polifonicheskogo-dinamika</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+динамика  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+redmi  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена динамика xiaomi redmi note  
+замена динамика xiaomi redmi </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана s8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256027</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys6/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла galaxy s6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256023</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys4/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана samsung galaxy s4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+mini  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла samsung galaxy s4 mini цена  
+замена стекла на samsung galaxy s4 mini  
+замена стекла samsung galaxy s4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена дисплея самсунг а51 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256016</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-a5/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на самсунг а5 2016 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256014</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys10lite/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+lite  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла samsung galaxy s10 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256011</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya82018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+samsung  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла samsung a8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+зарядный  — не менее 3 раз 
+устройство  — не менее 3 раз 
+телефон  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт зарядного устройства для телефона цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256009</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys5/zamena-perednej-kamery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+камера  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена камеры на samsung galaxy s5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256008</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys3/zamena-perednej-kamery</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+камера  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена камеры samsung galaxy s3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+микрофон  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена микрофона в смартфоне </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256006</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya6sm-a600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана самсунг а6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256004</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya72018sma750/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+samsung  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+samsung a7 замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255977</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys6edge/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+edge  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора samsung galaxy s6 edge  
+samsung s6 edge замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+samsung  — не менее 3 раз 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+samsung s7 замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255950</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya80</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+samsung  — не менее 3 раз 
+galaxy  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт samsung galaxy a80 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255942</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/nokia/msk-zyzino</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+нокиа  — не менее 3 раз 
+москва  — не менее 3 раз 
+адрес  — не менее 3 раз 
+юзао  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов нокиа в москве адреса юзао </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255930</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m6/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+мейза  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана мейзу м6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255928</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m5s</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+meizu  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана meizu m5s </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255926</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m5note</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+meizu  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана meizu m5 note </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255925</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m5</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+meizu  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана meizu m5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255924</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/meizu-m3note</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+meizu  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана meizu m3 note </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255923</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+батарея  — не менее 3 раз 
+meizu  — не менее 3 раз 
+note  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена батареи meizu m2 note </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255922</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+мейза  — не менее 3 раз 
+мини  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на мейзу м2 мини </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255920</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/lenovo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+леновый  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт смартфонов леново в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255916</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/lenovo/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+lenovo  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла lenovo </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+huawei  — не менее 3 раз 
+pro  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана huawei p30 pro </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+динамика  — не менее 3 раз 
+huawei  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена динамика huawei p20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255910</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p10/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+huawei  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на huawei p10 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255908</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-nova</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+huawei  — не менее 3 раз 
+nova  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт huawei nova </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255906</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-mate20/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+mate  — не менее 3 раз 
+замена  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei mate 20 замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255887</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+lite  — не менее 3 раз 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei p10 lite замена аккумулятора  
+замена аккумулятора на huawei p9 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255884</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/htc-ones/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дисплей  — не менее 3 раз 
+htc  — не менее 3 раз 
+one  — не менее 3 раз 
+замена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дисплей htc one s замена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255853</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/asus-zenfone3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+asus  — не менее 3 раз 
+zenfone  — не менее 3 раз 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+asus zenfone 3 замена стекла </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255833</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/asus-zenfone2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+асус  — не менее 3 раз 
+зенфон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефона асус зенфон 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255828</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-naushnikov/naushniki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+наушник  — не менее 3 раз 
+asus  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт наушников asus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255822</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-planshetov/planshety-smsng</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+планшет  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов планшетов самсунг </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255807</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+планшет  — не менее 3 раз 
+хуавей  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на планшете хуавей цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huawei  — не менее 3 раз 
+mediapad  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+замена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huawei mediapad t3 дисплей замена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255798</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+планшет  — не менее 3 раз 
+dell  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана планшета dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255797</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-noutbukov/noutbuki-dell</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сервисный  — не менее 3 раз 
+центр  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+dell  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сервисный центр ноутбуков dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+чип  — не менее 3 раз 
+видеокарта  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена чипа видеокарты на ноутбуке цена  
+замена чипа видеокарты цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255789</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-computerov/computers/remont-materinskoj-platy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+материнский  — не менее 3 раз 
+плата  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена материнской платы цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255784</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-computerov/computers-irbis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+компьютер  — не менее 3 раз 
+ирбис  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт компьютеров ирбис </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255779</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+час  — не менее 3 раз 
+apple  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт часов apple </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255778</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+macbook  — не менее 3 раз 
+air  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора macbook air 13 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255770</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-xs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+айфон  — не менее 3 раз 
+xs  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт айфон xs </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255760</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-xs/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+iphone  — не менее 3 раз 
+xs  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на iphone xs </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255759</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+нижний  — не менее 3 раз 
+шлейф  — не менее 3 раз 
+iphone  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена нижнего шлейфа iphone 8 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255758</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+айфон  — не менее 3 раз 
+n  — не менее 3 раз 
+system  — не менее 3 раз 
+ru  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт айфон 7 n system ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255752</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+айфон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов айфон 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255741</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-11pro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+айфон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла на айфон 11 про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+динамика  — не менее 3 раз 
+iphone  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт динамика iphone </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255728</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-mini3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+ipad  — не менее 3 раз 
+mini  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт ipad mini 3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255727</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-air</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+ipad  — не менее 3 раз 
+air  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт ipad air </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255726</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+ipad  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт ipad 4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255725</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-pro112021/zamena-screen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+экран  — не менее 3 раз 
+ipad  — не менее 3 раз 
+pro  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена экрана ipad pro 11  
+замена экрана ipad pro </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255720</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+стекло  — не менее 3 раз 
+apple  — не менее 3 раз 
+ipad  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена стекла apple ipad </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+iphone  — не менее 3 раз 
+официальный  — не менее 3 раз 
+сервис  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора iphone 6s официальный сервис </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+ipad  — не менее 3 раз 
+air  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора ipad air 1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255701</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-2/zamena-akkumulyatora</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+замена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+ipad  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+замена аккумулятора ipad 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255700</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (13 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+телефон  — не менее 3 раз 
+xiaomi  — не менее 3 раз 
+сяоми  — не менее 3 раз 
+редми  — не менее 3 раз 
+mi  — не менее 3 раз 
+рядом  — не менее 3 раз 
+срочный  — не менее 3 раз 
+замена  — не менее 3 раз 
+usb  — не менее 3 раз 
+разъем  — не менее 3 раз 
+redmi  — не менее 3 раз 
+pro  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+экран  — не менее 3 раз 
+note  — не менее 3 раз 
+модуль  — не менее 3 раз 
+стекло  — не менее 3 раз 
+зарядка  — не менее 3 раз 
+камера  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов xiaomi  
+ремонт телефонов xiaomi рядом со мной  
+замена дисплея redmi note 6 pro  
+замена экрана xiaomi redmi 6 pro  
+замена разъема зарядки xiaomi redmi note  
+redmi note 4x замена стекла  
+замена экрана xiaomi redmi note 6 pro  
+замена модуля xiaomi redmi note 4x  
+redmi 6 pro замена экрана  
+xiaomi redmi note 6 pro замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256031</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (6 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-a5/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/smsng/zamena-akkumulyatora 
+И запросы:
+замена аккумулятора samsung a5 2016  
+замена аккумулятора самсунг а5  
+замена аккумулятора samsung galaxy a5 2016  
+samsung galaxy a5 замена аккумулятора  
+samsung a5 замена аккумулятора  
+galaxy a5 замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254016</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+honor 8 замена  
+замена стекла honor 8  
+ремонт экрана хонор 8  
+ремонт стекла хонор 8  
+замена заднего стекла honor 8  
+ремонт экрана телефона хонор 8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor/zamena-stekla 
+https://pedant.ru/remont-telefonov/xonor/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor-8/zamena-stekla 
+https://pedant.ru/remont-telefonov/xonor-20pro/zamena-stekla 
+https://pedant.ru/remont-telefonov/xonor 
+https://pedant.ru/remont-telefonov/xonor-20 
+И запросы:
+замена стекла хонор плей цена  
+замена стекла на хонор 8 c  
+замена стекла honor pro  
+замена стекла honor play  
+замена стекла honor 20 s  
+honor 20s замена стекла цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi5 
+https://pedant.ru/remont-telefonov/xiaomi-redmi5/zamena-displeya 
+И запросы:
+замена экрана xiaomi redmi 5  
+замена экрана сяоми редми 5  
+замена дисплея redmi 5  
+замена дисплея redmi 5a  
+замена тачскрина на xiaomi redmi 5  
+замена тачскрина redmi 5 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253979</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys7edge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена дисплея samsung galaxy s7 edge  
+замена экрана samsung galaxy s7 edge  
+замена стекла samsung s7 edge  
+замена экрана galaxy s7 edge  
+замена дисплея samsung s7 edge  
+замена стекла самсунг s7 edge </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253966</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/iphone-xr/zamena-displeya</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (3 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+ремонт стекла iphone xr  
+замена стекла xr  
+замена стекла iphone xr цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла asus zenfone m2  
+asus max m2 замена стекла  
+замена стекла на asus zenfone max m2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya72018sma750 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng/zamena-stekla 
+И запросы:
+замена экрана самсунг а7  
+ремонт экрана самсунг а7  
+замена стекла на самсунг а7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi6 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi 
+И запросы:
+замена дисплея xiaomi redmi 6  
+замена экрана xiaomi redmi 6  
+замена тачскрина redmi 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxyj1smj120 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+И запросы:
+замена экрана самсунг j1  
+замена дисплея samsung j1  
+замена экрана samsung j1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254011</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/huavej-p30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+huawei p30 замена экрана цена  
+замена экрана huawei p30  
+замена дисплея huawei p30 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/xonor-8/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/xonor-8a 
+И запросы:
+замена батареи на хонор 8  
+honor 8a замена батареи  
+honor 8 замена батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253985</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi4 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+https://pedant.ru/remont-telefonov/xiaomi 
+И запросы:
+замена стекла на xiaomi redmi 4  
+замена стекла на ксиаоми редми 4  
+redmi 4 ремонт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253977</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi3 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+https://pedant.ru/remont-telefonov/xiaomi 
+И запросы:
+замена стекла на xiaomi redmi 3  
+ремонт xiaomi redmi 3  
+xiaomi 3 ремонт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-mi8 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+И запросы:
+замена стекла xiaomi mi 8  
+замена стекла xiaomi mi 8 lite  
+xiaomi mi 8 lite замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253974</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+И запросы:
+замена модуля xiaomi redmi note 4x  
+redmi note 4x замена стекла  
+замена стекла камеры xiaomi redmi 9c </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys4 
+https://pedant.ru/remont-telefonov/smsng/zamena-stekla 
+И запросы:
+замена стекла samsung galaxy s4 mini цена  
+замена стекла на samsung galaxy s4 mini  
+замена стекла samsung galaxy s4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253963</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys10plus-g975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла samsung galaxy plus  
+замена стекла galaxy s10 plus  
+ремонт samsung galaxy s10 plus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253961</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10liten770f 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10 
+И запросы:
+ремонт samsung note 10 lite  
+замена стекла samsung note 10 lite  
+замена стекла samsung galaxy note 10 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253957</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10/zamena-stekla 
+И запросы:
+замена дисплея samsung note 10  
+замена стекла samsung note 10  
+galaxy note 10 замена стекла </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253956</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана самсунг j7  
+замена дисплея samsung j7  
+самсунг j7 замена дисплея цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253955</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxyj3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена дисплея самсунг j3  
+замена дисплея samsung j3  
+замена экрана самсунг j3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253953</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya70</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya70 
+https://pedant.ru/remont-telefonov/smsng-galaxya70/zamena-displeya 
+И запросы:
+замена экрана самсунг а70  
+ремонт samsung a70  
+замена экрана samsung a70 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253952</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxy-a30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxy-a30 
+https://pedant.ru/remont-telefonov/smsng-galaxya30a305/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng-galaxya30a305 
+И запросы:
+замена экрана самсунг а30  
+замена экрана самсунг а30 цена  
+ремонт samsung galaxy a30 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253948</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya10 
+https://pedant.ru/remont-telefonov/smsng-galaxya10/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxya10/zamena-displeya 
+И запросы:
+замена стекла samsung galaxy a10  
+замена экрана galaxy a10  
+samsung galaxy a10 замена экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253947</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-noutbukov/noutbuki/remont-klaviatury 
+https://pedant.ru/remont-noutbukov/noutbuki-dell 
+https://pedant.ru/remont-noutbukov/noutbuki-asus 
+И запросы:
+замена клавиатуры на ноутбуке dell  
+замена клавиатуры на ноутбуке асус  
+замена клавиатуры dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253928</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-air2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-apple/ipad-air2 
+https://pedant.ru/remont-apple/ipad-air2/zamena-stekla 
+https://pedant.ru/remont-apple/ipad-air2/zamena-screen 
+И запросы:
+замена стекла на ipad air 2  
+замена экрана ipad air 2  
+ipad air 2 замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253925</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена аккумулятора ipad air  
+замена батареи ipad air  
+замена аккумулятора ipad air 1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253923</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+honor (встречается в 1 запросе, значимость 1) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+honor (встречается в 2 запросах, значимость 2) 
+замена (встречается в 2 запросах, значимость 2) 
+батарея (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+mi (встречается в 2 запросах, значимость 2) 
+max (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+xiaomi (встречается в 2 запросах, значимость 2) 
+mi (встречается в 2 запросах, значимость 2) 
+pro (встречается в 2 запросах, значимость 2) 
+замена (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255138</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mi (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+se (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+redmi (встречается в 2 запросах, значимость 2) 
+note (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 1) 
+redmi (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+редми (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+дисплей (встречается в 2 запросах, значимость 2) 
+mi (встречается в 2 запросах, значимость 2) 
+max (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+mix (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254994</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+xiaomi (встречается в 2 запросах, значимость 2) 
+redmi (встречается в 2 запросах, значимость 2) 
+аккумулятор (встречается в 1 запросе, значимость 1) 
+батарея (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+динамика (встречается в 2 запросах, значимость 2) 
+xiaomi (встречается в 2 запросах, значимость 2) 
+redmi (встречается в 2 запросах, значимость 2) 
+note (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+аккумулятор (встречается в 2 запросах, значимость 2) 
+samsung (встречается в 2 запросах, значимость 2) 
+edge (встречается в 2 запросах, значимость 2) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254668</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 7) 
+филипс (встречается в 1 запросе, значимость 7) 
+москва (встречается в 1 запросе, значимость 7) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+philips (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+meizu (встречается в 2 запросах, значимость 2) 
+замена (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 2 запросах, значимость 2) 
+lg (встречается в 2 запросах, значимость 2) 
+официальный (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+смартфон (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254539</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+lenovo (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 1 запросе, значимость 1) 
+хуавей (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+huawei (встречается в 1 запросе, значимость 1) 
+lite (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huawei (встречается в 2 запросах, значимость 2) 
+nova (встречается в 2 запросах, значимость 2) 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+htc (встречается в 2 запросах, значимость 2) 
+one (встречается в 2 запросах, значимость 2) 
+x (встречается в 2 запросах, значимость 2) 
+замена (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254346</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 2 запросах, значимость 2) 
+планшет (встречается в 2 запросах, значимость 2) 
+самсунг (встречается в 2 запросах, значимость 2) 
+телефон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 2 запросах, значимость 2) 
+xs (встречается в 2 запросах, значимость 2) 
+айфон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 8) 
+стекло (встречается в 1 запросе, значимость 7) 
+айфон (встречается в 1 запросе, значимость 7) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254071</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 3) 
+экран (встречается в 2 запросах, значимость 3) 
+ipad (встречается в 2 запросах, значимость 3) 
+pro (встречается в 2 запросах, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 2 запросах, значимость 4) 
+стекло (встречается в 2 запросах, значимость 4) 
+apple (встречается в 1 запросе, значимость 1) 
+ipad (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254056</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (19 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 16 запросах, значимость 16) 
+хонор (встречается в 13 запросах, значимость 13) 
+экран (встречается в 7 запросах, значимость 7) 
+цена (встречается в 6 запросах, значимость 6) 
+honor (встречается в 6 запросах, значимость 6) 
+телефон (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 3 запросах, значимость 3) 
+батарея (встречается в 1 запросе, значимость 1) 
+модуль (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+c (встречается в 1 запросе, значимость 1) 
+сенсор (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255320</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+планшет (встречается в 11 запросах, значимость 168) 
+ремонт (встречается в 9 запросах, значимость 162) 
+срочный (встречается в 1 запросе, значимость 2) 
+починять (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254219</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (7 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/zamena-polifonicheskogo-dinamika 
+https://pedant.ru/remont-telefonov/zamena-dinamika 
+https://pedant.ru/remont-apple/iphone/zamena-dinamika 
+https://pedant.ru/remont-telefonov 
+И запросы:
+ремонт динамика телефона цена  
+замена динамика в телефоне цена  
+сколько стоит поменять динамик на телефоне  
+сколько стоит заменить динамик на телефоне  
+замена динамика в телефоне  
+ремонт динамика телефона  
+замена динамика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor-7a 
+https://pedant.ru/remont-telefonov/xonor-7a/zamena-displeya 
+И запросы:
+замена экрана хонор 7а  
+замена экрана на хонор 7а цена  
+замена сенсора honor 7a  
+хонор 7а ремонт дисплея  
+honor 7a тачскрин замена  
+honor 7a замена  
+сколько стоит замена экрана на honor 7a </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor 
+https://pedant.ru/remont-telefonov/xonor/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor-8/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor-7c 
+И запросы:
+замена экрана honor 6c pro цена  
+замена дисплея honor play  
+замена дисплея на хонор 8 про  
+замена стекла на хонор плей  
+замена экрана honor 8 pro  
+замена экрана хонор 8c  
+honor 7c pro замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253984</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi 
+https://pedant.ru/remont-telefonov/xiaomi-redminote8/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi-redmi5/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi-redminote5 
+И запросы:
+xiaomi замена  
+замена экрана redmi 8  
+замена дисплея xiaomi redmi 8  
+замена экрана на xiaomi redmi 5a  
+замена экрана redmi note 5a  
+xiaomi redmi note 5a замена экрана  
+замена дисплея redmi 8 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сколько стоит замена жесткого диска  
+сколько стоит поменять жесткий диск на ноутбуке  
+сколько стоит замена жесткого диска на ноутбуке  
+поменять жесткий диск на ноутбуке цена  
+сколько стоит заменить жесткий диск на ноутбуке  
+стоимость замены жесткого диска на ноутбуке  
+стоимость замены жесткого диска на ноутбуке цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253930</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (9 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 8 запросах, значимость 8) 
+хонор (встречается в 7 запросах, значимость 7) 
+лайт (встречается в 7 запросах, значимость 7) 
+дисплей (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+honor (встречается в 2 запросах, значимость 2) 
+lite (встречается в 2 запросах, значимость 2) 
+тачскрин (встречается в 2 запросах, значимость 2) 
+экран (встречается в 1 запросе, значимость 1) 
+модуль (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255466</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стекло (встречается в 9 запросах, значимость 27) 
+самсунг (встречается в 7 запросах, значимость 25) 
+замена (встречается в 8 запросах, значимость 23) 
+телефон (встречается в 4 запросах, значимость 20) 
+samsung (встречается в 2 запросах, значимость 2) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254764</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 9 запросах, значимость 46) 
+аккумулятор (встречается в 7 запросах, значимость 44) 
+самсунг (встречается в 2 запросах, значимость 24) 
+samsung (встречается в 6 запросах, значимость 21) 
+galaxy (встречается в 3 запросах, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+старый  — не менее 3 раз 
+телефон  — не менее 3 раз 
+близкий  — не менее 3 раз 
+стоять  — не менее 3 раз 
+сервис  — не менее 3 раз 
+номер  — не менее 3 раз 
+починять  — не менее 3 раз 
+отремонтировать  — не менее 3 раз 
+адрес  — не менее 3 раз 
+китайский  — не менее 3 раз 
+смартфон  — не менее 3 раз 
+быстрый  — не менее 3 раз 
+мобильный  — не менее 3 раз 
+чинить  — не менее 3 раз 
+сотовый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремонт телефонов  
+ближайший ремонт телефонов  
+сервис телефонов  
+сколько стоит ремонт телефона  
+ремонт телефонов ближайший ко мне  
+сервис ремонта телефонов  
+ремонт китайских смартфонов  
+ремонт мобильного телефона  
+ремонт старых телефонов  
+чинить телефон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255810</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (8 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxys7 
+https://pedant.ru/remont-telefonov/smsng-galaxys7edge 
+И запросы:
+замена дисплея samsung galaxy s7  
+замена экрана samsung galaxy s7  
+замена дисплея samsung s7  
+ремонт galaxy s7  
+замена экрана galaxy s7  
+ремонт samsung s7  
+замена экрана samsung s7  
+замена экрана самсунг s7 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej/zamena-displeya 
+https://pedant.ru/remont-telefonov/huavej 
+https://pedant.ru/remont-telefonov/huavej-psmart/zamena-displeya 
+И запросы:
+замена экрана хуавей у5 2019 сао  
+huawei p smart z замена экрана  
+замена дисплея honor p smart z  
+замена экрана huawei p smart 2019  
+замена экрана хуавей п смарт 2019  
+замена дисплея huawei p smart 2019  
+замена экрана на хуавей смарт  
+замена дисплея хуавей п смарт 2019 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253935</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (10 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+хонор (встречается в 6 запросах, значимость 6) 
+замена (встречается в 5 запросах, значимость 5) 
+honor (встречается в 4 запросах, значимость 4) 
+камера (встречается в 1 запросе, значимость 1) 
+корпус (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 9 запросах, значимость 13) 
+samsung (встречается в 5 запросах, значимость 9) 
+стекло (встречается в 5 запросах, значимость 6) 
+самсунг (встречается в 4 запросах, значимость 4) 
+дисплей (встречается в 1 запросе, значимость 4) 
+экран (встречается в 3 запросах, значимость 3) 
+galaxy (встречается в 3 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 10 запросах, значимость 10) 
+huawei (встречается в 7 запросах, значимость 7) 
+lite (встречается в 7 запросах, значимость 7) 
+задний (встречается в 1 запросе, значимость 1) 
+крышка (встречается в 1 запросе, значимость 1) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 8 запросах, значимость 10) 
+телефон (встречается в 5 запросах, значимость 7) 
+asus (встречается в 5 запросах, значимость 7) 
+сервисный (встречается в 3 запросах, значимость 3) 
+центр (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254287</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+жесткий (встречается в 10 запросах, значимость 16) 
+диск (встречается в 10 запросах, значимость 16) 
+замена (встречается в 6 запросах, значимость 10) 
+стоять (встречается в 5 запросах, значимость 9) 
+стоимость (встречается в 3 запросах, значимость 3) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254159</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 14 запросах, значимость 14) 
+redmi (встречается в 12 запросах, значимость 12) 
+xiaomi (встречается в 10 запросах, значимость 10) 
+стекло (встречается в 5 запросах, значимость 5) 
+дисплей (встречается в 4 запросах, значимость 4) 
+экран (встречается в 3 запросах, значимость 3) 
+редми (встречается в 3 запросах, значимость 3) 
+ремонт (встречается в 3 запросах, значимость 3) 
+тачскрин (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+сяоми (встречается в 2 запросах, значимость 2) 
+x (встречается в 2 запросах, значимость 2) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254996</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (2 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi4/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-akkumulyatora 
+И запросы:
+замена аккумулятора xiaomi redmi 4  
+xiaomi redmi 4 замена батареи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redminote4x/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+И запросы:
+замена экрана xiaomi redmi note 4x  
+redmi note 4x замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена аккумулятора samsung galaxy s6 edge  
+samsung s6 edge замена аккумулятора </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254020</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya50a505/zamena-displeya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+ремонт телефона самсунг а50  
+ремонт экрана самсунг а50 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254019</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-polifonicheskogo-dinamika 
+https://pedant.ru/remont-telefonov/xiaomi 
+И запросы:
+замена динамика xiaomi redmi note  
+замена динамика xiaomi redmi </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254010</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote10plusn975f</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10plusn975f 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10plusn975f/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxynote10 
+И запросы:
+замена стекла note 10 plus  
+ремонт samsung galaxy note </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi7 
+https://pedant.ru/remont-telefonov/xiaomi-redmi7/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi-redmi7/zamena-stekla 
+И запросы:
+замена экрана redmi 7a  
+замена стекла редми 7а </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254006</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана самсунг а 12 цена  
+замена экрана на самсунг а 12 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254005</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/ipad-2018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла ipad 2018  
+замена тачскрина ipad 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor-6c 
+https://pedant.ru/remont-telefonov/xonor/zamena-akkumulyatora 
+https://pedant.ru/remont-telefonov/xonor/zamena-displeya 
+И запросы:
+honor 6c замена батареи  
+honor 6c замена дисплея </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253992</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+хонор 8с сколько будет стоить замена матрицы  
+замена экрана хонор 8 про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253986</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла на xiaomi redmi note 7  
+xiaomi redmi note 7 ремонт экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253983</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-mi9 
+https://pedant.ru/remont-telefonov/xiaomi-mi9t 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+И запросы:
+ремонт телефона xiaomi mi 9  
+замена экрана mi 9 se </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/sony 
+https://pedant.ru/remont-telefonov/sony/zamena-displeya 
+И запросы:
+замена экрана телефона sony  
+замена экрана sony </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253971</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxys9plus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла galaxy s9 plus  
+замена стекла samsung galaxy s9 plus </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253970</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxynote8sm-n950 
+https://pedant.ru/ 
+И запросы:
+замена стекла samsung note 8 москва  
+замена стекла samsung galaxy note 8 москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng/msk-kommunarka 
+https://pedant.ru/remont-telefonov/smsng/zamena-stekla 
+И запросы:
+замена экрана samsung galaxy a30 в коммунарке  
+замена тачскрина samsung </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253944</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng/programmnyj-remont-pereproshivka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+перепрошить телефон самсунг  
+сколько стоит прошить телефон samsung </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253943</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-p30lite 
+https://pedant.ru/remont-telefonov/huavej-p20lite 
+И запросы:
+huawei lite замена дисплея  
+huawei lite замена экрана </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253941</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-p10lite 
+https://pedant.ru/remont-telefonov/huavej 
+https://pedant.ru/remont-telefonov/huavej/zamena-displeya 
+И запросы:
+замена стекла на хуавей р10  
+замена дисплея на huawei p10 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-nova2 
+https://pedant.ru/remont-telefonov/huavej-nova 
+И запросы:
+замена экрана huawei nova 2  
+ремонт huawei nova 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/htc-onex 
+https://pedant.ru/remont-telefonov/htc 
+И запросы:
+замена тачскрина htc one x  
+ремонт htc one x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253934</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана на htc one  
+замена стекла htc one стоимость </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253933</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла на планшете леново  
+замена стекла на планшете lenovo </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253931</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/watch/zamena-stekla</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла apple watch 3 42 цена  
+замена стекла apple watch 3 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253927</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-apple/macbookpro/zamena-klaviatury</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-apple/macbookpro/zamena-klaviatury 
+https://pedant.ru/remont-apple/macbook/zamena-klaviatury 
+https://pedant.ru/remont-apple/macbookpro-13incha1706/zamena-klaviatury 
+И запросы:
+замена клавиатуры macbook pro  
+замена клавиатуры macbook pro 13 2017 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253926</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сколько стоит замена стекла на айпад  
+замена стекла apple ipad </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253924</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (9 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor-8lite 
+https://pedant.ru/remont-telefonov/xonor/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor 
+https://pedant.ru/remont-telefonov/xonor-8/zamena-stekla 
+И запросы:
+замена дисплея хонор 8 лайт  
+замена экрана хонор 8 лайт цена  
+замена стекла на хонор 8 лайт  
+honor 8 lite замена тачскрина  
+honor 8 lite замена дисплея  
+замена модуля хонор 8 лайт  
+ремонт хонор 8 лайт  
+замена тачскрина хонор 8 лайт  
+замена стекла на хонор 8 лайт цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253996</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote9sm-n960</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+samsung galaxy note 9 замена экрана  
+замена экрана samsung note 9  
+замена экрана galaxy note 9  
+замена дисплея samsung galaxy note  
+замена стекла samsung galaxy note  
+замена стекла samsung galaxy note 9 цена  
+ремонт samsung note 9  
+замена стекла galaxy note 9  
+замена стекла samsung note 9 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253959</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya40a405 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng-galaxya40/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxya40 
+https://pedant.ru/remont-telefonov/smsng-galaxya40/zamena-displeya 
+И запросы:
+замена экрана самсунг а40 цена  
+замена стекла на самсунг а40 цена  
+замена стекла samsung galaxy a40  
+samsung a40 замена стекла  
+ремонт samsung galaxy a40  
+замена стекла на самсунг а40  
+замена экрана samsung a40  
+galaxy a40 замена стекла  
+замена дисплея samsung a40 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253949</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redmi (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255267</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+стекло (встречается в 11 запросах, значимость 70) 
+телефон (встречается в 7 запросах, значимость 64) 
+замена (встречается в 7 запросах, значимость 50) 
+стоять (встречается в 3 запросах, значимость 44) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254252</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+note (встречается в 11 запросах, значимость 11) 
+redmi (встречается в 9 запросах, значимость 9) 
+замена (встречается в 9 запросах, значимость 9) 
+дисплей (встречается в 3 запросах, значимость 3) 
+батарея (встречается в 1 запросе, значимость 1) 
+pro (встречается в 1 запросе, значимость 1) 
+динамика (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 11 запросах, значимость 11) 
+huawei (встречается в 8 запросах, значимость 8) 
+lite (встречается в 8 запросах, значимость 8) 
+экран (встречается в 3 запросах, значимость 3) 
+дисплей (встречается в 2 запросах, значимость 2) 
+крышка (встречается в 2 запросах, значимость 2) 
+задний (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254376</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+планшет (встречается в 11 запросах, значимость 28) 
+ремонт (встречается в 8 запросах, значимость 25) 
+леновый (встречается в 8 запросах, значимость 25) 
+lenovo (встречается в 3 запросах, значимость 3) 
+замена (встречается в 3 запросах, значимость 3) 
+рядом (встречается в 1 запросе, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+сервисный (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254227</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 11 запросах, значимость 18) 
+ноутбук (встречается в 10 запросах, значимость 17) 
+матрица (встречается в 8 запросах, значимость 15) 
+asus (встречается в 7 запросах, значимость 14) 
+цена (встречается в 5 запросах, значимость 7) 
+dell (встречается в 3 запросах, значимость 3) 
+экран (встречается в 2 запросах, значимость 2) 
+стоять (встречается в 1 запросе, значимость 1) 
+монитор (встречается в 1 запросе, значимость 1) 
+асус (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254150</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (14 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 10 запросах, значимость 47) 
+телефон (встречается в 8 запросах, значимость 39) 
+huawei (встречается в 8 запросах, значимость 32) 
+хуавей (встречается в 6 запросах, значимость 24) 
+москва (встречается в 3 запросах, значимость 14) 
+сервис (встречается в 2 запросах, значимость 7) 
+замена (встречается в 2 запросах, значимость 2) 
+гарантийный (встречается в 1 запросе, значимость 1) 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+сотовый (встречается в 1 запросе, значимость 1) 
+мобильный (встречается в 1 запросе, значимость 1) 
+смартфон (встречается в 1 запросе, значимость 1) 
+p (встречается в 1 запросе, значимость 1) 
+smart (встречается в 1 запросе, значимость 1) 
+z (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 10 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сколько стоит замена экрана на хонор 10  
+поменять экран на хонор 10  
+сколько стоит заменить экран на хонор 10  
+колько стоит замена экрана на хонор 10  
+замена стекла на хонор 10  
+замена дисплея honor 10  
+замена стекла honor 10  
+huawei honor 10 замена дисплея  
+замена тачскрина honor 10  
+замена стекла на телефоне хонор 10 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253988</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 10 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-noutbukov/noutbuki/remont-matricy 
+https://pedant.ru/remont-noutbukov/noutbuki-asus 
+https://pedant.ru/remont-noutbukov/noutbuki-dell 
+И запросы:
+замена матрицы ноутбука asus  
+замена матрицы на ноутбуке asus цена  
+сколько стоит замена матрицы на ноутбуке asus  
+замена монитора на ноутбуке цена asus  
+замена матрицы на ноутбуке цена asus  
+замена экрана на ноутбуке asus цена  
+замена матрицы на ноутбуке асус цена  
+замена матрицы dell  
+замена экрана ноутбука dell  
+замена матрицы ноутбука dell </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253929</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (13 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+htc (встречается в 13 запросах, значимость 13) 
+ремонт (встречается в 8 запросах, значимость 8) 
+замена (встречается в 7 запросах, значимость 7) 
+one (встречается в 4 запросах, значимость 4) 
+телефон (встречается в 4 запросах, значимость 4) 
+стекло (встречается в 2 запросах, значимость 2) 
+сервисный (встречается в 2 запросах, значимость 2) 
+москва (встречается в 2 запросах, значимость 2) 
+камера (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254342</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (12 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 10 запросах, значимость 10) 
+honor (встречается в 5 запросах, значимость 5) 
+pro (встречается в 5 запросах, значимость 5) 
+задний (встречается в 3 запросах, значимость 3) 
+крышка (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255383</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 12 запросах, значимость 12) 
+экран (встречается в 8 запросах, значимость 8) 
+самсунг (встречается в 8 запросах, значимость 8) 
+samsung (встречается в 3 запросах, значимость 3) 
+дисплей (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+стекло (встречается в 2 запросах, значимость 2) 
+galaxy (встречается в 2 запросах, значимость 2) 
+галакси (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254792</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 12 запросах, значимость 12) 
+экран (встречается в 8 запросах, значимость 8) 
+мейза (встречается в 6 запросах, значимость 6) 
+meizu (встречается в 6 запросах, значимость 6) 
+цена (встречается в 4 запросах, значимость 4) 
+тачскрин (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254541</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 12 запросах, значимость 28) 
+ноутбук (встречается в 11 запросах, значимость 27) 
+асер (встречается в 7 запросах, значимость 16) 
+acer (встречается в 5 запросах, значимость 12) 
+срочный (встречается в 1 запросе, значимость 3) 
+адрес (встречается в 2 запросах, значимость 2) 
+клавиатура (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+honor (встречается в 1 запросе, значимость 1) 
+c (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+хонор (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255654</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+хонор (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+хонор (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255615</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+батарея (встречается в 1 запросе, значимость 1) 
+honor (встречается в 1 запросе, значимость 1) 
+pro (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+honor (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redmi (встречается в 1 запросе, значимость 1) 
+note (встречается в 1 запросе, значимость 1) 
+ремонт (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255208</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+redmi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+mi (встречается в 1 запросе, значимость 1) 
+note (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255203</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+mi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255139</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+редми (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255092</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redmi (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255091</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+mi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+редми (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+аккумулятор (встречается в 1 запросе, значимость 1) 
+xiaomi (встречается в 1 запросе, значимость 1) 
+redmi (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254964</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+samsung (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+самсунг (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+samsung (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+lite (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254762</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+samsung (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254761</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+камера (встречается в 1 запросе, значимость 1) 
+samsung (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254733</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254732</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+самсунг (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254729</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+samsung (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254693</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+samsung (встречается в 1 запросе, значимость 1) 
+galaxy (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254633</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+нокиа (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) 
+адрес (встречается в 1 запросе, значимость 1) 
+юзао (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+мейза (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+meizu (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+экран (встречается в 1 запросе, значимость 1) 
+meizu (встречается в 1 запросе, значимость 1) 
+note (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254599</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254572</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+смартфон (встречается в 1 запросе, значимость 1) 
+леновый (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254538</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+huawei (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254443</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+huawei (встречается в 1 запросе, значимость 1) 
+nova (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254436</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huawei (встречается в 1 запросе, значимость 1) 
+mate (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+дисплей (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+дисплей (встречается в 1 запросе, значимость 1) 
+htc (встречается в 1 запросе, значимость 1) 
+one (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+asus (встречается в 1 запросе, значимость 1) 
+zenfone (встречается в 1 запросе, значимость 1) 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254319</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+асус (встречается в 1 запросе, значимость 1) 
+зенфон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254291</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+наушник (встречается в 1 запросе, значимость 1) 
+asus (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254289</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+сервисный (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+ноутбук (встречается в 1 запросе, значимость 1) 
+dell (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+материнский (встречается в 1 запросе, значимость 1) 
+плата (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+компьютер (встречается в 1 запросе, значимость 1) 
+ирбис (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+iphone (встречается в 1 запросе, значимость 1) 
+xs (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 1) 
+нижний (встречается в 1 запросе, значимость 1) 
+шлейф (встречается в 1 запросе, значимость 1) 
+iphone (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254078</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+айфон (встречается в 1 запросе, значимость 1) 
+n (встречается в 1 запросе, значимость 1) 
+system (встречается в 1 запросе, значимость 1) 
+ru (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+телефон (встречается в 1 запросе, значимость 1) 
+айфон (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+ipad (встречается в 1 запросе, значимость 1) 
+mini (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+ipad (встречается в 1 запросе, значимость 1) 
+air (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254063</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ремонт (встречается в 1 запросе, значимость 1) 
+ipad (встречается в 1 запросе, значимость 1) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254059</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+замена (встречается в 1 запросе, значимость 5) 
+аккумулятор (встречается в 1 запросе, значимость 5) 
+ipad (встречается в 1 запросе, значимость 5) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+http </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254030</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxya50a505</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (11 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 11 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-galaxya50a505 
+https://pedant.ru/remont-telefonov/smsng-galaxya50/zamena-stekla 
+https://pedant.ru/remont-telefonov/smsng-galaxya50 
+И запросы:
+замена стекла на самсунг а 50  
+замена стекла на самсунг а50  
+замена стекла samsung a50  
+samsung galaxy a50 замена стекла  
+замена стекла на самсунг а50 стоимость  
+замена стекла на самсунг а50 цена  
+ремонт samsung galaxy a50 в москве  
+замена стекла на samsung a50  
+замена стекла самсунг а 50 цена  
+сколько стоит поменять стекло на самсунг а50  
+замена стекла на телефоне самсунг а50 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253950</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (12 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 12 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/smsng-a5 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng/zamena-stekla 
+И запросы:
+замена экрана самсунг а5  
+замена дисплея самсунг а5 2017  
+замена дисплея самсунг а5  
+замена экрана самсунг галакси а5 2017 цена  
+замена экрана samsung a5  
+замена стекла на самсунг а5  
+замена экрана galaxy a5  
+замена экрана самсунг а5 2017  
+замена стекла на самсунг а5 2017  
+замена экрана samsung galaxy a5  
+замена экрана samsung a5 2017  
+замена экрана самсунг а5 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253946</t>
+  </si>
+  <si>
+    <t>Техническая оптимизация</t>
+  </si>
+  <si>
+    <t>Не указан meta-тег «Viewport».</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Укажите meta-тег «Viewport», иначе могут возникнуть проблемы с ранжирование и отображением на мобильных устройствах. </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256238</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256237</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256236</t>
+  </si>
+  <si>
+    <t>https://pedant.ru/remont-telefonov/smsng-galaxynote10/zamena-stekla</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256235</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256234</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417256233</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (17 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремонт  — не менее 3 раз 
+блок  — не менее 3 раз 
+питание  — не менее 3 раз 
+ноутбук  — не менее 3 раз 
+замена  — не менее 3 раз 
+процессор  — не менее 3 раз 
+цена  — не менее 3 раз 
+microsoft  — не менее 3 раз 
+hp  — не менее 3 раз 
+сервис  — не менее 3 раз 
+msi  — не менее 3 раз 
+москва  — не менее 3 раз 
+центр  — не менее 3 раз 
+тошиба  — не менее 3 раз 
+телефон  — не менее 3 раз 
+сервисный  — не менее 3 раз 
+мобильный  — не менее 3 раз 
+починка  — не менее 3 раз 
+экран  — не менее 3 раз 
+huawei  — не менее 3 раз 
+lg  — не менее 3 раз 
+официальный  — не менее 3 раз 
+мейза  — не менее 3 раз 
+honor  — не менее 3 раз 
+pro  — не менее 3 раз 
+дисплей  — не менее 3 раз 
+тачскрин  — не менее 3 раз 
+хонор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сервис по ремонту телефонов  
+ремонт телефонов и ноутбуков  
+сервисный центр ремонт телефонов  
+сервис починки телефонов  
+сервис msi в москве  
+ремонт блока питания ноутбука  
+замена процессора в ноутбуке цена  
+сервисные центры по ремонту мобильных телефонов  
+сервис тошиба в москве  
+сервис центр msi в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417255781</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (13 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 13 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/huavej-psmart 
+https://pedant.ru/remont-telefonov/huavej-psmart/zamena-stekla 
+https://pedant.ru/remont-telefonov/huavej-psmart/zamena-displeya 
+И запросы:
+замена стекла huawei p smart цена  
+замена стекла на huawei p smart  
+huawei p smart замена экрана  
+замена стекла на хуавей р смарт  
+замена экрана huawei smart  
+huawei p smart замена дисплея  
+замена экрана хуавей п смарт  
+хуавей p smart замена стекла  
+замена дисплея хуавей p smart  
+huawei p smart тачскрин замена  
+huawei p smart замена  
+замена стекла на хуавей п смарт  
+huawei p smart 2018 замена стекла </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253942</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (14 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 14 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+honor 9 lite замена дисплея  
+замена стекла на хонор 9 лайт  
+замена экрана хонор 9 лайт  
+замена экрана honor 9 lite  
+заднее стекло хонор 9 лайт замена  
+замена дисплея хонор 9 lite  
+замена стекла на хонор 9 лайт цена  
+huawei honor 9 lite замена дисплея  
+замена стекла honor 9 lite москва  
+замена экрана на хонор 9 лайт  
+хонор 9 лайт замена экрана стоимость  
+замена модуля хонор 9 лайт  
+замена стекла на телефоне хонор 9 лайт  
+замена стекла на хонор 9 lite </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 14 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xonor-9 
+https://pedant.ru/remont-telefonov/xonor-9/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor-9/zamena-stekla 
+И запросы:
+замена экрана honor 9  
+сколько стоит поменять экран на хонор 9  
+замена стекла экрана хонор 9  
+honor 9 замена дисплея  
+замена стекла honor 9  
+замена экрана хонор 9  
+замена дисплея huawei honor 9  
+замена дисплея хонор 9  
+замена экрана на хонор 9  
+замена модуля хонор 9  
+ремонт дисплея хонор 9  
+сколько стоит замена экрана на хонор 9  
+заменить стекло на хонор 9  
+honor 9 замена модуля </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 14 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-telefonov/xiaomi-redmi4x 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-displeya 
+https://pedant.ru/remont-telefonov/xiaomi/zamena-stekla 
+https://pedant.ru/remont-telefonov/xiaomi 
+И запросы:
+замена тачскрина на xiaomi redmi 4x  
+замена экрана на xiaomi redmi 4x  
+замена экрана xiaomi redmi 4x цена  
+замена дисплея сяоми редми 4х  
+замена дисплея redmi 4x  
+замена дисплея редми 4х  
+замена стекла на xiaomi redmi 4x  
+замена стекла xiaomi redmi 4x  
+ремонт xiaomi redmi 4x замена стекла  
+замена стекла на xiaomi redmi 4 x  
+ремонт xiaomi 4x  
+замена стекла на xiaomi redmi 4x цена  
+ремонт сяоми редми 4х  
+замена тачскрина redmi 4 x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253978</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (16 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 16 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/ 
+https://pedant.ru/remont-computerov/computers/remont-processora 
+https://pedant.ru/remont-noutbukov/noutbuki-hp 
+https://pedant.ru/remont-planshetov/planshety-lg 
+https://pedant.ru/remont-telefonov 
+https://pedant.ru/remont-telefonov/huavej/zamena-displeya 
+https://pedant.ru/remont-telefonov/lg 
+https://pedant.ru/remont-telefonov/meizu/zamena-displeya 
+https://pedant.ru/remont-telefonov/smsng-galaxym21m215f 
+https://pedant.ru/remont-telefonov/smsng/zamena-displeya 
+https://pedant.ru/remont-telefonov/xonor/zamena-displeya 
+И запросы:
+замена процессора в ноутбуке цена  
+ремонт ноутбука hp dv6  
+ремонт планшетов lg  
+сервисный центр ремонт телефонов  
+сервисные центры по ремонту мобильных телефонов  
+центр ремонта телефонов  
+сервисный центр смартфонов  
+сервис починки телефонов  
+замена экрана huawei y7 2019  
+ремонт телефонов lg официальный сервисный  
+замена экрана мейзу про 7  
+замена экрана самсунг м21  
+замена экрана на телефоне самсунг цена  
+замена экрана honor 6c pro  
+замена дисплея honor 6c pro  
+замена тачскрина хонор 4с про </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253922</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (18 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 18 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана самсунг а51  
+замена стекла на самсунг а51  
+замена дисплея самсунг а51  
+замена экрана samsung a51  
+samsung a51 замена дисплея  
+замена экрана на самсунг а51  
+замена дисплея самсунг а51 цена  
+замена стекла samsung galaxy a51  
+замена стекла на самсунг а 51  
+сколько стоит поменять стекло на самсунг а51  
+замена стекла на самсунг а51 стоимость  
+замена стекла на телефоне самсунг а51 цена  
+замена дисплея на самсунг а51 цена  
+замена экрана самсунг а 51  
+поменять стекло на самсунг а51  
+сколько стоит замена дисплея на самсунг а51  
+замена стекла galaxy a51  
+замена стекла samsung a51 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253951</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (19 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла samsung s8  
+замена дисплея samsung s8  
+замена экрана самсунг s8  
+замена экрана samsung s8  
+замена экрана samsung galaxy s8  
+замена экрана galaxy s8  
+замена дисплея самсунг s8  
+замена стекла на самсунг галакси s8  
+замена дисплея samsung galaxy s8  
+замена экрана самсунг с8  
+замена экрана s8  
+galaxy s8 замена дисплея цена  
+замена экрана на самсунг s8  
+замена дисплея самсунг s8 цена  
+сколько стоит поменять экран на самсунг s8  
+ремонт экрана самсунг s8  
+galaxy s8 замена экрана цена  
+ремонт экрана samsung s8  
+замена экрана samsung galaxy s8 стоимость </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253967</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (30 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 30 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана хонор 10 лайт  
+замена дисплея хонор 10 лайт  
+honor 10 lite замена дисплея  
+замена экрана honor 10 lite  
+замена экрана на хонор 10 лайт  
+замена дисплея на хонор 10 лайт  
+поменять стекло на хонор 10 лайт цена  
+замена экрана honor 10 lite цена  
+замена дисплея хонор 10 лайт цена  
+honor 10 lite замена дисплея цена  
+ремонт хонор 10 лайт замена дисплея  
+стоимость замены экрана на хонор 10 лайт  
+ремонт экрана хонор 10 лайт цена  
+поменять экран на хонор 10 лайт цена  
+замена дисплея хонор 10 lite цена  
+поменять дисплей на хонор 10 лайт  
+замена экрана на телефоне хонор 10 лайт  
+замена дисплея на хонор 10 лайт цена  
+ремонт экрана телефона хонор 10 лайт  
+сколько стоит замена экрана honor 10 lite  
+honor 10 lite замена стекла экрана  
+ремонт экрана хонор 10 лайт  
+замена модуля экрана хонор 10 лайт  
+замена стекла хонор 10 лайт цена москва  
+замена модуля honor 10 lite цена  
+ремонт дисплея хонор 10 лайт  
+замена экрана хонор 10 лайт цена москва  
+ремонт стекла на телефоне хонор 10 лайт  
+замена экрана honor 10 lite в коммунарке  
+замена тачскрина на хонор 10 лайт цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253989</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (27 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 27 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://pedant.ru/remont-apple/iphone-6/zamena-akkumulyatora 
+https://pedant.ru/remont-apple/iphone/zamena-akkumulyatora 
+https://pedant.ru/remont-apple/iphone-6s/zamena-akkumulyatora 
+И запросы:
+замена аккумулятора iphone 6  
+замена аккумулятора на айфон 6  
+замена аккумулятора айфон 6  
+сколько стоит замена аккумулятора на айфон 6  
+замена батареи на айфон 6  
+замена батареи на айфон 6 цена  
+замена аккумулятора iphone 6 цена в москве  
+поменять аккумулятор на айфон 6  
+поменять батарею на айфон 6  
+замена батареи айфон 6  
+сколько стоит замена батареи на айфон 6  
+замена батарейки на айфон 6  
+замена батареи iphone 6  
+сколько стоит поменять батарею на айфон 6  
+замена аккумулятора на айфон 6 цена  
+замена аккумулятора iphone 6 цена  
+айфон 6 замена аккумулятора  
+заменить аккумулятор на айфон 6  
+iphone 6 замена батареи  
+замена батарейки айфон 6  
+замена аккумулятора айфон 6 цена  
+замена батареи в айфон 6  
+замена акб на айфон 6  
+замена батарейки на айфон 6 цена  
+замена аккумулятора на iphone 6  
+замена батарейки айфон 6 цена  
+заменить аккумулятор на iphone 6 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254022</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (21 фраза)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена стекла на хонор 8 икс  
+замена тачскрина honor 8x  
+замена экрана хонор 8х  
+замена экрана honor 8x  
+замена стекла на хонор 8х  
+замена стекла honor 8x  
+huawei honor 8x замена дисплея  
+замена экрана на хонор 8х  
+honor 8x ремонт экрана  
+замена дисплея хонор 8 х  
+замена стекла на хонор 8 х  
+хонор 8х замена дисплея цена  
+замена экрана honor 8 x  
+замена дисплея honor 8 x  
+замена стекла на honor 8x  
+замена экрана хонор 8 х  
+ремонт дисплея хонор 8 х  
+замена дисплея хонор 8 x  
+honor 8x замена  
+замена стекла хонор 8x  
+замена модуля honor 8x </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417253997</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (22 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 22 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+замена экрана хонор 9х  
+замена дисплея хонор 9 х цена  
+замена экрана хонор 9 х  
+замена дисплея хонор 9х цена  
+замена экрана на телефоне хонор 9х  
+замена стекла на хонор 9 х  
+замена дисплея honor 9x  
+замена дисплея honor 9 x  
+honor 9x замена экрана  
+замена стекла на honor 9 x  
+замена экрана хонор 9 х сколько стоит  
+замена дисплея хонор 9 х  
+замена экрана хонор 9 икс  
+замена экрана на хонор 9х  
+замена дисплея хонор 9 икс  
+замена экрана на хонор 9 х  
+honor 9x ремонт экрана  
+замена стекла хонор 9 x  
+замена экрана хонор 9х стоимость  
+замена экрана honor 9 x  
+замена стекла хонор 9 икс  
+замена стекла на хонор 9 х цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417254001</t>
+  </si>
+  <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Проверьте корректность распределения (продвигаемых URL)</t>
   </si>
   <si>
     <t xml:space="preserve">Проверьте корректность распределения, чтобы задачи в TO DO формировались именно на те URL, которые вы действительно хотите увидеть в ТОПе. </t>
   </si>
   <si>
     <t>30.12.2023</t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660618</t>
   </si>
   <si>
     <t>24.10.2024</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922587589</t>
   </si>
   <si>
     <t>Произведите сегментацию проекта на группы URL</t>
@@ -111,50 +8444,59 @@
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894234</t>
   </si>
   <si>
     <t>Произведите сегментацию запросов на группы</t>
   </si>
   <si>
     <t xml:space="preserve">Произведите сегментацию проекта на группы фраз, чтобы отслеживать детальную аналитику по каждой из этих групп. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660619</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894235</t>
   </si>
   <si>
     <t>Добавьте продвигаемые запросы в проект</t>
   </si>
   <si>
     <t xml:space="preserve">Добавьте продвигаемые запросы в проект, чтобы увеличить охват аудитории и отдачу от SEO. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/922660617</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/13137/todo/142894236</t>
+  </si>
+  <si>
+    <t>Проверьте и скорректируйте распределение</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/13137/todo/1417211452</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -457,51 +8799,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K11"/>
+  <dimension ref="A1:K505"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -519,290 +8861,16098 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>0</v>
+        <v>126</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="I4">
-        <v>23.2</v>
+        <v>30.3</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="E5">
-        <v>0</v>
+        <v>382</v>
       </c>
       <c r="F5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="I5">
-        <v>23.2</v>
+        <v>30.3</v>
       </c>
       <c r="K5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>101</v>
+        <v>4</v>
       </c>
       <c r="I6">
-        <v>23.2</v>
+        <v>71.4</v>
       </c>
       <c r="K6" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>26</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>101</v>
+        <v>17</v>
       </c>
       <c r="I7">
-        <v>23.2</v>
+        <v>14.7</v>
       </c>
       <c r="K7" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D8" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>101</v>
+        <v>6</v>
       </c>
       <c r="I8">
-        <v>23.2</v>
+        <v>54.3</v>
       </c>
       <c r="K8" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>129</v>
       </c>
       <c r="F9" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>101</v>
+        <v>60</v>
       </c>
       <c r="I9">
-        <v>23.2</v>
+        <v>44</v>
       </c>
       <c r="K9" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="E10">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I10">
-        <v>23.2</v>
+        <v>62.9</v>
       </c>
       <c r="K10" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
+        <v>39</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11">
+        <v>8</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11">
+        <v>26</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="K11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" t="s">
+        <v>46</v>
+      </c>
+      <c r="E12">
+        <v>8</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12">
+        <v>22</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
+      <c r="K12" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" t="s">
+        <v>49</v>
+      </c>
+      <c r="E13">
+        <v>8</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13">
+        <v>10</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="K13" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>39</v>
+      </c>
+      <c r="D14" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14">
+        <v>8</v>
+      </c>
+      <c r="F14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14">
+        <v>16</v>
+      </c>
+      <c r="I14">
+        <v>40</v>
+      </c>
+      <c r="K14" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>55</v>
+      </c>
+      <c r="E15">
+        <v>8</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15">
+        <v>62</v>
+      </c>
+      <c r="I15">
+        <v>1.5</v>
+      </c>
+      <c r="K15" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>58</v>
+      </c>
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16">
+        <v>25</v>
+      </c>
+      <c r="I16">
+        <v>38.5</v>
+      </c>
+      <c r="K16" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" t="s">
+        <v>60</v>
+      </c>
+      <c r="B17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17">
+        <v>123</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17">
+        <v>4</v>
+      </c>
+      <c r="I17">
+        <v>58.3</v>
+      </c>
+      <c r="K17" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>65</v>
+      </c>
+      <c r="D18" t="s">
+        <v>66</v>
+      </c>
+      <c r="E18">
+        <v>10</v>
+      </c>
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18">
+        <v>16</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="K18" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" t="s">
+        <v>69</v>
+      </c>
+      <c r="E19">
+        <v>10</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19">
+        <v>4</v>
+      </c>
+      <c r="I19">
+        <v>85</v>
+      </c>
+      <c r="K19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>71</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" t="s">
+        <v>65</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20">
+        <v>10</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20">
+        <v>14</v>
+      </c>
+      <c r="I20">
+        <v>5</v>
+      </c>
+      <c r="K20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>34</v>
+      </c>
+      <c r="B21" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>75</v>
+      </c>
+      <c r="E21">
         <v>12</v>
       </c>
-      <c r="B11" t="s">
-[...2 lines deleted...]
-      <c r="C11" t="s">
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21">
+        <v>60</v>
+      </c>
+      <c r="I21">
+        <v>44</v>
+      </c>
+      <c r="K21" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>77</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>78</v>
+      </c>
+      <c r="E22">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22">
+        <v>75</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="K22" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>80</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>81</v>
+      </c>
+      <c r="E23">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23">
+        <v>3</v>
+      </c>
+      <c r="I23">
+        <v>100</v>
+      </c>
+      <c r="K23" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>83</v>
+      </c>
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>84</v>
+      </c>
+      <c r="E24">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24">
+        <v>37</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="K24" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>86</v>
+      </c>
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>87</v>
+      </c>
+      <c r="E25">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25">
+        <v>8</v>
+      </c>
+      <c r="I25">
+        <v>38</v>
+      </c>
+      <c r="K25" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>90</v>
+      </c>
+      <c r="E26">
+        <v>12</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26">
+        <v>2</v>
+      </c>
+      <c r="I26">
+        <v>60</v>
+      </c>
+      <c r="K26" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>92</v>
+      </c>
+      <c r="B27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>93</v>
+      </c>
+      <c r="E27">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27">
+        <v>21</v>
+      </c>
+      <c r="I27">
+        <v>0</v>
+      </c>
+      <c r="K27" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>95</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>96</v>
+      </c>
+      <c r="E28">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28">
+        <v>18</v>
+      </c>
+      <c r="I28">
+        <v>10.4</v>
+      </c>
+      <c r="K28" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>98</v>
+      </c>
+      <c r="B29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E29">
+        <v>117</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29">
+        <v>9</v>
+      </c>
+      <c r="I29">
+        <v>57.5</v>
+      </c>
+      <c r="K29" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>102</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" t="s">
+        <v>104</v>
+      </c>
+      <c r="E30">
+        <v>6</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
+        <v>13</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="K30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" t="s">
+        <v>106</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" t="s">
+        <v>107</v>
+      </c>
+      <c r="E31">
+        <v>6</v>
+      </c>
+      <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31">
+        <v>6</v>
+      </c>
+      <c r="I31">
+        <v>81.7</v>
+      </c>
+      <c r="K31" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>109</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" t="s">
+        <v>110</v>
+      </c>
+      <c r="E32">
+        <v>6</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32">
+        <v>6</v>
+      </c>
+      <c r="I32">
         <v>29</v>
       </c>
-      <c r="D11" t="s">
+      <c r="K32" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" t="s">
+        <v>112</v>
+      </c>
+      <c r="B33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" t="s">
+        <v>103</v>
+      </c>
+      <c r="D33" t="s">
+        <v>113</v>
+      </c>
+      <c r="E33">
+        <v>6</v>
+      </c>
+      <c r="F33" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33">
+        <v>40</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="K33" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" t="s">
+        <v>115</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
+        <v>103</v>
+      </c>
+      <c r="D34" t="s">
+        <v>116</v>
+      </c>
+      <c r="E34">
+        <v>6</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34">
+        <v>20</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="K34" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" t="s">
+        <v>118</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>119</v>
+      </c>
+      <c r="E35">
+        <v>6</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35">
+        <v>28</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="K35" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>121</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" t="s">
+        <v>122</v>
+      </c>
+      <c r="E36">
+        <v>6</v>
+      </c>
+      <c r="F36" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36">
+        <v>20</v>
+      </c>
+      <c r="I36">
+        <v>45</v>
+      </c>
+      <c r="K36" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" t="s">
+        <v>124</v>
+      </c>
+      <c r="B37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>125</v>
+      </c>
+      <c r="E37">
+        <v>6</v>
+      </c>
+      <c r="F37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37">
+        <v>34</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="K37" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" t="s">
+        <v>127</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" t="s">
+        <v>128</v>
+      </c>
+      <c r="E38">
+        <v>6</v>
+      </c>
+      <c r="F38" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38">
+        <v>48</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="K38" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" t="s">
+        <v>130</v>
+      </c>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" t="s">
+        <v>131</v>
+      </c>
+      <c r="E39">
+        <v>6</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39">
+        <v>39</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="K39" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" t="s">
+        <v>133</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40">
+        <v>6</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40">
+        <v>77</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="K40" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" t="s">
+        <v>136</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" t="s">
+        <v>137</v>
+      </c>
+      <c r="E41">
+        <v>6</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41">
+        <v>18</v>
+      </c>
+      <c r="I41">
+        <v>80.8</v>
+      </c>
+      <c r="K41" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" t="s">
+        <v>139</v>
+      </c>
+      <c r="B42" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" t="s">
+        <v>140</v>
+      </c>
+      <c r="E42">
+        <v>6</v>
+      </c>
+      <c r="F42" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42">
+        <v>74</v>
+      </c>
+      <c r="I42">
+        <v>36.7</v>
+      </c>
+      <c r="K42" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" t="s">
+        <v>142</v>
+      </c>
+      <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
+        <v>103</v>
+      </c>
+      <c r="D43" t="s">
+        <v>143</v>
+      </c>
+      <c r="E43">
+        <v>6</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43">
+        <v>76</v>
+      </c>
+      <c r="I43">
+        <v>47.7</v>
+      </c>
+      <c r="K43" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" t="s">
+        <v>145</v>
+      </c>
+      <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" t="s">
+        <v>146</v>
+      </c>
+      <c r="E44">
+        <v>6</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44">
+        <v>68</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
+      <c r="K44" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" t="s">
+        <v>148</v>
+      </c>
+      <c r="B45" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" t="s">
+        <v>103</v>
+      </c>
+      <c r="D45" t="s">
+        <v>149</v>
+      </c>
+      <c r="E45">
+        <v>6</v>
+      </c>
+      <c r="F45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G45" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45">
+        <v>3</v>
+      </c>
+      <c r="I45">
+        <v>60</v>
+      </c>
+      <c r="K45" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" t="s">
+        <v>151</v>
+      </c>
+      <c r="B46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" t="s">
+        <v>103</v>
+      </c>
+      <c r="D46" t="s">
+        <v>152</v>
+      </c>
+      <c r="E46">
+        <v>6</v>
+      </c>
+      <c r="F46" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46">
+        <v>8</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="K46" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" t="s">
+        <v>154</v>
+      </c>
+      <c r="B47" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" t="s">
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>155</v>
+      </c>
+      <c r="E47">
+        <v>6</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47">
+        <v>4</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="K47" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" t="s">
+        <v>157</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" t="s">
+        <v>103</v>
+      </c>
+      <c r="D48" t="s">
+        <v>158</v>
+      </c>
+      <c r="E48">
+        <v>6</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48">
+        <v>13</v>
+      </c>
+      <c r="I48">
+        <v>10</v>
+      </c>
+      <c r="K48" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" t="s">
+        <v>160</v>
+      </c>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" t="s">
+        <v>103</v>
+      </c>
+      <c r="D49" t="s">
+        <v>161</v>
+      </c>
+      <c r="E49">
+        <v>6</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49">
+        <v>101</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="K49" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" t="s">
+        <v>163</v>
+      </c>
+      <c r="B50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s">
+        <v>103</v>
+      </c>
+      <c r="D50" t="s">
+        <v>164</v>
+      </c>
+      <c r="E50">
+        <v>6</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50">
+        <v>101</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="K50" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" t="s">
+        <v>166</v>
+      </c>
+      <c r="B51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" t="s">
+        <v>103</v>
+      </c>
+      <c r="D51" t="s">
+        <v>167</v>
+      </c>
+      <c r="E51">
+        <v>6</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51">
+        <v>26</v>
+      </c>
+      <c r="I51">
+        <v>18.3</v>
+      </c>
+      <c r="K51" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" t="s">
+        <v>169</v>
+      </c>
+      <c r="B52" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>103</v>
+      </c>
+      <c r="D52" t="s">
+        <v>170</v>
+      </c>
+      <c r="E52">
+        <v>6</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52">
+        <v>62</v>
+      </c>
+      <c r="I52">
+        <v>47.5</v>
+      </c>
+      <c r="K52" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" t="s">
+        <v>172</v>
+      </c>
+      <c r="B53" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" t="s">
+        <v>103</v>
+      </c>
+      <c r="D53" t="s">
+        <v>173</v>
+      </c>
+      <c r="E53">
+        <v>6</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53">
+        <v>26</v>
+      </c>
+      <c r="I53">
+        <v>8</v>
+      </c>
+      <c r="K53" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" t="s">
+        <v>175</v>
+      </c>
+      <c r="B54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" t="s">
+        <v>176</v>
+      </c>
+      <c r="D54" t="s">
+        <v>177</v>
+      </c>
+      <c r="E54">
+        <v>114</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54">
+        <v>4</v>
+      </c>
+      <c r="I54">
+        <v>100</v>
+      </c>
+      <c r="K54" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" t="s">
+        <v>179</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>180</v>
+      </c>
+      <c r="D55" t="s">
+        <v>181</v>
+      </c>
+      <c r="E55">
+        <v>14</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55">
+        <v>4</v>
+      </c>
+      <c r="I55">
+        <v>75</v>
+      </c>
+      <c r="K55" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" t="s">
+        <v>183</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" t="s">
+        <v>180</v>
+      </c>
+      <c r="D56" t="s">
+        <v>184</v>
+      </c>
+      <c r="E56">
+        <v>14</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56">
+        <v>32</v>
+      </c>
+      <c r="I56">
+        <v>44.6</v>
+      </c>
+      <c r="K56" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" t="s">
+        <v>186</v>
+      </c>
+      <c r="B57" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" t="s">
+        <v>187</v>
+      </c>
+      <c r="E57">
+        <v>14</v>
+      </c>
+      <c r="F57" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57">
+        <v>13</v>
+      </c>
+      <c r="I57">
+        <v>27.3</v>
+      </c>
+      <c r="K57" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" t="s">
+        <v>189</v>
+      </c>
+      <c r="B58" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" t="s">
+        <v>180</v>
+      </c>
+      <c r="D58" t="s">
+        <v>190</v>
+      </c>
+      <c r="E58">
+        <v>14</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58">
+        <v>10</v>
+      </c>
+      <c r="I58">
+        <v>36.6</v>
+      </c>
+      <c r="K58" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" t="s">
+        <v>192</v>
+      </c>
+      <c r="B59" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" t="s">
+        <v>180</v>
+      </c>
+      <c r="D59" t="s">
+        <v>193</v>
+      </c>
+      <c r="E59">
+        <v>14</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59">
+        <v>16</v>
+      </c>
+      <c r="I59">
+        <v>8.8</v>
+      </c>
+      <c r="K59" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" t="s">
+        <v>195</v>
+      </c>
+      <c r="B60" t="s">
+        <v>13</v>
+      </c>
+      <c r="C60" t="s">
+        <v>196</v>
+      </c>
+      <c r="D60" t="s">
+        <v>197</v>
+      </c>
+      <c r="E60">
+        <v>105</v>
+      </c>
+      <c r="F60" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60">
+        <v>6</v>
+      </c>
+      <c r="I60">
+        <v>85.4</v>
+      </c>
+      <c r="K60" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" t="s">
+        <v>80</v>
+      </c>
+      <c r="B61" t="s">
+        <v>13</v>
+      </c>
+      <c r="C61" t="s">
+        <v>196</v>
+      </c>
+      <c r="D61" t="s">
+        <v>199</v>
+      </c>
+      <c r="E61">
+        <v>105</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61">
+        <v>3</v>
+      </c>
+      <c r="I61">
+        <v>100</v>
+      </c>
+      <c r="K61" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" t="s">
+        <v>201</v>
+      </c>
+      <c r="B62" t="s">
+        <v>13</v>
+      </c>
+      <c r="C62" t="s">
+        <v>27</v>
+      </c>
+      <c r="D62" t="s">
+        <v>202</v>
+      </c>
+      <c r="E62">
+        <v>16</v>
+      </c>
+      <c r="F62" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62">
+        <v>12</v>
+      </c>
+      <c r="I62">
+        <v>80</v>
+      </c>
+      <c r="K62" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" t="s">
+        <v>204</v>
+      </c>
+      <c r="B63" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" t="s">
+        <v>27</v>
+      </c>
+      <c r="D63" t="s">
+        <v>205</v>
+      </c>
+      <c r="E63">
+        <v>16</v>
+      </c>
+      <c r="F63" t="s">
+        <v>16</v>
+      </c>
+      <c r="G63" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63">
+        <v>83</v>
+      </c>
+      <c r="I63">
+        <v>0</v>
+      </c>
+      <c r="K63" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" t="s">
+        <v>207</v>
+      </c>
+      <c r="B64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" t="s">
+        <v>27</v>
+      </c>
+      <c r="D64" t="s">
+        <v>208</v>
+      </c>
+      <c r="E64">
+        <v>16</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64">
+        <v>20</v>
+      </c>
+      <c r="I64">
+        <v>18.5</v>
+      </c>
+      <c r="K64" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" t="s">
+        <v>210</v>
+      </c>
+      <c r="B65" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" t="s">
+        <v>27</v>
+      </c>
+      <c r="D65" t="s">
+        <v>211</v>
+      </c>
+      <c r="E65">
+        <v>16</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65">
+        <v>84</v>
+      </c>
+      <c r="I65">
+        <v>66.7</v>
+      </c>
+      <c r="K65" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" t="s">
+        <v>213</v>
+      </c>
+      <c r="B66" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" t="s">
+        <v>27</v>
+      </c>
+      <c r="D66" t="s">
+        <v>214</v>
+      </c>
+      <c r="E66">
+        <v>16</v>
+      </c>
+      <c r="F66" t="s">
+        <v>16</v>
+      </c>
+      <c r="G66" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66">
+        <v>58</v>
+      </c>
+      <c r="I66">
+        <v>12.4</v>
+      </c>
+      <c r="K66" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" t="s">
+        <v>179</v>
+      </c>
+      <c r="B67" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" t="s">
+        <v>216</v>
+      </c>
+      <c r="D67" t="s">
+        <v>217</v>
+      </c>
+      <c r="E67">
+        <v>99</v>
+      </c>
+      <c r="F67" t="s">
+        <v>16</v>
+      </c>
+      <c r="G67" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67">
+        <v>4</v>
+      </c>
+      <c r="I67">
+        <v>75</v>
+      </c>
+      <c r="K67" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" t="s">
+        <v>189</v>
+      </c>
+      <c r="B68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" t="s">
+        <v>216</v>
+      </c>
+      <c r="D68" t="s">
+        <v>219</v>
+      </c>
+      <c r="E68">
+        <v>99</v>
+      </c>
+      <c r="F68" t="s">
+        <v>16</v>
+      </c>
+      <c r="G68" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68">
+        <v>10</v>
+      </c>
+      <c r="I68">
+        <v>36.6</v>
+      </c>
+      <c r="K68" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" t="s">
+        <v>22</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" t="s">
+        <v>31</v>
+      </c>
+      <c r="D69" t="s">
+        <v>221</v>
+      </c>
+      <c r="E69">
+        <v>16</v>
+      </c>
+      <c r="F69" t="s">
+        <v>16</v>
+      </c>
+      <c r="G69" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69">
+        <v>4</v>
+      </c>
+      <c r="I69">
+        <v>71.4</v>
+      </c>
+      <c r="K69" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" t="s">
+        <v>223</v>
+      </c>
+      <c r="B70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" t="s">
+        <v>23</v>
+      </c>
+      <c r="D70" t="s">
+        <v>224</v>
+      </c>
+      <c r="E70">
+        <v>4</v>
+      </c>
+      <c r="F70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G70" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70">
+        <v>22</v>
+      </c>
+      <c r="I70">
+        <v>2.5</v>
+      </c>
+      <c r="K70" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" t="s">
+        <v>195</v>
+      </c>
+      <c r="B71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" t="s">
+        <v>23</v>
+      </c>
+      <c r="D71" t="s">
+        <v>226</v>
+      </c>
+      <c r="E71">
+        <v>4</v>
+      </c>
+      <c r="F71" t="s">
+        <v>16</v>
+      </c>
+      <c r="G71" t="s">
+        <v>17</v>
+      </c>
+      <c r="H71">
+        <v>6</v>
+      </c>
+      <c r="I71">
+        <v>85.4</v>
+      </c>
+      <c r="K71" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" t="s">
+        <v>228</v>
+      </c>
+      <c r="B72" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" t="s">
+        <v>23</v>
+      </c>
+      <c r="D72" t="s">
+        <v>229</v>
+      </c>
+      <c r="E72">
+        <v>4</v>
+      </c>
+      <c r="F72" t="s">
+        <v>16</v>
+      </c>
+      <c r="G72" t="s">
+        <v>17</v>
+      </c>
+      <c r="H72">
+        <v>15</v>
+      </c>
+      <c r="I72">
+        <v>100</v>
+      </c>
+      <c r="K72" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" t="s">
+        <v>231</v>
+      </c>
+      <c r="B73" t="s">
+        <v>13</v>
+      </c>
+      <c r="C73" t="s">
+        <v>23</v>
+      </c>
+      <c r="D73" t="s">
+        <v>232</v>
+      </c>
+      <c r="E73">
+        <v>4</v>
+      </c>
+      <c r="F73" t="s">
+        <v>16</v>
+      </c>
+      <c r="G73" t="s">
+        <v>17</v>
+      </c>
+      <c r="H73">
+        <v>3</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
+      </c>
+      <c r="K73" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" t="s">
+        <v>234</v>
+      </c>
+      <c r="B74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C74" t="s">
+        <v>23</v>
+      </c>
+      <c r="D74" t="s">
+        <v>235</v>
+      </c>
+      <c r="E74">
+        <v>4</v>
+      </c>
+      <c r="F74" t="s">
+        <v>16</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74">
+        <v>10</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
+      </c>
+      <c r="K74" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" t="s">
+        <v>237</v>
+      </c>
+      <c r="B75" t="s">
+        <v>13</v>
+      </c>
+      <c r="C75" t="s">
+        <v>23</v>
+      </c>
+      <c r="D75" t="s">
+        <v>238</v>
+      </c>
+      <c r="E75">
+        <v>4</v>
+      </c>
+      <c r="F75" t="s">
+        <v>16</v>
+      </c>
+      <c r="G75" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75">
+        <v>6</v>
+      </c>
+      <c r="I75">
+        <v>0</v>
+      </c>
+      <c r="K75" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" t="s">
+        <v>240</v>
+      </c>
+      <c r="B76" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" t="s">
+        <v>23</v>
+      </c>
+      <c r="D76" t="s">
+        <v>241</v>
+      </c>
+      <c r="E76">
+        <v>4</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76">
+        <v>25</v>
+      </c>
+      <c r="I76">
+        <v>0</v>
+      </c>
+      <c r="K76" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" t="s">
+        <v>243</v>
+      </c>
+      <c r="B77" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" t="s">
+        <v>244</v>
+      </c>
+      <c r="E77">
+        <v>4</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77">
+        <v>29</v>
+      </c>
+      <c r="I77">
+        <v>0</v>
+      </c>
+      <c r="K77" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" t="s">
+        <v>246</v>
+      </c>
+      <c r="B78" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" t="s">
+        <v>23</v>
+      </c>
+      <c r="D78" t="s">
+        <v>247</v>
+      </c>
+      <c r="E78">
+        <v>4</v>
+      </c>
+      <c r="F78" t="s">
+        <v>16</v>
+      </c>
+      <c r="G78" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78">
+        <v>22</v>
+      </c>
+      <c r="I78">
+        <v>17.1</v>
+      </c>
+      <c r="K78" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" t="s">
+        <v>249</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>23</v>
+      </c>
+      <c r="D79" t="s">
+        <v>250</v>
+      </c>
+      <c r="E79">
+        <v>4</v>
+      </c>
+      <c r="F79" t="s">
+        <v>16</v>
+      </c>
+      <c r="G79" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79">
+        <v>23</v>
+      </c>
+      <c r="I79">
+        <v>0</v>
+      </c>
+      <c r="K79" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" t="s">
+        <v>252</v>
+      </c>
+      <c r="B80" t="s">
+        <v>13</v>
+      </c>
+      <c r="C80" t="s">
+        <v>23</v>
+      </c>
+      <c r="D80" t="s">
+        <v>253</v>
+      </c>
+      <c r="E80">
+        <v>4</v>
+      </c>
+      <c r="F80" t="s">
+        <v>16</v>
+      </c>
+      <c r="G80" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80">
+        <v>101</v>
+      </c>
+      <c r="I80">
+        <v>0</v>
+      </c>
+      <c r="K80" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" t="s">
+        <v>255</v>
+      </c>
+      <c r="B81" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>23</v>
+      </c>
+      <c r="D81" t="s">
+        <v>256</v>
+      </c>
+      <c r="E81">
+        <v>4</v>
+      </c>
+      <c r="F81" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81">
         <v>30</v>
       </c>
-      <c r="E11">
-[...2 lines deleted...]
-      <c r="F11" t="s">
+      <c r="I81">
+        <v>0</v>
+      </c>
+      <c r="K81" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" t="s">
+        <v>258</v>
+      </c>
+      <c r="B82" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" t="s">
+        <v>23</v>
+      </c>
+      <c r="D82" t="s">
+        <v>259</v>
+      </c>
+      <c r="E82">
+        <v>4</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82">
+        <v>32</v>
+      </c>
+      <c r="I82">
+        <v>0</v>
+      </c>
+      <c r="K82" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" t="s">
+        <v>261</v>
+      </c>
+      <c r="B83" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>23</v>
+      </c>
+      <c r="D83" t="s">
+        <v>262</v>
+      </c>
+      <c r="E83">
+        <v>4</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83">
+        <v>75</v>
+      </c>
+      <c r="I83">
+        <v>0</v>
+      </c>
+      <c r="K83" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" t="s">
+        <v>264</v>
+      </c>
+      <c r="B84" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" t="s">
+        <v>23</v>
+      </c>
+      <c r="D84" t="s">
+        <v>265</v>
+      </c>
+      <c r="E84">
+        <v>4</v>
+      </c>
+      <c r="F84" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84">
         <v>19</v>
       </c>
-      <c r="G11" t="s">
-[...2 lines deleted...]
-      <c r="H11">
+      <c r="I84">
+        <v>0</v>
+      </c>
+      <c r="K84" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" t="s">
+        <v>267</v>
+      </c>
+      <c r="B85" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" t="s">
+        <v>23</v>
+      </c>
+      <c r="D85" t="s">
+        <v>268</v>
+      </c>
+      <c r="E85">
+        <v>4</v>
+      </c>
+      <c r="F85" t="s">
+        <v>16</v>
+      </c>
+      <c r="G85" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85">
+        <v>62</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
+      </c>
+      <c r="K85" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" t="s">
+        <v>270</v>
+      </c>
+      <c r="B86" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" t="s">
+        <v>23</v>
+      </c>
+      <c r="D86" t="s">
+        <v>271</v>
+      </c>
+      <c r="E86">
+        <v>4</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86">
+        <v>22</v>
+      </c>
+      <c r="I86">
+        <v>0</v>
+      </c>
+      <c r="K86" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" t="s">
+        <v>273</v>
+      </c>
+      <c r="B87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" t="s">
+        <v>23</v>
+      </c>
+      <c r="D87" t="s">
+        <v>274</v>
+      </c>
+      <c r="E87">
+        <v>4</v>
+      </c>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87">
+        <v>57</v>
+      </c>
+      <c r="I87">
+        <v>0</v>
+      </c>
+      <c r="K87" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" t="s">
+        <v>276</v>
+      </c>
+      <c r="B88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" t="s">
+        <v>23</v>
+      </c>
+      <c r="D88" t="s">
+        <v>277</v>
+      </c>
+      <c r="E88">
+        <v>4</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88">
+        <v>19</v>
+      </c>
+      <c r="I88">
+        <v>0</v>
+      </c>
+      <c r="K88" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" t="s">
+        <v>279</v>
+      </c>
+      <c r="B89" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" t="s">
+        <v>23</v>
+      </c>
+      <c r="D89" t="s">
+        <v>280</v>
+      </c>
+      <c r="E89">
+        <v>4</v>
+      </c>
+      <c r="F89" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" t="s">
+        <v>17</v>
+      </c>
+      <c r="H89">
+        <v>14</v>
+      </c>
+      <c r="I89">
+        <v>0</v>
+      </c>
+      <c r="K89" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" t="s">
+        <v>282</v>
+      </c>
+      <c r="B90" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" t="s">
+        <v>23</v>
+      </c>
+      <c r="D90" t="s">
+        <v>283</v>
+      </c>
+      <c r="E90">
+        <v>4</v>
+      </c>
+      <c r="F90" t="s">
+        <v>16</v>
+      </c>
+      <c r="G90" t="s">
+        <v>17</v>
+      </c>
+      <c r="H90">
+        <v>43</v>
+      </c>
+      <c r="I90">
+        <v>42.5</v>
+      </c>
+      <c r="K90" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" t="s">
+        <v>285</v>
+      </c>
+      <c r="B91" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" t="s">
+        <v>23</v>
+      </c>
+      <c r="D91" t="s">
+        <v>286</v>
+      </c>
+      <c r="E91">
+        <v>4</v>
+      </c>
+      <c r="F91" t="s">
+        <v>16</v>
+      </c>
+      <c r="G91" t="s">
+        <v>17</v>
+      </c>
+      <c r="H91">
+        <v>9</v>
+      </c>
+      <c r="I91">
+        <v>40.7</v>
+      </c>
+      <c r="K91" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" t="s">
+        <v>288</v>
+      </c>
+      <c r="B92" t="s">
+        <v>13</v>
+      </c>
+      <c r="C92" t="s">
+        <v>23</v>
+      </c>
+      <c r="D92" t="s">
+        <v>289</v>
+      </c>
+      <c r="E92">
+        <v>4</v>
+      </c>
+      <c r="F92" t="s">
+        <v>16</v>
+      </c>
+      <c r="G92" t="s">
+        <v>17</v>
+      </c>
+      <c r="H92">
+        <v>3</v>
+      </c>
+      <c r="I92">
+        <v>0</v>
+      </c>
+      <c r="K92" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" t="s">
+        <v>291</v>
+      </c>
+      <c r="B93" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" t="s">
+        <v>23</v>
+      </c>
+      <c r="D93" t="s">
+        <v>292</v>
+      </c>
+      <c r="E93">
+        <v>4</v>
+      </c>
+      <c r="F93" t="s">
+        <v>16</v>
+      </c>
+      <c r="G93" t="s">
+        <v>17</v>
+      </c>
+      <c r="H93">
+        <v>5</v>
+      </c>
+      <c r="I93">
+        <v>0</v>
+      </c>
+      <c r="K93" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" t="s">
+        <v>294</v>
+      </c>
+      <c r="B94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" t="s">
+        <v>23</v>
+      </c>
+      <c r="D94" t="s">
+        <v>295</v>
+      </c>
+      <c r="E94">
+        <v>4</v>
+      </c>
+      <c r="F94" t="s">
+        <v>16</v>
+      </c>
+      <c r="G94" t="s">
+        <v>17</v>
+      </c>
+      <c r="H94">
+        <v>82</v>
+      </c>
+      <c r="I94">
+        <v>0</v>
+      </c>
+      <c r="K94" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" t="s">
+        <v>297</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
+        <v>23</v>
+      </c>
+      <c r="D95" t="s">
+        <v>298</v>
+      </c>
+      <c r="E95">
+        <v>4</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" t="s">
+        <v>17</v>
+      </c>
+      <c r="H95">
+        <v>4</v>
+      </c>
+      <c r="I95">
+        <v>0</v>
+      </c>
+      <c r="K95" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" t="s">
+        <v>300</v>
+      </c>
+      <c r="B96" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" t="s">
+        <v>23</v>
+      </c>
+      <c r="D96" t="s">
+        <v>301</v>
+      </c>
+      <c r="E96">
+        <v>4</v>
+      </c>
+      <c r="F96" t="s">
+        <v>16</v>
+      </c>
+      <c r="G96" t="s">
+        <v>17</v>
+      </c>
+      <c r="H96">
+        <v>34</v>
+      </c>
+      <c r="I96">
+        <v>1.3</v>
+      </c>
+      <c r="K96" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" t="s">
+        <v>303</v>
+      </c>
+      <c r="B97" t="s">
+        <v>13</v>
+      </c>
+      <c r="C97" t="s">
+        <v>23</v>
+      </c>
+      <c r="D97" t="s">
+        <v>304</v>
+      </c>
+      <c r="E97">
+        <v>4</v>
+      </c>
+      <c r="F97" t="s">
+        <v>16</v>
+      </c>
+      <c r="G97" t="s">
+        <v>17</v>
+      </c>
+      <c r="H97">
+        <v>83</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
+      </c>
+      <c r="K97" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" t="s">
+        <v>306</v>
+      </c>
+      <c r="B98" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" t="s">
+        <v>23</v>
+      </c>
+      <c r="D98" t="s">
+        <v>307</v>
+      </c>
+      <c r="E98">
+        <v>4</v>
+      </c>
+      <c r="F98" t="s">
+        <v>16</v>
+      </c>
+      <c r="G98" t="s">
+        <v>17</v>
+      </c>
+      <c r="H98">
+        <v>74</v>
+      </c>
+      <c r="I98">
+        <v>0</v>
+      </c>
+      <c r="K98" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" t="s">
+        <v>309</v>
+      </c>
+      <c r="B99" t="s">
+        <v>13</v>
+      </c>
+      <c r="C99" t="s">
+        <v>23</v>
+      </c>
+      <c r="D99" t="s">
+        <v>310</v>
+      </c>
+      <c r="E99">
+        <v>4</v>
+      </c>
+      <c r="F99" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" t="s">
+        <v>17</v>
+      </c>
+      <c r="H99">
+        <v>4</v>
+      </c>
+      <c r="I99">
+        <v>65</v>
+      </c>
+      <c r="K99" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" t="s">
+        <v>312</v>
+      </c>
+      <c r="B100" t="s">
+        <v>13</v>
+      </c>
+      <c r="C100" t="s">
+        <v>23</v>
+      </c>
+      <c r="D100" t="s">
+        <v>313</v>
+      </c>
+      <c r="E100">
+        <v>4</v>
+      </c>
+      <c r="F100" t="s">
+        <v>16</v>
+      </c>
+      <c r="G100" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100">
+        <v>80</v>
+      </c>
+      <c r="I100">
+        <v>0</v>
+      </c>
+      <c r="K100" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" t="s">
+        <v>315</v>
+      </c>
+      <c r="B101" t="s">
+        <v>13</v>
+      </c>
+      <c r="C101" t="s">
+        <v>23</v>
+      </c>
+      <c r="D101" t="s">
+        <v>316</v>
+      </c>
+      <c r="E101">
+        <v>4</v>
+      </c>
+      <c r="F101" t="s">
+        <v>16</v>
+      </c>
+      <c r="G101" t="s">
+        <v>17</v>
+      </c>
+      <c r="H101">
+        <v>14</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
+      </c>
+      <c r="K101" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" t="s">
+        <v>318</v>
+      </c>
+      <c r="B102" t="s">
+        <v>13</v>
+      </c>
+      <c r="C102" t="s">
+        <v>23</v>
+      </c>
+      <c r="D102" t="s">
+        <v>319</v>
+      </c>
+      <c r="E102">
+        <v>4</v>
+      </c>
+      <c r="F102" t="s">
+        <v>16</v>
+      </c>
+      <c r="G102" t="s">
+        <v>17</v>
+      </c>
+      <c r="H102">
+        <v>78</v>
+      </c>
+      <c r="I102">
+        <v>0</v>
+      </c>
+      <c r="K102" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" t="s">
+        <v>321</v>
+      </c>
+      <c r="B103" t="s">
+        <v>13</v>
+      </c>
+      <c r="C103" t="s">
+        <v>23</v>
+      </c>
+      <c r="D103" t="s">
+        <v>322</v>
+      </c>
+      <c r="E103">
+        <v>4</v>
+      </c>
+      <c r="F103" t="s">
+        <v>16</v>
+      </c>
+      <c r="G103" t="s">
+        <v>17</v>
+      </c>
+      <c r="H103">
+        <v>44</v>
+      </c>
+      <c r="I103">
+        <v>0</v>
+      </c>
+      <c r="K103" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" t="s">
+        <v>324</v>
+      </c>
+      <c r="B104" t="s">
+        <v>13</v>
+      </c>
+      <c r="C104" t="s">
+        <v>23</v>
+      </c>
+      <c r="D104" t="s">
+        <v>325</v>
+      </c>
+      <c r="E104">
+        <v>4</v>
+      </c>
+      <c r="F104" t="s">
+        <v>16</v>
+      </c>
+      <c r="G104" t="s">
+        <v>17</v>
+      </c>
+      <c r="H104">
+        <v>76</v>
+      </c>
+      <c r="I104">
+        <v>0</v>
+      </c>
+      <c r="K104" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" t="s">
+        <v>327</v>
+      </c>
+      <c r="B105" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" t="s">
+        <v>23</v>
+      </c>
+      <c r="D105" t="s">
+        <v>328</v>
+      </c>
+      <c r="E105">
+        <v>4</v>
+      </c>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" t="s">
+        <v>17</v>
+      </c>
+      <c r="H105">
+        <v>6</v>
+      </c>
+      <c r="I105">
+        <v>57</v>
+      </c>
+      <c r="K105" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" t="s">
+        <v>330</v>
+      </c>
+      <c r="B106" t="s">
+        <v>13</v>
+      </c>
+      <c r="C106" t="s">
+        <v>23</v>
+      </c>
+      <c r="D106" t="s">
+        <v>331</v>
+      </c>
+      <c r="E106">
+        <v>4</v>
+      </c>
+      <c r="F106" t="s">
+        <v>16</v>
+      </c>
+      <c r="G106" t="s">
+        <v>17</v>
+      </c>
+      <c r="H106">
+        <v>56</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
+      </c>
+      <c r="K106" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" t="s">
+        <v>333</v>
+      </c>
+      <c r="B107" t="s">
+        <v>13</v>
+      </c>
+      <c r="C107" t="s">
+        <v>23</v>
+      </c>
+      <c r="D107" t="s">
+        <v>334</v>
+      </c>
+      <c r="E107">
+        <v>4</v>
+      </c>
+      <c r="F107" t="s">
+        <v>16</v>
+      </c>
+      <c r="G107" t="s">
+        <v>17</v>
+      </c>
+      <c r="H107">
+        <v>4</v>
+      </c>
+      <c r="I107">
+        <v>71.6</v>
+      </c>
+      <c r="K107" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" t="s">
+        <v>336</v>
+      </c>
+      <c r="B108" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" t="s">
+        <v>23</v>
+      </c>
+      <c r="D108" t="s">
+        <v>337</v>
+      </c>
+      <c r="E108">
+        <v>4</v>
+      </c>
+      <c r="F108" t="s">
+        <v>16</v>
+      </c>
+      <c r="G108" t="s">
+        <v>17</v>
+      </c>
+      <c r="H108">
+        <v>12</v>
+      </c>
+      <c r="I108">
+        <v>39.2</v>
+      </c>
+      <c r="K108" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" t="s">
+        <v>339</v>
+      </c>
+      <c r="B109" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" t="s">
+        <v>23</v>
+      </c>
+      <c r="D109" t="s">
+        <v>340</v>
+      </c>
+      <c r="E109">
+        <v>4</v>
+      </c>
+      <c r="F109" t="s">
+        <v>16</v>
+      </c>
+      <c r="G109" t="s">
+        <v>17</v>
+      </c>
+      <c r="H109">
+        <v>17</v>
+      </c>
+      <c r="I109">
+        <v>5</v>
+      </c>
+      <c r="K109" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" t="s">
+        <v>342</v>
+      </c>
+      <c r="B110" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" t="s">
+        <v>23</v>
+      </c>
+      <c r="D110" t="s">
+        <v>343</v>
+      </c>
+      <c r="E110">
+        <v>4</v>
+      </c>
+      <c r="F110" t="s">
+        <v>16</v>
+      </c>
+      <c r="G110" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110">
+        <v>10</v>
+      </c>
+      <c r="I110">
+        <v>45.4</v>
+      </c>
+      <c r="K110" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" t="s">
+        <v>345</v>
+      </c>
+      <c r="B111" t="s">
+        <v>13</v>
+      </c>
+      <c r="C111" t="s">
+        <v>23</v>
+      </c>
+      <c r="D111" t="s">
+        <v>346</v>
+      </c>
+      <c r="E111">
+        <v>4</v>
+      </c>
+      <c r="F111" t="s">
+        <v>16</v>
+      </c>
+      <c r="G111" t="s">
+        <v>17</v>
+      </c>
+      <c r="H111">
+        <v>19</v>
+      </c>
+      <c r="I111">
+        <v>9.2</v>
+      </c>
+      <c r="K111" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" t="s">
+        <v>30</v>
+      </c>
+      <c r="B112" t="s">
+        <v>13</v>
+      </c>
+      <c r="C112" t="s">
+        <v>23</v>
+      </c>
+      <c r="D112" t="s">
+        <v>348</v>
+      </c>
+      <c r="E112">
+        <v>4</v>
+      </c>
+      <c r="F112" t="s">
+        <v>16</v>
+      </c>
+      <c r="G112" t="s">
+        <v>17</v>
+      </c>
+      <c r="H112">
+        <v>6</v>
+      </c>
+      <c r="I112">
+        <v>54.3</v>
+      </c>
+      <c r="K112" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" t="s">
+        <v>86</v>
+      </c>
+      <c r="B113" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" t="s">
+        <v>350</v>
+      </c>
+      <c r="D113" t="s">
+        <v>351</v>
+      </c>
+      <c r="E113">
+        <v>93</v>
+      </c>
+      <c r="F113" t="s">
+        <v>16</v>
+      </c>
+      <c r="G113" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113">
+        <v>8</v>
+      </c>
+      <c r="I113">
+        <v>38</v>
+      </c>
+      <c r="K113" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" t="s">
+        <v>98</v>
+      </c>
+      <c r="B114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" t="s">
+        <v>353</v>
+      </c>
+      <c r="D114" t="s">
+        <v>354</v>
+      </c>
+      <c r="E114">
+        <v>18</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114">
+        <v>9</v>
+      </c>
+      <c r="I114">
+        <v>57.5</v>
+      </c>
+      <c r="K114" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11">
+      <c r="A115" t="s">
+        <v>356</v>
+      </c>
+      <c r="B115" t="s">
+        <v>13</v>
+      </c>
+      <c r="C115" t="s">
+        <v>353</v>
+      </c>
+      <c r="D115" t="s">
+        <v>357</v>
+      </c>
+      <c r="E115">
+        <v>18</v>
+      </c>
+      <c r="F115" t="s">
+        <v>16</v>
+      </c>
+      <c r="G115" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115">
+        <v>17</v>
+      </c>
+      <c r="I115">
+        <v>21.2</v>
+      </c>
+      <c r="K115" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11">
+      <c r="A116" t="s">
+        <v>186</v>
+      </c>
+      <c r="B116" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" t="s">
+        <v>359</v>
+      </c>
+      <c r="D116" t="s">
+        <v>360</v>
+      </c>
+      <c r="E116">
+        <v>90</v>
+      </c>
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116">
+        <v>13</v>
+      </c>
+      <c r="I116">
+        <v>27.3</v>
+      </c>
+      <c r="K116" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11">
+      <c r="A117" t="s">
+        <v>362</v>
+      </c>
+      <c r="B117" t="s">
+        <v>13</v>
+      </c>
+      <c r="C117" t="s">
+        <v>363</v>
+      </c>
+      <c r="D117" t="s">
+        <v>364</v>
+      </c>
+      <c r="E117">
+        <v>3</v>
+      </c>
+      <c r="F117" t="s">
+        <v>16</v>
+      </c>
+      <c r="G117" t="s">
+        <v>17</v>
+      </c>
+      <c r="H117">
+        <v>9</v>
+      </c>
+      <c r="I117">
+        <v>37.4</v>
+      </c>
+      <c r="K117" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11">
+      <c r="A118" t="s">
+        <v>210</v>
+      </c>
+      <c r="B118" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" t="s">
+        <v>366</v>
+      </c>
+      <c r="D118" t="s">
+        <v>367</v>
+      </c>
+      <c r="E118">
+        <v>87</v>
+      </c>
+      <c r="F118" t="s">
+        <v>16</v>
+      </c>
+      <c r="G118" t="s">
+        <v>17</v>
+      </c>
+      <c r="H118">
+        <v>84</v>
+      </c>
+      <c r="I118">
+        <v>66.7</v>
+      </c>
+      <c r="K118" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" t="s">
+        <v>207</v>
+      </c>
+      <c r="B119" t="s">
+        <v>13</v>
+      </c>
+      <c r="C119" t="s">
+        <v>369</v>
+      </c>
+      <c r="D119" t="s">
+        <v>370</v>
+      </c>
+      <c r="E119">
+        <v>84</v>
+      </c>
+      <c r="F119" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119">
+        <v>20</v>
+      </c>
+      <c r="I119">
+        <v>18.5</v>
+      </c>
+      <c r="K119" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" t="s">
+        <v>372</v>
+      </c>
+      <c r="B120" t="s">
+        <v>13</v>
+      </c>
+      <c r="C120" t="s">
+        <v>369</v>
+      </c>
+      <c r="D120" t="s">
+        <v>373</v>
+      </c>
+      <c r="E120">
+        <v>84</v>
+      </c>
+      <c r="F120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G120" t="s">
+        <v>17</v>
+      </c>
+      <c r="H120">
         <v>101</v>
       </c>
-      <c r="I11">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="I120">
+        <v>34.6</v>
+      </c>
+      <c r="K120" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11">
+      <c r="A121" t="s">
+        <v>356</v>
+      </c>
+      <c r="B121" t="s">
+        <v>13</v>
+      </c>
+      <c r="C121" t="s">
+        <v>369</v>
+      </c>
+      <c r="D121" t="s">
+        <v>375</v>
+      </c>
+      <c r="E121">
+        <v>84</v>
+      </c>
+      <c r="F121" t="s">
+        <v>16</v>
+      </c>
+      <c r="G121" t="s">
+        <v>17</v>
+      </c>
+      <c r="H121">
+        <v>17</v>
+      </c>
+      <c r="I121">
+        <v>21.2</v>
+      </c>
+      <c r="K121" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11">
+      <c r="A122" t="s">
+        <v>377</v>
+      </c>
+      <c r="B122" t="s">
+        <v>13</v>
+      </c>
+      <c r="C122" t="s">
+        <v>378</v>
+      </c>
+      <c r="D122" t="s">
+        <v>379</v>
+      </c>
+      <c r="E122">
+        <v>81</v>
+      </c>
+      <c r="F122" t="s">
+        <v>16</v>
+      </c>
+      <c r="G122" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122">
+        <v>31</v>
+      </c>
+      <c r="I122">
+        <v>5.7</v>
+      </c>
+      <c r="K122" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11">
+      <c r="A123" t="s">
+        <v>377</v>
+      </c>
+      <c r="B123" t="s">
+        <v>13</v>
+      </c>
+      <c r="C123" t="s">
+        <v>381</v>
+      </c>
+      <c r="D123" t="s">
+        <v>382</v>
+      </c>
+      <c r="E123">
+        <v>25</v>
+      </c>
+      <c r="F123" t="s">
+        <v>16</v>
+      </c>
+      <c r="G123" t="s">
+        <v>17</v>
+      </c>
+      <c r="H123">
+        <v>31</v>
+      </c>
+      <c r="I123">
+        <v>5.7</v>
+      </c>
+      <c r="K123" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11">
+      <c r="A124" t="s">
+        <v>38</v>
+      </c>
+      <c r="B124" t="s">
+        <v>13</v>
+      </c>
+      <c r="C124" t="s">
+        <v>378</v>
+      </c>
+      <c r="D124" t="s">
+        <v>384</v>
+      </c>
+      <c r="E124">
+        <v>78</v>
+      </c>
+      <c r="F124" t="s">
+        <v>16</v>
+      </c>
+      <c r="G124" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124">
+        <v>28</v>
+      </c>
+      <c r="I124">
+        <v>62.9</v>
+      </c>
+      <c r="K124" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11">
+      <c r="A125" t="s">
+        <v>386</v>
+      </c>
+      <c r="B125" t="s">
+        <v>13</v>
+      </c>
+      <c r="C125" t="s">
+        <v>378</v>
+      </c>
+      <c r="D125" t="s">
+        <v>387</v>
+      </c>
+      <c r="E125">
+        <v>78</v>
+      </c>
+      <c r="F125" t="s">
+        <v>16</v>
+      </c>
+      <c r="G125" t="s">
+        <v>17</v>
+      </c>
+      <c r="H125">
+        <v>8</v>
+      </c>
+      <c r="I125">
+        <v>74.1</v>
+      </c>
+      <c r="K125" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11">
+      <c r="A126" t="s">
+        <v>389</v>
+      </c>
+      <c r="B126" t="s">
+        <v>13</v>
+      </c>
+      <c r="C126" t="s">
+        <v>390</v>
+      </c>
+      <c r="D126" t="s">
+        <v>391</v>
+      </c>
+      <c r="E126">
+        <v>15</v>
+      </c>
+      <c r="F126" t="s">
+        <v>16</v>
+      </c>
+      <c r="G126" t="s">
+        <v>17</v>
+      </c>
+      <c r="H126">
+        <v>51</v>
+      </c>
+      <c r="I126">
+        <v>0</v>
+      </c>
+      <c r="K126" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11">
+      <c r="A127" t="s">
+        <v>234</v>
+      </c>
+      <c r="B127" t="s">
+        <v>13</v>
+      </c>
+      <c r="C127" t="s">
+        <v>390</v>
+      </c>
+      <c r="D127" t="s">
+        <v>393</v>
+      </c>
+      <c r="E127">
+        <v>15</v>
+      </c>
+      <c r="F127" t="s">
+        <v>16</v>
+      </c>
+      <c r="G127" t="s">
+        <v>17</v>
+      </c>
+      <c r="H127">
+        <v>10</v>
+      </c>
+      <c r="I127">
+        <v>0</v>
+      </c>
+      <c r="K127" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11">
+      <c r="A128" t="s">
+        <v>42</v>
+      </c>
+      <c r="B128" t="s">
+        <v>13</v>
+      </c>
+      <c r="C128" t="s">
+        <v>390</v>
+      </c>
+      <c r="D128" t="s">
+        <v>395</v>
+      </c>
+      <c r="E128">
+        <v>15</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128">
+        <v>26</v>
+      </c>
+      <c r="I128">
+        <v>0</v>
+      </c>
+      <c r="K128" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11">
+      <c r="A129" t="s">
+        <v>279</v>
+      </c>
+      <c r="B129" t="s">
+        <v>13</v>
+      </c>
+      <c r="C129" t="s">
+        <v>390</v>
+      </c>
+      <c r="D129" t="s">
+        <v>397</v>
+      </c>
+      <c r="E129">
+        <v>15</v>
+      </c>
+      <c r="F129" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" t="s">
+        <v>17</v>
+      </c>
+      <c r="H129">
+        <v>14</v>
+      </c>
+      <c r="I129">
+        <v>0</v>
+      </c>
+      <c r="K129" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11">
+      <c r="A130" t="s">
+        <v>399</v>
+      </c>
+      <c r="B130" t="s">
+        <v>13</v>
+      </c>
+      <c r="C130" t="s">
+        <v>390</v>
+      </c>
+      <c r="D130" t="s">
+        <v>400</v>
+      </c>
+      <c r="E130">
+        <v>15</v>
+      </c>
+      <c r="F130" t="s">
+        <v>16</v>
+      </c>
+      <c r="G130" t="s">
+        <v>17</v>
+      </c>
+      <c r="H130">
+        <v>4</v>
+      </c>
+      <c r="I130">
+        <v>75</v>
+      </c>
+      <c r="K130" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11">
+      <c r="A131" t="s">
+        <v>291</v>
+      </c>
+      <c r="B131" t="s">
+        <v>13</v>
+      </c>
+      <c r="C131" t="s">
+        <v>390</v>
+      </c>
+      <c r="D131" t="s">
+        <v>402</v>
+      </c>
+      <c r="E131">
+        <v>15</v>
+      </c>
+      <c r="F131" t="s">
+        <v>16</v>
+      </c>
+      <c r="G131" t="s">
+        <v>17</v>
+      </c>
+      <c r="H131">
+        <v>5</v>
+      </c>
+      <c r="I131">
+        <v>0</v>
+      </c>
+      <c r="K131" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11">
+      <c r="A132" t="s">
+        <v>300</v>
+      </c>
+      <c r="B132" t="s">
+        <v>13</v>
+      </c>
+      <c r="C132" t="s">
+        <v>390</v>
+      </c>
+      <c r="D132" t="s">
+        <v>404</v>
+      </c>
+      <c r="E132">
+        <v>15</v>
+      </c>
+      <c r="F132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>17</v>
+      </c>
+      <c r="H132">
+        <v>34</v>
+      </c>
+      <c r="I132">
+        <v>1.3</v>
+      </c>
+      <c r="K132" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11">
+      <c r="A133" t="s">
+        <v>148</v>
+      </c>
+      <c r="B133" t="s">
+        <v>13</v>
+      </c>
+      <c r="C133" t="s">
+        <v>390</v>
+      </c>
+      <c r="D133" t="s">
+        <v>406</v>
+      </c>
+      <c r="E133">
+        <v>15</v>
+      </c>
+      <c r="F133" t="s">
+        <v>16</v>
+      </c>
+      <c r="G133" t="s">
+        <v>17</v>
+      </c>
+      <c r="H133">
+        <v>3</v>
+      </c>
+      <c r="I133">
+        <v>60</v>
+      </c>
+      <c r="K133" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11">
+      <c r="A134" t="s">
+        <v>71</v>
+      </c>
+      <c r="B134" t="s">
+        <v>13</v>
+      </c>
+      <c r="C134" t="s">
+        <v>390</v>
+      </c>
+      <c r="D134" t="s">
+        <v>408</v>
+      </c>
+      <c r="E134">
+        <v>15</v>
+      </c>
+      <c r="F134" t="s">
+        <v>16</v>
+      </c>
+      <c r="G134" t="s">
+        <v>17</v>
+      </c>
+      <c r="H134">
+        <v>14</v>
+      </c>
+      <c r="I134">
+        <v>5</v>
+      </c>
+      <c r="K134" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" t="s">
+        <v>410</v>
+      </c>
+      <c r="B135" t="s">
+        <v>13</v>
+      </c>
+      <c r="C135" t="s">
+        <v>390</v>
+      </c>
+      <c r="D135" t="s">
+        <v>411</v>
+      </c>
+      <c r="E135">
+        <v>15</v>
+      </c>
+      <c r="F135" t="s">
+        <v>16</v>
+      </c>
+      <c r="G135" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135">
+        <v>18</v>
+      </c>
+      <c r="I135">
+        <v>52.5</v>
+      </c>
+      <c r="K135" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" t="s">
+        <v>54</v>
+      </c>
+      <c r="B136" t="s">
+        <v>13</v>
+      </c>
+      <c r="C136" t="s">
+        <v>390</v>
+      </c>
+      <c r="D136" t="s">
+        <v>413</v>
+      </c>
+      <c r="E136">
+        <v>15</v>
+      </c>
+      <c r="F136" t="s">
+        <v>16</v>
+      </c>
+      <c r="G136" t="s">
+        <v>17</v>
+      </c>
+      <c r="H136">
+        <v>62</v>
+      </c>
+      <c r="I136">
+        <v>1.5</v>
+      </c>
+      <c r="K136" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11">
+      <c r="A137" t="s">
+        <v>339</v>
+      </c>
+      <c r="B137" t="s">
+        <v>13</v>
+      </c>
+      <c r="C137" t="s">
+        <v>390</v>
+      </c>
+      <c r="D137" t="s">
+        <v>415</v>
+      </c>
+      <c r="E137">
+        <v>15</v>
+      </c>
+      <c r="F137" t="s">
+        <v>16</v>
+      </c>
+      <c r="G137" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137">
+        <v>17</v>
+      </c>
+      <c r="I137">
+        <v>5</v>
+      </c>
+      <c r="K137" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11">
+      <c r="A138" t="s">
+        <v>417</v>
+      </c>
+      <c r="B138" t="s">
+        <v>13</v>
+      </c>
+      <c r="C138" t="s">
+        <v>390</v>
+      </c>
+      <c r="D138" t="s">
+        <v>418</v>
+      </c>
+      <c r="E138">
+        <v>15</v>
+      </c>
+      <c r="F138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
+        <v>17</v>
+      </c>
+      <c r="H138">
+        <v>3</v>
+      </c>
+      <c r="I138">
+        <v>94.3</v>
+      </c>
+      <c r="K138" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>420</v>
+      </c>
+      <c r="B139" t="s">
+        <v>13</v>
+      </c>
+      <c r="C139" t="s">
+        <v>390</v>
+      </c>
+      <c r="D139" t="s">
+        <v>421</v>
+      </c>
+      <c r="E139">
+        <v>15</v>
+      </c>
+      <c r="F139" t="s">
+        <v>16</v>
+      </c>
+      <c r="G139" t="s">
+        <v>17</v>
+      </c>
+      <c r="H139">
+        <v>2</v>
+      </c>
+      <c r="I139">
+        <v>92.5</v>
+      </c>
+      <c r="K139" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11">
+      <c r="A140" t="s">
+        <v>172</v>
+      </c>
+      <c r="B140" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140" t="s">
+        <v>390</v>
+      </c>
+      <c r="D140" t="s">
+        <v>423</v>
+      </c>
+      <c r="E140">
+        <v>15</v>
+      </c>
+      <c r="F140" t="s">
+        <v>16</v>
+      </c>
+      <c r="G140" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140">
+        <v>26</v>
+      </c>
+      <c r="I140">
+        <v>8</v>
+      </c>
+      <c r="K140" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11">
+      <c r="A141" t="s">
+        <v>102</v>
+      </c>
+      <c r="B141" t="s">
+        <v>13</v>
+      </c>
+      <c r="C141" t="s">
+        <v>31</v>
+      </c>
+      <c r="D141" t="s">
+        <v>425</v>
+      </c>
+      <c r="E141">
+        <v>12</v>
+      </c>
+      <c r="F141" t="s">
+        <v>16</v>
+      </c>
+      <c r="G141" t="s">
+        <v>17</v>
+      </c>
+      <c r="H141">
+        <v>13</v>
+      </c>
+      <c r="I141">
+        <v>0</v>
+      </c>
+      <c r="K141" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11">
+      <c r="A142" t="s">
+        <v>427</v>
+      </c>
+      <c r="B142" t="s">
+        <v>13</v>
+      </c>
+      <c r="C142" t="s">
+        <v>31</v>
+      </c>
+      <c r="D142" t="s">
+        <v>428</v>
+      </c>
+      <c r="E142">
+        <v>12</v>
+      </c>
+      <c r="F142" t="s">
+        <v>16</v>
+      </c>
+      <c r="G142" t="s">
+        <v>17</v>
+      </c>
+      <c r="H142">
+        <v>16</v>
+      </c>
+      <c r="I142">
+        <v>0</v>
+      </c>
+      <c r="K142" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" t="s">
+        <v>258</v>
+      </c>
+      <c r="B143" t="s">
+        <v>13</v>
+      </c>
+      <c r="C143" t="s">
+        <v>31</v>
+      </c>
+      <c r="D143" t="s">
+        <v>430</v>
+      </c>
+      <c r="E143">
+        <v>12</v>
+      </c>
+      <c r="F143" t="s">
+        <v>16</v>
+      </c>
+      <c r="G143" t="s">
+        <v>17</v>
+      </c>
+      <c r="H143">
         <v>32</v>
+      </c>
+      <c r="I143">
+        <v>0</v>
+      </c>
+      <c r="K143" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11">
+      <c r="A144" t="s">
+        <v>276</v>
+      </c>
+      <c r="B144" t="s">
+        <v>13</v>
+      </c>
+      <c r="C144" t="s">
+        <v>31</v>
+      </c>
+      <c r="D144" t="s">
+        <v>432</v>
+      </c>
+      <c r="E144">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>16</v>
+      </c>
+      <c r="G144" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144">
+        <v>19</v>
+      </c>
+      <c r="I144">
+        <v>0</v>
+      </c>
+      <c r="K144" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11">
+      <c r="A145" t="s">
+        <v>282</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>31</v>
+      </c>
+      <c r="D145" t="s">
+        <v>434</v>
+      </c>
+      <c r="E145">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>16</v>
+      </c>
+      <c r="G145" t="s">
+        <v>17</v>
+      </c>
+      <c r="H145">
+        <v>43</v>
+      </c>
+      <c r="I145">
+        <v>42.5</v>
+      </c>
+      <c r="K145" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11">
+      <c r="A146" t="s">
+        <v>124</v>
+      </c>
+      <c r="B146" t="s">
+        <v>13</v>
+      </c>
+      <c r="C146" t="s">
+        <v>31</v>
+      </c>
+      <c r="D146" t="s">
+        <v>436</v>
+      </c>
+      <c r="E146">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>16</v>
+      </c>
+      <c r="G146" t="s">
+        <v>17</v>
+      </c>
+      <c r="H146">
+        <v>34</v>
+      </c>
+      <c r="I146">
+        <v>0</v>
+      </c>
+      <c r="K146" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11">
+      <c r="A147" t="s">
+        <v>297</v>
+      </c>
+      <c r="B147" t="s">
+        <v>13</v>
+      </c>
+      <c r="C147" t="s">
+        <v>31</v>
+      </c>
+      <c r="D147" t="s">
+        <v>438</v>
+      </c>
+      <c r="E147">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>16</v>
+      </c>
+      <c r="G147" t="s">
+        <v>17</v>
+      </c>
+      <c r="H147">
+        <v>4</v>
+      </c>
+      <c r="I147">
+        <v>0</v>
+      </c>
+      <c r="K147" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11">
+      <c r="A148" t="s">
+        <v>440</v>
+      </c>
+      <c r="B148" t="s">
+        <v>13</v>
+      </c>
+      <c r="C148" t="s">
+        <v>31</v>
+      </c>
+      <c r="D148" t="s">
+        <v>441</v>
+      </c>
+      <c r="E148">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>16</v>
+      </c>
+      <c r="G148" t="s">
+        <v>17</v>
+      </c>
+      <c r="H148">
+        <v>12</v>
+      </c>
+      <c r="I148">
+        <v>67.5</v>
+      </c>
+      <c r="K148" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11">
+      <c r="A149" t="s">
+        <v>145</v>
+      </c>
+      <c r="B149" t="s">
+        <v>13</v>
+      </c>
+      <c r="C149" t="s">
+        <v>31</v>
+      </c>
+      <c r="D149" t="s">
+        <v>443</v>
+      </c>
+      <c r="E149">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
+        <v>16</v>
+      </c>
+      <c r="G149" t="s">
+        <v>17</v>
+      </c>
+      <c r="H149">
+        <v>68</v>
+      </c>
+      <c r="I149">
+        <v>0</v>
+      </c>
+      <c r="K149" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11">
+      <c r="A150" t="s">
+        <v>445</v>
+      </c>
+      <c r="B150" t="s">
+        <v>13</v>
+      </c>
+      <c r="C150" t="s">
+        <v>31</v>
+      </c>
+      <c r="D150" t="s">
+        <v>446</v>
+      </c>
+      <c r="E150">
+        <v>12</v>
+      </c>
+      <c r="F150" t="s">
+        <v>16</v>
+      </c>
+      <c r="G150" t="s">
+        <v>17</v>
+      </c>
+      <c r="H150">
+        <v>30</v>
+      </c>
+      <c r="I150">
+        <v>0</v>
+      </c>
+      <c r="K150" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11">
+      <c r="A151" t="s">
+        <v>448</v>
+      </c>
+      <c r="B151" t="s">
+        <v>13</v>
+      </c>
+      <c r="C151" t="s">
+        <v>31</v>
+      </c>
+      <c r="D151" t="s">
+        <v>449</v>
+      </c>
+      <c r="E151">
+        <v>12</v>
+      </c>
+      <c r="F151" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" t="s">
+        <v>17</v>
+      </c>
+      <c r="H151">
+        <v>55</v>
+      </c>
+      <c r="I151">
+        <v>83.6</v>
+      </c>
+      <c r="K151" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11">
+      <c r="A152" t="s">
+        <v>336</v>
+      </c>
+      <c r="B152" t="s">
+        <v>13</v>
+      </c>
+      <c r="C152" t="s">
+        <v>31</v>
+      </c>
+      <c r="D152" t="s">
+        <v>451</v>
+      </c>
+      <c r="E152">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152">
+        <v>12</v>
+      </c>
+      <c r="I152">
+        <v>39.2</v>
+      </c>
+      <c r="K152" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11">
+      <c r="A153" t="s">
+        <v>57</v>
+      </c>
+      <c r="B153" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" t="s">
+        <v>31</v>
+      </c>
+      <c r="D153" t="s">
+        <v>453</v>
+      </c>
+      <c r="E153">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>16</v>
+      </c>
+      <c r="G153" t="s">
+        <v>17</v>
+      </c>
+      <c r="H153">
+        <v>25</v>
+      </c>
+      <c r="I153">
+        <v>38.5</v>
+      </c>
+      <c r="K153" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11">
+      <c r="A154" t="s">
+        <v>106</v>
+      </c>
+      <c r="B154" t="s">
+        <v>13</v>
+      </c>
+      <c r="C154" t="s">
+        <v>455</v>
+      </c>
+      <c r="D154" t="s">
+        <v>456</v>
+      </c>
+      <c r="E154">
+        <v>72</v>
+      </c>
+      <c r="F154" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" t="s">
+        <v>17</v>
+      </c>
+      <c r="H154">
+        <v>6</v>
+      </c>
+      <c r="I154">
+        <v>81.7</v>
+      </c>
+      <c r="K154" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11">
+      <c r="A155" t="s">
+        <v>458</v>
+      </c>
+      <c r="B155" t="s">
+        <v>13</v>
+      </c>
+      <c r="C155" t="s">
+        <v>459</v>
+      </c>
+      <c r="D155" t="s">
+        <v>460</v>
+      </c>
+      <c r="E155">
+        <v>72</v>
+      </c>
+      <c r="F155" t="s">
+        <v>16</v>
+      </c>
+      <c r="G155" t="s">
+        <v>17</v>
+      </c>
+      <c r="H155">
+        <v>55</v>
+      </c>
+      <c r="I155">
+        <v>12.3</v>
+      </c>
+      <c r="K155" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11">
+      <c r="A156" t="s">
+        <v>462</v>
+      </c>
+      <c r="B156" t="s">
+        <v>13</v>
+      </c>
+      <c r="C156" t="s">
+        <v>463</v>
+      </c>
+      <c r="D156" t="s">
+        <v>464</v>
+      </c>
+      <c r="E156">
+        <v>6</v>
+      </c>
+      <c r="F156" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" t="s">
+        <v>17</v>
+      </c>
+      <c r="H156">
+        <v>2</v>
+      </c>
+      <c r="I156">
+        <v>0</v>
+      </c>
+      <c r="K156" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11">
+      <c r="A157" t="s">
+        <v>109</v>
+      </c>
+      <c r="B157" t="s">
+        <v>13</v>
+      </c>
+      <c r="C157" t="s">
+        <v>466</v>
+      </c>
+      <c r="D157" t="s">
+        <v>467</v>
+      </c>
+      <c r="E157">
+        <v>18</v>
+      </c>
+      <c r="F157" t="s">
+        <v>16</v>
+      </c>
+      <c r="G157" t="s">
+        <v>17</v>
+      </c>
+      <c r="H157">
+        <v>6</v>
+      </c>
+      <c r="I157">
+        <v>29</v>
+      </c>
+      <c r="K157" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11">
+      <c r="A158" t="s">
+        <v>469</v>
+      </c>
+      <c r="B158" t="s">
+        <v>13</v>
+      </c>
+      <c r="C158" t="s">
+        <v>466</v>
+      </c>
+      <c r="D158" t="s">
+        <v>470</v>
+      </c>
+      <c r="E158">
+        <v>18</v>
+      </c>
+      <c r="F158" t="s">
+        <v>16</v>
+      </c>
+      <c r="G158" t="s">
+        <v>17</v>
+      </c>
+      <c r="H158">
+        <v>4</v>
+      </c>
+      <c r="I158">
+        <v>60</v>
+      </c>
+      <c r="K158" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11">
+      <c r="A159" t="s">
+        <v>288</v>
+      </c>
+      <c r="B159" t="s">
+        <v>13</v>
+      </c>
+      <c r="C159" t="s">
+        <v>466</v>
+      </c>
+      <c r="D159" t="s">
+        <v>472</v>
+      </c>
+      <c r="E159">
+        <v>18</v>
+      </c>
+      <c r="F159" t="s">
+        <v>16</v>
+      </c>
+      <c r="G159" t="s">
+        <v>17</v>
+      </c>
+      <c r="H159">
+        <v>3</v>
+      </c>
+      <c r="I159">
+        <v>0</v>
+      </c>
+      <c r="K159" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11">
+      <c r="A160" t="s">
+        <v>139</v>
+      </c>
+      <c r="B160" t="s">
+        <v>13</v>
+      </c>
+      <c r="C160" t="s">
+        <v>466</v>
+      </c>
+      <c r="D160" t="s">
+        <v>474</v>
+      </c>
+      <c r="E160">
+        <v>18</v>
+      </c>
+      <c r="F160" t="s">
+        <v>16</v>
+      </c>
+      <c r="G160" t="s">
+        <v>17</v>
+      </c>
+      <c r="H160">
+        <v>74</v>
+      </c>
+      <c r="I160">
+        <v>36.7</v>
+      </c>
+      <c r="K160" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11">
+      <c r="A161" t="s">
+        <v>476</v>
+      </c>
+      <c r="B161" t="s">
+        <v>13</v>
+      </c>
+      <c r="C161" t="s">
+        <v>466</v>
+      </c>
+      <c r="D161" t="s">
+        <v>477</v>
+      </c>
+      <c r="E161">
+        <v>18</v>
+      </c>
+      <c r="F161" t="s">
+        <v>16</v>
+      </c>
+      <c r="G161" t="s">
+        <v>17</v>
+      </c>
+      <c r="H161">
+        <v>11</v>
+      </c>
+      <c r="I161">
+        <v>0</v>
+      </c>
+      <c r="K161" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11">
+      <c r="A162" t="s">
+        <v>479</v>
+      </c>
+      <c r="B162" t="s">
+        <v>13</v>
+      </c>
+      <c r="C162" t="s">
+        <v>466</v>
+      </c>
+      <c r="D162" t="s">
+        <v>480</v>
+      </c>
+      <c r="E162">
+        <v>18</v>
+      </c>
+      <c r="F162" t="s">
+        <v>16</v>
+      </c>
+      <c r="G162" t="s">
+        <v>17</v>
+      </c>
+      <c r="H162">
+        <v>4</v>
+      </c>
+      <c r="I162">
+        <v>96.9</v>
+      </c>
+      <c r="K162" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11">
+      <c r="A163" t="s">
+        <v>482</v>
+      </c>
+      <c r="B163" t="s">
+        <v>13</v>
+      </c>
+      <c r="C163" t="s">
+        <v>466</v>
+      </c>
+      <c r="D163" t="s">
+        <v>483</v>
+      </c>
+      <c r="E163">
+        <v>18</v>
+      </c>
+      <c r="F163" t="s">
+        <v>16</v>
+      </c>
+      <c r="G163" t="s">
+        <v>17</v>
+      </c>
+      <c r="H163">
+        <v>8</v>
+      </c>
+      <c r="I163">
+        <v>43.2</v>
+      </c>
+      <c r="K163" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11">
+      <c r="A164" t="s">
+        <v>485</v>
+      </c>
+      <c r="B164" t="s">
+        <v>13</v>
+      </c>
+      <c r="C164" t="s">
+        <v>466</v>
+      </c>
+      <c r="D164" t="s">
+        <v>486</v>
+      </c>
+      <c r="E164">
+        <v>18</v>
+      </c>
+      <c r="F164" t="s">
+        <v>16</v>
+      </c>
+      <c r="G164" t="s">
+        <v>17</v>
+      </c>
+      <c r="H164">
+        <v>5</v>
+      </c>
+      <c r="I164">
+        <v>78.5</v>
+      </c>
+      <c r="K164" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11">
+      <c r="A165" t="s">
+        <v>26</v>
+      </c>
+      <c r="B165" t="s">
+        <v>13</v>
+      </c>
+      <c r="C165" t="s">
+        <v>488</v>
+      </c>
+      <c r="D165" t="s">
+        <v>489</v>
+      </c>
+      <c r="E165">
+        <v>54</v>
+      </c>
+      <c r="F165" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" t="s">
+        <v>17</v>
+      </c>
+      <c r="H165">
+        <v>17</v>
+      </c>
+      <c r="I165">
+        <v>14.7</v>
+      </c>
+      <c r="K165" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11">
+      <c r="A166" t="s">
+        <v>237</v>
+      </c>
+      <c r="B166" t="s">
+        <v>13</v>
+      </c>
+      <c r="C166" t="s">
+        <v>491</v>
+      </c>
+      <c r="D166" t="s">
+        <v>492</v>
+      </c>
+      <c r="E166">
+        <v>9</v>
+      </c>
+      <c r="F166" t="s">
+        <v>16</v>
+      </c>
+      <c r="G166" t="s">
+        <v>17</v>
+      </c>
+      <c r="H166">
+        <v>6</v>
+      </c>
+      <c r="I166">
+        <v>0</v>
+      </c>
+      <c r="K166" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11">
+      <c r="A167" t="s">
+        <v>246</v>
+      </c>
+      <c r="B167" t="s">
+        <v>13</v>
+      </c>
+      <c r="C167" t="s">
+        <v>491</v>
+      </c>
+      <c r="D167" t="s">
+        <v>494</v>
+      </c>
+      <c r="E167">
+        <v>9</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
+        <v>17</v>
+      </c>
+      <c r="H167">
+        <v>22</v>
+      </c>
+      <c r="I167">
+        <v>17.1</v>
+      </c>
+      <c r="K167" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11">
+      <c r="A168" t="s">
+        <v>249</v>
+      </c>
+      <c r="B168" t="s">
+        <v>13</v>
+      </c>
+      <c r="C168" t="s">
+        <v>491</v>
+      </c>
+      <c r="D168" t="s">
+        <v>496</v>
+      </c>
+      <c r="E168">
+        <v>9</v>
+      </c>
+      <c r="F168" t="s">
+        <v>16</v>
+      </c>
+      <c r="G168" t="s">
+        <v>17</v>
+      </c>
+      <c r="H168">
+        <v>23</v>
+      </c>
+      <c r="I168">
+        <v>0</v>
+      </c>
+      <c r="K168" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11">
+      <c r="A169" t="s">
+        <v>112</v>
+      </c>
+      <c r="B169" t="s">
+        <v>13</v>
+      </c>
+      <c r="C169" t="s">
+        <v>491</v>
+      </c>
+      <c r="D169" t="s">
+        <v>498</v>
+      </c>
+      <c r="E169">
+        <v>9</v>
+      </c>
+      <c r="F169" t="s">
+        <v>16</v>
+      </c>
+      <c r="G169" t="s">
+        <v>17</v>
+      </c>
+      <c r="H169">
+        <v>40</v>
+      </c>
+      <c r="I169">
+        <v>0</v>
+      </c>
+      <c r="K169" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11">
+      <c r="A170" t="s">
+        <v>115</v>
+      </c>
+      <c r="B170" t="s">
+        <v>13</v>
+      </c>
+      <c r="C170" t="s">
+        <v>491</v>
+      </c>
+      <c r="D170" t="s">
+        <v>500</v>
+      </c>
+      <c r="E170">
+        <v>9</v>
+      </c>
+      <c r="F170" t="s">
+        <v>16</v>
+      </c>
+      <c r="G170" t="s">
+        <v>17</v>
+      </c>
+      <c r="H170">
+        <v>20</v>
+      </c>
+      <c r="I170">
+        <v>0</v>
+      </c>
+      <c r="K170" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" t="s">
+        <v>118</v>
+      </c>
+      <c r="B171" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" t="s">
+        <v>491</v>
+      </c>
+      <c r="D171" t="s">
+        <v>502</v>
+      </c>
+      <c r="E171">
+        <v>9</v>
+      </c>
+      <c r="F171" t="s">
+        <v>16</v>
+      </c>
+      <c r="G171" t="s">
+        <v>17</v>
+      </c>
+      <c r="H171">
+        <v>28</v>
+      </c>
+      <c r="I171">
+        <v>0</v>
+      </c>
+      <c r="K171" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" t="s">
+        <v>273</v>
+      </c>
+      <c r="B172" t="s">
+        <v>13</v>
+      </c>
+      <c r="C172" t="s">
+        <v>491</v>
+      </c>
+      <c r="D172" t="s">
+        <v>504</v>
+      </c>
+      <c r="E172">
+        <v>9</v>
+      </c>
+      <c r="F172" t="s">
+        <v>16</v>
+      </c>
+      <c r="G172" t="s">
+        <v>17</v>
+      </c>
+      <c r="H172">
+        <v>57</v>
+      </c>
+      <c r="I172">
+        <v>0</v>
+      </c>
+      <c r="K172" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11">
+      <c r="A173" t="s">
+        <v>506</v>
+      </c>
+      <c r="B173" t="s">
+        <v>13</v>
+      </c>
+      <c r="C173" t="s">
+        <v>491</v>
+      </c>
+      <c r="D173" t="s">
+        <v>507</v>
+      </c>
+      <c r="E173">
+        <v>9</v>
+      </c>
+      <c r="F173" t="s">
+        <v>16</v>
+      </c>
+      <c r="G173" t="s">
+        <v>17</v>
+      </c>
+      <c r="H173">
+        <v>76</v>
+      </c>
+      <c r="I173">
+        <v>0</v>
+      </c>
+      <c r="K173" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11">
+      <c r="A174" t="s">
+        <v>127</v>
+      </c>
+      <c r="B174" t="s">
+        <v>13</v>
+      </c>
+      <c r="C174" t="s">
+        <v>491</v>
+      </c>
+      <c r="D174" t="s">
+        <v>509</v>
+      </c>
+      <c r="E174">
+        <v>9</v>
+      </c>
+      <c r="F174" t="s">
+        <v>16</v>
+      </c>
+      <c r="G174" t="s">
+        <v>17</v>
+      </c>
+      <c r="H174">
+        <v>48</v>
+      </c>
+      <c r="I174">
+        <v>0</v>
+      </c>
+      <c r="K174" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11">
+      <c r="A175" t="s">
+        <v>130</v>
+      </c>
+      <c r="B175" t="s">
+        <v>13</v>
+      </c>
+      <c r="C175" t="s">
+        <v>491</v>
+      </c>
+      <c r="D175" t="s">
+        <v>511</v>
+      </c>
+      <c r="E175">
+        <v>9</v>
+      </c>
+      <c r="F175" t="s">
+        <v>16</v>
+      </c>
+      <c r="G175" t="s">
+        <v>17</v>
+      </c>
+      <c r="H175">
+        <v>39</v>
+      </c>
+      <c r="I175">
+        <v>0</v>
+      </c>
+      <c r="K175" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11">
+      <c r="A176" t="s">
+        <v>133</v>
+      </c>
+      <c r="B176" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" t="s">
+        <v>491</v>
+      </c>
+      <c r="D176" t="s">
+        <v>513</v>
+      </c>
+      <c r="E176">
+        <v>9</v>
+      </c>
+      <c r="F176" t="s">
+        <v>16</v>
+      </c>
+      <c r="G176" t="s">
+        <v>17</v>
+      </c>
+      <c r="H176">
+        <v>77</v>
+      </c>
+      <c r="I176">
+        <v>0</v>
+      </c>
+      <c r="K176" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11">
+      <c r="A177" t="s">
+        <v>294</v>
+      </c>
+      <c r="B177" t="s">
+        <v>13</v>
+      </c>
+      <c r="C177" t="s">
+        <v>491</v>
+      </c>
+      <c r="D177" t="s">
+        <v>515</v>
+      </c>
+      <c r="E177">
+        <v>9</v>
+      </c>
+      <c r="F177" t="s">
+        <v>16</v>
+      </c>
+      <c r="G177" t="s">
+        <v>17</v>
+      </c>
+      <c r="H177">
+        <v>82</v>
+      </c>
+      <c r="I177">
+        <v>0</v>
+      </c>
+      <c r="K177" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11">
+      <c r="A178" t="s">
+        <v>517</v>
+      </c>
+      <c r="B178" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" t="s">
+        <v>491</v>
+      </c>
+      <c r="D178" t="s">
+        <v>518</v>
+      </c>
+      <c r="E178">
+        <v>9</v>
+      </c>
+      <c r="F178" t="s">
+        <v>16</v>
+      </c>
+      <c r="G178" t="s">
+        <v>17</v>
+      </c>
+      <c r="H178">
+        <v>3</v>
+      </c>
+      <c r="I178">
+        <v>55</v>
+      </c>
+      <c r="K178" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11">
+      <c r="A179" t="s">
+        <v>151</v>
+      </c>
+      <c r="B179" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" t="s">
+        <v>491</v>
+      </c>
+      <c r="D179" t="s">
+        <v>520</v>
+      </c>
+      <c r="E179">
+        <v>9</v>
+      </c>
+      <c r="F179" t="s">
+        <v>16</v>
+      </c>
+      <c r="G179" t="s">
+        <v>17</v>
+      </c>
+      <c r="H179">
+        <v>8</v>
+      </c>
+      <c r="I179">
+        <v>0</v>
+      </c>
+      <c r="K179" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11">
+      <c r="A180" t="s">
+        <v>330</v>
+      </c>
+      <c r="B180" t="s">
+        <v>13</v>
+      </c>
+      <c r="C180" t="s">
+        <v>491</v>
+      </c>
+      <c r="D180" t="s">
+        <v>522</v>
+      </c>
+      <c r="E180">
+        <v>9</v>
+      </c>
+      <c r="F180" t="s">
+        <v>16</v>
+      </c>
+      <c r="G180" t="s">
+        <v>17</v>
+      </c>
+      <c r="H180">
+        <v>56</v>
+      </c>
+      <c r="I180">
+        <v>0</v>
+      </c>
+      <c r="K180" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11">
+      <c r="A181" t="s">
+        <v>524</v>
+      </c>
+      <c r="B181" t="s">
+        <v>13</v>
+      </c>
+      <c r="C181" t="s">
+        <v>491</v>
+      </c>
+      <c r="D181" t="s">
+        <v>525</v>
+      </c>
+      <c r="E181">
+        <v>9</v>
+      </c>
+      <c r="F181" t="s">
+        <v>16</v>
+      </c>
+      <c r="G181" t="s">
+        <v>17</v>
+      </c>
+      <c r="H181">
+        <v>5</v>
+      </c>
+      <c r="I181">
+        <v>81.3</v>
+      </c>
+      <c r="K181" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11">
+      <c r="A182" t="s">
+        <v>160</v>
+      </c>
+      <c r="B182" t="s">
+        <v>13</v>
+      </c>
+      <c r="C182" t="s">
+        <v>491</v>
+      </c>
+      <c r="D182" t="s">
+        <v>527</v>
+      </c>
+      <c r="E182">
+        <v>9</v>
+      </c>
+      <c r="F182" t="s">
+        <v>16</v>
+      </c>
+      <c r="G182" t="s">
+        <v>17</v>
+      </c>
+      <c r="H182">
+        <v>101</v>
+      </c>
+      <c r="I182">
+        <v>0</v>
+      </c>
+      <c r="K182" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11">
+      <c r="A183" t="s">
+        <v>529</v>
+      </c>
+      <c r="B183" t="s">
+        <v>13</v>
+      </c>
+      <c r="C183" t="s">
+        <v>491</v>
+      </c>
+      <c r="D183" t="s">
+        <v>530</v>
+      </c>
+      <c r="E183">
+        <v>9</v>
+      </c>
+      <c r="F183" t="s">
+        <v>16</v>
+      </c>
+      <c r="G183" t="s">
+        <v>17</v>
+      </c>
+      <c r="H183">
+        <v>10</v>
+      </c>
+      <c r="I183">
+        <v>30</v>
+      </c>
+      <c r="K183" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11">
+      <c r="A184" t="s">
+        <v>163</v>
+      </c>
+      <c r="B184" t="s">
+        <v>13</v>
+      </c>
+      <c r="C184" t="s">
+        <v>491</v>
+      </c>
+      <c r="D184" t="s">
+        <v>532</v>
+      </c>
+      <c r="E184">
+        <v>9</v>
+      </c>
+      <c r="F184" t="s">
+        <v>16</v>
+      </c>
+      <c r="G184" t="s">
+        <v>17</v>
+      </c>
+      <c r="H184">
+        <v>101</v>
+      </c>
+      <c r="I184">
+        <v>0</v>
+      </c>
+      <c r="K184" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11">
+      <c r="A185" t="s">
+        <v>68</v>
+      </c>
+      <c r="B185" t="s">
+        <v>13</v>
+      </c>
+      <c r="C185" t="s">
+        <v>534</v>
+      </c>
+      <c r="D185" t="s">
+        <v>535</v>
+      </c>
+      <c r="E185">
+        <v>69</v>
+      </c>
+      <c r="F185" t="s">
+        <v>16</v>
+      </c>
+      <c r="G185" t="s">
+        <v>17</v>
+      </c>
+      <c r="H185">
+        <v>4</v>
+      </c>
+      <c r="I185">
+        <v>85</v>
+      </c>
+      <c r="K185" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" t="s">
+        <v>223</v>
+      </c>
+      <c r="B186" t="s">
+        <v>13</v>
+      </c>
+      <c r="C186" t="s">
+        <v>537</v>
+      </c>
+      <c r="D186" t="s">
+        <v>538</v>
+      </c>
+      <c r="E186">
+        <v>21</v>
+      </c>
+      <c r="F186" t="s">
+        <v>16</v>
+      </c>
+      <c r="G186" t="s">
+        <v>17</v>
+      </c>
+      <c r="H186">
+        <v>22</v>
+      </c>
+      <c r="I186">
+        <v>2.5</v>
+      </c>
+      <c r="K186" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" t="s">
+        <v>51</v>
+      </c>
+      <c r="B187" t="s">
+        <v>13</v>
+      </c>
+      <c r="C187" t="s">
+        <v>537</v>
+      </c>
+      <c r="D187" t="s">
+        <v>540</v>
+      </c>
+      <c r="E187">
+        <v>21</v>
+      </c>
+      <c r="F187" t="s">
+        <v>16</v>
+      </c>
+      <c r="G187" t="s">
+        <v>17</v>
+      </c>
+      <c r="H187">
+        <v>16</v>
+      </c>
+      <c r="I187">
+        <v>40</v>
+      </c>
+      <c r="K187" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" t="s">
+        <v>157</v>
+      </c>
+      <c r="B188" t="s">
+        <v>13</v>
+      </c>
+      <c r="C188" t="s">
+        <v>537</v>
+      </c>
+      <c r="D188" t="s">
+        <v>542</v>
+      </c>
+      <c r="E188">
+        <v>21</v>
+      </c>
+      <c r="F188" t="s">
+        <v>16</v>
+      </c>
+      <c r="G188" t="s">
+        <v>17</v>
+      </c>
+      <c r="H188">
+        <v>13</v>
+      </c>
+      <c r="I188">
+        <v>10</v>
+      </c>
+      <c r="K188" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" t="s">
+        <v>345</v>
+      </c>
+      <c r="B189" t="s">
+        <v>13</v>
+      </c>
+      <c r="C189" t="s">
+        <v>537</v>
+      </c>
+      <c r="D189" t="s">
+        <v>544</v>
+      </c>
+      <c r="E189">
+        <v>21</v>
+      </c>
+      <c r="F189" t="s">
+        <v>16</v>
+      </c>
+      <c r="G189" t="s">
+        <v>17</v>
+      </c>
+      <c r="H189">
+        <v>19</v>
+      </c>
+      <c r="I189">
+        <v>9.2</v>
+      </c>
+      <c r="K189" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" t="s">
+        <v>89</v>
+      </c>
+      <c r="B190" t="s">
+        <v>13</v>
+      </c>
+      <c r="C190" t="s">
+        <v>459</v>
+      </c>
+      <c r="D190" t="s">
+        <v>546</v>
+      </c>
+      <c r="E190">
+        <v>66</v>
+      </c>
+      <c r="F190" t="s">
+        <v>16</v>
+      </c>
+      <c r="G190" t="s">
+        <v>17</v>
+      </c>
+      <c r="H190">
+        <v>2</v>
+      </c>
+      <c r="I190">
+        <v>60</v>
+      </c>
+      <c r="K190" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11">
+      <c r="A191" t="s">
+        <v>258</v>
+      </c>
+      <c r="B191" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" t="s">
+        <v>548</v>
+      </c>
+      <c r="D191" t="s">
+        <v>549</v>
+      </c>
+      <c r="E191">
+        <v>4</v>
+      </c>
+      <c r="F191" t="s">
+        <v>16</v>
+      </c>
+      <c r="G191" t="s">
+        <v>17</v>
+      </c>
+      <c r="H191">
+        <v>32</v>
+      </c>
+      <c r="I191">
+        <v>0</v>
+      </c>
+      <c r="K191" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" t="s">
+        <v>282</v>
+      </c>
+      <c r="B192" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" t="s">
+        <v>548</v>
+      </c>
+      <c r="D192" t="s">
+        <v>551</v>
+      </c>
+      <c r="E192">
+        <v>4</v>
+      </c>
+      <c r="F192" t="s">
+        <v>16</v>
+      </c>
+      <c r="G192" t="s">
+        <v>17</v>
+      </c>
+      <c r="H192">
+        <v>43</v>
+      </c>
+      <c r="I192">
+        <v>42.5</v>
+      </c>
+      <c r="K192" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" t="s">
+        <v>440</v>
+      </c>
+      <c r="B193" t="s">
+        <v>13</v>
+      </c>
+      <c r="C193" t="s">
+        <v>548</v>
+      </c>
+      <c r="D193" t="s">
+        <v>553</v>
+      </c>
+      <c r="E193">
+        <v>4</v>
+      </c>
+      <c r="F193" t="s">
+        <v>16</v>
+      </c>
+      <c r="G193" t="s">
+        <v>17</v>
+      </c>
+      <c r="H193">
+        <v>12</v>
+      </c>
+      <c r="I193">
+        <v>67.5</v>
+      </c>
+      <c r="K193" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11">
+      <c r="A194" t="s">
+        <v>555</v>
+      </c>
+      <c r="B194" t="s">
+        <v>13</v>
+      </c>
+      <c r="C194" t="s">
+        <v>548</v>
+      </c>
+      <c r="D194" t="s">
+        <v>556</v>
+      </c>
+      <c r="E194">
+        <v>4</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>17</v>
+      </c>
+      <c r="H194">
+        <v>2</v>
+      </c>
+      <c r="I194">
+        <v>0</v>
+      </c>
+      <c r="K194" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11">
+      <c r="A195" t="s">
+        <v>145</v>
+      </c>
+      <c r="B195" t="s">
+        <v>13</v>
+      </c>
+      <c r="C195" t="s">
+        <v>548</v>
+      </c>
+      <c r="D195" t="s">
+        <v>558</v>
+      </c>
+      <c r="E195">
+        <v>4</v>
+      </c>
+      <c r="F195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>17</v>
+      </c>
+      <c r="H195">
+        <v>68</v>
+      </c>
+      <c r="I195">
+        <v>0</v>
+      </c>
+      <c r="K195" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11">
+      <c r="A196" t="s">
+        <v>560</v>
+      </c>
+      <c r="B196" t="s">
+        <v>13</v>
+      </c>
+      <c r="C196" t="s">
+        <v>548</v>
+      </c>
+      <c r="D196" t="s">
+        <v>561</v>
+      </c>
+      <c r="E196">
+        <v>4</v>
+      </c>
+      <c r="F196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
+        <v>17</v>
+      </c>
+      <c r="H196">
+        <v>4</v>
+      </c>
+      <c r="I196">
+        <v>0</v>
+      </c>
+      <c r="K196" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11">
+      <c r="A197" t="s">
+        <v>389</v>
+      </c>
+      <c r="B197" t="s">
+        <v>13</v>
+      </c>
+      <c r="C197" t="s">
+        <v>548</v>
+      </c>
+      <c r="D197" t="s">
+        <v>563</v>
+      </c>
+      <c r="E197">
+        <v>4</v>
+      </c>
+      <c r="F197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
+        <v>17</v>
+      </c>
+      <c r="H197">
+        <v>51</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
+      </c>
+      <c r="K197" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11">
+      <c r="A198" t="s">
+        <v>565</v>
+      </c>
+      <c r="B198" t="s">
+        <v>13</v>
+      </c>
+      <c r="C198" t="s">
+        <v>548</v>
+      </c>
+      <c r="D198" t="s">
+        <v>566</v>
+      </c>
+      <c r="E198">
+        <v>4</v>
+      </c>
+      <c r="F198" t="s">
+        <v>16</v>
+      </c>
+      <c r="G198" t="s">
+        <v>17</v>
+      </c>
+      <c r="H198">
+        <v>6</v>
+      </c>
+      <c r="I198">
+        <v>0</v>
+      </c>
+      <c r="K198" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11">
+      <c r="A199" t="s">
+        <v>42</v>
+      </c>
+      <c r="B199" t="s">
+        <v>13</v>
+      </c>
+      <c r="C199" t="s">
+        <v>548</v>
+      </c>
+      <c r="D199" t="s">
+        <v>568</v>
+      </c>
+      <c r="E199">
+        <v>4</v>
+      </c>
+      <c r="F199" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" t="s">
+        <v>17</v>
+      </c>
+      <c r="H199">
+        <v>26</v>
+      </c>
+      <c r="I199">
+        <v>0</v>
+      </c>
+      <c r="K199" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11">
+      <c r="A200" t="s">
+        <v>570</v>
+      </c>
+      <c r="B200" t="s">
+        <v>13</v>
+      </c>
+      <c r="C200" t="s">
+        <v>548</v>
+      </c>
+      <c r="D200" t="s">
+        <v>571</v>
+      </c>
+      <c r="E200">
+        <v>4</v>
+      </c>
+      <c r="F200" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" t="s">
+        <v>17</v>
+      </c>
+      <c r="H200">
+        <v>8</v>
+      </c>
+      <c r="I200">
+        <v>0</v>
+      </c>
+      <c r="K200" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" t="s">
+        <v>573</v>
+      </c>
+      <c r="B201" t="s">
+        <v>13</v>
+      </c>
+      <c r="C201" t="s">
+        <v>548</v>
+      </c>
+      <c r="D201" t="s">
+        <v>574</v>
+      </c>
+      <c r="E201">
+        <v>4</v>
+      </c>
+      <c r="F201" t="s">
+        <v>16</v>
+      </c>
+      <c r="G201" t="s">
+        <v>17</v>
+      </c>
+      <c r="H201">
+        <v>2</v>
+      </c>
+      <c r="I201">
+        <v>80</v>
+      </c>
+      <c r="K201" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11">
+      <c r="A202" t="s">
+        <v>576</v>
+      </c>
+      <c r="B202" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202" t="s">
+        <v>548</v>
+      </c>
+      <c r="D202" t="s">
+        <v>577</v>
+      </c>
+      <c r="E202">
+        <v>4</v>
+      </c>
+      <c r="F202" t="s">
+        <v>16</v>
+      </c>
+      <c r="G202" t="s">
+        <v>17</v>
+      </c>
+      <c r="H202">
+        <v>4</v>
+      </c>
+      <c r="I202">
+        <v>80</v>
+      </c>
+      <c r="K202" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11">
+      <c r="A203" t="s">
+        <v>124</v>
+      </c>
+      <c r="B203" t="s">
+        <v>13</v>
+      </c>
+      <c r="C203" t="s">
+        <v>548</v>
+      </c>
+      <c r="D203" t="s">
+        <v>579</v>
+      </c>
+      <c r="E203">
+        <v>4</v>
+      </c>
+      <c r="F203" t="s">
+        <v>16</v>
+      </c>
+      <c r="G203" t="s">
+        <v>17</v>
+      </c>
+      <c r="H203">
+        <v>34</v>
+      </c>
+      <c r="I203">
+        <v>0</v>
+      </c>
+      <c r="K203" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11">
+      <c r="A204" t="s">
+        <v>581</v>
+      </c>
+      <c r="B204" t="s">
+        <v>13</v>
+      </c>
+      <c r="C204" t="s">
+        <v>548</v>
+      </c>
+      <c r="D204" t="s">
+        <v>582</v>
+      </c>
+      <c r="E204">
+        <v>4</v>
+      </c>
+      <c r="F204" t="s">
+        <v>16</v>
+      </c>
+      <c r="G204" t="s">
+        <v>17</v>
+      </c>
+      <c r="H204">
+        <v>6</v>
+      </c>
+      <c r="I204">
+        <v>75</v>
+      </c>
+      <c r="K204" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" t="s">
+        <v>584</v>
+      </c>
+      <c r="B205" t="s">
+        <v>13</v>
+      </c>
+      <c r="C205" t="s">
+        <v>548</v>
+      </c>
+      <c r="D205" t="s">
+        <v>585</v>
+      </c>
+      <c r="E205">
+        <v>4</v>
+      </c>
+      <c r="F205" t="s">
+        <v>16</v>
+      </c>
+      <c r="G205" t="s">
+        <v>17</v>
+      </c>
+      <c r="H205">
+        <v>2</v>
+      </c>
+      <c r="I205">
+        <v>100</v>
+      </c>
+      <c r="K205" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" t="s">
+        <v>587</v>
+      </c>
+      <c r="B206" t="s">
+        <v>13</v>
+      </c>
+      <c r="C206" t="s">
+        <v>548</v>
+      </c>
+      <c r="D206" t="s">
+        <v>588</v>
+      </c>
+      <c r="E206">
+        <v>4</v>
+      </c>
+      <c r="F206" t="s">
+        <v>16</v>
+      </c>
+      <c r="G206" t="s">
+        <v>17</v>
+      </c>
+      <c r="H206">
+        <v>4</v>
+      </c>
+      <c r="I206">
+        <v>0</v>
+      </c>
+      <c r="K206" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" t="s">
+        <v>590</v>
+      </c>
+      <c r="B207" t="s">
+        <v>13</v>
+      </c>
+      <c r="C207" t="s">
+        <v>548</v>
+      </c>
+      <c r="D207" t="s">
+        <v>591</v>
+      </c>
+      <c r="E207">
+        <v>4</v>
+      </c>
+      <c r="F207" t="s">
+        <v>16</v>
+      </c>
+      <c r="G207" t="s">
+        <v>17</v>
+      </c>
+      <c r="H207">
+        <v>4</v>
+      </c>
+      <c r="I207">
+        <v>0</v>
+      </c>
+      <c r="K207" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11">
+      <c r="A208" t="s">
+        <v>476</v>
+      </c>
+      <c r="B208" t="s">
+        <v>13</v>
+      </c>
+      <c r="C208" t="s">
+        <v>548</v>
+      </c>
+      <c r="D208" t="s">
+        <v>593</v>
+      </c>
+      <c r="E208">
+        <v>4</v>
+      </c>
+      <c r="F208" t="s">
+        <v>16</v>
+      </c>
+      <c r="G208" t="s">
+        <v>17</v>
+      </c>
+      <c r="H208">
+        <v>11</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
+      </c>
+      <c r="K208" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11">
+      <c r="A209" t="s">
+        <v>279</v>
+      </c>
+      <c r="B209" t="s">
+        <v>13</v>
+      </c>
+      <c r="C209" t="s">
+        <v>595</v>
+      </c>
+      <c r="D209" t="s">
+        <v>596</v>
+      </c>
+      <c r="E209">
+        <v>5</v>
+      </c>
+      <c r="F209" t="s">
+        <v>16</v>
+      </c>
+      <c r="G209" t="s">
+        <v>17</v>
+      </c>
+      <c r="H209">
+        <v>14</v>
+      </c>
+      <c r="I209">
+        <v>0</v>
+      </c>
+      <c r="K209" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11">
+      <c r="A210" t="s">
+        <v>172</v>
+      </c>
+      <c r="B210" t="s">
+        <v>13</v>
+      </c>
+      <c r="C210" t="s">
+        <v>595</v>
+      </c>
+      <c r="D210" t="s">
+        <v>598</v>
+      </c>
+      <c r="E210">
+        <v>5</v>
+      </c>
+      <c r="F210" t="s">
+        <v>16</v>
+      </c>
+      <c r="G210" t="s">
+        <v>17</v>
+      </c>
+      <c r="H210">
+        <v>26</v>
+      </c>
+      <c r="I210">
+        <v>8</v>
+      </c>
+      <c r="K210" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11">
+      <c r="A211" t="s">
+        <v>300</v>
+      </c>
+      <c r="B211" t="s">
+        <v>13</v>
+      </c>
+      <c r="C211" t="s">
+        <v>595</v>
+      </c>
+      <c r="D211" t="s">
+        <v>600</v>
+      </c>
+      <c r="E211">
+        <v>5</v>
+      </c>
+      <c r="F211" t="s">
+        <v>16</v>
+      </c>
+      <c r="G211" t="s">
+        <v>17</v>
+      </c>
+      <c r="H211">
+        <v>34</v>
+      </c>
+      <c r="I211">
+        <v>1.3</v>
+      </c>
+      <c r="K211" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11">
+      <c r="A212" t="s">
+        <v>602</v>
+      </c>
+      <c r="B212" t="s">
+        <v>13</v>
+      </c>
+      <c r="C212" t="s">
+        <v>595</v>
+      </c>
+      <c r="D212" t="s">
+        <v>603</v>
+      </c>
+      <c r="E212">
+        <v>5</v>
+      </c>
+      <c r="F212" t="s">
+        <v>16</v>
+      </c>
+      <c r="G212" t="s">
+        <v>17</v>
+      </c>
+      <c r="H212">
+        <v>4</v>
+      </c>
+      <c r="I212">
+        <v>80</v>
+      </c>
+      <c r="K212" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11">
+      <c r="A213" t="s">
+        <v>179</v>
+      </c>
+      <c r="B213" t="s">
+        <v>13</v>
+      </c>
+      <c r="C213" t="s">
+        <v>595</v>
+      </c>
+      <c r="D213" t="s">
+        <v>605</v>
+      </c>
+      <c r="E213">
+        <v>5</v>
+      </c>
+      <c r="F213" t="s">
+        <v>16</v>
+      </c>
+      <c r="G213" t="s">
+        <v>17</v>
+      </c>
+      <c r="H213">
+        <v>4</v>
+      </c>
+      <c r="I213">
+        <v>75</v>
+      </c>
+      <c r="K213" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" t="s">
+        <v>48</v>
+      </c>
+      <c r="B214" t="s">
+        <v>13</v>
+      </c>
+      <c r="C214" t="s">
+        <v>595</v>
+      </c>
+      <c r="D214" t="s">
+        <v>607</v>
+      </c>
+      <c r="E214">
+        <v>5</v>
+      </c>
+      <c r="F214" t="s">
+        <v>16</v>
+      </c>
+      <c r="G214" t="s">
+        <v>17</v>
+      </c>
+      <c r="H214">
+        <v>10</v>
+      </c>
+      <c r="I214">
+        <v>0</v>
+      </c>
+      <c r="K214" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" t="s">
+        <v>315</v>
+      </c>
+      <c r="B215" t="s">
+        <v>13</v>
+      </c>
+      <c r="C215" t="s">
+        <v>595</v>
+      </c>
+      <c r="D215" t="s">
+        <v>609</v>
+      </c>
+      <c r="E215">
+        <v>5</v>
+      </c>
+      <c r="F215" t="s">
+        <v>16</v>
+      </c>
+      <c r="G215" t="s">
+        <v>17</v>
+      </c>
+      <c r="H215">
+        <v>14</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
+      </c>
+      <c r="K215" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" t="s">
+        <v>71</v>
+      </c>
+      <c r="B216" t="s">
+        <v>13</v>
+      </c>
+      <c r="C216" t="s">
+        <v>595</v>
+      </c>
+      <c r="D216" t="s">
+        <v>611</v>
+      </c>
+      <c r="E216">
+        <v>5</v>
+      </c>
+      <c r="F216" t="s">
+        <v>16</v>
+      </c>
+      <c r="G216" t="s">
+        <v>17</v>
+      </c>
+      <c r="H216">
+        <v>14</v>
+      </c>
+      <c r="I216">
+        <v>5</v>
+      </c>
+      <c r="K216" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" t="s">
+        <v>240</v>
+      </c>
+      <c r="B217" t="s">
+        <v>13</v>
+      </c>
+      <c r="C217" t="s">
+        <v>613</v>
+      </c>
+      <c r="D217" t="s">
+        <v>614</v>
+      </c>
+      <c r="E217">
+        <v>24</v>
+      </c>
+      <c r="F217" t="s">
+        <v>16</v>
+      </c>
+      <c r="G217" t="s">
+        <v>17</v>
+      </c>
+      <c r="H217">
+        <v>25</v>
+      </c>
+      <c r="I217">
+        <v>0</v>
+      </c>
+      <c r="K217" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" t="s">
+        <v>45</v>
+      </c>
+      <c r="B218" t="s">
+        <v>13</v>
+      </c>
+      <c r="C218" t="s">
+        <v>613</v>
+      </c>
+      <c r="D218" t="s">
+        <v>616</v>
+      </c>
+      <c r="E218">
+        <v>24</v>
+      </c>
+      <c r="F218" t="s">
+        <v>16</v>
+      </c>
+      <c r="G218" t="s">
+        <v>17</v>
+      </c>
+      <c r="H218">
+        <v>22</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
+      </c>
+      <c r="K218" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" t="s">
+        <v>121</v>
+      </c>
+      <c r="B219" t="s">
+        <v>13</v>
+      </c>
+      <c r="C219" t="s">
+        <v>613</v>
+      </c>
+      <c r="D219" t="s">
+        <v>618</v>
+      </c>
+      <c r="E219">
+        <v>24</v>
+      </c>
+      <c r="F219" t="s">
+        <v>16</v>
+      </c>
+      <c r="G219" t="s">
+        <v>17</v>
+      </c>
+      <c r="H219">
+        <v>20</v>
+      </c>
+      <c r="I219">
+        <v>45</v>
+      </c>
+      <c r="K219" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" t="s">
+        <v>169</v>
+      </c>
+      <c r="B220" t="s">
+        <v>13</v>
+      </c>
+      <c r="C220" t="s">
+        <v>613</v>
+      </c>
+      <c r="D220" t="s">
+        <v>620</v>
+      </c>
+      <c r="E220">
+        <v>24</v>
+      </c>
+      <c r="F220" t="s">
+        <v>16</v>
+      </c>
+      <c r="G220" t="s">
+        <v>17</v>
+      </c>
+      <c r="H220">
+        <v>62</v>
+      </c>
+      <c r="I220">
+        <v>47.5</v>
+      </c>
+      <c r="K220" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" t="s">
+        <v>622</v>
+      </c>
+      <c r="B221" t="s">
+        <v>13</v>
+      </c>
+      <c r="C221" t="s">
+        <v>613</v>
+      </c>
+      <c r="D221" t="s">
+        <v>623</v>
+      </c>
+      <c r="E221">
+        <v>24</v>
+      </c>
+      <c r="F221" t="s">
+        <v>16</v>
+      </c>
+      <c r="G221" t="s">
+        <v>17</v>
+      </c>
+      <c r="H221">
+        <v>2</v>
+      </c>
+      <c r="I221">
+        <v>85.8</v>
+      </c>
+      <c r="K221" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" t="s">
+        <v>228</v>
+      </c>
+      <c r="B222" t="s">
+        <v>13</v>
+      </c>
+      <c r="C222" t="s">
+        <v>625</v>
+      </c>
+      <c r="D222" t="s">
+        <v>626</v>
+      </c>
+      <c r="E222">
+        <v>60</v>
+      </c>
+      <c r="F222" t="s">
+        <v>16</v>
+      </c>
+      <c r="G222" t="s">
+        <v>17</v>
+      </c>
+      <c r="H222">
+        <v>15</v>
+      </c>
+      <c r="I222">
+        <v>100</v>
+      </c>
+      <c r="K222" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" t="s">
+        <v>64</v>
+      </c>
+      <c r="B223" t="s">
+        <v>13</v>
+      </c>
+      <c r="C223" t="s">
+        <v>625</v>
+      </c>
+      <c r="D223" t="s">
+        <v>628</v>
+      </c>
+      <c r="E223">
+        <v>60</v>
+      </c>
+      <c r="F223" t="s">
+        <v>16</v>
+      </c>
+      <c r="G223" t="s">
+        <v>17</v>
+      </c>
+      <c r="H223">
+        <v>16</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
+      </c>
+      <c r="K223" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" t="s">
+        <v>183</v>
+      </c>
+      <c r="B224" t="s">
+        <v>13</v>
+      </c>
+      <c r="C224" t="s">
+        <v>625</v>
+      </c>
+      <c r="D224" t="s">
+        <v>630</v>
+      </c>
+      <c r="E224">
+        <v>60</v>
+      </c>
+      <c r="F224" t="s">
+        <v>16</v>
+      </c>
+      <c r="G224" t="s">
+        <v>17</v>
+      </c>
+      <c r="H224">
+        <v>32</v>
+      </c>
+      <c r="I224">
+        <v>44.6</v>
+      </c>
+      <c r="K224" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" t="s">
+        <v>632</v>
+      </c>
+      <c r="B225" t="s">
+        <v>13</v>
+      </c>
+      <c r="C225" t="s">
+        <v>363</v>
+      </c>
+      <c r="D225" t="s">
+        <v>633</v>
+      </c>
+      <c r="E225">
+        <v>2</v>
+      </c>
+      <c r="F225" t="s">
+        <v>16</v>
+      </c>
+      <c r="G225" t="s">
+        <v>17</v>
+      </c>
+      <c r="H225">
+        <v>10</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
+      </c>
+      <c r="K225" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" t="s">
+        <v>635</v>
+      </c>
+      <c r="B226" t="s">
+        <v>13</v>
+      </c>
+      <c r="C226" t="s">
+        <v>363</v>
+      </c>
+      <c r="D226" t="s">
+        <v>636</v>
+      </c>
+      <c r="E226">
+        <v>2</v>
+      </c>
+      <c r="F226" t="s">
+        <v>16</v>
+      </c>
+      <c r="G226" t="s">
+        <v>17</v>
+      </c>
+      <c r="H226">
+        <v>4</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
+      </c>
+      <c r="K226" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" t="s">
+        <v>389</v>
+      </c>
+      <c r="B227" t="s">
+        <v>13</v>
+      </c>
+      <c r="C227" t="s">
+        <v>363</v>
+      </c>
+      <c r="D227" t="s">
+        <v>638</v>
+      </c>
+      <c r="E227">
+        <v>2</v>
+      </c>
+      <c r="F227" t="s">
+        <v>16</v>
+      </c>
+      <c r="G227" t="s">
+        <v>17</v>
+      </c>
+      <c r="H227">
+        <v>51</v>
+      </c>
+      <c r="I227">
+        <v>0</v>
+      </c>
+      <c r="K227" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" t="s">
+        <v>640</v>
+      </c>
+      <c r="B228" t="s">
+        <v>13</v>
+      </c>
+      <c r="C228" t="s">
+        <v>363</v>
+      </c>
+      <c r="D228" t="s">
+        <v>641</v>
+      </c>
+      <c r="E228">
+        <v>2</v>
+      </c>
+      <c r="F228" t="s">
+        <v>16</v>
+      </c>
+      <c r="G228" t="s">
+        <v>17</v>
+      </c>
+      <c r="H228">
+        <v>14</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="K228" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" t="s">
+        <v>643</v>
+      </c>
+      <c r="B229" t="s">
+        <v>13</v>
+      </c>
+      <c r="C229" t="s">
+        <v>363</v>
+      </c>
+      <c r="D229" t="s">
+        <v>644</v>
+      </c>
+      <c r="E229">
+        <v>2</v>
+      </c>
+      <c r="F229" t="s">
+        <v>16</v>
+      </c>
+      <c r="G229" t="s">
+        <v>17</v>
+      </c>
+      <c r="H229">
+        <v>8</v>
+      </c>
+      <c r="I229">
+        <v>0</v>
+      </c>
+      <c r="K229" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" t="s">
+        <v>646</v>
+      </c>
+      <c r="B230" t="s">
+        <v>13</v>
+      </c>
+      <c r="C230" t="s">
+        <v>363</v>
+      </c>
+      <c r="D230" t="s">
+        <v>647</v>
+      </c>
+      <c r="E230">
+        <v>2</v>
+      </c>
+      <c r="F230" t="s">
+        <v>16</v>
+      </c>
+      <c r="G230" t="s">
+        <v>17</v>
+      </c>
+      <c r="H230">
+        <v>28</v>
+      </c>
+      <c r="I230">
+        <v>15</v>
+      </c>
+      <c r="K230" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" t="s">
+        <v>649</v>
+      </c>
+      <c r="B231" t="s">
+        <v>13</v>
+      </c>
+      <c r="C231" t="s">
+        <v>363</v>
+      </c>
+      <c r="D231" t="s">
+        <v>650</v>
+      </c>
+      <c r="E231">
+        <v>2</v>
+      </c>
+      <c r="F231" t="s">
+        <v>16</v>
+      </c>
+      <c r="G231" t="s">
+        <v>17</v>
+      </c>
+      <c r="H231">
+        <v>6</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="K231" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" t="s">
+        <v>652</v>
+      </c>
+      <c r="B232" t="s">
+        <v>13</v>
+      </c>
+      <c r="C232" t="s">
+        <v>363</v>
+      </c>
+      <c r="D232" t="s">
+        <v>653</v>
+      </c>
+      <c r="E232">
+        <v>2</v>
+      </c>
+      <c r="F232" t="s">
+        <v>16</v>
+      </c>
+      <c r="G232" t="s">
+        <v>17</v>
+      </c>
+      <c r="H232">
+        <v>25</v>
+      </c>
+      <c r="I232">
+        <v>0</v>
+      </c>
+      <c r="K232" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" t="s">
+        <v>565</v>
+      </c>
+      <c r="B233" t="s">
+        <v>13</v>
+      </c>
+      <c r="C233" t="s">
+        <v>363</v>
+      </c>
+      <c r="D233" t="s">
+        <v>655</v>
+      </c>
+      <c r="E233">
+        <v>2</v>
+      </c>
+      <c r="F233" t="s">
+        <v>16</v>
+      </c>
+      <c r="G233" t="s">
+        <v>17</v>
+      </c>
+      <c r="H233">
+        <v>6</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
+      </c>
+      <c r="K233" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" t="s">
+        <v>657</v>
+      </c>
+      <c r="B234" t="s">
+        <v>13</v>
+      </c>
+      <c r="C234" t="s">
+        <v>363</v>
+      </c>
+      <c r="D234" t="s">
+        <v>658</v>
+      </c>
+      <c r="E234">
+        <v>2</v>
+      </c>
+      <c r="F234" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" t="s">
+        <v>17</v>
+      </c>
+      <c r="H234">
+        <v>74</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+      <c r="K234" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" t="s">
+        <v>469</v>
+      </c>
+      <c r="B235" t="s">
+        <v>13</v>
+      </c>
+      <c r="C235" t="s">
+        <v>363</v>
+      </c>
+      <c r="D235" t="s">
+        <v>660</v>
+      </c>
+      <c r="E235">
+        <v>2</v>
+      </c>
+      <c r="F235" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" t="s">
+        <v>17</v>
+      </c>
+      <c r="H235">
+        <v>4</v>
+      </c>
+      <c r="I235">
+        <v>60</v>
+      </c>
+      <c r="K235" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236" t="s">
+        <v>662</v>
+      </c>
+      <c r="B236" t="s">
+        <v>13</v>
+      </c>
+      <c r="C236" t="s">
+        <v>363</v>
+      </c>
+      <c r="D236" t="s">
+        <v>663</v>
+      </c>
+      <c r="E236">
+        <v>2</v>
+      </c>
+      <c r="F236" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" t="s">
+        <v>17</v>
+      </c>
+      <c r="H236">
+        <v>44</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+      <c r="K236" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237" t="s">
+        <v>427</v>
+      </c>
+      <c r="B237" t="s">
+        <v>13</v>
+      </c>
+      <c r="C237" t="s">
+        <v>363</v>
+      </c>
+      <c r="D237" t="s">
+        <v>665</v>
+      </c>
+      <c r="E237">
+        <v>2</v>
+      </c>
+      <c r="F237" t="s">
+        <v>16</v>
+      </c>
+      <c r="G237" t="s">
+        <v>17</v>
+      </c>
+      <c r="H237">
+        <v>16</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
+      </c>
+      <c r="K237" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238" t="s">
+        <v>667</v>
+      </c>
+      <c r="B238" t="s">
+        <v>13</v>
+      </c>
+      <c r="C238" t="s">
+        <v>363</v>
+      </c>
+      <c r="D238" t="s">
+        <v>668</v>
+      </c>
+      <c r="E238">
+        <v>2</v>
+      </c>
+      <c r="F238" t="s">
+        <v>16</v>
+      </c>
+      <c r="G238" t="s">
+        <v>17</v>
+      </c>
+      <c r="H238">
+        <v>52</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+      <c r="K238" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" t="s">
+        <v>670</v>
+      </c>
+      <c r="B239" t="s">
+        <v>13</v>
+      </c>
+      <c r="C239" t="s">
+        <v>363</v>
+      </c>
+      <c r="D239" t="s">
+        <v>671</v>
+      </c>
+      <c r="E239">
+        <v>2</v>
+      </c>
+      <c r="F239" t="s">
+        <v>16</v>
+      </c>
+      <c r="G239" t="s">
+        <v>17</v>
+      </c>
+      <c r="H239">
+        <v>60</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+      <c r="K239" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" t="s">
+        <v>673</v>
+      </c>
+      <c r="B240" t="s">
+        <v>13</v>
+      </c>
+      <c r="C240" t="s">
+        <v>363</v>
+      </c>
+      <c r="D240" t="s">
+        <v>674</v>
+      </c>
+      <c r="E240">
+        <v>2</v>
+      </c>
+      <c r="F240" t="s">
+        <v>16</v>
+      </c>
+      <c r="G240" t="s">
+        <v>17</v>
+      </c>
+      <c r="H240">
+        <v>33</v>
+      </c>
+      <c r="I240">
+        <v>0</v>
+      </c>
+      <c r="K240" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" t="s">
+        <v>676</v>
+      </c>
+      <c r="B241" t="s">
+        <v>13</v>
+      </c>
+      <c r="C241" t="s">
+        <v>363</v>
+      </c>
+      <c r="D241" t="s">
+        <v>677</v>
+      </c>
+      <c r="E241">
+        <v>2</v>
+      </c>
+      <c r="F241" t="s">
+        <v>16</v>
+      </c>
+      <c r="G241" t="s">
+        <v>17</v>
+      </c>
+      <c r="H241">
+        <v>10</v>
+      </c>
+      <c r="I241">
+        <v>0</v>
+      </c>
+      <c r="K241" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" t="s">
+        <v>679</v>
+      </c>
+      <c r="B242" t="s">
+        <v>13</v>
+      </c>
+      <c r="C242" t="s">
+        <v>363</v>
+      </c>
+      <c r="D242" t="s">
+        <v>680</v>
+      </c>
+      <c r="E242">
+        <v>2</v>
+      </c>
+      <c r="F242" t="s">
+        <v>16</v>
+      </c>
+      <c r="G242" t="s">
+        <v>17</v>
+      </c>
+      <c r="H242">
+        <v>88</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
+      </c>
+      <c r="K242" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243" t="s">
+        <v>682</v>
+      </c>
+      <c r="B243" t="s">
+        <v>13</v>
+      </c>
+      <c r="C243" t="s">
+        <v>363</v>
+      </c>
+      <c r="D243" t="s">
+        <v>683</v>
+      </c>
+      <c r="E243">
+        <v>2</v>
+      </c>
+      <c r="F243" t="s">
+        <v>16</v>
+      </c>
+      <c r="G243" t="s">
+        <v>17</v>
+      </c>
+      <c r="H243">
+        <v>56</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="K243" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244" t="s">
+        <v>685</v>
+      </c>
+      <c r="B244" t="s">
+        <v>13</v>
+      </c>
+      <c r="C244" t="s">
+        <v>363</v>
+      </c>
+      <c r="D244" t="s">
+        <v>686</v>
+      </c>
+      <c r="E244">
+        <v>2</v>
+      </c>
+      <c r="F244" t="s">
+        <v>16</v>
+      </c>
+      <c r="G244" t="s">
+        <v>17</v>
+      </c>
+      <c r="H244">
+        <v>84</v>
+      </c>
+      <c r="I244">
+        <v>0</v>
+      </c>
+      <c r="K244" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245" t="s">
+        <v>688</v>
+      </c>
+      <c r="B245" t="s">
+        <v>13</v>
+      </c>
+      <c r="C245" t="s">
+        <v>363</v>
+      </c>
+      <c r="D245" t="s">
+        <v>689</v>
+      </c>
+      <c r="E245">
+        <v>2</v>
+      </c>
+      <c r="F245" t="s">
+        <v>16</v>
+      </c>
+      <c r="G245" t="s">
+        <v>17</v>
+      </c>
+      <c r="H245">
+        <v>84</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
+      </c>
+      <c r="K245" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" t="s">
+        <v>691</v>
+      </c>
+      <c r="B246" t="s">
+        <v>13</v>
+      </c>
+      <c r="C246" t="s">
+        <v>363</v>
+      </c>
+      <c r="D246" t="s">
+        <v>692</v>
+      </c>
+      <c r="E246">
+        <v>2</v>
+      </c>
+      <c r="F246" t="s">
+        <v>16</v>
+      </c>
+      <c r="G246" t="s">
+        <v>17</v>
+      </c>
+      <c r="H246">
+        <v>24</v>
+      </c>
+      <c r="I246">
+        <v>0</v>
+      </c>
+      <c r="K246" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" t="s">
+        <v>694</v>
+      </c>
+      <c r="B247" t="s">
+        <v>13</v>
+      </c>
+      <c r="C247" t="s">
+        <v>363</v>
+      </c>
+      <c r="D247" t="s">
+        <v>695</v>
+      </c>
+      <c r="E247">
+        <v>2</v>
+      </c>
+      <c r="F247" t="s">
+        <v>16</v>
+      </c>
+      <c r="G247" t="s">
+        <v>17</v>
+      </c>
+      <c r="H247">
+        <v>22</v>
+      </c>
+      <c r="I247">
+        <v>0</v>
+      </c>
+      <c r="K247" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" t="s">
+        <v>697</v>
+      </c>
+      <c r="B248" t="s">
+        <v>13</v>
+      </c>
+      <c r="C248" t="s">
+        <v>363</v>
+      </c>
+      <c r="D248" t="s">
+        <v>698</v>
+      </c>
+      <c r="E248">
+        <v>2</v>
+      </c>
+      <c r="F248" t="s">
+        <v>16</v>
+      </c>
+      <c r="G248" t="s">
+        <v>17</v>
+      </c>
+      <c r="H248">
+        <v>26</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
+      </c>
+      <c r="K248" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" t="s">
+        <v>175</v>
+      </c>
+      <c r="B249" t="s">
+        <v>13</v>
+      </c>
+      <c r="C249" t="s">
+        <v>363</v>
+      </c>
+      <c r="D249" t="s">
+        <v>700</v>
+      </c>
+      <c r="E249">
+        <v>2</v>
+      </c>
+      <c r="F249" t="s">
+        <v>16</v>
+      </c>
+      <c r="G249" t="s">
+        <v>17</v>
+      </c>
+      <c r="H249">
+        <v>4</v>
+      </c>
+      <c r="I249">
+        <v>100</v>
+      </c>
+      <c r="K249" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" t="s">
+        <v>702</v>
+      </c>
+      <c r="B250" t="s">
+        <v>13</v>
+      </c>
+      <c r="C250" t="s">
+        <v>363</v>
+      </c>
+      <c r="D250" t="s">
+        <v>703</v>
+      </c>
+      <c r="E250">
+        <v>2</v>
+      </c>
+      <c r="F250" t="s">
+        <v>16</v>
+      </c>
+      <c r="G250" t="s">
+        <v>17</v>
+      </c>
+      <c r="H250">
+        <v>35</v>
+      </c>
+      <c r="I250">
+        <v>0</v>
+      </c>
+      <c r="K250" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" t="s">
+        <v>705</v>
+      </c>
+      <c r="B251" t="s">
+        <v>13</v>
+      </c>
+      <c r="C251" t="s">
+        <v>363</v>
+      </c>
+      <c r="D251" t="s">
+        <v>706</v>
+      </c>
+      <c r="E251">
+        <v>2</v>
+      </c>
+      <c r="F251" t="s">
+        <v>16</v>
+      </c>
+      <c r="G251" t="s">
+        <v>17</v>
+      </c>
+      <c r="H251">
+        <v>74</v>
+      </c>
+      <c r="I251">
+        <v>0</v>
+      </c>
+      <c r="K251" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252" t="s">
+        <v>506</v>
+      </c>
+      <c r="B252" t="s">
+        <v>13</v>
+      </c>
+      <c r="C252" t="s">
+        <v>363</v>
+      </c>
+      <c r="D252" t="s">
+        <v>708</v>
+      </c>
+      <c r="E252">
+        <v>2</v>
+      </c>
+      <c r="F252" t="s">
+        <v>16</v>
+      </c>
+      <c r="G252" t="s">
+        <v>17</v>
+      </c>
+      <c r="H252">
+        <v>76</v>
+      </c>
+      <c r="I252">
+        <v>0</v>
+      </c>
+      <c r="K252" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" t="s">
+        <v>386</v>
+      </c>
+      <c r="B253" t="s">
+        <v>13</v>
+      </c>
+      <c r="C253" t="s">
+        <v>363</v>
+      </c>
+      <c r="D253" t="s">
+        <v>710</v>
+      </c>
+      <c r="E253">
+        <v>2</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+      <c r="G253" t="s">
+        <v>17</v>
+      </c>
+      <c r="H253">
+        <v>8</v>
+      </c>
+      <c r="I253">
+        <v>74.1</v>
+      </c>
+      <c r="K253" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" t="s">
+        <v>712</v>
+      </c>
+      <c r="B254" t="s">
+        <v>13</v>
+      </c>
+      <c r="C254" t="s">
+        <v>363</v>
+      </c>
+      <c r="D254" t="s">
+        <v>713</v>
+      </c>
+      <c r="E254">
+        <v>2</v>
+      </c>
+      <c r="F254" t="s">
+        <v>16</v>
+      </c>
+      <c r="G254" t="s">
+        <v>17</v>
+      </c>
+      <c r="H254">
+        <v>78</v>
+      </c>
+      <c r="I254">
+        <v>0</v>
+      </c>
+      <c r="K254" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" t="s">
+        <v>715</v>
+      </c>
+      <c r="B255" t="s">
+        <v>13</v>
+      </c>
+      <c r="C255" t="s">
+        <v>363</v>
+      </c>
+      <c r="D255" t="s">
+        <v>716</v>
+      </c>
+      <c r="E255">
+        <v>2</v>
+      </c>
+      <c r="F255" t="s">
+        <v>16</v>
+      </c>
+      <c r="G255" t="s">
+        <v>17</v>
+      </c>
+      <c r="H255">
+        <v>26</v>
+      </c>
+      <c r="I255">
+        <v>0</v>
+      </c>
+      <c r="K255" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" t="s">
+        <v>718</v>
+      </c>
+      <c r="B256" t="s">
+        <v>13</v>
+      </c>
+      <c r="C256" t="s">
+        <v>363</v>
+      </c>
+      <c r="D256" t="s">
+        <v>719</v>
+      </c>
+      <c r="E256">
+        <v>2</v>
+      </c>
+      <c r="F256" t="s">
+        <v>16</v>
+      </c>
+      <c r="G256" t="s">
+        <v>17</v>
+      </c>
+      <c r="H256">
+        <v>78</v>
+      </c>
+      <c r="I256">
+        <v>0</v>
+      </c>
+      <c r="K256" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" t="s">
+        <v>60</v>
+      </c>
+      <c r="B257" t="s">
+        <v>13</v>
+      </c>
+      <c r="C257" t="s">
+        <v>363</v>
+      </c>
+      <c r="D257" t="s">
+        <v>721</v>
+      </c>
+      <c r="E257">
+        <v>2</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+      <c r="G257" t="s">
+        <v>17</v>
+      </c>
+      <c r="H257">
+        <v>4</v>
+      </c>
+      <c r="I257">
+        <v>58.3</v>
+      </c>
+      <c r="K257" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" t="s">
+        <v>723</v>
+      </c>
+      <c r="B258" t="s">
+        <v>13</v>
+      </c>
+      <c r="C258" t="s">
+        <v>363</v>
+      </c>
+      <c r="D258" t="s">
+        <v>724</v>
+      </c>
+      <c r="E258">
+        <v>2</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>17</v>
+      </c>
+      <c r="H258">
+        <v>22</v>
+      </c>
+      <c r="I258">
+        <v>0</v>
+      </c>
+      <c r="K258" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" t="s">
+        <v>726</v>
+      </c>
+      <c r="B259" t="s">
+        <v>13</v>
+      </c>
+      <c r="C259" t="s">
+        <v>363</v>
+      </c>
+      <c r="D259" t="s">
+        <v>727</v>
+      </c>
+      <c r="E259">
+        <v>2</v>
+      </c>
+      <c r="F259" t="s">
+        <v>16</v>
+      </c>
+      <c r="G259" t="s">
+        <v>17</v>
+      </c>
+      <c r="H259">
+        <v>20</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
+      </c>
+      <c r="K259" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" t="s">
+        <v>399</v>
+      </c>
+      <c r="B260" t="s">
+        <v>13</v>
+      </c>
+      <c r="C260" t="s">
+        <v>363</v>
+      </c>
+      <c r="D260" t="s">
+        <v>729</v>
+      </c>
+      <c r="E260">
+        <v>2</v>
+      </c>
+      <c r="F260" t="s">
+        <v>16</v>
+      </c>
+      <c r="G260" t="s">
+        <v>17</v>
+      </c>
+      <c r="H260">
+        <v>4</v>
+      </c>
+      <c r="I260">
+        <v>75</v>
+      </c>
+      <c r="K260" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" t="s">
+        <v>731</v>
+      </c>
+      <c r="B261" t="s">
+        <v>13</v>
+      </c>
+      <c r="C261" t="s">
+        <v>363</v>
+      </c>
+      <c r="D261" t="s">
+        <v>732</v>
+      </c>
+      <c r="E261">
+        <v>2</v>
+      </c>
+      <c r="F261" t="s">
+        <v>16</v>
+      </c>
+      <c r="G261" t="s">
+        <v>17</v>
+      </c>
+      <c r="H261">
+        <v>70</v>
+      </c>
+      <c r="I261">
+        <v>0</v>
+      </c>
+      <c r="K261" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" t="s">
+        <v>734</v>
+      </c>
+      <c r="B262" t="s">
+        <v>13</v>
+      </c>
+      <c r="C262" t="s">
+        <v>363</v>
+      </c>
+      <c r="D262" t="s">
+        <v>735</v>
+      </c>
+      <c r="E262">
+        <v>2</v>
+      </c>
+      <c r="F262" t="s">
+        <v>16</v>
+      </c>
+      <c r="G262" t="s">
+        <v>17</v>
+      </c>
+      <c r="H262">
+        <v>54</v>
+      </c>
+      <c r="I262">
+        <v>15</v>
+      </c>
+      <c r="K262" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" t="s">
+        <v>737</v>
+      </c>
+      <c r="B263" t="s">
+        <v>13</v>
+      </c>
+      <c r="C263" t="s">
+        <v>363</v>
+      </c>
+      <c r="D263" t="s">
+        <v>738</v>
+      </c>
+      <c r="E263">
+        <v>2</v>
+      </c>
+      <c r="F263" t="s">
+        <v>16</v>
+      </c>
+      <c r="G263" t="s">
+        <v>17</v>
+      </c>
+      <c r="H263">
+        <v>42</v>
+      </c>
+      <c r="I263">
+        <v>0</v>
+      </c>
+      <c r="K263" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" t="s">
+        <v>440</v>
+      </c>
+      <c r="B264" t="s">
+        <v>13</v>
+      </c>
+      <c r="C264" t="s">
+        <v>363</v>
+      </c>
+      <c r="D264" t="s">
+        <v>740</v>
+      </c>
+      <c r="E264">
+        <v>2</v>
+      </c>
+      <c r="F264" t="s">
+        <v>16</v>
+      </c>
+      <c r="G264" t="s">
+        <v>17</v>
+      </c>
+      <c r="H264">
+        <v>12</v>
+      </c>
+      <c r="I264">
+        <v>67.5</v>
+      </c>
+      <c r="K264" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" t="s">
+        <v>742</v>
+      </c>
+      <c r="B265" t="s">
+        <v>13</v>
+      </c>
+      <c r="C265" t="s">
+        <v>363</v>
+      </c>
+      <c r="D265" t="s">
+        <v>743</v>
+      </c>
+      <c r="E265">
+        <v>2</v>
+      </c>
+      <c r="F265" t="s">
+        <v>16</v>
+      </c>
+      <c r="G265" t="s">
+        <v>17</v>
+      </c>
+      <c r="H265">
+        <v>92</v>
+      </c>
+      <c r="I265">
+        <v>0</v>
+      </c>
+      <c r="K265" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" t="s">
+        <v>745</v>
+      </c>
+      <c r="B266" t="s">
+        <v>13</v>
+      </c>
+      <c r="C266" t="s">
+        <v>363</v>
+      </c>
+      <c r="D266" t="s">
+        <v>746</v>
+      </c>
+      <c r="E266">
+        <v>2</v>
+      </c>
+      <c r="F266" t="s">
+        <v>16</v>
+      </c>
+      <c r="G266" t="s">
+        <v>17</v>
+      </c>
+      <c r="H266">
+        <v>23</v>
+      </c>
+      <c r="I266">
+        <v>0</v>
+      </c>
+      <c r="K266" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" t="s">
+        <v>748</v>
+      </c>
+      <c r="B267" t="s">
+        <v>13</v>
+      </c>
+      <c r="C267" t="s">
+        <v>363</v>
+      </c>
+      <c r="D267" t="s">
+        <v>749</v>
+      </c>
+      <c r="E267">
+        <v>2</v>
+      </c>
+      <c r="F267" t="s">
+        <v>16</v>
+      </c>
+      <c r="G267" t="s">
+        <v>17</v>
+      </c>
+      <c r="H267">
+        <v>71</v>
+      </c>
+      <c r="I267">
+        <v>0</v>
+      </c>
+      <c r="K267" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" t="s">
+        <v>751</v>
+      </c>
+      <c r="B268" t="s">
+        <v>13</v>
+      </c>
+      <c r="C268" t="s">
+        <v>363</v>
+      </c>
+      <c r="D268" t="s">
+        <v>752</v>
+      </c>
+      <c r="E268">
+        <v>2</v>
+      </c>
+      <c r="F268" t="s">
+        <v>16</v>
+      </c>
+      <c r="G268" t="s">
+        <v>17</v>
+      </c>
+      <c r="H268">
+        <v>34</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
+      </c>
+      <c r="K268" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s">
+        <v>754</v>
+      </c>
+      <c r="B269" t="s">
+        <v>13</v>
+      </c>
+      <c r="C269" t="s">
+        <v>363</v>
+      </c>
+      <c r="D269" t="s">
+        <v>755</v>
+      </c>
+      <c r="E269">
+        <v>2</v>
+      </c>
+      <c r="F269" t="s">
+        <v>16</v>
+      </c>
+      <c r="G269" t="s">
+        <v>17</v>
+      </c>
+      <c r="H269">
+        <v>36</v>
+      </c>
+      <c r="I269">
+        <v>0</v>
+      </c>
+      <c r="K269" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s">
+        <v>757</v>
+      </c>
+      <c r="B270" t="s">
+        <v>13</v>
+      </c>
+      <c r="C270" t="s">
+        <v>363</v>
+      </c>
+      <c r="D270" t="s">
+        <v>758</v>
+      </c>
+      <c r="E270">
+        <v>2</v>
+      </c>
+      <c r="F270" t="s">
+        <v>16</v>
+      </c>
+      <c r="G270" t="s">
+        <v>17</v>
+      </c>
+      <c r="H270">
+        <v>74</v>
+      </c>
+      <c r="I270">
+        <v>0</v>
+      </c>
+      <c r="K270" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" t="s">
+        <v>760</v>
+      </c>
+      <c r="B271" t="s">
+        <v>13</v>
+      </c>
+      <c r="C271" t="s">
+        <v>363</v>
+      </c>
+      <c r="D271" t="s">
+        <v>761</v>
+      </c>
+      <c r="E271">
+        <v>2</v>
+      </c>
+      <c r="F271" t="s">
+        <v>16</v>
+      </c>
+      <c r="G271" t="s">
+        <v>17</v>
+      </c>
+      <c r="H271">
+        <v>30</v>
+      </c>
+      <c r="I271">
+        <v>0</v>
+      </c>
+      <c r="K271" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" t="s">
+        <v>462</v>
+      </c>
+      <c r="B272" t="s">
+        <v>13</v>
+      </c>
+      <c r="C272" t="s">
+        <v>363</v>
+      </c>
+      <c r="D272" t="s">
+        <v>763</v>
+      </c>
+      <c r="E272">
+        <v>2</v>
+      </c>
+      <c r="F272" t="s">
+        <v>16</v>
+      </c>
+      <c r="G272" t="s">
+        <v>17</v>
+      </c>
+      <c r="H272">
+        <v>2</v>
+      </c>
+      <c r="I272">
+        <v>0</v>
+      </c>
+      <c r="K272" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" t="s">
+        <v>445</v>
+      </c>
+      <c r="B273" t="s">
+        <v>13</v>
+      </c>
+      <c r="C273" t="s">
+        <v>363</v>
+      </c>
+      <c r="D273" t="s">
+        <v>765</v>
+      </c>
+      <c r="E273">
+        <v>2</v>
+      </c>
+      <c r="F273" t="s">
+        <v>16</v>
+      </c>
+      <c r="G273" t="s">
+        <v>17</v>
+      </c>
+      <c r="H273">
+        <v>30</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
+      </c>
+      <c r="K273" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s">
+        <v>767</v>
+      </c>
+      <c r="B274" t="s">
+        <v>13</v>
+      </c>
+      <c r="C274" t="s">
+        <v>363</v>
+      </c>
+      <c r="D274" t="s">
+        <v>768</v>
+      </c>
+      <c r="E274">
+        <v>2</v>
+      </c>
+      <c r="F274" t="s">
+        <v>16</v>
+      </c>
+      <c r="G274" t="s">
+        <v>17</v>
+      </c>
+      <c r="H274">
+        <v>10</v>
+      </c>
+      <c r="I274">
+        <v>15</v>
+      </c>
+      <c r="K274" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s">
+        <v>770</v>
+      </c>
+      <c r="B275" t="s">
+        <v>13</v>
+      </c>
+      <c r="C275" t="s">
+        <v>363</v>
+      </c>
+      <c r="D275" t="s">
+        <v>771</v>
+      </c>
+      <c r="E275">
+        <v>2</v>
+      </c>
+      <c r="F275" t="s">
+        <v>16</v>
+      </c>
+      <c r="G275" t="s">
+        <v>17</v>
+      </c>
+      <c r="H275">
+        <v>8</v>
+      </c>
+      <c r="I275">
+        <v>0</v>
+      </c>
+      <c r="K275" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s">
+        <v>517</v>
+      </c>
+      <c r="B276" t="s">
+        <v>13</v>
+      </c>
+      <c r="C276" t="s">
+        <v>363</v>
+      </c>
+      <c r="D276" t="s">
+        <v>773</v>
+      </c>
+      <c r="E276">
+        <v>2</v>
+      </c>
+      <c r="F276" t="s">
+        <v>16</v>
+      </c>
+      <c r="G276" t="s">
+        <v>17</v>
+      </c>
+      <c r="H276">
+        <v>3</v>
+      </c>
+      <c r="I276">
+        <v>55</v>
+      </c>
+      <c r="K276" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s">
+        <v>476</v>
+      </c>
+      <c r="B277" t="s">
+        <v>13</v>
+      </c>
+      <c r="C277" t="s">
+        <v>363</v>
+      </c>
+      <c r="D277" t="s">
+        <v>775</v>
+      </c>
+      <c r="E277">
+        <v>2</v>
+      </c>
+      <c r="F277" t="s">
+        <v>16</v>
+      </c>
+      <c r="G277" t="s">
+        <v>17</v>
+      </c>
+      <c r="H277">
+        <v>11</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
+      </c>
+      <c r="K277" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" t="s">
+        <v>777</v>
+      </c>
+      <c r="B278" t="s">
+        <v>13</v>
+      </c>
+      <c r="C278" t="s">
+        <v>363</v>
+      </c>
+      <c r="D278" t="s">
+        <v>778</v>
+      </c>
+      <c r="E278">
+        <v>2</v>
+      </c>
+      <c r="F278" t="s">
+        <v>16</v>
+      </c>
+      <c r="G278" t="s">
+        <v>17</v>
+      </c>
+      <c r="H278">
+        <v>38</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="K278" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" t="s">
+        <v>780</v>
+      </c>
+      <c r="B279" t="s">
+        <v>13</v>
+      </c>
+      <c r="C279" t="s">
+        <v>363</v>
+      </c>
+      <c r="D279" t="s">
+        <v>781</v>
+      </c>
+      <c r="E279">
+        <v>2</v>
+      </c>
+      <c r="F279" t="s">
+        <v>16</v>
+      </c>
+      <c r="G279" t="s">
+        <v>17</v>
+      </c>
+      <c r="H279">
+        <v>6</v>
+      </c>
+      <c r="I279">
+        <v>0</v>
+      </c>
+      <c r="K279" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" t="s">
+        <v>783</v>
+      </c>
+      <c r="B280" t="s">
+        <v>13</v>
+      </c>
+      <c r="C280" t="s">
+        <v>363</v>
+      </c>
+      <c r="D280" t="s">
+        <v>784</v>
+      </c>
+      <c r="E280">
+        <v>2</v>
+      </c>
+      <c r="F280" t="s">
+        <v>16</v>
+      </c>
+      <c r="G280" t="s">
+        <v>17</v>
+      </c>
+      <c r="H280">
+        <v>52</v>
+      </c>
+      <c r="I280">
+        <v>0</v>
+      </c>
+      <c r="K280" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s">
+        <v>479</v>
+      </c>
+      <c r="B281" t="s">
+        <v>13</v>
+      </c>
+      <c r="C281" t="s">
+        <v>363</v>
+      </c>
+      <c r="D281" t="s">
+        <v>786</v>
+      </c>
+      <c r="E281">
+        <v>2</v>
+      </c>
+      <c r="F281" t="s">
+        <v>16</v>
+      </c>
+      <c r="G281" t="s">
+        <v>17</v>
+      </c>
+      <c r="H281">
+        <v>4</v>
+      </c>
+      <c r="I281">
+        <v>96.9</v>
+      </c>
+      <c r="K281" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s">
+        <v>788</v>
+      </c>
+      <c r="B282" t="s">
+        <v>13</v>
+      </c>
+      <c r="C282" t="s">
+        <v>363</v>
+      </c>
+      <c r="D282" t="s">
+        <v>789</v>
+      </c>
+      <c r="E282">
+        <v>2</v>
+      </c>
+      <c r="F282" t="s">
+        <v>16</v>
+      </c>
+      <c r="G282" t="s">
+        <v>17</v>
+      </c>
+      <c r="H282">
+        <v>10</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
+      </c>
+      <c r="K282" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s">
+        <v>791</v>
+      </c>
+      <c r="B283" t="s">
+        <v>13</v>
+      </c>
+      <c r="C283" t="s">
+        <v>363</v>
+      </c>
+      <c r="D283" t="s">
+        <v>792</v>
+      </c>
+      <c r="E283">
+        <v>2</v>
+      </c>
+      <c r="F283" t="s">
+        <v>16</v>
+      </c>
+      <c r="G283" t="s">
+        <v>17</v>
+      </c>
+      <c r="H283">
+        <v>22</v>
+      </c>
+      <c r="I283">
+        <v>0</v>
+      </c>
+      <c r="K283" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" t="s">
+        <v>794</v>
+      </c>
+      <c r="B284" t="s">
+        <v>13</v>
+      </c>
+      <c r="C284" t="s">
+        <v>363</v>
+      </c>
+      <c r="D284" t="s">
+        <v>795</v>
+      </c>
+      <c r="E284">
+        <v>2</v>
+      </c>
+      <c r="F284" t="s">
+        <v>16</v>
+      </c>
+      <c r="G284" t="s">
+        <v>17</v>
+      </c>
+      <c r="H284">
+        <v>8</v>
+      </c>
+      <c r="I284">
+        <v>0</v>
+      </c>
+      <c r="K284" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" t="s">
+        <v>797</v>
+      </c>
+      <c r="B285" t="s">
+        <v>13</v>
+      </c>
+      <c r="C285" t="s">
+        <v>363</v>
+      </c>
+      <c r="D285" t="s">
+        <v>798</v>
+      </c>
+      <c r="E285">
+        <v>2</v>
+      </c>
+      <c r="F285" t="s">
+        <v>16</v>
+      </c>
+      <c r="G285" t="s">
+        <v>17</v>
+      </c>
+      <c r="H285">
+        <v>80</v>
+      </c>
+      <c r="I285">
+        <v>0</v>
+      </c>
+      <c r="K285" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" t="s">
+        <v>800</v>
+      </c>
+      <c r="B286" t="s">
+        <v>13</v>
+      </c>
+      <c r="C286" t="s">
+        <v>363</v>
+      </c>
+      <c r="D286" t="s">
+        <v>801</v>
+      </c>
+      <c r="E286">
+        <v>2</v>
+      </c>
+      <c r="F286" t="s">
+        <v>16</v>
+      </c>
+      <c r="G286" t="s">
+        <v>17</v>
+      </c>
+      <c r="H286">
+        <v>8</v>
+      </c>
+      <c r="I286">
+        <v>40</v>
+      </c>
+      <c r="K286" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11">
+      <c r="A287" t="s">
+        <v>524</v>
+      </c>
+      <c r="B287" t="s">
+        <v>13</v>
+      </c>
+      <c r="C287" t="s">
+        <v>363</v>
+      </c>
+      <c r="D287" t="s">
+        <v>803</v>
+      </c>
+      <c r="E287">
+        <v>2</v>
+      </c>
+      <c r="F287" t="s">
+        <v>16</v>
+      </c>
+      <c r="G287" t="s">
+        <v>17</v>
+      </c>
+      <c r="H287">
+        <v>5</v>
+      </c>
+      <c r="I287">
+        <v>81.3</v>
+      </c>
+      <c r="K287" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11">
+      <c r="A288" t="s">
+        <v>410</v>
+      </c>
+      <c r="B288" t="s">
+        <v>13</v>
+      </c>
+      <c r="C288" t="s">
+        <v>363</v>
+      </c>
+      <c r="D288" t="s">
+        <v>805</v>
+      </c>
+      <c r="E288">
+        <v>2</v>
+      </c>
+      <c r="F288" t="s">
+        <v>16</v>
+      </c>
+      <c r="G288" t="s">
+        <v>17</v>
+      </c>
+      <c r="H288">
+        <v>18</v>
+      </c>
+      <c r="I288">
+        <v>52.5</v>
+      </c>
+      <c r="K288" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11">
+      <c r="A289" t="s">
+        <v>448</v>
+      </c>
+      <c r="B289" t="s">
+        <v>13</v>
+      </c>
+      <c r="C289" t="s">
+        <v>363</v>
+      </c>
+      <c r="D289" t="s">
+        <v>807</v>
+      </c>
+      <c r="E289">
+        <v>2</v>
+      </c>
+      <c r="F289" t="s">
+        <v>16</v>
+      </c>
+      <c r="G289" t="s">
+        <v>17</v>
+      </c>
+      <c r="H289">
+        <v>55</v>
+      </c>
+      <c r="I289">
+        <v>83.6</v>
+      </c>
+      <c r="K289" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11">
+      <c r="A290" t="s">
+        <v>809</v>
+      </c>
+      <c r="B290" t="s">
+        <v>13</v>
+      </c>
+      <c r="C290" t="s">
+        <v>363</v>
+      </c>
+      <c r="D290" t="s">
+        <v>810</v>
+      </c>
+      <c r="E290">
+        <v>2</v>
+      </c>
+      <c r="F290" t="s">
+        <v>16</v>
+      </c>
+      <c r="G290" t="s">
+        <v>17</v>
+      </c>
+      <c r="H290">
+        <v>58</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
+      </c>
+      <c r="K290" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" t="s">
+        <v>529</v>
+      </c>
+      <c r="B291" t="s">
+        <v>13</v>
+      </c>
+      <c r="C291" t="s">
+        <v>363</v>
+      </c>
+      <c r="D291" t="s">
+        <v>812</v>
+      </c>
+      <c r="E291">
+        <v>2</v>
+      </c>
+      <c r="F291" t="s">
+        <v>16</v>
+      </c>
+      <c r="G291" t="s">
+        <v>17</v>
+      </c>
+      <c r="H291">
+        <v>10</v>
+      </c>
+      <c r="I291">
+        <v>30</v>
+      </c>
+      <c r="K291" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11">
+      <c r="A292" t="s">
+        <v>814</v>
+      </c>
+      <c r="B292" t="s">
+        <v>13</v>
+      </c>
+      <c r="C292" t="s">
+        <v>363</v>
+      </c>
+      <c r="D292" t="s">
+        <v>815</v>
+      </c>
+      <c r="E292">
+        <v>2</v>
+      </c>
+      <c r="F292" t="s">
+        <v>16</v>
+      </c>
+      <c r="G292" t="s">
+        <v>17</v>
+      </c>
+      <c r="H292">
+        <v>9</v>
+      </c>
+      <c r="I292">
+        <v>30</v>
+      </c>
+      <c r="K292" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11">
+      <c r="A293" t="s">
+        <v>817</v>
+      </c>
+      <c r="B293" t="s">
+        <v>13</v>
+      </c>
+      <c r="C293" t="s">
+        <v>363</v>
+      </c>
+      <c r="D293" t="s">
+        <v>818</v>
+      </c>
+      <c r="E293">
+        <v>2</v>
+      </c>
+      <c r="F293" t="s">
+        <v>16</v>
+      </c>
+      <c r="G293" t="s">
+        <v>17</v>
+      </c>
+      <c r="H293">
+        <v>101</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
+      </c>
+      <c r="K293" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11">
+      <c r="A294" t="s">
+        <v>482</v>
+      </c>
+      <c r="B294" t="s">
+        <v>13</v>
+      </c>
+      <c r="C294" t="s">
+        <v>363</v>
+      </c>
+      <c r="D294" t="s">
+        <v>820</v>
+      </c>
+      <c r="E294">
+        <v>2</v>
+      </c>
+      <c r="F294" t="s">
+        <v>16</v>
+      </c>
+      <c r="G294" t="s">
+        <v>17</v>
+      </c>
+      <c r="H294">
+        <v>8</v>
+      </c>
+      <c r="I294">
+        <v>43.2</v>
+      </c>
+      <c r="K294" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11">
+      <c r="A295" t="s">
+        <v>417</v>
+      </c>
+      <c r="B295" t="s">
+        <v>13</v>
+      </c>
+      <c r="C295" t="s">
+        <v>363</v>
+      </c>
+      <c r="D295" t="s">
+        <v>822</v>
+      </c>
+      <c r="E295">
+        <v>2</v>
+      </c>
+      <c r="F295" t="s">
+        <v>16</v>
+      </c>
+      <c r="G295" t="s">
+        <v>17</v>
+      </c>
+      <c r="H295">
+        <v>3</v>
+      </c>
+      <c r="I295">
+        <v>94.3</v>
+      </c>
+      <c r="K295" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11">
+      <c r="A296" t="s">
+        <v>824</v>
+      </c>
+      <c r="B296" t="s">
+        <v>13</v>
+      </c>
+      <c r="C296" t="s">
+        <v>363</v>
+      </c>
+      <c r="D296" t="s">
+        <v>825</v>
+      </c>
+      <c r="E296">
+        <v>2</v>
+      </c>
+      <c r="F296" t="s">
+        <v>16</v>
+      </c>
+      <c r="G296" t="s">
+        <v>17</v>
+      </c>
+      <c r="H296">
+        <v>8</v>
+      </c>
+      <c r="I296">
+        <v>0</v>
+      </c>
+      <c r="K296" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11">
+      <c r="A297" t="s">
+        <v>827</v>
+      </c>
+      <c r="B297" t="s">
+        <v>13</v>
+      </c>
+      <c r="C297" t="s">
+        <v>363</v>
+      </c>
+      <c r="D297" t="s">
+        <v>828</v>
+      </c>
+      <c r="E297">
+        <v>2</v>
+      </c>
+      <c r="F297" t="s">
+        <v>16</v>
+      </c>
+      <c r="G297" t="s">
+        <v>17</v>
+      </c>
+      <c r="H297">
+        <v>8</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
+      </c>
+      <c r="K297" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" t="s">
+        <v>830</v>
+      </c>
+      <c r="B298" t="s">
+        <v>13</v>
+      </c>
+      <c r="C298" t="s">
+        <v>363</v>
+      </c>
+      <c r="D298" t="s">
+        <v>831</v>
+      </c>
+      <c r="E298">
+        <v>2</v>
+      </c>
+      <c r="F298" t="s">
+        <v>16</v>
+      </c>
+      <c r="G298" t="s">
+        <v>17</v>
+      </c>
+      <c r="H298">
+        <v>27</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
+      </c>
+      <c r="K298" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11">
+      <c r="A299" t="s">
+        <v>833</v>
+      </c>
+      <c r="B299" t="s">
+        <v>13</v>
+      </c>
+      <c r="C299" t="s">
+        <v>363</v>
+      </c>
+      <c r="D299" t="s">
+        <v>834</v>
+      </c>
+      <c r="E299">
+        <v>2</v>
+      </c>
+      <c r="F299" t="s">
+        <v>16</v>
+      </c>
+      <c r="G299" t="s">
+        <v>17</v>
+      </c>
+      <c r="H299">
+        <v>53</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
+      </c>
+      <c r="K299" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11">
+      <c r="A300" t="s">
+        <v>836</v>
+      </c>
+      <c r="B300" t="s">
+        <v>13</v>
+      </c>
+      <c r="C300" t="s">
+        <v>363</v>
+      </c>
+      <c r="D300" t="s">
+        <v>837</v>
+      </c>
+      <c r="E300">
+        <v>2</v>
+      </c>
+      <c r="F300" t="s">
+        <v>16</v>
+      </c>
+      <c r="G300" t="s">
+        <v>17</v>
+      </c>
+      <c r="H300">
+        <v>56</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="K300" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11">
+      <c r="A301" t="s">
+        <v>839</v>
+      </c>
+      <c r="B301" t="s">
+        <v>13</v>
+      </c>
+      <c r="C301" t="s">
+        <v>363</v>
+      </c>
+      <c r="D301" t="s">
+        <v>840</v>
+      </c>
+      <c r="E301">
+        <v>2</v>
+      </c>
+      <c r="F301" t="s">
+        <v>16</v>
+      </c>
+      <c r="G301" t="s">
+        <v>17</v>
+      </c>
+      <c r="H301">
+        <v>6</v>
+      </c>
+      <c r="I301">
+        <v>29.1</v>
+      </c>
+      <c r="K301" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11">
+      <c r="A302" t="s">
+        <v>420</v>
+      </c>
+      <c r="B302" t="s">
+        <v>13</v>
+      </c>
+      <c r="C302" t="s">
+        <v>363</v>
+      </c>
+      <c r="D302" t="s">
+        <v>842</v>
+      </c>
+      <c r="E302">
+        <v>2</v>
+      </c>
+      <c r="F302" t="s">
+        <v>16</v>
+      </c>
+      <c r="G302" t="s">
+        <v>17</v>
+      </c>
+      <c r="H302">
+        <v>2</v>
+      </c>
+      <c r="I302">
+        <v>92.5</v>
+      </c>
+      <c r="K302" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11">
+      <c r="A303" t="s">
+        <v>844</v>
+      </c>
+      <c r="B303" t="s">
+        <v>13</v>
+      </c>
+      <c r="C303" t="s">
+        <v>363</v>
+      </c>
+      <c r="D303" t="s">
+        <v>845</v>
+      </c>
+      <c r="E303">
+        <v>2</v>
+      </c>
+      <c r="F303" t="s">
+        <v>16</v>
+      </c>
+      <c r="G303" t="s">
+        <v>17</v>
+      </c>
+      <c r="H303">
+        <v>4</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
+      </c>
+      <c r="K303" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" t="s">
+        <v>847</v>
+      </c>
+      <c r="B304" t="s">
+        <v>13</v>
+      </c>
+      <c r="C304" t="s">
+        <v>363</v>
+      </c>
+      <c r="D304" t="s">
+        <v>848</v>
+      </c>
+      <c r="E304">
+        <v>2</v>
+      </c>
+      <c r="F304" t="s">
+        <v>16</v>
+      </c>
+      <c r="G304" t="s">
+        <v>17</v>
+      </c>
+      <c r="H304">
+        <v>14</v>
+      </c>
+      <c r="I304">
+        <v>0</v>
+      </c>
+      <c r="K304" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" t="s">
+        <v>850</v>
+      </c>
+      <c r="B305" t="s">
+        <v>13</v>
+      </c>
+      <c r="C305" t="s">
+        <v>363</v>
+      </c>
+      <c r="D305" t="s">
+        <v>851</v>
+      </c>
+      <c r="E305">
+        <v>2</v>
+      </c>
+      <c r="F305" t="s">
+        <v>16</v>
+      </c>
+      <c r="G305" t="s">
+        <v>17</v>
+      </c>
+      <c r="H305">
+        <v>11</v>
+      </c>
+      <c r="I305">
+        <v>0</v>
+      </c>
+      <c r="K305" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11">
+      <c r="A306" t="s">
+        <v>853</v>
+      </c>
+      <c r="B306" t="s">
+        <v>13</v>
+      </c>
+      <c r="C306" t="s">
+        <v>363</v>
+      </c>
+      <c r="D306" t="s">
+        <v>854</v>
+      </c>
+      <c r="E306">
+        <v>2</v>
+      </c>
+      <c r="F306" t="s">
+        <v>16</v>
+      </c>
+      <c r="G306" t="s">
+        <v>17</v>
+      </c>
+      <c r="H306">
+        <v>5</v>
+      </c>
+      <c r="I306">
+        <v>55</v>
+      </c>
+      <c r="K306" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11">
+      <c r="A307" t="s">
+        <v>856</v>
+      </c>
+      <c r="B307" t="s">
+        <v>13</v>
+      </c>
+      <c r="C307" t="s">
+        <v>363</v>
+      </c>
+      <c r="D307" t="s">
+        <v>857</v>
+      </c>
+      <c r="E307">
+        <v>2</v>
+      </c>
+      <c r="F307" t="s">
+        <v>16</v>
+      </c>
+      <c r="G307" t="s">
+        <v>17</v>
+      </c>
+      <c r="H307">
+        <v>10</v>
+      </c>
+      <c r="I307">
+        <v>0</v>
+      </c>
+      <c r="K307" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11">
+      <c r="A308" t="s">
+        <v>622</v>
+      </c>
+      <c r="B308" t="s">
+        <v>13</v>
+      </c>
+      <c r="C308" t="s">
+        <v>363</v>
+      </c>
+      <c r="D308" t="s">
+        <v>859</v>
+      </c>
+      <c r="E308">
+        <v>2</v>
+      </c>
+      <c r="F308" t="s">
+        <v>16</v>
+      </c>
+      <c r="G308" t="s">
+        <v>17</v>
+      </c>
+      <c r="H308">
+        <v>2</v>
+      </c>
+      <c r="I308">
+        <v>85.8</v>
+      </c>
+      <c r="K308" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" t="s">
+        <v>485</v>
+      </c>
+      <c r="B309" t="s">
+        <v>13</v>
+      </c>
+      <c r="C309" t="s">
+        <v>363</v>
+      </c>
+      <c r="D309" t="s">
+        <v>861</v>
+      </c>
+      <c r="E309">
+        <v>2</v>
+      </c>
+      <c r="F309" t="s">
+        <v>16</v>
+      </c>
+      <c r="G309" t="s">
+        <v>17</v>
+      </c>
+      <c r="H309">
+        <v>5</v>
+      </c>
+      <c r="I309">
+        <v>78.5</v>
+      </c>
+      <c r="K309" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" t="s">
+        <v>863</v>
+      </c>
+      <c r="B310" t="s">
+        <v>13</v>
+      </c>
+      <c r="C310" t="s">
+        <v>363</v>
+      </c>
+      <c r="D310" t="s">
+        <v>864</v>
+      </c>
+      <c r="E310">
+        <v>2</v>
+      </c>
+      <c r="F310" t="s">
+        <v>16</v>
+      </c>
+      <c r="G310" t="s">
+        <v>17</v>
+      </c>
+      <c r="H310">
+        <v>12</v>
+      </c>
+      <c r="I310">
+        <v>50</v>
+      </c>
+      <c r="K310" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" t="s">
+        <v>458</v>
+      </c>
+      <c r="B311" t="s">
+        <v>13</v>
+      </c>
+      <c r="C311" t="s">
+        <v>866</v>
+      </c>
+      <c r="D311" t="s">
+        <v>867</v>
+      </c>
+      <c r="E311">
+        <v>29</v>
+      </c>
+      <c r="F311" t="s">
+        <v>16</v>
+      </c>
+      <c r="G311" t="s">
+        <v>17</v>
+      </c>
+      <c r="H311">
+        <v>55</v>
+      </c>
+      <c r="I311">
+        <v>12.3</v>
+      </c>
+      <c r="K311" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" t="s">
+        <v>139</v>
+      </c>
+      <c r="B312" t="s">
+        <v>13</v>
+      </c>
+      <c r="C312" t="s">
+        <v>869</v>
+      </c>
+      <c r="D312" t="s">
+        <v>870</v>
+      </c>
+      <c r="E312">
+        <v>6</v>
+      </c>
+      <c r="F312" t="s">
+        <v>16</v>
+      </c>
+      <c r="G312" t="s">
+        <v>17</v>
+      </c>
+      <c r="H312">
+        <v>74</v>
+      </c>
+      <c r="I312">
+        <v>36.7</v>
+      </c>
+      <c r="K312" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11">
+      <c r="A313" t="s">
+        <v>231</v>
+      </c>
+      <c r="B313" t="s">
+        <v>13</v>
+      </c>
+      <c r="C313" t="s">
+        <v>869</v>
+      </c>
+      <c r="D313" t="s">
+        <v>872</v>
+      </c>
+      <c r="E313">
+        <v>6</v>
+      </c>
+      <c r="F313" t="s">
+        <v>16</v>
+      </c>
+      <c r="G313" t="s">
+        <v>17</v>
+      </c>
+      <c r="H313">
+        <v>3</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="K313" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" t="s">
+        <v>38</v>
+      </c>
+      <c r="B314" t="s">
+        <v>13</v>
+      </c>
+      <c r="C314" t="s">
+        <v>869</v>
+      </c>
+      <c r="D314" t="s">
+        <v>874</v>
+      </c>
+      <c r="E314">
+        <v>6</v>
+      </c>
+      <c r="F314" t="s">
+        <v>16</v>
+      </c>
+      <c r="G314" t="s">
+        <v>17</v>
+      </c>
+      <c r="H314">
+        <v>28</v>
+      </c>
+      <c r="I314">
+        <v>62.9</v>
+      </c>
+      <c r="K314" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11">
+      <c r="A315" t="s">
+        <v>45</v>
+      </c>
+      <c r="B315" t="s">
+        <v>13</v>
+      </c>
+      <c r="C315" t="s">
+        <v>869</v>
+      </c>
+      <c r="D315" t="s">
+        <v>876</v>
+      </c>
+      <c r="E315">
+        <v>6</v>
+      </c>
+      <c r="F315" t="s">
+        <v>16</v>
+      </c>
+      <c r="G315" t="s">
+        <v>17</v>
+      </c>
+      <c r="H315">
+        <v>22</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
+      </c>
+      <c r="K315" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11">
+      <c r="A316" t="s">
+        <v>878</v>
+      </c>
+      <c r="B316" t="s">
+        <v>13</v>
+      </c>
+      <c r="C316" t="s">
+        <v>869</v>
+      </c>
+      <c r="D316" t="s">
+        <v>879</v>
+      </c>
+      <c r="E316">
+        <v>6</v>
+      </c>
+      <c r="F316" t="s">
+        <v>16</v>
+      </c>
+      <c r="G316" t="s">
+        <v>17</v>
+      </c>
+      <c r="H316">
+        <v>8</v>
+      </c>
+      <c r="I316">
+        <v>0</v>
+      </c>
+      <c r="K316" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" t="s">
+        <v>881</v>
+      </c>
+      <c r="B317" t="s">
+        <v>13</v>
+      </c>
+      <c r="C317" t="s">
+        <v>882</v>
+      </c>
+      <c r="D317" t="s">
+        <v>883</v>
+      </c>
+      <c r="E317">
+        <v>3</v>
+      </c>
+      <c r="F317" t="s">
+        <v>16</v>
+      </c>
+      <c r="G317" t="s">
+        <v>17</v>
+      </c>
+      <c r="H317">
+        <v>9</v>
+      </c>
+      <c r="I317">
+        <v>63.6</v>
+      </c>
+      <c r="K317" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" t="s">
+        <v>330</v>
+      </c>
+      <c r="B318" t="s">
+        <v>13</v>
+      </c>
+      <c r="C318" t="s">
+        <v>882</v>
+      </c>
+      <c r="D318" t="s">
+        <v>885</v>
+      </c>
+      <c r="E318">
+        <v>3</v>
+      </c>
+      <c r="F318" t="s">
+        <v>16</v>
+      </c>
+      <c r="G318" t="s">
+        <v>17</v>
+      </c>
+      <c r="H318">
+        <v>56</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
+      </c>
+      <c r="K318" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" t="s">
+        <v>133</v>
+      </c>
+      <c r="B319" t="s">
+        <v>13</v>
+      </c>
+      <c r="C319" t="s">
+        <v>882</v>
+      </c>
+      <c r="D319" t="s">
+        <v>887</v>
+      </c>
+      <c r="E319">
+        <v>3</v>
+      </c>
+      <c r="F319" t="s">
+        <v>16</v>
+      </c>
+      <c r="G319" t="s">
+        <v>17</v>
+      </c>
+      <c r="H319">
+        <v>77</v>
+      </c>
+      <c r="I319">
+        <v>0</v>
+      </c>
+      <c r="K319" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" t="s">
+        <v>118</v>
+      </c>
+      <c r="B320" t="s">
+        <v>13</v>
+      </c>
+      <c r="C320" t="s">
+        <v>882</v>
+      </c>
+      <c r="D320" t="s">
+        <v>889</v>
+      </c>
+      <c r="E320">
+        <v>3</v>
+      </c>
+      <c r="F320" t="s">
+        <v>16</v>
+      </c>
+      <c r="G320" t="s">
+        <v>17</v>
+      </c>
+      <c r="H320">
+        <v>28</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
+      </c>
+      <c r="K320" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" t="s">
+        <v>294</v>
+      </c>
+      <c r="B321" t="s">
+        <v>13</v>
+      </c>
+      <c r="C321" t="s">
+        <v>882</v>
+      </c>
+      <c r="D321" t="s">
+        <v>891</v>
+      </c>
+      <c r="E321">
+        <v>3</v>
+      </c>
+      <c r="F321" t="s">
+        <v>16</v>
+      </c>
+      <c r="G321" t="s">
+        <v>17</v>
+      </c>
+      <c r="H321">
+        <v>82</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
+      </c>
+      <c r="K321" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" t="s">
+        <v>893</v>
+      </c>
+      <c r="B322" t="s">
+        <v>13</v>
+      </c>
+      <c r="C322" t="s">
+        <v>882</v>
+      </c>
+      <c r="D322" t="s">
+        <v>894</v>
+      </c>
+      <c r="E322">
+        <v>3</v>
+      </c>
+      <c r="F322" t="s">
+        <v>16</v>
+      </c>
+      <c r="G322" t="s">
+        <v>17</v>
+      </c>
+      <c r="H322">
+        <v>9</v>
+      </c>
+      <c r="I322">
+        <v>100</v>
+      </c>
+      <c r="K322" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" t="s">
+        <v>240</v>
+      </c>
+      <c r="B323" t="s">
+        <v>13</v>
+      </c>
+      <c r="C323" t="s">
+        <v>882</v>
+      </c>
+      <c r="D323" t="s">
+        <v>896</v>
+      </c>
+      <c r="E323">
+        <v>3</v>
+      </c>
+      <c r="F323" t="s">
+        <v>16</v>
+      </c>
+      <c r="G323" t="s">
+        <v>17</v>
+      </c>
+      <c r="H323">
+        <v>25</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="K323" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" t="s">
+        <v>115</v>
+      </c>
+      <c r="B324" t="s">
+        <v>13</v>
+      </c>
+      <c r="C324" t="s">
+        <v>882</v>
+      </c>
+      <c r="D324" t="s">
+        <v>898</v>
+      </c>
+      <c r="E324">
+        <v>3</v>
+      </c>
+      <c r="F324" t="s">
+        <v>16</v>
+      </c>
+      <c r="G324" t="s">
+        <v>17</v>
+      </c>
+      <c r="H324">
+        <v>20</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
+      </c>
+      <c r="K324" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" t="s">
+        <v>249</v>
+      </c>
+      <c r="B325" t="s">
+        <v>13</v>
+      </c>
+      <c r="C325" t="s">
+        <v>882</v>
+      </c>
+      <c r="D325" t="s">
+        <v>900</v>
+      </c>
+      <c r="E325">
+        <v>3</v>
+      </c>
+      <c r="F325" t="s">
+        <v>16</v>
+      </c>
+      <c r="G325" t="s">
+        <v>17</v>
+      </c>
+      <c r="H325">
+        <v>23</v>
+      </c>
+      <c r="I325">
+        <v>0</v>
+      </c>
+      <c r="K325" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" t="s">
+        <v>112</v>
+      </c>
+      <c r="B326" t="s">
+        <v>13</v>
+      </c>
+      <c r="C326" t="s">
+        <v>882</v>
+      </c>
+      <c r="D326" t="s">
+        <v>902</v>
+      </c>
+      <c r="E326">
+        <v>3</v>
+      </c>
+      <c r="F326" t="s">
+        <v>16</v>
+      </c>
+      <c r="G326" t="s">
+        <v>17</v>
+      </c>
+      <c r="H326">
+        <v>40</v>
+      </c>
+      <c r="I326">
+        <v>0</v>
+      </c>
+      <c r="K326" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" t="s">
+        <v>458</v>
+      </c>
+      <c r="B327" t="s">
+        <v>13</v>
+      </c>
+      <c r="C327" t="s">
+        <v>882</v>
+      </c>
+      <c r="D327" t="s">
+        <v>904</v>
+      </c>
+      <c r="E327">
+        <v>3</v>
+      </c>
+      <c r="F327" t="s">
+        <v>16</v>
+      </c>
+      <c r="G327" t="s">
+        <v>17</v>
+      </c>
+      <c r="H327">
+        <v>55</v>
+      </c>
+      <c r="I327">
+        <v>12.3</v>
+      </c>
+      <c r="K327" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" t="s">
+        <v>506</v>
+      </c>
+      <c r="B328" t="s">
+        <v>13</v>
+      </c>
+      <c r="C328" t="s">
+        <v>882</v>
+      </c>
+      <c r="D328" t="s">
+        <v>906</v>
+      </c>
+      <c r="E328">
+        <v>3</v>
+      </c>
+      <c r="F328" t="s">
+        <v>16</v>
+      </c>
+      <c r="G328" t="s">
+        <v>17</v>
+      </c>
+      <c r="H328">
+        <v>76</v>
+      </c>
+      <c r="I328">
+        <v>0</v>
+      </c>
+      <c r="K328" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" t="s">
+        <v>908</v>
+      </c>
+      <c r="B329" t="s">
+        <v>13</v>
+      </c>
+      <c r="C329" t="s">
+        <v>882</v>
+      </c>
+      <c r="D329" t="s">
+        <v>909</v>
+      </c>
+      <c r="E329">
+        <v>3</v>
+      </c>
+      <c r="F329" t="s">
+        <v>16</v>
+      </c>
+      <c r="G329" t="s">
+        <v>17</v>
+      </c>
+      <c r="H329">
+        <v>2</v>
+      </c>
+      <c r="I329">
+        <v>0</v>
+      </c>
+      <c r="K329" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" t="s">
+        <v>130</v>
+      </c>
+      <c r="B330" t="s">
+        <v>13</v>
+      </c>
+      <c r="C330" t="s">
+        <v>882</v>
+      </c>
+      <c r="D330" t="s">
+        <v>911</v>
+      </c>
+      <c r="E330">
+        <v>3</v>
+      </c>
+      <c r="F330" t="s">
+        <v>16</v>
+      </c>
+      <c r="G330" t="s">
+        <v>17</v>
+      </c>
+      <c r="H330">
+        <v>39</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
+      </c>
+      <c r="K330" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" t="s">
+        <v>913</v>
+      </c>
+      <c r="B331" t="s">
+        <v>13</v>
+      </c>
+      <c r="C331" t="s">
+        <v>882</v>
+      </c>
+      <c r="D331" t="s">
+        <v>914</v>
+      </c>
+      <c r="E331">
+        <v>3</v>
+      </c>
+      <c r="F331" t="s">
+        <v>16</v>
+      </c>
+      <c r="G331" t="s">
+        <v>17</v>
+      </c>
+      <c r="H331">
+        <v>2</v>
+      </c>
+      <c r="I331">
+        <v>100</v>
+      </c>
+      <c r="K331" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" t="s">
+        <v>291</v>
+      </c>
+      <c r="B332" t="s">
+        <v>13</v>
+      </c>
+      <c r="C332" t="s">
+        <v>882</v>
+      </c>
+      <c r="D332" t="s">
+        <v>916</v>
+      </c>
+      <c r="E332">
+        <v>3</v>
+      </c>
+      <c r="F332" t="s">
+        <v>16</v>
+      </c>
+      <c r="G332" t="s">
+        <v>17</v>
+      </c>
+      <c r="H332">
+        <v>5</v>
+      </c>
+      <c r="I332">
+        <v>0</v>
+      </c>
+      <c r="K332" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" t="s">
+        <v>918</v>
+      </c>
+      <c r="B333" t="s">
+        <v>13</v>
+      </c>
+      <c r="C333" t="s">
+        <v>882</v>
+      </c>
+      <c r="D333" t="s">
+        <v>919</v>
+      </c>
+      <c r="E333">
+        <v>3</v>
+      </c>
+      <c r="F333" t="s">
+        <v>16</v>
+      </c>
+      <c r="G333" t="s">
+        <v>17</v>
+      </c>
+      <c r="H333">
+        <v>2</v>
+      </c>
+      <c r="I333">
+        <v>0</v>
+      </c>
+      <c r="K333" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" t="s">
+        <v>921</v>
+      </c>
+      <c r="B334" t="s">
+        <v>13</v>
+      </c>
+      <c r="C334" t="s">
+        <v>882</v>
+      </c>
+      <c r="D334" t="s">
+        <v>922</v>
+      </c>
+      <c r="E334">
+        <v>3</v>
+      </c>
+      <c r="F334" t="s">
+        <v>16</v>
+      </c>
+      <c r="G334" t="s">
+        <v>17</v>
+      </c>
+      <c r="H334">
+        <v>2</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
+      </c>
+      <c r="K334" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" t="s">
+        <v>924</v>
+      </c>
+      <c r="B335" t="s">
+        <v>13</v>
+      </c>
+      <c r="C335" t="s">
+        <v>882</v>
+      </c>
+      <c r="D335" t="s">
+        <v>925</v>
+      </c>
+      <c r="E335">
+        <v>3</v>
+      </c>
+      <c r="F335" t="s">
+        <v>16</v>
+      </c>
+      <c r="G335" t="s">
+        <v>17</v>
+      </c>
+      <c r="H335">
+        <v>6</v>
+      </c>
+      <c r="I335">
+        <v>100</v>
+      </c>
+      <c r="K335" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" t="s">
+        <v>288</v>
+      </c>
+      <c r="B336" t="s">
+        <v>13</v>
+      </c>
+      <c r="C336" t="s">
+        <v>882</v>
+      </c>
+      <c r="D336" t="s">
+        <v>927</v>
+      </c>
+      <c r="E336">
+        <v>3</v>
+      </c>
+      <c r="F336" t="s">
+        <v>16</v>
+      </c>
+      <c r="G336" t="s">
+        <v>17</v>
+      </c>
+      <c r="H336">
+        <v>3</v>
+      </c>
+      <c r="I336">
+        <v>0</v>
+      </c>
+      <c r="K336" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" t="s">
+        <v>169</v>
+      </c>
+      <c r="B337" t="s">
+        <v>13</v>
+      </c>
+      <c r="C337" t="s">
+        <v>882</v>
+      </c>
+      <c r="D337" t="s">
+        <v>929</v>
+      </c>
+      <c r="E337">
+        <v>3</v>
+      </c>
+      <c r="F337" t="s">
+        <v>16</v>
+      </c>
+      <c r="G337" t="s">
+        <v>17</v>
+      </c>
+      <c r="H337">
+        <v>62</v>
+      </c>
+      <c r="I337">
+        <v>47.5</v>
+      </c>
+      <c r="K337" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" t="s">
+        <v>931</v>
+      </c>
+      <c r="B338" t="s">
+        <v>13</v>
+      </c>
+      <c r="C338" t="s">
+        <v>882</v>
+      </c>
+      <c r="D338" t="s">
+        <v>932</v>
+      </c>
+      <c r="E338">
+        <v>3</v>
+      </c>
+      <c r="F338" t="s">
+        <v>16</v>
+      </c>
+      <c r="G338" t="s">
+        <v>17</v>
+      </c>
+      <c r="H338">
+        <v>3</v>
+      </c>
+      <c r="I338">
+        <v>100</v>
+      </c>
+      <c r="K338" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" t="s">
+        <v>485</v>
+      </c>
+      <c r="B339" t="s">
+        <v>13</v>
+      </c>
+      <c r="C339" t="s">
+        <v>882</v>
+      </c>
+      <c r="D339" t="s">
+        <v>934</v>
+      </c>
+      <c r="E339">
+        <v>3</v>
+      </c>
+      <c r="F339" t="s">
+        <v>16</v>
+      </c>
+      <c r="G339" t="s">
+        <v>17</v>
+      </c>
+      <c r="H339">
+        <v>5</v>
+      </c>
+      <c r="I339">
+        <v>78.5</v>
+      </c>
+      <c r="K339" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" t="s">
+        <v>649</v>
+      </c>
+      <c r="B340" t="s">
+        <v>13</v>
+      </c>
+      <c r="C340" t="s">
+        <v>463</v>
+      </c>
+      <c r="D340" t="s">
+        <v>936</v>
+      </c>
+      <c r="E340">
+        <v>6</v>
+      </c>
+      <c r="F340" t="s">
+        <v>16</v>
+      </c>
+      <c r="G340" t="s">
+        <v>17</v>
+      </c>
+      <c r="H340">
+        <v>6</v>
+      </c>
+      <c r="I340">
+        <v>0</v>
+      </c>
+      <c r="K340" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" t="s">
+        <v>243</v>
+      </c>
+      <c r="B341" t="s">
+        <v>13</v>
+      </c>
+      <c r="C341" t="s">
+        <v>463</v>
+      </c>
+      <c r="D341" t="s">
+        <v>938</v>
+      </c>
+      <c r="E341">
+        <v>6</v>
+      </c>
+      <c r="F341" t="s">
+        <v>16</v>
+      </c>
+      <c r="G341" t="s">
+        <v>17</v>
+      </c>
+      <c r="H341">
+        <v>29</v>
+      </c>
+      <c r="I341">
+        <v>0</v>
+      </c>
+      <c r="K341" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" t="s">
+        <v>252</v>
+      </c>
+      <c r="B342" t="s">
+        <v>13</v>
+      </c>
+      <c r="C342" t="s">
+        <v>463</v>
+      </c>
+      <c r="D342" t="s">
+        <v>940</v>
+      </c>
+      <c r="E342">
+        <v>6</v>
+      </c>
+      <c r="F342" t="s">
+        <v>16</v>
+      </c>
+      <c r="G342" t="s">
+        <v>17</v>
+      </c>
+      <c r="H342">
+        <v>101</v>
+      </c>
+      <c r="I342">
+        <v>0</v>
+      </c>
+      <c r="K342" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" t="s">
+        <v>676</v>
+      </c>
+      <c r="B343" t="s">
+        <v>13</v>
+      </c>
+      <c r="C343" t="s">
+        <v>463</v>
+      </c>
+      <c r="D343" t="s">
+        <v>942</v>
+      </c>
+      <c r="E343">
+        <v>6</v>
+      </c>
+      <c r="F343" t="s">
+        <v>16</v>
+      </c>
+      <c r="G343" t="s">
+        <v>17</v>
+      </c>
+      <c r="H343">
+        <v>10</v>
+      </c>
+      <c r="I343">
+        <v>0</v>
+      </c>
+      <c r="K343" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" t="s">
+        <v>255</v>
+      </c>
+      <c r="B344" t="s">
+        <v>13</v>
+      </c>
+      <c r="C344" t="s">
+        <v>463</v>
+      </c>
+      <c r="D344" t="s">
+        <v>944</v>
+      </c>
+      <c r="E344">
+        <v>6</v>
+      </c>
+      <c r="F344" t="s">
+        <v>16</v>
+      </c>
+      <c r="G344" t="s">
+        <v>17</v>
+      </c>
+      <c r="H344">
+        <v>30</v>
+      </c>
+      <c r="I344">
+        <v>0</v>
+      </c>
+      <c r="K344" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" t="s">
+        <v>261</v>
+      </c>
+      <c r="B345" t="s">
+        <v>13</v>
+      </c>
+      <c r="C345" t="s">
+        <v>463</v>
+      </c>
+      <c r="D345" t="s">
+        <v>946</v>
+      </c>
+      <c r="E345">
+        <v>6</v>
+      </c>
+      <c r="F345" t="s">
+        <v>16</v>
+      </c>
+      <c r="G345" t="s">
+        <v>17</v>
+      </c>
+      <c r="H345">
+        <v>75</v>
+      </c>
+      <c r="I345">
+        <v>0</v>
+      </c>
+      <c r="K345" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" t="s">
+        <v>264</v>
+      </c>
+      <c r="B346" t="s">
+        <v>13</v>
+      </c>
+      <c r="C346" t="s">
+        <v>463</v>
+      </c>
+      <c r="D346" t="s">
+        <v>948</v>
+      </c>
+      <c r="E346">
+        <v>6</v>
+      </c>
+      <c r="F346" t="s">
+        <v>16</v>
+      </c>
+      <c r="G346" t="s">
+        <v>17</v>
+      </c>
+      <c r="H346">
+        <v>19</v>
+      </c>
+      <c r="I346">
+        <v>0</v>
+      </c>
+      <c r="K346" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" t="s">
+        <v>267</v>
+      </c>
+      <c r="B347" t="s">
+        <v>13</v>
+      </c>
+      <c r="C347" t="s">
+        <v>463</v>
+      </c>
+      <c r="D347" t="s">
+        <v>950</v>
+      </c>
+      <c r="E347">
+        <v>6</v>
+      </c>
+      <c r="F347" t="s">
+        <v>16</v>
+      </c>
+      <c r="G347" t="s">
+        <v>17</v>
+      </c>
+      <c r="H347">
+        <v>62</v>
+      </c>
+      <c r="I347">
+        <v>0</v>
+      </c>
+      <c r="K347" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" t="s">
+        <v>270</v>
+      </c>
+      <c r="B348" t="s">
+        <v>13</v>
+      </c>
+      <c r="C348" t="s">
+        <v>463</v>
+      </c>
+      <c r="D348" t="s">
+        <v>952</v>
+      </c>
+      <c r="E348">
+        <v>6</v>
+      </c>
+      <c r="F348" t="s">
+        <v>16</v>
+      </c>
+      <c r="G348" t="s">
+        <v>17</v>
+      </c>
+      <c r="H348">
+        <v>22</v>
+      </c>
+      <c r="I348">
+        <v>0</v>
+      </c>
+      <c r="K348" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11">
+      <c r="A349" t="s">
+        <v>697</v>
+      </c>
+      <c r="B349" t="s">
+        <v>13</v>
+      </c>
+      <c r="C349" t="s">
+        <v>463</v>
+      </c>
+      <c r="D349" t="s">
+        <v>954</v>
+      </c>
+      <c r="E349">
+        <v>6</v>
+      </c>
+      <c r="F349" t="s">
+        <v>16</v>
+      </c>
+      <c r="G349" t="s">
+        <v>17</v>
+      </c>
+      <c r="H349">
+        <v>26</v>
+      </c>
+      <c r="I349">
+        <v>0</v>
+      </c>
+      <c r="K349" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11">
+      <c r="A350" t="s">
+        <v>737</v>
+      </c>
+      <c r="B350" t="s">
+        <v>13</v>
+      </c>
+      <c r="C350" t="s">
+        <v>463</v>
+      </c>
+      <c r="D350" t="s">
+        <v>956</v>
+      </c>
+      <c r="E350">
+        <v>6</v>
+      </c>
+      <c r="F350" t="s">
+        <v>16</v>
+      </c>
+      <c r="G350" t="s">
+        <v>17</v>
+      </c>
+      <c r="H350">
+        <v>42</v>
+      </c>
+      <c r="I350">
+        <v>0</v>
+      </c>
+      <c r="K350" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" t="s">
+        <v>303</v>
+      </c>
+      <c r="B351" t="s">
+        <v>13</v>
+      </c>
+      <c r="C351" t="s">
+        <v>463</v>
+      </c>
+      <c r="D351" t="s">
+        <v>958</v>
+      </c>
+      <c r="E351">
+        <v>6</v>
+      </c>
+      <c r="F351" t="s">
+        <v>16</v>
+      </c>
+      <c r="G351" t="s">
+        <v>17</v>
+      </c>
+      <c r="H351">
+        <v>83</v>
+      </c>
+      <c r="I351">
+        <v>0</v>
+      </c>
+      <c r="K351" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" t="s">
+        <v>306</v>
+      </c>
+      <c r="B352" t="s">
+        <v>13</v>
+      </c>
+      <c r="C352" t="s">
+        <v>463</v>
+      </c>
+      <c r="D352" t="s">
+        <v>960</v>
+      </c>
+      <c r="E352">
+        <v>6</v>
+      </c>
+      <c r="F352" t="s">
+        <v>16</v>
+      </c>
+      <c r="G352" t="s">
+        <v>17</v>
+      </c>
+      <c r="H352">
+        <v>74</v>
+      </c>
+      <c r="I352">
+        <v>0</v>
+      </c>
+      <c r="K352" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" t="s">
+        <v>312</v>
+      </c>
+      <c r="B353" t="s">
+        <v>13</v>
+      </c>
+      <c r="C353" t="s">
+        <v>463</v>
+      </c>
+      <c r="D353" t="s">
+        <v>962</v>
+      </c>
+      <c r="E353">
+        <v>6</v>
+      </c>
+      <c r="F353" t="s">
+        <v>16</v>
+      </c>
+      <c r="G353" t="s">
+        <v>17</v>
+      </c>
+      <c r="H353">
+        <v>80</v>
+      </c>
+      <c r="I353">
+        <v>0</v>
+      </c>
+      <c r="K353" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" t="s">
+        <v>770</v>
+      </c>
+      <c r="B354" t="s">
+        <v>13</v>
+      </c>
+      <c r="C354" t="s">
+        <v>463</v>
+      </c>
+      <c r="D354" t="s">
+        <v>964</v>
+      </c>
+      <c r="E354">
+        <v>6</v>
+      </c>
+      <c r="F354" t="s">
+        <v>16</v>
+      </c>
+      <c r="G354" t="s">
+        <v>17</v>
+      </c>
+      <c r="H354">
+        <v>8</v>
+      </c>
+      <c r="I354">
+        <v>0</v>
+      </c>
+      <c r="K354" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" t="s">
+        <v>318</v>
+      </c>
+      <c r="B355" t="s">
+        <v>13</v>
+      </c>
+      <c r="C355" t="s">
+        <v>463</v>
+      </c>
+      <c r="D355" t="s">
+        <v>966</v>
+      </c>
+      <c r="E355">
+        <v>6</v>
+      </c>
+      <c r="F355" t="s">
+        <v>16</v>
+      </c>
+      <c r="G355" t="s">
+        <v>17</v>
+      </c>
+      <c r="H355">
+        <v>78</v>
+      </c>
+      <c r="I355">
+        <v>0</v>
+      </c>
+      <c r="K355" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" t="s">
+        <v>321</v>
+      </c>
+      <c r="B356" t="s">
+        <v>13</v>
+      </c>
+      <c r="C356" t="s">
+        <v>463</v>
+      </c>
+      <c r="D356" t="s">
+        <v>968</v>
+      </c>
+      <c r="E356">
+        <v>6</v>
+      </c>
+      <c r="F356" t="s">
+        <v>16</v>
+      </c>
+      <c r="G356" t="s">
+        <v>17</v>
+      </c>
+      <c r="H356">
+        <v>44</v>
+      </c>
+      <c r="I356">
+        <v>0</v>
+      </c>
+      <c r="K356" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" t="s">
+        <v>324</v>
+      </c>
+      <c r="B357" t="s">
+        <v>13</v>
+      </c>
+      <c r="C357" t="s">
+        <v>463</v>
+      </c>
+      <c r="D357" t="s">
+        <v>970</v>
+      </c>
+      <c r="E357">
+        <v>6</v>
+      </c>
+      <c r="F357" t="s">
+        <v>16</v>
+      </c>
+      <c r="G357" t="s">
+        <v>17</v>
+      </c>
+      <c r="H357">
+        <v>76</v>
+      </c>
+      <c r="I357">
+        <v>0</v>
+      </c>
+      <c r="K357" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" t="s">
+        <v>800</v>
+      </c>
+      <c r="B358" t="s">
+        <v>13</v>
+      </c>
+      <c r="C358" t="s">
+        <v>463</v>
+      </c>
+      <c r="D358" t="s">
+        <v>972</v>
+      </c>
+      <c r="E358">
+        <v>6</v>
+      </c>
+      <c r="F358" t="s">
+        <v>16</v>
+      </c>
+      <c r="G358" t="s">
+        <v>17</v>
+      </c>
+      <c r="H358">
+        <v>8</v>
+      </c>
+      <c r="I358">
+        <v>40</v>
+      </c>
+      <c r="K358" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" t="s">
+        <v>824</v>
+      </c>
+      <c r="B359" t="s">
+        <v>13</v>
+      </c>
+      <c r="C359" t="s">
+        <v>463</v>
+      </c>
+      <c r="D359" t="s">
+        <v>974</v>
+      </c>
+      <c r="E359">
+        <v>6</v>
+      </c>
+      <c r="F359" t="s">
+        <v>16</v>
+      </c>
+      <c r="G359" t="s">
+        <v>17</v>
+      </c>
+      <c r="H359">
+        <v>8</v>
+      </c>
+      <c r="I359">
+        <v>0</v>
+      </c>
+      <c r="K359" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" t="s">
+        <v>839</v>
+      </c>
+      <c r="B360" t="s">
+        <v>13</v>
+      </c>
+      <c r="C360" t="s">
+        <v>463</v>
+      </c>
+      <c r="D360" t="s">
+        <v>976</v>
+      </c>
+      <c r="E360">
+        <v>6</v>
+      </c>
+      <c r="F360" t="s">
+        <v>16</v>
+      </c>
+      <c r="G360" t="s">
+        <v>17</v>
+      </c>
+      <c r="H360">
+        <v>6</v>
+      </c>
+      <c r="I360">
+        <v>29.1</v>
+      </c>
+      <c r="K360" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" t="s">
+        <v>853</v>
+      </c>
+      <c r="B361" t="s">
+        <v>13</v>
+      </c>
+      <c r="C361" t="s">
+        <v>463</v>
+      </c>
+      <c r="D361" t="s">
+        <v>978</v>
+      </c>
+      <c r="E361">
+        <v>6</v>
+      </c>
+      <c r="F361" t="s">
+        <v>16</v>
+      </c>
+      <c r="G361" t="s">
+        <v>17</v>
+      </c>
+      <c r="H361">
+        <v>5</v>
+      </c>
+      <c r="I361">
+        <v>55</v>
+      </c>
+      <c r="K361" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" t="s">
+        <v>856</v>
+      </c>
+      <c r="B362" t="s">
+        <v>13</v>
+      </c>
+      <c r="C362" t="s">
+        <v>463</v>
+      </c>
+      <c r="D362" t="s">
+        <v>980</v>
+      </c>
+      <c r="E362">
+        <v>6</v>
+      </c>
+      <c r="F362" t="s">
+        <v>16</v>
+      </c>
+      <c r="G362" t="s">
+        <v>17</v>
+      </c>
+      <c r="H362">
+        <v>10</v>
+      </c>
+      <c r="I362">
+        <v>0</v>
+      </c>
+      <c r="K362" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" t="s">
+        <v>201</v>
+      </c>
+      <c r="B363" t="s">
+        <v>13</v>
+      </c>
+      <c r="C363" t="s">
+        <v>982</v>
+      </c>
+      <c r="D363" t="s">
+        <v>983</v>
+      </c>
+      <c r="E363">
+        <v>57</v>
+      </c>
+      <c r="F363" t="s">
+        <v>16</v>
+      </c>
+      <c r="G363" t="s">
+        <v>17</v>
+      </c>
+      <c r="H363">
+        <v>12</v>
+      </c>
+      <c r="I363">
+        <v>80</v>
+      </c>
+      <c r="K363" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" t="s">
+        <v>333</v>
+      </c>
+      <c r="B364" t="s">
+        <v>13</v>
+      </c>
+      <c r="C364" t="s">
+        <v>488</v>
+      </c>
+      <c r="D364" t="s">
+        <v>985</v>
+      </c>
+      <c r="E364">
+        <v>43</v>
+      </c>
+      <c r="F364" t="s">
+        <v>16</v>
+      </c>
+      <c r="G364" t="s">
+        <v>17</v>
+      </c>
+      <c r="H364">
+        <v>4</v>
+      </c>
+      <c r="I364">
+        <v>71.6</v>
+      </c>
+      <c r="K364" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" t="s">
+        <v>157</v>
+      </c>
+      <c r="B365" t="s">
+        <v>13</v>
+      </c>
+      <c r="C365" t="s">
+        <v>987</v>
+      </c>
+      <c r="D365" t="s">
+        <v>988</v>
+      </c>
+      <c r="E365">
+        <v>7</v>
+      </c>
+      <c r="F365" t="s">
+        <v>16</v>
+      </c>
+      <c r="G365" t="s">
+        <v>17</v>
+      </c>
+      <c r="H365">
+        <v>13</v>
+      </c>
+      <c r="I365">
+        <v>10</v>
+      </c>
+      <c r="K365" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" t="s">
+        <v>64</v>
+      </c>
+      <c r="B366" t="s">
+        <v>13</v>
+      </c>
+      <c r="C366" t="s">
+        <v>987</v>
+      </c>
+      <c r="D366" t="s">
+        <v>990</v>
+      </c>
+      <c r="E366">
+        <v>7</v>
+      </c>
+      <c r="F366" t="s">
+        <v>16</v>
+      </c>
+      <c r="G366" t="s">
+        <v>17</v>
+      </c>
+      <c r="H366">
+        <v>16</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
+      </c>
+      <c r="K366" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" t="s">
+        <v>377</v>
+      </c>
+      <c r="B367" t="s">
+        <v>13</v>
+      </c>
+      <c r="C367" t="s">
+        <v>987</v>
+      </c>
+      <c r="D367" t="s">
+        <v>992</v>
+      </c>
+      <c r="E367">
+        <v>7</v>
+      </c>
+      <c r="F367" t="s">
+        <v>16</v>
+      </c>
+      <c r="G367" t="s">
+        <v>17</v>
+      </c>
+      <c r="H367">
+        <v>31</v>
+      </c>
+      <c r="I367">
+        <v>5.7</v>
+      </c>
+      <c r="K367" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" t="s">
+        <v>186</v>
+      </c>
+      <c r="B368" t="s">
+        <v>13</v>
+      </c>
+      <c r="C368" t="s">
+        <v>987</v>
+      </c>
+      <c r="D368" t="s">
+        <v>994</v>
+      </c>
+      <c r="E368">
+        <v>7</v>
+      </c>
+      <c r="F368" t="s">
+        <v>16</v>
+      </c>
+      <c r="G368" t="s">
+        <v>17</v>
+      </c>
+      <c r="H368">
+        <v>13</v>
+      </c>
+      <c r="I368">
+        <v>27.3</v>
+      </c>
+      <c r="K368" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" t="s">
+        <v>342</v>
+      </c>
+      <c r="B369" t="s">
+        <v>13</v>
+      </c>
+      <c r="C369" t="s">
+        <v>987</v>
+      </c>
+      <c r="D369" t="s">
+        <v>996</v>
+      </c>
+      <c r="E369">
+        <v>7</v>
+      </c>
+      <c r="F369" t="s">
+        <v>16</v>
+      </c>
+      <c r="G369" t="s">
+        <v>17</v>
+      </c>
+      <c r="H369">
+        <v>10</v>
+      </c>
+      <c r="I369">
+        <v>45.4</v>
+      </c>
+      <c r="K369" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" t="s">
+        <v>77</v>
+      </c>
+      <c r="B370" t="s">
+        <v>13</v>
+      </c>
+      <c r="C370" t="s">
+        <v>998</v>
+      </c>
+      <c r="D370" t="s">
+        <v>999</v>
+      </c>
+      <c r="E370">
+        <v>27</v>
+      </c>
+      <c r="F370" t="s">
+        <v>16</v>
+      </c>
+      <c r="G370" t="s">
+        <v>17</v>
+      </c>
+      <c r="H370">
+        <v>75</v>
+      </c>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="K370" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" t="s">
+        <v>285</v>
+      </c>
+      <c r="B371" t="s">
+        <v>13</v>
+      </c>
+      <c r="C371" t="s">
+        <v>998</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E371">
+        <v>27</v>
+      </c>
+      <c r="F371" t="s">
+        <v>16</v>
+      </c>
+      <c r="G371" t="s">
+        <v>17</v>
+      </c>
+      <c r="H371">
+        <v>9</v>
+      </c>
+      <c r="I371">
+        <v>40.7</v>
+      </c>
+      <c r="K371" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" t="s">
+        <v>142</v>
+      </c>
+      <c r="B372" t="s">
+        <v>13</v>
+      </c>
+      <c r="C372" t="s">
+        <v>998</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E372">
+        <v>27</v>
+      </c>
+      <c r="F372" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" t="s">
+        <v>17</v>
+      </c>
+      <c r="H372">
+        <v>76</v>
+      </c>
+      <c r="I372">
+        <v>47.7</v>
+      </c>
+      <c r="K372" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" t="s">
+        <v>12</v>
+      </c>
+      <c r="B373" t="s">
+        <v>13</v>
+      </c>
+      <c r="C373" t="s">
+        <v>866</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1005</v>
+      </c>
+      <c r="E373">
+        <v>26</v>
+      </c>
+      <c r="F373" t="s">
+        <v>16</v>
+      </c>
+      <c r="G373" t="s">
+        <v>17</v>
+      </c>
+      <c r="H373">
+        <v>20</v>
+      </c>
+      <c r="I373">
+        <v>30.3</v>
+      </c>
+      <c r="K373" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" t="s">
+        <v>121</v>
+      </c>
+      <c r="B374" t="s">
+        <v>13</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E374">
+        <v>8</v>
+      </c>
+      <c r="F374" t="s">
+        <v>16</v>
+      </c>
+      <c r="G374" t="s">
+        <v>17</v>
+      </c>
+      <c r="H374">
+        <v>20</v>
+      </c>
+      <c r="I374">
+        <v>45</v>
+      </c>
+      <c r="K374" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" t="s">
+        <v>210</v>
+      </c>
+      <c r="B375" t="s">
+        <v>13</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E375">
+        <v>8</v>
+      </c>
+      <c r="F375" t="s">
+        <v>16</v>
+      </c>
+      <c r="G375" t="s">
+        <v>17</v>
+      </c>
+      <c r="H375">
+        <v>84</v>
+      </c>
+      <c r="I375">
+        <v>66.7</v>
+      </c>
+      <c r="K375" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11">
+      <c r="A376" t="s">
+        <v>231</v>
+      </c>
+      <c r="B376" t="s">
+        <v>13</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E376">
+        <v>30</v>
+      </c>
+      <c r="F376" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" t="s">
+        <v>17</v>
+      </c>
+      <c r="H376">
+        <v>3</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="K376" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11">
+      <c r="A377" t="s">
+        <v>136</v>
+      </c>
+      <c r="B377" t="s">
+        <v>13</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E377">
+        <v>30</v>
+      </c>
+      <c r="F377" t="s">
+        <v>16</v>
+      </c>
+      <c r="G377" t="s">
+        <v>17</v>
+      </c>
+      <c r="H377">
+        <v>18</v>
+      </c>
+      <c r="I377">
+        <v>80.8</v>
+      </c>
+      <c r="K377" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11">
+      <c r="A378" t="s">
+        <v>315</v>
+      </c>
+      <c r="B378" t="s">
+        <v>13</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E378">
+        <v>30</v>
+      </c>
+      <c r="F378" t="s">
+        <v>16</v>
+      </c>
+      <c r="G378" t="s">
+        <v>17</v>
+      </c>
+      <c r="H378">
+        <v>14</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
+      </c>
+      <c r="K378" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" t="s">
+        <v>327</v>
+      </c>
+      <c r="B379" t="s">
+        <v>13</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E379">
+        <v>30</v>
+      </c>
+      <c r="F379" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" t="s">
+        <v>17</v>
+      </c>
+      <c r="H379">
+        <v>6</v>
+      </c>
+      <c r="I379">
+        <v>57</v>
+      </c>
+      <c r="K379" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" t="s">
+        <v>342</v>
+      </c>
+      <c r="B380" t="s">
+        <v>13</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E380">
+        <v>30</v>
+      </c>
+      <c r="F380" t="s">
+        <v>16</v>
+      </c>
+      <c r="G380" t="s">
+        <v>17</v>
+      </c>
+      <c r="H380">
+        <v>10</v>
+      </c>
+      <c r="I380">
+        <v>45.4</v>
+      </c>
+      <c r="K380" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" t="s">
+        <v>204</v>
+      </c>
+      <c r="B381" t="s">
+        <v>13</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1024</v>
+      </c>
+      <c r="E381">
+        <v>48</v>
+      </c>
+      <c r="F381" t="s">
+        <v>16</v>
+      </c>
+      <c r="G381" t="s">
+        <v>17</v>
+      </c>
+      <c r="H381">
+        <v>83</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="K381" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" t="s">
+        <v>270</v>
+      </c>
+      <c r="B382" t="s">
+        <v>13</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E382">
+        <v>2</v>
+      </c>
+      <c r="F382" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" t="s">
+        <v>17</v>
+      </c>
+      <c r="H382">
+        <v>22</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
+      </c>
+      <c r="K382" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11">
+      <c r="A383" t="s">
+        <v>261</v>
+      </c>
+      <c r="B383" t="s">
+        <v>13</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E383">
+        <v>2</v>
+      </c>
+      <c r="F383" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" t="s">
+        <v>17</v>
+      </c>
+      <c r="H383">
+        <v>75</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="K383" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11">
+      <c r="A384" t="s">
+        <v>737</v>
+      </c>
+      <c r="B384" t="s">
+        <v>13</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E384">
+        <v>2</v>
+      </c>
+      <c r="F384" t="s">
+        <v>16</v>
+      </c>
+      <c r="G384" t="s">
+        <v>17</v>
+      </c>
+      <c r="H384">
+        <v>42</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
+      </c>
+      <c r="K384" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11">
+      <c r="A385" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B385" t="s">
+        <v>13</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E385">
+        <v>2</v>
+      </c>
+      <c r="F385" t="s">
+        <v>16</v>
+      </c>
+      <c r="G385" t="s">
+        <v>17</v>
+      </c>
+      <c r="H385">
+        <v>2</v>
+      </c>
+      <c r="I385">
+        <v>0</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" t="s">
+        <v>697</v>
+      </c>
+      <c r="B386" t="s">
+        <v>13</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E386">
+        <v>2</v>
+      </c>
+      <c r="F386" t="s">
+        <v>16</v>
+      </c>
+      <c r="G386" t="s">
+        <v>17</v>
+      </c>
+      <c r="H386">
+        <v>26</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
+      </c>
+      <c r="K386" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" t="s">
+        <v>1038</v>
+      </c>
+      <c r="B387" t="s">
+        <v>13</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E387">
+        <v>2</v>
+      </c>
+      <c r="F387" t="s">
+        <v>16</v>
+      </c>
+      <c r="G387" t="s">
+        <v>17</v>
+      </c>
+      <c r="H387">
+        <v>2</v>
+      </c>
+      <c r="I387">
+        <v>0</v>
+      </c>
+      <c r="K387" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" t="s">
+        <v>264</v>
+      </c>
+      <c r="B388" t="s">
+        <v>13</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1041</v>
+      </c>
+      <c r="E388">
+        <v>2</v>
+      </c>
+      <c r="F388" t="s">
+        <v>16</v>
+      </c>
+      <c r="G388" t="s">
+        <v>17</v>
+      </c>
+      <c r="H388">
+        <v>19</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
+      </c>
+      <c r="K388" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B389" t="s">
+        <v>13</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E389">
+        <v>2</v>
+      </c>
+      <c r="F389" t="s">
+        <v>16</v>
+      </c>
+      <c r="G389" t="s">
+        <v>17</v>
+      </c>
+      <c r="H389">
+        <v>7</v>
+      </c>
+      <c r="I389">
+        <v>45</v>
+      </c>
+      <c r="K389" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B390" t="s">
+        <v>13</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E390">
+        <v>2</v>
+      </c>
+      <c r="F390" t="s">
+        <v>16</v>
+      </c>
+      <c r="G390" t="s">
+        <v>17</v>
+      </c>
+      <c r="H390">
+        <v>6</v>
+      </c>
+      <c r="I390">
+        <v>75</v>
+      </c>
+      <c r="K390" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" t="s">
+        <v>243</v>
+      </c>
+      <c r="B391" t="s">
+        <v>13</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E391">
+        <v>2</v>
+      </c>
+      <c r="F391" t="s">
+        <v>16</v>
+      </c>
+      <c r="G391" t="s">
+        <v>17</v>
+      </c>
+      <c r="H391">
+        <v>29</v>
+      </c>
+      <c r="I391">
+        <v>0</v>
+      </c>
+      <c r="K391" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" t="s">
+        <v>106</v>
+      </c>
+      <c r="B392" t="s">
+        <v>13</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E392">
+        <v>2</v>
+      </c>
+      <c r="F392" t="s">
+        <v>16</v>
+      </c>
+      <c r="G392" t="s">
+        <v>17</v>
+      </c>
+      <c r="H392">
+        <v>6</v>
+      </c>
+      <c r="I392">
+        <v>81.7</v>
+      </c>
+      <c r="K392" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" t="s">
+        <v>469</v>
+      </c>
+      <c r="B393" t="s">
+        <v>13</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E393">
+        <v>2</v>
+      </c>
+      <c r="F393" t="s">
+        <v>16</v>
+      </c>
+      <c r="G393" t="s">
+        <v>17</v>
+      </c>
+      <c r="H393">
+        <v>4</v>
+      </c>
+      <c r="I393">
+        <v>60</v>
+      </c>
+      <c r="K393" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" t="s">
+        <v>255</v>
+      </c>
+      <c r="B394" t="s">
+        <v>13</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E394">
+        <v>2</v>
+      </c>
+      <c r="F394" t="s">
+        <v>16</v>
+      </c>
+      <c r="G394" t="s">
+        <v>17</v>
+      </c>
+      <c r="H394">
+        <v>30</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" t="s">
+        <v>276</v>
+      </c>
+      <c r="B395" t="s">
+        <v>13</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E395">
+        <v>2</v>
+      </c>
+      <c r="F395" t="s">
+        <v>16</v>
+      </c>
+      <c r="G395" t="s">
+        <v>17</v>
+      </c>
+      <c r="H395">
+        <v>19</v>
+      </c>
+      <c r="I395">
+        <v>0</v>
+      </c>
+      <c r="K395" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B396" t="s">
+        <v>13</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1060</v>
+      </c>
+      <c r="E396">
+        <v>2</v>
+      </c>
+      <c r="F396" t="s">
+        <v>16</v>
+      </c>
+      <c r="G396" t="s">
+        <v>17</v>
+      </c>
+      <c r="H396">
+        <v>4</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
+      </c>
+      <c r="K396" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" t="s">
+        <v>127</v>
+      </c>
+      <c r="B397" t="s">
+        <v>13</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E397">
+        <v>2</v>
+      </c>
+      <c r="F397" t="s">
+        <v>16</v>
+      </c>
+      <c r="G397" t="s">
+        <v>17</v>
+      </c>
+      <c r="H397">
+        <v>48</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
+      </c>
+      <c r="K397" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" t="s">
+        <v>86</v>
+      </c>
+      <c r="B398" t="s">
+        <v>13</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E398">
+        <v>2</v>
+      </c>
+      <c r="F398" t="s">
+        <v>16</v>
+      </c>
+      <c r="G398" t="s">
+        <v>17</v>
+      </c>
+      <c r="H398">
+        <v>8</v>
+      </c>
+      <c r="I398">
+        <v>38</v>
+      </c>
+      <c r="K398" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B399" t="s">
+        <v>13</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E399">
+        <v>2</v>
+      </c>
+      <c r="F399" t="s">
+        <v>16</v>
+      </c>
+      <c r="G399" t="s">
+        <v>17</v>
+      </c>
+      <c r="H399">
+        <v>7</v>
+      </c>
+      <c r="I399">
+        <v>56.9</v>
+      </c>
+      <c r="K399" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" t="s">
+        <v>154</v>
+      </c>
+      <c r="B400" t="s">
+        <v>13</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E400">
+        <v>2</v>
+      </c>
+      <c r="F400" t="s">
+        <v>16</v>
+      </c>
+      <c r="G400" t="s">
+        <v>17</v>
+      </c>
+      <c r="H400">
+        <v>4</v>
+      </c>
+      <c r="I400">
+        <v>0</v>
+      </c>
+      <c r="K400" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" t="s">
+        <v>318</v>
+      </c>
+      <c r="B401" t="s">
+        <v>13</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E401">
+        <v>2</v>
+      </c>
+      <c r="F401" t="s">
+        <v>16</v>
+      </c>
+      <c r="G401" t="s">
+        <v>17</v>
+      </c>
+      <c r="H401">
+        <v>78</v>
+      </c>
+      <c r="I401">
+        <v>0</v>
+      </c>
+      <c r="K401" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" t="s">
+        <v>321</v>
+      </c>
+      <c r="B402" t="s">
+        <v>13</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E402">
+        <v>2</v>
+      </c>
+      <c r="F402" t="s">
+        <v>16</v>
+      </c>
+      <c r="G402" t="s">
+        <v>17</v>
+      </c>
+      <c r="H402">
+        <v>44</v>
+      </c>
+      <c r="I402">
+        <v>0</v>
+      </c>
+      <c r="K402" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" t="s">
+        <v>324</v>
+      </c>
+      <c r="B403" t="s">
+        <v>13</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1075</v>
+      </c>
+      <c r="E403">
+        <v>2</v>
+      </c>
+      <c r="F403" t="s">
+        <v>16</v>
+      </c>
+      <c r="G403" t="s">
+        <v>17</v>
+      </c>
+      <c r="H403">
+        <v>76</v>
+      </c>
+      <c r="I403">
+        <v>0</v>
+      </c>
+      <c r="K403" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" t="s">
+        <v>92</v>
+      </c>
+      <c r="B404" t="s">
+        <v>13</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E404">
+        <v>2</v>
+      </c>
+      <c r="F404" t="s">
+        <v>16</v>
+      </c>
+      <c r="G404" t="s">
+        <v>17</v>
+      </c>
+      <c r="H404">
+        <v>21</v>
+      </c>
+      <c r="I404">
+        <v>0</v>
+      </c>
+      <c r="K404" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" t="s">
+        <v>95</v>
+      </c>
+      <c r="B405" t="s">
+        <v>13</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E405">
+        <v>2</v>
+      </c>
+      <c r="F405" t="s">
+        <v>16</v>
+      </c>
+      <c r="G405" t="s">
+        <v>17</v>
+      </c>
+      <c r="H405">
+        <v>18</v>
+      </c>
+      <c r="I405">
+        <v>10.4</v>
+      </c>
+      <c r="K405" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B406" t="s">
+        <v>13</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E406">
+        <v>2</v>
+      </c>
+      <c r="F406" t="s">
+        <v>16</v>
+      </c>
+      <c r="G406" t="s">
+        <v>17</v>
+      </c>
+      <c r="H406">
+        <v>5</v>
+      </c>
+      <c r="I406">
+        <v>78.2</v>
+      </c>
+      <c r="K406" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B407" t="s">
+        <v>13</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E407">
+        <v>2</v>
+      </c>
+      <c r="F407" t="s">
+        <v>16</v>
+      </c>
+      <c r="G407" t="s">
+        <v>17</v>
+      </c>
+      <c r="H407">
+        <v>4</v>
+      </c>
+      <c r="I407">
+        <v>65</v>
+      </c>
+      <c r="K407" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" t="s">
+        <v>856</v>
+      </c>
+      <c r="B408" t="s">
+        <v>13</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1087</v>
+      </c>
+      <c r="E408">
+        <v>2</v>
+      </c>
+      <c r="F408" t="s">
+        <v>16</v>
+      </c>
+      <c r="G408" t="s">
+        <v>17</v>
+      </c>
+      <c r="H408">
+        <v>10</v>
+      </c>
+      <c r="I408">
+        <v>0</v>
+      </c>
+      <c r="K408" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" t="s">
+        <v>77</v>
+      </c>
+      <c r="B409" t="s">
+        <v>13</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E409">
+        <v>9</v>
+      </c>
+      <c r="F409" t="s">
+        <v>16</v>
+      </c>
+      <c r="G409" t="s">
+        <v>17</v>
+      </c>
+      <c r="H409">
+        <v>75</v>
+      </c>
+      <c r="I409">
+        <v>0</v>
+      </c>
+      <c r="K409" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B410" t="s">
+        <v>13</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E410">
+        <v>9</v>
+      </c>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>17</v>
+      </c>
+      <c r="H410">
+        <v>4</v>
+      </c>
+      <c r="I410">
+        <v>90</v>
+      </c>
+      <c r="K410" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11">
+      <c r="A411" t="s">
+        <v>136</v>
+      </c>
+      <c r="B411" t="s">
+        <v>13</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E411">
+        <v>9</v>
+      </c>
+      <c r="F411" t="s">
+        <v>16</v>
+      </c>
+      <c r="G411" t="s">
+        <v>17</v>
+      </c>
+      <c r="H411">
+        <v>18</v>
+      </c>
+      <c r="I411">
+        <v>80.8</v>
+      </c>
+      <c r="K411" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11">
+      <c r="A412" t="s">
+        <v>657</v>
+      </c>
+      <c r="B412" t="s">
+        <v>13</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E412">
+        <v>3</v>
+      </c>
+      <c r="F412" t="s">
+        <v>16</v>
+      </c>
+      <c r="G412" t="s">
+        <v>17</v>
+      </c>
+      <c r="H412">
+        <v>74</v>
+      </c>
+      <c r="I412">
+        <v>0</v>
+      </c>
+      <c r="K412" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11">
+      <c r="A413" t="s">
+        <v>362</v>
+      </c>
+      <c r="B413" t="s">
+        <v>13</v>
+      </c>
+      <c r="C413" t="s">
+        <v>488</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E413">
+        <v>34</v>
+      </c>
+      <c r="F413" t="s">
+        <v>16</v>
+      </c>
+      <c r="G413" t="s">
+        <v>17</v>
+      </c>
+      <c r="H413">
+        <v>9</v>
+      </c>
+      <c r="I413">
+        <v>37.4</v>
+      </c>
+      <c r="K413" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11">
+      <c r="A414" t="s">
+        <v>48</v>
+      </c>
+      <c r="B414" t="s">
+        <v>13</v>
+      </c>
+      <c r="C414" t="s">
+        <v>488</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E414">
+        <v>33</v>
+      </c>
+      <c r="F414" t="s">
+        <v>16</v>
+      </c>
+      <c r="G414" t="s">
+        <v>17</v>
+      </c>
+      <c r="H414">
+        <v>10</v>
+      </c>
+      <c r="I414">
+        <v>0</v>
+      </c>
+      <c r="K414" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11">
+      <c r="A415" t="s">
+        <v>154</v>
+      </c>
+      <c r="B415" t="s">
+        <v>13</v>
+      </c>
+      <c r="C415" t="s">
+        <v>488</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E415">
+        <v>33</v>
+      </c>
+      <c r="F415" t="s">
+        <v>16</v>
+      </c>
+      <c r="G415" t="s">
+        <v>17</v>
+      </c>
+      <c r="H415">
+        <v>4</v>
+      </c>
+      <c r="I415">
+        <v>0</v>
+      </c>
+      <c r="K415" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11">
+      <c r="A416" t="s">
+        <v>95</v>
+      </c>
+      <c r="B416" t="s">
+        <v>13</v>
+      </c>
+      <c r="C416" t="s">
+        <v>488</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E416">
+        <v>33</v>
+      </c>
+      <c r="F416" t="s">
+        <v>16</v>
+      </c>
+      <c r="G416" t="s">
+        <v>17</v>
+      </c>
+      <c r="H416">
+        <v>18</v>
+      </c>
+      <c r="I416">
+        <v>10.4</v>
+      </c>
+      <c r="K416" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11">
+      <c r="A417" t="s">
+        <v>192</v>
+      </c>
+      <c r="B417" t="s">
+        <v>13</v>
+      </c>
+      <c r="C417" t="s">
+        <v>488</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E417">
+        <v>33</v>
+      </c>
+      <c r="F417" t="s">
+        <v>16</v>
+      </c>
+      <c r="G417" t="s">
+        <v>17</v>
+      </c>
+      <c r="H417">
+        <v>16</v>
+      </c>
+      <c r="I417">
+        <v>8.8</v>
+      </c>
+      <c r="K417" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11">
+      <c r="A418" t="s">
+        <v>213</v>
+      </c>
+      <c r="B418" t="s">
+        <v>13</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E418">
+        <v>42</v>
+      </c>
+      <c r="F418" t="s">
+        <v>16</v>
+      </c>
+      <c r="G418" t="s">
+        <v>17</v>
+      </c>
+      <c r="H418">
+        <v>58</v>
+      </c>
+      <c r="I418">
+        <v>12.4</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11">
+      <c r="A419" t="s">
+        <v>80</v>
+      </c>
+      <c r="B419" t="s">
+        <v>13</v>
+      </c>
+      <c r="C419" t="s">
+        <v>14</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E419">
+        <v>10</v>
+      </c>
+      <c r="F419" t="s">
+        <v>16</v>
+      </c>
+      <c r="G419" t="s">
+        <v>17</v>
+      </c>
+      <c r="H419">
+        <v>3</v>
+      </c>
+      <c r="I419">
+        <v>100</v>
+      </c>
+      <c r="K419" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11">
+      <c r="A420" t="s">
+        <v>192</v>
+      </c>
+      <c r="B420" t="s">
+        <v>13</v>
+      </c>
+      <c r="C420" t="s">
+        <v>14</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E420">
+        <v>10</v>
+      </c>
+      <c r="F420" t="s">
+        <v>16</v>
+      </c>
+      <c r="G420" t="s">
+        <v>17</v>
+      </c>
+      <c r="H420">
+        <v>16</v>
+      </c>
+      <c r="I420">
+        <v>8.8</v>
+      </c>
+      <c r="K420" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11">
+      <c r="A421" t="s">
+        <v>92</v>
+      </c>
+      <c r="B421" t="s">
+        <v>13</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E421">
+        <v>39</v>
+      </c>
+      <c r="F421" t="s">
+        <v>16</v>
+      </c>
+      <c r="G421" t="s">
+        <v>17</v>
+      </c>
+      <c r="H421">
+        <v>21</v>
+      </c>
+      <c r="I421">
+        <v>0</v>
+      </c>
+      <c r="K421" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11">
+      <c r="A422" t="s">
+        <v>565</v>
+      </c>
+      <c r="B422" t="s">
+        <v>13</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E422">
+        <v>36</v>
+      </c>
+      <c r="F422" t="s">
+        <v>16</v>
+      </c>
+      <c r="G422" t="s">
+        <v>17</v>
+      </c>
+      <c r="H422">
+        <v>6</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="K422" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11">
+      <c r="A423" t="s">
+        <v>83</v>
+      </c>
+      <c r="B423" t="s">
+        <v>13</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E423">
+        <v>36</v>
+      </c>
+      <c r="F423" t="s">
+        <v>16</v>
+      </c>
+      <c r="G423" t="s">
+        <v>17</v>
+      </c>
+      <c r="H423">
+        <v>37</v>
+      </c>
+      <c r="I423">
+        <v>0</v>
+      </c>
+      <c r="K423" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11">
+      <c r="A424" t="s">
+        <v>309</v>
+      </c>
+      <c r="B424" t="s">
+        <v>13</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E424">
+        <v>36</v>
+      </c>
+      <c r="F424" t="s">
+        <v>16</v>
+      </c>
+      <c r="G424" t="s">
+        <v>17</v>
+      </c>
+      <c r="H424">
+        <v>4</v>
+      </c>
+      <c r="I424">
+        <v>65</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11">
+      <c r="A425" t="s">
+        <v>166</v>
+      </c>
+      <c r="B425" t="s">
+        <v>13</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E425">
+        <v>36</v>
+      </c>
+      <c r="F425" t="s">
+        <v>16</v>
+      </c>
+      <c r="G425" t="s">
+        <v>17</v>
+      </c>
+      <c r="H425">
+        <v>26</v>
+      </c>
+      <c r="I425">
+        <v>18.3</v>
+      </c>
+      <c r="K425" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11">
+      <c r="A426" t="s">
+        <v>632</v>
+      </c>
+      <c r="B426" t="s">
+        <v>13</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E426">
+        <v>3</v>
+      </c>
+      <c r="F426" t="s">
+        <v>16</v>
+      </c>
+      <c r="G426" t="s">
+        <v>17</v>
+      </c>
+      <c r="H426">
+        <v>10</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="K426" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11">
+      <c r="A427" t="s">
+        <v>635</v>
+      </c>
+      <c r="B427" t="s">
+        <v>13</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E427">
+        <v>3</v>
+      </c>
+      <c r="F427" t="s">
+        <v>16</v>
+      </c>
+      <c r="G427" t="s">
+        <v>17</v>
+      </c>
+      <c r="H427">
+        <v>4</v>
+      </c>
+      <c r="I427">
+        <v>0</v>
+      </c>
+      <c r="K427" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11">
+      <c r="A428" t="s">
+        <v>640</v>
+      </c>
+      <c r="B428" t="s">
+        <v>13</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E428">
+        <v>3</v>
+      </c>
+      <c r="F428" t="s">
+        <v>16</v>
+      </c>
+      <c r="G428" t="s">
+        <v>17</v>
+      </c>
+      <c r="H428">
+        <v>14</v>
+      </c>
+      <c r="I428">
+        <v>0</v>
+      </c>
+      <c r="K428" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11">
+      <c r="A429" t="s">
+        <v>643</v>
+      </c>
+      <c r="B429" t="s">
+        <v>13</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E429">
+        <v>3</v>
+      </c>
+      <c r="F429" t="s">
+        <v>16</v>
+      </c>
+      <c r="G429" t="s">
+        <v>17</v>
+      </c>
+      <c r="H429">
+        <v>8</v>
+      </c>
+      <c r="I429">
+        <v>0</v>
+      </c>
+      <c r="K429" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11">
+      <c r="A430" t="s">
+        <v>646</v>
+      </c>
+      <c r="B430" t="s">
+        <v>13</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E430">
+        <v>3</v>
+      </c>
+      <c r="F430" t="s">
+        <v>16</v>
+      </c>
+      <c r="G430" t="s">
+        <v>17</v>
+      </c>
+      <c r="H430">
+        <v>28</v>
+      </c>
+      <c r="I430">
+        <v>15</v>
+      </c>
+      <c r="K430" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11">
+      <c r="A431" t="s">
+        <v>652</v>
+      </c>
+      <c r="B431" t="s">
+        <v>13</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E431">
+        <v>3</v>
+      </c>
+      <c r="F431" t="s">
+        <v>16</v>
+      </c>
+      <c r="G431" t="s">
+        <v>17</v>
+      </c>
+      <c r="H431">
+        <v>25</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11">
+      <c r="A432" t="s">
+        <v>662</v>
+      </c>
+      <c r="B432" t="s">
+        <v>13</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E432">
+        <v>3</v>
+      </c>
+      <c r="F432" t="s">
+        <v>16</v>
+      </c>
+      <c r="G432" t="s">
+        <v>17</v>
+      </c>
+      <c r="H432">
+        <v>44</v>
+      </c>
+      <c r="I432">
+        <v>0</v>
+      </c>
+      <c r="K432" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="433" spans="1:11">
+      <c r="A433" t="s">
+        <v>667</v>
+      </c>
+      <c r="B433" t="s">
+        <v>13</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E433">
+        <v>3</v>
+      </c>
+      <c r="F433" t="s">
+        <v>16</v>
+      </c>
+      <c r="G433" t="s">
+        <v>17</v>
+      </c>
+      <c r="H433">
+        <v>52</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
+      </c>
+      <c r="K433" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="434" spans="1:11">
+      <c r="A434" t="s">
+        <v>670</v>
+      </c>
+      <c r="B434" t="s">
+        <v>13</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E434">
+        <v>3</v>
+      </c>
+      <c r="F434" t="s">
+        <v>16</v>
+      </c>
+      <c r="G434" t="s">
+        <v>17</v>
+      </c>
+      <c r="H434">
+        <v>60</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
+      </c>
+      <c r="K434" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="435" spans="1:11">
+      <c r="A435" t="s">
+        <v>673</v>
+      </c>
+      <c r="B435" t="s">
+        <v>13</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E435">
+        <v>3</v>
+      </c>
+      <c r="F435" t="s">
+        <v>16</v>
+      </c>
+      <c r="G435" t="s">
+        <v>17</v>
+      </c>
+      <c r="H435">
+        <v>33</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="K435" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="436" spans="1:11">
+      <c r="A436" t="s">
+        <v>679</v>
+      </c>
+      <c r="B436" t="s">
+        <v>13</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E436">
+        <v>3</v>
+      </c>
+      <c r="F436" t="s">
+        <v>16</v>
+      </c>
+      <c r="G436" t="s">
+        <v>17</v>
+      </c>
+      <c r="H436">
+        <v>88</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="K436" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="437" spans="1:11">
+      <c r="A437" t="s">
+        <v>682</v>
+      </c>
+      <c r="B437" t="s">
+        <v>13</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E437">
+        <v>3</v>
+      </c>
+      <c r="F437" t="s">
+        <v>16</v>
+      </c>
+      <c r="G437" t="s">
+        <v>17</v>
+      </c>
+      <c r="H437">
+        <v>56</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
+      </c>
+      <c r="K437" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11">
+      <c r="A438" t="s">
+        <v>685</v>
+      </c>
+      <c r="B438" t="s">
+        <v>13</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E438">
+        <v>3</v>
+      </c>
+      <c r="F438" t="s">
+        <v>16</v>
+      </c>
+      <c r="G438" t="s">
+        <v>17</v>
+      </c>
+      <c r="H438">
+        <v>84</v>
+      </c>
+      <c r="I438">
+        <v>0</v>
+      </c>
+      <c r="K438" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11">
+      <c r="A439" t="s">
+        <v>688</v>
+      </c>
+      <c r="B439" t="s">
+        <v>13</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E439">
+        <v>3</v>
+      </c>
+      <c r="F439" t="s">
+        <v>16</v>
+      </c>
+      <c r="G439" t="s">
+        <v>17</v>
+      </c>
+      <c r="H439">
+        <v>84</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="K439" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="440" spans="1:11">
+      <c r="A440" t="s">
+        <v>691</v>
+      </c>
+      <c r="B440" t="s">
+        <v>13</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E440">
+        <v>3</v>
+      </c>
+      <c r="F440" t="s">
+        <v>16</v>
+      </c>
+      <c r="G440" t="s">
+        <v>17</v>
+      </c>
+      <c r="H440">
+        <v>24</v>
+      </c>
+      <c r="I440">
+        <v>0</v>
+      </c>
+      <c r="K440" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11">
+      <c r="A441" t="s">
+        <v>694</v>
+      </c>
+      <c r="B441" t="s">
+        <v>13</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E441">
+        <v>3</v>
+      </c>
+      <c r="F441" t="s">
+        <v>16</v>
+      </c>
+      <c r="G441" t="s">
+        <v>17</v>
+      </c>
+      <c r="H441">
+        <v>22</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="K441" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11">
+      <c r="A442" t="s">
+        <v>702</v>
+      </c>
+      <c r="B442" t="s">
+        <v>13</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E442">
+        <v>3</v>
+      </c>
+      <c r="F442" t="s">
+        <v>16</v>
+      </c>
+      <c r="G442" t="s">
+        <v>17</v>
+      </c>
+      <c r="H442">
+        <v>35</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
+      </c>
+      <c r="K442" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11">
+      <c r="A443" t="s">
+        <v>705</v>
+      </c>
+      <c r="B443" t="s">
+        <v>13</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E443">
+        <v>3</v>
+      </c>
+      <c r="F443" t="s">
+        <v>16</v>
+      </c>
+      <c r="G443" t="s">
+        <v>17</v>
+      </c>
+      <c r="H443">
+        <v>74</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="K443" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11">
+      <c r="A444" t="s">
+        <v>712</v>
+      </c>
+      <c r="B444" t="s">
+        <v>13</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E444">
+        <v>3</v>
+      </c>
+      <c r="F444" t="s">
+        <v>16</v>
+      </c>
+      <c r="G444" t="s">
+        <v>17</v>
+      </c>
+      <c r="H444">
+        <v>78</v>
+      </c>
+      <c r="I444">
+        <v>0</v>
+      </c>
+      <c r="K444" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="445" spans="1:11">
+      <c r="A445" t="s">
+        <v>715</v>
+      </c>
+      <c r="B445" t="s">
+        <v>13</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E445">
+        <v>3</v>
+      </c>
+      <c r="F445" t="s">
+        <v>16</v>
+      </c>
+      <c r="G445" t="s">
+        <v>17</v>
+      </c>
+      <c r="H445">
+        <v>26</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="K445" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="446" spans="1:11">
+      <c r="A446" t="s">
+        <v>718</v>
+      </c>
+      <c r="B446" t="s">
+        <v>13</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E446">
+        <v>3</v>
+      </c>
+      <c r="F446" t="s">
+        <v>16</v>
+      </c>
+      <c r="G446" t="s">
+        <v>17</v>
+      </c>
+      <c r="H446">
+        <v>78</v>
+      </c>
+      <c r="I446">
+        <v>0</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11">
+      <c r="A447" t="s">
+        <v>723</v>
+      </c>
+      <c r="B447" t="s">
+        <v>13</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E447">
+        <v>3</v>
+      </c>
+      <c r="F447" t="s">
+        <v>16</v>
+      </c>
+      <c r="G447" t="s">
+        <v>17</v>
+      </c>
+      <c r="H447">
+        <v>22</v>
+      </c>
+      <c r="I447">
+        <v>0</v>
+      </c>
+      <c r="K447" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="448" spans="1:11">
+      <c r="A448" t="s">
+        <v>726</v>
+      </c>
+      <c r="B448" t="s">
+        <v>13</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E448">
+        <v>3</v>
+      </c>
+      <c r="F448" t="s">
+        <v>16</v>
+      </c>
+      <c r="G448" t="s">
+        <v>17</v>
+      </c>
+      <c r="H448">
+        <v>20</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="K448" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="449" spans="1:11">
+      <c r="A449" t="s">
+        <v>731</v>
+      </c>
+      <c r="B449" t="s">
+        <v>13</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E449">
+        <v>3</v>
+      </c>
+      <c r="F449" t="s">
+        <v>16</v>
+      </c>
+      <c r="G449" t="s">
+        <v>17</v>
+      </c>
+      <c r="H449">
+        <v>70</v>
+      </c>
+      <c r="I449">
+        <v>0</v>
+      </c>
+      <c r="K449" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="450" spans="1:11">
+      <c r="A450" t="s">
+        <v>734</v>
+      </c>
+      <c r="B450" t="s">
+        <v>13</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1176</v>
+      </c>
+      <c r="E450">
+        <v>3</v>
+      </c>
+      <c r="F450" t="s">
+        <v>16</v>
+      </c>
+      <c r="G450" t="s">
+        <v>17</v>
+      </c>
+      <c r="H450">
+        <v>54</v>
+      </c>
+      <c r="I450">
+        <v>15</v>
+      </c>
+      <c r="K450" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="451" spans="1:11">
+      <c r="A451" t="s">
+        <v>742</v>
+      </c>
+      <c r="B451" t="s">
+        <v>13</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E451">
+        <v>3</v>
+      </c>
+      <c r="F451" t="s">
+        <v>16</v>
+      </c>
+      <c r="G451" t="s">
+        <v>17</v>
+      </c>
+      <c r="H451">
+        <v>92</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
+      </c>
+      <c r="K451" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="452" spans="1:11">
+      <c r="A452" t="s">
+        <v>745</v>
+      </c>
+      <c r="B452" t="s">
+        <v>13</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E452">
+        <v>3</v>
+      </c>
+      <c r="F452" t="s">
+        <v>16</v>
+      </c>
+      <c r="G452" t="s">
+        <v>17</v>
+      </c>
+      <c r="H452">
+        <v>23</v>
+      </c>
+      <c r="I452">
+        <v>0</v>
+      </c>
+      <c r="K452" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11">
+      <c r="A453" t="s">
+        <v>748</v>
+      </c>
+      <c r="B453" t="s">
+        <v>13</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1182</v>
+      </c>
+      <c r="E453">
+        <v>3</v>
+      </c>
+      <c r="F453" t="s">
+        <v>16</v>
+      </c>
+      <c r="G453" t="s">
+        <v>17</v>
+      </c>
+      <c r="H453">
+        <v>71</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="K453" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11">
+      <c r="A454" t="s">
+        <v>751</v>
+      </c>
+      <c r="B454" t="s">
+        <v>13</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E454">
+        <v>3</v>
+      </c>
+      <c r="F454" t="s">
+        <v>16</v>
+      </c>
+      <c r="G454" t="s">
+        <v>17</v>
+      </c>
+      <c r="H454">
+        <v>34</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="K454" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11">
+      <c r="A455" t="s">
+        <v>754</v>
+      </c>
+      <c r="B455" t="s">
+        <v>13</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E455">
+        <v>3</v>
+      </c>
+      <c r="F455" t="s">
+        <v>16</v>
+      </c>
+      <c r="G455" t="s">
+        <v>17</v>
+      </c>
+      <c r="H455">
+        <v>36</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
+      </c>
+      <c r="K455" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11">
+      <c r="A456" t="s">
+        <v>757</v>
+      </c>
+      <c r="B456" t="s">
+        <v>13</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E456">
+        <v>3</v>
+      </c>
+      <c r="F456" t="s">
+        <v>16</v>
+      </c>
+      <c r="G456" t="s">
+        <v>17</v>
+      </c>
+      <c r="H456">
+        <v>74</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="K456" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11">
+      <c r="A457" t="s">
+        <v>760</v>
+      </c>
+      <c r="B457" t="s">
+        <v>13</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E457">
+        <v>3</v>
+      </c>
+      <c r="F457" t="s">
+        <v>16</v>
+      </c>
+      <c r="G457" t="s">
+        <v>17</v>
+      </c>
+      <c r="H457">
+        <v>30</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="K457" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11">
+      <c r="A458" t="s">
+        <v>767</v>
+      </c>
+      <c r="B458" t="s">
+        <v>13</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E458">
+        <v>3</v>
+      </c>
+      <c r="F458" t="s">
+        <v>16</v>
+      </c>
+      <c r="G458" t="s">
+        <v>17</v>
+      </c>
+      <c r="H458">
+        <v>10</v>
+      </c>
+      <c r="I458">
+        <v>15</v>
+      </c>
+      <c r="K458" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="459" spans="1:11">
+      <c r="A459" t="s">
+        <v>777</v>
+      </c>
+      <c r="B459" t="s">
+        <v>13</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E459">
+        <v>3</v>
+      </c>
+      <c r="F459" t="s">
+        <v>16</v>
+      </c>
+      <c r="G459" t="s">
+        <v>17</v>
+      </c>
+      <c r="H459">
+        <v>38</v>
+      </c>
+      <c r="I459">
+        <v>0</v>
+      </c>
+      <c r="K459" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="460" spans="1:11">
+      <c r="A460" t="s">
+        <v>780</v>
+      </c>
+      <c r="B460" t="s">
+        <v>13</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1194</v>
+      </c>
+      <c r="E460">
+        <v>3</v>
+      </c>
+      <c r="F460" t="s">
+        <v>16</v>
+      </c>
+      <c r="G460" t="s">
+        <v>17</v>
+      </c>
+      <c r="H460">
+        <v>6</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="K460" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="461" spans="1:11">
+      <c r="A461" t="s">
+        <v>783</v>
+      </c>
+      <c r="B461" t="s">
+        <v>13</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E461">
+        <v>3</v>
+      </c>
+      <c r="F461" t="s">
+        <v>16</v>
+      </c>
+      <c r="G461" t="s">
+        <v>17</v>
+      </c>
+      <c r="H461">
+        <v>52</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="K461" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="462" spans="1:11">
+      <c r="A462" t="s">
+        <v>788</v>
+      </c>
+      <c r="B462" t="s">
+        <v>13</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E462">
+        <v>3</v>
+      </c>
+      <c r="F462" t="s">
+        <v>16</v>
+      </c>
+      <c r="G462" t="s">
+        <v>17</v>
+      </c>
+      <c r="H462">
+        <v>10</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="K462" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11">
+      <c r="A463" t="s">
+        <v>791</v>
+      </c>
+      <c r="B463" t="s">
+        <v>13</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E463">
+        <v>3</v>
+      </c>
+      <c r="F463" t="s">
+        <v>16</v>
+      </c>
+      <c r="G463" t="s">
+        <v>17</v>
+      </c>
+      <c r="H463">
+        <v>22</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="K463" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="464" spans="1:11">
+      <c r="A464" t="s">
+        <v>794</v>
+      </c>
+      <c r="B464" t="s">
+        <v>13</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E464">
+        <v>3</v>
+      </c>
+      <c r="F464" t="s">
+        <v>16</v>
+      </c>
+      <c r="G464" t="s">
+        <v>17</v>
+      </c>
+      <c r="H464">
+        <v>8</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="K464" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11">
+      <c r="A465" t="s">
+        <v>797</v>
+      </c>
+      <c r="B465" t="s">
+        <v>13</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E465">
+        <v>3</v>
+      </c>
+      <c r="F465" t="s">
+        <v>16</v>
+      </c>
+      <c r="G465" t="s">
+        <v>17</v>
+      </c>
+      <c r="H465">
+        <v>80</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="K465" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="466" spans="1:11">
+      <c r="A466" t="s">
+        <v>809</v>
+      </c>
+      <c r="B466" t="s">
+        <v>13</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E466">
+        <v>3</v>
+      </c>
+      <c r="F466" t="s">
+        <v>16</v>
+      </c>
+      <c r="G466" t="s">
+        <v>17</v>
+      </c>
+      <c r="H466">
+        <v>58</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
+      </c>
+      <c r="K466" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="467" spans="1:11">
+      <c r="A467" t="s">
+        <v>814</v>
+      </c>
+      <c r="B467" t="s">
+        <v>13</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E467">
+        <v>3</v>
+      </c>
+      <c r="F467" t="s">
+        <v>16</v>
+      </c>
+      <c r="G467" t="s">
+        <v>17</v>
+      </c>
+      <c r="H467">
+        <v>9</v>
+      </c>
+      <c r="I467">
+        <v>30</v>
+      </c>
+      <c r="K467" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="468" spans="1:11">
+      <c r="A468" t="s">
+        <v>817</v>
+      </c>
+      <c r="B468" t="s">
+        <v>13</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E468">
+        <v>3</v>
+      </c>
+      <c r="F468" t="s">
+        <v>16</v>
+      </c>
+      <c r="G468" t="s">
+        <v>17</v>
+      </c>
+      <c r="H468">
+        <v>101</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="K468" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="469" spans="1:11">
+      <c r="A469" t="s">
+        <v>827</v>
+      </c>
+      <c r="B469" t="s">
+        <v>13</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E469">
+        <v>3</v>
+      </c>
+      <c r="F469" t="s">
+        <v>16</v>
+      </c>
+      <c r="G469" t="s">
+        <v>17</v>
+      </c>
+      <c r="H469">
+        <v>8</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="470" spans="1:11">
+      <c r="A470" t="s">
+        <v>830</v>
+      </c>
+      <c r="B470" t="s">
+        <v>13</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E470">
+        <v>3</v>
+      </c>
+      <c r="F470" t="s">
+        <v>16</v>
+      </c>
+      <c r="G470" t="s">
+        <v>17</v>
+      </c>
+      <c r="H470">
+        <v>27</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
+      </c>
+      <c r="K470" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11">
+      <c r="A471" t="s">
+        <v>833</v>
+      </c>
+      <c r="B471" t="s">
+        <v>13</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E471">
+        <v>3</v>
+      </c>
+      <c r="F471" t="s">
+        <v>16</v>
+      </c>
+      <c r="G471" t="s">
+        <v>17</v>
+      </c>
+      <c r="H471">
+        <v>53</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
+      </c>
+      <c r="K471" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11">
+      <c r="A472" t="s">
+        <v>836</v>
+      </c>
+      <c r="B472" t="s">
+        <v>13</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1218</v>
+      </c>
+      <c r="E472">
+        <v>3</v>
+      </c>
+      <c r="F472" t="s">
+        <v>16</v>
+      </c>
+      <c r="G472" t="s">
+        <v>17</v>
+      </c>
+      <c r="H472">
+        <v>56</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
+      </c>
+      <c r="K472" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11">
+      <c r="A473" t="s">
+        <v>844</v>
+      </c>
+      <c r="B473" t="s">
+        <v>13</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E473">
+        <v>3</v>
+      </c>
+      <c r="F473" t="s">
+        <v>16</v>
+      </c>
+      <c r="G473" t="s">
+        <v>17</v>
+      </c>
+      <c r="H473">
+        <v>4</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
+      </c>
+      <c r="K473" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11">
+      <c r="A474" t="s">
+        <v>847</v>
+      </c>
+      <c r="B474" t="s">
+        <v>13</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E474">
+        <v>3</v>
+      </c>
+      <c r="F474" t="s">
+        <v>16</v>
+      </c>
+      <c r="G474" t="s">
+        <v>17</v>
+      </c>
+      <c r="H474">
+        <v>14</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="K474" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="475" spans="1:11">
+      <c r="A475" t="s">
+        <v>850</v>
+      </c>
+      <c r="B475" t="s">
+        <v>13</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E475">
+        <v>3</v>
+      </c>
+      <c r="F475" t="s">
+        <v>16</v>
+      </c>
+      <c r="G475" t="s">
+        <v>17</v>
+      </c>
+      <c r="H475">
+        <v>11</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
+      </c>
+      <c r="K475" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11">
+      <c r="A476" t="s">
+        <v>863</v>
+      </c>
+      <c r="B476" t="s">
+        <v>13</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E476">
+        <v>3</v>
+      </c>
+      <c r="F476" t="s">
+        <v>16</v>
+      </c>
+      <c r="G476" t="s">
+        <v>17</v>
+      </c>
+      <c r="H476">
+        <v>12</v>
+      </c>
+      <c r="I476">
+        <v>50</v>
+      </c>
+      <c r="K476" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="477" spans="1:11">
+      <c r="A477" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B477" t="s">
+        <v>13</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E477">
+        <v>11</v>
+      </c>
+      <c r="F477" t="s">
+        <v>16</v>
+      </c>
+      <c r="G477" t="s">
+        <v>17</v>
+      </c>
+      <c r="H477">
+        <v>3</v>
+      </c>
+      <c r="I477">
+        <v>100</v>
+      </c>
+      <c r="K477" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="478" spans="1:11">
+      <c r="A478" t="s">
+        <v>83</v>
+      </c>
+      <c r="B478" t="s">
+        <v>13</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E478">
+        <v>12</v>
+      </c>
+      <c r="F478" t="s">
+        <v>16</v>
+      </c>
+      <c r="G478" t="s">
+        <v>17</v>
+      </c>
+      <c r="H478">
+        <v>37</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="K478" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="479" spans="1:11">
+      <c r="A479" t="s">
+        <v>80</v>
+      </c>
+      <c r="B479" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E479">
+        <v>5</v>
+      </c>
+      <c r="F479" t="s">
+        <v>16</v>
+      </c>
+      <c r="G479" t="s">
+        <v>17</v>
+      </c>
+      <c r="H479">
+        <v>3</v>
+      </c>
+      <c r="I479">
+        <v>100</v>
+      </c>
+      <c r="K479" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="480" spans="1:11">
+      <c r="A480" t="s">
+        <v>657</v>
+      </c>
+      <c r="B480" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E480">
+        <v>5</v>
+      </c>
+      <c r="F480" t="s">
+        <v>16</v>
+      </c>
+      <c r="G480" t="s">
+        <v>17</v>
+      </c>
+      <c r="H480">
+        <v>74</v>
+      </c>
+      <c r="I480">
+        <v>0</v>
+      </c>
+      <c r="K480" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="481" spans="1:11">
+      <c r="A481" t="s">
+        <v>175</v>
+      </c>
+      <c r="B481" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E481">
+        <v>5</v>
+      </c>
+      <c r="F481" t="s">
+        <v>16</v>
+      </c>
+      <c r="G481" t="s">
+        <v>17</v>
+      </c>
+      <c r="H481">
+        <v>4</v>
+      </c>
+      <c r="I481">
+        <v>100</v>
+      </c>
+      <c r="K481" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="482" spans="1:11">
+      <c r="A482" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B482" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E482">
+        <v>5</v>
+      </c>
+      <c r="F482" t="s">
+        <v>16</v>
+      </c>
+      <c r="G482" t="s">
+        <v>17</v>
+      </c>
+      <c r="H482">
+        <v>2</v>
+      </c>
+      <c r="I482">
+        <v>0</v>
+      </c>
+      <c r="K482" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="483" spans="1:11">
+      <c r="A483" t="s">
+        <v>462</v>
+      </c>
+      <c r="B483" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E483">
+        <v>5</v>
+      </c>
+      <c r="F483" t="s">
+        <v>16</v>
+      </c>
+      <c r="G483" t="s">
+        <v>17</v>
+      </c>
+      <c r="H483">
+        <v>2</v>
+      </c>
+      <c r="I483">
+        <v>0</v>
+      </c>
+      <c r="K483" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="484" spans="1:11">
+      <c r="A484" t="s">
+        <v>881</v>
+      </c>
+      <c r="B484" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E484">
+        <v>5</v>
+      </c>
+      <c r="F484" t="s">
+        <v>16</v>
+      </c>
+      <c r="G484" t="s">
+        <v>17</v>
+      </c>
+      <c r="H484">
+        <v>9</v>
+      </c>
+      <c r="I484">
+        <v>63.6</v>
+      </c>
+      <c r="K484" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="485" spans="1:11">
+      <c r="A485" t="s">
+        <v>372</v>
+      </c>
+      <c r="B485" t="s">
+        <v>13</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1246</v>
+      </c>
+      <c r="E485">
+        <v>34</v>
+      </c>
+      <c r="F485" t="s">
+        <v>16</v>
+      </c>
+      <c r="G485" t="s">
+        <v>17</v>
+      </c>
+      <c r="H485">
+        <v>101</v>
+      </c>
+      <c r="I485">
+        <v>34.6</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="486" spans="1:11">
+      <c r="A486" t="s">
+        <v>89</v>
+      </c>
+      <c r="B486" t="s">
+        <v>13</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E486">
+        <v>13</v>
+      </c>
+      <c r="F486" t="s">
+        <v>16</v>
+      </c>
+      <c r="G486" t="s">
+        <v>17</v>
+      </c>
+      <c r="H486">
+        <v>2</v>
+      </c>
+      <c r="I486">
+        <v>60</v>
+      </c>
+      <c r="K486" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="487" spans="1:11">
+      <c r="A487" t="s">
+        <v>228</v>
+      </c>
+      <c r="B487" t="s">
+        <v>13</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E487">
+        <v>14</v>
+      </c>
+      <c r="F487" t="s">
+        <v>16</v>
+      </c>
+      <c r="G487" t="s">
+        <v>17</v>
+      </c>
+      <c r="H487">
+        <v>15</v>
+      </c>
+      <c r="I487">
+        <v>100</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="488" spans="1:11">
+      <c r="A488" t="s">
+        <v>68</v>
+      </c>
+      <c r="B488" t="s">
+        <v>13</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E488">
+        <v>14</v>
+      </c>
+      <c r="F488" t="s">
+        <v>16</v>
+      </c>
+      <c r="G488" t="s">
+        <v>17</v>
+      </c>
+      <c r="H488">
+        <v>4</v>
+      </c>
+      <c r="I488">
+        <v>85</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="489" spans="1:11">
+      <c r="A489" t="s">
+        <v>204</v>
+      </c>
+      <c r="B489" t="s">
+        <v>13</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1251</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E489">
+        <v>14</v>
+      </c>
+      <c r="F489" t="s">
+        <v>16</v>
+      </c>
+      <c r="G489" t="s">
+        <v>17</v>
+      </c>
+      <c r="H489">
+        <v>83</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="490" spans="1:11">
+      <c r="A490" t="s">
+        <v>372</v>
+      </c>
+      <c r="B490" t="s">
+        <v>13</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E490">
+        <v>16</v>
+      </c>
+      <c r="F490" t="s">
+        <v>16</v>
+      </c>
+      <c r="G490" t="s">
+        <v>17</v>
+      </c>
+      <c r="H490">
+        <v>101</v>
+      </c>
+      <c r="I490">
+        <v>34.6</v>
+      </c>
+      <c r="K490" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="491" spans="1:11">
+      <c r="A491" t="s">
+        <v>386</v>
+      </c>
+      <c r="B491" t="s">
+        <v>13</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E491">
+        <v>18</v>
+      </c>
+      <c r="F491" t="s">
+        <v>16</v>
+      </c>
+      <c r="G491" t="s">
+        <v>17</v>
+      </c>
+      <c r="H491">
+        <v>8</v>
+      </c>
+      <c r="I491">
+        <v>74.1</v>
+      </c>
+      <c r="K491" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="492" spans="1:11">
+      <c r="A492" t="s">
+        <v>175</v>
+      </c>
+      <c r="B492" t="s">
+        <v>13</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E492">
+        <v>19</v>
+      </c>
+      <c r="F492" t="s">
+        <v>16</v>
+      </c>
+      <c r="G492" t="s">
+        <v>17</v>
+      </c>
+      <c r="H492">
+        <v>4</v>
+      </c>
+      <c r="I492">
+        <v>100</v>
+      </c>
+      <c r="K492" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="493" spans="1:11">
+      <c r="A493" t="s">
+        <v>98</v>
+      </c>
+      <c r="B493" t="s">
+        <v>13</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E493">
+        <v>30</v>
+      </c>
+      <c r="F493" t="s">
+        <v>16</v>
+      </c>
+      <c r="G493" t="s">
+        <v>17</v>
+      </c>
+      <c r="H493">
+        <v>9</v>
+      </c>
+      <c r="I493">
+        <v>57.5</v>
+      </c>
+      <c r="K493" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="494" spans="1:11">
+      <c r="A494" t="s">
+        <v>356</v>
+      </c>
+      <c r="B494" t="s">
+        <v>13</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E494">
+        <v>27</v>
+      </c>
+      <c r="F494" t="s">
+        <v>16</v>
+      </c>
+      <c r="G494" t="s">
+        <v>17</v>
+      </c>
+      <c r="H494">
+        <v>17</v>
+      </c>
+      <c r="I494">
+        <v>21.2</v>
+      </c>
+      <c r="K494" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="495" spans="1:11">
+      <c r="A495" t="s">
+        <v>34</v>
+      </c>
+      <c r="B495" t="s">
+        <v>13</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E495">
+        <v>21</v>
+      </c>
+      <c r="F495" t="s">
+        <v>16</v>
+      </c>
+      <c r="G495" t="s">
+        <v>17</v>
+      </c>
+      <c r="H495">
+        <v>60</v>
+      </c>
+      <c r="I495">
+        <v>44</v>
+      </c>
+      <c r="K495" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="496" spans="1:11">
+      <c r="A496" t="s">
+        <v>195</v>
+      </c>
+      <c r="B496" t="s">
+        <v>13</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E496">
+        <v>22</v>
+      </c>
+      <c r="F496" t="s">
+        <v>16</v>
+      </c>
+      <c r="G496" t="s">
+        <v>17</v>
+      </c>
+      <c r="H496">
+        <v>6</v>
+      </c>
+      <c r="I496">
+        <v>85.4</v>
+      </c>
+      <c r="K496" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="497" spans="1:11">
+      <c r="A497" t="s">
+        <v>372</v>
+      </c>
+      <c r="B497" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E497">
+        <v>0</v>
+      </c>
+      <c r="F497" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G497" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H497">
+        <v>101</v>
+      </c>
+      <c r="I497">
+        <v>34.6</v>
+      </c>
+      <c r="K497" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="498" spans="1:11">
+      <c r="A498" t="s">
+        <v>372</v>
+      </c>
+      <c r="B498" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E498">
+        <v>0</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G498" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H498">
+        <v>101</v>
+      </c>
+      <c r="I498">
+        <v>34.6</v>
+      </c>
+      <c r="K498" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="499" spans="1:11">
+      <c r="A499" t="s">
+        <v>372</v>
+      </c>
+      <c r="B499" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E499">
+        <v>0</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G499" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H499">
+        <v>101</v>
+      </c>
+      <c r="I499">
+        <v>34.6</v>
+      </c>
+      <c r="K499" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="500" spans="1:11">
+      <c r="A500" t="s">
+        <v>372</v>
+      </c>
+      <c r="B500" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1287</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E500">
+        <v>0</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G500" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H500">
+        <v>101</v>
+      </c>
+      <c r="I500">
+        <v>34.6</v>
+      </c>
+      <c r="K500" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="501" spans="1:11">
+      <c r="A501" t="s">
+        <v>372</v>
+      </c>
+      <c r="B501" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E501">
+        <v>0</v>
+      </c>
+      <c r="F501" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G501" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H501">
+        <v>101</v>
+      </c>
+      <c r="I501">
+        <v>34.6</v>
+      </c>
+      <c r="K501" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="502" spans="1:11">
+      <c r="A502" t="s">
+        <v>372</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E502">
+        <v>0</v>
+      </c>
+      <c r="F502" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G502" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H502">
+        <v>101</v>
+      </c>
+      <c r="I502">
+        <v>34.6</v>
+      </c>
+      <c r="K502" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="503" spans="1:11">
+      <c r="A503" t="s">
+        <v>372</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E503">
+        <v>0</v>
+      </c>
+      <c r="F503" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G503" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H503">
+        <v>101</v>
+      </c>
+      <c r="I503">
+        <v>34.6</v>
+      </c>
+      <c r="K503" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="504" spans="1:11">
+      <c r="A504" t="s">
+        <v>372</v>
+      </c>
+      <c r="B504" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E504">
+        <v>0</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1285</v>
+      </c>
+      <c r="G504" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H504">
+        <v>101</v>
+      </c>
+      <c r="I504">
+        <v>34.6</v>
+      </c>
+      <c r="K504" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="505" spans="1:11">
+      <c r="A505" t="s">
+        <v>372</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1300</v>
+      </c>
+      <c r="E505">
+        <v>0</v>
+      </c>
+      <c r="F505" t="s">
+        <v>16</v>
+      </c>
+      <c r="G505" t="s">
+        <v>17</v>
+      </c>
+      <c r="H505">
+        <v>101</v>
+      </c>
+      <c r="I505">
+        <v>34.6</v>
+      </c>
+      <c r="K505" t="s">
+        <v>1301</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">