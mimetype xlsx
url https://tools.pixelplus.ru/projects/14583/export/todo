--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -12,12113 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
-  </si>
-[...12025 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/14583/todo/1182332106</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -12421,24512 +394,96 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K766"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>6</v>
       </c>
       <c r="G3" t="s">
         <v>7</v>
       </c>
       <c r="H3" t="s">
         <v>8</v>
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
-      </c>
-[...24414 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">