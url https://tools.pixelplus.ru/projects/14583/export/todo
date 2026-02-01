--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -12,86 +12,13809 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2619">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/voda-distillirovannaya</t>
+  </si>
+  <si>
+    <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вода  — не менее 3 раз 
+дистиллированный  — не менее 3 раз 
+недорого  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+вода дистиллированная купить  
+вода дистиллированная заказать  
+вода дистиллированная недорого </t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085421</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (175 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 71 запросе, значимость 182) 
+заказ (встречается в 37 запросах, значимость 49) 
+авто (встречается в 26 запросах, значимость 29) 
+москва (встречается в 18 запросах, значимость 24) 
+заказывать (встречается в 16 запросах, значимость 18) 
+сайт (встречается в 16 запросах, значимость 16) 
+автомобиль (встречается в 12 запросах, значимость 15) 
+доставка (встречается в 11 запросах, значимость 13) 
+деталь (встречается в 9 запросах, значимость 11) 
+автодеталь (встречается в 9 запросах, значимость 9) 
+запасной (встречается в 5 запросах, значимость 7) 
+часть (встречается в 5 запросах, значимость 7) 
+новый (встречается в 5 запросах, значимость 5) 
+продажа (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+автомобильный (встречается в 2 запросах, значимость 2) 
+недорого (встречается в 1 запросе, значимость 1) 
+федеральный (встречается в 1 запросе, значимость 1) 
+сеть (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076145</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/catalogs</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (107 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+каталог (встречается в 82 запросах, значимость 440) 
+автозапчасть (встречается в 45 запросах, значимость 100) 
+онлайн (встречается в 24 запросах, значимость 99) 
+подбор (встречается в 13 запросах, значимость 73) 
+автомобиль (встречается в 3 запросах, значимость 11) 
+электронный (встречается в 9 запросах, значимость 10) 
+цена (встречается в 9 запросах, значимость 9) 
+автодеталь (встречается в 1 запросе, значимость 4) 
+заказ (встречается в 3 запросах, значимость 3) 
+поиск (встречается в 2 запросах, значимость 3) 
+часть (встречается в 2 запросах, значимость 2) 
+запасной (встречается в 2 запросах, значимость 2) 
+автодом (встречается в 1 запросе, значимость 2) 
+сайт (встречается в 2 запросах, значимость 2) 
+москва (встречается в 2 запросах, значимость 2) 
+авто (встречается в 2 запросах, значимость 2) 
+артикул (встречается в 2 запросах, значимость 2) 
+интерактивный (встречается в 1 запросе, значимость 1) 
+автомобильный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076221</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/maslo-motornoe</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+моторный  — не менее 3 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 3 раз 
+магазин  — не менее 3 раз 
+авто  — не менее 3 раз 
+недорого  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло моторное купить  
+масло моторное заказать  
+масло моторное в интернет магазине  
+масло моторное для авто купить  
+масло моторное недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085427</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/antifriz</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 4 запросах, значимость 152) 
+авто (встречается в 1 запросе, значимость 1) 
+заказывать (встречается в 1 запросе, значимость 1) 
+машина (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083701</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 5 запросах, значимость 161) 
+моторный (встречается в 5 запросах, значимость 161) 
+заказывать (встречается в 1 запросе, значимость 4) 
+авто (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083739</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/catalogs/original</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (49 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+вино (встречается в 35 запросах, значимость 304) 
+код (встречается в 27 запросах, значимость 60) 
+vin (встречается в 9 запросах, значимость 42) 
+деталь (встречается в 7 запросах, значимость 32) 
+автомобиль (встречается в 12 запросах, значимость 31) 
+каталог (встречается в 2 запросах, значимость 30) 
+номер (встречается в 7 запросах, значимость 30) 
+поиск (встречается в 7 запросах, значимость 26) 
+подбор (встречается в 6 запросах, значимость 16) 
+находить (встречается в 4 запросах, значимость 12) 
+авто (встречается в 5 запросах, значимость 11) 
+подбирать (встречается в 6 запросах, значимость 11) 
+искать (встречается в 3 запросах, значимость 8) 
+вина (встречается в 5 запросах, значимость 7) 
+онлайн (встречается в 5 запросах, значимость 6) 
+схема (встречается в 1 запросе, значимость 6) 
+машина (встречается в 2 запросах, значимость 5) 
+артикул (встречается в 2 запросах, значимость 4) 
+заказывать (встречается в 1 запросе, значимость 4) 
+бесплатно (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076238</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/domkrat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+домкрат  — не менее 3 раз 
+купить  — не менее 3 раз 
+авто  — не менее 3 раз 
+машина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+домкрат купить  
+домкрат для авто купить  
+домкрат для машины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085424</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5025/part/703141410</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+victor  — не менее 3 раз 
+reinz  — не менее 3 раз 
+reinzosil  — не менее 3 раз 
+купить  — не менее 3 раз 
+герметик  — не менее 3 раз 
+виктор  — не менее 3 раз 
+рейнз  — не менее 3 раз 
+градус  — не менее 3 раз 
+цена  — не менее 3 раз 
+рензосила  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+victor reinz reinzosil 300 купить  
+герметик виктор рейнз 300 градусов купить  
+герметик виктор рейнз 300 градусов цена  
+герметик виктор рейнз 300 цена  
+герметик рензосил купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085048</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7584/part/ga4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+rvs  — не менее 3 раз 
+master  — не менее 3 раз 
+engine  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+присадка  — не менее 3 раз 
+рвс  — не менее 3 раз 
+мастер  — не менее 3 раз 
+лнр  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+rvs master engine ga4 купить  
+rvs master engine ga4 цена  
+присадка рвс цена  
+присадку рвс мастер купить в лнр </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084877</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+диэлектрический  — не менее 3 раз 
+смазка  — не менее 3 раз 
+катушка  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+свеча  — не менее 3 раз 
+свечной  — не менее 3 раз 
+наконечник  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81150 купить  
+диэлектрическая смазка для катушек зажигания купить  
+диэлектрическая смазка для свечей зажигания купить  
+смазка для свечных наконечников купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084784</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/1578</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+свеча  — не менее 3 раз 
+нжк  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk 1578 lzkr6b 10e купить  
+свечи ngk 1578 купить  
+ngk 1578 купить  
+ngk 1578 цена  
+свечи нжк 1578 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084673</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/1626068</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lukoil  — не менее 3 раз 
+genesis  — не менее 3 раз 
+special  — не менее 3 раз 
+купить  — не менее 3 раз 
+polar  — не менее 3 раз 
+лукойл  — не менее 3 раз 
+масло  — не менее 3 раз 
+полар  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lukoil genesis special 0w 30 купить  
+lukoil genesis special polar 0w 30 купить  
+lukoil genesis special polar 0w30 купить  
+лукойл genesis special polar 0w 30 купить  
+масло лукойл 0w30 полар купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084583</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1997</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+герметик  — не менее 3 раз 
+система  — не менее 3 раз 
+охлаждение  — не менее 3 раз 
+купить  — не менее 3 раз 
+радиатор  — не менее 3 раз 
+омск  — не менее 3 раз 
+ликви  — не менее 3 раз 
+моль  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly герметик системы охлаждения купить  
+герметик системы охлаждения liqui moly купить  
+герметик радиатора liqui moly купить в омске  
+герметик радиатора ликви моли купить  
+герметик радиатора ликви моли цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084569</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/579/part/0888581001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+getriebeoil  — не менее 3 раз 
+lv  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+toyota  — не менее 3 раз 
+масло  — не менее 3 раз 
+тойота  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+getriebeoil lv 75w 08885 81001 купить  
+getriebeoil lv 75w купить  
+getriebeoil lv 75w цена  
+lv 75w toyota цена  
+lv 75w цена  
+купить масло lv 75w тойота </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084436</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/1539487</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+genesis  — не менее 3 раз 
+claritech  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+лукойл  — не менее 3 раз 
+генезис  — не менее 3 раз 
+кларитекать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+genesis claritech 5w 30 купить  
+genesis claritech 5w 30 цена  
+купить лукойл genesis claritech 5w 30  
+лукойл генезис кларитек 5w30 купить  
+лукойл кларитек 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084430</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g052512a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+vag  — не менее 3 раз 
+масло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g052512a2 купить  
+g052512a2 цена  
+vag g052512a2 купить  
+купить масло g052512a2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084427</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5855/part/dr15yc1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+brisk  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+brisk dr15yc 1 купить  
+dr15yc 1 купить  
+dr15yc 1 цена  
+свечи brisk dr15yc 1 купить  
+свечи brisk dr15yc 1 цена  
+свечи зажигания brisk dr15yc 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084181</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/35027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+antifrost  — не менее 3 раз 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+scheiben  — не менее 3 раз 
+frostschutz  — не менее 3 раз 
+незамерзайка  — не менее 3 раз 
+ликви  — не менее 3 раз 
+моль  — не менее 3 раз 
+запах  — не менее 3 раз 
+дыня  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly antifrost scheiben frostschutz купить  
+antifrost liqui moly купить  
+liqui moly antifrost купить  
+купить liqui moly antifrost  
+antifrost scheiben frostschutz купить  
+liqui moly antifrost 27 купить  
+незамерзайка liqui moly antifrost купить  
+незамерзайка ликви моли с запахом дыни купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084079</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/525/part/1781003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ford  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+гур  — не менее 3 раз 
+купить  — не менее 3 раз 
+dp  — не менее 3 раз 
+ps  — не менее 3 раз 
+цена  — не менее 3 раз 
+форд  — не менее 3 раз 
+фокус  — не менее 3 раз 
+зеленый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+жидкость гур форд фокус 2 зеленая купить  
+1781003 ford жидкость гур купить  
+ford dp ps купить  
+ford dp ps цена  
+жидкость гур ford купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083864</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7823/part/11642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+татнефть  — не менее 3 раз 
+luxe  — не менее 3 раз 
+купить  — не менее 3 раз 
+люкс  — не менее 3 раз 
+цена  — не менее 3 раз 
+синтетика  — не менее 3 раз 
+моторный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло татнефть luxe 5w30 купить  
+масло татнефть люкс 5w30 купить  
+масло татнефть люкс 5w30 цена  
+масло татнефть синтетик 5w30 купить  
+моторное масло татнефть luxe 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085331</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1346/part/04230bs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+краска  — не менее 3 раз 
+motip  — не менее 3 раз 
+купить  — не менее 3 раз 
+кожа  — не менее 3 раз 
+черный  — не менее 3 раз 
+матовый  — не менее 3 раз 
+мотип  — не менее 3 раз 
+руль  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+краска motip 04230bs купить  
+краска для кожи motip черная купить  
+краска для кожи motip черная матовая купить  
+краска для кожи мотип черная купить  
+краска для руля motip купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085222</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0310000130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+psf  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+гур  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+ultra  — не менее 3 раз 
+гидроусилитель  — не менее 3 раз 
+руль  — не менее 3 раз 
+хендай  — не менее 3 раз 
+солярис  — не менее 3 раз 
+псф  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+psf 4 жидкость для гур цена  
+psf 4 купить  
+psf 4 цена  
+ultra psf 4 купить  
+жидкость гидроусилителя руля хендай солярис цена  
+псф 4 жидкость в гур купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084825</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/21351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+омск  — не менее 3 раз 
+rear  — не менее 3 раз 
+window  — не менее 3 раз 
+defogger  — не менее 3 раз 
+клей  — не менее 3 раз 
+перматекс  — не менее 3 раз 
+токопроводящий  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить клей permatex 21351  
+permatex 21351 купить  
+permatex 21351 купить в омске  
+permatex rear window defogger купить  
+rear window defogger купить  
+перматекс токопроводящий клей купить  
+токопроводящий клей permatex купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084777</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g001770a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+присадка  — не менее 3 раз 
+цена  — не менее 3 раз 
+vag  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vag g001770a2 купить  
+присадка g001770a2 купить  
+g001770a2 купить  
+g001770a2 купить в москве  
+g17 присадка купить  
+g17 присадка цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084416</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5889/part/p1101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+fuel  — не менее 3 раз 
+line  — не менее 3 раз 
+cleaner  — не менее 3 раз 
+купить  — не менее 3 раз 
+protec  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+топливный  — не менее 3 раз 
+система  — не менее 3 раз 
+инжектор  — не менее 3 раз 
+протекать  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+fuel line cleaner купить  
+protec очиститель топливной системы купить  
+очиститель инжектора protec купить  
+очиститель инжектора протек купить  
+протек очиститель инжектора цена  
+протек очиститель топливной системы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084400</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/20/part/pfg110</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+pfg  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+lucas  — не менее 3 раз 
+trw  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+смазка  — не менее 3 раз 
+суппорт  — не менее 3 раз 
+трв  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+pfg 110 купить  
+pfg 110 купить в москве  
+pfg110 lucas trw купить  
+trw 110 купить  
+trw pfg 110 купить  
+trw pfg 110 купить в москве  
+trw pfg 110 купить в нижнем новгороде  
+купить смазку trw pfg 110 в москве  
+купить смазку для суппортов трв  
+смазка trw pfg 110 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084815</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/r9000ac001k</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+crown  — не менее 3 раз 
+llc  — не менее 3 раз 
+купить  — не менее 3 раз 
+hyundai  — не менее 3 раз 
+kia  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+уфа  — не менее 3 раз 
+воронеж  — не менее 3 раз 
+москва  — не менее 3 раз 
+цена  — не менее 3 раз 
+концентрат  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+crown llc a 110 купить  
+r9000ac001k купить  
+hyundai kia r9000ac001k антифриз купить в уфе  
+r9000ac001k антифриз hyundai kia купить  
+r9000ac001k антифриз hyundai kia купить в воронеже  
+r9000ac001k антифриз hyundai kia купить в москве  
+r9000ac001k цена  
+антифриз crown llc a 110 kia купить  
+антифриз crown а 110 концентрат цена  
+антифриз r9000ac001k купить в уфе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084238</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/7711428132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+renault  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+купить  — не менее 3 раз 
+elf  — не менее 3 раз 
+glaceol  — не менее 3 раз 
+rx  — не менее 3 раз 
+type  — не менее 3 раз 
+d  — не менее 3 раз 
+цена  — не менее 3 раз 
+желтый  — не менее 3 раз 
+цвет  — не менее 3 раз 
+тип  — не менее 3 раз 
+зеленый  — не менее 3 раз 
+орск  — не менее 3 раз 
+концентрат  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить glaceol rx type d  
+7711428132 renault антифриз купить  
+антифриз glaceol rx type d купить  
+купить антифриз glaceol rx type d  
+glaceol rx type d renault купить  
+glaceol rx type d renault цена  
+glaceol rx type d желтого цвета купить  
+glaceol rx type d желтый купить  
+glaceol rx type d цена  
+7711428132 антифриз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083998</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+авто  — не менее 3 раз 
+купить  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+машина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз купить  
+антифриз для авто купить  
+антифриз заказать  
+антифриз для машины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085420</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7041</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+износ  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+стойка  — не менее 3 раз 
+стабилизатор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+нет износа купить в москве  
+стойки нет износа купить  
+стойки стабилизатора нет износа купить  
+стойки стабилизатора нет износа купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085341</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/ke90100035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+nissan  — не менее 3 раз 
+купить  — не менее 3 раз 
+ниссан  — не менее 3 раз 
+охлаждающий  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз l255 nissan купить  
+антифриз ниссан ke901 00035 купить  
+антифриз ниссан l255 купить  
+охлаждающая жидкость nissan l255 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085154</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/w20tt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+denso  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечи denso w20tt купить  
+w20tt цена  
+купить свечи w20tt </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085062</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g12e050a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vag  — не менее 3 раз 
+купить  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+evo  — не менее 3 раз 
+уфа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз g12 evo купить  
+vag g12 купить  
+антифриз g12 evo купить в уфе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085026</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g052195m4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vag  — не менее 3 раз 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+оригинал  — не менее 3 раз 
+масло  — не менее 3 раз 
+longlife  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vag g 052 195 m4 купить оригинал  
+масло g052195m4 5w30 vag купить  
+масло vag 5w30 longlife купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085020</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g052167m4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vag  — не менее 3 раз 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+special  — не менее 3 раз 
+plus  — не менее 3 раз 
+оригинал  — не менее 3 раз 
+vw  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vag g 052 167 m4 купить  
+vag special plus 5w40 купить оригинал  
+vw special plus 5w40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085016</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/181942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+hbf  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+тормозной  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+тотать  — не менее 3 раз 
+дот  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total hbf 4 купить  
+total hbf 4 цена  
+тормозная жидкость тотал дот 4 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084973</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/166222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+fluide  — не менее 3 раз 
+da  — не менее 3 раз 
+купить  — не менее 3 раз 
+масло  — не менее 3 раз 
+тотать  — не менее 3 раз 
+флюид  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить масло total fluide da  
+total fluide da купить  
+тотал флюид да купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084964</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7127/part/430140002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+rosdot  — не менее 3 раз 
+купить  — не менее 3 раз 
+росдот  — не менее 3 раз 
+класс  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+росдот 4 класс 6 купить  
+купить росдот 4 класс 6  
+rosdot 6 купить  
+росдот 4 класс 6 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084859</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/zfr5f11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk zfr5f 11 цена  
+купить ngk zfr5f 11  
+свечи zfr5f 11 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084725</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/5118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk 5118 свеча зажигания купить  
+ngk 5118 купить  
+ngk 5118 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084682</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/8671094849</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motrio  — не менее 3 раз 
+ultra  — не менее 3 раз 
+купить  — не менее 3 раз 
+oil  — не менее 3 раз 
+масло  — не менее 3 раз 
+мотрио  — не менее 3 раз 
+ультра  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motrio ultra 5w 40 купить  
+motrio ultra oil 5w 40 купить  
+масло мотрио ультра 5w40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084657</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/673/part/xt10qlvc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motorcraft  — не менее 3 раз 
+mercon  — не менее 3 раз 
+lv  — не менее 3 раз 
+купить  — не менее 3 раз 
+xt  — не менее 3 раз 
+qlv  — не менее 3 раз 
+qlvc  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motorcraft mercon lv xt10qlvc купить  
+motorcraft xt 10 qlv купить  
+xt 10 qlvc купить  
+xt10qlvc купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084654</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/153750</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mobil  — не менее 3 раз 
+fs  — не менее 3 раз 
+купить  — не менее 3 раз 
+tm  — не менее 3 раз 
+цена  — не менее 3 раз 
+мобил  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mobil 1 fs 5w 30 купить  
+mobil 1 tm fs 5w 30 цена  
+мобил 1 fs 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084628</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/00369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+antifrost  — не менее 3 раз 
+купить  — не менее 3 раз 
+scheiben  — не менее 3 раз 
+frostschutz  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly antifrost 25 купить  
+liqui moly antifrost scheiben frostschutz 25 купить  
+liqui moly antifrost scheiben frostschutz 25 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084556</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/kea075004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+накладка  — не менее 3 раз 
+номерной  — не менее 3 раз 
+знак  — не менее 3 раз 
+vag  — не менее 3 раз 
+kea  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kea075004 купить  
+kea075004 накладка под номерной знак купить  
+vag kea 075 004 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084480</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6320/part/hg3270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+hi  — не менее 3 раз 
+gear  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+катализатор  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hg3270 купить  
+hi gear hg3270 купить  
+очиститель катализатора hi gear цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084443</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g013a8jm1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+цена  — не менее 3 раз 
+vag  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g013a8jm1 купить в москве  
+g013a8jm1 цена  
+vag g013a8jm1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084423</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5917/part/674</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+force  — не менее 3 раз 
+купить  — не менее 3 раз 
+tools  — не менее 3 раз 
+ключ  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+force 674 купить  
+force tools 674 купить  
+ключ force 674 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084389</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/101/part/27975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+febi  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+масло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+febi 27975 купить  
+febi 27975 цена  
+купить масло febi 27975 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084367</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+elfmatic  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+масло  — не менее 3 раз 
+эльф  — не менее 3 раз 
+гур  — не менее 3 раз 
+рено  — не менее 3 раз 
+логан  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf elfmatic g3 купить  
+elfmatic g3 цена  
+масло эльф для гура рено логан купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084342</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+dot  — не менее 3 раз 
+купить  — не менее 3 раз 
+frelub  — не менее 3 раз 
+тормозной  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf 650 dot 4 купить  
+elf dot 4 купить  
+elf frelub 650 dot 4 купить  
+elf frelub 650 dot4 купить  
+тормозная жидкость elf frelub 650 dot4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084338</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6342/part/w89195</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+diesel  — не менее 3 раз 
+system  — не менее 3 раз 
+purge  — не менее 3 раз 
+купить  — не менее 3 раз 
+винс  — не менее 3 раз 
+промывка  — не менее 3 раз 
+дизельный  — не менее 3 раз 
+форсунка  — не менее 3 раз 
+wynns  — не менее 3 раз 
+артикул  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+diesel system purge купить  
+винс для промывки дизельных форсунок купить  
+дизельная промывка wynns артикул купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084295</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bkr6eix</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+ngk  — не менее 3 раз 
+свеча  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечи ngk bkr6eix купить  
+bkr6eix цена  
+ngk bkr6eix цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084145</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/11/part/uxf79</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+beru  — не менее 3 раз 
+ultra  — не менее 3 раз 
+x  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+beru ultra x uxf79 цена  
+beru ultra x цена  
+uxf79 beru купить  
+свечи beru ultra x uxf79 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084128</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4022/part/119040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+autran  — не менее 3 раз 
+mm  — не менее 3 раз 
+sp  — не менее 3 раз 
+iii  — не менее 3 раз 
+купить  — не менее 3 раз 
+bp  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+autran mm sp iii купить  
+bp autran mm sp iii купить  
+mm sp3 bp autran где купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084106</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/792/part/93170402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+gm  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+dex  — не менее 3 раз 
+cool  — не менее 3 раз 
+longlife  — не менее 3 раз 
+купить  — не менее 3 раз 
+красный  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+93170402 gm антифриз dex cool longlife купить  
+dex cool антифриз красный купить  
+dex cool longlife купить  
+dex cool антифриз цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084020</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/7711238598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+renault  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+hi  — не менее 3 раз 
+life  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+7711238598 renault аккумулятор купить  
+7711238598 renault аккумулятор купить в москве  
+7711238598 купить  
+hi life аккумулятор цена  
+renault 7711238598 купить  
+аккумулятор 7711238598 купить  
+купить 7711238598 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083991</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+ликви  — не менее 3 раз 
+моль  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 1990 купить  
+ликви моли 1990 купить  
+ликви моли 1990 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083887</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194877</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+купить  — не менее 3 раз 
+evolution  — не менее 3 раз 
+sxr  — не менее 3 раз 
+масло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf 194877 купить  
+evolution 900 sxr 5w40 купить  
+купить масло elf evolution 900 5w40 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083883</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0430000110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+hyundai  — не менее 3 раз 
+mtf  — не менее 3 раз 
+gl  — не менее 3 раз 
+цена  — не менее 3 раз 
+масло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+04300 00110 купить  
+hyundai mtf 75w 85 gl 4 цена  
+mtf 75w 85w цена  
+купить масло mtf 75w 85w  
+масло mtf 75w 85w hyundai цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083806</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0258006537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+датчик  — не менее 3 раз 
+кислород  — не менее 3 раз 
+лямбда  — не менее 3 раз 
+зонд  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0258006537 bosch купить  
+0258006537 купить  
+купить датчик кислорода bosch 0258006537  
+лямбда зонд 0258006537 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083796</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+домкрат (встречается в 3 запросах, значимость 51) 
+авто (встречается в 1 запросе, значимость 1) 
+машина (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083723</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6820/part/cs010501</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (7 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+coolstream  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+москва  — не менее 3 раз 
+концентрат  — не менее 3 раз 
+кулстрим  — не менее 3 раз 
+зеленый  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+coolstream a 110 купить  
+coolstream а 110 купить  
+антифриз кулстрим а110 зеленый купить  
+антифриз кулстрим а110 купить  
+coolstream a 110 цена  
+антифриз а 110 купить в москве  
+антифриз а110 купить  
+антифриз концентрат coolstream a 110 с цена  
+антифриз кулстрим а110 купить в нижнем новгороде  
+антифриз кулстрим а110 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084217</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0510000441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hyundai  — не менее 3 раз 
+kia  — не менее 3 раз 
+турбо  — не менее 3 раз 
+син  — не менее 3 раз 
+купить  — не менее 3 раз 
+turbo  — не менее 3 раз 
+syn  — не менее 3 раз 
+gasoline  — не менее 3 раз 
+цена  — не менее 3 раз 
+масло  — не менее 3 раз 
+хендай  — не менее 3 раз 
+моторный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+turbo syn gasoline 5w 30 купить  
+моторное масло хендай турбо син 5w30 цена  
+0510000441 hyundai kia турбо син 5в30 купить  
+0510000441 купить  
+hyundai kia 05100 00441 купить  
+hyundai kia turbo syn 5w 30 купить  
+hyundai turbo syn 5w30 купить  
+hyundai turbo syn gasoline 5w 30 купить  
+hyundai turbo syn gasoline 5w 30 цена  
+turbo syn 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083823</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0510000451</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+hyundai  — не менее 3 раз 
+kia  — не менее 3 раз 
+premium  — не менее 3 раз 
+lf  — не менее 3 раз 
+gasoline  — не менее 3 раз 
+масло  — не менее 3 раз 
+моторный  — не менее 3 раз 
+киа  — не менее 3 раз 
+хендай  — не менее 3 раз 
+премиум  — не менее 3 раз 
+лф  — не менее 3 раз 
+синтетика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+05100 00451 цена  
+0510000451 купить  
+hyundai kia premium lf 5w20 купить  
+hyundai premium lf gasoline 5w20 купить  
+hyundai premium купить  
+premium lf gasoline 5w 20 купить  
+купить масло моторное киа хендай 5в20  
+купить масло премиум лф 5w20  
+купить масло хендай 5w20  
+купить масло хендай 5w20 синтетика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083815</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/k20tt</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+цена  — не менее 3 раз 
+комплект  — не менее 3 раз 
+денсо  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+iridium  — не менее 3 раз 
+tt  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso k20tt купить  
+купить свечи denso k20tt  
+свечи denso k20tt купить  
+купить denso k20tt  
+купить свечи зажигания denso k20tt  
+свечи зажигания денсо к20тт купить  
+свечи зажигания denso k20tt купить  
+купить свечи зажигания денсо к20тт  
+купить свечи зажигания k20tt  
+свечи зажигания денсо к20тт цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084267</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/mz100139ex</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (32 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+shumma (встречается в 19 запросах, значимость 19) 
+mitsubishi (встречается в 11 запросах, значимость 11) 
+раскоксовка (встречается в 9 запросах, значимость 9) 
+engine (встречается в 8 запросах, значимость 8) 
+conditioner (встречается в 7 запросах, значимость 7) 
+шум (встречается в 6 запросах, значимость 6) 
+цена (встречается в 6 запросах, значимость 6) 
+москва (встречается в 5 запросах, значимость 5) 
+нижний (встречается в 3 запросах, значимость 3) 
+новгород (встречается в 3 запросах, значимость 3) 
+двигатель (встречается в 2 запросах, значимость 2) 
+мицубиси (встречается в 2 запросах, значимость 2) 
+shuma (встречается в 2 запросах, значимость 2) 
+ex (встречается в 2 запросах, значимость 2) 
+очиститель (встречается в 1 запросе, значимость 1) 
+митсубиси (встречается в 1 запросе, значимость 1) 
+екатеринбург (встречается в 1 запросе, значимость 1) 
+тверь (встречается в 1 запросе, значимость 1) 
+mz (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078965</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/avtosignalizaciya</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автосигнализация  — не менее 3 раз 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автосигнализация купить  
+автосигнализация недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085417</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7244/part/40617932</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тнк  — не менее 3 раз 
+trans  — не менее 3 раз 
+kp  — не менее 3 раз 
+super  — не менее 3 раз 
+цена  — не менее 3 раз 
+транс  — не менее 3 раз 
+кп  — не менее 3 раз 
+супер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тнк trans kp super 75w90 цена  
+тнк транс кп супер 75w90 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085386</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7384/part/7000000000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+смывка  — не менее 3 раз 
+краска  — не менее 3 раз 
+боди  — не менее 3 раз 
+купить  — не менее 3 раз 
+металл  — не менее 3 раз 
+body  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+смывка краски боди 700 купить  
+смывка краски с металла body 700 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085382</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/lfr5a11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свеча  — не менее 3 раз 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечи ngk lfr5a 11 цена  
+свечи зажигания ngk lfr5a 11 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085367</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7341/part/a9801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+очиститель  — не менее 3 раз 
+тормоз  — не менее 3 раз 
+аксиома  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+очиститель тормозов аксиом купить  
+очиститель тормозов аксиом цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085349</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6486/part/320409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+очиститель  — не менее 3 раз 
+проф  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+очиститель профам купить  
+профам 2000 где купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085347</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7823/part/12118</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+татнефть  — не менее 3 раз 
+luxe  — не менее 3 раз 
+pao  — не менее 3 раз 
+купить  — не менее 3 раз 
+люкс  — не менее 3 раз 
+пао  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло татнефть luxe pao 5w40 купить  
+татнефть 5w40 pao купить  
+татнефть люкс пао 5w40 купить  
+татнефть пао 5w40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085333</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7823/part/12116</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+татнефть  — не менее 3 раз 
+luxe  — не менее 3 раз 
+pao  — не менее 3 раз 
+купить  — не менее 3 раз 
+люкс  — не менее 3 раз 
+пао  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло татнефть luxe pao 5w30 купить  
+масло татнефть люкс пао 5w30 купить  
+масло татнефть пао 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085332</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6909/part/1905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+смазка  — не менее 3 раз 
+суппорт  — не менее 3 раз 
+мс  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить смазку для суппортов мс 1630  
+мс 1630 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085304</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6248/part/55330</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+пружина  — не менее 3 раз 
+фобос  — не менее 3 раз 
+киа  — не менее 3 раз 
+рио  — не менее 3 раз 
+передний  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пружины фобос на киа рио  
+передние пружины киа рио 3 фобос цена  
+пружины фобос на киа рио 3 купить  
+пружины фобос на киа рио 3 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085284</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/10/part/527290</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+герметик  — не менее 3 раз 
+dirko  — не менее 3 раз 
+купить  — не менее 3 раз 
+дирко  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+герметик dirko купить  
+герметик дирко купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085170</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/catalogs/to</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+расходник  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить запчасти для то  
+запчасти для то купить  
+где купить расходники для то </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085166</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5703/part/137210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zic  — не менее 3 раз 
+купить  — не менее 3 раз 
+череповец  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+zic m9 4t 10w 40 купить  
+zic m9 4t 10w 40 купить череповец </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085134</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5703/part/162659</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zic  — не менее 3 раз 
+flush  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+zic flush купить  
+zic flush цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085131</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7439/part/1007120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+xenite  — не менее 3 раз 
+купить  — не менее 3 раз 
+premium  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+xenite 100 h7 купить  
+xenite premium 100 h7 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085108</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/408/part/c110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vic  — не менее 3 раз 
+c  — не менее 3 раз 
+купить  — не менее 3 раз 
+масляный  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vic c 110 купить  
+масляный фильтр vic c 110 цена  
+масляный фильтр с 110 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085040</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/04e115561h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vag  — не менее 3 раз 
+купить  — не менее 3 раз 
+масляный  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+шкода  — не менее 3 раз 
+рапид  — не менее 3 раз 
+челябинск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vag 04e115561h купить  
+купить масляный фильтр шкода рапид в челябинске  
+фильтр масляный 04e115561h купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085012</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1261/part/000000473402101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+uaz  — не менее 3 раз 
+купить  — не менее 3 раз 
+уаз  — не менее 3 раз 
+gl  — не менее 3 раз 
+воронеж  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+uaz 000000473402101 купить  
+уаз 75w85 gl 4 купить в воронеже </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085005</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6456/part/fg6536</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+turtle  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+стекло  — не менее 3 раз 
+clearvue  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+turtle wax fg6536 купить  
+очиститель стекол turtle wax clearvue fg6536 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084990</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6456/part/52887</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+turtle  — не менее 3 раз 
+wax  — не менее 3 раз 
+clearvue  — не менее 3 раз 
+rain  — не менее 3 раз 
+repellent  — не менее 3 раз 
+цена  — не менее 3 раз 
+антидождь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+turtle wax clearvue rain repellent цена  
+антидождь turtle wax clearvue rain repellent купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084986</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/579/part/0888701206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+toyota  — не менее 3 раз 
+rubber  — не менее 3 раз 
+grease  — не менее 3 раз 
+купить  — не менее 3 раз 
+смазка  — не менее 3 раз 
+тойота  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+toyota rubber grease 08887 01206 купить  
+смазка тойота 08887 01206 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084980</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/183450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+quartz  — не менее 3 раз 
+future  — не менее 3 раз 
+nfc  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total quartz 9000 nfc 5w30 купить  
+total quartz 9000 future nfc 5w30 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084976</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/979/part/600631680</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+titan  — не менее 3 раз 
+sintofluid  — не менее 3 раз 
+fe  — не менее 3 раз 
+купить  — не менее 3 раз 
+sae  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+titan sintofluid fe 75w купить  
+titan sintofluid fe sae 75w купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084957</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4114/part/287400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sonax  — не менее 3 раз 
+brilliant  — не менее 3 раз 
+shine  — не менее 3 раз 
+detailer  — не менее 3 раз 
+купить  — не менее 3 раз 
+xtreme  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sonax brilliant shine detailer купить  
+sonax xtreme brilliant shine detailer купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084917</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/50/part/vkn600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+skf  — не менее 3 раз 
+vkn  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+skf vkn 600 601 602 1 купить  
+vkn 600 601 602 1 цена  
+vkn 600 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084908</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7303/part/900601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sintec  — не менее 3 раз 
+арктика  — не менее 3 раз 
+купить  — не менее 3 раз 
+синтек  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sintec арктика 20 купить  
+sintec арктика купить  
+синтек арктика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084903</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5285/part/550032047</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+shell  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+тормозной  — не менее 3 раз 
+купить  — не менее 3 раз 
+брянск  — не менее 3 раз 
+шелл  — не менее 3 раз 
+дот  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+shell 550032047 жидкость тормозная купить брянск  
+купить тормозную жидкость шелл дот 4 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084894</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7425/part/rw6122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+runway  — не менее 3 раз 
+air  — не менее 3 раз 
+conditioner  — не менее 3 раз 
+cleaner  — не менее 3 раз 
+купить  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+кондиционер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+runway air conditioner cleaner купить  
+runway очиститель кондиционера купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084873</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/r9000ac001h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+hyundai  — не менее 3 раз 
+kia  — не менее 3 раз 
+купить  — не менее 3 раз 
+зеленый  — не менее 3 раз 
+кат  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+r9000ac001h антифриз hyundai kia купить  
+r9000ac001h купить  
+антифриз r9000ac001h купить  
+купить зеленый антифриз кат no r9000ac001h </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084835</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7220/part/tfb100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+prology  — не менее 3 раз 
+tfb  — не менее 3 раз 
+купить  — не менее 3 раз 
+антенный  — не менее 3 раз 
+усилитель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+prology tfb 100 купить  
+антенный усилитель prology tfb 100 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084821</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81775</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+rust  — не менее 3 раз 
+treatment  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81775 купить  
+permatex rust treatment купить  
+rust treatment купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084790</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/15067</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+quick  — не менее 3 раз 
+grid  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 15067 купить в москве  
+quick grid купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084773</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/cr6hsa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk cr6hsa купить  
+свеча ngk cr6hsa купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084719</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bpr7hs10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свеча зажигания ngk bpr7hs 10 купить  
+ngk bpr7hs 10 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084708</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bpmr7a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk bpmr7a купить  
+купить свечу ngk bpmr7a </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084704</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/5960</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk 5960 купить  
+свечи ngk 5960 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084686</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6837/part/nx8344</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nanox  — не менее 3 раз 
+купить  — не менее 3 раз 
+perfect  — не менее 3 раз 
+shine  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nanox 8344 купить  
+nanox perfect shine купить  
+nx8344 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084670</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/9929</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+купить  — не менее 3 раз 
+ester  — не менее 3 раз 
+additive  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol 9929 купить  
+mannol ester additive 9929 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084603</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/4036021991801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+pur  — не менее 3 раз 
+купить  — не менее 3 раз 
+sct  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol 9918 2k pur купить  
+mannol 9918 купить  
+mannol sct 9918 2k pur купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084600</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7244/part/40815442</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+magnum  — не менее 3 раз 
+ultratec  — не менее 3 раз 
+цена  — не менее 3 раз 
+rosneft  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+magnum ultratec a3 5w 40 цена  
+rosneft magnum ultratec a3 5w 40 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084597</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6389/part/05100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mag  — не менее 3 раз 
+aluminum  — не менее 3 раз 
+polish  — не менее 3 раз 
+купить  — не менее 3 раз 
+mothers  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mag aluminum polish купить  
+mothers mag aluminum polish купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084596</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5307/part/m52</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+masuma  — не менее 3 раз 
+купить  — не менее 3 раз 
+m  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+m52 masuma купить  
+masuma m 52 купить  
+masuma m52 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084594</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/lzkr6b10e</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lzkr6b 10e ngk цена  
+lzkr6b 10e цена  
+свечи зажигания ngk lzkr6b 10e цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084591</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/1664427</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lukoil  — не менее 3 раз 
+genesis  — не менее 3 раз 
+special  — не менее 3 раз 
+купить  — не менее 3 раз 
+лукойл  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lukoil genesis special c4 5w 30 купить  
+лукойл genesis special c4 5w 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084589</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1313/part/620331900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+luk  — не менее 3 раз 
+комплект  — не менее 3 раз 
+сцепление  — не менее 3 раз 
+вест  — не менее 3 раз 
+купить  — не менее 3 раз 
+волгоград  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+luk 620331900 комплект сцепления на весту купить  
+сцепление luk 620331900 купить в волгограде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084580</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/639/part/llk05w30004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+llk05w30004 купить  
+llk05w30004 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084573</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+pro  — не менее 3 раз 
+line  — не менее 3 раз 
+motorspulung  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly pro line motorspulung купить  
+liqui moly pro line motorspulung цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084564</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+klima  — не менее 3 раз 
+fresh  — не менее 3 раз 
+plus  — не менее 3 раз 
+купить  — не менее 3 раз 
+освежитель  — не менее 3 раз 
+кондиционер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly klima fresh plus купить  
+освежитель кондиционера klima fresh plus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084561</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/3352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+thermoflex  — не менее 3 раз 
+купить  — не менее 3 раз 
+spezialfett  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 3352 thermoflex купить  
+liqui moly 3352 купить  
+liqui moly thermoflex spezialfett 3352 купить  
+liqui moly thermoflex купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084544</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1900</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+тормоз  — не менее 3 раз 
+ликви  — не менее 3 раз 
+моль  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 1900 купить  
+очиститель тормозов ликви моли купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084538</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/166224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lds  — не менее 3 раз 
+citroen  — не менее 3 раз 
+купить  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+ситроен  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lds citroen c5 купить  
+жидкость lds ситроен с5 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084527</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/ks92090040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+незамерзайка  — не менее 3 раз 
+ниссан  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ks920 90040 купить  
+незамерзайка ниссан ks920 90040 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084497</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/ke90099943r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+nissan  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ke90099943r купить  
+nissan ke90099943r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084476</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6486/part/320492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+kangaroo  — не менее 3 раз 
+profoam  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kangaroo profoam 4000 купить  
+profoam 4000 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084473</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6486/part/320454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+kangaroo  — не менее 3 раз 
+profoam  — не менее 3 раз 
+купить  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kangaroo profoam 3000 купить  
+очиститель kangaroo profoam 3000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084469</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1988</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+getriebeoil  — не менее 3 раз 
+additiv  — не менее 3 раз 
+купить  — не менее 3 раз 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+getriebeoil additiv купить  
+liqui moly 1988 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084432</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g004000m2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+vag  — не менее 3 раз 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g004000m2 цена  
+vag g 004 000 m2 купить  
+vag g004000m2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084418</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g060726a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+vag  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g 060 726 a2 купить  
+g060726a2 купить  
+vag g 060 726 a2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084411</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/214028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+fluidmatic  — не менее 3 раз 
+mv  — не менее 3 раз 
+lv  — не менее 3 раз 
+цена  — не менее 3 раз 
+total  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+fluidmatic mv lv цена  
+total fluidmatic mv lv купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084382</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/9905</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+epoxy  — не менее 3 раз 
+metal  — не менее 3 раз 
+купить  — не менее 3 раз 
+mannol  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol 9905 купить  
+epoxy metal 9905 купить  
+mannol 9905 epoxy metal купить  
+mannol epoxy metal купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084359</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/514/part/9736a0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+eolys  — не менее 3 раз 
+powerflex  — не менее 3 раз 
+купить  — не менее 3 раз 
+иолис  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+eolys powerflex купить  
+купить иолис 9736ао </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084356</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+renaultmatic  — не менее 3 раз 
+syn  — не менее 3 раз 
+цена  — не менее 3 раз 
+масло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf renaultmatic d3 syn цена  
+renaultmatic d3 syn цена  
+масло elf renaultmatic d3 syn цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084344</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/ixeh22tt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+купить  — не менее 3 раз 
+iridium  — не менее 3 раз 
+tt  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso ixeh22tt свеча зажигания купить  
+свеча зажигания denso ixeh22tt iridium tt купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084258</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6353/part/ddmvatfc12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+petro  — не менее 3 раз 
+canada  — не менее 3 раз 
+duradrive  — не менее 3 раз 
+mv  — не менее 3 раз 
+synthetic  — не менее 3 раз 
+atf  — не менее 3 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+petro canada duradrive mv synthetic atf купить  
+petro canada duradrive mv synthetic atf цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084253</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/mz320262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cvtf  — не менее 3 раз 
+купить  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+вариатор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cvtf j4 купить  
+mz320262 купить  
+жидкость вариатора mz320262 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084250</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/80697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+copper  — не менее 3 раз 
+spray  — не менее 3 раз 
+gasket  — не менее 3 раз 
+купить  — не менее 3 раз 
+permatex  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+copper spray a gasket купить  
+permatex 80697 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084228</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6820/part/cs010102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+coolstream  — не менее 3 раз 
+premium  — не менее 3 раз 
+cs  — не менее 3 раз 
+цена  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+оранжевый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+coolstream premium cs 40 цена  
+антифриз coolstream premium 40 оранжевый цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084223</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/65</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+brembo  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+brembo купить  
+купить brembo  
+brembo купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084173</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bpr7hs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+ngk  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bpr7hs купить  
+купить свечу ngk bpr7hs </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084167</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7384/part/9400200000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+body  — не менее 3 раз 
+герметик  — не менее 3 раз 
+купить  — не менее 3 раз 
+боди  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+body 940 герметик купить  
+body 940 купить  
+боди 940 купить  
+герметик body 940 купить  
+герметик боди 940 купить  
+купить герметик боди 940 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084148</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bkr5e11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ngk  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bkr5e 11 купить  
+ngk bkr5e 11 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084140</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5727/part/bg109</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bg  — не менее 3 раз 
+купить  — не менее 3 раз 
+липецк  — не менее 3 раз 
+уфа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bg 109 купить в липецке  
+bg 109 купить в уфе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084133</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bcpr6es</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bcpr6es ngk купить  
+купить свечи ngk bcpr6es </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084124</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7394/part/3310</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bbf  — не менее 3 раз 
+удалитель  — не менее 3 раз 
+влага  — не менее 3 раз 
+купить  — не менее 3 раз 
+бензобак  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bbf удалитель влаги купить  
+удалитель влаги из бензобака bbf купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084120</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6792/part/1020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+atas  — не менее 3 раз 
+decabit  — не менее 3 раз 
+купить  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+atas decabit купить  
+decabit очиститель купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084092</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/35070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+antifrost  — не менее 3 раз 
+scheiben  — не менее 3 раз 
+frostschutz  — не менее 3 раз 
+konzentrat  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+antifrost scheiben frostschutz konzentrat 70с цена  
+antifrost scheiben frostschutz konzentrat цена  
+купить antifrost scheiben frostschutz konzentrat 70с </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084081</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/pr600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+abro  — не менее 3 раз 
+купить  — не менее 3 раз 
+смывка  — не менее 3 раз 
+краска  — не менее 3 раз 
+аэрозоль  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+abro 600 купить  
+смывка краски abro аэрозоль купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084047</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5917/part/9g0802</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+force  — не менее 3 раз 
+купить  — не менее 3 раз 
+ключ  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+9g0802 force купить  
+9g0802 купить  
+force 9g0802 купить  
+купить ключ на 41 9g0802 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084040</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/9904</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+epoxy  — не менее 3 раз 
+plastic  — не менее 3 раз 
+купить  — не менее 3 раз 
+mannol  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+9904 epoxy plastic купить  
+mannol 9904 epoxy plastic купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084032</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/8200640555</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+аккумулятор  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+8200640555 цена  
+аккумулятор 82 00 640 555 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084002</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/7700500168</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+renault  — не менее 3 раз 
+оригинал  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+7700500168 купить  
+7700500168 свеча зажигания renault оригинал цена  
+7700500168 цена  
+свечи зажигания 7700500168 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083986</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/7700274177</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+масляный  — не менее 3 раз 
+renault  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+7700274177 цена  
+фильтр масляный renault 7700274177 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083982</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8160/part/72983</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+slipkote  — не менее 3 раз 
+купить  — не менее 3 раз 
+huskey  — не менее 3 раз 
+r  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+72983 slipkote купить  
+huskey 220 r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083976</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/4024610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mitsubishi  — не менее 3 раз 
+atf  — не менее 3 раз 
+купить  — не менее 3 раз 
+diamond  — не менее 3 раз 
+sp  — не менее 3 раз 
+iii  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+4024610 mitsubishi atf sp3 4л купить  
+mitsubishi diamond atf sp iii купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083948</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6642/part/tc534</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чернитель  — не менее 3 раз 
+покрышка  — не менее 3 раз 
+купить  — не менее 3 раз 
+резина  — не менее 3 раз 
+тритон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+3ton чернитель покрышек купить  
+чернитель резины тритон купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083944</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7744/part/311053710072</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+пыльник  — не менее 3 раз 
+подрулевой  — не менее 3 раз 
+переключатель  — не менее 3 раз 
+газ  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+311053710072 купить  
+пыльники подрулевых переключателей газ 31105 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083922</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/289308338r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+веерный  — не менее 3 раз 
+форсунка  — не менее 3 раз 
+рено  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+289308338r купить  
+веерные форсунки рено купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083911</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6380/part/2024005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ice  — не менее 3 раз 
+tiger  — не менее 3 раз 
+купить  — не менее 3 раз 
+незамерзайка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ice tiger купить  
+ice tiger незамерзайка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083894</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/1k0955429b</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+vag  — не менее 3 раз 
+b  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+1k0955429b купить  
+vag 1k0 955 429 b купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083891</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/175393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+масло  — не менее 3 раз 
+тотать  — не менее 3 раз 
+кварц  — не менее 3 раз 
+hks  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+175393 купить  
+купить масло тотал кварц 5w30 9000 hks </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083859</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/579/part/0888010705</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+toyota  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0888010705 toyota цена  
+0888010705 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083837</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0580453453</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+bosch  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bosch 0580453453 купить  
+0580453453 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083831</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/545/part/000017504293020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+уплотнитель  — не менее 3 раз 
+дверь  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+000017504293020 купить  
+уплотнитель дверей 000017504293020 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+татнефть (встречается в 5 запросах, значимость 5) 
+пао (встречается в 3 запросах, значимость 3) 
+масло (встречается в 2 запросах, значимость 2) 
+pao (встречается в 2 запросах, значимость 2) 
+люкс (встречается в 2 запросах, значимость 2) 
+luxe (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 5 запросах, значимость 5) 
+татнефть (встречается в 5 запросах, значимость 5) 
+luxe (встречается в 2 запросах, значимость 2) 
+люкс (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+синтетика (встречается в 1 запросе, значимость 1) 
+моторный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083201</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+краска (встречается в 5 запросах, значимость 5) 
+motip (встречается в 4 запросах, значимость 4) 
+кожа (встречается в 3 запросах, значимость 3) 
+черный (встречается в 3 запросах, значимость 3) 
+матовый (встречается в 1 запросе, значимость 1) 
+мотип (встречается в 1 запросе, значимость 1) 
+руль (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082815</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+герметик (встречается в 4 запросах, значимость 4) 
+виктор (встречается в 3 запросах, значимость 3) 
+рейнз (встречается в 3 запросах, значимость 3) 
+градус (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+victor (встречается в 1 запросе, значимость 1) 
+reinz (встречается в 1 запросе, значимость 1) 
+reinzosil (встречается в 1 запросе, значимость 1) 
+рензосила (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+арктика (встречается в 5 запросах, значимость 5) 
+sintec (встречается в 3 запросах, значимость 3) 
+синтек (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081628</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 4 запросах, значимость 4) 
+цена (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 2 запросах, значимость 2) 
+нжк (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080815</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+genesis (встречается в 4 запросах, значимость 4) 
+special (встречается в 4 запросах, значимость 4) 
+lukoil (встречается в 3 запросах, значимость 3) 
+polar (встречается в 3 запросах, значимость 3) 
+лукойл (встречается в 2 запросах, значимость 2) 
+масло (встречается в 1 запросе, значимость 1) 
+полар (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080443</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+герметик (встречается в 5 запросах, значимость 7) 
+liqui (встречается в 3 запросах, значимость 5) 
+moly (встречается в 3 запросах, значимость 5) 
+система (встречается в 2 запросах, значимость 4) 
+охлаждение (встречается в 2 запросах, значимость 4) 
+радиатор (встречается в 3 запросах, значимость 3) 
+ликви (встречается в 2 запросах, значимость 2) 
+моль (встречается в 2 запросах, значимость 2) 
+омск (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+незамерзайка (встречается в 3 запросах, значимость 3) 
+ниссан (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+genesis (встречается в 3 запросах, значимость 3) 
+claritech (встречается в 3 запросах, значимость 3) 
+лукойл (встречается в 3 запросах, значимость 3) 
+кларитекать (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+генезис (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079439</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elf (встречается в 5 запросах, значимость 5) 
+dot (встречается в 3 запросах, значимость 3) 
+frelub (встречается в 3 запросах, значимость 3) 
+тормозной (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078860</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/3/part/03990205112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ate (встречается в 2 запросах, значимость 2) 
+bremszylinder (встречается в 2 запросах, значимость 2) 
+paste (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077593</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+жидкость (встречается в 3 запросах, значимость 11) 
+гур (встречается в 3 запросах, значимость 11) 
+форд (встречается в 1 запросе, значимость 9) 
+фокус (встречается в 1 запросе, значимость 9) 
+зеленый (встречается в 1 запросе, значимость 9) 
+ford (встречается в 4 запросах, значимость 4) 
+dp (встречается в 2 запросах, значимость 2) 
+ps (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mtf (встречается в 4 запросах, значимость 4) 
+цена (встречается в 3 запросах, значимость 3) 
+hyundai (встречается в 2 запросах, значимость 2) 
+масло (встречается в 2 запросах, значимость 2) 
+gl (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+износ (встречается в 4 запросах, значимость 4) 
+стойка (встречается в 3 запросах, значимость 3) 
+москва (встречается в 2 запросах, значимость 2) 
+стабилизатор (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 3 запросах, значимость 3) 
+nissan (встречается в 2 запросах, значимость 2) 
+ниссан (встречается в 2 запросах, значимость 2) 
+охлаждающий (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082579</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5028/part/wta002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wider (встречается в 2 запросах, значимость 2) 
+sprayer (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082139</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6750/part/15081619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+tutela (встречается в 4 запросах, значимость 4) 
+cs (встречается в 4 запросах, значимость 4) 
+speed (встречается в 4 запросах, значимость 4) 
+car (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+класс (встречается в 3 запросах, значимость 9) 
+росдот (встречается в 3 запросах, значимость 9) 
+rosdot (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 3 запросах, значимость 5) 
+hyundai (встречается в 1 запросе, значимость 3) 
+kia (встречается в 1 запросе, значимость 3) 
+зеленый (встречается в 1 запросе, значимость 1) 
+кат (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081423</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+смазка (встречается в 3 запросах, значимость 3) 
+диэлектрический (встречается в 2 запросах, значимость 2) 
+зажигание (встречается в 2 запросах, значимость 2) 
+permatex (встречается в 1 запросе, значимость 1) 
+катушка (встречается в 1 запросе, значимость 1) 
+свеча (встречается в 1 запросе, значимость 1) 
+свечной (встречается в 1 запросе, значимость 1) 
+наконечник (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081157</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 3 запросах, значимость 3) 
+quick (встречается в 2 запросах, значимость 2) 
+grid (встречается в 2 запросах, значимость 2) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081110</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 3 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+luk (встречается в 4 запросах, значимость 4) 
+сцепление (встречается в 4 запросах, значимость 4) 
+комплект (встречается в 2 запросах, значимость 2) 
+вест (встречается в 1 запросе, значимость 1) 
+волгоград (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080436</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7554</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 3 запросах, значимость 3) 
+moly (встречается в 3 запросах, значимость 3) 
+direkt (встречается в 2 запросах, значимость 2) 
+injection (встречается в 2 запросах, значимость 2) 
+reiniger (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 4 запросах, значимость 4) 
+moly (встречается в 4 запросах, значимость 4) 
+thermoflex (встречается в 3 запросах, значимость 3) 
+spezialfett (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080236</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 1 запросе, значимость 1) 
+vag (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079406</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6214/part/5444</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+flosser (встречается в 4 запросах, значимость 5) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 3 запросах, значимость 4) 
+epoxy (встречается в 3 запросах, значимость 3) 
+metal (встречается в 3 запросах, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 3 запросах, значимость 3) 
+ngk (встречается в 3 запросах, значимость 3) 
+свеча (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+force (встречается в 2 запросах, значимость 2) 
+ключ (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dex (встречается в 4 запросах, значимость 9) 
+cool (встречается в 4 запросах, значимость 9) 
+антифриз (встречается в 3 запросах, значимость 8) 
+longlife (встречается в 2 запросах, значимость 5) 
+gm (встречается в 1 запросе, значимость 4) 
+красный (встречается в 1 запросе, значимость 3) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077259</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 3 запросах, значимость 3) 
+свеча (встречается в 2 запросах, значимость 2) 
+зажигание (встречается в 2 запросах, значимость 2) 
+renault (встречается в 1 запросе, значимость 1) 
+оригинал (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 2 запросах, значимость 2) 
+moly (встречается в 2 запросах, значимость 2) 
+ликви (встречается в 2 запросах, значимость 2) 
+моль (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076714</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elf (встречается в 3 запросах, значимость 3) 
+evolution (встречается в 2 запросах, значимость 2) 
+sxr (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076690</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5007/part/130512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huco (встречается в 4 запросах, значимость 4) 
+регулятор (встречается в 2 запросах, значимость 2) 
+напряжение (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076488</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8128/part/4823074501275</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (9 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бариевый  — не менее 3 раз 
+смазка  — не менее 3 раз 
+шрусов  — не менее 3 раз 
+купить  — не менее 3 раз 
+шрб  — не менее 3 раз 
+иркутск  — не менее 3 раз 
+агринол  — не менее 3 раз 
+челябинск  — не менее 3 раз 
+бзак  — не менее 3 раз 
+exist  — не менее 3 раз 
+москва  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+цена  — не менее 3 раз 
+шбр  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бариевые смазки для шрусов купить  
+где купить шрб 4 в иркутске  
+смазка шрб 4 агринол купить в челябинске  
+смазка шрб 4 бзак купить  
+смазка шрб 4 купить в exist  
+смазка шрб 4 купить в москве  
+смазка шрб 4 купить в нижнем новгороде  
+смазка шрб 4 купить в челябинске  
+смазка шрб 4 цена  
+смазка шрб цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083954</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (30 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 15 запросах, значимость 19) 
+свеча (встречается в 16 запросах, значимость 18) 
+цена (встречается в 11 запросах, значимость 11) 
+зажигание (встречается в 7 запросах, значимость 7) 
+денсо (встречается в 5 запросах, значимость 5) 
+москва (встречается в 2 запросах, значимость 2) 
+комплект (встречается в 1 запросе, значимость 1) 
+iridium (встречается в 1 запросе, значимость 1) 
+tt (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078549</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+rvs (встречается в 3 запросах, значимость 3) 
+master (встречается в 3 запросах, значимость 3) 
+engine (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+присадка (встречается в 3 запросах, значимость 3) 
+рвс (встречается в 3 запросах, значимость 3) 
+мастер (встречается в 2 запросах, значимость 2) 
+лнр (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081544</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+psf (встречается в 4 запросах, значимость 4) 
+жидкость (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+гур (встречается в 2 запросах, значимость 2) 
+ultra (встречается в 1 запросе, значимость 1) 
+гидроусилитель (встречается в 1 запросе, значимость 1) 
+руль (встречается в 1 запросе, значимость 1) 
+хендай (встречается в 1 запросе, значимость 1) 
+солярис (встречается в 1 запросе, значимость 1) 
+псф (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motorcraft (встречается в 4 запросах, значимость 4) 
+xt (встречается в 3 запросах, значимость 3) 
+qlvc (встречается в 2 запросах, значимость 2) 
+mercon (встречается в 1 запросе, значимость 1) 
+lv (встречается в 1 запросе, значимость 1) 
+qlv (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lv (встречается в 6 запросах, значимость 6) 
+getriebeoil (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+toyota (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) 
+тойота (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+присадка (встречается в 3 запросах, значимость 5) 
+vag (встречается в 1 запросе, значимость 3) 
+москва (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079315</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+brisk (встречается в 4 запросах, значимость 5) 
+свеча (встречается в 3 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+зажигание (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+герметик (встречается в 4 запросах, значимость 4) 
+body (встречается в 3 запросах, значимость 3) 
+боди (встречается в 3 запросах, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077976</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+beru (встречается в 5 запросах, значимость 5) 
+ultra (встречается в 5 запросах, значимость 5) 
+x (встречается в 5 запросах, значимость 5) 
+цена (встречается в 3 запросах, значимость 3) 
+свеча (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077819</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7618/part/75355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свечной (встречается в 3 запросах, значимость 3) 
+ключ (встречается в 3 запросах, значимость 3) 
+киа (встречается в 3 запросах, значимость 3) 
+рио (встречается в 3 запросах, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083450</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 3 запросах, значимость 3) 
+татнефть (встречается в 3 запросах, значимость 3) 
+пао (встречается в 2 запросах, значимость 2) 
+luxe (встречается в 1 запросе, значимость 1) 
+pao (встречается в 1 запросе, значимость 1) 
+люкс (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+расходник (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zic (встречается в 3 запросах, значимость 3) 
+flush (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+denso (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vic (встречается в 2 запросах, значимость 2) 
+c (встречается в 2 запросах, значимость 2) 
+масляный (встречается в 2 запросах, значимость 2) 
+фильтр (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082239</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+evo (встречается в 2 запросах, значимость 14) 
+антифриз (встречается в 2 запросах, значимость 14) 
+vag (встречается в 1 запросе, значимость 1) 
+уфа (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082217</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vag (встречается в 3 запросах, значимость 3) 
+масло (встречается в 2 запросах, значимость 2) 
+g (встречается в 1 запросе, значимость 1) 
+оригинал (встречается в 1 запросе, значимость 1) 
+longlife (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082196</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vag (встречается в 2 запросах, значимость 2) 
+special (встречается в 2 запросах, значимость 2) 
+plus (встречается в 2 запросах, значимость 2) 
+g (встречается в 1 запросе, значимость 1) 
+оригинал (встречается в 1 запросе, значимость 1) 
+vw (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082183</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масляный (встречается в 2 запросах, значимость 2) 
+фильтр (встречается в 2 запросах, значимость 2) 
+vag (встречается в 1 запросе, значимость 1) 
+шкода (встречается в 1 запросе, значимость 1) 
+рапид (встречается в 1 запросе, значимость 1) 
+челябинск (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082173</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+turtle (встречается в 2 запросах, значимость 2) 
+wax (встречается в 2 запросах, значимость 2) 
+clearvue (встречается в 2 запросах, значимость 2) 
+rain (встречается в 2 запросах, значимость 2) 
+repellent (встречается в 2 запросах, значимость 2) 
+антидождь (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082035</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 2 запросах, значимость 2) 
+hbf (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+тормозной (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) 
+тотать (встречается в 1 запросе, значимость 1) 
+дот (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081944</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 2 запросах, значимость 3) 
+fluide (встречается в 2 запросах, значимость 3) 
+da (встречается в 2 запросах, значимость 3) 
+масло (встречается в 1 запросе, значимость 2) 
+тотать (встречается в 1 запросе, значимость 1) 
+флюид (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081903</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6838/part/sp5152</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+step (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vkn (встречается в 3 запросах, значимость 3) 
+skf (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081636</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 2 запросах, значимость 2) 
+rust (встречается в 2 запросах, значимость 2) 
+treatment (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081193</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/514/part/dlm0030003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dsr (встречается в 3 запросах, значимость 5) 
+partner (встречается в 2 запросах, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 3 запросах, значимость 3) 
+свеча (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080862</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 3 запросах, значимость 3) 
+свеча (встречается в 1 запросе, значимость 1) 
+зажигание (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nanox (встречается в 2 запросах, значимость 2) 
+perfect (встречается в 1 запросе, значимость 1) 
+shine (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motrio (встречается в 2 запросах, значимость 2) 
+ultra (встречается в 2 запросах, значимость 2) 
+oil (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) 
+мотрио (встречается в 1 запросе, значимость 1) 
+ультра (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+fs (встречается в 3 запросах, значимость 3) 
+mobil (встречается в 2 запросах, значимость 2) 
+tm (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+мобил (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080650</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 3 запросах, значимость 3) 
+pur (встречается в 2 запросах, значимость 2) 
+sct (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080524</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+masuma (встречается в 3 запросах, значимость 3) 
+m (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 3 запросах, значимость 3) 
+ngk (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 1 запросе, значимость 1) 
+зажигание (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080476</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 3 запросах, значимость 3) 
+moly (встречается в 3 запросах, значимость 3) 
+antifrost (встречается в 3 запросах, значимость 3) 
+scheiben (встречается в 2 запросах, значимость 2) 
+frostschutz (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+накладка (встречается в 1 запросе, значимость 1) 
+номерной (встречается в 1 запросе, значимость 1) 
+знак (встречается в 1 запросе, значимость 1) 
+vag (встречается в 1 запросе, значимость 1) 
+kea (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079893</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6486/part/355043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cleaner (встречается в 2 запросах, значимость 2) 
+kangaroo (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079708</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hi (встречается в 2 запросах, значимость 2) 
+gear (встречается в 2 запросах, значимость 2) 
+очиститель (встречается в 1 запросе, значимость 1) 
+катализатор (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+москва (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+vag (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079386</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vag (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+g (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+g (встречается в 2 запросах, значимость 2) 
+vag (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079293</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+force (встречается в 3 запросах, значимость 3) 
+tools (встречается в 1 запросе, значимость 1) 
+ключ (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079179</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+febi (встречается в 3 запросах, значимость 3) 
+цена (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+syn (встречается в 3 запросах, значимость 3) 
+renaultmatic (встречается в 3 запросах, значимость 3) 
+цена (встречается в 3 запросах, значимость 3) 
+elf (встречается в 2 запросах, значимость 2) 
+масло (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078917</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elfmatic (встречается в 2 запросах, значимость 2) 
+elf (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) 
+эльф (встречается в 1 запросе, значимость 1) 
+гур (встречается в 1 запросе, значимость 1) 
+рено (встречается в 1 запросе, значимость 1) 
+логан (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078875</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+промывка (встречается в 2 запросах, значимость 2) 
+дизельный (встречается в 2 запросах, значимость 2) 
+diesel (встречается в 1 запросе, значимость 1) 
+system (встречается в 1 запросе, значимость 1) 
+purge (встречается в 1 запросе, значимость 1) 
+винс (встречается в 1 запросе, значимость 1) 
+форсунка (встречается в 1 запросе, значимость 1) 
+wynns (встречается в 1 запросе, значимость 1) 
+артикул (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078653</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/vxuh22i</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 1 запросе, значимость 1) 
+зажигание (встречается в 1 запросе, значимость 1) 
+iridium (встречается в 1 запросе, значимость 1) 
+tough (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078604</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/k20pru</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+u (встречается в 3 запросах, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078528</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+petro (встречается в 2 запросах, значимость 2) 
+canada (встречается в 2 запросах, значимость 2) 
+duradrive (встречается в 2 запросах, значимость 2) 
+mv (встречается в 2 запросах, значимость 2) 
+synthetic (встречается в 2 запросах, значимость 2) 
+atf (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cvtf (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) 
+вариатор (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078431</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/ke90299945</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nissan (встречается в 2 запросах, значимость 2) 
+coolant (встречается в 1 запросе, значимость 1) 
+юникс (встречается в 1 запросе, значимость 1) 
+киров (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078259</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5434/part/254521652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+chevron (встречается в 3 запросах, значимость 3) 
+sri (встречается в 3 запросах, значимость 3) 
+grease (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+brembo (встречается в 3 запросах, значимость 5) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bg (встречается в 3 запросах, значимость 3) 
+липецк (встречается в 1 запросе, значимость 1) 
+уфа (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077876</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077813</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+autran (встречается в 3 запросах, значимость 3) 
+mm (встречается в 3 запросах, значимость 3) 
+sp (встречается в 2 запросах, значимость 2) 
+iii (встречается в 2 запросах, значимость 2) 
+bp (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+antifrost (встречается в 3 запросах, значимость 3) 
+scheiben (встречается в 3 запросах, значимость 3) 
+frostschutz (встречается в 3 запросах, значимость 3) 
+konzentrat (встречается в 3 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077493</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+slipkote (встречается в 2 запросах, значимость 2) 
+huskey (встречается в 1 запросе, значимость 1) 
+r (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077085</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ice (встречается в 3 запросах, значимость 3) 
+tiger (встречается в 3 запросах, значимость 3) 
+незамерзайка (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076766</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0242229699</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 2 запросах, значимость 2) 
+бош (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+опель (встречается в 1 запросе, значимость 1) 
+зафир (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076288</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (7 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+фобос (встречается в 7 запросах, значимость 7) 
+пружина (встречается в 6 запросах, значимость 6) 
+киа (встречается в 4 запросах, значимость 4) 
+рио (встречается в 4 запросах, значимость 4) 
+цена (встречается в 2 запросах, значимость 2) 
+передний (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 5 запросах, значимость 13) 
+клей (встречается в 3 запросах, значимость 8) 
+rear (встречается в 2 запросах, значимость 2) 
+window (встречается в 2 запросах, значимость 2) 
+defogger (встречается в 2 запросах, значимость 2) 
+токопроводящий (встречается в 2 запросах, значимость 2) 
+омск (встречается в 1 запросе, значимость 1) 
+перматекс (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+очиститель (встречается в 5 запросах, значимость 5) 
+инжектор (встречается в 3 запросах, значимость 3) 
+протекать (встречается в 3 запросах, значимость 3) 
+protec (встречается в 2 запросах, значимость 2) 
+топливный (встречается в 2 запросах, значимость 2) 
+система (встречается в 2 запросах, значимость 2) 
+fuel (встречается в 1 запросе, значимость 1) 
+line (встречается в 1 запросе, значимость 1) 
+cleaner (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079269</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+аккумулятор (встречается в 4 запросах, значимость 4) 
+renault (встречается в 3 запросах, значимость 3) 
+москва (встречается в 1 запросе, значимость 1) 
+hi (встречается в 1 запросе, значимость 1) 
+life (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077157</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194757</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (10 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+nfj  — не менее 3 раз 
+купить  — не менее 3 раз 
+челябинск  — не менее 3 раз 
+цена  — не менее 3 раз 
+tranself  — не менее 3 раз 
+литр  — не менее 3 раз 
+trj  — не менее 3 раз 
+масло  — не менее 3 раз 
+астра  — не менее 3 раз 
+трансмиссионный  — не менее 3 раз 
+эльф  — не менее 3 раз 
+коробка  — не менее 3 раз 
+логан  — не менее 3 раз 
+мкпп  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf tranself nfj 75w 80 купить  
+elf nfj 75w80 купить в челябинске  
+купить масло elf tranself nfj 75w80  
+масло эльф в мкпп логан купить  
+масло эльф в коробку логана купить  
+масло трансмиссионное elf tranself nfj 75w80 цена  
+масло tranself nfj 75w80 цена  
+масло elf tranself nfj 75w80 цена  
+купить масло tranself nfj 75w80  
+купить масло elf tranself nfj 75w80 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083880</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+antifrost (встречается в 7 запросах, значимость 37) 
+liqui (встречается в 6 запросах, значимость 36) 
+moly (встречается в 6 запросах, значимость 36) 
+scheiben (встречается в 2 запросах, значимость 16) 
+frostschutz (встречается в 2 запросах, значимость 16) 
+незамерзайка (встречается в 2 запросах, значимость 2) 
+ликви (встречается в 1 запросе, значимость 1) 
+моль (встречается в 1 запросе, значимость 1) 
+запах (встречается в 1 запросе, значимость 1) 
+дыня (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077474</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автосигнализация (встречается в 2 запросах, значимость 12) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083633</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+тнк (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+trans (встречается в 1 запросе, значимость 1) 
+kp (встречается в 1 запросе, значимость 1) 
+super (встречается в 1 запросе, значимость 1) 
+транс (встречается в 1 запросе, значимость 1) 
+кп (встречается в 1 запросе, значимость 1) 
+супер (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+смывка (встречается в 2 запросах, значимость 2) 
+краска (встречается в 2 запросах, значимость 2) 
+боди (встречается в 1 запросе, значимость 1) 
+металл (встречается в 1 запросе, значимость 1) 
+body (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 2 запросах, значимость 2) 
+ngk (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+зажигание (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+очиститель (встречается в 2 запросах, значимость 2) 
+тормоз (встречается в 2 запросах, значимость 2) 
+аксиома (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+проф (встречается в 2 запросах, значимость 2) 
+очиститель (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083325</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мс (встречается в 2 запросах, значимость 2) 
+смазка (встречается в 1 запросе, значимость 1) 
+суппорт (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083059</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6372/part/xtc5l</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 2 запросах, значимость 3) 
+comma (встречается в 2 запросах, значимость 3) 
+xtech (встречается в 2 запросах, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+герметик (встречается в 2 запросах, значимость 2) 
+dirko (встречается в 1 запросе, значимость 1) 
+дирко (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zic (встречается в 2 запросах, значимость 2) 
+череповец (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082509</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+xenite (встречается в 2 запросах, значимость 2) 
+premium (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082395</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/525/part/1336797</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wss (встречается в 2 запросах, значимость 2) 
+d (встречается в 2 запросах, значимость 2) 
+антифриз (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082318</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+uaz (встречается в 1 запросе, значимость 1) 
+уаз (встречается в 1 запросе, значимость 1) 
+gl (встречается в 1 запросе, значимость 1) 
+воронеж (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+turtle (встречается в 2 запросах, значимость 2) 
+wax (встречается в 2 запросах, значимость 2) 
+очиститель (встречается в 1 запросе, значимость 1) 
+стекло (встречается в 1 запросе, значимость 1) 
+clearvue (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082107</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+toyota (встречается в 1 запросе, значимость 1) 
+rubber (встречается в 1 запросе, значимость 1) 
+grease (встречается в 1 запросе, значимость 1) 
+смазка (встречается в 1 запросе, значимость 1) 
+тойота (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081982</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 2 запросах, значимость 2) 
+quartz (встречается в 2 запросах, значимость 2) 
+nfc (встречается в 2 запросах, значимость 2) 
+future (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081961</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1327</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+амортизатор (встречается в 1 запросе, значимость 1) 
+токико (встречается в 1 запросе, значимость 1) 
+официальный (встречается в 1 запросе, значимость 1) 
+сайт (встречается в 1 запросе, значимость 1) 
+каталог (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081874</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+titan (встречается в 2 запросах, значимость 2) 
+sintofluid (встречается в 2 запросах, значимость 2) 
+fe (встречается в 2 запросах, значимость 2) 
+sae (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081861</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4114/part/513200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sonax (встречается в 2 запросах, значимость 2) 
+flugrostentferner (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sonax (встречается в 2 запросах, значимость 2) 
+brilliant (встречается в 2 запросах, значимость 2) 
+shine (встречается в 2 запросах, значимость 2) 
+detailer (встречается в 2 запросах, значимость 2) 
+xtreme (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081660</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7357/part/sn5w30c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+профикс (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+жидкость (встречается в 2 запросах, значимость 2) 
+тормозной (встречается в 2 запросах, значимость 2) 
+shell (встречается в 1 запросе, значимость 1) 
+брянск (встречается в 1 запросе, значимость 1) 
+шелл (встречается в 1 запросе, значимость 1) 
+дот (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+runway (встречается в 2 запросах, значимость 2) 
+air (встречается в 1 запросе, значимость 1) 
+conditioner (встречается в 1 запросе, значимость 1) 
+cleaner (встречается в 1 запросе, значимость 1) 
+очиститель (встречается в 1 запросе, значимость 1) 
+кондиционер (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081532</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/09117</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+rear (встречается в 1 запросе, значимость 1) 
+window (встречается в 1 запросе, значимость 1) 
+defogger (встречается в 1 запросе, значимость 1) 
+repair (встречается в 1 запросе, значимость 1) 
+kit (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081469</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+prology (встречается в 2 запросах, значимость 2) 
+tfb (встречается в 2 запросах, значимость 2) 
+антенный (встречается в 1 запросе, значимость 1) 
+усилитель (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081369</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080938</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 1 запросе, значимость 1) 
+зажигание (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080910</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080904</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/8990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 2 запросах, значимость 2) 
+chf (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080560</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 2 запросах, значимость 2) 
+ester (встречается в 1 запросе, значимость 1) 
+additive (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080535</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+magnum (встречается в 2 запросах, значимость 2) 
+ultratec (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+rosneft (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080515</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mag (встречается в 2 запросах, значимость 2) 
+aluminum (встречается в 2 запросах, значимость 2) 
+polish (встречается в 2 запросах, значимость 2) 
+mothers (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080503</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+special (встречается в 2 запросах, значимость 2) 
+genesis (встречается в 2 запросах, значимость 2) 
+lukoil (встречается в 1 запросе, значимость 1) 
+лукойл (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080461</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080418</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1975</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+speed (встречается в 2 запросах, значимость 2) 
+diesel (встречается в 2 запросах, значимость 2) 
+zusatz (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 2 запросах, значимость 2) 
+moly (встречается в 2 запросах, значимость 2) 
+pro (встречается в 2 запросах, значимость 2) 
+line (встречается в 2 запросах, значимость 2) 
+motorspulung (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080376</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+klima (встречается в 2 запросах, значимость 2) 
+fresh (встречается в 2 запросах, значимость 2) 
+plus (встречается в 2 запросах, значимость 2) 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) 
+освежитель (встречается в 1 запросе, значимость 1) 
+кондиционер (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080349</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) 
+очиститель (встречается в 1 запросе, значимость 1) 
+тормоз (встречается в 1 запросе, значимость 1) 
+ликви (встречается в 1 запросе, значимость 1) 
+моль (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080199</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lds (встречается в 2 запросах, значимость 2) 
+citroen (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) 
+ситроен (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080179</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln1106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lavr (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080110</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/e1550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+koito (встречается в 2 запросах, значимость 2) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nissan (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079869</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+profoam (встречается в 2 запросах, значимость 2) 
+kangaroo (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+kangaroo (встречается в 2 запросах, значимость 2) 
+profoam (встречается в 2 запросах, значимость 2) 
+очиститель (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079836</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/ik20tt</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+getriebeoil (встречается в 1 запросе, значимость 1) 
+additiv (встречается в 1 запросе, значимость 1) 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079462</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g013774m2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 1 запросе, значимость 7) 
+vag (встречается в 1 запросе, значимость 7) 
+готовый (встречается в 1 запросе, значимость 7) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079373</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+fluidmatic (встречается в 2 запросах, значимость 2) 
+mv (встречается в 2 запросах, значимость 2) 
+lv (встречается в 2 запросах, значимость 2) 
+цена (встречается в 1 запросе, значимость 1) 
+total (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079144</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+eolys (встречается в 1 запросе, значимость 1) 
+powerflex (встречается в 1 запросе, значимость 1) 
+иолис (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078976</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/e1547</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+koito (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078851</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6321/part/dw5343</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+doctor (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078657</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/sxu22hdr8</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 2 запросах, значимость 2) 
+свеча (встречается в 2 запросах, значимость 2) 
+зажигание (встречается в 2 запросах, значимость 2) 
+iridium (встречается в 1 запросе, значимость 1) 
+tt (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078499</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/iq20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 2 запросах, значимость 2) 
+iridium (встречается в 1 запросе, значимость 1) 
+power (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078496</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кортеко (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+copper (встречается в 1 запросе, значимость 1) 
+spray (встречается в 1 запросе, значимость 1) 
+gasket (встречается в 1 запросе, значимость 1) 
+permatex (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+coolstream (встречается в 2 запросах, значимость 2) 
+premium (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+cs (встречается в 1 запросе, значимость 1) 
+антифриз (встречается в 1 запросе, значимость 1) 
+оранжевый (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078282</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6377/part/802840pie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+concentrate (встречается в 2 запросах, значимость 2) 
+techron (встречается в 2 запросах, значимость 2) 
+plus (встречается в 2 запросах, значимость 2) 
+chevron (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078218</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5434/part/254591642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+chevron (встречается в 2 запросах, значимость 2) 
+black (встречается в 2 запросах, значимость 2) 
+pearl (встречается в 2 запросах, значимость 2) 
+grease (встречается в 1 запросе, значимость 1) 
+ep (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 1 запросе, значимость 1) 
+ngk (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077922</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7262/part/d6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bimecc (встречается в 2 запросах, значимость 2) 
+ford (встречается в 1 запросе, значимость 1) 
+kuga (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bbf (встречается в 2 запросах, значимость 2) 
+удалитель (встречается в 2 запросах, значимость 2) 
+влага (встречается в 2 запросах, значимость 2) 
+бензобак (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077802</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+decabit (встречается в 2 запросах, значимость 2) 
+atas (встречается в 1 запросе, значимость 1) 
+очиститель (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077579</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6850/part/4143</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+convertiruggine (встречается в 2 запросах, значимость 2) 
+ferox (встречается в 2 запросах, значимость 2) 
+arexons (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077544</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/ws904r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+abro (встречается в 2 запросах, значимость 2) 
+ws (встречается в 2 запросах, значимость 2) 
+r (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077380</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+abro (встречается в 2 запросах, значимость 2) 
+смывка (встречается в 1 запросе, значимость 1) 
+краска (встречается в 1 запросе, значимость 1) 
+аэрозоль (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+epoxy (встречается в 2 запросах, значимость 2) 
+plastic (встречается в 2 запросах, значимость 2) 
+mannol (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077265</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/579/part/9091510003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+toyota (встречается в 1 запросе, значимость 1) 
+фильтр (встречается в 1 запросе, значимость 1) 
+масляный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077253</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 1 запросе, значимость 1) 
+аккумулятор (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 1 запросе, значимость 1) 
+фильтр (встречается в 1 запросе, значимость 1) 
+масляный (встречается в 1 запросе, значимость 1) 
+renault (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077125</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/67/part/64205</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+osram (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077058</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mitsubishi (встречается в 2 запросах, значимость 2) 
+atf (встречается в 2 запросах, значимость 2) 
+diamond (встречается в 1 запросе, значимость 1) 
+sp (встречается в 1 запросе, значимость 1) 
+iii (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076966</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+чернитель (встречается в 2 запросах, значимость 2) 
+покрышка (встречается в 1 запросе, значимость 1) 
+резина (встречается в 1 запросе, значимость 1) 
+тритон (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076954</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7913/part/36023743</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+освар (встречается в 2 запросах, значимость 2) 
+птф (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076947</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+пыльник (встречается в 1 запросе, значимость 1) 
+подрулевой (встречается в 1 запросе, значимость 1) 
+переключатель (встречается в 1 запросе, значимость 1) 
+газ (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076857</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/289329u000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nissan (встречается в 1 запросе, значимость 1) 
+форсунка (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076835</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+веерный (встречается в 1 запросе, значимость 1) 
+форсунка (встречается в 1 запросе, значимость 1) 
+рено (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076807</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vag (встречается в 1 запросе, значимость 1) 
+b (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 1 запросе, значимость 1) 
+тотать (встречается в 1 запросе, значимость 1) 
+кварц (встречается в 1 запросе, значимость 1) 
+hks (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076572</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5703/part/162646</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zic (встречается в 2 запросах, значимость 2) 
+atf (встречается в 1 запросе, значимость 1) 
+sp (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076561</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+toyota (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bosch (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076455</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0392023004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bosch (встречается в 1 запросе, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+уплотнитель (встречается в 1 запросе, значимость 1) 
+дверь (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076254</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (9 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bosch (встречается в 6 запросах, значимость 8) 
+датчик (встречается в 2 запросах, значимость 2) 
+кислород (встречается в 1 запросе, значимость 1) 
+лямбда (встречается в 1 запросе, значимость 1) 
+зонд (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076308</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (21 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elf (встречается в 13 запросах, значимость 13) 
+nfj (встречается в 13 запросах, значимость 13) 
+tranself (встречается в 13 запросах, значимость 13) 
+цена (встречается в 11 запросах, значимость 11) 
+масло (встречается в 11 запросах, значимость 11) 
+эльф (встречается в 3 запросах, значимость 3) 
+trj (встречается в 2 запросах, значимость 2) 
+трансмиссионный (встречается в 2 запросах, значимость 2) 
+логан (встречается в 2 запросах, значимость 2) 
+челябинск (встречается в 1 запросе, значимость 1) 
+литр (встречается в 1 запросе, значимость 1) 
+астра (встречается в 1 запросе, значимость 1) 
+коробка (встречается в 1 запросе, значимость 1) 
+мкпп (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076609</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (20 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+шрб (встречается в 18 запросах, значимость 18) 
+смазка (встречается в 12 запросах, значимость 12) 
+агринол (встречается в 3 запросах, значимость 3) 
+челябинск (встречается в 2 запросах, значимость 2) 
+exist (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+бариевый (встречается в 1 запросе, значимость 1) 
+шрусов (встречается в 1 запросе, значимость 1) 
+иркутск (встречается в 1 запросе, значимость 1) 
+бзак (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) 
+нижний (встречается в 1 запросе, значимость 1) 
+новгород (встречается в 1 запросе, значимость 1) 
+шбр (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077001</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/akkumulyatory</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аккумулятор  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аккумуляторы заказать </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085418</t>
+  </si>
+  <si>
+    <t>https://www.autodoc.ru/catalogs/avtolampy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автолампа  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автолампы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085415</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7384/part/9990300000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шовный  — не менее 3 раз 
+герметик  — не менее 3 раз 
+авто  — не менее 3 раз 
+body  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шовный герметик для авто body 999 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085412</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7882/part/430406014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чистый  — не менее 3 раз 
+миля  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чистая миля 25 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085410</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/0893114114</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цинковый  — не менее 3 раз 
+спрей  — не менее 3 раз 
+wurth  — не менее 3 раз 
+perfect  — не менее 3 раз 
+sabesto  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цинковый спрей wurth perfect sabesto купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085408</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6943/part/xa60102</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+хладагент  — не менее 3 раз 
+хадо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+хладагент хадо купить r134a </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085405</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6248/part/45130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фобос  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фобос 45130 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085402</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/552/part/830077728</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+флешка  — не менее 3 раз 
+мазда  — не менее 3 раз 
+cx  — не менее 3 раз 
+купить  — не менее 3 раз 
+уфа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+флешка мазда cx 5 купить уфа </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085399</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8128/part/4823074501190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фиол  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фиол 2у купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085396</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/191/part/51741</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фильтр  — не менее 3 раз 
+масляный  — не менее 3 раз 
+wix  — не менее 3 раз 
+розничный  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фильтр масляный wix 51741 розничная цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085394</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/101/part/14738</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+феби  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+феби 14738 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085390</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7875/part/00000261</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+транспондер  — не менее 3 раз 
+купить  — не менее 3 раз 
+воронеж  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+транспондер купить в воронеже </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085388</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6573/part/1810034</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+термостат  — не менее 3 раз 
+ween  — не менее 3 раз 
+купить  — не менее 3 раз 
+украина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термостат ween 1810034 87c купить в украине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085384</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/lg990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+смазка  — не менее 3 раз 
+abro  — не менее 3 раз 
+lg  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+смазка abro lg 990 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085379</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5439/part/sk651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ск  — не менее 3 раз 
+гранд  — не менее 3 раз 
+прикс  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ск 651 гранд прикс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085376</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7618/part/75354</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свечной  — не менее 3 раз 
+ключ  — не менее 3 раз 
+пежо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечной ключ для пежо 308 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085374</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свечной  — не менее 3 раз 
+ключ  — не менее 3 раз 
+киа  — не менее 3 раз 
+рио  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечной ключ для киа рио 3 купить  
+свечной ключ на киа рио 3 купить  
+свечной ключ на киа рио купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085372</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/k16pru11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свеча  — не менее 3 раз 
+денсо  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечи денсо k16pr u11 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085369</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/dr8ea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свеча  — не менее 3 раз 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свеча ngk dr8ea купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085364</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/54467br00a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сайлентблок  — не менее 3 раз 
+подрамник  — не менее 3 раз 
+ниссан  — не менее 3 раз 
+трейл  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сайлентблоки подрамника ниссан х трейл т31 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085362</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/612/part/c302303</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+с302303 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085360</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6342/part/w63850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+раскоксовка  — не менее 3 раз 
+wynns  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+раскоксовка wynns купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085358</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5035/part/304326</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пыльник  — не менее 3 раз 
+шрус  — не менее 3 раз 
+original  — не менее 3 раз 
+gkn  — не менее 3 раз 
+parts  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пыльник шруса original gkn parts 304326 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085356</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пружина  — не менее 3 раз 
+овк  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пружины овк купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085353</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6909/part/4501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+присадка  — не менее 3 раз 
+ресурс  — не менее 3 раз 
+мкпп  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+присадка ресурс для мкпп купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085352</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6321/part/dw5171</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+поглотитель  — не менее 3 раз 
+запах  — не менее 3 раз 
+doctor  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поглотитель запаха doctor wax купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085351</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/0893140</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+очиститель  — не менее 3 раз 
+индустриальный  — не менее 3 раз 
+wurth  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+очиститель индустриальный wurth купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085345</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/08939000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+очиститель  — не менее 3 раз 
+рука  — не менее 3 раз 
+wurth  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+очиститель для рук wurth цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085343</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7511/part/ch002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+незамерзайка  — не менее 3 раз 
+метанол  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+незамерзайка на метаноле купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085340</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6909/part/1360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мс  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мс 5123 2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085338</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/152566</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мобил  — не менее 3 раз 
+супер  — не менее 3 раз 
+цена  — не менее 3 раз 
+артикул  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мобил супер 3000 5w40 цена артикул </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085336</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/152648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мобил  — не менее 3 раз 
+атф  — не менее 3 раз 
+лт  — не менее 3 раз 
+цена  — не менее 3 раз 
+литр  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мобил атф лт 71141 цена 4 литра </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085335</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7455/part/8211850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+моторный  — не менее 3 раз 
+чемпион  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло моторное чемпион 5w40 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085329</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6950/part/8317224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+wolf  — не менее 3 раз 
+snowscooter  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло wolf 0w40 snowscooter купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085328</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/1920</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ликви  — не менее 3 раз 
+моль  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ликви моли 1920 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085326</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7911/part/2108101200508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ливны  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ливны 2108 1012005 08 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085323</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7384/part/8940000005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лак  — не менее 3 раз 
+боди  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лак боди 894 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085320</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln1005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лавр  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+промывка  — не менее 3 раз 
+двигатель  — не менее 3 раз 
+км  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лавр мягкая промывка двигателя 200 км купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085318</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7598/part/cn1015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+салонный  — не менее 3 раз 
+nordfil  — не менее 3 раз 
+курск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить фильтр салонный nordfil cn1015 в курске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085316</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6995/part/kuk0230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+угольный  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+kujiwa  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить угольный фильтр kuk0230 kujiwa </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085312</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/579/part/0888602305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+трансмиссионный  — не менее 3 раз 
+масло  — не менее 3 раз 
+тойота  — не менее 3 раз 
+ws  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить трансмиссионное масло тойота ws </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085310</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/32/part/3000950097</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+сцепление  — не менее 3 раз 
+сакс  — не менее 3 раз 
+лад  — не менее 3 раз 
+вест  — не менее 3 раз 
+робот  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить сцепление сакс на лада веста робот </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085307</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6449/part/00238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+синий  — не менее 3 раз 
+глина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить синюю глину soft99 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085299</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/ik20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить свечи ik20 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085295</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0242236577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+bosch  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить свеча зажигания bosch 0242236577 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085291</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7100/part/cbd120003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+резонатор  — не менее 3 раз 
+свд  — не менее 3 раз 
+рено  — не менее 3 раз 
+дастер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить резонатор свд на рено дастер </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085287</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4026/part/14ad13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+присадка  — не менее 3 раз 
+castrol  — не менее 3 раз 
+tbe  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить присадку castrol tbe </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085276</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6784/part/1411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+оправка  — не менее 3 раз 
+пыльник  — не менее 3 раз 
+шрус  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить оправку для пыльника шруса </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085273</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5373/part/4nd111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+масляный  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+nitto  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить масляный фильтр nitto 4nd 111 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085271</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/513/part/05016796ac</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+масло  — не менее 3 раз 
+mopar  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить масло mopar 05016796ac </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085268</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+масло  — не менее 3 раз 
+comma  — не менее 3 раз 
+xtech  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло comma 5w30 xtech купить  
+купить масло comma xtech 5w 30 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085265</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6372/part/syn4l</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+масло  — не менее 3 раз 
+comma  — не менее 3 раз 
+syner  — не менее 3 раз 
+g  — не менее 3 раз 
+оригинал  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить масло comma 5w40 syner g оригинал </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085261</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/1539486</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+лукойл  — не менее 3 раз 
+genesis  — не менее 3 раз 
+glidetech  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить лукойл genesis glidetech 5w 30 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085257</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/company/city/15</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+великий  — не менее 3 раз 
+новгород  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить запчасти в великом новгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085254</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/6001998pr1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+датчик  — не менее 3 раз 
+радар  — не менее 3 раз 
+парковочный  — не менее 3 раз 
+артикул  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить датчик радар парковочный артикул 6001998pr1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085251</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5018/part/a1876</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+воздушный  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+сакура  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить воздушный фильтр сакура а 1876 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085246</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/172765</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+тотать  — не менее 3 раз 
+оранжевый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить антифриз тотал оранжевый </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085242</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/company/city/111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+автозапчасть  — не менее 3 раз 
+сочи  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить автозапчасти в сочи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085239</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/company/city/57</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+автозапчасть  — не менее 3 раз 
+липецк  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить автозапчасти в липецке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085236</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7342/part/st66409</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+sumake  — не менее 3 раз 
+st  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить sumake st 66409 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085231</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8166/part/102027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+sonatex  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить sonatex 102027 в нижнем новгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085228</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/6011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+mannol  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить mannol 7818 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085225</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194747</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+elf  — не менее 3 раз 
+type  — не менее 3 раз 
+b  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить elf type b </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085223</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6444/part/2066agnblv</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кмк  — не менее 3 раз 
+glass  — не менее 3 раз 
+параметр  — не менее 3 раз 
+цена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кмк glass 2066agnblv параметры цена купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085218</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/3721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кератек  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кератек цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085215</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/101/part/26712</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+керамический  — не менее 3 раз 
+смазка  — не менее 3 раз 
+свеча  — не менее 3 раз 
+накал  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+керамическая смазка для свечей накала купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085213</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4026/part/157ab3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кастрол  — не менее 3 раз 
+декстрон  — не менее 3 раз 
+гур  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кастрол декстрон 3 в гур цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085210</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/7711943691</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кастрол  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кастрол 5w40 rn710 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085209</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/254/part/k1152a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+filtron  — не менее 3 раз 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+к1152 а filtron купить недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085206</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5926/part/alf2820st</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+защита  — не менее 3 раз 
+картер  — не менее 3 раз 
+альфеко  — не менее 3 раз 
+лад  — не менее 3 раз 
+вест  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+защита картера альфеко лада веста купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085202</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/20</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+запчасть  — не менее 3 раз 
+trw  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+запчасти trw купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085198</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/533/part/35113sea305</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+заготовка  — не менее 3 раз 
+ключ  — не менее 3 раз 
+sea  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+заготовка ключа 35113 sea 305 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085193</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/ik16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+денсо  — не менее 3 раз 
+иридиум  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+денсо ик16 иридиум купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085184</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/13</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+глушитель  — не менее 3 раз 
+walker  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+глушители walker купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085176</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/89</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+delphi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить delphi </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085161</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7147/part/430206033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+феликс  — не менее 3 раз 
+красный  — не менее 3 раз 
+литр  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз феликс красный 5 литров g12 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085158</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7303/part/802558</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+синтек  — не менее 3 раз 
+евро  — не менее 3 раз 
+зеленый  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз синтек евро g11 зеленый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085156</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6820/part/cs010502pn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+coolstream  — не менее 3 раз 
+розовый  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз coolstream a 110 розовый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085150</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/company/city/19</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автозапчасть  — не менее 3 раз 
+купить  — не менее 3 раз 
+волгоград  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автозапчасти купить волгоград </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085148</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/company/city/120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автозапчасть  — не менее 3 раз 
+тула  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автозапчасти в туле купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085145</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автозапчасть  — не менее 3 раз 
+bosch  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автозапчасти bosch в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085142</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7255/part/40413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автодеть  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автодело 40413 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085141</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5631/part/a2c53097154</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+а2с53097154 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085138</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5703/part/132661</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zic  — не менее 3 раз 
+psf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+zic psf 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085136</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5703/part/162665</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zic  — не менее 3 раз 
+atf  — не менее 3 раз 
+multi  — не менее 3 раз 
+lf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+zic atf multi lf купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085129</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/895/part/0671090384</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zf  — не менее 3 раз 
+ecofluid  — не менее 3 раз 
+m  — не менее 3 раз 
+sae  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+zf ecofluid m sae 75w 80 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085127</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/ysbb091105fff</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ysbb091105fff купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085125</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5994/part/esd7042</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+yes  — не менее 3 раз 
+q  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+yes q esd7042 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085122</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7005/part/yt38931</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+yato  — не менее 3 раз 
+yt  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+yato yt 38931 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085119</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7005/part/yt29001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+yato  — не менее 3 раз 
+yt  — не менее 3 раз 
+набор  — не менее 3 раз 
+трубный  — не менее 3 раз 
+клупп  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+yato yt 29001 набор трубных клуппов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085116</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7005/part/yt2250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+yato  — не менее 3 раз 
+yt  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+yato yt 2250 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085112</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6342/part/w28679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wynns  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wynns w28679 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085105</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6342/part/w22911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wynns  — не менее 3 раз 
+supremium  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wynns supremium купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085099</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6342/part/w23379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wynns  — не менее 3 раз 
+diesel  — не менее 3 раз 
+egr  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wynns diesel egr 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085095</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/0890108730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wurth  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+тормоз  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wurth очиститель тормозов 500мл цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085089</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/089310610</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wurth  — не менее 3 раз 
+hhs  — не менее 3 раз 
+clean  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wurth hhs clean купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085086</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wss  — не менее 3 раз 
+d  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wss m97b44 d антифриз купить  
+wss m97b44 d купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085081</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7748/part/wd40410</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+welte  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+welte wd40410 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085077</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/13/part/80501</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+walker  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+walker 80501 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085074</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4/part/w9142</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mann  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+w9142 mann купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085070</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4/part/w7008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+w7008 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085067</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7625/part/57350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vorel  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vorel 57350 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085057</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6102/part/70011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vika  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vika 70011 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085054</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6376/part/872370</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+valvoline  — не менее 3 раз 
+maxlife  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+valvoline maxlife 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085036</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/21</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+valeo  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+valeo купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085032</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g055025a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+vag  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+vag g055025a2 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085023</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/224352</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+uzautooil  — не менее 3 раз 
+premium  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+uzautooil premium 5w 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085008</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+wider  — не менее 3 раз 
+sprayer  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+wider sprayer купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412085002</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6750/part/15001619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutela  — не менее 3 раз 
+gi  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutela gi a купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084999</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutela  — не менее 3 раз 
+car  — не менее 3 раз 
+cs  — не менее 3 раз 
+speed  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutela car cs speed 75w купить  
+tutela car cs speed купить  
+tutela cs speed 75w купить  
+tutela cs speed купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084996</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6456/part/fg6507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+turtle  — не менее 3 раз 
+wax  — не менее 3 раз 
+original  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+turtle wax original fg6507 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084993</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6456/part/fg6537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+turtle  — не менее 3 раз 
+wax  — не менее 3 раз 
+clear  — не менее 3 раз 
+vue  — не менее 3 раз 
+glass  — не менее 3 раз 
+polish  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+turtle wax clear vue glass polish купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084984</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/195003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tranself  — не менее 3 раз 
+nfp  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tranself nfp 75w 80 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084982</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/166276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+transmission  — не менее 3 раз 
+gl  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total transmission x4 gl 5 sae90 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084978</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/172768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+glacelf  — не менее 3 раз 
+classic  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total glacelf classic купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084969</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/166223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+fluide  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total fluide g3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084966</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6289/part/179304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+total  — не менее 3 раз 
+ceran  — не менее 3 раз 
+xm  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+total ceran xm 220 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084963</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+амортизатор  — не менее 3 раз 
+токико  — не менее 3 раз 
+официальный  — не менее 3 раз 
+сайт  — не менее 3 раз 
+каталог  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+амортизаторы токико официальный сайт каталог цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084960</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6320/part/hg5339</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tire  — не менее 3 раз 
+doctor  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tire doctor купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084954</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6377/part/804036mhe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+texaco  — не менее 3 раз 
+havoline  — не менее 3 раз 
+prods  — не менее 3 раз 
+m  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+texaco havoline prods m 5w 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084952</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6376/part/ve20030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tectyl  — не менее 3 раз 
+bodysafe  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tectyl bodysafe wax купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084949</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7246/part/ac222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+synthetium  — не менее 3 раз 
+ас  — не менее 3 раз 
+купить  — не менее 3 раз 
+свао  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+synthetium ас 222 купить в свао </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084947</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6734/part/39030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+synthetic  — не менее 3 раз 
+wax  — не менее 3 раз 
+protectant  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+synthetic wax protectant 3m купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084945</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6376/part/872597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+synpower  — не менее 3 раз 
+mst  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+synpower mst c3 5w 30 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084941</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/577/part/990f022b28001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+suzuki  — не менее 3 раз 
+oil  — не менее 3 раз 
+aw  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+suzuki at oil aw 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084939</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7321/part/saf3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+supra  — не менее 3 раз 
+saf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+supra saf 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084936</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/576/part/k067eya000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+subaru  — не менее 3 раз 
+super  — не менее 3 раз 
+coolant  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+subaru super coolant купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084933</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/576/part/k0670y0001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+subaru  — не менее 3 раз 
+super  — не менее 3 раз 
+coolant  — не менее 3 раз 
+литр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+subaru super coolant 1 литр купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084931</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+step  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+step up sp5152 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084928</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4114/part/390300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sonax  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+древесный  — не менее 3 раз 
+смола  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sonax очиститель древесной смолы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084924</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4114/part/271141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sonax  — не менее 3 раз 
+xtreme  — не менее 3 раз 
+nano  — не менее 3 раз 
+pro  — не менее 3 раз 
+незамерзайка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sonax xtreme nano pro незамерзайка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084921</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sonax  — не менее 3 раз 
+flugrostentferner  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sonax flugrostentferner купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084919</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7899/part/65527en</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+son  — не менее 3 раз 
+gun  — не менее 3 раз 
+чернитель  — не менее 3 раз 
+шина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+son of a gun чернитель шин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084913</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+профикс  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+профикс 5w30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084911</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7508</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+showa  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+showa купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084900</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5285/part/550050425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+shell  — не менее 3 раз 
+helix  — не менее 3 раз 
+high  — не менее 3 раз 
+mileage  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+shell helix high mileage цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084898</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5315/part/sd1024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+владимир  — не менее 3 раз 
+тормозной  — не менее 3 раз 
+диск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sd1024 купить во владимире тормозной диск </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084890</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5516/part/sm101</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sct  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sct sm101 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084889</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5516/part/9480</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sct  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sct 9480 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084884</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8025/part/0413sbu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+sapfire  — не менее 3 раз 
+sbu  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+sapfire sbu 0413 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084882</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7344/part/dfm76</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+samurai  — не менее 3 раз 
+dfm  — не менее 3 раз 
+купить  — не менее 3 раз 
+оптом  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+samurai dfm 76 купить оптом </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084880</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/895/part/s671090312</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+s671090312 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084879</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6388/part/v600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+rubber  — не менее 3 раз 
+cement  — не менее 3 раз 
+клей  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+rubber cement клей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084868</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6013/part/0890200004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+rost  — не менее 3 раз 
+plus  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+rost off plus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084865</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/110265505r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+renault  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+renault 11 02 655 05r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084854</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6865/part/80402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+redline  — не менее 3 раз 
+cv  — не менее 3 раз 
+grease  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+redline cv 2 grease купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+rear  — не менее 3 раз 
+window  — не менее 3 раз 
+defogger  — не менее 3 раз 
+repair  — не менее 3 раз 
+kit  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+rear window defogger repair kit купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084845</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6094/part/4014835831698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ravenol  — не менее 3 раз 
+marinefett  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ravenol marinefett купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084843</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/09104</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+radiator  — не менее 3 раз 
+repair  — не менее 3 раз 
+kit  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+radiator repair kit купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084840</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4099/part/550046189</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+quaker  — не менее 3 раз 
+state  — не менее 3 раз 
+ultimate  — не менее 3 раз 
+durability  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+quaker state ultimate durability 5w 20 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084831</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/38/part/fcs604</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+purflux  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+purflux fcs604 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084828</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+polcar  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+polcar в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084817</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/514/part/9735ea</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+peugeot  — не менее 3 раз 
+citroen  — не менее 3 раз 
+ea  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+peugeot citroen 9735 ea купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084810</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6353/part/psmc30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+petro  — не менее 3 раз 
+canada  — не менее 3 раз 
+precision  — не менее 3 раз 
+synthetic  — не менее 3 раз 
+ep  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+petro canada precision synthetic ep 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084806</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6353/part/atfd3mc12</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+petro  — не менее 3 раз 
+canada  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+petro canada d3m купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084803</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/89148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+ultra  — не менее 3 раз 
+grey  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex ultra grey купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084800</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/20356</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+ultra  — не менее 3 раз 
+disc  — не менее 3 раз 
+brake  — не менее 3 раз 
+caliper  — не менее 3 раз 
+lube  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex ultra disc brake caliper lube купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084798</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/82099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 82099 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084796</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81950</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81950 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084793</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81773 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084788</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81730 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084787</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/81180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 81180 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084786</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/80038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 80038 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084780</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6360/part/51813</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+permatex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+permatex 51813 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084779</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/979/part/1224112</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+pentosin  — не менее 3 раз 
+dot  — не менее 3 раз 
+lv  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+pentosin dot 4 lv купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084772</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6548/part/pfp093</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+patron  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+patron pfp093 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084770</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+partner  — не менее 3 раз 
+dsr  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+partner dsr купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084767</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6915/part/00000003483</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+parkcity  — не менее 3 раз 
+sydney  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+parkcity sydney 420 104 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084763</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/p0744w</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+p0744w koito купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084759</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/oza624e4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+oza624 e4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084757</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/86</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+otto  — не менее 3 раз 
+zimmermann  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+otto zimmermann купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084755</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/67/part/64210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+osram  — не менее 3 раз 
+dot  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+osram 64210 dot 12v 55w h7u цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084753</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5048/part/c4h91042h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+obk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+obk c4h 91042h купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084750</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8230/part/vol201804</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+novus  — не менее 3 раз 
+volcano  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+novus volcano 5w 40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084747</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+novline  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+novline купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084745</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7644/part/nlz1625020new</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+защита  — не менее 3 раз 
+картер  — не менее 3 раз 
+форд  — не менее 3 раз 
+фокус  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nlz1625020 защита картера форд фокус 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084744</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5972/part/nlh0010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nlh  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nlh 0010 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084741</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5373/part/4tp121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nitto  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nitto 4tp 121 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084736</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/123/part/940707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nissens  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nissens 940707 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084734</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/7711428132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nissan  — не менее 3 раз 
+engine  — не менее 3 раз 
+coolant  — не менее 3 раз 
+type  — не менее 3 раз 
+d  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nissan engine coolant type d купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084730</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1292/part/lr022460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nippon  — не менее 3 раз 
+aw  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nippon aw 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084727</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/ifr6a11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk ifr6a11 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084721</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/cr5hsb</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk cr5hsb купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084715</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/br7hs10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk br7hs 10 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084713</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bp6h</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk bp6h купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084703</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bkr7eix</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk bkr7eix купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084701</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bkr6ez</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk bkr6ez купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084697</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bkr5ek</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk bkr5ek цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084693</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/b7hs</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk b7hs купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084689</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/vline28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk 28 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084678</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/2667</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ngk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ngk 2667 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084676</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/n90732603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+n  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+n 907 326 03 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084668</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/mz320130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mz320130 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084665</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/mz101616ex</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mz101616ex купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084663</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6014/part/ni105</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+msg  — не менее 3 раз 
+рулевой  — не менее 3 раз 
+рейка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+msg ni105 рулевая рейка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084661</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5436/part/105777</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motul  — не менее 3 раз 
+gear  — не менее 3 раз 
+synthese  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motul gear 300 100 synthese купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084658</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/525/part/vc7b</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motorcraft  — не менее 3 раз 
+gold  — не менее 3 раз 
+antifreeze  — не менее 3 раз 
+ford  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motorcraft gold antifreeze ford vc7b в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084650</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1346/part/04066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motip  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motip 4066 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084646</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1346/part/00164</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+motip  — не менее 3 раз 
+удалитель  — не менее 3 раз 
+лак  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+motip 00164 удалитель лака купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084643</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6353/part/mosyn53c16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mosyn53c16 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084640</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/152659</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mobilube  — не менее 3 раз 
+shc  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mobilube 1 shc 75w 90 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084635</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/124245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mobil  — не менее 3 раз 
+racing  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mobil 1 racing 4t 10w 40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084632</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4085/part/123843</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mobil  — не менее 3 раз 
+extended  — не менее 3 раз 
+performance  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mobil 1 extended performance 5w 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084624</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln2137</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+petrol  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ml100 petrol купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084621</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7009/part/7679jrn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+millers  — не менее 3 раз 
+oils  — не менее 3 раз 
+cfs  — не менее 3 раз 
+nt  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+millers oils cfs 5w 40 nt купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084619</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6706/part/g7014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+meguiar  — не менее 3 раз 
+gold  — не менее 3 раз 
+class  — не менее 3 раз 
+carnauba  — не менее 3 раз 
+plus  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+meguiar s gold class carnauba plus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084618</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/552/part/053005tfe</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mazda  — не менее 3 раз 
+tfe  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mazda 0530 05 tfe купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084615</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/2127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+winter  — не менее 3 раз 
+diesel  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol winter diesel купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084612</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+chf  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol chf 11s цена  
+mannol chf цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084610</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/9897</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+belt  — не менее 3 раз 
+tensioner  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol belt tensioner купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084608</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5597/part/2134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mannol  — не менее 3 раз 
+air  — не менее 3 раз 
+conditioner  — не менее 3 раз 
+cleaner  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mannol air conditioner cleaner купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084605</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6870/part/1663025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lukoil  — не менее 3 раз 
+genesis  — не менее 3 раз 
+special  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lukoil genesis special c2 5w 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084585</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/lst0u2c9a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lst0u2c9a купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084578</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln2001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lavr  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ln2001 lavr купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084577</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/8048</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lm  — не менее 3 раз 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lm 40 liqui moly цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+speed  — не менее 3 раз 
+diesel  — не менее 3 раз 
+zusatz  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly speed diesel zusatz цена  
+speed diesel zusatz цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084567</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+lm  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly lm 50 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084562</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+bremsen  — не менее 3 раз 
+anti  — не менее 3 раз 
+quietsch  — не менее 3 раз 
+paste  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly bremsen anti quietsch paste купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084558</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7644</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 7644 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084552</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7643</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 7643 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+direkt  — не менее 3 раз 
+injection  — не менее 3 раз 
+reiniger  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly direkt injection reiniger 7554 купить  
+liqui moly direkt injection reiniger купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084548</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/3953</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 3953 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084546</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/2355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+liqui  — не менее 3 раз 
+moly  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+liqui moly 2355 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084541</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7782/part/atr5101a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+licota  — не менее 3 раз 
+atr  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+licota atr 5101a купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084534</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/35/part/2677401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lemforder  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lemforder 26774 01 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084530</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln1472</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lavr  — не менее 3 раз 
+нанозащита  — не менее 3 раз 
+вода  — не менее 3 раз 
+грязь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lavr нанозащита от воды и грязи купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084522</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6443/part/ln1103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lavr  — не менее 3 раз 
+radiator  — не менее 3 раз 
+flush  — не менее 3 раз 
+classic  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lavr radiator flush classic купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084518</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lavr  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lavr ln1106 купить  
+ln1106 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084516</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/7568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+langzeit  — не менее 3 раз 
+injection  — не менее 3 раз 
+reiniger  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+langzeit injection reiniger цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084512</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6455/part/ku72351</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+kudo  — не менее 3 раз 
+ku  — не менее 3 раз 
+купить  — не менее 3 раз 
+саратов  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kudo ku 72351 купить саратов </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084508</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6455/part/ku70005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+kudo  — не менее 3 раз 
+ku  — не менее 3 раз 
+купить  — не менее 3 раз 
+тюмень  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kudo ku 70005 купить в тюмени </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084504</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6455/part/ku6000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ku  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ku 6000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+koito e1550 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084494</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/e1542</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+koito e1542 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084492</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/p4519</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+koito 4519 35w купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084490</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5338/part/0474</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+koito 0474 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084487</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/kle5300004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kle5300004 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084484</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6486/part/330149</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+kangaroo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+kangaroo 330149 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084466</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/20/part/jar1061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тяга  — не менее 3 раз 
+рулевой  — не менее 3 раз 
+купить  — не менее 3 раз 
+фото  — не менее 3 раз 
+trw  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+jar1061 тяга рулевая купить фото trw </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084463</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ik20tt купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084461</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6378/part/1849004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+idemitsu  — не менее 3 раз 
+zepro  — не менее 3 раз 
+euro  — не менее 3 раз 
+spec  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+idemitsu zepro euro spec 5w40 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084459</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6380/part/2012005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ice  — не менее 3 раз 
+tiger  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ice tiger 2012005 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cleaner  — не менее 3 раз 
+kangaroo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+icc300 cleaner kangaroo купить  
+icc300 cleaner купить  
+kangaroo icc300 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084456</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/043005l1a0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hyundai  — не менее 3 раз 
+genuine  — не менее 3 раз 
+parts  — не менее 3 раз 
+mtf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hyundai genuine parts mtf 75w 90 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084454</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5432/part/3919</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hydro  — не менее 3 раз 
+stossel  — не менее 3 раз 
+additiv  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hydro stossel additiv цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084452</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8160/part/42103</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+huskey  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+huskey 42103 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084450</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6706/part/g9524</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hot  — не менее 3 раз 
+rims  — не менее 3 раз 
+wheel  — не менее 3 раз 
+tire  — не менее 3 раз 
+cleaner  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hot rims all wheel tire cleaner купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084448</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6320/part/hg9014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hi  — не менее 3 раз 
+gear  — не менее 3 раз 
+промывка  — не менее 3 раз 
+система  — не менее 3 раз 
+охлаждение  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hi gear промывка системы охлаждения цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084447</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6320/part/hg9037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+metallic  — не менее 3 раз 
+block  — не менее 3 раз 
+seal  — не менее 3 раз 
+металлогерметик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hg9039 metallic block seal металлогерметик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084445</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6320/part/hg2206</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hg2206 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084441</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/218</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hdk  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hdk купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084439</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7132/part/900879</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+glysantin  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+glysantin g48 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084437</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g052171a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g052171a2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антифриз  — не менее 3 раз 
+vag  — не менее 3 раз 
+готовый  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антифриз g13 vag готовый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084420</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g052141a2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g 052 141 a2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084409</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g012a8gm1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g012a8gm1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084407</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/g002000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+g  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+g 002 000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084404</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5917/part/949t1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+force  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+force 949t1 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084394</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5917/part/67402</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+force  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+force 67402 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084392</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5917/part/21013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+force  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+force 21013 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084386</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6014/part/fo044valve</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+fo  — не менее 3 раз 
+valve  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+fo 044 valve купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084384</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+flosser  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+flosser 5444 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084378</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6594/part/f510</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+finwhale  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+finwhale f510 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084376</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/254/part/op570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+filtron  — не менее 3 раз 
+op  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+filtron op 570 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084374</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/62/part/fdb527</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ferodo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ferodo fdb527 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084371</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/101/part/29934</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+febi  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+febi 29934 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084369</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/101/part/08972</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+febi  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+febi 08972 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084365</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/552/part/fe05185209d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+fe05185209d купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084362</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4045/part/194735</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elf d2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084340</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6697</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ebc  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ebc купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084335</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+koito  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+e1547 koito купить  
+koito e1547 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084333</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/153/part/dw60gn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dw60gn купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084330</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/153/part/dw35gn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dw35gn купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084328</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/8032/part/dt0132</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dt  — не менее 3 раз 
+detail  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dt 0132 detail купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084326</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/533/part/082009007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dpsf  — не менее 3 раз 
+honda  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dpsf honda купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084324</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/dox0250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dox  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dox 0250 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084322</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6372/part/bf4esp1l</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dot  — не менее 3 раз 
+esp  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dot 4 esp купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084320</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6321/part/dw5219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+doctor  — не менее 3 раз 
+wax  — не менее 3 раз 
+plastic  — не менее 3 раз 
+restore  — не менее 3 раз 
+shine  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+doctor wax plastic restore shine купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084318</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6321/part/dw5673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+doctor  — не менее 3 раз 
+wax  — не менее 3 раз 
+glass  — не менее 3 раз 
+polisher  — не менее 3 раз 
+stripper  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+doctor wax glass polisher stripper купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084316</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6321/part/dw8317</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+doctor  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+doctor wax dw8317 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+doctor  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+doctor wax dw5343 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084303</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/555/part/4039645</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dia  — не менее 3 раз 
+queen  — не менее 3 раз 
+psf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+dia queen psf купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084286</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+свеча  — не менее 3 раз 
+зажигание  — не менее 3 раз 
+iridium  — не менее 3 раз 
+tough  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso vxuh22i свеча зажигания iridium tough купить  
+vxuh22i купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084276</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso sxu22hdr8 купить  
+sxu22hdr8 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+u  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+k20pr u купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084260</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+iridium  — не менее 3 раз 
+power  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso iq20 iridium power купить  
+denso iq20 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084256</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/66/part/dfp0108</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+denso  — не менее 3 раз 
+dfp  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+denso dfp 0108 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084254</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/10/part/471170</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+curil  — не менее 3 раз 
+t  — не менее 3 раз 
+герметик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+curil t герметик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084248</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6820/part/cs010514cpn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cs  — не менее 3 раз 
+c  — не менее 3 раз 
+pn  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cs 010514 c pn купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084243</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6856/part/940324</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cruzbox  — не менее 3 раз 
+clan  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cruzbox clan 450 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084241</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6073/part/cr9002kit</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cr9002kit купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кортеко  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кортеко цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084230</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6820/part/cs010314c</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+coolstream  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+coolstream g13 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+coolant  — не менее 3 раз 
+nissan  — не менее 3 раз 
+купить  — не менее 3 раз 
+юникс  — не менее 3 раз 
+киров  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+coolant l248 nissan купить в юникс киров  
+ke902 99945 l248 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084212</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4031/part/clt50</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+clt  — не менее 3 раз 
+стойка  — не менее 3 раз 
+стабилизатор  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+clt 50 стойка стабилизатора купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084209</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+chevron  — не менее 3 раз 
+techron  — не менее 3 раз 
+concentrate  — не менее 3 раз 
+plus  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+chevron techron concentrate plus купить  
+techron concentrate plus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+chevron  — не менее 3 раз 
+sri  — не менее 3 раз 
+grease  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+chevron sri grease 2 купить  
+chevron sri grease купить  
+chevron sri купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084204</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+chevron  — не менее 3 раз 
+black  — не менее 3 раз 
+pearl  — не менее 3 раз 
+grease  — не менее 3 раз 
+ep  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+chevron black pearl grease ep 2 купить  
+chevron black pearl купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084201</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/43/part/rc87ycl</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+champion  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+champion rc87ycl купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084198</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/cg418r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cg  — не менее 3 раз 
+r  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cg 418 r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084195</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4025/part/230090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+cargo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cargo 230090 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084192</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/cc220</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+carb  — не менее 3 раз 
+choke  — не менее 3 раз 
+cleaner  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+carb choke cleaner цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084190</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bur6et</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bur6et купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084184</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/15/part/bp6e</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bp6e купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084161</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/3397014311</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+aerotwin  — не менее 3 раз 
+renault  — не менее 3 раз 
+kaptur  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bosch aerotwin a111s для renault kaptur купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084157</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7384/part/5130200010</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+body  — не менее 3 раз 
+texture  — не менее 3 раз 
+bumper  — не менее 3 раз 
+paint  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+body texture bumper paint купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084151</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bimecc  — не менее 3 раз 
+ford  — не менее 3 раз 
+kuga  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bimecc d6 ford kuga 2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084137</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/11/part/zkf01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+beru  — не менее 3 раз 
+zkf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+beru zkf 01 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084131</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7394/part/3322</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+герметик  — не менее 3 раз 
+радиатор  — не менее 3 раз 
+bbf  — не менее 3 раз 
+купить  — не менее 3 раз 
+пермь  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+герметик для радиатора bbf купить в перми </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084116</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/b000750m3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тормозной  — не менее 3 раз 
+жидкость  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+b000750m3 тормозная жидкость купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084112</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/7044/part/4606532001971</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+awm  — не менее 3 раз 
+антифриз  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+awm антифриз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084109</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5071/part/52647</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+auger  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+auger 52647 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084102</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0450000115</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+atf  — не менее 3 раз 
+sp  — не менее 3 раз 
+iv  — не менее 3 раз 
+hyundai  — не менее 3 раз 
+артикул  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+atf sp iv hyundai 4л артикул цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ate  — не менее 3 раз 
+bremszylinder  — не менее 3 раз 
+paste  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ate bremszylinder paste купить  
+bremszylinder paste купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084096</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6792/part/6692</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+atas  — не менее 3 раз 
+vinet  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+atas vinet 006692 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084094</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5976/part/arr26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+avantech  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+arr26 avantech купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+arexons  — не менее 3 раз 
+ferox  — не менее 3 раз 
+convertiruggine  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+arexons ferox convertiruggine купить  
+ferox convertiruggine купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084086</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6850/part/71757375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+arexons  — не менее 3 раз 
+fast  — не менее 3 раз 
+wax  — не менее 3 раз 
+carnauba  — не менее 3 раз 
+купить  — не менее 3 раз 
+тюмень  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+arexons fast wax carnauba купить в тюмени </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084084</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6079/part/amddk198</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+amddk198 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084076</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5165/part/076000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+alca  — не менее 3 раз 
+winter  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+alca winter 650 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084073</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5165/part/074000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+alca  — не менее 3 раз 
+winter  — не менее 3 раз 
+мм  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+alca winter 600 мм купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084071</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5165/part/054000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+alca  — не менее 3 раз 
+super  — не менее 3 раз 
+flat  — не менее 3 раз 
+graphit  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+alca super flat graphit купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084069</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5033/part/atf9004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+aisin  — не менее 3 раз 
+atf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+aisin atf 9004 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084066</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6620/part/aj3f500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+airline  — не менее 3 раз 
+aj  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+airline aj 3f 500 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084065</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6318/part/aga079d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+aga  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+aga d20 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084062</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6978/part/ag9u000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ag9u000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084060</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+abro  — не менее 3 раз 
+ws  — не менее 3 раз 
+r  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+abro ws 904 r купить  
+abro ws 904r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084058</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/pw400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+abro  — не менее 3 раз 
+super  — не менее 3 раз 
+gold  — не менее 3 раз 
+carnauba  — не менее 3 раз 
+car  — не менее 3 раз 
+wax  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+abro super gold carnauba car wax купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084056</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6316/part/sr200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+abro  — не менее 3 раз 
+sticker  — не менее 3 раз 
+remover  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+abro sticker remover купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084052</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/553/part/a0009899701aaa4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+a0009899701aaa4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084044</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/577/part/99m0021r02004</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+99m0021r02004 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084036</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/988501r000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+98850 1r000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084029</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/514/part/9735k0</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+9735 k0 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084026</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/792/part/95226510</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+95226510 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+toyota  — не менее 3 раз 
+фильтр  — не менее 3 раз 
+масляный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+90915 10003 купить  
+90915 10003 toyota фильтр масляный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084015</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/792/part/90274686</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+90274686 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084010</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5467/part/86249</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+frenkit  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+86249 frenkit купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084008</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/822051f600lxqqk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+822051f600lxqqk купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084004</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/1345/part/746512</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+dupli  — не менее 3 раз 
+color  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+746512 dupli color купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083979</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/66490ade00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+66490ade00 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083971</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+osram  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+osram 64205 h4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083968</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/979/part/600684099</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+fuchs  — не менее 3 раз 
+titan  — не менее 3 раз 
+atf  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+600684099 fuchs titan atf 4134 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083966</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/5jh8036639b9</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+5jh8036639b9 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083964</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/6384/part/57012001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hde  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+57012001 hde купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083962</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5285/part/550040755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+shell  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+550040755 shell купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083960</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5533/part/5207300k00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+5207300 k00 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083958</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5533/part/5205011d01</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+5205011 d01 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083956</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/399/part/40761600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+40761600 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083950</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/4026/part/4008177020391</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+4008177020391 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083946</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/371102e000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+371102e000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+освар  — не менее 3 раз 
+птф  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+36023743 освар птф купить  
+освар 36023743 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083939</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/3397118911</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+3397118911 bosch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083938</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/3397118907</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+3397118907 bosch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083936</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/3397007120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+3397007120 bosch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083932</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5200/part/312309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+florimex  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+312309 florimex купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083928</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/311121r000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+311121r000 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083925</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/35/part/2997801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lemforder  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+29978 01 lemforder купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083917</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nissan  — не менее 3 раз 
+форсунка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+289329u000 nissan форсунка купить  
+289329u000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083914</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/558/part/28895jn20a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+28895 jn20a купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083907</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/288905450r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+288905450r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083903</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/545/part/244105898r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+батарея  — не менее 3 раз 
+аккумуляторный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+244105898r батарея аккумуляторная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083900</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/37/part/23987</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+monroe  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+23987 monroe цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083896</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/792/part/1942003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+1942003 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083871</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/524/part/1860874000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+1860874000 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083867</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+zic  — не менее 3 раз 
+atf  — не менее 3 раз 
+sp  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+162646 zic atf sp 4 4l купить  
+162646 zic купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083857</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/525/part/15595e</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+15595e цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083855</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/5025/part/155345601</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+victor  — не менее 3 раз 
+reinz  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+155345601 victor reinz купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083852</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/525/part/1357238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+isofix  — не менее 3 раз 
+focus  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+1357238 isofix для focus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083850</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+регулятор  — не менее 3 раз 
+напряжение  — не менее 3 раз 
+huco  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+регулятор напряжения huco 130512 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083848</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/75/part/127916000kb2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+127916000kb2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083845</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/566/part/112383665r</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+112383665r купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083842</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0710000200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0710000200 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083834</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/053701b</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вкладыш  — не менее 3 раз 
+шатунный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+053701b вкладыши шатунные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083826</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/647/part/0450000400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+04500 00400 купить  
+0450000400 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0392023004 bosch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083801</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0280158502</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0280158502 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083800</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/30/part/0258007090</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bosch  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+0258007090 bosch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083798</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+свеча  — не менее 3 раз 
+бош  — не менее 3 раз 
+цена  — не менее 3 раз 
+опель  — не менее 3 раз 
+зафир  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свечи бош цена на опель зафира z18xer </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083791</t>
+  </si>
+  <si>
+    <t>http://autodoc.ru/man/657/part/000915105de</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+000915105de купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083788</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (19 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+d (встречается в 16 запросах, значимость 18) 
+type (встречается в 15 запросах, значимость 17) 
+glaceol (встречается в 13 запросах, значимость 15) 
+rx (встречается в 13 запросах, значимость 15) 
+renault (встречается в 7 запросах, значимость 7) 
+антифриз (встречается в 7 запросах, значимость 7) 
+цена (встречается в 4 запросах, значимость 4) 
+elf (встречается в 2 запросах, значимость 2) 
+желтый (встречается в 2 запросах, значимость 2) 
+цвет (встречается в 1 запросе, значимость 1) 
+тип (встречается в 1 запросе, значимость 1) 
+зеленый (встречается в 1 запросе, значимость 1) 
+орск (встречается в 1 запросе, значимость 1) 
+концентрат (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077184</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (13 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+engine  — не менее 3 раз 
+conditioner  — не менее 3 раз 
+купить  — не менее 3 раз 
+mitsubishi  — не менее 3 раз 
+shumma  — не менее 3 раз 
+москва  — не менее 3 раз 
+тверь  — не менее 3 раз 
+екатеринбург  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+mz  — не менее 3 раз 
+ex  — не менее 3 раз 
+shuma  — не менее 3 раз 
+раскоксовка  — не менее 3 раз 
+цена  — не менее 3 раз 
+очиститель  — не менее 3 раз 
+митсубиси  — не менее 3 раз 
+шум  — не менее 3 раз 
+двигатель  — не менее 3 раз 
+мицубиси  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+митсубиси шума раскоксовка купить  
+раскоксовка двигателя shumma купить  
+mz100139ex купить  
+engine conditioner купить  
+shumma ex engine conditioner купить  
+раскоксовка шума купить в нижнем новгороде  
+раскоксовка шума купить  
+раскоксовка мицубиси шума купить в нижнем новгороде  
+раскоксовка двигателя мицубиси шума цена  
+раскоксовка shuma купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412084353</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bbf (встречается в 10 запросах, значимость 10) 
+герметик (встречается в 8 запросах, значимость 8) 
+радиатор (встречается в 5 запросах, значимость 5) 
+пермь (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077775</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+turbo (встречается в 9 запросах, значимость 9) 
+syn (встречается в 9 запросах, значимость 9) 
+hyundai (встречается в 7 запросах, значимость 7) 
+масло (встречается в 6 запросах, значимость 6) 
+турбо (встречается в 5 запросах, значимость 5) 
+син (встречается в 5 запросах, значимость 5) 
+цена (встречается в 5 запросах, значимость 5) 
+gasoline (встречается в 4 запросах, значимость 4) 
+kia (встречается в 3 запросах, значимость 3) 
+хендай (встречается в 2 запросах, значимость 2) 
+моторный (встречается в 2 запросах, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076434</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (15 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 9 запросах, значимость 9) 
+хендай (встречается в 7 запросах, значимость 7) 
+hyundai (встречается в 4 запросах, значимость 4) 
+premium (встречается в 4 запросах, значимость 4) 
+lf (встречается в 3 запросах, значимость 3) 
+киа (встречается в 3 запросах, значимость 3) 
+премиум (встречается в 3 запросах, значимость 3) 
+цена (встречается в 2 запросах, значимость 2) 
+gasoline (встречается в 2 запросах, значимость 2) 
+kia (встречается в 1 запросе, значимость 1) 
+моторный (встречается в 1 запросе, значимость 1) 
+лф (встречается в 1 запросе, значимость 1) 
+синтетика (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076405</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+аккумулятор (встречается в 1 запросе, значимость 1) 
+заказывать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083662</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автолампа (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083605</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+шовный (встречается в 1 запросе, значимость 1) 
+герметик (встречается в 1 запросе, значимость 1) 
+авто (встречается в 1 запросе, значимость 1) 
+body (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+чистый (встречается в 1 запросе, значимость 1) 
+миля (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цинковый (встречается в 1 запросе, значимость 1) 
+спрей (встречается в 1 запросе, значимость 1) 
+wurth (встречается в 1 запросе, значимость 1) 
+perfect (встречается в 1 запросе, значимость 1) 
+sabesto (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083598</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+хладагент (встречается в 1 запросе, значимость 1) 
+хадо (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083588</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+фобос (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083579</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+флешка (встречается в 1 запросе, значимость 1) 
+мазда (встречается в 1 запросе, значимость 1) 
+cx (встречается в 1 запросе, значимость 1) 
+уфа (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+фиол (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083556</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+фильтр (встречается в 1 запросе, значимость 1) 
+масляный (встречается в 1 запросе, значимость 1) 
+wix (встречается в 1 запросе, значимость 1) 
+розничный (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083546</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+феби (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+транспондер (встречается в 1 запросе, значимость 1) 
+воронеж (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083521</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+термостат (встречается в 1 запросе, значимость 1) 
+ween (встречается в 1 запросе, значимость 1) 
+украина (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083497</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+смазка (встречается в 1 запросе, значимость 1) 
+abro (встречается в 1 запросе, значимость 1) 
+lg (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ск (встречается в 1 запросе, значимость 1) 
+гранд (встречается в 1 запросе, значимость 1) 
+прикс (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083466</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свечной (встречается в 1 запросе, значимость 1) 
+ключ (встречается в 1 запросе, значимость 1) 
+пежо (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083460</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 1 запросе, значимость 1) 
+денсо (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083443</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083411</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+сайлентблок (встречается в 1 запросе, значимость 1) 
+подрамник (встречается в 1 запросе, значимость 1) 
+ниссан (встречается в 1 запросе, значимость 1) 
+трейл (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+раскоксовка (встречается в 1 запросе, значимость 1) 
+wynns (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083394</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+пыльник (встречается в 1 запросе, значимость 1) 
+шрус (встречается в 1 запросе, значимость 1) 
+original (встречается в 1 запросе, значимость 1) 
+gkn (встречается в 1 запросе, значимость 1) 
+parts (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+пружина (встречается в 1 запросе, значимость 1) 
+овк (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083379</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+присадка (встречается в 1 запросе, значимость 1) 
+ресурс (встречается в 1 запросе, значимость 1) 
+мкпп (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083365</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+поглотитель (встречается в 1 запросе, значимость 1) 
+запах (встречается в 1 запросе, значимость 1) 
+doctor (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083350</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+очиститель (встречается в 1 запросе, значимость 1) 
+индустриальный (встречается в 1 запросе, значимость 1) 
+wurth (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083313</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+очиститель (встречается в 1 запросе, значимость 1) 
+рука (встречается в 1 запросе, значимость 1) 
+wurth (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083299</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+незамерзайка (встречается в 1 запросе, значимость 9) 
+метанол (встречается в 1 запросе, значимость 9) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083275</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мс (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мобил (встречается в 1 запросе, значимость 1) 
+супер (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+артикул (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083256</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мобил (встречается в 1 запросе, значимость 1) 
+атф (встречается в 1 запросе, значимость 1) 
+лт (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) 
+литр (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083237</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 1 запросе, значимость 1) 
+моторный (встречается в 1 запросе, значимость 1) 
+чемпион (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083188</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 1 запросе, значимость 1) 
+wolf (встречается в 1 запросе, значимость 1) 
+snowscooter (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083180</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ликви (встречается в 1 запросе, значимость 1) 
+моль (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083169</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ливны (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083160</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+лак (встречается в 1 запросе, значимость 1) 
+боди (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083141</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+лавр (встречается в 1 запросе, значимость 1) 
+мягкий (встречается в 1 запросе, значимость 1) 
+промывка (встречается в 1 запросе, значимость 1) 
+двигатель (встречается в 1 запросе, значимость 1) 
+км (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+фильтр (встречается в 1 запросе, значимость 1) 
+салонный (встречается в 1 запросе, значимость 1) 
+nordfil (встречается в 1 запросе, значимость 1) 
+курск (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083106</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+угольный (встречается в 1 запросе, значимость 1) 
+фильтр (встречается в 1 запросе, значимость 1) 
+kujiwa (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083089</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+трансмиссионный (встречается в 1 запросе, значимость 1) 
+масло (встречается в 1 запросе, значимость 1) 
+тойота (встречается в 1 запросе, значимость 1) 
+ws (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083073</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+сцепление (встречается в 1 запросе, значимость 1) 
+сакс (встречается в 1 запросе, значимость 1) 
+лад (встречается в 1 запросе, значимость 1) 
+вест (встречается в 1 запросе, значимость 1) 
+робот (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083064</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+синий (встречается в 1 запросе, значимость 1) 
+глина (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083055</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083050</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+свеча (встречается в 1 запросе, значимость 1) 
+зажигание (встречается в 1 запросе, значимость 1) 
+bosch (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083033</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+резонатор (встречается в 1 запросе, значимость 1) 
+свд (встречается в 1 запросе, значимость 1) 
+рено (встречается в 1 запросе, значимость 1) 
+дастер (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083018</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+присадка (встречается в 1 запросе, значимость 1) 
+castrol (встречается в 1 запросе, значимость 1) 
+tbe (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082981</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+оправка (встречается в 1 запросе, значимость 1) 
+пыльник (встречается в 1 запросе, значимость 1) 
+шрус (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082965</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масляный (встречается в 1 запросе, значимость 1) 
+фильтр (встречается в 1 запросе, значимость 1) 
+nitto (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082950</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 1 запросе, значимость 1) 
+mopar (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082943</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+масло (встречается в 1 запросе, значимость 1) 
+comma (встречается в 1 запросе, значимость 1) 
+syner (встречается в 1 запросе, значимость 1) 
+g (встречается в 1 запросе, значимость 1) 
+оригинал (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082937</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+лукойл (встречается в 1 запросе, значимость 1) 
+genesis (встречается в 1 запросе, значимость 1) 
+glidetech (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082933</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+великий (встречается в 1 запросе, значимость 1) 
+новгород (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082918</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+датчик (встречается в 1 запросе, значимость 1) 
+радар (встречается в 1 запросе, значимость 1) 
+парковочный (встречается в 1 запросе, значимость 1) 
+артикул (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082901</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+воздушный (встречается в 1 запросе, значимость 1) 
+фильтр (встречается в 1 запросе, значимость 1) 
+сакура (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082892</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 1 запросе, значимость 1) 
+тотать (встречается в 1 запросе, значимость 1) 
+оранжевый (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082877</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 1 запросе, значимость 1) 
+сочи (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082867</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 1 запросе, значимость 1) 
+липецк (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082858</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sumake (встречается в 1 запросе, значимость 1) 
+st (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082848</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sonatex (встречается в 1 запросе, значимость 1) 
+нижний (встречается в 1 запросе, значимость 1) 
+новгород (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082838</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082829</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elf (встречается в 1 запросе, значимость 1) 
+type (встречается в 1 запросе, значимость 1) 
+b (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082818</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кмк (встречается в 1 запросе, значимость 1) 
+glass (встречается в 1 запросе, значимость 1) 
+параметр (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082811</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кератек (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082809</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+керамический (встречается в 1 запросе, значимость 1) 
+смазка (встречается в 1 запросе, значимость 1) 
+свеча (встречается в 1 запросе, значимость 1) 
+накал (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082773</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кастрол (встречается в 1 запросе, значимость 1) 
+декстрон (встречается в 1 запросе, значимость 1) 
+гур (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082725</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кастрол (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082711</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+filtron (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+защита (встречается в 1 запросе, значимость 1) 
+картер (встречается в 1 запросе, значимость 1) 
+альфеко (встречается в 1 запросе, значимость 1) 
+лад (встречается в 1 запросе, значимость 1) 
+вест (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082687</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+trw (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082682</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+заготовка (встречается в 1 запросе, значимость 1) 
+ключ (встречается в 1 запросе, значимость 1) 
+sea (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+денсо (встречается в 1 запросе, значимость 1) 
+иридиум (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082673</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+глушитель (встречается в 1 запросе, значимость 1) 
+walker (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082663</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+delphi (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082617</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 1 запросе, значимость 1) 
+феликс (встречается в 1 запросе, значимость 1) 
+красный (встречается в 1 запросе, значимость 1) 
+литр (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082603</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 1 запросе, значимость 1) 
+синтек (встречается в 1 запросе, значимость 1) 
+евро (встречается в 1 запросе, значимость 1) 
+зеленый (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082590</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 1 запросе, значимость 1) 
+coolstream (встречается в 1 запросе, значимость 1) 
+розовый (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 1 запросе, значимость 1) 
+волгоград (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 1 запросе, значимость 1) 
+тула (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автозапчасть (встречается в 1 запросе, значимость 1) 
+bosch (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082553</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+автодеть (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082514</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zic (встречается в 1 запросе, значимость 1) 
+psf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zic (встречается в 1 запросе, значимость 1) 
+atf (встречается в 1 запросе, значимость 1) 
+multi (встречается в 1 запросе, значимость 1) 
+lf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+zf (встречается в 1 запросе, значимость 1) 
+ecofluid (встречается в 1 запросе, значимость 1) 
+m (встречается в 1 запросе, значимость 1) 
+sae (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082474</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+yes (встречается в 1 запросе, значимость 1) 
+q (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082454</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+yato (встречается в 1 запросе, значимость 1) 
+yt (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082438</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+yato (встречается в 1 запросе, значимость 1) 
+yt (встречается в 1 запросе, значимость 1) 
+набор (встречается в 1 запросе, значимость 1) 
+трубный (встречается в 1 запросе, значимость 1) 
+клупп (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082418</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082406</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wynns (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082388</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wynns (встречается в 1 запросе, значимость 1) 
+supremium (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082381</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wynns (встречается в 1 запросе, значимость 1) 
+diesel (встречается в 1 запросе, значимость 1) 
+egr (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082375</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wurth (встречается в 1 запросе, значимость 1) 
+очиститель (встречается в 1 запросе, значимость 1) 
+тормоз (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082367</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+wurth (встречается в 1 запросе, значимость 1) 
+hhs (встречается в 1 запросе, значимость 1) 
+clean (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+welte (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082304</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+walker (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082288</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mann (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vorel (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082251</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vika (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+valvoline (встречается в 1 запросе, значимость 1) 
+maxlife (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+valeo (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082225</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+vag (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082207</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+uzautooil (встречается в 1 запросе, значимость 1) 
+premium (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082163</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+tutela (встречается в 1 запросе, значимость 1) 
+gi (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+turtle (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+original (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082111</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+turtle (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+clear (встречается в 1 запросе, значимость 1) 
+vue (встречается в 1 запросе, значимость 1) 
+glass (встречается в 1 запросе, значимость 1) 
+polish (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412082012</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+tranself (встречается в 1 запросе, значимость 1) 
+nfp (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081995</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 1 запросе, значимость 1) 
+transmission (встречается в 1 запросе, значимость 1) 
+gl (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081973</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 1 запросе, значимость 1) 
+glacelf (встречается в 1 запросе, значимость 1) 
+classic (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081929</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 1 запросе, значимость 1) 
+fluide (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081914</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+total (встречается в 1 запросе, значимость 1) 
+ceran (встречается в 1 запросе, значимость 1) 
+xm (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081887</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+tire (встречается в 1 запросе, значимость 1) 
+doctor (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+texaco (встречается в 1 запросе, значимость 1) 
+havoline (встречается в 1 запросе, значимость 1) 
+prods (встречается в 1 запросе, значимость 1) 
+m (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081821</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+tectyl (встречается в 1 запросе, значимость 1) 
+bodysafe (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081804</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+synthetium (встречается в 1 запросе, значимость 1) 
+ас (встречается в 1 запросе, значимость 1) 
+свао (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+synthetic (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+protectant (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081777</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+synpower (встречается в 1 запросе, значимость 1) 
+mst (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081764</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+suzuki (встречается в 1 запросе, значимость 1) 
+oil (встречается в 1 запросе, значимость 1) 
+aw (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081751</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+supra (встречается в 1 запросе, значимость 1) 
+saf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081742</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+subaru (встречается в 1 запросе, значимость 1) 
+super (встречается в 1 запросе, значимость 1) 
+coolant (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+subaru (встречается в 1 запросе, значимость 1) 
+super (встречается в 1 запросе, значимость 1) 
+coolant (встречается в 1 запросе, значимость 1) 
+литр (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081719</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sonax (встречается в 1 запросе, значимость 1) 
+очиститель (встречается в 1 запросе, значимость 1) 
+древесный (встречается в 1 запросе, значимость 1) 
+смола (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sonax (встречается в 1 запросе, значимость 1) 
+xtreme (встречается в 1 запросе, значимость 1) 
+nano (встречается в 1 запросе, значимость 1) 
+pro (встречается в 1 запросе, значимость 1) 
+незамерзайка (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+son (встречается в 1 запросе, значимость 1) 
+gun (встречается в 1 запросе, значимость 1) 
+чернитель (встречается в 1 запросе, значимость 1) 
+шина (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081652</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+showa (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081621</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+shell (встречается в 1 запросе, значимость 1) 
+helix (встречается в 1 запросе, значимость 1) 
+high (встречается в 1 запросе, значимость 1) 
+mileage (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081609</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+владимир (встречается в 1 запросе, значимость 1) 
+тормозной (встречается в 1 запросе, значимость 1) 
+диск (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081592</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sct (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081584</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sct (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+sapfire (встречается в 1 запросе, значимость 1) 
+sbu (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+samurai (встречается в 1 запросе, значимость 1) 
+dfm (встречается в 1 запросе, значимость 1) 
+оптом (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081559</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+rubber (встречается в 1 запросе, значимость 1) 
+cement (встречается в 1 запросе, значимость 1) 
+клей (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081520</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+rost (встречается в 1 запросе, значимость 1) 
+plus (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081511</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+renault (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081488</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+redline (встречается в 1 запросе, значимость 1) 
+cv (встречается в 1 запросе, значимость 1) 
+grease (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081479</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ravenol (встречается в 1 запросе, значимость 2) 
+marinefett (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081455</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+radiator (встречается в 1 запросе, значимость 1) 
+repair (встречается в 1 запросе, значимость 1) 
+kit (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081437</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+quaker (встречается в 1 запросе, значимость 1) 
+state (встречается в 1 запросе, значимость 1) 
+ultimate (встречается в 1 запросе, значимость 1) 
+durability (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081403</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+purflux (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081392</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+polcar (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081361</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+peugeot (встречается в 1 запросе, значимость 1) 
+citroen (встречается в 1 запросе, значимость 1) 
+ea (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081283</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+petro (встречается в 1 запросе, значимость 1) 
+canada (встречается в 1 запросе, значимость 1) 
+precision (встречается в 1 запросе, значимость 1) 
+synthetic (встречается в 1 запросе, значимость 1) 
+ep (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081270</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+petro (встречается в 1 запросе, значимость 1) 
+canada (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081255</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 1 запросе, значимость 1) 
+ultra (встречается в 1 запросе, значимость 1) 
+grey (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081238</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 1 запросе, значимость 1) 
+ultra (встречается в 1 запросе, значимость 1) 
+disc (встречается в 1 запросе, значимость 1) 
+brake (встречается в 1 запросе, значимость 1) 
+caliper (встречается в 1 запросе, значимость 1) 
+lube (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+permatex (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081215</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081204</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081178</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081169</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081162</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081147</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081136</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+pentosin (встречается в 1 запросе, значимость 1) 
+dot (встречается в 1 запросе, значимость 1) 
+lv (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+patron (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081094</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+parkcity (встречается в 1 запросе, значимость 1) 
+sydney (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+koito (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081074</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+otto (встречается в 1 запросе, значимость 1) 
+zimmermann (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081066</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+osram (встречается в 1 запросе, значимость 1) 
+dot (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081056</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+obk (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081043</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+novus (встречается в 1 запросе, значимость 1) 
+volcano (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081029</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+novline (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081013</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+защита (встречается в 1 запросе, значимость 1) 
+картер (встречается в 1 запросе, значимость 1) 
+форд (встречается в 1 запросе, значимость 1) 
+фокус (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081005</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nlh (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nitto (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080993</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nissens (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080990</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nissan (встречается в 1 запросе, значимость 1) 
+engine (встречается в 1 запросе, значимость 1) 
+coolant (встречается в 1 запросе, значимость 1) 
+type (встречается в 1 запросе, значимость 1) 
+d (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080980</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+nippon (встречается в 1 запросе, значимость 1) 
+aw (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080969</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080947</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080929</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080919</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080902</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080899</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ngk (встречается в 1 запросе, значимость 6) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080896</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080889</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080875</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080834</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080824</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+n (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080803</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+msg (встречается в 1 запросе, значимость 1) 
+рулевой (встречается в 1 запросе, значимость 1) 
+рейка (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080801</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motul (встречается в 1 запросе, значимость 1) 
+gear (встречается в 1 запросе, значимость 1) 
+synthese (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080799</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motorcraft (встречается в 1 запросе, значимость 1) 
+gold (встречается в 1 запросе, значимость 1) 
+antifreeze (встречается в 1 запросе, значимость 1) 
+ford (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080709</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motip (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080698</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+motip (встречается в 1 запросе, значимость 1) 
+удалитель (встречается в 1 запросе, значимость 1) 
+лак (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mobilube (встречается в 1 запросе, значимость 1) 
+shc (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080668</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mobil (встречается в 1 запросе, значимость 1) 
+racing (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mobil (встречается в 1 запросе, значимость 1) 
+extended (встречается в 1 запросе, значимость 1) 
+performance (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080642</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+petrol (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080634</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+millers (встречается в 1 запросе, значимость 1) 
+oils (встречается в 1 запросе, значимость 1) 
+cfs (встречается в 1 запросе, значимость 1) 
+nt (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080620</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+meguiar (встречается в 1 запросе, значимость 1) 
+gold (встречается в 1 запросе, значимость 1) 
+class (встречается в 1 запросе, значимость 1) 
+carnauba (встречается в 1 запросе, значимость 1) 
+plus (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mazda (встречается в 1 запросе, значимость 1) 
+tfe (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080594</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 1 запросе, значимость 1) 
+winter (встречается в 1 запросе, значимость 1) 
+diesel (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 1 запросе, значимость 1) 
+belt (встречается в 1 запросе, значимость 1) 
+tensioner (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080550</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+mannol (встречается в 1 запросе, значимость 1) 
+air (встречается в 1 запросе, значимость 1) 
+conditioner (встречается в 1 запросе, значимость 1) 
+cleaner (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080543</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lukoil (встречается в 1 запросе, значимость 1) 
+genesis (встречается в 1 запросе, значимость 1) 
+special (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080451</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080430</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lm (встречается в 1 запросе, значимость 1) 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) 
+lm (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080362</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 1 запросе, значимость 2) 
+moly (встречается в 1 запросе, значимость 2) 
+bremsen (встречается в 1 запросе, значимость 2) 
+anti (встречается в 1 запросе, значимость 2) 
+quietsch (встречается в 1 запросе, значимость 2) 
+paste (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+liqui (встречается в 1 запросе, значимость 1) 
+moly (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080310</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080289</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080253</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080210</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+licota (встречается в 1 запросе, значимость 1) 
+atr (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080194</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lemforder (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080191</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lavr (встречается в 1 запросе, значимость 1) 
+нанозащита (встречается в 1 запросе, значимость 1) 
+вода (встречается в 1 запросе, значимость 1) 
+грязь (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080159</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+lavr (встречается в 1 запросе, значимость 1) 
+radiator (встречается в 1 запросе, значимость 1) 
+flush (встречается в 1 запросе, значимость 1) 
+classic (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080133</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+langzeit (встречается в 1 запросе, значимость 1) 
+injection (встречается в 1 запросе, значимость 1) 
+reiniger (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080087</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+kudo (встречается в 1 запросе, значимость 1) 
+ku (встречается в 1 запросе, значимость 1) 
+саратов (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080077</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+kudo (встречается в 1 запросе, значимость 1) 
+ku (встречается в 1 запросе, значимость 1) 
+тюмень (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080070</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ku (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+koito (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412080000</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079974</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079909</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+kangaroo (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079806</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+тяга (встречается в 1 запросе, значимость 1) 
+рулевой (встречается в 1 запросе, значимость 1) 
+фото (встречается в 1 запросе, значимость 1) 
+trw (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079765</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+idemitsu (встречается в 1 запросе, значимость 1) 
+zepro (встречается в 1 запросе, значимость 1) 
+euro (встречается в 1 запросе, значимость 1) 
+spec (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079726</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ice (встречается в 1 запросе, значимость 1) 
+tiger (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079717</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hyundai (встречается в 1 запросе, значимость 1) 
+genuine (встречается в 1 запросе, значимость 1) 
+parts (встречается в 1 запросе, значимость 1) 
+mtf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079692</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hydro (встречается в 1 запросе, значимость 1) 
+stossel (встречается в 1 запросе, значимость 1) 
+additiv (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079658</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+huskey (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079628</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hot (встречается в 1 запросе, значимость 1) 
+rims (встречается в 1 запросе, значимость 1) 
+wheel (встречается в 1 запросе, значимость 1) 
+tire (встречается в 1 запросе, значимость 1) 
+cleaner (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079614</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hi (встречается в 1 запросе, значимость 1) 
+gear (встречается в 1 запросе, значимость 1) 
+промывка (встречается в 1 запросе, значимость 1) 
+система (встречается в 1 запросе, значимость 1) 
+охлаждение (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079595</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+metallic (встречается в 1 запросе, значимость 1) 
+block (встречается в 1 запросе, значимость 1) 
+seal (встречается в 1 запросе, значимость 1) 
+металлогерметик (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079576</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079537</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hdk (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079505</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+glysantin (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079485</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+g (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079284</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079279</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+force (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+force (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079213</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079163</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+fo (встречается в 1 запросе, значимость 1) 
+valve (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+finwhale (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+filtron (встречается в 1 запросе, значимость 1) 
+op (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079061</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ferodo (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079045</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+febi (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079030</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412079009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+elf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078871</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ebc (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078856</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dt (встречается в 1 запросе, значимость 1) 
+detail (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078826</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dpsf (встречается в 1 запросе, значимость 1) 
+honda (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078791</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dox (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078745</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dot (встречается в 1 запросе, значимость 1) 
+esp (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078734</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+doctor (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+plastic (встречается в 1 запросе, значимость 1) 
+restore (встречается в 1 запросе, значимость 1) 
+shine (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078730</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+doctor (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+glass (встречается в 1 запросе, значимость 1) 
+polisher (встречается в 1 запросе, значимость 1) 
+stripper (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078724</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078681</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dia (встречается в 1 запросе, значимость 1) 
+queen (встречается в 1 запросе, значимость 1) 
+psf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078649</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+denso (встречается в 1 запросе, значимость 1) 
+dfp (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078492</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+curil (встречается в 1 запросе, значимость 1) 
+t (встречается в 1 запросе, значимость 1) 
+герметик (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078395</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cs (встречается в 1 запросе, значимость 1) 
+c (встречается в 1 запросе, значимость 1) 
+pn (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078382</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cruzbox (встречается в 1 запросе, значимость 1) 
+clan (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078378</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+coolstream (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+clt (встречается в 1 запросе, значимость 1) 
+стойка (встречается в 1 запросе, значимость 1) 
+стабилизатор (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+champion (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cg (встречается в 1 запросе, значимость 1) 
+r (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078165</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+cargo (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078148</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+carb (встречается в 1 запросе, значимость 1) 
+choke (встречается в 1 запросе, значимость 1) 
+cleaner (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bosch (встречается в 1 запросе, значимость 1) 
+aerotwin (встречается в 1 запросе, значимость 1) 
+renault (встречается в 1 запросе, значимость 1) 
+kaptur (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+body (встречается в 1 запросе, значимость 1) 
+texture (встречается в 1 запросе, значимость 1) 
+bumper (встречается в 1 запросе, значимость 1) 
+paint (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+beru (встречается в 1 запросе, значимость 1) 
+zkf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077836</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+тормозной (встречается в 1 запросе, значимость 1) 
+жидкость (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077758</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+awm (встречается в 1 запросе, значимость 1) 
+антифриз (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077752</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+auger (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077631</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+atf (встречается в 1 запросе, значимость 1) 
+sp (встречается в 1 запросе, значимость 1) 
+iv (встречается в 1 запросе, значимость 1) 
+hyundai (встречается в 1 запросе, значимость 1) 
+артикул (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077606</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+atas (встречается в 1 запросе, значимость 1) 
+vinet (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077586</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+avantech (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+arexons (встречается в 1 запросе, значимость 1) 
+fast (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) 
+carnauba (встречается в 1 запросе, значимость 1) 
+тюмень (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+alca (встречается в 1 запросе, значимость 2) 
+winter (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077458</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+alca (встречается в 1 запросе, значимость 1) 
+winter (встречается в 1 запросе, значимость 1) 
+мм (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077448</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+alca (встречается в 1 запросе, значимость 1) 
+super (встречается в 1 запросе, значимость 1) 
+flat (встречается в 1 запросе, значимость 1) 
+graphit (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077441</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+aisin (встречается в 1 запросе, значимость 1) 
+atf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077418</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+airline (встречается в 1 запросе, значимость 1) 
+aj (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077398</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+aga (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+abro (встречается в 1 запросе, значимость 1) 
+super (встречается в 1 запросе, значимость 1) 
+gold (встречается в 1 запросе, значимость 1) 
+carnauba (встречается в 1 запросе, значимость 1) 
+car (встречается в 1 запросе, значимость 1) 
+wax (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077358</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+abro (встречается в 1 запросе, значимость 1) 
+sticker (встречается в 1 запросе, значимость 1) 
+remover (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+frenkit (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077231</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+dupli (встречается в 1 запросе, значимость 1) 
+color (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077113</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+fuchs (встречается в 1 запросе, значимость 1) 
+titan (встречается в 1 запросе, значимость 1) 
+atf (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077040</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+hde (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077037</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+shell (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412077025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+bosch (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076931</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076906</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076880</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+florimex (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076867</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076864</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076853</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+батарея (встречается в 1 запросе, значимость 1) 
+аккумуляторный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076787</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+monroe (встречается в 1 запросе, значимость 1) 
+цена (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076774</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076580</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076522</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+victor (встречается в 1 запросе, значимость 1) 
+reinz (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+isofix (встречается в 1 запросе, значимость 1) 
+focus (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076491</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+вкладыш (встречается в 1 запросе, значимость 1) 
+шатунный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076440</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076333</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412076320</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (13 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+trw (встречается в 9 запросах, значимость 9) 
+pfg (встречается в 8 запросах, значимость 8) 
+смазка (встречается в 6 запросах, значимость 6) 
+москва (встречается в 4 запросах, значимость 4) 
+суппорт (встречается в 4 запросах, значимость 4) 
+трв (встречается в 2 запросах, значимость 2) 
+lucas (встречается в 1 запросе, значимость 1) 
+нижний (встречается в 1 запросе, значимость 1) 
+новгород (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412081295</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+антифриз (встречается в 9 запросах, значимость 9) 
+crown (встречается в 6 запросах, значимость 6) 
+hyundai (встречается в 6 запросах, значимость 6) 
+llc (встречается в 5 запросах, значимость 5) 
+kia (встречается в 5 запросах, значимость 5) 
+уфа (встречается в 2 запросах, значимость 2) 
+цена (встречается в 2 запросах, значимость 2) 
+воронеж (встречается в 1 запросе, значимость 1) 
+москва (встречается в 1 запросе, значимость 1) 
+концентрат (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078374</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+coolstream (встречается в 5 запросах, значимость 10) 
+антифриз (встречается в 8 запросах, значимость 9) 
+кулстрим (встречается в 6 запросах, значимость 7) 
+цена (встречается в 3 запросах, значимость 3) 
+москва (встречается в 2 запросах, значимость 2) 
+зеленый (встречается в 1 запросе, значимость 2) 
+концентрат (встречается в 1 запросе, значимость 1) 
+нижний (встречается в 1 запросе, значимость 1) 
+новгород (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412078262</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (17 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автозапчасть  — не менее 3 раз 
+низкий  — не менее 3 раз 
+цена  — не менее 3 раз 
+интернет  — не менее 3 раз 
+магазин  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+автомобиль  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+продажа  — не менее 3 раз 
+доставка  — не менее 3 раз 
+запасной  — не менее 3 раз 
+часть  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+деталь  — не менее 3 раз 
+авто  — не менее 3 раз 
+иномарка  — не менее 3 раз 
+иваново  — не менее 3 раз 
+новый  — не менее 3 раз 
+автомобильный  — не менее 3 раз 
+заказ  — не менее 3 раз 
+федеральный  — не менее 3 раз 
+сеть  — не менее 3 раз 
+автодеталь  — не менее 3 раз 
+бесплатный  — не менее 3 раз 
+прайс  — не менее 3 раз 
+наличие  — не менее 3 раз 
+скачать  — не менее 3 раз 
+сайт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автозапчасти с доставкой по москве  
+автозапчасти интернет магазин москва  
+автозапчасти москва интернет магазин  
+авто запчасти под заказ  
+заказ запчастей на авто  
+автозапчасти в москве с доставкой  
+магазин запчастей для иномарок  
+интернет магазин запчастей в москве  
+купить сайт автозапчастей для иномарок  
+скачать интернет магазин автозапчастей </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083750</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (19 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+определять  — не менее 3 раз 
+номер  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+вино  — не менее 3 раз 
+код  — не менее 3 раз 
+автомобиль  — не менее 3 раз 
+заказ  — не менее 3 раз 
+вина  — не менее 3 раз 
+купить  — не менее 3 раз 
+vin  — не менее 3 раз 
+подбор  — не менее 3 раз 
+деталь  — не менее 3 раз 
+пробивать  — не менее 3 раз 
+подбирать  — не менее 3 раз 
+находить  — не менее 3 раз 
+онлайн  — не менее 3 раз 
+искать  — не менее 3 раз 
+поиск  — не менее 3 раз 
+авто  — не менее 3 раз 
+покупка  — не менее 3 раз 
+иномарка  — не менее 3 раз 
+бесплатно  — не менее 3 раз 
+артикул  — не менее 3 раз 
+заказывать  — не менее 3 раз 
+машина  — не менее 3 раз 
+схема  — не менее 3 раз 
+автозапчасть  — не менее 3 раз 
+запасной  — не менее 3 раз 
+часть  — не менее 3 раз 
+запрос  — не менее 3 раз 
+каталог  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+запчасти по вин  
+каталог запчастей по vin  
+детали по вин коду автомобиля  
+поиск запчастей по вин номеру  
+подбор запчастей по вин номеру  
+найти деталь по вин  
+схема авто по вин коду  
+поиск деталей по vin  
+искать запчасти по вин коду  
+заказать запчасть по вин коду машины </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083781</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталог  — не менее 3 раз 
+автозапчасть  — не менее 3 раз 
+купить  — не менее 3 раз 
+электронный  — не менее 3 раз 
+запасной  — не менее 3 раз 
+часть  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+иномарка  — не менее 3 раз 
+онлайн  — не менее 3 раз 
+подбор  — не менее 3 раз 
+интерактивный  — не менее 3 раз 
+автомобиль  — не менее 3 раз 
+поиск  — не менее 3 раз 
+автодеталь  — не менее 3 раз 
+цена  — не менее 3 раз 
+автодом  — не менее 3 раз 
+автомобильный  — не менее 3 раз 
+официальный  — не менее 3 раз 
+сайт  — не менее 3 раз 
+москва  — не менее 3 раз 
+интернет  — не менее 3 раз 
+магазин  — не менее 3 раз 
+заказ  — не менее 3 раз 
+авто  — не менее 3 раз 
+артикул  — не менее 3 раз 
+неоригинальный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+каталог запчастей  
+подбор запчастей  
+каталог автозапчастей  
+онлайн каталог запчастей  
+каталог запчастей онлайн  
+онлайн каталоги запчастей  
+каталоги автозапчастей  
+каталоги автозапчастей для иномарок  
+каталог запчастей для автомобилей  
+каталоги запчастей для иномарок </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/14583/todo/1412083767</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -394,96 +14117,33178 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K3"/>
+  <dimension ref="A1:K1037"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
       <c r="E3" t="s">
         <v>5</v>
       </c>
       <c r="F3" t="s">
         <v>6</v>
       </c>
       <c r="G3" t="s">
         <v>7</v>
       </c>
       <c r="H3" t="s">
         <v>8</v>
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
+      </c>
+    </row>
+    <row r="4" spans="1:11">
+      <c r="A4" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:11">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>21</v>
+      </c>
+      <c r="E5">
+        <v>530</v>
+      </c>
+      <c r="F5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5">
+        <v>12</v>
+      </c>
+      <c r="I5">
+        <v>65</v>
+      </c>
+      <c r="K5" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="6" spans="1:11">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E6">
+        <v>346</v>
+      </c>
+      <c r="F6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6">
+        <v>4</v>
+      </c>
+      <c r="I6">
+        <v>58.3</v>
+      </c>
+      <c r="K6" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7">
+        <v>21</v>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7">
+        <v>16</v>
+      </c>
+      <c r="I7">
+        <v>7.6</v>
+      </c>
+      <c r="K7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8">
+        <v>25</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8">
+        <v>82</v>
+      </c>
+      <c r="I8">
+        <v>5</v>
+      </c>
+      <c r="K8" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>35</v>
+      </c>
+      <c r="D9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9">
+        <v>29</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9">
+        <v>16</v>
+      </c>
+      <c r="I9">
+        <v>7.6</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>40</v>
+      </c>
+      <c r="E10">
+        <v>167</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10">
+        <v>6</v>
+      </c>
+      <c r="I10">
+        <v>88.3</v>
+      </c>
+      <c r="K10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11">
+        <v>8</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11">
+        <v>66</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="K11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s">
+        <v>46</v>
+      </c>
+      <c r="D12" t="s">
+        <v>47</v>
+      </c>
+      <c r="E12">
+        <v>8</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12">
+        <v>52</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
+      <c r="K12" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>46</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13">
+        <v>8</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13">
+        <v>4</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="K13" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" t="s">
+        <v>53</v>
+      </c>
+      <c r="E14">
+        <v>8</v>
+      </c>
+      <c r="F14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14">
+        <v>7</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
+      </c>
+      <c r="K14" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15">
+        <v>8</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15">
+        <v>4</v>
+      </c>
+      <c r="I15">
+        <v>75</v>
+      </c>
+      <c r="K15" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>59</v>
+      </c>
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16">
+        <v>52</v>
+      </c>
+      <c r="I16">
+        <v>50</v>
+      </c>
+      <c r="K16" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" t="s">
+        <v>46</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17">
+        <v>8</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17">
+        <v>12</v>
+      </c>
+      <c r="I17">
+        <v>15</v>
+      </c>
+      <c r="K17" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>46</v>
+      </c>
+      <c r="D18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18">
+        <v>8</v>
+      </c>
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18">
+        <v>56</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="K18" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>67</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>46</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19">
+        <v>8</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19">
+        <v>56</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="K19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>71</v>
+      </c>
+      <c r="E20">
+        <v>8</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20">
+        <v>14</v>
+      </c>
+      <c r="I20">
+        <v>0</v>
+      </c>
+      <c r="K20" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" t="s">
+        <v>46</v>
+      </c>
+      <c r="D21" t="s">
+        <v>74</v>
+      </c>
+      <c r="E21">
+        <v>8</v>
+      </c>
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21">
+        <v>57</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="K21" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>76</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" t="s">
+        <v>46</v>
+      </c>
+      <c r="D22" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22">
+        <v>8</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22">
+        <v>59</v>
+      </c>
+      <c r="I22">
+        <v>8.8</v>
+      </c>
+      <c r="K22" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>79</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" t="s">
+        <v>46</v>
+      </c>
+      <c r="D23" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23">
+        <v>8</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23">
+        <v>12</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="K23" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>82</v>
+      </c>
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" t="s">
+        <v>28</v>
+      </c>
+      <c r="D24" t="s">
+        <v>83</v>
+      </c>
+      <c r="E24">
+        <v>10</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24">
+        <v>53</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="K24" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" t="s">
+        <v>28</v>
+      </c>
+      <c r="D25" t="s">
+        <v>86</v>
+      </c>
+      <c r="E25">
+        <v>10</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25">
+        <v>10</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="K25" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>88</v>
+      </c>
+      <c r="B26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" t="s">
+        <v>28</v>
+      </c>
+      <c r="D26" t="s">
+        <v>89</v>
+      </c>
+      <c r="E26">
+        <v>10</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26">
+        <v>54</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
+      </c>
+      <c r="K26" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D27" t="s">
+        <v>92</v>
+      </c>
+      <c r="E27">
+        <v>10</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27">
+        <v>11</v>
+      </c>
+      <c r="I27">
+        <v>41.6</v>
+      </c>
+      <c r="K27" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>94</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" t="s">
+        <v>95</v>
+      </c>
+      <c r="E28">
+        <v>10</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28">
+        <v>6</v>
+      </c>
+      <c r="I28">
+        <v>58.3</v>
+      </c>
+      <c r="K28" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E29">
+        <v>10</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29">
+        <v>54</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>101</v>
+      </c>
+      <c r="D30" t="s">
+        <v>102</v>
+      </c>
+      <c r="E30">
+        <v>12</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
+        <v>6</v>
+      </c>
+      <c r="I30">
+        <v>72.5</v>
+      </c>
+      <c r="K30" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" t="s">
+        <v>104</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" t="s">
+        <v>105</v>
+      </c>
+      <c r="E31">
+        <v>12</v>
+      </c>
+      <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31">
+        <v>11</v>
+      </c>
+      <c r="I31">
+        <v>10</v>
+      </c>
+      <c r="K31" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>101</v>
+      </c>
+      <c r="D32" t="s">
+        <v>108</v>
+      </c>
+      <c r="E32">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32">
+        <v>10</v>
+      </c>
+      <c r="I32">
+        <v>45.6</v>
+      </c>
+      <c r="K32" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" t="s">
+        <v>31</v>
+      </c>
+      <c r="B33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" t="s">
+        <v>14</v>
+      </c>
+      <c r="D33" t="s">
+        <v>110</v>
+      </c>
+      <c r="E33">
+        <v>6</v>
+      </c>
+      <c r="F33" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33">
+        <v>82</v>
+      </c>
+      <c r="I33">
+        <v>5</v>
+      </c>
+      <c r="K33" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" t="s">
+        <v>112</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
+        <v>14</v>
+      </c>
+      <c r="D34" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34">
+        <v>6</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34">
+        <v>56</v>
+      </c>
+      <c r="I34">
+        <v>7.5</v>
+      </c>
+      <c r="K34" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" t="s">
+        <v>115</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35">
+        <v>6</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35">
+        <v>6</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="K35" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>118</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>14</v>
+      </c>
+      <c r="D36" t="s">
+        <v>119</v>
+      </c>
+      <c r="E36">
+        <v>6</v>
+      </c>
+      <c r="F36" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36">
+        <v>58</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="K36" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" t="s">
+        <v>121</v>
+      </c>
+      <c r="B37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" t="s">
+        <v>14</v>
+      </c>
+      <c r="D37" t="s">
+        <v>122</v>
+      </c>
+      <c r="E37">
+        <v>6</v>
+      </c>
+      <c r="F37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37">
+        <v>8</v>
+      </c>
+      <c r="I37">
+        <v>30</v>
+      </c>
+      <c r="K37" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" t="s">
+        <v>124</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
+        <v>14</v>
+      </c>
+      <c r="D38" t="s">
+        <v>125</v>
+      </c>
+      <c r="E38">
+        <v>6</v>
+      </c>
+      <c r="F38" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38">
+        <v>54</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="K38" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" t="s">
+        <v>127</v>
+      </c>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" t="s">
+        <v>14</v>
+      </c>
+      <c r="D39" t="s">
+        <v>128</v>
+      </c>
+      <c r="E39">
+        <v>6</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39">
+        <v>54</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="K39" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" t="s">
+        <v>130</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>14</v>
+      </c>
+      <c r="D40" t="s">
+        <v>131</v>
+      </c>
+      <c r="E40">
+        <v>6</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40">
+        <v>6</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="K40" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" t="s">
+        <v>133</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>14</v>
+      </c>
+      <c r="D41" t="s">
+        <v>134</v>
+      </c>
+      <c r="E41">
+        <v>6</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41">
+        <v>52</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="K41" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" t="s">
+        <v>136</v>
+      </c>
+      <c r="B42" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s">
+        <v>14</v>
+      </c>
+      <c r="D42" t="s">
+        <v>137</v>
+      </c>
+      <c r="E42">
+        <v>6</v>
+      </c>
+      <c r="F42" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42">
+        <v>56</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="K42" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" t="s">
+        <v>139</v>
+      </c>
+      <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
+        <v>14</v>
+      </c>
+      <c r="D43" t="s">
+        <v>140</v>
+      </c>
+      <c r="E43">
+        <v>6</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43">
+        <v>16</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="K43" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" t="s">
+        <v>142</v>
+      </c>
+      <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>14</v>
+      </c>
+      <c r="D44" t="s">
+        <v>143</v>
+      </c>
+      <c r="E44">
+        <v>6</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44">
+        <v>6</v>
+      </c>
+      <c r="I44">
+        <v>55</v>
+      </c>
+      <c r="K44" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" t="s">
+        <v>145</v>
+      </c>
+      <c r="B45" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" t="s">
+        <v>14</v>
+      </c>
+      <c r="D45" t="s">
+        <v>146</v>
+      </c>
+      <c r="E45">
+        <v>6</v>
+      </c>
+      <c r="F45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G45" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45">
+        <v>54</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="K45" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" t="s">
+        <v>148</v>
+      </c>
+      <c r="B46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" t="s">
+        <v>14</v>
+      </c>
+      <c r="D46" t="s">
+        <v>149</v>
+      </c>
+      <c r="E46">
+        <v>6</v>
+      </c>
+      <c r="F46" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46">
+        <v>54</v>
+      </c>
+      <c r="I46">
+        <v>25</v>
+      </c>
+      <c r="K46" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" t="s">
+        <v>151</v>
+      </c>
+      <c r="B47" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" t="s">
+        <v>14</v>
+      </c>
+      <c r="D47" t="s">
+        <v>152</v>
+      </c>
+      <c r="E47">
+        <v>6</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47">
+        <v>56</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="K47" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" t="s">
+        <v>154</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" t="s">
+        <v>14</v>
+      </c>
+      <c r="D48" t="s">
+        <v>155</v>
+      </c>
+      <c r="E48">
+        <v>6</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48">
+        <v>55</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="K48" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" t="s">
+        <v>157</v>
+      </c>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" t="s">
+        <v>158</v>
+      </c>
+      <c r="E49">
+        <v>6</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49">
+        <v>56</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="K49" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" t="s">
+        <v>160</v>
+      </c>
+      <c r="B50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s">
+        <v>14</v>
+      </c>
+      <c r="D50" t="s">
+        <v>161</v>
+      </c>
+      <c r="E50">
+        <v>6</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50">
+        <v>58</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="K50" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" t="s">
+        <v>163</v>
+      </c>
+      <c r="B51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" t="s">
+        <v>14</v>
+      </c>
+      <c r="D51" t="s">
+        <v>164</v>
+      </c>
+      <c r="E51">
+        <v>6</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51">
+        <v>12</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="K51" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" t="s">
+        <v>166</v>
+      </c>
+      <c r="B52" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>14</v>
+      </c>
+      <c r="D52" t="s">
+        <v>167</v>
+      </c>
+      <c r="E52">
+        <v>6</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52">
+        <v>54</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="K52" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" t="s">
+        <v>169</v>
+      </c>
+      <c r="B53" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" t="s">
+        <v>14</v>
+      </c>
+      <c r="D53" t="s">
+        <v>170</v>
+      </c>
+      <c r="E53">
+        <v>6</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53">
+        <v>14</v>
+      </c>
+      <c r="I53">
+        <v>0</v>
+      </c>
+      <c r="K53" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" t="s">
+        <v>172</v>
+      </c>
+      <c r="B54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" t="s">
+        <v>14</v>
+      </c>
+      <c r="D54" t="s">
+        <v>173</v>
+      </c>
+      <c r="E54">
+        <v>6</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54">
+        <v>55</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="K54" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" t="s">
+        <v>175</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>14</v>
+      </c>
+      <c r="D55" t="s">
+        <v>176</v>
+      </c>
+      <c r="E55">
+        <v>6</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55">
+        <v>54</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
+      </c>
+      <c r="K55" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" t="s">
+        <v>178</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" t="s">
+        <v>14</v>
+      </c>
+      <c r="D56" t="s">
+        <v>179</v>
+      </c>
+      <c r="E56">
+        <v>6</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56">
+        <v>55</v>
+      </c>
+      <c r="I56">
+        <v>0</v>
+      </c>
+      <c r="K56" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" t="s">
+        <v>181</v>
+      </c>
+      <c r="B57" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" t="s">
+        <v>14</v>
+      </c>
+      <c r="D57" t="s">
+        <v>182</v>
+      </c>
+      <c r="E57">
+        <v>6</v>
+      </c>
+      <c r="F57" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57">
+        <v>20</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="K57" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" t="s">
+        <v>184</v>
+      </c>
+      <c r="B58" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" t="s">
+        <v>14</v>
+      </c>
+      <c r="D58" t="s">
+        <v>185</v>
+      </c>
+      <c r="E58">
+        <v>6</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58">
+        <v>60</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="K58" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" t="s">
+        <v>187</v>
+      </c>
+      <c r="B59" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" t="s">
+        <v>14</v>
+      </c>
+      <c r="D59" t="s">
+        <v>188</v>
+      </c>
+      <c r="E59">
+        <v>6</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59">
+        <v>54</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
+      </c>
+      <c r="K59" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" t="s">
+        <v>190</v>
+      </c>
+      <c r="B60" t="s">
+        <v>13</v>
+      </c>
+      <c r="C60" t="s">
+        <v>14</v>
+      </c>
+      <c r="D60" t="s">
+        <v>191</v>
+      </c>
+      <c r="E60">
+        <v>6</v>
+      </c>
+      <c r="F60" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60">
+        <v>40</v>
+      </c>
+      <c r="I60">
+        <v>5</v>
+      </c>
+      <c r="K60" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" t="s">
+        <v>193</v>
+      </c>
+      <c r="B61" t="s">
+        <v>13</v>
+      </c>
+      <c r="C61" t="s">
+        <v>14</v>
+      </c>
+      <c r="D61" t="s">
+        <v>194</v>
+      </c>
+      <c r="E61">
+        <v>6</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61">
+        <v>10</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="K61" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" t="s">
+        <v>196</v>
+      </c>
+      <c r="B62" t="s">
+        <v>13</v>
+      </c>
+      <c r="C62" t="s">
+        <v>14</v>
+      </c>
+      <c r="D62" t="s">
+        <v>197</v>
+      </c>
+      <c r="E62">
+        <v>6</v>
+      </c>
+      <c r="F62" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62">
+        <v>58</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="K62" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" t="s">
+        <v>199</v>
+      </c>
+      <c r="B63" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" t="s">
+        <v>14</v>
+      </c>
+      <c r="D63" t="s">
+        <v>200</v>
+      </c>
+      <c r="E63">
+        <v>6</v>
+      </c>
+      <c r="F63" t="s">
+        <v>16</v>
+      </c>
+      <c r="G63" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63">
+        <v>56</v>
+      </c>
+      <c r="I63">
+        <v>0</v>
+      </c>
+      <c r="K63" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" t="s">
+        <v>202</v>
+      </c>
+      <c r="B64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" t="s">
+        <v>14</v>
+      </c>
+      <c r="D64" t="s">
+        <v>203</v>
+      </c>
+      <c r="E64">
+        <v>6</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64">
+        <v>56</v>
+      </c>
+      <c r="I64">
+        <v>0</v>
+      </c>
+      <c r="K64" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" t="s">
+        <v>205</v>
+      </c>
+      <c r="B65" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" t="s">
+        <v>14</v>
+      </c>
+      <c r="D65" t="s">
+        <v>206</v>
+      </c>
+      <c r="E65">
+        <v>6</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65">
+        <v>2</v>
+      </c>
+      <c r="I65">
+        <v>85</v>
+      </c>
+      <c r="K65" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" t="s">
+        <v>42</v>
+      </c>
+      <c r="B66" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" t="s">
+        <v>208</v>
+      </c>
+      <c r="D66" t="s">
+        <v>209</v>
+      </c>
+      <c r="E66">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>16</v>
+      </c>
+      <c r="G66" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66">
+        <v>66</v>
+      </c>
+      <c r="I66">
+        <v>0</v>
+      </c>
+      <c r="K66" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" t="s">
+        <v>211</v>
+      </c>
+      <c r="B67" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" t="s">
+        <v>212</v>
+      </c>
+      <c r="D67" t="s">
+        <v>213</v>
+      </c>
+      <c r="E67">
+        <v>14</v>
+      </c>
+      <c r="F67" t="s">
+        <v>16</v>
+      </c>
+      <c r="G67" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67">
+        <v>8</v>
+      </c>
+      <c r="I67">
+        <v>30</v>
+      </c>
+      <c r="K67" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" t="s">
+        <v>215</v>
+      </c>
+      <c r="B68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" t="s">
+        <v>212</v>
+      </c>
+      <c r="D68" t="s">
+        <v>216</v>
+      </c>
+      <c r="E68">
+        <v>14</v>
+      </c>
+      <c r="F68" t="s">
+        <v>16</v>
+      </c>
+      <c r="G68" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68">
+        <v>13</v>
+      </c>
+      <c r="I68">
+        <v>1.8</v>
+      </c>
+      <c r="K68" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" t="s">
+        <v>218</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" t="s">
+        <v>212</v>
+      </c>
+      <c r="D69" t="s">
+        <v>219</v>
+      </c>
+      <c r="E69">
+        <v>14</v>
+      </c>
+      <c r="F69" t="s">
+        <v>16</v>
+      </c>
+      <c r="G69" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69">
+        <v>61</v>
+      </c>
+      <c r="I69">
+        <v>15</v>
+      </c>
+      <c r="K69" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" t="s">
+        <v>221</v>
+      </c>
+      <c r="B70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" t="s">
+        <v>222</v>
+      </c>
+      <c r="D70" t="s">
+        <v>223</v>
+      </c>
+      <c r="E70">
+        <v>16</v>
+      </c>
+      <c r="F70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G70" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70">
+        <v>6</v>
+      </c>
+      <c r="I70">
+        <v>49.1</v>
+      </c>
+      <c r="K70" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" t="s">
+        <v>225</v>
+      </c>
+      <c r="B71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" t="s">
+        <v>226</v>
+      </c>
+      <c r="D71" t="s">
+        <v>227</v>
+      </c>
+      <c r="E71">
+        <v>96</v>
+      </c>
+      <c r="F71" t="s">
+        <v>16</v>
+      </c>
+      <c r="G71" t="s">
+        <v>17</v>
+      </c>
+      <c r="H71">
+        <v>53</v>
+      </c>
+      <c r="I71">
+        <v>40.6</v>
+      </c>
+      <c r="K71" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" t="s">
+        <v>229</v>
+      </c>
+      <c r="B72" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" t="s">
+        <v>230</v>
+      </c>
+      <c r="D72" t="s">
+        <v>231</v>
+      </c>
+      <c r="E72">
+        <v>4</v>
+      </c>
+      <c r="F72" t="s">
+        <v>16</v>
+      </c>
+      <c r="G72" t="s">
+        <v>17</v>
+      </c>
+      <c r="H72">
+        <v>101</v>
+      </c>
+      <c r="I72">
+        <v>0</v>
+      </c>
+      <c r="K72" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" t="s">
+        <v>233</v>
+      </c>
+      <c r="B73" t="s">
+        <v>13</v>
+      </c>
+      <c r="C73" t="s">
+        <v>230</v>
+      </c>
+      <c r="D73" t="s">
+        <v>234</v>
+      </c>
+      <c r="E73">
+        <v>4</v>
+      </c>
+      <c r="F73" t="s">
+        <v>16</v>
+      </c>
+      <c r="G73" t="s">
+        <v>17</v>
+      </c>
+      <c r="H73">
+        <v>78</v>
+      </c>
+      <c r="I73">
+        <v>0</v>
+      </c>
+      <c r="K73" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" t="s">
+        <v>236</v>
+      </c>
+      <c r="B74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C74" t="s">
+        <v>230</v>
+      </c>
+      <c r="D74" t="s">
+        <v>237</v>
+      </c>
+      <c r="E74">
+        <v>4</v>
+      </c>
+      <c r="F74" t="s">
+        <v>16</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74">
+        <v>54</v>
+      </c>
+      <c r="I74">
+        <v>0</v>
+      </c>
+      <c r="K74" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" t="s">
+        <v>239</v>
+      </c>
+      <c r="B75" t="s">
+        <v>13</v>
+      </c>
+      <c r="C75" t="s">
+        <v>230</v>
+      </c>
+      <c r="D75" t="s">
+        <v>240</v>
+      </c>
+      <c r="E75">
+        <v>4</v>
+      </c>
+      <c r="F75" t="s">
+        <v>16</v>
+      </c>
+      <c r="G75" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75">
+        <v>58</v>
+      </c>
+      <c r="I75">
+        <v>0</v>
+      </c>
+      <c r="K75" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" t="s">
+        <v>242</v>
+      </c>
+      <c r="B76" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" t="s">
+        <v>230</v>
+      </c>
+      <c r="D76" t="s">
+        <v>243</v>
+      </c>
+      <c r="E76">
+        <v>4</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76">
+        <v>9</v>
+      </c>
+      <c r="I76">
+        <v>0</v>
+      </c>
+      <c r="K76" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" t="s">
+        <v>245</v>
+      </c>
+      <c r="B77" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" t="s">
+        <v>230</v>
+      </c>
+      <c r="D77" t="s">
+        <v>246</v>
+      </c>
+      <c r="E77">
+        <v>4</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77">
+        <v>60</v>
+      </c>
+      <c r="I77">
+        <v>0</v>
+      </c>
+      <c r="K77" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" t="s">
+        <v>248</v>
+      </c>
+      <c r="B78" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" t="s">
+        <v>230</v>
+      </c>
+      <c r="D78" t="s">
+        <v>249</v>
+      </c>
+      <c r="E78">
+        <v>4</v>
+      </c>
+      <c r="F78" t="s">
+        <v>16</v>
+      </c>
+      <c r="G78" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78">
+        <v>56</v>
+      </c>
+      <c r="I78">
+        <v>0</v>
+      </c>
+      <c r="K78" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" t="s">
+        <v>251</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>230</v>
+      </c>
+      <c r="D79" t="s">
+        <v>252</v>
+      </c>
+      <c r="E79">
+        <v>4</v>
+      </c>
+      <c r="F79" t="s">
+        <v>16</v>
+      </c>
+      <c r="G79" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79">
+        <v>53</v>
+      </c>
+      <c r="I79">
+        <v>15</v>
+      </c>
+      <c r="K79" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" t="s">
+        <v>254</v>
+      </c>
+      <c r="B80" t="s">
+        <v>13</v>
+      </c>
+      <c r="C80" t="s">
+        <v>230</v>
+      </c>
+      <c r="D80" t="s">
+        <v>255</v>
+      </c>
+      <c r="E80">
+        <v>4</v>
+      </c>
+      <c r="F80" t="s">
+        <v>16</v>
+      </c>
+      <c r="G80" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80">
+        <v>54</v>
+      </c>
+      <c r="I80">
+        <v>0</v>
+      </c>
+      <c r="K80" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" t="s">
+        <v>257</v>
+      </c>
+      <c r="B81" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>230</v>
+      </c>
+      <c r="D81" t="s">
+        <v>258</v>
+      </c>
+      <c r="E81">
+        <v>4</v>
+      </c>
+      <c r="F81" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81">
+        <v>14</v>
+      </c>
+      <c r="I81">
+        <v>0</v>
+      </c>
+      <c r="K81" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" t="s">
+        <v>260</v>
+      </c>
+      <c r="B82" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" t="s">
+        <v>230</v>
+      </c>
+      <c r="D82" t="s">
+        <v>261</v>
+      </c>
+      <c r="E82">
+        <v>4</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82">
+        <v>15</v>
+      </c>
+      <c r="I82">
+        <v>15</v>
+      </c>
+      <c r="K82" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" t="s">
+        <v>263</v>
+      </c>
+      <c r="B83" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>230</v>
+      </c>
+      <c r="D83" t="s">
+        <v>264</v>
+      </c>
+      <c r="E83">
+        <v>4</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83">
+        <v>28</v>
+      </c>
+      <c r="I83">
+        <v>8.8</v>
+      </c>
+      <c r="K83" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" t="s">
+        <v>266</v>
+      </c>
+      <c r="B84" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" t="s">
+        <v>230</v>
+      </c>
+      <c r="D84" t="s">
+        <v>267</v>
+      </c>
+      <c r="E84">
+        <v>4</v>
+      </c>
+      <c r="F84" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84">
+        <v>60</v>
+      </c>
+      <c r="I84">
+        <v>0</v>
+      </c>
+      <c r="K84" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" t="s">
+        <v>269</v>
+      </c>
+      <c r="B85" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" t="s">
+        <v>230</v>
+      </c>
+      <c r="D85" t="s">
+        <v>270</v>
+      </c>
+      <c r="E85">
+        <v>4</v>
+      </c>
+      <c r="F85" t="s">
+        <v>16</v>
+      </c>
+      <c r="G85" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85">
+        <v>56</v>
+      </c>
+      <c r="I85">
+        <v>10</v>
+      </c>
+      <c r="K85" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" t="s">
+        <v>272</v>
+      </c>
+      <c r="B86" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" t="s">
+        <v>230</v>
+      </c>
+      <c r="D86" t="s">
+        <v>273</v>
+      </c>
+      <c r="E86">
+        <v>4</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86">
+        <v>54</v>
+      </c>
+      <c r="I86">
+        <v>0</v>
+      </c>
+      <c r="K86" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" t="s">
+        <v>275</v>
+      </c>
+      <c r="B87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" t="s">
+        <v>230</v>
+      </c>
+      <c r="D87" t="s">
+        <v>276</v>
+      </c>
+      <c r="E87">
+        <v>4</v>
+      </c>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87">
+        <v>56</v>
+      </c>
+      <c r="I87">
+        <v>0</v>
+      </c>
+      <c r="K87" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" t="s">
+        <v>278</v>
+      </c>
+      <c r="B88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" t="s">
+        <v>230</v>
+      </c>
+      <c r="D88" t="s">
+        <v>279</v>
+      </c>
+      <c r="E88">
+        <v>4</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88">
+        <v>7</v>
+      </c>
+      <c r="I88">
+        <v>50</v>
+      </c>
+      <c r="K88" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" t="s">
+        <v>281</v>
+      </c>
+      <c r="B89" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" t="s">
+        <v>230</v>
+      </c>
+      <c r="D89" t="s">
+        <v>282</v>
+      </c>
+      <c r="E89">
+        <v>4</v>
+      </c>
+      <c r="F89" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" t="s">
+        <v>17</v>
+      </c>
+      <c r="H89">
+        <v>4</v>
+      </c>
+      <c r="I89">
+        <v>0</v>
+      </c>
+      <c r="K89" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" t="s">
+        <v>284</v>
+      </c>
+      <c r="B90" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" t="s">
+        <v>230</v>
+      </c>
+      <c r="D90" t="s">
+        <v>285</v>
+      </c>
+      <c r="E90">
+        <v>4</v>
+      </c>
+      <c r="F90" t="s">
+        <v>16</v>
+      </c>
+      <c r="G90" t="s">
+        <v>17</v>
+      </c>
+      <c r="H90">
+        <v>6</v>
+      </c>
+      <c r="I90">
+        <v>0</v>
+      </c>
+      <c r="K90" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" t="s">
+        <v>287</v>
+      </c>
+      <c r="B91" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" t="s">
+        <v>230</v>
+      </c>
+      <c r="D91" t="s">
+        <v>288</v>
+      </c>
+      <c r="E91">
+        <v>4</v>
+      </c>
+      <c r="F91" t="s">
+        <v>16</v>
+      </c>
+      <c r="G91" t="s">
+        <v>17</v>
+      </c>
+      <c r="H91">
+        <v>14</v>
+      </c>
+      <c r="I91">
+        <v>5</v>
+      </c>
+      <c r="K91" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" t="s">
+        <v>290</v>
+      </c>
+      <c r="B92" t="s">
+        <v>13</v>
+      </c>
+      <c r="C92" t="s">
+        <v>230</v>
+      </c>
+      <c r="D92" t="s">
+        <v>291</v>
+      </c>
+      <c r="E92">
+        <v>4</v>
+      </c>
+      <c r="F92" t="s">
+        <v>16</v>
+      </c>
+      <c r="G92" t="s">
+        <v>17</v>
+      </c>
+      <c r="H92">
+        <v>52</v>
+      </c>
+      <c r="I92">
+        <v>0</v>
+      </c>
+      <c r="K92" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" t="s">
+        <v>293</v>
+      </c>
+      <c r="B93" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" t="s">
+        <v>230</v>
+      </c>
+      <c r="D93" t="s">
+        <v>294</v>
+      </c>
+      <c r="E93">
+        <v>4</v>
+      </c>
+      <c r="F93" t="s">
+        <v>16</v>
+      </c>
+      <c r="G93" t="s">
+        <v>17</v>
+      </c>
+      <c r="H93">
+        <v>58</v>
+      </c>
+      <c r="I93">
+        <v>10</v>
+      </c>
+      <c r="K93" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" t="s">
+        <v>296</v>
+      </c>
+      <c r="B94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" t="s">
+        <v>230</v>
+      </c>
+      <c r="D94" t="s">
+        <v>297</v>
+      </c>
+      <c r="E94">
+        <v>4</v>
+      </c>
+      <c r="F94" t="s">
+        <v>16</v>
+      </c>
+      <c r="G94" t="s">
+        <v>17</v>
+      </c>
+      <c r="H94">
+        <v>53</v>
+      </c>
+      <c r="I94">
+        <v>0</v>
+      </c>
+      <c r="K94" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" t="s">
+        <v>299</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
+        <v>230</v>
+      </c>
+      <c r="D95" t="s">
+        <v>300</v>
+      </c>
+      <c r="E95">
+        <v>4</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" t="s">
+        <v>17</v>
+      </c>
+      <c r="H95">
+        <v>58</v>
+      </c>
+      <c r="I95">
+        <v>0</v>
+      </c>
+      <c r="K95" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" t="s">
+        <v>302</v>
+      </c>
+      <c r="B96" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" t="s">
+        <v>230</v>
+      </c>
+      <c r="D96" t="s">
+        <v>303</v>
+      </c>
+      <c r="E96">
+        <v>4</v>
+      </c>
+      <c r="F96" t="s">
+        <v>16</v>
+      </c>
+      <c r="G96" t="s">
+        <v>17</v>
+      </c>
+      <c r="H96">
+        <v>52</v>
+      </c>
+      <c r="I96">
+        <v>0</v>
+      </c>
+      <c r="K96" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" t="s">
+        <v>305</v>
+      </c>
+      <c r="B97" t="s">
+        <v>13</v>
+      </c>
+      <c r="C97" t="s">
+        <v>230</v>
+      </c>
+      <c r="D97" t="s">
+        <v>306</v>
+      </c>
+      <c r="E97">
+        <v>4</v>
+      </c>
+      <c r="F97" t="s">
+        <v>16</v>
+      </c>
+      <c r="G97" t="s">
+        <v>17</v>
+      </c>
+      <c r="H97">
+        <v>56</v>
+      </c>
+      <c r="I97">
+        <v>0</v>
+      </c>
+      <c r="K97" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" t="s">
+        <v>308</v>
+      </c>
+      <c r="B98" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" t="s">
+        <v>230</v>
+      </c>
+      <c r="D98" t="s">
+        <v>309</v>
+      </c>
+      <c r="E98">
+        <v>4</v>
+      </c>
+      <c r="F98" t="s">
+        <v>16</v>
+      </c>
+      <c r="G98" t="s">
+        <v>17</v>
+      </c>
+      <c r="H98">
+        <v>6</v>
+      </c>
+      <c r="I98">
+        <v>0</v>
+      </c>
+      <c r="K98" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" t="s">
+        <v>311</v>
+      </c>
+      <c r="B99" t="s">
+        <v>13</v>
+      </c>
+      <c r="C99" t="s">
+        <v>230</v>
+      </c>
+      <c r="D99" t="s">
+        <v>312</v>
+      </c>
+      <c r="E99">
+        <v>4</v>
+      </c>
+      <c r="F99" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" t="s">
+        <v>17</v>
+      </c>
+      <c r="H99">
+        <v>19</v>
+      </c>
+      <c r="I99">
+        <v>0</v>
+      </c>
+      <c r="K99" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" t="s">
+        <v>314</v>
+      </c>
+      <c r="B100" t="s">
+        <v>13</v>
+      </c>
+      <c r="C100" t="s">
+        <v>230</v>
+      </c>
+      <c r="D100" t="s">
+        <v>315</v>
+      </c>
+      <c r="E100">
+        <v>4</v>
+      </c>
+      <c r="F100" t="s">
+        <v>16</v>
+      </c>
+      <c r="G100" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100">
+        <v>6</v>
+      </c>
+      <c r="I100">
+        <v>65</v>
+      </c>
+      <c r="K100" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" t="s">
+        <v>317</v>
+      </c>
+      <c r="B101" t="s">
+        <v>13</v>
+      </c>
+      <c r="C101" t="s">
+        <v>230</v>
+      </c>
+      <c r="D101" t="s">
+        <v>318</v>
+      </c>
+      <c r="E101">
+        <v>4</v>
+      </c>
+      <c r="F101" t="s">
+        <v>16</v>
+      </c>
+      <c r="G101" t="s">
+        <v>17</v>
+      </c>
+      <c r="H101">
+        <v>52</v>
+      </c>
+      <c r="I101">
+        <v>0</v>
+      </c>
+      <c r="K101" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" t="s">
+        <v>320</v>
+      </c>
+      <c r="B102" t="s">
+        <v>13</v>
+      </c>
+      <c r="C102" t="s">
+        <v>230</v>
+      </c>
+      <c r="D102" t="s">
+        <v>321</v>
+      </c>
+      <c r="E102">
+        <v>4</v>
+      </c>
+      <c r="F102" t="s">
+        <v>16</v>
+      </c>
+      <c r="G102" t="s">
+        <v>17</v>
+      </c>
+      <c r="H102">
+        <v>54</v>
+      </c>
+      <c r="I102">
+        <v>0</v>
+      </c>
+      <c r="K102" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" t="s">
+        <v>323</v>
+      </c>
+      <c r="B103" t="s">
+        <v>13</v>
+      </c>
+      <c r="C103" t="s">
+        <v>230</v>
+      </c>
+      <c r="D103" t="s">
+        <v>324</v>
+      </c>
+      <c r="E103">
+        <v>4</v>
+      </c>
+      <c r="F103" t="s">
+        <v>16</v>
+      </c>
+      <c r="G103" t="s">
+        <v>17</v>
+      </c>
+      <c r="H103">
+        <v>26</v>
+      </c>
+      <c r="I103">
+        <v>0</v>
+      </c>
+      <c r="K103" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" t="s">
+        <v>326</v>
+      </c>
+      <c r="B104" t="s">
+        <v>13</v>
+      </c>
+      <c r="C104" t="s">
+        <v>230</v>
+      </c>
+      <c r="D104" t="s">
+        <v>327</v>
+      </c>
+      <c r="E104">
+        <v>4</v>
+      </c>
+      <c r="F104" t="s">
+        <v>16</v>
+      </c>
+      <c r="G104" t="s">
+        <v>17</v>
+      </c>
+      <c r="H104">
+        <v>58</v>
+      </c>
+      <c r="I104">
+        <v>0</v>
+      </c>
+      <c r="K104" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" t="s">
+        <v>329</v>
+      </c>
+      <c r="B105" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" t="s">
+        <v>230</v>
+      </c>
+      <c r="D105" t="s">
+        <v>330</v>
+      </c>
+      <c r="E105">
+        <v>4</v>
+      </c>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" t="s">
+        <v>17</v>
+      </c>
+      <c r="H105">
+        <v>58</v>
+      </c>
+      <c r="I105">
+        <v>5</v>
+      </c>
+      <c r="K105" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" t="s">
+        <v>332</v>
+      </c>
+      <c r="B106" t="s">
+        <v>13</v>
+      </c>
+      <c r="C106" t="s">
+        <v>230</v>
+      </c>
+      <c r="D106" t="s">
+        <v>333</v>
+      </c>
+      <c r="E106">
+        <v>4</v>
+      </c>
+      <c r="F106" t="s">
+        <v>16</v>
+      </c>
+      <c r="G106" t="s">
+        <v>17</v>
+      </c>
+      <c r="H106">
+        <v>56</v>
+      </c>
+      <c r="I106">
+        <v>0</v>
+      </c>
+      <c r="K106" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" t="s">
+        <v>335</v>
+      </c>
+      <c r="B107" t="s">
+        <v>13</v>
+      </c>
+      <c r="C107" t="s">
+        <v>230</v>
+      </c>
+      <c r="D107" t="s">
+        <v>336</v>
+      </c>
+      <c r="E107">
+        <v>4</v>
+      </c>
+      <c r="F107" t="s">
+        <v>16</v>
+      </c>
+      <c r="G107" t="s">
+        <v>17</v>
+      </c>
+      <c r="H107">
+        <v>7</v>
+      </c>
+      <c r="I107">
+        <v>0</v>
+      </c>
+      <c r="K107" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" t="s">
+        <v>338</v>
+      </c>
+      <c r="B108" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" t="s">
+        <v>230</v>
+      </c>
+      <c r="D108" t="s">
+        <v>339</v>
+      </c>
+      <c r="E108">
+        <v>4</v>
+      </c>
+      <c r="F108" t="s">
+        <v>16</v>
+      </c>
+      <c r="G108" t="s">
+        <v>17</v>
+      </c>
+      <c r="H108">
+        <v>5</v>
+      </c>
+      <c r="I108">
+        <v>0</v>
+      </c>
+      <c r="K108" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" t="s">
+        <v>341</v>
+      </c>
+      <c r="B109" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" t="s">
+        <v>230</v>
+      </c>
+      <c r="D109" t="s">
+        <v>342</v>
+      </c>
+      <c r="E109">
+        <v>4</v>
+      </c>
+      <c r="F109" t="s">
+        <v>16</v>
+      </c>
+      <c r="G109" t="s">
+        <v>17</v>
+      </c>
+      <c r="H109">
+        <v>54</v>
+      </c>
+      <c r="I109">
+        <v>0</v>
+      </c>
+      <c r="K109" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" t="s">
+        <v>344</v>
+      </c>
+      <c r="B110" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" t="s">
+        <v>230</v>
+      </c>
+      <c r="D110" t="s">
+        <v>345</v>
+      </c>
+      <c r="E110">
+        <v>4</v>
+      </c>
+      <c r="F110" t="s">
+        <v>16</v>
+      </c>
+      <c r="G110" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110">
+        <v>54</v>
+      </c>
+      <c r="I110">
+        <v>0</v>
+      </c>
+      <c r="K110" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" t="s">
+        <v>347</v>
+      </c>
+      <c r="B111" t="s">
+        <v>13</v>
+      </c>
+      <c r="C111" t="s">
+        <v>230</v>
+      </c>
+      <c r="D111" t="s">
+        <v>348</v>
+      </c>
+      <c r="E111">
+        <v>4</v>
+      </c>
+      <c r="F111" t="s">
+        <v>16</v>
+      </c>
+      <c r="G111" t="s">
+        <v>17</v>
+      </c>
+      <c r="H111">
+        <v>67</v>
+      </c>
+      <c r="I111">
+        <v>0</v>
+      </c>
+      <c r="K111" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" t="s">
+        <v>350</v>
+      </c>
+      <c r="B112" t="s">
+        <v>13</v>
+      </c>
+      <c r="C112" t="s">
+        <v>230</v>
+      </c>
+      <c r="D112" t="s">
+        <v>351</v>
+      </c>
+      <c r="E112">
+        <v>4</v>
+      </c>
+      <c r="F112" t="s">
+        <v>16</v>
+      </c>
+      <c r="G112" t="s">
+        <v>17</v>
+      </c>
+      <c r="H112">
+        <v>54</v>
+      </c>
+      <c r="I112">
+        <v>0</v>
+      </c>
+      <c r="K112" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" t="s">
+        <v>353</v>
+      </c>
+      <c r="B113" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" t="s">
+        <v>230</v>
+      </c>
+      <c r="D113" t="s">
+        <v>354</v>
+      </c>
+      <c r="E113">
+        <v>4</v>
+      </c>
+      <c r="F113" t="s">
+        <v>16</v>
+      </c>
+      <c r="G113" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113">
+        <v>52</v>
+      </c>
+      <c r="I113">
+        <v>0</v>
+      </c>
+      <c r="K113" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" t="s">
+        <v>356</v>
+      </c>
+      <c r="B114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" t="s">
+        <v>230</v>
+      </c>
+      <c r="D114" t="s">
+        <v>357</v>
+      </c>
+      <c r="E114">
+        <v>4</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114">
+        <v>9</v>
+      </c>
+      <c r="I114">
+        <v>0</v>
+      </c>
+      <c r="K114" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11">
+      <c r="A115" t="s">
+        <v>359</v>
+      </c>
+      <c r="B115" t="s">
+        <v>13</v>
+      </c>
+      <c r="C115" t="s">
+        <v>230</v>
+      </c>
+      <c r="D115" t="s">
+        <v>360</v>
+      </c>
+      <c r="E115">
+        <v>4</v>
+      </c>
+      <c r="F115" t="s">
+        <v>16</v>
+      </c>
+      <c r="G115" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115">
+        <v>52</v>
+      </c>
+      <c r="I115">
+        <v>0</v>
+      </c>
+      <c r="K115" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11">
+      <c r="A116" t="s">
+        <v>362</v>
+      </c>
+      <c r="B116" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" t="s">
+        <v>230</v>
+      </c>
+      <c r="D116" t="s">
+        <v>363</v>
+      </c>
+      <c r="E116">
+        <v>4</v>
+      </c>
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116">
+        <v>8</v>
+      </c>
+      <c r="I116">
+        <v>0</v>
+      </c>
+      <c r="K116" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11">
+      <c r="A117" t="s">
+        <v>365</v>
+      </c>
+      <c r="B117" t="s">
+        <v>13</v>
+      </c>
+      <c r="C117" t="s">
+        <v>230</v>
+      </c>
+      <c r="D117" t="s">
+        <v>366</v>
+      </c>
+      <c r="E117">
+        <v>4</v>
+      </c>
+      <c r="F117" t="s">
+        <v>16</v>
+      </c>
+      <c r="G117" t="s">
+        <v>17</v>
+      </c>
+      <c r="H117">
+        <v>10</v>
+      </c>
+      <c r="I117">
+        <v>0</v>
+      </c>
+      <c r="K117" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11">
+      <c r="A118" t="s">
+        <v>368</v>
+      </c>
+      <c r="B118" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" t="s">
+        <v>230</v>
+      </c>
+      <c r="D118" t="s">
+        <v>369</v>
+      </c>
+      <c r="E118">
+        <v>4</v>
+      </c>
+      <c r="F118" t="s">
+        <v>16</v>
+      </c>
+      <c r="G118" t="s">
+        <v>17</v>
+      </c>
+      <c r="H118">
+        <v>58</v>
+      </c>
+      <c r="I118">
+        <v>0</v>
+      </c>
+      <c r="K118" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" t="s">
+        <v>371</v>
+      </c>
+      <c r="B119" t="s">
+        <v>13</v>
+      </c>
+      <c r="C119" t="s">
+        <v>230</v>
+      </c>
+      <c r="D119" t="s">
+        <v>372</v>
+      </c>
+      <c r="E119">
+        <v>4</v>
+      </c>
+      <c r="F119" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119">
+        <v>58</v>
+      </c>
+      <c r="I119">
+        <v>0</v>
+      </c>
+      <c r="K119" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" t="s">
+        <v>374</v>
+      </c>
+      <c r="B120" t="s">
+        <v>13</v>
+      </c>
+      <c r="C120" t="s">
+        <v>230</v>
+      </c>
+      <c r="D120" t="s">
+        <v>375</v>
+      </c>
+      <c r="E120">
+        <v>4</v>
+      </c>
+      <c r="F120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G120" t="s">
+        <v>17</v>
+      </c>
+      <c r="H120">
+        <v>14</v>
+      </c>
+      <c r="I120">
+        <v>0</v>
+      </c>
+      <c r="K120" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11">
+      <c r="A121" t="s">
+        <v>377</v>
+      </c>
+      <c r="B121" t="s">
+        <v>13</v>
+      </c>
+      <c r="C121" t="s">
+        <v>230</v>
+      </c>
+      <c r="D121" t="s">
+        <v>378</v>
+      </c>
+      <c r="E121">
+        <v>4</v>
+      </c>
+      <c r="F121" t="s">
+        <v>16</v>
+      </c>
+      <c r="G121" t="s">
+        <v>17</v>
+      </c>
+      <c r="H121">
+        <v>62</v>
+      </c>
+      <c r="I121">
+        <v>0</v>
+      </c>
+      <c r="K121" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11">
+      <c r="A122" t="s">
+        <v>380</v>
+      </c>
+      <c r="B122" t="s">
+        <v>13</v>
+      </c>
+      <c r="C122" t="s">
+        <v>230</v>
+      </c>
+      <c r="D122" t="s">
+        <v>381</v>
+      </c>
+      <c r="E122">
+        <v>4</v>
+      </c>
+      <c r="F122" t="s">
+        <v>16</v>
+      </c>
+      <c r="G122" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122">
+        <v>54</v>
+      </c>
+      <c r="I122">
+        <v>42.5</v>
+      </c>
+      <c r="K122" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11">
+      <c r="A123" t="s">
+        <v>383</v>
+      </c>
+      <c r="B123" t="s">
+        <v>13</v>
+      </c>
+      <c r="C123" t="s">
+        <v>230</v>
+      </c>
+      <c r="D123" t="s">
+        <v>384</v>
+      </c>
+      <c r="E123">
+        <v>4</v>
+      </c>
+      <c r="F123" t="s">
+        <v>16</v>
+      </c>
+      <c r="G123" t="s">
+        <v>17</v>
+      </c>
+      <c r="H123">
+        <v>54</v>
+      </c>
+      <c r="I123">
+        <v>0</v>
+      </c>
+      <c r="K123" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11">
+      <c r="A124" t="s">
+        <v>386</v>
+      </c>
+      <c r="B124" t="s">
+        <v>13</v>
+      </c>
+      <c r="C124" t="s">
+        <v>230</v>
+      </c>
+      <c r="D124" t="s">
+        <v>387</v>
+      </c>
+      <c r="E124">
+        <v>4</v>
+      </c>
+      <c r="F124" t="s">
+        <v>16</v>
+      </c>
+      <c r="G124" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124">
+        <v>18</v>
+      </c>
+      <c r="I124">
+        <v>0</v>
+      </c>
+      <c r="K124" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11">
+      <c r="A125" t="s">
+        <v>389</v>
+      </c>
+      <c r="B125" t="s">
+        <v>13</v>
+      </c>
+      <c r="C125" t="s">
+        <v>230</v>
+      </c>
+      <c r="D125" t="s">
+        <v>390</v>
+      </c>
+      <c r="E125">
+        <v>4</v>
+      </c>
+      <c r="F125" t="s">
+        <v>16</v>
+      </c>
+      <c r="G125" t="s">
+        <v>17</v>
+      </c>
+      <c r="H125">
+        <v>55</v>
+      </c>
+      <c r="I125">
+        <v>0</v>
+      </c>
+      <c r="K125" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11">
+      <c r="A126" t="s">
+        <v>392</v>
+      </c>
+      <c r="B126" t="s">
+        <v>13</v>
+      </c>
+      <c r="C126" t="s">
+        <v>230</v>
+      </c>
+      <c r="D126" t="s">
+        <v>393</v>
+      </c>
+      <c r="E126">
+        <v>4</v>
+      </c>
+      <c r="F126" t="s">
+        <v>16</v>
+      </c>
+      <c r="G126" t="s">
+        <v>17</v>
+      </c>
+      <c r="H126">
+        <v>57</v>
+      </c>
+      <c r="I126">
+        <v>0</v>
+      </c>
+      <c r="K126" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11">
+      <c r="A127" t="s">
+        <v>395</v>
+      </c>
+      <c r="B127" t="s">
+        <v>13</v>
+      </c>
+      <c r="C127" t="s">
+        <v>230</v>
+      </c>
+      <c r="D127" t="s">
+        <v>396</v>
+      </c>
+      <c r="E127">
+        <v>4</v>
+      </c>
+      <c r="F127" t="s">
+        <v>16</v>
+      </c>
+      <c r="G127" t="s">
+        <v>17</v>
+      </c>
+      <c r="H127">
+        <v>56</v>
+      </c>
+      <c r="I127">
+        <v>0</v>
+      </c>
+      <c r="K127" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11">
+      <c r="A128" t="s">
+        <v>398</v>
+      </c>
+      <c r="B128" t="s">
+        <v>13</v>
+      </c>
+      <c r="C128" t="s">
+        <v>230</v>
+      </c>
+      <c r="D128" t="s">
+        <v>399</v>
+      </c>
+      <c r="E128">
+        <v>4</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128">
+        <v>57</v>
+      </c>
+      <c r="I128">
+        <v>20</v>
+      </c>
+      <c r="K128" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11">
+      <c r="A129" t="s">
+        <v>401</v>
+      </c>
+      <c r="B129" t="s">
+        <v>13</v>
+      </c>
+      <c r="C129" t="s">
+        <v>230</v>
+      </c>
+      <c r="D129" t="s">
+        <v>402</v>
+      </c>
+      <c r="E129">
+        <v>4</v>
+      </c>
+      <c r="F129" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" t="s">
+        <v>17</v>
+      </c>
+      <c r="H129">
+        <v>54</v>
+      </c>
+      <c r="I129">
+        <v>0</v>
+      </c>
+      <c r="K129" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11">
+      <c r="A130" t="s">
+        <v>404</v>
+      </c>
+      <c r="B130" t="s">
+        <v>13</v>
+      </c>
+      <c r="C130" t="s">
+        <v>230</v>
+      </c>
+      <c r="D130" t="s">
+        <v>405</v>
+      </c>
+      <c r="E130">
+        <v>4</v>
+      </c>
+      <c r="F130" t="s">
+        <v>16</v>
+      </c>
+      <c r="G130" t="s">
+        <v>17</v>
+      </c>
+      <c r="H130">
+        <v>54</v>
+      </c>
+      <c r="I130">
+        <v>0</v>
+      </c>
+      <c r="K130" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11">
+      <c r="A131" t="s">
+        <v>407</v>
+      </c>
+      <c r="B131" t="s">
+        <v>13</v>
+      </c>
+      <c r="C131" t="s">
+        <v>230</v>
+      </c>
+      <c r="D131" t="s">
+        <v>408</v>
+      </c>
+      <c r="E131">
+        <v>4</v>
+      </c>
+      <c r="F131" t="s">
+        <v>16</v>
+      </c>
+      <c r="G131" t="s">
+        <v>17</v>
+      </c>
+      <c r="H131">
+        <v>20</v>
+      </c>
+      <c r="I131">
+        <v>0</v>
+      </c>
+      <c r="K131" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11">
+      <c r="A132" t="s">
+        <v>410</v>
+      </c>
+      <c r="B132" t="s">
+        <v>13</v>
+      </c>
+      <c r="C132" t="s">
+        <v>230</v>
+      </c>
+      <c r="D132" t="s">
+        <v>411</v>
+      </c>
+      <c r="E132">
+        <v>4</v>
+      </c>
+      <c r="F132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>17</v>
+      </c>
+      <c r="H132">
+        <v>52</v>
+      </c>
+      <c r="I132">
+        <v>0</v>
+      </c>
+      <c r="K132" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11">
+      <c r="A133" t="s">
+        <v>413</v>
+      </c>
+      <c r="B133" t="s">
+        <v>13</v>
+      </c>
+      <c r="C133" t="s">
+        <v>230</v>
+      </c>
+      <c r="D133" t="s">
+        <v>414</v>
+      </c>
+      <c r="E133">
+        <v>4</v>
+      </c>
+      <c r="F133" t="s">
+        <v>16</v>
+      </c>
+      <c r="G133" t="s">
+        <v>17</v>
+      </c>
+      <c r="H133">
+        <v>58</v>
+      </c>
+      <c r="I133">
+        <v>0</v>
+      </c>
+      <c r="K133" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11">
+      <c r="A134" t="s">
+        <v>416</v>
+      </c>
+      <c r="B134" t="s">
+        <v>13</v>
+      </c>
+      <c r="C134" t="s">
+        <v>230</v>
+      </c>
+      <c r="D134" t="s">
+        <v>417</v>
+      </c>
+      <c r="E134">
+        <v>4</v>
+      </c>
+      <c r="F134" t="s">
+        <v>16</v>
+      </c>
+      <c r="G134" t="s">
+        <v>17</v>
+      </c>
+      <c r="H134">
+        <v>7</v>
+      </c>
+      <c r="I134">
+        <v>0</v>
+      </c>
+      <c r="K134" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" t="s">
+        <v>419</v>
+      </c>
+      <c r="B135" t="s">
+        <v>13</v>
+      </c>
+      <c r="C135" t="s">
+        <v>230</v>
+      </c>
+      <c r="D135" t="s">
+        <v>420</v>
+      </c>
+      <c r="E135">
+        <v>4</v>
+      </c>
+      <c r="F135" t="s">
+        <v>16</v>
+      </c>
+      <c r="G135" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135">
+        <v>54</v>
+      </c>
+      <c r="I135">
+        <v>0</v>
+      </c>
+      <c r="K135" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" t="s">
+        <v>422</v>
+      </c>
+      <c r="B136" t="s">
+        <v>13</v>
+      </c>
+      <c r="C136" t="s">
+        <v>230</v>
+      </c>
+      <c r="D136" t="s">
+        <v>423</v>
+      </c>
+      <c r="E136">
+        <v>4</v>
+      </c>
+      <c r="F136" t="s">
+        <v>16</v>
+      </c>
+      <c r="G136" t="s">
+        <v>17</v>
+      </c>
+      <c r="H136">
+        <v>56</v>
+      </c>
+      <c r="I136">
+        <v>5</v>
+      </c>
+      <c r="K136" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11">
+      <c r="A137" t="s">
+        <v>425</v>
+      </c>
+      <c r="B137" t="s">
+        <v>13</v>
+      </c>
+      <c r="C137" t="s">
+        <v>230</v>
+      </c>
+      <c r="D137" t="s">
+        <v>426</v>
+      </c>
+      <c r="E137">
+        <v>4</v>
+      </c>
+      <c r="F137" t="s">
+        <v>16</v>
+      </c>
+      <c r="G137" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137">
+        <v>8</v>
+      </c>
+      <c r="I137">
+        <v>0</v>
+      </c>
+      <c r="K137" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11">
+      <c r="A138" t="s">
+        <v>428</v>
+      </c>
+      <c r="B138" t="s">
+        <v>13</v>
+      </c>
+      <c r="C138" t="s">
+        <v>230</v>
+      </c>
+      <c r="D138" t="s">
+        <v>429</v>
+      </c>
+      <c r="E138">
+        <v>4</v>
+      </c>
+      <c r="F138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
+        <v>17</v>
+      </c>
+      <c r="H138">
+        <v>56</v>
+      </c>
+      <c r="I138">
+        <v>0</v>
+      </c>
+      <c r="K138" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>431</v>
+      </c>
+      <c r="B139" t="s">
+        <v>13</v>
+      </c>
+      <c r="C139" t="s">
+        <v>230</v>
+      </c>
+      <c r="D139" t="s">
+        <v>432</v>
+      </c>
+      <c r="E139">
+        <v>4</v>
+      </c>
+      <c r="F139" t="s">
+        <v>16</v>
+      </c>
+      <c r="G139" t="s">
+        <v>17</v>
+      </c>
+      <c r="H139">
+        <v>10</v>
+      </c>
+      <c r="I139">
+        <v>21.7</v>
+      </c>
+      <c r="K139" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11">
+      <c r="A140" t="s">
+        <v>434</v>
+      </c>
+      <c r="B140" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140" t="s">
+        <v>230</v>
+      </c>
+      <c r="D140" t="s">
+        <v>435</v>
+      </c>
+      <c r="E140">
+        <v>4</v>
+      </c>
+      <c r="F140" t="s">
+        <v>16</v>
+      </c>
+      <c r="G140" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140">
+        <v>62</v>
+      </c>
+      <c r="I140">
+        <v>0</v>
+      </c>
+      <c r="K140" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11">
+      <c r="A141" t="s">
+        <v>437</v>
+      </c>
+      <c r="B141" t="s">
+        <v>13</v>
+      </c>
+      <c r="C141" t="s">
+        <v>230</v>
+      </c>
+      <c r="D141" t="s">
+        <v>438</v>
+      </c>
+      <c r="E141">
+        <v>4</v>
+      </c>
+      <c r="F141" t="s">
+        <v>16</v>
+      </c>
+      <c r="G141" t="s">
+        <v>17</v>
+      </c>
+      <c r="H141">
+        <v>54</v>
+      </c>
+      <c r="I141">
+        <v>15</v>
+      </c>
+      <c r="K141" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11">
+      <c r="A142" t="s">
+        <v>440</v>
+      </c>
+      <c r="B142" t="s">
+        <v>13</v>
+      </c>
+      <c r="C142" t="s">
+        <v>230</v>
+      </c>
+      <c r="D142" t="s">
+        <v>441</v>
+      </c>
+      <c r="E142">
+        <v>4</v>
+      </c>
+      <c r="F142" t="s">
+        <v>16</v>
+      </c>
+      <c r="G142" t="s">
+        <v>17</v>
+      </c>
+      <c r="H142">
+        <v>6</v>
+      </c>
+      <c r="I142">
+        <v>0</v>
+      </c>
+      <c r="K142" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" t="s">
+        <v>443</v>
+      </c>
+      <c r="B143" t="s">
+        <v>13</v>
+      </c>
+      <c r="C143" t="s">
+        <v>230</v>
+      </c>
+      <c r="D143" t="s">
+        <v>444</v>
+      </c>
+      <c r="E143">
+        <v>4</v>
+      </c>
+      <c r="F143" t="s">
+        <v>16</v>
+      </c>
+      <c r="G143" t="s">
+        <v>17</v>
+      </c>
+      <c r="H143">
+        <v>4</v>
+      </c>
+      <c r="I143">
+        <v>0</v>
+      </c>
+      <c r="K143" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11">
+      <c r="A144" t="s">
+        <v>446</v>
+      </c>
+      <c r="B144" t="s">
+        <v>13</v>
+      </c>
+      <c r="C144" t="s">
+        <v>230</v>
+      </c>
+      <c r="D144" t="s">
+        <v>447</v>
+      </c>
+      <c r="E144">
+        <v>4</v>
+      </c>
+      <c r="F144" t="s">
+        <v>16</v>
+      </c>
+      <c r="G144" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144">
+        <v>56</v>
+      </c>
+      <c r="I144">
+        <v>0</v>
+      </c>
+      <c r="K144" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11">
+      <c r="A145" t="s">
+        <v>449</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>230</v>
+      </c>
+      <c r="D145" t="s">
+        <v>450</v>
+      </c>
+      <c r="E145">
+        <v>4</v>
+      </c>
+      <c r="F145" t="s">
+        <v>16</v>
+      </c>
+      <c r="G145" t="s">
+        <v>17</v>
+      </c>
+      <c r="H145">
+        <v>57</v>
+      </c>
+      <c r="I145">
+        <v>0</v>
+      </c>
+      <c r="K145" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11">
+      <c r="A146" t="s">
+        <v>452</v>
+      </c>
+      <c r="B146" t="s">
+        <v>13</v>
+      </c>
+      <c r="C146" t="s">
+        <v>230</v>
+      </c>
+      <c r="D146" t="s">
+        <v>453</v>
+      </c>
+      <c r="E146">
+        <v>4</v>
+      </c>
+      <c r="F146" t="s">
+        <v>16</v>
+      </c>
+      <c r="G146" t="s">
+        <v>17</v>
+      </c>
+      <c r="H146">
+        <v>56</v>
+      </c>
+      <c r="I146">
+        <v>0</v>
+      </c>
+      <c r="K146" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11">
+      <c r="A147" t="s">
+        <v>455</v>
+      </c>
+      <c r="B147" t="s">
+        <v>13</v>
+      </c>
+      <c r="C147" t="s">
+        <v>230</v>
+      </c>
+      <c r="D147" t="s">
+        <v>456</v>
+      </c>
+      <c r="E147">
+        <v>4</v>
+      </c>
+      <c r="F147" t="s">
+        <v>16</v>
+      </c>
+      <c r="G147" t="s">
+        <v>17</v>
+      </c>
+      <c r="H147">
+        <v>57</v>
+      </c>
+      <c r="I147">
+        <v>0</v>
+      </c>
+      <c r="K147" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11">
+      <c r="A148" t="s">
+        <v>458</v>
+      </c>
+      <c r="B148" t="s">
+        <v>13</v>
+      </c>
+      <c r="C148" t="s">
+        <v>230</v>
+      </c>
+      <c r="D148" t="s">
+        <v>459</v>
+      </c>
+      <c r="E148">
+        <v>4</v>
+      </c>
+      <c r="F148" t="s">
+        <v>16</v>
+      </c>
+      <c r="G148" t="s">
+        <v>17</v>
+      </c>
+      <c r="H148">
+        <v>57</v>
+      </c>
+      <c r="I148">
+        <v>0</v>
+      </c>
+      <c r="K148" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11">
+      <c r="A149" t="s">
+        <v>461</v>
+      </c>
+      <c r="B149" t="s">
+        <v>13</v>
+      </c>
+      <c r="C149" t="s">
+        <v>230</v>
+      </c>
+      <c r="D149" t="s">
+        <v>462</v>
+      </c>
+      <c r="E149">
+        <v>4</v>
+      </c>
+      <c r="F149" t="s">
+        <v>16</v>
+      </c>
+      <c r="G149" t="s">
+        <v>17</v>
+      </c>
+      <c r="H149">
+        <v>18</v>
+      </c>
+      <c r="I149">
+        <v>0</v>
+      </c>
+      <c r="K149" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11">
+      <c r="A150" t="s">
+        <v>464</v>
+      </c>
+      <c r="B150" t="s">
+        <v>13</v>
+      </c>
+      <c r="C150" t="s">
+        <v>230</v>
+      </c>
+      <c r="D150" t="s">
+        <v>465</v>
+      </c>
+      <c r="E150">
+        <v>4</v>
+      </c>
+      <c r="F150" t="s">
+        <v>16</v>
+      </c>
+      <c r="G150" t="s">
+        <v>17</v>
+      </c>
+      <c r="H150">
+        <v>54</v>
+      </c>
+      <c r="I150">
+        <v>0</v>
+      </c>
+      <c r="K150" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11">
+      <c r="A151" t="s">
+        <v>467</v>
+      </c>
+      <c r="B151" t="s">
+        <v>13</v>
+      </c>
+      <c r="C151" t="s">
+        <v>230</v>
+      </c>
+      <c r="D151" t="s">
+        <v>468</v>
+      </c>
+      <c r="E151">
+        <v>4</v>
+      </c>
+      <c r="F151" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" t="s">
+        <v>17</v>
+      </c>
+      <c r="H151">
+        <v>52</v>
+      </c>
+      <c r="I151">
+        <v>0</v>
+      </c>
+      <c r="K151" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11">
+      <c r="A152" t="s">
+        <v>470</v>
+      </c>
+      <c r="B152" t="s">
+        <v>13</v>
+      </c>
+      <c r="C152" t="s">
+        <v>230</v>
+      </c>
+      <c r="D152" t="s">
+        <v>471</v>
+      </c>
+      <c r="E152">
+        <v>4</v>
+      </c>
+      <c r="F152" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152">
+        <v>15</v>
+      </c>
+      <c r="I152">
+        <v>0</v>
+      </c>
+      <c r="K152" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11">
+      <c r="A153" t="s">
+        <v>473</v>
+      </c>
+      <c r="B153" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" t="s">
+        <v>230</v>
+      </c>
+      <c r="D153" t="s">
+        <v>474</v>
+      </c>
+      <c r="E153">
+        <v>4</v>
+      </c>
+      <c r="F153" t="s">
+        <v>16</v>
+      </c>
+      <c r="G153" t="s">
+        <v>17</v>
+      </c>
+      <c r="H153">
+        <v>55</v>
+      </c>
+      <c r="I153">
+        <v>0</v>
+      </c>
+      <c r="K153" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11">
+      <c r="A154" t="s">
+        <v>476</v>
+      </c>
+      <c r="B154" t="s">
+        <v>13</v>
+      </c>
+      <c r="C154" t="s">
+        <v>230</v>
+      </c>
+      <c r="D154" t="s">
+        <v>477</v>
+      </c>
+      <c r="E154">
+        <v>4</v>
+      </c>
+      <c r="F154" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" t="s">
+        <v>17</v>
+      </c>
+      <c r="H154">
+        <v>17</v>
+      </c>
+      <c r="I154">
+        <v>0</v>
+      </c>
+      <c r="K154" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11">
+      <c r="A155" t="s">
+        <v>479</v>
+      </c>
+      <c r="B155" t="s">
+        <v>13</v>
+      </c>
+      <c r="C155" t="s">
+        <v>230</v>
+      </c>
+      <c r="D155" t="s">
+        <v>480</v>
+      </c>
+      <c r="E155">
+        <v>4</v>
+      </c>
+      <c r="F155" t="s">
+        <v>16</v>
+      </c>
+      <c r="G155" t="s">
+        <v>17</v>
+      </c>
+      <c r="H155">
+        <v>56</v>
+      </c>
+      <c r="I155">
+        <v>5</v>
+      </c>
+      <c r="K155" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11">
+      <c r="A156" t="s">
+        <v>482</v>
+      </c>
+      <c r="B156" t="s">
+        <v>13</v>
+      </c>
+      <c r="C156" t="s">
+        <v>230</v>
+      </c>
+      <c r="D156" t="s">
+        <v>483</v>
+      </c>
+      <c r="E156">
+        <v>4</v>
+      </c>
+      <c r="F156" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" t="s">
+        <v>17</v>
+      </c>
+      <c r="H156">
+        <v>10</v>
+      </c>
+      <c r="I156">
+        <v>0</v>
+      </c>
+      <c r="K156" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11">
+      <c r="A157" t="s">
+        <v>485</v>
+      </c>
+      <c r="B157" t="s">
+        <v>13</v>
+      </c>
+      <c r="C157" t="s">
+        <v>230</v>
+      </c>
+      <c r="D157" t="s">
+        <v>486</v>
+      </c>
+      <c r="E157">
+        <v>4</v>
+      </c>
+      <c r="F157" t="s">
+        <v>16</v>
+      </c>
+      <c r="G157" t="s">
+        <v>17</v>
+      </c>
+      <c r="H157">
+        <v>6</v>
+      </c>
+      <c r="I157">
+        <v>0</v>
+      </c>
+      <c r="K157" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11">
+      <c r="A158" t="s">
+        <v>488</v>
+      </c>
+      <c r="B158" t="s">
+        <v>13</v>
+      </c>
+      <c r="C158" t="s">
+        <v>230</v>
+      </c>
+      <c r="D158" t="s">
+        <v>489</v>
+      </c>
+      <c r="E158">
+        <v>4</v>
+      </c>
+      <c r="F158" t="s">
+        <v>16</v>
+      </c>
+      <c r="G158" t="s">
+        <v>17</v>
+      </c>
+      <c r="H158">
+        <v>7</v>
+      </c>
+      <c r="I158">
+        <v>0</v>
+      </c>
+      <c r="K158" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11">
+      <c r="A159" t="s">
+        <v>491</v>
+      </c>
+      <c r="B159" t="s">
+        <v>13</v>
+      </c>
+      <c r="C159" t="s">
+        <v>230</v>
+      </c>
+      <c r="D159" t="s">
+        <v>492</v>
+      </c>
+      <c r="E159">
+        <v>4</v>
+      </c>
+      <c r="F159" t="s">
+        <v>16</v>
+      </c>
+      <c r="G159" t="s">
+        <v>17</v>
+      </c>
+      <c r="H159">
+        <v>5</v>
+      </c>
+      <c r="I159">
+        <v>0</v>
+      </c>
+      <c r="K159" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11">
+      <c r="A160" t="s">
+        <v>494</v>
+      </c>
+      <c r="B160" t="s">
+        <v>13</v>
+      </c>
+      <c r="C160" t="s">
+        <v>230</v>
+      </c>
+      <c r="D160" t="s">
+        <v>495</v>
+      </c>
+      <c r="E160">
+        <v>4</v>
+      </c>
+      <c r="F160" t="s">
+        <v>16</v>
+      </c>
+      <c r="G160" t="s">
+        <v>17</v>
+      </c>
+      <c r="H160">
+        <v>8</v>
+      </c>
+      <c r="I160">
+        <v>30</v>
+      </c>
+      <c r="K160" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11">
+      <c r="A161" t="s">
+        <v>497</v>
+      </c>
+      <c r="B161" t="s">
+        <v>13</v>
+      </c>
+      <c r="C161" t="s">
+        <v>230</v>
+      </c>
+      <c r="D161" t="s">
+        <v>498</v>
+      </c>
+      <c r="E161">
+        <v>4</v>
+      </c>
+      <c r="F161" t="s">
+        <v>16</v>
+      </c>
+      <c r="G161" t="s">
+        <v>17</v>
+      </c>
+      <c r="H161">
+        <v>60</v>
+      </c>
+      <c r="I161">
+        <v>0</v>
+      </c>
+      <c r="K161" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11">
+      <c r="A162" t="s">
+        <v>500</v>
+      </c>
+      <c r="B162" t="s">
+        <v>13</v>
+      </c>
+      <c r="C162" t="s">
+        <v>230</v>
+      </c>
+      <c r="D162" t="s">
+        <v>501</v>
+      </c>
+      <c r="E162">
+        <v>4</v>
+      </c>
+      <c r="F162" t="s">
+        <v>16</v>
+      </c>
+      <c r="G162" t="s">
+        <v>17</v>
+      </c>
+      <c r="H162">
+        <v>57</v>
+      </c>
+      <c r="I162">
+        <v>0</v>
+      </c>
+      <c r="K162" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11">
+      <c r="A163" t="s">
+        <v>503</v>
+      </c>
+      <c r="B163" t="s">
+        <v>13</v>
+      </c>
+      <c r="C163" t="s">
+        <v>230</v>
+      </c>
+      <c r="D163" t="s">
+        <v>504</v>
+      </c>
+      <c r="E163">
+        <v>4</v>
+      </c>
+      <c r="F163" t="s">
+        <v>16</v>
+      </c>
+      <c r="G163" t="s">
+        <v>17</v>
+      </c>
+      <c r="H163">
+        <v>18</v>
+      </c>
+      <c r="I163">
+        <v>0</v>
+      </c>
+      <c r="K163" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11">
+      <c r="A164" t="s">
+        <v>506</v>
+      </c>
+      <c r="B164" t="s">
+        <v>13</v>
+      </c>
+      <c r="C164" t="s">
+        <v>230</v>
+      </c>
+      <c r="D164" t="s">
+        <v>507</v>
+      </c>
+      <c r="E164">
+        <v>4</v>
+      </c>
+      <c r="F164" t="s">
+        <v>16</v>
+      </c>
+      <c r="G164" t="s">
+        <v>17</v>
+      </c>
+      <c r="H164">
+        <v>53</v>
+      </c>
+      <c r="I164">
+        <v>0</v>
+      </c>
+      <c r="K164" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11">
+      <c r="A165" t="s">
+        <v>248</v>
+      </c>
+      <c r="B165" t="s">
+        <v>13</v>
+      </c>
+      <c r="C165" t="s">
+        <v>35</v>
+      </c>
+      <c r="D165" t="s">
+        <v>509</v>
+      </c>
+      <c r="E165">
+        <v>15</v>
+      </c>
+      <c r="F165" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" t="s">
+        <v>17</v>
+      </c>
+      <c r="H165">
+        <v>56</v>
+      </c>
+      <c r="I165">
+        <v>0</v>
+      </c>
+      <c r="K165" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11">
+      <c r="A166" t="s">
+        <v>82</v>
+      </c>
+      <c r="B166" t="s">
+        <v>13</v>
+      </c>
+      <c r="C166" t="s">
+        <v>35</v>
+      </c>
+      <c r="D166" t="s">
+        <v>511</v>
+      </c>
+      <c r="E166">
+        <v>15</v>
+      </c>
+      <c r="F166" t="s">
+        <v>16</v>
+      </c>
+      <c r="G166" t="s">
+        <v>17</v>
+      </c>
+      <c r="H166">
+        <v>53</v>
+      </c>
+      <c r="I166">
+        <v>0</v>
+      </c>
+      <c r="K166" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11">
+      <c r="A167" t="s">
+        <v>85</v>
+      </c>
+      <c r="B167" t="s">
+        <v>13</v>
+      </c>
+      <c r="C167" t="s">
+        <v>35</v>
+      </c>
+      <c r="D167" t="s">
+        <v>513</v>
+      </c>
+      <c r="E167">
+        <v>15</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
+        <v>17</v>
+      </c>
+      <c r="H167">
+        <v>10</v>
+      </c>
+      <c r="I167">
+        <v>0</v>
+      </c>
+      <c r="K167" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11">
+      <c r="A168" t="s">
+        <v>45</v>
+      </c>
+      <c r="B168" t="s">
+        <v>13</v>
+      </c>
+      <c r="C168" t="s">
+        <v>35</v>
+      </c>
+      <c r="D168" t="s">
+        <v>515</v>
+      </c>
+      <c r="E168">
+        <v>15</v>
+      </c>
+      <c r="F168" t="s">
+        <v>16</v>
+      </c>
+      <c r="G168" t="s">
+        <v>17</v>
+      </c>
+      <c r="H168">
+        <v>52</v>
+      </c>
+      <c r="I168">
+        <v>0</v>
+      </c>
+      <c r="K168" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11">
+      <c r="A169" t="s">
+        <v>305</v>
+      </c>
+      <c r="B169" t="s">
+        <v>13</v>
+      </c>
+      <c r="C169" t="s">
+        <v>35</v>
+      </c>
+      <c r="D169" t="s">
+        <v>517</v>
+      </c>
+      <c r="E169">
+        <v>15</v>
+      </c>
+      <c r="F169" t="s">
+        <v>16</v>
+      </c>
+      <c r="G169" t="s">
+        <v>17</v>
+      </c>
+      <c r="H169">
+        <v>56</v>
+      </c>
+      <c r="I169">
+        <v>0</v>
+      </c>
+      <c r="K169" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11">
+      <c r="A170" t="s">
+        <v>55</v>
+      </c>
+      <c r="B170" t="s">
+        <v>13</v>
+      </c>
+      <c r="C170" t="s">
+        <v>35</v>
+      </c>
+      <c r="D170" t="s">
+        <v>519</v>
+      </c>
+      <c r="E170">
+        <v>15</v>
+      </c>
+      <c r="F170" t="s">
+        <v>16</v>
+      </c>
+      <c r="G170" t="s">
+        <v>17</v>
+      </c>
+      <c r="H170">
+        <v>4</v>
+      </c>
+      <c r="I170">
+        <v>75</v>
+      </c>
+      <c r="K170" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" t="s">
+        <v>58</v>
+      </c>
+      <c r="B171" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" t="s">
+        <v>35</v>
+      </c>
+      <c r="D171" t="s">
+        <v>521</v>
+      </c>
+      <c r="E171">
+        <v>15</v>
+      </c>
+      <c r="F171" t="s">
+        <v>16</v>
+      </c>
+      <c r="G171" t="s">
+        <v>17</v>
+      </c>
+      <c r="H171">
+        <v>52</v>
+      </c>
+      <c r="I171">
+        <v>50</v>
+      </c>
+      <c r="K171" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" t="s">
+        <v>61</v>
+      </c>
+      <c r="B172" t="s">
+        <v>13</v>
+      </c>
+      <c r="C172" t="s">
+        <v>35</v>
+      </c>
+      <c r="D172" t="s">
+        <v>523</v>
+      </c>
+      <c r="E172">
+        <v>15</v>
+      </c>
+      <c r="F172" t="s">
+        <v>16</v>
+      </c>
+      <c r="G172" t="s">
+        <v>17</v>
+      </c>
+      <c r="H172">
+        <v>12</v>
+      </c>
+      <c r="I172">
+        <v>15</v>
+      </c>
+      <c r="K172" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11">
+      <c r="A173" t="s">
+        <v>383</v>
+      </c>
+      <c r="B173" t="s">
+        <v>13</v>
+      </c>
+      <c r="C173" t="s">
+        <v>35</v>
+      </c>
+      <c r="D173" t="s">
+        <v>525</v>
+      </c>
+      <c r="E173">
+        <v>15</v>
+      </c>
+      <c r="F173" t="s">
+        <v>16</v>
+      </c>
+      <c r="G173" t="s">
+        <v>17</v>
+      </c>
+      <c r="H173">
+        <v>54</v>
+      </c>
+      <c r="I173">
+        <v>0</v>
+      </c>
+      <c r="K173" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11">
+      <c r="A174" t="s">
+        <v>67</v>
+      </c>
+      <c r="B174" t="s">
+        <v>13</v>
+      </c>
+      <c r="C174" t="s">
+        <v>35</v>
+      </c>
+      <c r="D174" t="s">
+        <v>527</v>
+      </c>
+      <c r="E174">
+        <v>15</v>
+      </c>
+      <c r="F174" t="s">
+        <v>16</v>
+      </c>
+      <c r="G174" t="s">
+        <v>17</v>
+      </c>
+      <c r="H174">
+        <v>56</v>
+      </c>
+      <c r="I174">
+        <v>0</v>
+      </c>
+      <c r="K174" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11">
+      <c r="A175" t="s">
+        <v>175</v>
+      </c>
+      <c r="B175" t="s">
+        <v>13</v>
+      </c>
+      <c r="C175" t="s">
+        <v>35</v>
+      </c>
+      <c r="D175" t="s">
+        <v>529</v>
+      </c>
+      <c r="E175">
+        <v>15</v>
+      </c>
+      <c r="F175" t="s">
+        <v>16</v>
+      </c>
+      <c r="G175" t="s">
+        <v>17</v>
+      </c>
+      <c r="H175">
+        <v>54</v>
+      </c>
+      <c r="I175">
+        <v>0</v>
+      </c>
+      <c r="K175" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11">
+      <c r="A176" t="s">
+        <v>531</v>
+      </c>
+      <c r="B176" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" t="s">
+        <v>35</v>
+      </c>
+      <c r="D176" t="s">
+        <v>532</v>
+      </c>
+      <c r="E176">
+        <v>15</v>
+      </c>
+      <c r="F176" t="s">
+        <v>16</v>
+      </c>
+      <c r="G176" t="s">
+        <v>17</v>
+      </c>
+      <c r="H176">
+        <v>10</v>
+      </c>
+      <c r="I176">
+        <v>0</v>
+      </c>
+      <c r="K176" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11">
+      <c r="A177" t="s">
+        <v>79</v>
+      </c>
+      <c r="B177" t="s">
+        <v>13</v>
+      </c>
+      <c r="C177" t="s">
+        <v>35</v>
+      </c>
+      <c r="D177" t="s">
+        <v>534</v>
+      </c>
+      <c r="E177">
+        <v>15</v>
+      </c>
+      <c r="F177" t="s">
+        <v>16</v>
+      </c>
+      <c r="G177" t="s">
+        <v>17</v>
+      </c>
+      <c r="H177">
+        <v>12</v>
+      </c>
+      <c r="I177">
+        <v>0</v>
+      </c>
+      <c r="K177" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11">
+      <c r="A178" t="s">
+        <v>202</v>
+      </c>
+      <c r="B178" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" t="s">
+        <v>35</v>
+      </c>
+      <c r="D178" t="s">
+        <v>536</v>
+      </c>
+      <c r="E178">
+        <v>15</v>
+      </c>
+      <c r="F178" t="s">
+        <v>16</v>
+      </c>
+      <c r="G178" t="s">
+        <v>17</v>
+      </c>
+      <c r="H178">
+        <v>56</v>
+      </c>
+      <c r="I178">
+        <v>0</v>
+      </c>
+      <c r="K178" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11">
+      <c r="A179" t="s">
+        <v>112</v>
+      </c>
+      <c r="B179" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" t="s">
+        <v>32</v>
+      </c>
+      <c r="D179" t="s">
+        <v>538</v>
+      </c>
+      <c r="E179">
+        <v>12</v>
+      </c>
+      <c r="F179" t="s">
+        <v>16</v>
+      </c>
+      <c r="G179" t="s">
+        <v>17</v>
+      </c>
+      <c r="H179">
+        <v>56</v>
+      </c>
+      <c r="I179">
+        <v>7.5</v>
+      </c>
+      <c r="K179" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11">
+      <c r="A180" t="s">
+        <v>115</v>
+      </c>
+      <c r="B180" t="s">
+        <v>13</v>
+      </c>
+      <c r="C180" t="s">
+        <v>32</v>
+      </c>
+      <c r="D180" t="s">
+        <v>540</v>
+      </c>
+      <c r="E180">
+        <v>12</v>
+      </c>
+      <c r="F180" t="s">
+        <v>16</v>
+      </c>
+      <c r="G180" t="s">
+        <v>17</v>
+      </c>
+      <c r="H180">
+        <v>6</v>
+      </c>
+      <c r="I180">
+        <v>0</v>
+      </c>
+      <c r="K180" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11">
+      <c r="A181" t="s">
+        <v>542</v>
+      </c>
+      <c r="B181" t="s">
+        <v>13</v>
+      </c>
+      <c r="C181" t="s">
+        <v>32</v>
+      </c>
+      <c r="D181" t="s">
+        <v>543</v>
+      </c>
+      <c r="E181">
+        <v>12</v>
+      </c>
+      <c r="F181" t="s">
+        <v>16</v>
+      </c>
+      <c r="G181" t="s">
+        <v>17</v>
+      </c>
+      <c r="H181">
+        <v>52</v>
+      </c>
+      <c r="I181">
+        <v>0</v>
+      </c>
+      <c r="K181" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11">
+      <c r="A182" t="s">
+        <v>545</v>
+      </c>
+      <c r="B182" t="s">
+        <v>13</v>
+      </c>
+      <c r="C182" t="s">
+        <v>32</v>
+      </c>
+      <c r="D182" t="s">
+        <v>546</v>
+      </c>
+      <c r="E182">
+        <v>12</v>
+      </c>
+      <c r="F182" t="s">
+        <v>16</v>
+      </c>
+      <c r="G182" t="s">
+        <v>17</v>
+      </c>
+      <c r="H182">
+        <v>54</v>
+      </c>
+      <c r="I182">
+        <v>0</v>
+      </c>
+      <c r="K182" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11">
+      <c r="A183" t="s">
+        <v>136</v>
+      </c>
+      <c r="B183" t="s">
+        <v>13</v>
+      </c>
+      <c r="C183" t="s">
+        <v>32</v>
+      </c>
+      <c r="D183" t="s">
+        <v>548</v>
+      </c>
+      <c r="E183">
+        <v>12</v>
+      </c>
+      <c r="F183" t="s">
+        <v>16</v>
+      </c>
+      <c r="G183" t="s">
+        <v>17</v>
+      </c>
+      <c r="H183">
+        <v>56</v>
+      </c>
+      <c r="I183">
+        <v>0</v>
+      </c>
+      <c r="K183" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11">
+      <c r="A184" t="s">
+        <v>314</v>
+      </c>
+      <c r="B184" t="s">
+        <v>13</v>
+      </c>
+      <c r="C184" t="s">
+        <v>32</v>
+      </c>
+      <c r="D184" t="s">
+        <v>550</v>
+      </c>
+      <c r="E184">
+        <v>12</v>
+      </c>
+      <c r="F184" t="s">
+        <v>16</v>
+      </c>
+      <c r="G184" t="s">
+        <v>17</v>
+      </c>
+      <c r="H184">
+        <v>6</v>
+      </c>
+      <c r="I184">
+        <v>65</v>
+      </c>
+      <c r="K184" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11">
+      <c r="A185" t="s">
+        <v>52</v>
+      </c>
+      <c r="B185" t="s">
+        <v>13</v>
+      </c>
+      <c r="C185" t="s">
+        <v>32</v>
+      </c>
+      <c r="D185" t="s">
+        <v>552</v>
+      </c>
+      <c r="E185">
+        <v>12</v>
+      </c>
+      <c r="F185" t="s">
+        <v>16</v>
+      </c>
+      <c r="G185" t="s">
+        <v>17</v>
+      </c>
+      <c r="H185">
+        <v>7</v>
+      </c>
+      <c r="I185">
+        <v>0</v>
+      </c>
+      <c r="K185" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" t="s">
+        <v>323</v>
+      </c>
+      <c r="B186" t="s">
+        <v>13</v>
+      </c>
+      <c r="C186" t="s">
+        <v>32</v>
+      </c>
+      <c r="D186" t="s">
+        <v>554</v>
+      </c>
+      <c r="E186">
+        <v>12</v>
+      </c>
+      <c r="F186" t="s">
+        <v>16</v>
+      </c>
+      <c r="G186" t="s">
+        <v>17</v>
+      </c>
+      <c r="H186">
+        <v>26</v>
+      </c>
+      <c r="I186">
+        <v>0</v>
+      </c>
+      <c r="K186" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" t="s">
+        <v>139</v>
+      </c>
+      <c r="B187" t="s">
+        <v>13</v>
+      </c>
+      <c r="C187" t="s">
+        <v>32</v>
+      </c>
+      <c r="D187" t="s">
+        <v>556</v>
+      </c>
+      <c r="E187">
+        <v>12</v>
+      </c>
+      <c r="F187" t="s">
+        <v>16</v>
+      </c>
+      <c r="G187" t="s">
+        <v>17</v>
+      </c>
+      <c r="H187">
+        <v>16</v>
+      </c>
+      <c r="I187">
+        <v>0</v>
+      </c>
+      <c r="K187" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" t="s">
+        <v>362</v>
+      </c>
+      <c r="B188" t="s">
+        <v>13</v>
+      </c>
+      <c r="C188" t="s">
+        <v>32</v>
+      </c>
+      <c r="D188" t="s">
+        <v>558</v>
+      </c>
+      <c r="E188">
+        <v>12</v>
+      </c>
+      <c r="F188" t="s">
+        <v>16</v>
+      </c>
+      <c r="G188" t="s">
+        <v>17</v>
+      </c>
+      <c r="H188">
+        <v>8</v>
+      </c>
+      <c r="I188">
+        <v>0</v>
+      </c>
+      <c r="K188" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" t="s">
+        <v>560</v>
+      </c>
+      <c r="B189" t="s">
+        <v>13</v>
+      </c>
+      <c r="C189" t="s">
+        <v>32</v>
+      </c>
+      <c r="D189" t="s">
+        <v>561</v>
+      </c>
+      <c r="E189">
+        <v>12</v>
+      </c>
+      <c r="F189" t="s">
+        <v>16</v>
+      </c>
+      <c r="G189" t="s">
+        <v>17</v>
+      </c>
+      <c r="H189">
+        <v>10</v>
+      </c>
+      <c r="I189">
+        <v>2.5</v>
+      </c>
+      <c r="K189" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" t="s">
+        <v>374</v>
+      </c>
+      <c r="B190" t="s">
+        <v>13</v>
+      </c>
+      <c r="C190" t="s">
+        <v>32</v>
+      </c>
+      <c r="D190" t="s">
+        <v>563</v>
+      </c>
+      <c r="E190">
+        <v>12</v>
+      </c>
+      <c r="F190" t="s">
+        <v>16</v>
+      </c>
+      <c r="G190" t="s">
+        <v>17</v>
+      </c>
+      <c r="H190">
+        <v>14</v>
+      </c>
+      <c r="I190">
+        <v>0</v>
+      </c>
+      <c r="K190" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11">
+      <c r="A191" t="s">
+        <v>70</v>
+      </c>
+      <c r="B191" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" t="s">
+        <v>32</v>
+      </c>
+      <c r="D191" t="s">
+        <v>565</v>
+      </c>
+      <c r="E191">
+        <v>12</v>
+      </c>
+      <c r="F191" t="s">
+        <v>16</v>
+      </c>
+      <c r="G191" t="s">
+        <v>17</v>
+      </c>
+      <c r="H191">
+        <v>14</v>
+      </c>
+      <c r="I191">
+        <v>0</v>
+      </c>
+      <c r="K191" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" t="s">
+        <v>567</v>
+      </c>
+      <c r="B192" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" t="s">
+        <v>32</v>
+      </c>
+      <c r="D192" t="s">
+        <v>568</v>
+      </c>
+      <c r="E192">
+        <v>12</v>
+      </c>
+      <c r="F192" t="s">
+        <v>16</v>
+      </c>
+      <c r="G192" t="s">
+        <v>17</v>
+      </c>
+      <c r="H192">
+        <v>4</v>
+      </c>
+      <c r="I192">
+        <v>65</v>
+      </c>
+      <c r="K192" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" t="s">
+        <v>407</v>
+      </c>
+      <c r="B193" t="s">
+        <v>13</v>
+      </c>
+      <c r="C193" t="s">
+        <v>32</v>
+      </c>
+      <c r="D193" t="s">
+        <v>570</v>
+      </c>
+      <c r="E193">
+        <v>12</v>
+      </c>
+      <c r="F193" t="s">
+        <v>16</v>
+      </c>
+      <c r="G193" t="s">
+        <v>17</v>
+      </c>
+      <c r="H193">
+        <v>20</v>
+      </c>
+      <c r="I193">
+        <v>0</v>
+      </c>
+      <c r="K193" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11">
+      <c r="A194" t="s">
+        <v>181</v>
+      </c>
+      <c r="B194" t="s">
+        <v>13</v>
+      </c>
+      <c r="C194" t="s">
+        <v>32</v>
+      </c>
+      <c r="D194" t="s">
+        <v>572</v>
+      </c>
+      <c r="E194">
+        <v>12</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>17</v>
+      </c>
+      <c r="H194">
+        <v>20</v>
+      </c>
+      <c r="I194">
+        <v>0</v>
+      </c>
+      <c r="K194" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11">
+      <c r="A195" t="s">
+        <v>461</v>
+      </c>
+      <c r="B195" t="s">
+        <v>13</v>
+      </c>
+      <c r="C195" t="s">
+        <v>32</v>
+      </c>
+      <c r="D195" t="s">
+        <v>574</v>
+      </c>
+      <c r="E195">
+        <v>12</v>
+      </c>
+      <c r="F195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>17</v>
+      </c>
+      <c r="H195">
+        <v>18</v>
+      </c>
+      <c r="I195">
+        <v>0</v>
+      </c>
+      <c r="K195" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11">
+      <c r="A196" t="s">
+        <v>190</v>
+      </c>
+      <c r="B196" t="s">
+        <v>13</v>
+      </c>
+      <c r="C196" t="s">
+        <v>32</v>
+      </c>
+      <c r="D196" t="s">
+        <v>576</v>
+      </c>
+      <c r="E196">
+        <v>12</v>
+      </c>
+      <c r="F196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
+        <v>17</v>
+      </c>
+      <c r="H196">
+        <v>40</v>
+      </c>
+      <c r="I196">
+        <v>5</v>
+      </c>
+      <c r="K196" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11">
+      <c r="A197" t="s">
+        <v>470</v>
+      </c>
+      <c r="B197" t="s">
+        <v>13</v>
+      </c>
+      <c r="C197" t="s">
+        <v>32</v>
+      </c>
+      <c r="D197" t="s">
+        <v>578</v>
+      </c>
+      <c r="E197">
+        <v>12</v>
+      </c>
+      <c r="F197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
+        <v>17</v>
+      </c>
+      <c r="H197">
+        <v>15</v>
+      </c>
+      <c r="I197">
+        <v>0</v>
+      </c>
+      <c r="K197" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11">
+      <c r="A198" t="s">
+        <v>196</v>
+      </c>
+      <c r="B198" t="s">
+        <v>13</v>
+      </c>
+      <c r="C198" t="s">
+        <v>32</v>
+      </c>
+      <c r="D198" t="s">
+        <v>580</v>
+      </c>
+      <c r="E198">
+        <v>12</v>
+      </c>
+      <c r="F198" t="s">
+        <v>16</v>
+      </c>
+      <c r="G198" t="s">
+        <v>17</v>
+      </c>
+      <c r="H198">
+        <v>58</v>
+      </c>
+      <c r="I198">
+        <v>0</v>
+      </c>
+      <c r="K198" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11">
+      <c r="A199" t="s">
+        <v>199</v>
+      </c>
+      <c r="B199" t="s">
+        <v>13</v>
+      </c>
+      <c r="C199" t="s">
+        <v>32</v>
+      </c>
+      <c r="D199" t="s">
+        <v>582</v>
+      </c>
+      <c r="E199">
+        <v>12</v>
+      </c>
+      <c r="F199" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" t="s">
+        <v>17</v>
+      </c>
+      <c r="H199">
+        <v>56</v>
+      </c>
+      <c r="I199">
+        <v>0</v>
+      </c>
+      <c r="K199" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11">
+      <c r="A200" t="s">
+        <v>584</v>
+      </c>
+      <c r="B200" t="s">
+        <v>13</v>
+      </c>
+      <c r="C200" t="s">
+        <v>32</v>
+      </c>
+      <c r="D200" t="s">
+        <v>585</v>
+      </c>
+      <c r="E200">
+        <v>12</v>
+      </c>
+      <c r="F200" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" t="s">
+        <v>17</v>
+      </c>
+      <c r="H200">
+        <v>8</v>
+      </c>
+      <c r="I200">
+        <v>0</v>
+      </c>
+      <c r="K200" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" t="s">
+        <v>587</v>
+      </c>
+      <c r="B201" t="s">
+        <v>13</v>
+      </c>
+      <c r="C201" t="s">
+        <v>588</v>
+      </c>
+      <c r="D201" t="s">
+        <v>589</v>
+      </c>
+      <c r="E201">
+        <v>18</v>
+      </c>
+      <c r="F201" t="s">
+        <v>16</v>
+      </c>
+      <c r="G201" t="s">
+        <v>17</v>
+      </c>
+      <c r="H201">
+        <v>5</v>
+      </c>
+      <c r="I201">
+        <v>32.5</v>
+      </c>
+      <c r="K201" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11">
+      <c r="A202" t="s">
+        <v>221</v>
+      </c>
+      <c r="B202" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202" t="s">
+        <v>591</v>
+      </c>
+      <c r="D202" t="s">
+        <v>592</v>
+      </c>
+      <c r="E202">
+        <v>90</v>
+      </c>
+      <c r="F202" t="s">
+        <v>16</v>
+      </c>
+      <c r="G202" t="s">
+        <v>17</v>
+      </c>
+      <c r="H202">
+        <v>6</v>
+      </c>
+      <c r="I202">
+        <v>49.1</v>
+      </c>
+      <c r="K202" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11">
+      <c r="A203" t="s">
+        <v>49</v>
+      </c>
+      <c r="B203" t="s">
+        <v>13</v>
+      </c>
+      <c r="C203" t="s">
+        <v>594</v>
+      </c>
+      <c r="D203" t="s">
+        <v>595</v>
+      </c>
+      <c r="E203">
+        <v>18</v>
+      </c>
+      <c r="F203" t="s">
+        <v>16</v>
+      </c>
+      <c r="G203" t="s">
+        <v>17</v>
+      </c>
+      <c r="H203">
+        <v>4</v>
+      </c>
+      <c r="I203">
+        <v>0</v>
+      </c>
+      <c r="K203" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11">
+      <c r="A204" t="s">
+        <v>88</v>
+      </c>
+      <c r="B204" t="s">
+        <v>13</v>
+      </c>
+      <c r="C204" t="s">
+        <v>594</v>
+      </c>
+      <c r="D204" t="s">
+        <v>597</v>
+      </c>
+      <c r="E204">
+        <v>18</v>
+      </c>
+      <c r="F204" t="s">
+        <v>16</v>
+      </c>
+      <c r="G204" t="s">
+        <v>17</v>
+      </c>
+      <c r="H204">
+        <v>54</v>
+      </c>
+      <c r="I204">
+        <v>0</v>
+      </c>
+      <c r="K204" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" t="s">
+        <v>148</v>
+      </c>
+      <c r="B205" t="s">
+        <v>13</v>
+      </c>
+      <c r="C205" t="s">
+        <v>594</v>
+      </c>
+      <c r="D205" t="s">
+        <v>599</v>
+      </c>
+      <c r="E205">
+        <v>18</v>
+      </c>
+      <c r="F205" t="s">
+        <v>16</v>
+      </c>
+      <c r="G205" t="s">
+        <v>17</v>
+      </c>
+      <c r="H205">
+        <v>54</v>
+      </c>
+      <c r="I205">
+        <v>25</v>
+      </c>
+      <c r="K205" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" t="s">
+        <v>64</v>
+      </c>
+      <c r="B206" t="s">
+        <v>13</v>
+      </c>
+      <c r="C206" t="s">
+        <v>594</v>
+      </c>
+      <c r="D206" t="s">
+        <v>601</v>
+      </c>
+      <c r="E206">
+        <v>18</v>
+      </c>
+      <c r="F206" t="s">
+        <v>16</v>
+      </c>
+      <c r="G206" t="s">
+        <v>17</v>
+      </c>
+      <c r="H206">
+        <v>56</v>
+      </c>
+      <c r="I206">
+        <v>0</v>
+      </c>
+      <c r="K206" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" t="s">
+        <v>94</v>
+      </c>
+      <c r="B207" t="s">
+        <v>13</v>
+      </c>
+      <c r="C207" t="s">
+        <v>594</v>
+      </c>
+      <c r="D207" t="s">
+        <v>603</v>
+      </c>
+      <c r="E207">
+        <v>18</v>
+      </c>
+      <c r="F207" t="s">
+        <v>16</v>
+      </c>
+      <c r="G207" t="s">
+        <v>17</v>
+      </c>
+      <c r="H207">
+        <v>6</v>
+      </c>
+      <c r="I207">
+        <v>58.3</v>
+      </c>
+      <c r="K207" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11">
+      <c r="A208" t="s">
+        <v>73</v>
+      </c>
+      <c r="B208" t="s">
+        <v>13</v>
+      </c>
+      <c r="C208" t="s">
+        <v>594</v>
+      </c>
+      <c r="D208" t="s">
+        <v>605</v>
+      </c>
+      <c r="E208">
+        <v>18</v>
+      </c>
+      <c r="F208" t="s">
+        <v>16</v>
+      </c>
+      <c r="G208" t="s">
+        <v>17</v>
+      </c>
+      <c r="H208">
+        <v>57</v>
+      </c>
+      <c r="I208">
+        <v>0</v>
+      </c>
+      <c r="K208" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11">
+      <c r="A209" t="s">
+        <v>437</v>
+      </c>
+      <c r="B209" t="s">
+        <v>13</v>
+      </c>
+      <c r="C209" t="s">
+        <v>594</v>
+      </c>
+      <c r="D209" t="s">
+        <v>607</v>
+      </c>
+      <c r="E209">
+        <v>18</v>
+      </c>
+      <c r="F209" t="s">
+        <v>16</v>
+      </c>
+      <c r="G209" t="s">
+        <v>17</v>
+      </c>
+      <c r="H209">
+        <v>54</v>
+      </c>
+      <c r="I209">
+        <v>15</v>
+      </c>
+      <c r="K209" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11">
+      <c r="A210" t="s">
+        <v>184</v>
+      </c>
+      <c r="B210" t="s">
+        <v>13</v>
+      </c>
+      <c r="C210" t="s">
+        <v>594</v>
+      </c>
+      <c r="D210" t="s">
+        <v>609</v>
+      </c>
+      <c r="E210">
+        <v>18</v>
+      </c>
+      <c r="F210" t="s">
+        <v>16</v>
+      </c>
+      <c r="G210" t="s">
+        <v>17</v>
+      </c>
+      <c r="H210">
+        <v>60</v>
+      </c>
+      <c r="I210">
+        <v>0</v>
+      </c>
+      <c r="K210" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11">
+      <c r="A211" t="s">
+        <v>611</v>
+      </c>
+      <c r="B211" t="s">
+        <v>13</v>
+      </c>
+      <c r="C211" t="s">
+        <v>208</v>
+      </c>
+      <c r="D211" t="s">
+        <v>612</v>
+      </c>
+      <c r="E211">
+        <v>9</v>
+      </c>
+      <c r="F211" t="s">
+        <v>16</v>
+      </c>
+      <c r="G211" t="s">
+        <v>17</v>
+      </c>
+      <c r="H211">
+        <v>16</v>
+      </c>
+      <c r="I211">
+        <v>0</v>
+      </c>
+      <c r="K211" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11">
+      <c r="A212" t="s">
+        <v>251</v>
+      </c>
+      <c r="B212" t="s">
+        <v>13</v>
+      </c>
+      <c r="C212" t="s">
+        <v>208</v>
+      </c>
+      <c r="D212" t="s">
+        <v>614</v>
+      </c>
+      <c r="E212">
+        <v>9</v>
+      </c>
+      <c r="F212" t="s">
+        <v>16</v>
+      </c>
+      <c r="G212" t="s">
+        <v>17</v>
+      </c>
+      <c r="H212">
+        <v>53</v>
+      </c>
+      <c r="I212">
+        <v>15</v>
+      </c>
+      <c r="K212" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11">
+      <c r="A213" t="s">
+        <v>263</v>
+      </c>
+      <c r="B213" t="s">
+        <v>13</v>
+      </c>
+      <c r="C213" t="s">
+        <v>208</v>
+      </c>
+      <c r="D213" t="s">
+        <v>616</v>
+      </c>
+      <c r="E213">
+        <v>9</v>
+      </c>
+      <c r="F213" t="s">
+        <v>16</v>
+      </c>
+      <c r="G213" t="s">
+        <v>17</v>
+      </c>
+      <c r="H213">
+        <v>28</v>
+      </c>
+      <c r="I213">
+        <v>8.8</v>
+      </c>
+      <c r="K213" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" t="s">
+        <v>269</v>
+      </c>
+      <c r="B214" t="s">
+        <v>13</v>
+      </c>
+      <c r="C214" t="s">
+        <v>208</v>
+      </c>
+      <c r="D214" t="s">
+        <v>618</v>
+      </c>
+      <c r="E214">
+        <v>9</v>
+      </c>
+      <c r="F214" t="s">
+        <v>16</v>
+      </c>
+      <c r="G214" t="s">
+        <v>17</v>
+      </c>
+      <c r="H214">
+        <v>56</v>
+      </c>
+      <c r="I214">
+        <v>10</v>
+      </c>
+      <c r="K214" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" t="s">
+        <v>118</v>
+      </c>
+      <c r="B215" t="s">
+        <v>13</v>
+      </c>
+      <c r="C215" t="s">
+        <v>208</v>
+      </c>
+      <c r="D215" t="s">
+        <v>620</v>
+      </c>
+      <c r="E215">
+        <v>9</v>
+      </c>
+      <c r="F215" t="s">
+        <v>16</v>
+      </c>
+      <c r="G215" t="s">
+        <v>17</v>
+      </c>
+      <c r="H215">
+        <v>58</v>
+      </c>
+      <c r="I215">
+        <v>0</v>
+      </c>
+      <c r="K215" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" t="s">
+        <v>275</v>
+      </c>
+      <c r="B216" t="s">
+        <v>13</v>
+      </c>
+      <c r="C216" t="s">
+        <v>208</v>
+      </c>
+      <c r="D216" t="s">
+        <v>622</v>
+      </c>
+      <c r="E216">
+        <v>9</v>
+      </c>
+      <c r="F216" t="s">
+        <v>16</v>
+      </c>
+      <c r="G216" t="s">
+        <v>17</v>
+      </c>
+      <c r="H216">
+        <v>56</v>
+      </c>
+      <c r="I216">
+        <v>0</v>
+      </c>
+      <c r="K216" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" t="s">
+        <v>121</v>
+      </c>
+      <c r="B217" t="s">
+        <v>13</v>
+      </c>
+      <c r="C217" t="s">
+        <v>208</v>
+      </c>
+      <c r="D217" t="s">
+        <v>624</v>
+      </c>
+      <c r="E217">
+        <v>9</v>
+      </c>
+      <c r="F217" t="s">
+        <v>16</v>
+      </c>
+      <c r="G217" t="s">
+        <v>17</v>
+      </c>
+      <c r="H217">
+        <v>8</v>
+      </c>
+      <c r="I217">
+        <v>30</v>
+      </c>
+      <c r="K217" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" t="s">
+        <v>124</v>
+      </c>
+      <c r="B218" t="s">
+        <v>13</v>
+      </c>
+      <c r="C218" t="s">
+        <v>208</v>
+      </c>
+      <c r="D218" t="s">
+        <v>626</v>
+      </c>
+      <c r="E218">
+        <v>9</v>
+      </c>
+      <c r="F218" t="s">
+        <v>16</v>
+      </c>
+      <c r="G218" t="s">
+        <v>17</v>
+      </c>
+      <c r="H218">
+        <v>54</v>
+      </c>
+      <c r="I218">
+        <v>0</v>
+      </c>
+      <c r="K218" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" t="s">
+        <v>127</v>
+      </c>
+      <c r="B219" t="s">
+        <v>13</v>
+      </c>
+      <c r="C219" t="s">
+        <v>208</v>
+      </c>
+      <c r="D219" t="s">
+        <v>628</v>
+      </c>
+      <c r="E219">
+        <v>9</v>
+      </c>
+      <c r="F219" t="s">
+        <v>16</v>
+      </c>
+      <c r="G219" t="s">
+        <v>17</v>
+      </c>
+      <c r="H219">
+        <v>54</v>
+      </c>
+      <c r="I219">
+        <v>0</v>
+      </c>
+      <c r="K219" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" t="s">
+        <v>278</v>
+      </c>
+      <c r="B220" t="s">
+        <v>13</v>
+      </c>
+      <c r="C220" t="s">
+        <v>208</v>
+      </c>
+      <c r="D220" t="s">
+        <v>630</v>
+      </c>
+      <c r="E220">
+        <v>9</v>
+      </c>
+      <c r="F220" t="s">
+        <v>16</v>
+      </c>
+      <c r="G220" t="s">
+        <v>17</v>
+      </c>
+      <c r="H220">
+        <v>7</v>
+      </c>
+      <c r="I220">
+        <v>50</v>
+      </c>
+      <c r="K220" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" t="s">
+        <v>287</v>
+      </c>
+      <c r="B221" t="s">
+        <v>13</v>
+      </c>
+      <c r="C221" t="s">
+        <v>208</v>
+      </c>
+      <c r="D221" t="s">
+        <v>632</v>
+      </c>
+      <c r="E221">
+        <v>9</v>
+      </c>
+      <c r="F221" t="s">
+        <v>16</v>
+      </c>
+      <c r="G221" t="s">
+        <v>17</v>
+      </c>
+      <c r="H221">
+        <v>14</v>
+      </c>
+      <c r="I221">
+        <v>5</v>
+      </c>
+      <c r="K221" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" t="s">
+        <v>130</v>
+      </c>
+      <c r="B222" t="s">
+        <v>13</v>
+      </c>
+      <c r="C222" t="s">
+        <v>208</v>
+      </c>
+      <c r="D222" t="s">
+        <v>634</v>
+      </c>
+      <c r="E222">
+        <v>9</v>
+      </c>
+      <c r="F222" t="s">
+        <v>16</v>
+      </c>
+      <c r="G222" t="s">
+        <v>17</v>
+      </c>
+      <c r="H222">
+        <v>6</v>
+      </c>
+      <c r="I222">
+        <v>0</v>
+      </c>
+      <c r="K222" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" t="s">
+        <v>133</v>
+      </c>
+      <c r="B223" t="s">
+        <v>13</v>
+      </c>
+      <c r="C223" t="s">
+        <v>208</v>
+      </c>
+      <c r="D223" t="s">
+        <v>636</v>
+      </c>
+      <c r="E223">
+        <v>9</v>
+      </c>
+      <c r="F223" t="s">
+        <v>16</v>
+      </c>
+      <c r="G223" t="s">
+        <v>17</v>
+      </c>
+      <c r="H223">
+        <v>52</v>
+      </c>
+      <c r="I223">
+        <v>0</v>
+      </c>
+      <c r="K223" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" t="s">
+        <v>638</v>
+      </c>
+      <c r="B224" t="s">
+        <v>13</v>
+      </c>
+      <c r="C224" t="s">
+        <v>208</v>
+      </c>
+      <c r="D224" t="s">
+        <v>639</v>
+      </c>
+      <c r="E224">
+        <v>9</v>
+      </c>
+      <c r="F224" t="s">
+        <v>16</v>
+      </c>
+      <c r="G224" t="s">
+        <v>17</v>
+      </c>
+      <c r="H224">
+        <v>8</v>
+      </c>
+      <c r="I224">
+        <v>0</v>
+      </c>
+      <c r="K224" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" t="s">
+        <v>302</v>
+      </c>
+      <c r="B225" t="s">
+        <v>13</v>
+      </c>
+      <c r="C225" t="s">
+        <v>208</v>
+      </c>
+      <c r="D225" t="s">
+        <v>641</v>
+      </c>
+      <c r="E225">
+        <v>9</v>
+      </c>
+      <c r="F225" t="s">
+        <v>16</v>
+      </c>
+      <c r="G225" t="s">
+        <v>17</v>
+      </c>
+      <c r="H225">
+        <v>52</v>
+      </c>
+      <c r="I225">
+        <v>0</v>
+      </c>
+      <c r="K225" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" t="s">
+        <v>320</v>
+      </c>
+      <c r="B226" t="s">
+        <v>13</v>
+      </c>
+      <c r="C226" t="s">
+        <v>208</v>
+      </c>
+      <c r="D226" t="s">
+        <v>643</v>
+      </c>
+      <c r="E226">
+        <v>9</v>
+      </c>
+      <c r="F226" t="s">
+        <v>16</v>
+      </c>
+      <c r="G226" t="s">
+        <v>17</v>
+      </c>
+      <c r="H226">
+        <v>54</v>
+      </c>
+      <c r="I226">
+        <v>0</v>
+      </c>
+      <c r="K226" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" t="s">
+        <v>645</v>
+      </c>
+      <c r="B227" t="s">
+        <v>13</v>
+      </c>
+      <c r="C227" t="s">
+        <v>208</v>
+      </c>
+      <c r="D227" t="s">
+        <v>646</v>
+      </c>
+      <c r="E227">
+        <v>9</v>
+      </c>
+      <c r="F227" t="s">
+        <v>16</v>
+      </c>
+      <c r="G227" t="s">
+        <v>17</v>
+      </c>
+      <c r="H227">
+        <v>52</v>
+      </c>
+      <c r="I227">
+        <v>33.1</v>
+      </c>
+      <c r="K227" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" t="s">
+        <v>335</v>
+      </c>
+      <c r="B228" t="s">
+        <v>13</v>
+      </c>
+      <c r="C228" t="s">
+        <v>208</v>
+      </c>
+      <c r="D228" t="s">
+        <v>648</v>
+      </c>
+      <c r="E228">
+        <v>9</v>
+      </c>
+      <c r="F228" t="s">
+        <v>16</v>
+      </c>
+      <c r="G228" t="s">
+        <v>17</v>
+      </c>
+      <c r="H228">
+        <v>7</v>
+      </c>
+      <c r="I228">
+        <v>0</v>
+      </c>
+      <c r="K228" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" t="s">
+        <v>142</v>
+      </c>
+      <c r="B229" t="s">
+        <v>13</v>
+      </c>
+      <c r="C229" t="s">
+        <v>208</v>
+      </c>
+      <c r="D229" t="s">
+        <v>650</v>
+      </c>
+      <c r="E229">
+        <v>9</v>
+      </c>
+      <c r="F229" t="s">
+        <v>16</v>
+      </c>
+      <c r="G229" t="s">
+        <v>17</v>
+      </c>
+      <c r="H229">
+        <v>6</v>
+      </c>
+      <c r="I229">
+        <v>55</v>
+      </c>
+      <c r="K229" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" t="s">
+        <v>338</v>
+      </c>
+      <c r="B230" t="s">
+        <v>13</v>
+      </c>
+      <c r="C230" t="s">
+        <v>208</v>
+      </c>
+      <c r="D230" t="s">
+        <v>652</v>
+      </c>
+      <c r="E230">
+        <v>9</v>
+      </c>
+      <c r="F230" t="s">
+        <v>16</v>
+      </c>
+      <c r="G230" t="s">
+        <v>17</v>
+      </c>
+      <c r="H230">
+        <v>5</v>
+      </c>
+      <c r="I230">
+        <v>0</v>
+      </c>
+      <c r="K230" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" t="s">
+        <v>145</v>
+      </c>
+      <c r="B231" t="s">
+        <v>13</v>
+      </c>
+      <c r="C231" t="s">
+        <v>208</v>
+      </c>
+      <c r="D231" t="s">
+        <v>654</v>
+      </c>
+      <c r="E231">
+        <v>9</v>
+      </c>
+      <c r="F231" t="s">
+        <v>16</v>
+      </c>
+      <c r="G231" t="s">
+        <v>17</v>
+      </c>
+      <c r="H231">
+        <v>54</v>
+      </c>
+      <c r="I231">
+        <v>0</v>
+      </c>
+      <c r="K231" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" t="s">
+        <v>151</v>
+      </c>
+      <c r="B232" t="s">
+        <v>13</v>
+      </c>
+      <c r="C232" t="s">
+        <v>208</v>
+      </c>
+      <c r="D232" t="s">
+        <v>656</v>
+      </c>
+      <c r="E232">
+        <v>9</v>
+      </c>
+      <c r="F232" t="s">
+        <v>16</v>
+      </c>
+      <c r="G232" t="s">
+        <v>17</v>
+      </c>
+      <c r="H232">
+        <v>56</v>
+      </c>
+      <c r="I232">
+        <v>0</v>
+      </c>
+      <c r="K232" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" t="s">
+        <v>344</v>
+      </c>
+      <c r="B233" t="s">
+        <v>13</v>
+      </c>
+      <c r="C233" t="s">
+        <v>208</v>
+      </c>
+      <c r="D233" t="s">
+        <v>658</v>
+      </c>
+      <c r="E233">
+        <v>9</v>
+      </c>
+      <c r="F233" t="s">
+        <v>16</v>
+      </c>
+      <c r="G233" t="s">
+        <v>17</v>
+      </c>
+      <c r="H233">
+        <v>54</v>
+      </c>
+      <c r="I233">
+        <v>0</v>
+      </c>
+      <c r="K233" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" t="s">
+        <v>353</v>
+      </c>
+      <c r="B234" t="s">
+        <v>13</v>
+      </c>
+      <c r="C234" t="s">
+        <v>208</v>
+      </c>
+      <c r="D234" t="s">
+        <v>660</v>
+      </c>
+      <c r="E234">
+        <v>9</v>
+      </c>
+      <c r="F234" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" t="s">
+        <v>17</v>
+      </c>
+      <c r="H234">
+        <v>52</v>
+      </c>
+      <c r="I234">
+        <v>0</v>
+      </c>
+      <c r="K234" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" t="s">
+        <v>356</v>
+      </c>
+      <c r="B235" t="s">
+        <v>13</v>
+      </c>
+      <c r="C235" t="s">
+        <v>208</v>
+      </c>
+      <c r="D235" t="s">
+        <v>662</v>
+      </c>
+      <c r="E235">
+        <v>9</v>
+      </c>
+      <c r="F235" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" t="s">
+        <v>17</v>
+      </c>
+      <c r="H235">
+        <v>9</v>
+      </c>
+      <c r="I235">
+        <v>0</v>
+      </c>
+      <c r="K235" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236" t="s">
+        <v>154</v>
+      </c>
+      <c r="B236" t="s">
+        <v>13</v>
+      </c>
+      <c r="C236" t="s">
+        <v>208</v>
+      </c>
+      <c r="D236" t="s">
+        <v>664</v>
+      </c>
+      <c r="E236">
+        <v>9</v>
+      </c>
+      <c r="F236" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" t="s">
+        <v>17</v>
+      </c>
+      <c r="H236">
+        <v>55</v>
+      </c>
+      <c r="I236">
+        <v>0</v>
+      </c>
+      <c r="K236" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237" t="s">
+        <v>157</v>
+      </c>
+      <c r="B237" t="s">
+        <v>13</v>
+      </c>
+      <c r="C237" t="s">
+        <v>208</v>
+      </c>
+      <c r="D237" t="s">
+        <v>666</v>
+      </c>
+      <c r="E237">
+        <v>9</v>
+      </c>
+      <c r="F237" t="s">
+        <v>16</v>
+      </c>
+      <c r="G237" t="s">
+        <v>17</v>
+      </c>
+      <c r="H237">
+        <v>56</v>
+      </c>
+      <c r="I237">
+        <v>0</v>
+      </c>
+      <c r="K237" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238" t="s">
+        <v>668</v>
+      </c>
+      <c r="B238" t="s">
+        <v>13</v>
+      </c>
+      <c r="C238" t="s">
+        <v>208</v>
+      </c>
+      <c r="D238" t="s">
+        <v>669</v>
+      </c>
+      <c r="E238">
+        <v>9</v>
+      </c>
+      <c r="F238" t="s">
+        <v>16</v>
+      </c>
+      <c r="G238" t="s">
+        <v>17</v>
+      </c>
+      <c r="H238">
+        <v>56</v>
+      </c>
+      <c r="I238">
+        <v>0</v>
+      </c>
+      <c r="K238" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" t="s">
+        <v>160</v>
+      </c>
+      <c r="B239" t="s">
+        <v>13</v>
+      </c>
+      <c r="C239" t="s">
+        <v>208</v>
+      </c>
+      <c r="D239" t="s">
+        <v>671</v>
+      </c>
+      <c r="E239">
+        <v>9</v>
+      </c>
+      <c r="F239" t="s">
+        <v>16</v>
+      </c>
+      <c r="G239" t="s">
+        <v>17</v>
+      </c>
+      <c r="H239">
+        <v>58</v>
+      </c>
+      <c r="I239">
+        <v>0</v>
+      </c>
+      <c r="K239" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" t="s">
+        <v>163</v>
+      </c>
+      <c r="B240" t="s">
+        <v>13</v>
+      </c>
+      <c r="C240" t="s">
+        <v>208</v>
+      </c>
+      <c r="D240" t="s">
+        <v>673</v>
+      </c>
+      <c r="E240">
+        <v>9</v>
+      </c>
+      <c r="F240" t="s">
+        <v>16</v>
+      </c>
+      <c r="G240" t="s">
+        <v>17</v>
+      </c>
+      <c r="H240">
+        <v>12</v>
+      </c>
+      <c r="I240">
+        <v>0</v>
+      </c>
+      <c r="K240" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" t="s">
+        <v>398</v>
+      </c>
+      <c r="B241" t="s">
+        <v>13</v>
+      </c>
+      <c r="C241" t="s">
+        <v>208</v>
+      </c>
+      <c r="D241" t="s">
+        <v>675</v>
+      </c>
+      <c r="E241">
+        <v>9</v>
+      </c>
+      <c r="F241" t="s">
+        <v>16</v>
+      </c>
+      <c r="G241" t="s">
+        <v>17</v>
+      </c>
+      <c r="H241">
+        <v>57</v>
+      </c>
+      <c r="I241">
+        <v>20</v>
+      </c>
+      <c r="K241" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" t="s">
+        <v>401</v>
+      </c>
+      <c r="B242" t="s">
+        <v>13</v>
+      </c>
+      <c r="C242" t="s">
+        <v>208</v>
+      </c>
+      <c r="D242" t="s">
+        <v>677</v>
+      </c>
+      <c r="E242">
+        <v>9</v>
+      </c>
+      <c r="F242" t="s">
+        <v>16</v>
+      </c>
+      <c r="G242" t="s">
+        <v>17</v>
+      </c>
+      <c r="H242">
+        <v>54</v>
+      </c>
+      <c r="I242">
+        <v>0</v>
+      </c>
+      <c r="K242" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243" t="s">
+        <v>166</v>
+      </c>
+      <c r="B243" t="s">
+        <v>13</v>
+      </c>
+      <c r="C243" t="s">
+        <v>208</v>
+      </c>
+      <c r="D243" t="s">
+        <v>679</v>
+      </c>
+      <c r="E243">
+        <v>9</v>
+      </c>
+      <c r="F243" t="s">
+        <v>16</v>
+      </c>
+      <c r="G243" t="s">
+        <v>17</v>
+      </c>
+      <c r="H243">
+        <v>54</v>
+      </c>
+      <c r="I243">
+        <v>0</v>
+      </c>
+      <c r="K243" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244" t="s">
+        <v>169</v>
+      </c>
+      <c r="B244" t="s">
+        <v>13</v>
+      </c>
+      <c r="C244" t="s">
+        <v>208</v>
+      </c>
+      <c r="D244" t="s">
+        <v>681</v>
+      </c>
+      <c r="E244">
+        <v>9</v>
+      </c>
+      <c r="F244" t="s">
+        <v>16</v>
+      </c>
+      <c r="G244" t="s">
+        <v>17</v>
+      </c>
+      <c r="H244">
+        <v>14</v>
+      </c>
+      <c r="I244">
+        <v>0</v>
+      </c>
+      <c r="K244" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245" t="s">
+        <v>413</v>
+      </c>
+      <c r="B245" t="s">
+        <v>13</v>
+      </c>
+      <c r="C245" t="s">
+        <v>208</v>
+      </c>
+      <c r="D245" t="s">
+        <v>683</v>
+      </c>
+      <c r="E245">
+        <v>9</v>
+      </c>
+      <c r="F245" t="s">
+        <v>16</v>
+      </c>
+      <c r="G245" t="s">
+        <v>17</v>
+      </c>
+      <c r="H245">
+        <v>58</v>
+      </c>
+      <c r="I245">
+        <v>0</v>
+      </c>
+      <c r="K245" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" t="s">
+        <v>172</v>
+      </c>
+      <c r="B246" t="s">
+        <v>13</v>
+      </c>
+      <c r="C246" t="s">
+        <v>208</v>
+      </c>
+      <c r="D246" t="s">
+        <v>685</v>
+      </c>
+      <c r="E246">
+        <v>9</v>
+      </c>
+      <c r="F246" t="s">
+        <v>16</v>
+      </c>
+      <c r="G246" t="s">
+        <v>17</v>
+      </c>
+      <c r="H246">
+        <v>55</v>
+      </c>
+      <c r="I246">
+        <v>0</v>
+      </c>
+      <c r="K246" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" t="s">
+        <v>178</v>
+      </c>
+      <c r="B247" t="s">
+        <v>13</v>
+      </c>
+      <c r="C247" t="s">
+        <v>208</v>
+      </c>
+      <c r="D247" t="s">
+        <v>687</v>
+      </c>
+      <c r="E247">
+        <v>9</v>
+      </c>
+      <c r="F247" t="s">
+        <v>16</v>
+      </c>
+      <c r="G247" t="s">
+        <v>17</v>
+      </c>
+      <c r="H247">
+        <v>55</v>
+      </c>
+      <c r="I247">
+        <v>0</v>
+      </c>
+      <c r="K247" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" t="s">
+        <v>689</v>
+      </c>
+      <c r="B248" t="s">
+        <v>13</v>
+      </c>
+      <c r="C248" t="s">
+        <v>208</v>
+      </c>
+      <c r="D248" t="s">
+        <v>690</v>
+      </c>
+      <c r="E248">
+        <v>9</v>
+      </c>
+      <c r="F248" t="s">
+        <v>16</v>
+      </c>
+      <c r="G248" t="s">
+        <v>17</v>
+      </c>
+      <c r="H248">
+        <v>8</v>
+      </c>
+      <c r="I248">
+        <v>0</v>
+      </c>
+      <c r="K248" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" t="s">
+        <v>692</v>
+      </c>
+      <c r="B249" t="s">
+        <v>13</v>
+      </c>
+      <c r="C249" t="s">
+        <v>208</v>
+      </c>
+      <c r="D249" t="s">
+        <v>693</v>
+      </c>
+      <c r="E249">
+        <v>9</v>
+      </c>
+      <c r="F249" t="s">
+        <v>16</v>
+      </c>
+      <c r="G249" t="s">
+        <v>17</v>
+      </c>
+      <c r="H249">
+        <v>56</v>
+      </c>
+      <c r="I249">
+        <v>10</v>
+      </c>
+      <c r="K249" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" t="s">
+        <v>419</v>
+      </c>
+      <c r="B250" t="s">
+        <v>13</v>
+      </c>
+      <c r="C250" t="s">
+        <v>208</v>
+      </c>
+      <c r="D250" t="s">
+        <v>695</v>
+      </c>
+      <c r="E250">
+        <v>9</v>
+      </c>
+      <c r="F250" t="s">
+        <v>16</v>
+      </c>
+      <c r="G250" t="s">
+        <v>17</v>
+      </c>
+      <c r="H250">
+        <v>54</v>
+      </c>
+      <c r="I250">
+        <v>0</v>
+      </c>
+      <c r="K250" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" t="s">
+        <v>422</v>
+      </c>
+      <c r="B251" t="s">
+        <v>13</v>
+      </c>
+      <c r="C251" t="s">
+        <v>208</v>
+      </c>
+      <c r="D251" t="s">
+        <v>697</v>
+      </c>
+      <c r="E251">
+        <v>9</v>
+      </c>
+      <c r="F251" t="s">
+        <v>16</v>
+      </c>
+      <c r="G251" t="s">
+        <v>17</v>
+      </c>
+      <c r="H251">
+        <v>56</v>
+      </c>
+      <c r="I251">
+        <v>5</v>
+      </c>
+      <c r="K251" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252" t="s">
+        <v>699</v>
+      </c>
+      <c r="B252" t="s">
+        <v>13</v>
+      </c>
+      <c r="C252" t="s">
+        <v>208</v>
+      </c>
+      <c r="D252" t="s">
+        <v>700</v>
+      </c>
+      <c r="E252">
+        <v>9</v>
+      </c>
+      <c r="F252" t="s">
+        <v>16</v>
+      </c>
+      <c r="G252" t="s">
+        <v>17</v>
+      </c>
+      <c r="H252">
+        <v>56</v>
+      </c>
+      <c r="I252">
+        <v>0</v>
+      </c>
+      <c r="K252" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" t="s">
+        <v>702</v>
+      </c>
+      <c r="B253" t="s">
+        <v>13</v>
+      </c>
+      <c r="C253" t="s">
+        <v>208</v>
+      </c>
+      <c r="D253" t="s">
+        <v>703</v>
+      </c>
+      <c r="E253">
+        <v>9</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+      <c r="G253" t="s">
+        <v>17</v>
+      </c>
+      <c r="H253">
+        <v>58</v>
+      </c>
+      <c r="I253">
+        <v>0</v>
+      </c>
+      <c r="K253" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" t="s">
+        <v>431</v>
+      </c>
+      <c r="B254" t="s">
+        <v>13</v>
+      </c>
+      <c r="C254" t="s">
+        <v>208</v>
+      </c>
+      <c r="D254" t="s">
+        <v>705</v>
+      </c>
+      <c r="E254">
+        <v>9</v>
+      </c>
+      <c r="F254" t="s">
+        <v>16</v>
+      </c>
+      <c r="G254" t="s">
+        <v>17</v>
+      </c>
+      <c r="H254">
+        <v>10</v>
+      </c>
+      <c r="I254">
+        <v>21.7</v>
+      </c>
+      <c r="K254" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" t="s">
+        <v>443</v>
+      </c>
+      <c r="B255" t="s">
+        <v>13</v>
+      </c>
+      <c r="C255" t="s">
+        <v>208</v>
+      </c>
+      <c r="D255" t="s">
+        <v>707</v>
+      </c>
+      <c r="E255">
+        <v>9</v>
+      </c>
+      <c r="F255" t="s">
+        <v>16</v>
+      </c>
+      <c r="G255" t="s">
+        <v>17</v>
+      </c>
+      <c r="H255">
+        <v>4</v>
+      </c>
+      <c r="I255">
+        <v>0</v>
+      </c>
+      <c r="K255" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" t="s">
+        <v>446</v>
+      </c>
+      <c r="B256" t="s">
+        <v>13</v>
+      </c>
+      <c r="C256" t="s">
+        <v>208</v>
+      </c>
+      <c r="D256" t="s">
+        <v>648</v>
+      </c>
+      <c r="E256">
+        <v>9</v>
+      </c>
+      <c r="F256" t="s">
+        <v>16</v>
+      </c>
+      <c r="G256" t="s">
+        <v>17</v>
+      </c>
+      <c r="H256">
+        <v>56</v>
+      </c>
+      <c r="I256">
+        <v>0</v>
+      </c>
+      <c r="K256" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" t="s">
+        <v>187</v>
+      </c>
+      <c r="B257" t="s">
+        <v>13</v>
+      </c>
+      <c r="C257" t="s">
+        <v>208</v>
+      </c>
+      <c r="D257" t="s">
+        <v>710</v>
+      </c>
+      <c r="E257">
+        <v>9</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+      <c r="G257" t="s">
+        <v>17</v>
+      </c>
+      <c r="H257">
+        <v>54</v>
+      </c>
+      <c r="I257">
+        <v>0</v>
+      </c>
+      <c r="K257" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" t="s">
+        <v>455</v>
+      </c>
+      <c r="B258" t="s">
+        <v>13</v>
+      </c>
+      <c r="C258" t="s">
+        <v>208</v>
+      </c>
+      <c r="D258" t="s">
+        <v>712</v>
+      </c>
+      <c r="E258">
+        <v>9</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>17</v>
+      </c>
+      <c r="H258">
+        <v>57</v>
+      </c>
+      <c r="I258">
+        <v>0</v>
+      </c>
+      <c r="K258" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" t="s">
+        <v>476</v>
+      </c>
+      <c r="B259" t="s">
+        <v>13</v>
+      </c>
+      <c r="C259" t="s">
+        <v>208</v>
+      </c>
+      <c r="D259" t="s">
+        <v>714</v>
+      </c>
+      <c r="E259">
+        <v>9</v>
+      </c>
+      <c r="F259" t="s">
+        <v>16</v>
+      </c>
+      <c r="G259" t="s">
+        <v>17</v>
+      </c>
+      <c r="H259">
+        <v>17</v>
+      </c>
+      <c r="I259">
+        <v>0</v>
+      </c>
+      <c r="K259" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" t="s">
+        <v>491</v>
+      </c>
+      <c r="B260" t="s">
+        <v>13</v>
+      </c>
+      <c r="C260" t="s">
+        <v>208</v>
+      </c>
+      <c r="D260" t="s">
+        <v>716</v>
+      </c>
+      <c r="E260">
+        <v>9</v>
+      </c>
+      <c r="F260" t="s">
+        <v>16</v>
+      </c>
+      <c r="G260" t="s">
+        <v>17</v>
+      </c>
+      <c r="H260">
+        <v>5</v>
+      </c>
+      <c r="I260">
+        <v>0</v>
+      </c>
+      <c r="K260" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" t="s">
+        <v>718</v>
+      </c>
+      <c r="B261" t="s">
+        <v>13</v>
+      </c>
+      <c r="C261" t="s">
+        <v>208</v>
+      </c>
+      <c r="D261" t="s">
+        <v>719</v>
+      </c>
+      <c r="E261">
+        <v>9</v>
+      </c>
+      <c r="F261" t="s">
+        <v>16</v>
+      </c>
+      <c r="G261" t="s">
+        <v>17</v>
+      </c>
+      <c r="H261">
+        <v>4</v>
+      </c>
+      <c r="I261">
+        <v>75</v>
+      </c>
+      <c r="K261" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" t="s">
+        <v>257</v>
+      </c>
+      <c r="B262" t="s">
+        <v>13</v>
+      </c>
+      <c r="C262" t="s">
+        <v>721</v>
+      </c>
+      <c r="D262" t="s">
+        <v>722</v>
+      </c>
+      <c r="E262">
+        <v>21</v>
+      </c>
+      <c r="F262" t="s">
+        <v>16</v>
+      </c>
+      <c r="G262" t="s">
+        <v>17</v>
+      </c>
+      <c r="H262">
+        <v>14</v>
+      </c>
+      <c r="I262">
+        <v>0</v>
+      </c>
+      <c r="K262" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" t="s">
+        <v>91</v>
+      </c>
+      <c r="B263" t="s">
+        <v>13</v>
+      </c>
+      <c r="C263" t="s">
+        <v>721</v>
+      </c>
+      <c r="D263" t="s">
+        <v>724</v>
+      </c>
+      <c r="E263">
+        <v>21</v>
+      </c>
+      <c r="F263" t="s">
+        <v>16</v>
+      </c>
+      <c r="G263" t="s">
+        <v>17</v>
+      </c>
+      <c r="H263">
+        <v>11</v>
+      </c>
+      <c r="I263">
+        <v>41.6</v>
+      </c>
+      <c r="K263" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" t="s">
+        <v>97</v>
+      </c>
+      <c r="B264" t="s">
+        <v>13</v>
+      </c>
+      <c r="C264" t="s">
+        <v>721</v>
+      </c>
+      <c r="D264" t="s">
+        <v>726</v>
+      </c>
+      <c r="E264">
+        <v>21</v>
+      </c>
+      <c r="F264" t="s">
+        <v>16</v>
+      </c>
+      <c r="G264" t="s">
+        <v>17</v>
+      </c>
+      <c r="H264">
+        <v>54</v>
+      </c>
+      <c r="I264">
+        <v>0</v>
+      </c>
+      <c r="K264" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" t="s">
+        <v>193</v>
+      </c>
+      <c r="B265" t="s">
+        <v>13</v>
+      </c>
+      <c r="C265" t="s">
+        <v>721</v>
+      </c>
+      <c r="D265" t="s">
+        <v>728</v>
+      </c>
+      <c r="E265">
+        <v>21</v>
+      </c>
+      <c r="F265" t="s">
+        <v>16</v>
+      </c>
+      <c r="G265" t="s">
+        <v>17</v>
+      </c>
+      <c r="H265">
+        <v>10</v>
+      </c>
+      <c r="I265">
+        <v>0</v>
+      </c>
+      <c r="K265" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" t="s">
+        <v>730</v>
+      </c>
+      <c r="B266" t="s">
+        <v>13</v>
+      </c>
+      <c r="C266" t="s">
+        <v>731</v>
+      </c>
+      <c r="D266" t="s">
+        <v>732</v>
+      </c>
+      <c r="E266">
+        <v>20</v>
+      </c>
+      <c r="F266" t="s">
+        <v>16</v>
+      </c>
+      <c r="G266" t="s">
+        <v>17</v>
+      </c>
+      <c r="H266">
+        <v>10</v>
+      </c>
+      <c r="I266">
+        <v>2.5</v>
+      </c>
+      <c r="K266" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" t="s">
+        <v>76</v>
+      </c>
+      <c r="B267" t="s">
+        <v>13</v>
+      </c>
+      <c r="C267" t="s">
+        <v>734</v>
+      </c>
+      <c r="D267" t="s">
+        <v>735</v>
+      </c>
+      <c r="E267">
+        <v>24</v>
+      </c>
+      <c r="F267" t="s">
+        <v>16</v>
+      </c>
+      <c r="G267" t="s">
+        <v>17</v>
+      </c>
+      <c r="H267">
+        <v>59</v>
+      </c>
+      <c r="I267">
+        <v>8.8</v>
+      </c>
+      <c r="K267" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" t="s">
+        <v>229</v>
+      </c>
+      <c r="B268" t="s">
+        <v>13</v>
+      </c>
+      <c r="C268" t="s">
+        <v>737</v>
+      </c>
+      <c r="D268" t="s">
+        <v>738</v>
+      </c>
+      <c r="E268">
+        <v>6</v>
+      </c>
+      <c r="F268" t="s">
+        <v>16</v>
+      </c>
+      <c r="G268" t="s">
+        <v>17</v>
+      </c>
+      <c r="H268">
+        <v>101</v>
+      </c>
+      <c r="I268">
+        <v>0</v>
+      </c>
+      <c r="K268" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s">
+        <v>233</v>
+      </c>
+      <c r="B269" t="s">
+        <v>13</v>
+      </c>
+      <c r="C269" t="s">
+        <v>737</v>
+      </c>
+      <c r="D269" t="s">
+        <v>740</v>
+      </c>
+      <c r="E269">
+        <v>6</v>
+      </c>
+      <c r="F269" t="s">
+        <v>16</v>
+      </c>
+      <c r="G269" t="s">
+        <v>17</v>
+      </c>
+      <c r="H269">
+        <v>78</v>
+      </c>
+      <c r="I269">
+        <v>0</v>
+      </c>
+      <c r="K269" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s">
+        <v>236</v>
+      </c>
+      <c r="B270" t="s">
+        <v>13</v>
+      </c>
+      <c r="C270" t="s">
+        <v>737</v>
+      </c>
+      <c r="D270" t="s">
+        <v>742</v>
+      </c>
+      <c r="E270">
+        <v>6</v>
+      </c>
+      <c r="F270" t="s">
+        <v>16</v>
+      </c>
+      <c r="G270" t="s">
+        <v>17</v>
+      </c>
+      <c r="H270">
+        <v>54</v>
+      </c>
+      <c r="I270">
+        <v>0</v>
+      </c>
+      <c r="K270" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" t="s">
+        <v>239</v>
+      </c>
+      <c r="B271" t="s">
+        <v>13</v>
+      </c>
+      <c r="C271" t="s">
+        <v>737</v>
+      </c>
+      <c r="D271" t="s">
+        <v>744</v>
+      </c>
+      <c r="E271">
+        <v>6</v>
+      </c>
+      <c r="F271" t="s">
+        <v>16</v>
+      </c>
+      <c r="G271" t="s">
+        <v>17</v>
+      </c>
+      <c r="H271">
+        <v>58</v>
+      </c>
+      <c r="I271">
+        <v>0</v>
+      </c>
+      <c r="K271" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" t="s">
+        <v>242</v>
+      </c>
+      <c r="B272" t="s">
+        <v>13</v>
+      </c>
+      <c r="C272" t="s">
+        <v>737</v>
+      </c>
+      <c r="D272" t="s">
+        <v>746</v>
+      </c>
+      <c r="E272">
+        <v>6</v>
+      </c>
+      <c r="F272" t="s">
+        <v>16</v>
+      </c>
+      <c r="G272" t="s">
+        <v>17</v>
+      </c>
+      <c r="H272">
+        <v>9</v>
+      </c>
+      <c r="I272">
+        <v>0</v>
+      </c>
+      <c r="K272" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" t="s">
+        <v>245</v>
+      </c>
+      <c r="B273" t="s">
+        <v>13</v>
+      </c>
+      <c r="C273" t="s">
+        <v>737</v>
+      </c>
+      <c r="D273" t="s">
+        <v>748</v>
+      </c>
+      <c r="E273">
+        <v>6</v>
+      </c>
+      <c r="F273" t="s">
+        <v>16</v>
+      </c>
+      <c r="G273" t="s">
+        <v>17</v>
+      </c>
+      <c r="H273">
+        <v>60</v>
+      </c>
+      <c r="I273">
+        <v>0</v>
+      </c>
+      <c r="K273" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s">
+        <v>254</v>
+      </c>
+      <c r="B274" t="s">
+        <v>13</v>
+      </c>
+      <c r="C274" t="s">
+        <v>737</v>
+      </c>
+      <c r="D274" t="s">
+        <v>750</v>
+      </c>
+      <c r="E274">
+        <v>6</v>
+      </c>
+      <c r="F274" t="s">
+        <v>16</v>
+      </c>
+      <c r="G274" t="s">
+        <v>17</v>
+      </c>
+      <c r="H274">
+        <v>54</v>
+      </c>
+      <c r="I274">
+        <v>0</v>
+      </c>
+      <c r="K274" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s">
+        <v>752</v>
+      </c>
+      <c r="B275" t="s">
+        <v>13</v>
+      </c>
+      <c r="C275" t="s">
+        <v>737</v>
+      </c>
+      <c r="D275" t="s">
+        <v>753</v>
+      </c>
+      <c r="E275">
+        <v>6</v>
+      </c>
+      <c r="F275" t="s">
+        <v>16</v>
+      </c>
+      <c r="G275" t="s">
+        <v>17</v>
+      </c>
+      <c r="H275">
+        <v>12</v>
+      </c>
+      <c r="I275">
+        <v>27.5</v>
+      </c>
+      <c r="K275" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s">
+        <v>260</v>
+      </c>
+      <c r="B276" t="s">
+        <v>13</v>
+      </c>
+      <c r="C276" t="s">
+        <v>737</v>
+      </c>
+      <c r="D276" t="s">
+        <v>755</v>
+      </c>
+      <c r="E276">
+        <v>6</v>
+      </c>
+      <c r="F276" t="s">
+        <v>16</v>
+      </c>
+      <c r="G276" t="s">
+        <v>17</v>
+      </c>
+      <c r="H276">
+        <v>15</v>
+      </c>
+      <c r="I276">
+        <v>15</v>
+      </c>
+      <c r="K276" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s">
+        <v>266</v>
+      </c>
+      <c r="B277" t="s">
+        <v>13</v>
+      </c>
+      <c r="C277" t="s">
+        <v>737</v>
+      </c>
+      <c r="D277" t="s">
+        <v>757</v>
+      </c>
+      <c r="E277">
+        <v>6</v>
+      </c>
+      <c r="F277" t="s">
+        <v>16</v>
+      </c>
+      <c r="G277" t="s">
+        <v>17</v>
+      </c>
+      <c r="H277">
+        <v>60</v>
+      </c>
+      <c r="I277">
+        <v>0</v>
+      </c>
+      <c r="K277" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" t="s">
+        <v>272</v>
+      </c>
+      <c r="B278" t="s">
+        <v>13</v>
+      </c>
+      <c r="C278" t="s">
+        <v>737</v>
+      </c>
+      <c r="D278" t="s">
+        <v>759</v>
+      </c>
+      <c r="E278">
+        <v>6</v>
+      </c>
+      <c r="F278" t="s">
+        <v>16</v>
+      </c>
+      <c r="G278" t="s">
+        <v>17</v>
+      </c>
+      <c r="H278">
+        <v>54</v>
+      </c>
+      <c r="I278">
+        <v>0</v>
+      </c>
+      <c r="K278" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" t="s">
+        <v>761</v>
+      </c>
+      <c r="B279" t="s">
+        <v>13</v>
+      </c>
+      <c r="C279" t="s">
+        <v>737</v>
+      </c>
+      <c r="D279" t="s">
+        <v>762</v>
+      </c>
+      <c r="E279">
+        <v>6</v>
+      </c>
+      <c r="F279" t="s">
+        <v>16</v>
+      </c>
+      <c r="G279" t="s">
+        <v>17</v>
+      </c>
+      <c r="H279">
+        <v>16</v>
+      </c>
+      <c r="I279">
+        <v>30</v>
+      </c>
+      <c r="K279" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" t="s">
+        <v>281</v>
+      </c>
+      <c r="B280" t="s">
+        <v>13</v>
+      </c>
+      <c r="C280" t="s">
+        <v>737</v>
+      </c>
+      <c r="D280" t="s">
+        <v>764</v>
+      </c>
+      <c r="E280">
+        <v>6</v>
+      </c>
+      <c r="F280" t="s">
+        <v>16</v>
+      </c>
+      <c r="G280" t="s">
+        <v>17</v>
+      </c>
+      <c r="H280">
+        <v>4</v>
+      </c>
+      <c r="I280">
+        <v>0</v>
+      </c>
+      <c r="K280" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s">
+        <v>284</v>
+      </c>
+      <c r="B281" t="s">
+        <v>13</v>
+      </c>
+      <c r="C281" t="s">
+        <v>737</v>
+      </c>
+      <c r="D281" t="s">
+        <v>766</v>
+      </c>
+      <c r="E281">
+        <v>6</v>
+      </c>
+      <c r="F281" t="s">
+        <v>16</v>
+      </c>
+      <c r="G281" t="s">
+        <v>17</v>
+      </c>
+      <c r="H281">
+        <v>6</v>
+      </c>
+      <c r="I281">
+        <v>0</v>
+      </c>
+      <c r="K281" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s">
+        <v>290</v>
+      </c>
+      <c r="B282" t="s">
+        <v>13</v>
+      </c>
+      <c r="C282" t="s">
+        <v>737</v>
+      </c>
+      <c r="D282" t="s">
+        <v>768</v>
+      </c>
+      <c r="E282">
+        <v>6</v>
+      </c>
+      <c r="F282" t="s">
+        <v>16</v>
+      </c>
+      <c r="G282" t="s">
+        <v>17</v>
+      </c>
+      <c r="H282">
+        <v>52</v>
+      </c>
+      <c r="I282">
+        <v>0</v>
+      </c>
+      <c r="K282" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s">
+        <v>293</v>
+      </c>
+      <c r="B283" t="s">
+        <v>13</v>
+      </c>
+      <c r="C283" t="s">
+        <v>737</v>
+      </c>
+      <c r="D283" t="s">
+        <v>770</v>
+      </c>
+      <c r="E283">
+        <v>6</v>
+      </c>
+      <c r="F283" t="s">
+        <v>16</v>
+      </c>
+      <c r="G283" t="s">
+        <v>17</v>
+      </c>
+      <c r="H283">
+        <v>58</v>
+      </c>
+      <c r="I283">
+        <v>10</v>
+      </c>
+      <c r="K283" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" t="s">
+        <v>772</v>
+      </c>
+      <c r="B284" t="s">
+        <v>13</v>
+      </c>
+      <c r="C284" t="s">
+        <v>737</v>
+      </c>
+      <c r="D284" t="s">
+        <v>773</v>
+      </c>
+      <c r="E284">
+        <v>6</v>
+      </c>
+      <c r="F284" t="s">
+        <v>16</v>
+      </c>
+      <c r="G284" t="s">
+        <v>17</v>
+      </c>
+      <c r="H284">
+        <v>4</v>
+      </c>
+      <c r="I284">
+        <v>0</v>
+      </c>
+      <c r="K284" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" t="s">
+        <v>296</v>
+      </c>
+      <c r="B285" t="s">
+        <v>13</v>
+      </c>
+      <c r="C285" t="s">
+        <v>737</v>
+      </c>
+      <c r="D285" t="s">
+        <v>775</v>
+      </c>
+      <c r="E285">
+        <v>6</v>
+      </c>
+      <c r="F285" t="s">
+        <v>16</v>
+      </c>
+      <c r="G285" t="s">
+        <v>17</v>
+      </c>
+      <c r="H285">
+        <v>53</v>
+      </c>
+      <c r="I285">
+        <v>0</v>
+      </c>
+      <c r="K285" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" t="s">
+        <v>777</v>
+      </c>
+      <c r="B286" t="s">
+        <v>13</v>
+      </c>
+      <c r="C286" t="s">
+        <v>737</v>
+      </c>
+      <c r="D286" t="s">
+        <v>778</v>
+      </c>
+      <c r="E286">
+        <v>6</v>
+      </c>
+      <c r="F286" t="s">
+        <v>16</v>
+      </c>
+      <c r="G286" t="s">
+        <v>17</v>
+      </c>
+      <c r="H286">
+        <v>26</v>
+      </c>
+      <c r="I286">
+        <v>0</v>
+      </c>
+      <c r="K286" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11">
+      <c r="A287" t="s">
+        <v>299</v>
+      </c>
+      <c r="B287" t="s">
+        <v>13</v>
+      </c>
+      <c r="C287" t="s">
+        <v>737</v>
+      </c>
+      <c r="D287" t="s">
+        <v>780</v>
+      </c>
+      <c r="E287">
+        <v>6</v>
+      </c>
+      <c r="F287" t="s">
+        <v>16</v>
+      </c>
+      <c r="G287" t="s">
+        <v>17</v>
+      </c>
+      <c r="H287">
+        <v>58</v>
+      </c>
+      <c r="I287">
+        <v>0</v>
+      </c>
+      <c r="K287" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11">
+      <c r="A288" t="s">
+        <v>782</v>
+      </c>
+      <c r="B288" t="s">
+        <v>13</v>
+      </c>
+      <c r="C288" t="s">
+        <v>737</v>
+      </c>
+      <c r="D288" t="s">
+        <v>783</v>
+      </c>
+      <c r="E288">
+        <v>6</v>
+      </c>
+      <c r="F288" t="s">
+        <v>16</v>
+      </c>
+      <c r="G288" t="s">
+        <v>17</v>
+      </c>
+      <c r="H288">
+        <v>12</v>
+      </c>
+      <c r="I288">
+        <v>0</v>
+      </c>
+      <c r="K288" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11">
+      <c r="A289" t="s">
+        <v>308</v>
+      </c>
+      <c r="B289" t="s">
+        <v>13</v>
+      </c>
+      <c r="C289" t="s">
+        <v>737</v>
+      </c>
+      <c r="D289" t="s">
+        <v>785</v>
+      </c>
+      <c r="E289">
+        <v>6</v>
+      </c>
+      <c r="F289" t="s">
+        <v>16</v>
+      </c>
+      <c r="G289" t="s">
+        <v>17</v>
+      </c>
+      <c r="H289">
+        <v>6</v>
+      </c>
+      <c r="I289">
+        <v>0</v>
+      </c>
+      <c r="K289" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11">
+      <c r="A290" t="s">
+        <v>311</v>
+      </c>
+      <c r="B290" t="s">
+        <v>13</v>
+      </c>
+      <c r="C290" t="s">
+        <v>737</v>
+      </c>
+      <c r="D290" t="s">
+        <v>787</v>
+      </c>
+      <c r="E290">
+        <v>6</v>
+      </c>
+      <c r="F290" t="s">
+        <v>16</v>
+      </c>
+      <c r="G290" t="s">
+        <v>17</v>
+      </c>
+      <c r="H290">
+        <v>19</v>
+      </c>
+      <c r="I290">
+        <v>0</v>
+      </c>
+      <c r="K290" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" t="s">
+        <v>789</v>
+      </c>
+      <c r="B291" t="s">
+        <v>13</v>
+      </c>
+      <c r="C291" t="s">
+        <v>737</v>
+      </c>
+      <c r="D291" t="s">
+        <v>790</v>
+      </c>
+      <c r="E291">
+        <v>6</v>
+      </c>
+      <c r="F291" t="s">
+        <v>16</v>
+      </c>
+      <c r="G291" t="s">
+        <v>17</v>
+      </c>
+      <c r="H291">
+        <v>52</v>
+      </c>
+      <c r="I291">
+        <v>0</v>
+      </c>
+      <c r="K291" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11">
+      <c r="A292" t="s">
+        <v>317</v>
+      </c>
+      <c r="B292" t="s">
+        <v>13</v>
+      </c>
+      <c r="C292" t="s">
+        <v>737</v>
+      </c>
+      <c r="D292" t="s">
+        <v>792</v>
+      </c>
+      <c r="E292">
+        <v>6</v>
+      </c>
+      <c r="F292" t="s">
+        <v>16</v>
+      </c>
+      <c r="G292" t="s">
+        <v>17</v>
+      </c>
+      <c r="H292">
+        <v>52</v>
+      </c>
+      <c r="I292">
+        <v>0</v>
+      </c>
+      <c r="K292" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11">
+      <c r="A293" t="s">
+        <v>326</v>
+      </c>
+      <c r="B293" t="s">
+        <v>13</v>
+      </c>
+      <c r="C293" t="s">
+        <v>737</v>
+      </c>
+      <c r="D293" t="s">
+        <v>794</v>
+      </c>
+      <c r="E293">
+        <v>6</v>
+      </c>
+      <c r="F293" t="s">
+        <v>16</v>
+      </c>
+      <c r="G293" t="s">
+        <v>17</v>
+      </c>
+      <c r="H293">
+        <v>58</v>
+      </c>
+      <c r="I293">
+        <v>0</v>
+      </c>
+      <c r="K293" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11">
+      <c r="A294" t="s">
+        <v>329</v>
+      </c>
+      <c r="B294" t="s">
+        <v>13</v>
+      </c>
+      <c r="C294" t="s">
+        <v>737</v>
+      </c>
+      <c r="D294" t="s">
+        <v>796</v>
+      </c>
+      <c r="E294">
+        <v>6</v>
+      </c>
+      <c r="F294" t="s">
+        <v>16</v>
+      </c>
+      <c r="G294" t="s">
+        <v>17</v>
+      </c>
+      <c r="H294">
+        <v>58</v>
+      </c>
+      <c r="I294">
+        <v>5</v>
+      </c>
+      <c r="K294" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11">
+      <c r="A295" t="s">
+        <v>332</v>
+      </c>
+      <c r="B295" t="s">
+        <v>13</v>
+      </c>
+      <c r="C295" t="s">
+        <v>737</v>
+      </c>
+      <c r="D295" t="s">
+        <v>794</v>
+      </c>
+      <c r="E295">
+        <v>6</v>
+      </c>
+      <c r="F295" t="s">
+        <v>16</v>
+      </c>
+      <c r="G295" t="s">
+        <v>17</v>
+      </c>
+      <c r="H295">
+        <v>56</v>
+      </c>
+      <c r="I295">
+        <v>0</v>
+      </c>
+      <c r="K295" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11">
+      <c r="A296" t="s">
+        <v>799</v>
+      </c>
+      <c r="B296" t="s">
+        <v>13</v>
+      </c>
+      <c r="C296" t="s">
+        <v>737</v>
+      </c>
+      <c r="D296" t="s">
+        <v>800</v>
+      </c>
+      <c r="E296">
+        <v>6</v>
+      </c>
+      <c r="F296" t="s">
+        <v>16</v>
+      </c>
+      <c r="G296" t="s">
+        <v>17</v>
+      </c>
+      <c r="H296">
+        <v>10</v>
+      </c>
+      <c r="I296">
+        <v>0</v>
+      </c>
+      <c r="K296" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11">
+      <c r="A297" t="s">
+        <v>341</v>
+      </c>
+      <c r="B297" t="s">
+        <v>13</v>
+      </c>
+      <c r="C297" t="s">
+        <v>737</v>
+      </c>
+      <c r="D297" t="s">
+        <v>802</v>
+      </c>
+      <c r="E297">
+        <v>6</v>
+      </c>
+      <c r="F297" t="s">
+        <v>16</v>
+      </c>
+      <c r="G297" t="s">
+        <v>17</v>
+      </c>
+      <c r="H297">
+        <v>54</v>
+      </c>
+      <c r="I297">
+        <v>0</v>
+      </c>
+      <c r="K297" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" t="s">
+        <v>347</v>
+      </c>
+      <c r="B298" t="s">
+        <v>13</v>
+      </c>
+      <c r="C298" t="s">
+        <v>737</v>
+      </c>
+      <c r="D298" t="s">
+        <v>804</v>
+      </c>
+      <c r="E298">
+        <v>6</v>
+      </c>
+      <c r="F298" t="s">
+        <v>16</v>
+      </c>
+      <c r="G298" t="s">
+        <v>17</v>
+      </c>
+      <c r="H298">
+        <v>67</v>
+      </c>
+      <c r="I298">
+        <v>0</v>
+      </c>
+      <c r="K298" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11">
+      <c r="A299" t="s">
+        <v>350</v>
+      </c>
+      <c r="B299" t="s">
+        <v>13</v>
+      </c>
+      <c r="C299" t="s">
+        <v>737</v>
+      </c>
+      <c r="D299" t="s">
+        <v>806</v>
+      </c>
+      <c r="E299">
+        <v>6</v>
+      </c>
+      <c r="F299" t="s">
+        <v>16</v>
+      </c>
+      <c r="G299" t="s">
+        <v>17</v>
+      </c>
+      <c r="H299">
+        <v>54</v>
+      </c>
+      <c r="I299">
+        <v>0</v>
+      </c>
+      <c r="K299" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11">
+      <c r="A300" t="s">
+        <v>359</v>
+      </c>
+      <c r="B300" t="s">
+        <v>13</v>
+      </c>
+      <c r="C300" t="s">
+        <v>737</v>
+      </c>
+      <c r="D300" t="s">
+        <v>808</v>
+      </c>
+      <c r="E300">
+        <v>6</v>
+      </c>
+      <c r="F300" t="s">
+        <v>16</v>
+      </c>
+      <c r="G300" t="s">
+        <v>17</v>
+      </c>
+      <c r="H300">
+        <v>52</v>
+      </c>
+      <c r="I300">
+        <v>0</v>
+      </c>
+      <c r="K300" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11">
+      <c r="A301" t="s">
+        <v>365</v>
+      </c>
+      <c r="B301" t="s">
+        <v>13</v>
+      </c>
+      <c r="C301" t="s">
+        <v>737</v>
+      </c>
+      <c r="D301" t="s">
+        <v>810</v>
+      </c>
+      <c r="E301">
+        <v>6</v>
+      </c>
+      <c r="F301" t="s">
+        <v>16</v>
+      </c>
+      <c r="G301" t="s">
+        <v>17</v>
+      </c>
+      <c r="H301">
+        <v>10</v>
+      </c>
+      <c r="I301">
+        <v>0</v>
+      </c>
+      <c r="K301" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11">
+      <c r="A302" t="s">
+        <v>812</v>
+      </c>
+      <c r="B302" t="s">
+        <v>13</v>
+      </c>
+      <c r="C302" t="s">
+        <v>737</v>
+      </c>
+      <c r="D302" t="s">
+        <v>813</v>
+      </c>
+      <c r="E302">
+        <v>6</v>
+      </c>
+      <c r="F302" t="s">
+        <v>16</v>
+      </c>
+      <c r="G302" t="s">
+        <v>17</v>
+      </c>
+      <c r="H302">
+        <v>64</v>
+      </c>
+      <c r="I302">
+        <v>0</v>
+      </c>
+      <c r="K302" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11">
+      <c r="A303" t="s">
+        <v>368</v>
+      </c>
+      <c r="B303" t="s">
+        <v>13</v>
+      </c>
+      <c r="C303" t="s">
+        <v>737</v>
+      </c>
+      <c r="D303" t="s">
+        <v>815</v>
+      </c>
+      <c r="E303">
+        <v>6</v>
+      </c>
+      <c r="F303" t="s">
+        <v>16</v>
+      </c>
+      <c r="G303" t="s">
+        <v>17</v>
+      </c>
+      <c r="H303">
+        <v>58</v>
+      </c>
+      <c r="I303">
+        <v>0</v>
+      </c>
+      <c r="K303" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" t="s">
+        <v>371</v>
+      </c>
+      <c r="B304" t="s">
+        <v>13</v>
+      </c>
+      <c r="C304" t="s">
+        <v>737</v>
+      </c>
+      <c r="D304" t="s">
+        <v>817</v>
+      </c>
+      <c r="E304">
+        <v>6</v>
+      </c>
+      <c r="F304" t="s">
+        <v>16</v>
+      </c>
+      <c r="G304" t="s">
+        <v>17</v>
+      </c>
+      <c r="H304">
+        <v>58</v>
+      </c>
+      <c r="I304">
+        <v>0</v>
+      </c>
+      <c r="K304" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" t="s">
+        <v>377</v>
+      </c>
+      <c r="B305" t="s">
+        <v>13</v>
+      </c>
+      <c r="C305" t="s">
+        <v>737</v>
+      </c>
+      <c r="D305" t="s">
+        <v>819</v>
+      </c>
+      <c r="E305">
+        <v>6</v>
+      </c>
+      <c r="F305" t="s">
+        <v>16</v>
+      </c>
+      <c r="G305" t="s">
+        <v>17</v>
+      </c>
+      <c r="H305">
+        <v>62</v>
+      </c>
+      <c r="I305">
+        <v>0</v>
+      </c>
+      <c r="K305" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11">
+      <c r="A306" t="s">
+        <v>380</v>
+      </c>
+      <c r="B306" t="s">
+        <v>13</v>
+      </c>
+      <c r="C306" t="s">
+        <v>737</v>
+      </c>
+      <c r="D306" t="s">
+        <v>821</v>
+      </c>
+      <c r="E306">
+        <v>6</v>
+      </c>
+      <c r="F306" t="s">
+        <v>16</v>
+      </c>
+      <c r="G306" t="s">
+        <v>17</v>
+      </c>
+      <c r="H306">
+        <v>54</v>
+      </c>
+      <c r="I306">
+        <v>42.5</v>
+      </c>
+      <c r="K306" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11">
+      <c r="A307" t="s">
+        <v>823</v>
+      </c>
+      <c r="B307" t="s">
+        <v>13</v>
+      </c>
+      <c r="C307" t="s">
+        <v>737</v>
+      </c>
+      <c r="D307" t="s">
+        <v>824</v>
+      </c>
+      <c r="E307">
+        <v>6</v>
+      </c>
+      <c r="F307" t="s">
+        <v>16</v>
+      </c>
+      <c r="G307" t="s">
+        <v>17</v>
+      </c>
+      <c r="H307">
+        <v>57</v>
+      </c>
+      <c r="I307">
+        <v>0</v>
+      </c>
+      <c r="K307" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11">
+      <c r="A308" t="s">
+        <v>826</v>
+      </c>
+      <c r="B308" t="s">
+        <v>13</v>
+      </c>
+      <c r="C308" t="s">
+        <v>737</v>
+      </c>
+      <c r="D308" t="s">
+        <v>827</v>
+      </c>
+      <c r="E308">
+        <v>6</v>
+      </c>
+      <c r="F308" t="s">
+        <v>16</v>
+      </c>
+      <c r="G308" t="s">
+        <v>17</v>
+      </c>
+      <c r="H308">
+        <v>12</v>
+      </c>
+      <c r="I308">
+        <v>42.5</v>
+      </c>
+      <c r="K308" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" t="s">
+        <v>386</v>
+      </c>
+      <c r="B309" t="s">
+        <v>13</v>
+      </c>
+      <c r="C309" t="s">
+        <v>737</v>
+      </c>
+      <c r="D309" t="s">
+        <v>829</v>
+      </c>
+      <c r="E309">
+        <v>6</v>
+      </c>
+      <c r="F309" t="s">
+        <v>16</v>
+      </c>
+      <c r="G309" t="s">
+        <v>17</v>
+      </c>
+      <c r="H309">
+        <v>18</v>
+      </c>
+      <c r="I309">
+        <v>0</v>
+      </c>
+      <c r="K309" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" t="s">
+        <v>389</v>
+      </c>
+      <c r="B310" t="s">
+        <v>13</v>
+      </c>
+      <c r="C310" t="s">
+        <v>737</v>
+      </c>
+      <c r="D310" t="s">
+        <v>831</v>
+      </c>
+      <c r="E310">
+        <v>6</v>
+      </c>
+      <c r="F310" t="s">
+        <v>16</v>
+      </c>
+      <c r="G310" t="s">
+        <v>17</v>
+      </c>
+      <c r="H310">
+        <v>55</v>
+      </c>
+      <c r="I310">
+        <v>0</v>
+      </c>
+      <c r="K310" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" t="s">
+        <v>392</v>
+      </c>
+      <c r="B311" t="s">
+        <v>13</v>
+      </c>
+      <c r="C311" t="s">
+        <v>737</v>
+      </c>
+      <c r="D311" t="s">
+        <v>833</v>
+      </c>
+      <c r="E311">
+        <v>6</v>
+      </c>
+      <c r="F311" t="s">
+        <v>16</v>
+      </c>
+      <c r="G311" t="s">
+        <v>17</v>
+      </c>
+      <c r="H311">
+        <v>57</v>
+      </c>
+      <c r="I311">
+        <v>0</v>
+      </c>
+      <c r="K311" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" t="s">
+        <v>835</v>
+      </c>
+      <c r="B312" t="s">
+        <v>13</v>
+      </c>
+      <c r="C312" t="s">
+        <v>737</v>
+      </c>
+      <c r="D312" t="s">
+        <v>810</v>
+      </c>
+      <c r="E312">
+        <v>6</v>
+      </c>
+      <c r="F312" t="s">
+        <v>16</v>
+      </c>
+      <c r="G312" t="s">
+        <v>17</v>
+      </c>
+      <c r="H312">
+        <v>10</v>
+      </c>
+      <c r="I312">
+        <v>0</v>
+      </c>
+      <c r="K312" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11">
+      <c r="A313" t="s">
+        <v>395</v>
+      </c>
+      <c r="B313" t="s">
+        <v>13</v>
+      </c>
+      <c r="C313" t="s">
+        <v>737</v>
+      </c>
+      <c r="D313" t="s">
+        <v>837</v>
+      </c>
+      <c r="E313">
+        <v>6</v>
+      </c>
+      <c r="F313" t="s">
+        <v>16</v>
+      </c>
+      <c r="G313" t="s">
+        <v>17</v>
+      </c>
+      <c r="H313">
+        <v>56</v>
+      </c>
+      <c r="I313">
+        <v>0</v>
+      </c>
+      <c r="K313" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" t="s">
+        <v>839</v>
+      </c>
+      <c r="B314" t="s">
+        <v>13</v>
+      </c>
+      <c r="C314" t="s">
+        <v>737</v>
+      </c>
+      <c r="D314" t="s">
+        <v>840</v>
+      </c>
+      <c r="E314">
+        <v>6</v>
+      </c>
+      <c r="F314" t="s">
+        <v>16</v>
+      </c>
+      <c r="G314" t="s">
+        <v>17</v>
+      </c>
+      <c r="H314">
+        <v>8</v>
+      </c>
+      <c r="I314">
+        <v>41.9</v>
+      </c>
+      <c r="K314" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11">
+      <c r="A315" t="s">
+        <v>404</v>
+      </c>
+      <c r="B315" t="s">
+        <v>13</v>
+      </c>
+      <c r="C315" t="s">
+        <v>737</v>
+      </c>
+      <c r="D315" t="s">
+        <v>842</v>
+      </c>
+      <c r="E315">
+        <v>6</v>
+      </c>
+      <c r="F315" t="s">
+        <v>16</v>
+      </c>
+      <c r="G315" t="s">
+        <v>17</v>
+      </c>
+      <c r="H315">
+        <v>54</v>
+      </c>
+      <c r="I315">
+        <v>0</v>
+      </c>
+      <c r="K315" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11">
+      <c r="A316" t="s">
+        <v>410</v>
+      </c>
+      <c r="B316" t="s">
+        <v>13</v>
+      </c>
+      <c r="C316" t="s">
+        <v>737</v>
+      </c>
+      <c r="D316" t="s">
+        <v>844</v>
+      </c>
+      <c r="E316">
+        <v>6</v>
+      </c>
+      <c r="F316" t="s">
+        <v>16</v>
+      </c>
+      <c r="G316" t="s">
+        <v>17</v>
+      </c>
+      <c r="H316">
+        <v>52</v>
+      </c>
+      <c r="I316">
+        <v>0</v>
+      </c>
+      <c r="K316" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" t="s">
+        <v>846</v>
+      </c>
+      <c r="B317" t="s">
+        <v>13</v>
+      </c>
+      <c r="C317" t="s">
+        <v>737</v>
+      </c>
+      <c r="D317" t="s">
+        <v>847</v>
+      </c>
+      <c r="E317">
+        <v>6</v>
+      </c>
+      <c r="F317" t="s">
+        <v>16</v>
+      </c>
+      <c r="G317" t="s">
+        <v>17</v>
+      </c>
+      <c r="H317">
+        <v>54</v>
+      </c>
+      <c r="I317">
+        <v>0</v>
+      </c>
+      <c r="K317" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" t="s">
+        <v>849</v>
+      </c>
+      <c r="B318" t="s">
+        <v>13</v>
+      </c>
+      <c r="C318" t="s">
+        <v>737</v>
+      </c>
+      <c r="D318" t="s">
+        <v>850</v>
+      </c>
+      <c r="E318">
+        <v>6</v>
+      </c>
+      <c r="F318" t="s">
+        <v>16</v>
+      </c>
+      <c r="G318" t="s">
+        <v>17</v>
+      </c>
+      <c r="H318">
+        <v>62</v>
+      </c>
+      <c r="I318">
+        <v>0</v>
+      </c>
+      <c r="K318" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" t="s">
+        <v>852</v>
+      </c>
+      <c r="B319" t="s">
+        <v>13</v>
+      </c>
+      <c r="C319" t="s">
+        <v>737</v>
+      </c>
+      <c r="D319" t="s">
+        <v>853</v>
+      </c>
+      <c r="E319">
+        <v>6</v>
+      </c>
+      <c r="F319" t="s">
+        <v>16</v>
+      </c>
+      <c r="G319" t="s">
+        <v>17</v>
+      </c>
+      <c r="H319">
+        <v>57</v>
+      </c>
+      <c r="I319">
+        <v>5</v>
+      </c>
+      <c r="K319" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" t="s">
+        <v>416</v>
+      </c>
+      <c r="B320" t="s">
+        <v>13</v>
+      </c>
+      <c r="C320" t="s">
+        <v>737</v>
+      </c>
+      <c r="D320" t="s">
+        <v>855</v>
+      </c>
+      <c r="E320">
+        <v>6</v>
+      </c>
+      <c r="F320" t="s">
+        <v>16</v>
+      </c>
+      <c r="G320" t="s">
+        <v>17</v>
+      </c>
+      <c r="H320">
+        <v>7</v>
+      </c>
+      <c r="I320">
+        <v>0</v>
+      </c>
+      <c r="K320" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" t="s">
+        <v>857</v>
+      </c>
+      <c r="B321" t="s">
+        <v>13</v>
+      </c>
+      <c r="C321" t="s">
+        <v>737</v>
+      </c>
+      <c r="D321" t="s">
+        <v>858</v>
+      </c>
+      <c r="E321">
+        <v>6</v>
+      </c>
+      <c r="F321" t="s">
+        <v>16</v>
+      </c>
+      <c r="G321" t="s">
+        <v>17</v>
+      </c>
+      <c r="H321">
+        <v>12</v>
+      </c>
+      <c r="I321">
+        <v>0</v>
+      </c>
+      <c r="K321" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" t="s">
+        <v>860</v>
+      </c>
+      <c r="B322" t="s">
+        <v>13</v>
+      </c>
+      <c r="C322" t="s">
+        <v>737</v>
+      </c>
+      <c r="D322" t="s">
+        <v>861</v>
+      </c>
+      <c r="E322">
+        <v>6</v>
+      </c>
+      <c r="F322" t="s">
+        <v>16</v>
+      </c>
+      <c r="G322" t="s">
+        <v>17</v>
+      </c>
+      <c r="H322">
+        <v>6</v>
+      </c>
+      <c r="I322">
+        <v>0</v>
+      </c>
+      <c r="K322" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" t="s">
+        <v>425</v>
+      </c>
+      <c r="B323" t="s">
+        <v>13</v>
+      </c>
+      <c r="C323" t="s">
+        <v>737</v>
+      </c>
+      <c r="D323" t="s">
+        <v>863</v>
+      </c>
+      <c r="E323">
+        <v>6</v>
+      </c>
+      <c r="F323" t="s">
+        <v>16</v>
+      </c>
+      <c r="G323" t="s">
+        <v>17</v>
+      </c>
+      <c r="H323">
+        <v>8</v>
+      </c>
+      <c r="I323">
+        <v>0</v>
+      </c>
+      <c r="K323" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" t="s">
+        <v>428</v>
+      </c>
+      <c r="B324" t="s">
+        <v>13</v>
+      </c>
+      <c r="C324" t="s">
+        <v>737</v>
+      </c>
+      <c r="D324" t="s">
+        <v>865</v>
+      </c>
+      <c r="E324">
+        <v>6</v>
+      </c>
+      <c r="F324" t="s">
+        <v>16</v>
+      </c>
+      <c r="G324" t="s">
+        <v>17</v>
+      </c>
+      <c r="H324">
+        <v>56</v>
+      </c>
+      <c r="I324">
+        <v>0</v>
+      </c>
+      <c r="K324" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" t="s">
+        <v>867</v>
+      </c>
+      <c r="B325" t="s">
+        <v>13</v>
+      </c>
+      <c r="C325" t="s">
+        <v>737</v>
+      </c>
+      <c r="D325" t="s">
+        <v>868</v>
+      </c>
+      <c r="E325">
+        <v>6</v>
+      </c>
+      <c r="F325" t="s">
+        <v>16</v>
+      </c>
+      <c r="G325" t="s">
+        <v>17</v>
+      </c>
+      <c r="H325">
+        <v>59</v>
+      </c>
+      <c r="I325">
+        <v>2.5</v>
+      </c>
+      <c r="K325" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" t="s">
+        <v>870</v>
+      </c>
+      <c r="B326" t="s">
+        <v>13</v>
+      </c>
+      <c r="C326" t="s">
+        <v>737</v>
+      </c>
+      <c r="D326" t="s">
+        <v>871</v>
+      </c>
+      <c r="E326">
+        <v>6</v>
+      </c>
+      <c r="F326" t="s">
+        <v>16</v>
+      </c>
+      <c r="G326" t="s">
+        <v>17</v>
+      </c>
+      <c r="H326">
+        <v>54</v>
+      </c>
+      <c r="I326">
+        <v>0</v>
+      </c>
+      <c r="K326" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" t="s">
+        <v>434</v>
+      </c>
+      <c r="B327" t="s">
+        <v>13</v>
+      </c>
+      <c r="C327" t="s">
+        <v>737</v>
+      </c>
+      <c r="D327" t="s">
+        <v>873</v>
+      </c>
+      <c r="E327">
+        <v>6</v>
+      </c>
+      <c r="F327" t="s">
+        <v>16</v>
+      </c>
+      <c r="G327" t="s">
+        <v>17</v>
+      </c>
+      <c r="H327">
+        <v>62</v>
+      </c>
+      <c r="I327">
+        <v>0</v>
+      </c>
+      <c r="K327" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" t="s">
+        <v>440</v>
+      </c>
+      <c r="B328" t="s">
+        <v>13</v>
+      </c>
+      <c r="C328" t="s">
+        <v>737</v>
+      </c>
+      <c r="D328" t="s">
+        <v>875</v>
+      </c>
+      <c r="E328">
+        <v>6</v>
+      </c>
+      <c r="F328" t="s">
+        <v>16</v>
+      </c>
+      <c r="G328" t="s">
+        <v>17</v>
+      </c>
+      <c r="H328">
+        <v>6</v>
+      </c>
+      <c r="I328">
+        <v>0</v>
+      </c>
+      <c r="K328" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" t="s">
+        <v>877</v>
+      </c>
+      <c r="B329" t="s">
+        <v>13</v>
+      </c>
+      <c r="C329" t="s">
+        <v>737</v>
+      </c>
+      <c r="D329" t="s">
+        <v>878</v>
+      </c>
+      <c r="E329">
+        <v>6</v>
+      </c>
+      <c r="F329" t="s">
+        <v>16</v>
+      </c>
+      <c r="G329" t="s">
+        <v>17</v>
+      </c>
+      <c r="H329">
+        <v>10</v>
+      </c>
+      <c r="I329">
+        <v>0</v>
+      </c>
+      <c r="K329" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" t="s">
+        <v>449</v>
+      </c>
+      <c r="B330" t="s">
+        <v>13</v>
+      </c>
+      <c r="C330" t="s">
+        <v>737</v>
+      </c>
+      <c r="D330" t="s">
+        <v>880</v>
+      </c>
+      <c r="E330">
+        <v>6</v>
+      </c>
+      <c r="F330" t="s">
+        <v>16</v>
+      </c>
+      <c r="G330" t="s">
+        <v>17</v>
+      </c>
+      <c r="H330">
+        <v>57</v>
+      </c>
+      <c r="I330">
+        <v>0</v>
+      </c>
+      <c r="K330" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" t="s">
+        <v>452</v>
+      </c>
+      <c r="B331" t="s">
+        <v>13</v>
+      </c>
+      <c r="C331" t="s">
+        <v>737</v>
+      </c>
+      <c r="D331" t="s">
+        <v>882</v>
+      </c>
+      <c r="E331">
+        <v>6</v>
+      </c>
+      <c r="F331" t="s">
+        <v>16</v>
+      </c>
+      <c r="G331" t="s">
+        <v>17</v>
+      </c>
+      <c r="H331">
+        <v>56</v>
+      </c>
+      <c r="I331">
+        <v>0</v>
+      </c>
+      <c r="K331" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" t="s">
+        <v>884</v>
+      </c>
+      <c r="B332" t="s">
+        <v>13</v>
+      </c>
+      <c r="C332" t="s">
+        <v>737</v>
+      </c>
+      <c r="D332" t="s">
+        <v>885</v>
+      </c>
+      <c r="E332">
+        <v>6</v>
+      </c>
+      <c r="F332" t="s">
+        <v>16</v>
+      </c>
+      <c r="G332" t="s">
+        <v>17</v>
+      </c>
+      <c r="H332">
+        <v>3</v>
+      </c>
+      <c r="I332">
+        <v>0</v>
+      </c>
+      <c r="K332" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" t="s">
+        <v>887</v>
+      </c>
+      <c r="B333" t="s">
+        <v>13</v>
+      </c>
+      <c r="C333" t="s">
+        <v>737</v>
+      </c>
+      <c r="D333" t="s">
+        <v>888</v>
+      </c>
+      <c r="E333">
+        <v>6</v>
+      </c>
+      <c r="F333" t="s">
+        <v>16</v>
+      </c>
+      <c r="G333" t="s">
+        <v>17</v>
+      </c>
+      <c r="H333">
+        <v>17</v>
+      </c>
+      <c r="I333">
+        <v>0</v>
+      </c>
+      <c r="K333" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" t="s">
+        <v>458</v>
+      </c>
+      <c r="B334" t="s">
+        <v>13</v>
+      </c>
+      <c r="C334" t="s">
+        <v>737</v>
+      </c>
+      <c r="D334" t="s">
+        <v>890</v>
+      </c>
+      <c r="E334">
+        <v>6</v>
+      </c>
+      <c r="F334" t="s">
+        <v>16</v>
+      </c>
+      <c r="G334" t="s">
+        <v>17</v>
+      </c>
+      <c r="H334">
+        <v>57</v>
+      </c>
+      <c r="I334">
+        <v>0</v>
+      </c>
+      <c r="K334" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" t="s">
+        <v>464</v>
+      </c>
+      <c r="B335" t="s">
+        <v>13</v>
+      </c>
+      <c r="C335" t="s">
+        <v>737</v>
+      </c>
+      <c r="D335" t="s">
+        <v>892</v>
+      </c>
+      <c r="E335">
+        <v>6</v>
+      </c>
+      <c r="F335" t="s">
+        <v>16</v>
+      </c>
+      <c r="G335" t="s">
+        <v>17</v>
+      </c>
+      <c r="H335">
+        <v>54</v>
+      </c>
+      <c r="I335">
+        <v>0</v>
+      </c>
+      <c r="K335" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" t="s">
+        <v>894</v>
+      </c>
+      <c r="B336" t="s">
+        <v>13</v>
+      </c>
+      <c r="C336" t="s">
+        <v>737</v>
+      </c>
+      <c r="D336" t="s">
+        <v>895</v>
+      </c>
+      <c r="E336">
+        <v>6</v>
+      </c>
+      <c r="F336" t="s">
+        <v>16</v>
+      </c>
+      <c r="G336" t="s">
+        <v>17</v>
+      </c>
+      <c r="H336">
+        <v>54</v>
+      </c>
+      <c r="I336">
+        <v>0</v>
+      </c>
+      <c r="K336" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" t="s">
+        <v>467</v>
+      </c>
+      <c r="B337" t="s">
+        <v>13</v>
+      </c>
+      <c r="C337" t="s">
+        <v>737</v>
+      </c>
+      <c r="D337" t="s">
+        <v>897</v>
+      </c>
+      <c r="E337">
+        <v>6</v>
+      </c>
+      <c r="F337" t="s">
+        <v>16</v>
+      </c>
+      <c r="G337" t="s">
+        <v>17</v>
+      </c>
+      <c r="H337">
+        <v>52</v>
+      </c>
+      <c r="I337">
+        <v>0</v>
+      </c>
+      <c r="K337" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" t="s">
+        <v>473</v>
+      </c>
+      <c r="B338" t="s">
+        <v>13</v>
+      </c>
+      <c r="C338" t="s">
+        <v>737</v>
+      </c>
+      <c r="D338" t="s">
+        <v>899</v>
+      </c>
+      <c r="E338">
+        <v>6</v>
+      </c>
+      <c r="F338" t="s">
+        <v>16</v>
+      </c>
+      <c r="G338" t="s">
+        <v>17</v>
+      </c>
+      <c r="H338">
+        <v>55</v>
+      </c>
+      <c r="I338">
+        <v>0</v>
+      </c>
+      <c r="K338" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" t="s">
+        <v>901</v>
+      </c>
+      <c r="B339" t="s">
+        <v>13</v>
+      </c>
+      <c r="C339" t="s">
+        <v>737</v>
+      </c>
+      <c r="D339" t="s">
+        <v>902</v>
+      </c>
+      <c r="E339">
+        <v>6</v>
+      </c>
+      <c r="F339" t="s">
+        <v>16</v>
+      </c>
+      <c r="G339" t="s">
+        <v>17</v>
+      </c>
+      <c r="H339">
+        <v>18</v>
+      </c>
+      <c r="I339">
+        <v>0</v>
+      </c>
+      <c r="K339" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" t="s">
+        <v>479</v>
+      </c>
+      <c r="B340" t="s">
+        <v>13</v>
+      </c>
+      <c r="C340" t="s">
+        <v>737</v>
+      </c>
+      <c r="D340" t="s">
+        <v>904</v>
+      </c>
+      <c r="E340">
+        <v>6</v>
+      </c>
+      <c r="F340" t="s">
+        <v>16</v>
+      </c>
+      <c r="G340" t="s">
+        <v>17</v>
+      </c>
+      <c r="H340">
+        <v>56</v>
+      </c>
+      <c r="I340">
+        <v>5</v>
+      </c>
+      <c r="K340" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" t="s">
+        <v>482</v>
+      </c>
+      <c r="B341" t="s">
+        <v>13</v>
+      </c>
+      <c r="C341" t="s">
+        <v>737</v>
+      </c>
+      <c r="D341" t="s">
+        <v>906</v>
+      </c>
+      <c r="E341">
+        <v>6</v>
+      </c>
+      <c r="F341" t="s">
+        <v>16</v>
+      </c>
+      <c r="G341" t="s">
+        <v>17</v>
+      </c>
+      <c r="H341">
+        <v>10</v>
+      </c>
+      <c r="I341">
+        <v>0</v>
+      </c>
+      <c r="K341" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" t="s">
+        <v>908</v>
+      </c>
+      <c r="B342" t="s">
+        <v>13</v>
+      </c>
+      <c r="C342" t="s">
+        <v>737</v>
+      </c>
+      <c r="D342" t="s">
+        <v>909</v>
+      </c>
+      <c r="E342">
+        <v>6</v>
+      </c>
+      <c r="F342" t="s">
+        <v>16</v>
+      </c>
+      <c r="G342" t="s">
+        <v>17</v>
+      </c>
+      <c r="H342">
+        <v>14</v>
+      </c>
+      <c r="I342">
+        <v>0</v>
+      </c>
+      <c r="K342" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" t="s">
+        <v>485</v>
+      </c>
+      <c r="B343" t="s">
+        <v>13</v>
+      </c>
+      <c r="C343" t="s">
+        <v>737</v>
+      </c>
+      <c r="D343" t="s">
+        <v>911</v>
+      </c>
+      <c r="E343">
+        <v>6</v>
+      </c>
+      <c r="F343" t="s">
+        <v>16</v>
+      </c>
+      <c r="G343" t="s">
+        <v>17</v>
+      </c>
+      <c r="H343">
+        <v>6</v>
+      </c>
+      <c r="I343">
+        <v>0</v>
+      </c>
+      <c r="K343" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" t="s">
+        <v>913</v>
+      </c>
+      <c r="B344" t="s">
+        <v>13</v>
+      </c>
+      <c r="C344" t="s">
+        <v>737</v>
+      </c>
+      <c r="D344" t="s">
+        <v>914</v>
+      </c>
+      <c r="E344">
+        <v>6</v>
+      </c>
+      <c r="F344" t="s">
+        <v>16</v>
+      </c>
+      <c r="G344" t="s">
+        <v>17</v>
+      </c>
+      <c r="H344">
+        <v>8</v>
+      </c>
+      <c r="I344">
+        <v>0</v>
+      </c>
+      <c r="K344" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" t="s">
+        <v>488</v>
+      </c>
+      <c r="B345" t="s">
+        <v>13</v>
+      </c>
+      <c r="C345" t="s">
+        <v>737</v>
+      </c>
+      <c r="D345" t="s">
+        <v>916</v>
+      </c>
+      <c r="E345">
+        <v>6</v>
+      </c>
+      <c r="F345" t="s">
+        <v>16</v>
+      </c>
+      <c r="G345" t="s">
+        <v>17</v>
+      </c>
+      <c r="H345">
+        <v>7</v>
+      </c>
+      <c r="I345">
+        <v>0</v>
+      </c>
+      <c r="K345" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" t="s">
+        <v>494</v>
+      </c>
+      <c r="B346" t="s">
+        <v>13</v>
+      </c>
+      <c r="C346" t="s">
+        <v>737</v>
+      </c>
+      <c r="D346" t="s">
+        <v>918</v>
+      </c>
+      <c r="E346">
+        <v>6</v>
+      </c>
+      <c r="F346" t="s">
+        <v>16</v>
+      </c>
+      <c r="G346" t="s">
+        <v>17</v>
+      </c>
+      <c r="H346">
+        <v>8</v>
+      </c>
+      <c r="I346">
+        <v>30</v>
+      </c>
+      <c r="K346" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" t="s">
+        <v>497</v>
+      </c>
+      <c r="B347" t="s">
+        <v>13</v>
+      </c>
+      <c r="C347" t="s">
+        <v>737</v>
+      </c>
+      <c r="D347" t="s">
+        <v>920</v>
+      </c>
+      <c r="E347">
+        <v>6</v>
+      </c>
+      <c r="F347" t="s">
+        <v>16</v>
+      </c>
+      <c r="G347" t="s">
+        <v>17</v>
+      </c>
+      <c r="H347">
+        <v>60</v>
+      </c>
+      <c r="I347">
+        <v>0</v>
+      </c>
+      <c r="K347" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" t="s">
+        <v>922</v>
+      </c>
+      <c r="B348" t="s">
+        <v>13</v>
+      </c>
+      <c r="C348" t="s">
+        <v>737</v>
+      </c>
+      <c r="D348" t="s">
+        <v>923</v>
+      </c>
+      <c r="E348">
+        <v>6</v>
+      </c>
+      <c r="F348" t="s">
+        <v>16</v>
+      </c>
+      <c r="G348" t="s">
+        <v>17</v>
+      </c>
+      <c r="H348">
+        <v>58</v>
+      </c>
+      <c r="I348">
+        <v>5</v>
+      </c>
+      <c r="K348" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11">
+      <c r="A349" t="s">
+        <v>500</v>
+      </c>
+      <c r="B349" t="s">
+        <v>13</v>
+      </c>
+      <c r="C349" t="s">
+        <v>737</v>
+      </c>
+      <c r="D349" t="s">
+        <v>925</v>
+      </c>
+      <c r="E349">
+        <v>6</v>
+      </c>
+      <c r="F349" t="s">
+        <v>16</v>
+      </c>
+      <c r="G349" t="s">
+        <v>17</v>
+      </c>
+      <c r="H349">
+        <v>57</v>
+      </c>
+      <c r="I349">
+        <v>0</v>
+      </c>
+      <c r="K349" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11">
+      <c r="A350" t="s">
+        <v>503</v>
+      </c>
+      <c r="B350" t="s">
+        <v>13</v>
+      </c>
+      <c r="C350" t="s">
+        <v>737</v>
+      </c>
+      <c r="D350" t="s">
+        <v>927</v>
+      </c>
+      <c r="E350">
+        <v>6</v>
+      </c>
+      <c r="F350" t="s">
+        <v>16</v>
+      </c>
+      <c r="G350" t="s">
+        <v>17</v>
+      </c>
+      <c r="H350">
+        <v>18</v>
+      </c>
+      <c r="I350">
+        <v>0</v>
+      </c>
+      <c r="K350" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" t="s">
+        <v>929</v>
+      </c>
+      <c r="B351" t="s">
+        <v>13</v>
+      </c>
+      <c r="C351" t="s">
+        <v>737</v>
+      </c>
+      <c r="D351" t="s">
+        <v>930</v>
+      </c>
+      <c r="E351">
+        <v>6</v>
+      </c>
+      <c r="F351" t="s">
+        <v>16</v>
+      </c>
+      <c r="G351" t="s">
+        <v>17</v>
+      </c>
+      <c r="H351">
+        <v>56</v>
+      </c>
+      <c r="I351">
+        <v>5</v>
+      </c>
+      <c r="K351" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" t="s">
+        <v>506</v>
+      </c>
+      <c r="B352" t="s">
+        <v>13</v>
+      </c>
+      <c r="C352" t="s">
+        <v>737</v>
+      </c>
+      <c r="D352" t="s">
+        <v>932</v>
+      </c>
+      <c r="E352">
+        <v>6</v>
+      </c>
+      <c r="F352" t="s">
+        <v>16</v>
+      </c>
+      <c r="G352" t="s">
+        <v>17</v>
+      </c>
+      <c r="H352">
+        <v>53</v>
+      </c>
+      <c r="I352">
+        <v>0</v>
+      </c>
+      <c r="K352" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" t="s">
+        <v>205</v>
+      </c>
+      <c r="B353" t="s">
+        <v>13</v>
+      </c>
+      <c r="C353" t="s">
+        <v>934</v>
+      </c>
+      <c r="D353" t="s">
+        <v>935</v>
+      </c>
+      <c r="E353">
+        <v>27</v>
+      </c>
+      <c r="F353" t="s">
+        <v>16</v>
+      </c>
+      <c r="G353" t="s">
+        <v>17</v>
+      </c>
+      <c r="H353">
+        <v>2</v>
+      </c>
+      <c r="I353">
+        <v>85</v>
+      </c>
+      <c r="K353" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" t="s">
+        <v>730</v>
+      </c>
+      <c r="B354" t="s">
+        <v>13</v>
+      </c>
+      <c r="C354" t="s">
+        <v>937</v>
+      </c>
+      <c r="D354" t="s">
+        <v>938</v>
+      </c>
+      <c r="E354">
+        <v>63</v>
+      </c>
+      <c r="F354" t="s">
+        <v>16</v>
+      </c>
+      <c r="G354" t="s">
+        <v>17</v>
+      </c>
+      <c r="H354">
+        <v>10</v>
+      </c>
+      <c r="I354">
+        <v>2.5</v>
+      </c>
+      <c r="K354" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" t="s">
+        <v>587</v>
+      </c>
+      <c r="B355" t="s">
+        <v>13</v>
+      </c>
+      <c r="C355" t="s">
+        <v>940</v>
+      </c>
+      <c r="D355" t="s">
+        <v>941</v>
+      </c>
+      <c r="E355">
+        <v>60</v>
+      </c>
+      <c r="F355" t="s">
+        <v>16</v>
+      </c>
+      <c r="G355" t="s">
+        <v>17</v>
+      </c>
+      <c r="H355">
+        <v>5</v>
+      </c>
+      <c r="I355">
+        <v>32.5</v>
+      </c>
+      <c r="K355" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" t="s">
+        <v>943</v>
+      </c>
+      <c r="B356" t="s">
+        <v>13</v>
+      </c>
+      <c r="C356" t="s">
+        <v>944</v>
+      </c>
+      <c r="D356" t="s">
+        <v>945</v>
+      </c>
+      <c r="E356">
+        <v>2</v>
+      </c>
+      <c r="F356" t="s">
+        <v>16</v>
+      </c>
+      <c r="G356" t="s">
+        <v>17</v>
+      </c>
+      <c r="H356">
+        <v>80</v>
+      </c>
+      <c r="I356">
+        <v>0</v>
+      </c>
+      <c r="K356" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" t="s">
+        <v>947</v>
+      </c>
+      <c r="B357" t="s">
+        <v>13</v>
+      </c>
+      <c r="C357" t="s">
+        <v>944</v>
+      </c>
+      <c r="D357" t="s">
+        <v>948</v>
+      </c>
+      <c r="E357">
+        <v>2</v>
+      </c>
+      <c r="F357" t="s">
+        <v>16</v>
+      </c>
+      <c r="G357" t="s">
+        <v>17</v>
+      </c>
+      <c r="H357">
+        <v>17</v>
+      </c>
+      <c r="I357">
+        <v>5</v>
+      </c>
+      <c r="K357" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" t="s">
+        <v>950</v>
+      </c>
+      <c r="B358" t="s">
+        <v>13</v>
+      </c>
+      <c r="C358" t="s">
+        <v>944</v>
+      </c>
+      <c r="D358" t="s">
+        <v>951</v>
+      </c>
+      <c r="E358">
+        <v>2</v>
+      </c>
+      <c r="F358" t="s">
+        <v>16</v>
+      </c>
+      <c r="G358" t="s">
+        <v>17</v>
+      </c>
+      <c r="H358">
+        <v>62</v>
+      </c>
+      <c r="I358">
+        <v>0</v>
+      </c>
+      <c r="K358" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" t="s">
+        <v>953</v>
+      </c>
+      <c r="B359" t="s">
+        <v>13</v>
+      </c>
+      <c r="C359" t="s">
+        <v>944</v>
+      </c>
+      <c r="D359" t="s">
+        <v>954</v>
+      </c>
+      <c r="E359">
+        <v>2</v>
+      </c>
+      <c r="F359" t="s">
+        <v>16</v>
+      </c>
+      <c r="G359" t="s">
+        <v>17</v>
+      </c>
+      <c r="H359">
+        <v>54</v>
+      </c>
+      <c r="I359">
+        <v>0</v>
+      </c>
+      <c r="K359" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" t="s">
+        <v>956</v>
+      </c>
+      <c r="B360" t="s">
+        <v>13</v>
+      </c>
+      <c r="C360" t="s">
+        <v>944</v>
+      </c>
+      <c r="D360" t="s">
+        <v>957</v>
+      </c>
+      <c r="E360">
+        <v>2</v>
+      </c>
+      <c r="F360" t="s">
+        <v>16</v>
+      </c>
+      <c r="G360" t="s">
+        <v>17</v>
+      </c>
+      <c r="H360">
+        <v>54</v>
+      </c>
+      <c r="I360">
+        <v>0</v>
+      </c>
+      <c r="K360" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" t="s">
+        <v>959</v>
+      </c>
+      <c r="B361" t="s">
+        <v>13</v>
+      </c>
+      <c r="C361" t="s">
+        <v>944</v>
+      </c>
+      <c r="D361" t="s">
+        <v>960</v>
+      </c>
+      <c r="E361">
+        <v>2</v>
+      </c>
+      <c r="F361" t="s">
+        <v>16</v>
+      </c>
+      <c r="G361" t="s">
+        <v>17</v>
+      </c>
+      <c r="H361">
+        <v>56</v>
+      </c>
+      <c r="I361">
+        <v>0</v>
+      </c>
+      <c r="K361" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" t="s">
+        <v>962</v>
+      </c>
+      <c r="B362" t="s">
+        <v>13</v>
+      </c>
+      <c r="C362" t="s">
+        <v>944</v>
+      </c>
+      <c r="D362" t="s">
+        <v>963</v>
+      </c>
+      <c r="E362">
+        <v>2</v>
+      </c>
+      <c r="F362" t="s">
+        <v>16</v>
+      </c>
+      <c r="G362" t="s">
+        <v>17</v>
+      </c>
+      <c r="H362">
+        <v>14</v>
+      </c>
+      <c r="I362">
+        <v>12.5</v>
+      </c>
+      <c r="K362" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" t="s">
+        <v>965</v>
+      </c>
+      <c r="B363" t="s">
+        <v>13</v>
+      </c>
+      <c r="C363" t="s">
+        <v>944</v>
+      </c>
+      <c r="D363" t="s">
+        <v>966</v>
+      </c>
+      <c r="E363">
+        <v>2</v>
+      </c>
+      <c r="F363" t="s">
+        <v>16</v>
+      </c>
+      <c r="G363" t="s">
+        <v>17</v>
+      </c>
+      <c r="H363">
+        <v>54</v>
+      </c>
+      <c r="I363">
+        <v>0</v>
+      </c>
+      <c r="K363" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" t="s">
+        <v>968</v>
+      </c>
+      <c r="B364" t="s">
+        <v>13</v>
+      </c>
+      <c r="C364" t="s">
+        <v>944</v>
+      </c>
+      <c r="D364" t="s">
+        <v>969</v>
+      </c>
+      <c r="E364">
+        <v>2</v>
+      </c>
+      <c r="F364" t="s">
+        <v>16</v>
+      </c>
+      <c r="G364" t="s">
+        <v>17</v>
+      </c>
+      <c r="H364">
+        <v>55</v>
+      </c>
+      <c r="I364">
+        <v>0</v>
+      </c>
+      <c r="K364" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" t="s">
+        <v>971</v>
+      </c>
+      <c r="B365" t="s">
+        <v>13</v>
+      </c>
+      <c r="C365" t="s">
+        <v>944</v>
+      </c>
+      <c r="D365" t="s">
+        <v>972</v>
+      </c>
+      <c r="E365">
+        <v>2</v>
+      </c>
+      <c r="F365" t="s">
+        <v>16</v>
+      </c>
+      <c r="G365" t="s">
+        <v>17</v>
+      </c>
+      <c r="H365">
+        <v>56</v>
+      </c>
+      <c r="I365">
+        <v>0</v>
+      </c>
+      <c r="K365" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" t="s">
+        <v>974</v>
+      </c>
+      <c r="B366" t="s">
+        <v>13</v>
+      </c>
+      <c r="C366" t="s">
+        <v>944</v>
+      </c>
+      <c r="D366" t="s">
+        <v>975</v>
+      </c>
+      <c r="E366">
+        <v>2</v>
+      </c>
+      <c r="F366" t="s">
+        <v>16</v>
+      </c>
+      <c r="G366" t="s">
+        <v>17</v>
+      </c>
+      <c r="H366">
+        <v>60</v>
+      </c>
+      <c r="I366">
+        <v>0</v>
+      </c>
+      <c r="K366" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" t="s">
+        <v>977</v>
+      </c>
+      <c r="B367" t="s">
+        <v>13</v>
+      </c>
+      <c r="C367" t="s">
+        <v>944</v>
+      </c>
+      <c r="D367" t="s">
+        <v>978</v>
+      </c>
+      <c r="E367">
+        <v>2</v>
+      </c>
+      <c r="F367" t="s">
+        <v>16</v>
+      </c>
+      <c r="G367" t="s">
+        <v>17</v>
+      </c>
+      <c r="H367">
+        <v>60</v>
+      </c>
+      <c r="I367">
+        <v>0</v>
+      </c>
+      <c r="K367" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" t="s">
+        <v>980</v>
+      </c>
+      <c r="B368" t="s">
+        <v>13</v>
+      </c>
+      <c r="C368" t="s">
+        <v>944</v>
+      </c>
+      <c r="D368" t="s">
+        <v>981</v>
+      </c>
+      <c r="E368">
+        <v>2</v>
+      </c>
+      <c r="F368" t="s">
+        <v>16</v>
+      </c>
+      <c r="G368" t="s">
+        <v>17</v>
+      </c>
+      <c r="H368">
+        <v>58</v>
+      </c>
+      <c r="I368">
+        <v>0</v>
+      </c>
+      <c r="K368" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" t="s">
+        <v>983</v>
+      </c>
+      <c r="B369" t="s">
+        <v>13</v>
+      </c>
+      <c r="C369" t="s">
+        <v>944</v>
+      </c>
+      <c r="D369" t="s">
+        <v>984</v>
+      </c>
+      <c r="E369">
+        <v>2</v>
+      </c>
+      <c r="F369" t="s">
+        <v>16</v>
+      </c>
+      <c r="G369" t="s">
+        <v>17</v>
+      </c>
+      <c r="H369">
+        <v>58</v>
+      </c>
+      <c r="I369">
+        <v>0</v>
+      </c>
+      <c r="K369" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" t="s">
+        <v>986</v>
+      </c>
+      <c r="B370" t="s">
+        <v>13</v>
+      </c>
+      <c r="C370" t="s">
+        <v>944</v>
+      </c>
+      <c r="D370" t="s">
+        <v>987</v>
+      </c>
+      <c r="E370">
+        <v>2</v>
+      </c>
+      <c r="F370" t="s">
+        <v>16</v>
+      </c>
+      <c r="G370" t="s">
+        <v>17</v>
+      </c>
+      <c r="H370">
+        <v>53</v>
+      </c>
+      <c r="I370">
+        <v>0</v>
+      </c>
+      <c r="K370" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" t="s">
+        <v>989</v>
+      </c>
+      <c r="B371" t="s">
+        <v>13</v>
+      </c>
+      <c r="C371" t="s">
+        <v>944</v>
+      </c>
+      <c r="D371" t="s">
+        <v>990</v>
+      </c>
+      <c r="E371">
+        <v>2</v>
+      </c>
+      <c r="F371" t="s">
+        <v>16</v>
+      </c>
+      <c r="G371" t="s">
+        <v>17</v>
+      </c>
+      <c r="H371">
+        <v>18</v>
+      </c>
+      <c r="I371">
+        <v>0</v>
+      </c>
+      <c r="K371" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" t="s">
+        <v>611</v>
+      </c>
+      <c r="B372" t="s">
+        <v>13</v>
+      </c>
+      <c r="C372" t="s">
+        <v>944</v>
+      </c>
+      <c r="D372" t="s">
+        <v>992</v>
+      </c>
+      <c r="E372">
+        <v>2</v>
+      </c>
+      <c r="F372" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" t="s">
+        <v>17</v>
+      </c>
+      <c r="H372">
+        <v>16</v>
+      </c>
+      <c r="I372">
+        <v>0</v>
+      </c>
+      <c r="K372" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" t="s">
+        <v>994</v>
+      </c>
+      <c r="B373" t="s">
+        <v>13</v>
+      </c>
+      <c r="C373" t="s">
+        <v>944</v>
+      </c>
+      <c r="D373" t="s">
+        <v>995</v>
+      </c>
+      <c r="E373">
+        <v>2</v>
+      </c>
+      <c r="F373" t="s">
+        <v>16</v>
+      </c>
+      <c r="G373" t="s">
+        <v>17</v>
+      </c>
+      <c r="H373">
+        <v>10</v>
+      </c>
+      <c r="I373">
+        <v>0</v>
+      </c>
+      <c r="K373" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" t="s">
+        <v>997</v>
+      </c>
+      <c r="B374" t="s">
+        <v>13</v>
+      </c>
+      <c r="C374" t="s">
+        <v>944</v>
+      </c>
+      <c r="D374" t="s">
+        <v>998</v>
+      </c>
+      <c r="E374">
+        <v>2</v>
+      </c>
+      <c r="F374" t="s">
+        <v>16</v>
+      </c>
+      <c r="G374" t="s">
+        <v>17</v>
+      </c>
+      <c r="H374">
+        <v>58</v>
+      </c>
+      <c r="I374">
+        <v>0</v>
+      </c>
+      <c r="K374" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B375" t="s">
+        <v>13</v>
+      </c>
+      <c r="C375" t="s">
+        <v>944</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E375">
+        <v>2</v>
+      </c>
+      <c r="F375" t="s">
+        <v>16</v>
+      </c>
+      <c r="G375" t="s">
+        <v>17</v>
+      </c>
+      <c r="H375">
+        <v>66</v>
+      </c>
+      <c r="I375">
+        <v>0</v>
+      </c>
+      <c r="K375" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11">
+      <c r="A376" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B376" t="s">
+        <v>13</v>
+      </c>
+      <c r="C376" t="s">
+        <v>944</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E376">
+        <v>2</v>
+      </c>
+      <c r="F376" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" t="s">
+        <v>17</v>
+      </c>
+      <c r="H376">
+        <v>54</v>
+      </c>
+      <c r="I376">
+        <v>0</v>
+      </c>
+      <c r="K376" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11">
+      <c r="A377" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B377" t="s">
+        <v>13</v>
+      </c>
+      <c r="C377" t="s">
+        <v>944</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E377">
+        <v>2</v>
+      </c>
+      <c r="F377" t="s">
+        <v>16</v>
+      </c>
+      <c r="G377" t="s">
+        <v>17</v>
+      </c>
+      <c r="H377">
+        <v>52</v>
+      </c>
+      <c r="I377">
+        <v>0</v>
+      </c>
+      <c r="K377" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11">
+      <c r="A378" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B378" t="s">
+        <v>13</v>
+      </c>
+      <c r="C378" t="s">
+        <v>944</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E378">
+        <v>2</v>
+      </c>
+      <c r="F378" t="s">
+        <v>16</v>
+      </c>
+      <c r="G378" t="s">
+        <v>17</v>
+      </c>
+      <c r="H378">
+        <v>7</v>
+      </c>
+      <c r="I378">
+        <v>0</v>
+      </c>
+      <c r="K378" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B379" t="s">
+        <v>13</v>
+      </c>
+      <c r="C379" t="s">
+        <v>944</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E379">
+        <v>2</v>
+      </c>
+      <c r="F379" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" t="s">
+        <v>17</v>
+      </c>
+      <c r="H379">
+        <v>8</v>
+      </c>
+      <c r="I379">
+        <v>0</v>
+      </c>
+      <c r="K379" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B380" t="s">
+        <v>13</v>
+      </c>
+      <c r="C380" t="s">
+        <v>944</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E380">
+        <v>2</v>
+      </c>
+      <c r="F380" t="s">
+        <v>16</v>
+      </c>
+      <c r="G380" t="s">
+        <v>17</v>
+      </c>
+      <c r="H380">
+        <v>54</v>
+      </c>
+      <c r="I380">
+        <v>0</v>
+      </c>
+      <c r="K380" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B381" t="s">
+        <v>13</v>
+      </c>
+      <c r="C381" t="s">
+        <v>944</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E381">
+        <v>2</v>
+      </c>
+      <c r="F381" t="s">
+        <v>16</v>
+      </c>
+      <c r="G381" t="s">
+        <v>17</v>
+      </c>
+      <c r="H381">
+        <v>60</v>
+      </c>
+      <c r="I381">
+        <v>0</v>
+      </c>
+      <c r="K381" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B382" t="s">
+        <v>13</v>
+      </c>
+      <c r="C382" t="s">
+        <v>944</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E382">
+        <v>2</v>
+      </c>
+      <c r="F382" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" t="s">
+        <v>17</v>
+      </c>
+      <c r="H382">
+        <v>14</v>
+      </c>
+      <c r="I382">
+        <v>0</v>
+      </c>
+      <c r="K382" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11">
+      <c r="A383" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B383" t="s">
+        <v>13</v>
+      </c>
+      <c r="C383" t="s">
+        <v>944</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E383">
+        <v>2</v>
+      </c>
+      <c r="F383" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" t="s">
+        <v>17</v>
+      </c>
+      <c r="H383">
+        <v>56</v>
+      </c>
+      <c r="I383">
+        <v>0</v>
+      </c>
+      <c r="K383" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11">
+      <c r="A384" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B384" t="s">
+        <v>13</v>
+      </c>
+      <c r="C384" t="s">
+        <v>944</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E384">
+        <v>2</v>
+      </c>
+      <c r="F384" t="s">
+        <v>16</v>
+      </c>
+      <c r="G384" t="s">
+        <v>17</v>
+      </c>
+      <c r="H384">
+        <v>101</v>
+      </c>
+      <c r="I384">
+        <v>0</v>
+      </c>
+      <c r="K384" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11">
+      <c r="A385" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B385" t="s">
+        <v>13</v>
+      </c>
+      <c r="C385" t="s">
+        <v>944</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E385">
+        <v>2</v>
+      </c>
+      <c r="F385" t="s">
+        <v>16</v>
+      </c>
+      <c r="G385" t="s">
+        <v>17</v>
+      </c>
+      <c r="H385">
+        <v>54</v>
+      </c>
+      <c r="I385">
+        <v>0</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B386" t="s">
+        <v>13</v>
+      </c>
+      <c r="C386" t="s">
+        <v>944</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E386">
+        <v>2</v>
+      </c>
+      <c r="F386" t="s">
+        <v>16</v>
+      </c>
+      <c r="G386" t="s">
+        <v>17</v>
+      </c>
+      <c r="H386">
+        <v>61</v>
+      </c>
+      <c r="I386">
+        <v>0</v>
+      </c>
+      <c r="K386" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B387" t="s">
+        <v>13</v>
+      </c>
+      <c r="C387" t="s">
+        <v>944</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E387">
+        <v>2</v>
+      </c>
+      <c r="F387" t="s">
+        <v>16</v>
+      </c>
+      <c r="G387" t="s">
+        <v>17</v>
+      </c>
+      <c r="H387">
+        <v>54</v>
+      </c>
+      <c r="I387">
+        <v>25</v>
+      </c>
+      <c r="K387" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B388" t="s">
+        <v>13</v>
+      </c>
+      <c r="C388" t="s">
+        <v>944</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E388">
+        <v>2</v>
+      </c>
+      <c r="F388" t="s">
+        <v>16</v>
+      </c>
+      <c r="G388" t="s">
+        <v>17</v>
+      </c>
+      <c r="H388">
+        <v>58</v>
+      </c>
+      <c r="I388">
+        <v>0</v>
+      </c>
+      <c r="K388" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B389" t="s">
+        <v>13</v>
+      </c>
+      <c r="C389" t="s">
+        <v>944</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E389">
+        <v>2</v>
+      </c>
+      <c r="F389" t="s">
+        <v>16</v>
+      </c>
+      <c r="G389" t="s">
+        <v>17</v>
+      </c>
+      <c r="H389">
+        <v>55</v>
+      </c>
+      <c r="I389">
+        <v>0</v>
+      </c>
+      <c r="K389" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B390" t="s">
+        <v>13</v>
+      </c>
+      <c r="C390" t="s">
+        <v>944</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E390">
+        <v>2</v>
+      </c>
+      <c r="F390" t="s">
+        <v>16</v>
+      </c>
+      <c r="G390" t="s">
+        <v>17</v>
+      </c>
+      <c r="H390">
+        <v>63</v>
+      </c>
+      <c r="I390">
+        <v>0</v>
+      </c>
+      <c r="K390" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B391" t="s">
+        <v>13</v>
+      </c>
+      <c r="C391" t="s">
+        <v>944</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E391">
+        <v>2</v>
+      </c>
+      <c r="F391" t="s">
+        <v>16</v>
+      </c>
+      <c r="G391" t="s">
+        <v>17</v>
+      </c>
+      <c r="H391">
+        <v>18</v>
+      </c>
+      <c r="I391">
+        <v>0</v>
+      </c>
+      <c r="K391" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B392" t="s">
+        <v>13</v>
+      </c>
+      <c r="C392" t="s">
+        <v>944</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E392">
+        <v>2</v>
+      </c>
+      <c r="F392" t="s">
+        <v>16</v>
+      </c>
+      <c r="G392" t="s">
+        <v>17</v>
+      </c>
+      <c r="H392">
+        <v>23</v>
+      </c>
+      <c r="I392">
+        <v>0</v>
+      </c>
+      <c r="K392" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B393" t="s">
+        <v>13</v>
+      </c>
+      <c r="C393" t="s">
+        <v>944</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E393">
+        <v>2</v>
+      </c>
+      <c r="F393" t="s">
+        <v>16</v>
+      </c>
+      <c r="G393" t="s">
+        <v>17</v>
+      </c>
+      <c r="H393">
+        <v>55</v>
+      </c>
+      <c r="I393">
+        <v>0</v>
+      </c>
+      <c r="K393" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B394" t="s">
+        <v>13</v>
+      </c>
+      <c r="C394" t="s">
+        <v>944</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E394">
+        <v>2</v>
+      </c>
+      <c r="F394" t="s">
+        <v>16</v>
+      </c>
+      <c r="G394" t="s">
+        <v>17</v>
+      </c>
+      <c r="H394">
+        <v>11</v>
+      </c>
+      <c r="I394">
+        <v>0</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B395" t="s">
+        <v>13</v>
+      </c>
+      <c r="C395" t="s">
+        <v>944</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E395">
+        <v>2</v>
+      </c>
+      <c r="F395" t="s">
+        <v>16</v>
+      </c>
+      <c r="G395" t="s">
+        <v>17</v>
+      </c>
+      <c r="H395">
+        <v>8</v>
+      </c>
+      <c r="I395">
+        <v>0</v>
+      </c>
+      <c r="K395" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B396" t="s">
+        <v>13</v>
+      </c>
+      <c r="C396" t="s">
+        <v>944</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E396">
+        <v>2</v>
+      </c>
+      <c r="F396" t="s">
+        <v>16</v>
+      </c>
+      <c r="G396" t="s">
+        <v>17</v>
+      </c>
+      <c r="H396">
+        <v>57</v>
+      </c>
+      <c r="I396">
+        <v>0</v>
+      </c>
+      <c r="K396" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B397" t="s">
+        <v>13</v>
+      </c>
+      <c r="C397" t="s">
+        <v>944</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E397">
+        <v>2</v>
+      </c>
+      <c r="F397" t="s">
+        <v>16</v>
+      </c>
+      <c r="G397" t="s">
+        <v>17</v>
+      </c>
+      <c r="H397">
+        <v>18</v>
+      </c>
+      <c r="I397">
+        <v>0</v>
+      </c>
+      <c r="K397" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B398" t="s">
+        <v>13</v>
+      </c>
+      <c r="C398" t="s">
+        <v>944</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E398">
+        <v>2</v>
+      </c>
+      <c r="F398" t="s">
+        <v>16</v>
+      </c>
+      <c r="G398" t="s">
+        <v>17</v>
+      </c>
+      <c r="H398">
+        <v>57</v>
+      </c>
+      <c r="I398">
+        <v>0</v>
+      </c>
+      <c r="K398" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B399" t="s">
+        <v>13</v>
+      </c>
+      <c r="C399" t="s">
+        <v>944</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E399">
+        <v>2</v>
+      </c>
+      <c r="F399" t="s">
+        <v>16</v>
+      </c>
+      <c r="G399" t="s">
+        <v>17</v>
+      </c>
+      <c r="H399">
+        <v>10</v>
+      </c>
+      <c r="I399">
+        <v>0</v>
+      </c>
+      <c r="K399" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B400" t="s">
+        <v>13</v>
+      </c>
+      <c r="C400" t="s">
+        <v>944</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E400">
+        <v>2</v>
+      </c>
+      <c r="F400" t="s">
+        <v>16</v>
+      </c>
+      <c r="G400" t="s">
+        <v>17</v>
+      </c>
+      <c r="H400">
+        <v>56</v>
+      </c>
+      <c r="I400">
+        <v>0</v>
+      </c>
+      <c r="K400" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B401" t="s">
+        <v>13</v>
+      </c>
+      <c r="C401" t="s">
+        <v>944</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E401">
+        <v>2</v>
+      </c>
+      <c r="F401" t="s">
+        <v>16</v>
+      </c>
+      <c r="G401" t="s">
+        <v>17</v>
+      </c>
+      <c r="H401">
+        <v>16</v>
+      </c>
+      <c r="I401">
+        <v>0</v>
+      </c>
+      <c r="K401" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B402" t="s">
+        <v>13</v>
+      </c>
+      <c r="C402" t="s">
+        <v>944</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E402">
+        <v>2</v>
+      </c>
+      <c r="F402" t="s">
+        <v>16</v>
+      </c>
+      <c r="G402" t="s">
+        <v>17</v>
+      </c>
+      <c r="H402">
+        <v>55</v>
+      </c>
+      <c r="I402">
+        <v>0</v>
+      </c>
+      <c r="K402" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B403" t="s">
+        <v>13</v>
+      </c>
+      <c r="C403" t="s">
+        <v>944</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E403">
+        <v>2</v>
+      </c>
+      <c r="F403" t="s">
+        <v>16</v>
+      </c>
+      <c r="G403" t="s">
+        <v>17</v>
+      </c>
+      <c r="H403">
+        <v>64</v>
+      </c>
+      <c r="I403">
+        <v>0</v>
+      </c>
+      <c r="K403" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B404" t="s">
+        <v>13</v>
+      </c>
+      <c r="C404" t="s">
+        <v>944</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E404">
+        <v>2</v>
+      </c>
+      <c r="F404" t="s">
+        <v>16</v>
+      </c>
+      <c r="G404" t="s">
+        <v>17</v>
+      </c>
+      <c r="H404">
+        <v>8</v>
+      </c>
+      <c r="I404">
+        <v>0</v>
+      </c>
+      <c r="K404" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B405" t="s">
+        <v>13</v>
+      </c>
+      <c r="C405" t="s">
+        <v>944</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E405">
+        <v>2</v>
+      </c>
+      <c r="F405" t="s">
+        <v>16</v>
+      </c>
+      <c r="G405" t="s">
+        <v>17</v>
+      </c>
+      <c r="H405">
+        <v>55</v>
+      </c>
+      <c r="I405">
+        <v>0</v>
+      </c>
+      <c r="K405" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" t="s">
+        <v>752</v>
+      </c>
+      <c r="B406" t="s">
+        <v>13</v>
+      </c>
+      <c r="C406" t="s">
+        <v>944</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E406">
+        <v>2</v>
+      </c>
+      <c r="F406" t="s">
+        <v>16</v>
+      </c>
+      <c r="G406" t="s">
+        <v>17</v>
+      </c>
+      <c r="H406">
+        <v>12</v>
+      </c>
+      <c r="I406">
+        <v>27.5</v>
+      </c>
+      <c r="K406" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B407" t="s">
+        <v>13</v>
+      </c>
+      <c r="C407" t="s">
+        <v>944</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1096</v>
+      </c>
+      <c r="E407">
+        <v>2</v>
+      </c>
+      <c r="F407" t="s">
+        <v>16</v>
+      </c>
+      <c r="G407" t="s">
+        <v>17</v>
+      </c>
+      <c r="H407">
+        <v>61</v>
+      </c>
+      <c r="I407">
+        <v>0</v>
+      </c>
+      <c r="K407" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B408" t="s">
+        <v>13</v>
+      </c>
+      <c r="C408" t="s">
+        <v>944</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E408">
+        <v>2</v>
+      </c>
+      <c r="F408" t="s">
+        <v>16</v>
+      </c>
+      <c r="G408" t="s">
+        <v>17</v>
+      </c>
+      <c r="H408">
+        <v>53</v>
+      </c>
+      <c r="I408">
+        <v>0</v>
+      </c>
+      <c r="K408" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B409" t="s">
+        <v>13</v>
+      </c>
+      <c r="C409" t="s">
+        <v>944</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E409">
+        <v>2</v>
+      </c>
+      <c r="F409" t="s">
+        <v>16</v>
+      </c>
+      <c r="G409" t="s">
+        <v>17</v>
+      </c>
+      <c r="H409">
+        <v>14</v>
+      </c>
+      <c r="I409">
+        <v>0</v>
+      </c>
+      <c r="K409" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B410" t="s">
+        <v>13</v>
+      </c>
+      <c r="C410" t="s">
+        <v>944</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E410">
+        <v>2</v>
+      </c>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>17</v>
+      </c>
+      <c r="H410">
+        <v>52</v>
+      </c>
+      <c r="I410">
+        <v>0</v>
+      </c>
+      <c r="K410" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11">
+      <c r="A411" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B411" t="s">
+        <v>13</v>
+      </c>
+      <c r="C411" t="s">
+        <v>944</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1108</v>
+      </c>
+      <c r="E411">
+        <v>2</v>
+      </c>
+      <c r="F411" t="s">
+        <v>16</v>
+      </c>
+      <c r="G411" t="s">
+        <v>17</v>
+      </c>
+      <c r="H411">
+        <v>54</v>
+      </c>
+      <c r="I411">
+        <v>0</v>
+      </c>
+      <c r="K411" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11">
+      <c r="A412" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B412" t="s">
+        <v>13</v>
+      </c>
+      <c r="C412" t="s">
+        <v>944</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E412">
+        <v>2</v>
+      </c>
+      <c r="F412" t="s">
+        <v>16</v>
+      </c>
+      <c r="G412" t="s">
+        <v>17</v>
+      </c>
+      <c r="H412">
+        <v>56</v>
+      </c>
+      <c r="I412">
+        <v>0</v>
+      </c>
+      <c r="K412" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11">
+      <c r="A413" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B413" t="s">
+        <v>13</v>
+      </c>
+      <c r="C413" t="s">
+        <v>944</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E413">
+        <v>2</v>
+      </c>
+      <c r="F413" t="s">
+        <v>16</v>
+      </c>
+      <c r="G413" t="s">
+        <v>17</v>
+      </c>
+      <c r="H413">
+        <v>9</v>
+      </c>
+      <c r="I413">
+        <v>0</v>
+      </c>
+      <c r="K413" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11">
+      <c r="A414" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B414" t="s">
+        <v>13</v>
+      </c>
+      <c r="C414" t="s">
+        <v>944</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E414">
+        <v>2</v>
+      </c>
+      <c r="F414" t="s">
+        <v>16</v>
+      </c>
+      <c r="G414" t="s">
+        <v>17</v>
+      </c>
+      <c r="H414">
+        <v>16</v>
+      </c>
+      <c r="I414">
+        <v>0</v>
+      </c>
+      <c r="K414" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11">
+      <c r="A415" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B415" t="s">
+        <v>13</v>
+      </c>
+      <c r="C415" t="s">
+        <v>944</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1120</v>
+      </c>
+      <c r="E415">
+        <v>2</v>
+      </c>
+      <c r="F415" t="s">
+        <v>16</v>
+      </c>
+      <c r="G415" t="s">
+        <v>17</v>
+      </c>
+      <c r="H415">
+        <v>53</v>
+      </c>
+      <c r="I415">
+        <v>0</v>
+      </c>
+      <c r="K415" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11">
+      <c r="A416" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B416" t="s">
+        <v>13</v>
+      </c>
+      <c r="C416" t="s">
+        <v>944</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E416">
+        <v>2</v>
+      </c>
+      <c r="F416" t="s">
+        <v>16</v>
+      </c>
+      <c r="G416" t="s">
+        <v>17</v>
+      </c>
+      <c r="H416">
+        <v>55</v>
+      </c>
+      <c r="I416">
+        <v>0</v>
+      </c>
+      <c r="K416" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11">
+      <c r="A417" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B417" t="s">
+        <v>13</v>
+      </c>
+      <c r="C417" t="s">
+        <v>944</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E417">
+        <v>2</v>
+      </c>
+      <c r="F417" t="s">
+        <v>16</v>
+      </c>
+      <c r="G417" t="s">
+        <v>17</v>
+      </c>
+      <c r="H417">
+        <v>56</v>
+      </c>
+      <c r="I417">
+        <v>0</v>
+      </c>
+      <c r="K417" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11">
+      <c r="A418" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B418" t="s">
+        <v>13</v>
+      </c>
+      <c r="C418" t="s">
+        <v>944</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E418">
+        <v>2</v>
+      </c>
+      <c r="F418" t="s">
+        <v>16</v>
+      </c>
+      <c r="G418" t="s">
+        <v>17</v>
+      </c>
+      <c r="H418">
+        <v>54</v>
+      </c>
+      <c r="I418">
+        <v>0</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11">
+      <c r="A419" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B419" t="s">
+        <v>13</v>
+      </c>
+      <c r="C419" t="s">
+        <v>944</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1132</v>
+      </c>
+      <c r="E419">
+        <v>2</v>
+      </c>
+      <c r="F419" t="s">
+        <v>16</v>
+      </c>
+      <c r="G419" t="s">
+        <v>17</v>
+      </c>
+      <c r="H419">
+        <v>8</v>
+      </c>
+      <c r="I419">
+        <v>0</v>
+      </c>
+      <c r="K419" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11">
+      <c r="A420" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B420" t="s">
+        <v>13</v>
+      </c>
+      <c r="C420" t="s">
+        <v>944</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E420">
+        <v>2</v>
+      </c>
+      <c r="F420" t="s">
+        <v>16</v>
+      </c>
+      <c r="G420" t="s">
+        <v>17</v>
+      </c>
+      <c r="H420">
+        <v>54</v>
+      </c>
+      <c r="I420">
+        <v>0</v>
+      </c>
+      <c r="K420" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11">
+      <c r="A421" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B421" t="s">
+        <v>13</v>
+      </c>
+      <c r="C421" t="s">
+        <v>944</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E421">
+        <v>2</v>
+      </c>
+      <c r="F421" t="s">
+        <v>16</v>
+      </c>
+      <c r="G421" t="s">
+        <v>17</v>
+      </c>
+      <c r="H421">
+        <v>56</v>
+      </c>
+      <c r="I421">
+        <v>0</v>
+      </c>
+      <c r="K421" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11">
+      <c r="A422" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B422" t="s">
+        <v>13</v>
+      </c>
+      <c r="C422" t="s">
+        <v>944</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E422">
+        <v>2</v>
+      </c>
+      <c r="F422" t="s">
+        <v>16</v>
+      </c>
+      <c r="G422" t="s">
+        <v>17</v>
+      </c>
+      <c r="H422">
+        <v>58</v>
+      </c>
+      <c r="I422">
+        <v>0</v>
+      </c>
+      <c r="K422" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11">
+      <c r="A423" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B423" t="s">
+        <v>13</v>
+      </c>
+      <c r="C423" t="s">
+        <v>944</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E423">
+        <v>2</v>
+      </c>
+      <c r="F423" t="s">
+        <v>16</v>
+      </c>
+      <c r="G423" t="s">
+        <v>17</v>
+      </c>
+      <c r="H423">
+        <v>54</v>
+      </c>
+      <c r="I423">
+        <v>0</v>
+      </c>
+      <c r="K423" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11">
+      <c r="A424" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B424" t="s">
+        <v>13</v>
+      </c>
+      <c r="C424" t="s">
+        <v>944</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E424">
+        <v>2</v>
+      </c>
+      <c r="F424" t="s">
+        <v>16</v>
+      </c>
+      <c r="G424" t="s">
+        <v>17</v>
+      </c>
+      <c r="H424">
+        <v>55</v>
+      </c>
+      <c r="I424">
+        <v>0</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11">
+      <c r="A425" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B425" t="s">
+        <v>13</v>
+      </c>
+      <c r="C425" t="s">
+        <v>944</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E425">
+        <v>2</v>
+      </c>
+      <c r="F425" t="s">
+        <v>16</v>
+      </c>
+      <c r="G425" t="s">
+        <v>17</v>
+      </c>
+      <c r="H425">
+        <v>58</v>
+      </c>
+      <c r="I425">
+        <v>0</v>
+      </c>
+      <c r="K425" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11">
+      <c r="A426" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B426" t="s">
+        <v>13</v>
+      </c>
+      <c r="C426" t="s">
+        <v>944</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E426">
+        <v>2</v>
+      </c>
+      <c r="F426" t="s">
+        <v>16</v>
+      </c>
+      <c r="G426" t="s">
+        <v>17</v>
+      </c>
+      <c r="H426">
+        <v>5</v>
+      </c>
+      <c r="I426">
+        <v>0</v>
+      </c>
+      <c r="K426" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11">
+      <c r="A427" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B427" t="s">
+        <v>13</v>
+      </c>
+      <c r="C427" t="s">
+        <v>944</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E427">
+        <v>2</v>
+      </c>
+      <c r="F427" t="s">
+        <v>16</v>
+      </c>
+      <c r="G427" t="s">
+        <v>17</v>
+      </c>
+      <c r="H427">
+        <v>57</v>
+      </c>
+      <c r="I427">
+        <v>0</v>
+      </c>
+      <c r="K427" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11">
+      <c r="A428" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B428" t="s">
+        <v>13</v>
+      </c>
+      <c r="C428" t="s">
+        <v>944</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1159</v>
+      </c>
+      <c r="E428">
+        <v>2</v>
+      </c>
+      <c r="F428" t="s">
+        <v>16</v>
+      </c>
+      <c r="G428" t="s">
+        <v>17</v>
+      </c>
+      <c r="H428">
+        <v>58</v>
+      </c>
+      <c r="I428">
+        <v>0</v>
+      </c>
+      <c r="K428" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11">
+      <c r="A429" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B429" t="s">
+        <v>13</v>
+      </c>
+      <c r="C429" t="s">
+        <v>944</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E429">
+        <v>2</v>
+      </c>
+      <c r="F429" t="s">
+        <v>16</v>
+      </c>
+      <c r="G429" t="s">
+        <v>17</v>
+      </c>
+      <c r="H429">
+        <v>12</v>
+      </c>
+      <c r="I429">
+        <v>0</v>
+      </c>
+      <c r="K429" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11">
+      <c r="A430" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B430" t="s">
+        <v>13</v>
+      </c>
+      <c r="C430" t="s">
+        <v>944</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1165</v>
+      </c>
+      <c r="E430">
+        <v>2</v>
+      </c>
+      <c r="F430" t="s">
+        <v>16</v>
+      </c>
+      <c r="G430" t="s">
+        <v>17</v>
+      </c>
+      <c r="H430">
+        <v>54</v>
+      </c>
+      <c r="I430">
+        <v>0</v>
+      </c>
+      <c r="K430" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11">
+      <c r="A431" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B431" t="s">
+        <v>13</v>
+      </c>
+      <c r="C431" t="s">
+        <v>944</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E431">
+        <v>2</v>
+      </c>
+      <c r="F431" t="s">
+        <v>16</v>
+      </c>
+      <c r="G431" t="s">
+        <v>17</v>
+      </c>
+      <c r="H431">
+        <v>60</v>
+      </c>
+      <c r="I431">
+        <v>0</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11">
+      <c r="A432" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B432" t="s">
+        <v>13</v>
+      </c>
+      <c r="C432" t="s">
+        <v>944</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E432">
+        <v>2</v>
+      </c>
+      <c r="F432" t="s">
+        <v>16</v>
+      </c>
+      <c r="G432" t="s">
+        <v>17</v>
+      </c>
+      <c r="H432">
+        <v>64</v>
+      </c>
+      <c r="I432">
+        <v>0</v>
+      </c>
+      <c r="K432" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="433" spans="1:11">
+      <c r="A433" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B433" t="s">
+        <v>13</v>
+      </c>
+      <c r="C433" t="s">
+        <v>944</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E433">
+        <v>2</v>
+      </c>
+      <c r="F433" t="s">
+        <v>16</v>
+      </c>
+      <c r="G433" t="s">
+        <v>17</v>
+      </c>
+      <c r="H433">
+        <v>12</v>
+      </c>
+      <c r="I433">
+        <v>0</v>
+      </c>
+      <c r="K433" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="434" spans="1:11">
+      <c r="A434" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B434" t="s">
+        <v>13</v>
+      </c>
+      <c r="C434" t="s">
+        <v>944</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E434">
+        <v>2</v>
+      </c>
+      <c r="F434" t="s">
+        <v>16</v>
+      </c>
+      <c r="G434" t="s">
+        <v>17</v>
+      </c>
+      <c r="H434">
+        <v>6</v>
+      </c>
+      <c r="I434">
+        <v>0</v>
+      </c>
+      <c r="K434" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="435" spans="1:11">
+      <c r="A435" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B435" t="s">
+        <v>13</v>
+      </c>
+      <c r="C435" t="s">
+        <v>944</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E435">
+        <v>2</v>
+      </c>
+      <c r="F435" t="s">
+        <v>16</v>
+      </c>
+      <c r="G435" t="s">
+        <v>17</v>
+      </c>
+      <c r="H435">
+        <v>54</v>
+      </c>
+      <c r="I435">
+        <v>0</v>
+      </c>
+      <c r="K435" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="436" spans="1:11">
+      <c r="A436" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B436" t="s">
+        <v>13</v>
+      </c>
+      <c r="C436" t="s">
+        <v>944</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E436">
+        <v>2</v>
+      </c>
+      <c r="F436" t="s">
+        <v>16</v>
+      </c>
+      <c r="G436" t="s">
+        <v>17</v>
+      </c>
+      <c r="H436">
+        <v>14</v>
+      </c>
+      <c r="I436">
+        <v>0</v>
+      </c>
+      <c r="K436" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="437" spans="1:11">
+      <c r="A437" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B437" t="s">
+        <v>13</v>
+      </c>
+      <c r="C437" t="s">
+        <v>944</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E437">
+        <v>2</v>
+      </c>
+      <c r="F437" t="s">
+        <v>16</v>
+      </c>
+      <c r="G437" t="s">
+        <v>17</v>
+      </c>
+      <c r="H437">
+        <v>55</v>
+      </c>
+      <c r="I437">
+        <v>0</v>
+      </c>
+      <c r="K437" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11">
+      <c r="A438" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B438" t="s">
+        <v>13</v>
+      </c>
+      <c r="C438" t="s">
+        <v>944</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E438">
+        <v>2</v>
+      </c>
+      <c r="F438" t="s">
+        <v>16</v>
+      </c>
+      <c r="G438" t="s">
+        <v>17</v>
+      </c>
+      <c r="H438">
+        <v>62</v>
+      </c>
+      <c r="I438">
+        <v>0</v>
+      </c>
+      <c r="K438" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11">
+      <c r="A439" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B439" t="s">
+        <v>13</v>
+      </c>
+      <c r="C439" t="s">
+        <v>944</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E439">
+        <v>2</v>
+      </c>
+      <c r="F439" t="s">
+        <v>16</v>
+      </c>
+      <c r="G439" t="s">
+        <v>17</v>
+      </c>
+      <c r="H439">
+        <v>54</v>
+      </c>
+      <c r="I439">
+        <v>0</v>
+      </c>
+      <c r="K439" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="440" spans="1:11">
+      <c r="A440" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B440" t="s">
+        <v>13</v>
+      </c>
+      <c r="C440" t="s">
+        <v>944</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E440">
+        <v>2</v>
+      </c>
+      <c r="F440" t="s">
+        <v>16</v>
+      </c>
+      <c r="G440" t="s">
+        <v>17</v>
+      </c>
+      <c r="H440">
+        <v>53</v>
+      </c>
+      <c r="I440">
+        <v>30</v>
+      </c>
+      <c r="K440" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11">
+      <c r="A441" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B441" t="s">
+        <v>13</v>
+      </c>
+      <c r="C441" t="s">
+        <v>944</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1198</v>
+      </c>
+      <c r="E441">
+        <v>2</v>
+      </c>
+      <c r="F441" t="s">
+        <v>16</v>
+      </c>
+      <c r="G441" t="s">
+        <v>17</v>
+      </c>
+      <c r="H441">
+        <v>12</v>
+      </c>
+      <c r="I441">
+        <v>0</v>
+      </c>
+      <c r="K441" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11">
+      <c r="A442" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B442" t="s">
+        <v>13</v>
+      </c>
+      <c r="C442" t="s">
+        <v>944</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E442">
+        <v>2</v>
+      </c>
+      <c r="F442" t="s">
+        <v>16</v>
+      </c>
+      <c r="G442" t="s">
+        <v>17</v>
+      </c>
+      <c r="H442">
+        <v>5</v>
+      </c>
+      <c r="I442">
+        <v>0</v>
+      </c>
+      <c r="K442" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11">
+      <c r="A443" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B443" t="s">
+        <v>13</v>
+      </c>
+      <c r="C443" t="s">
+        <v>944</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1204</v>
+      </c>
+      <c r="E443">
+        <v>2</v>
+      </c>
+      <c r="F443" t="s">
+        <v>16</v>
+      </c>
+      <c r="G443" t="s">
+        <v>17</v>
+      </c>
+      <c r="H443">
+        <v>13</v>
+      </c>
+      <c r="I443">
+        <v>0</v>
+      </c>
+      <c r="K443" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11">
+      <c r="A444" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B444" t="s">
+        <v>13</v>
+      </c>
+      <c r="C444" t="s">
+        <v>944</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E444">
+        <v>2</v>
+      </c>
+      <c r="F444" t="s">
+        <v>16</v>
+      </c>
+      <c r="G444" t="s">
+        <v>17</v>
+      </c>
+      <c r="H444">
+        <v>58</v>
+      </c>
+      <c r="I444">
+        <v>0</v>
+      </c>
+      <c r="K444" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="445" spans="1:11">
+      <c r="A445" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B445" t="s">
+        <v>13</v>
+      </c>
+      <c r="C445" t="s">
+        <v>944</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1210</v>
+      </c>
+      <c r="E445">
+        <v>2</v>
+      </c>
+      <c r="F445" t="s">
+        <v>16</v>
+      </c>
+      <c r="G445" t="s">
+        <v>17</v>
+      </c>
+      <c r="H445">
+        <v>59</v>
+      </c>
+      <c r="I445">
+        <v>0</v>
+      </c>
+      <c r="K445" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="446" spans="1:11">
+      <c r="A446" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B446" t="s">
+        <v>13</v>
+      </c>
+      <c r="C446" t="s">
+        <v>944</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E446">
+        <v>2</v>
+      </c>
+      <c r="F446" t="s">
+        <v>16</v>
+      </c>
+      <c r="G446" t="s">
+        <v>17</v>
+      </c>
+      <c r="H446">
+        <v>62</v>
+      </c>
+      <c r="I446">
+        <v>0</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11">
+      <c r="A447" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B447" t="s">
+        <v>13</v>
+      </c>
+      <c r="C447" t="s">
+        <v>944</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1216</v>
+      </c>
+      <c r="E447">
+        <v>2</v>
+      </c>
+      <c r="F447" t="s">
+        <v>16</v>
+      </c>
+      <c r="G447" t="s">
+        <v>17</v>
+      </c>
+      <c r="H447">
+        <v>7</v>
+      </c>
+      <c r="I447">
+        <v>0</v>
+      </c>
+      <c r="K447" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="448" spans="1:11">
+      <c r="A448" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B448" t="s">
+        <v>13</v>
+      </c>
+      <c r="C448" t="s">
+        <v>944</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E448">
+        <v>2</v>
+      </c>
+      <c r="F448" t="s">
+        <v>16</v>
+      </c>
+      <c r="G448" t="s">
+        <v>17</v>
+      </c>
+      <c r="H448">
+        <v>56</v>
+      </c>
+      <c r="I448">
+        <v>0</v>
+      </c>
+      <c r="K448" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="449" spans="1:11">
+      <c r="A449" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B449" t="s">
+        <v>13</v>
+      </c>
+      <c r="C449" t="s">
+        <v>944</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1222</v>
+      </c>
+      <c r="E449">
+        <v>2</v>
+      </c>
+      <c r="F449" t="s">
+        <v>16</v>
+      </c>
+      <c r="G449" t="s">
+        <v>17</v>
+      </c>
+      <c r="H449">
+        <v>6</v>
+      </c>
+      <c r="I449">
+        <v>0</v>
+      </c>
+      <c r="K449" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="450" spans="1:11">
+      <c r="A450" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B450" t="s">
+        <v>13</v>
+      </c>
+      <c r="C450" t="s">
+        <v>944</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E450">
+        <v>2</v>
+      </c>
+      <c r="F450" t="s">
+        <v>16</v>
+      </c>
+      <c r="G450" t="s">
+        <v>17</v>
+      </c>
+      <c r="H450">
+        <v>58</v>
+      </c>
+      <c r="I450">
+        <v>0</v>
+      </c>
+      <c r="K450" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="451" spans="1:11">
+      <c r="A451" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B451" t="s">
+        <v>13</v>
+      </c>
+      <c r="C451" t="s">
+        <v>944</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E451">
+        <v>2</v>
+      </c>
+      <c r="F451" t="s">
+        <v>16</v>
+      </c>
+      <c r="G451" t="s">
+        <v>17</v>
+      </c>
+      <c r="H451">
+        <v>55</v>
+      </c>
+      <c r="I451">
+        <v>0</v>
+      </c>
+      <c r="K451" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="452" spans="1:11">
+      <c r="A452" t="s">
+        <v>761</v>
+      </c>
+      <c r="B452" t="s">
+        <v>13</v>
+      </c>
+      <c r="C452" t="s">
+        <v>944</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1230</v>
+      </c>
+      <c r="E452">
+        <v>2</v>
+      </c>
+      <c r="F452" t="s">
+        <v>16</v>
+      </c>
+      <c r="G452" t="s">
+        <v>17</v>
+      </c>
+      <c r="H452">
+        <v>16</v>
+      </c>
+      <c r="I452">
+        <v>30</v>
+      </c>
+      <c r="K452" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11">
+      <c r="A453" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B453" t="s">
+        <v>13</v>
+      </c>
+      <c r="C453" t="s">
+        <v>944</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E453">
+        <v>2</v>
+      </c>
+      <c r="F453" t="s">
+        <v>16</v>
+      </c>
+      <c r="G453" t="s">
+        <v>17</v>
+      </c>
+      <c r="H453">
+        <v>5</v>
+      </c>
+      <c r="I453">
+        <v>0</v>
+      </c>
+      <c r="K453" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11">
+      <c r="A454" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B454" t="s">
+        <v>13</v>
+      </c>
+      <c r="C454" t="s">
+        <v>944</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E454">
+        <v>2</v>
+      </c>
+      <c r="F454" t="s">
+        <v>16</v>
+      </c>
+      <c r="G454" t="s">
+        <v>17</v>
+      </c>
+      <c r="H454">
+        <v>52</v>
+      </c>
+      <c r="I454">
+        <v>0</v>
+      </c>
+      <c r="K454" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11">
+      <c r="A455" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B455" t="s">
+        <v>13</v>
+      </c>
+      <c r="C455" t="s">
+        <v>944</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1239</v>
+      </c>
+      <c r="E455">
+        <v>2</v>
+      </c>
+      <c r="F455" t="s">
+        <v>16</v>
+      </c>
+      <c r="G455" t="s">
+        <v>17</v>
+      </c>
+      <c r="H455">
+        <v>6</v>
+      </c>
+      <c r="I455">
+        <v>0</v>
+      </c>
+      <c r="K455" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11">
+      <c r="A456" t="s">
+        <v>1241</v>
+      </c>
+      <c r="B456" t="s">
+        <v>13</v>
+      </c>
+      <c r="C456" t="s">
+        <v>944</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E456">
+        <v>2</v>
+      </c>
+      <c r="F456" t="s">
+        <v>16</v>
+      </c>
+      <c r="G456" t="s">
+        <v>17</v>
+      </c>
+      <c r="H456">
+        <v>54</v>
+      </c>
+      <c r="I456">
+        <v>0</v>
+      </c>
+      <c r="K456" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11">
+      <c r="A457" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B457" t="s">
+        <v>13</v>
+      </c>
+      <c r="C457" t="s">
+        <v>944</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1245</v>
+      </c>
+      <c r="E457">
+        <v>2</v>
+      </c>
+      <c r="F457" t="s">
+        <v>16</v>
+      </c>
+      <c r="G457" t="s">
+        <v>17</v>
+      </c>
+      <c r="H457">
+        <v>56</v>
+      </c>
+      <c r="I457">
+        <v>0</v>
+      </c>
+      <c r="K457" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11">
+      <c r="A458" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B458" t="s">
+        <v>13</v>
+      </c>
+      <c r="C458" t="s">
+        <v>944</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E458">
+        <v>2</v>
+      </c>
+      <c r="F458" t="s">
+        <v>16</v>
+      </c>
+      <c r="G458" t="s">
+        <v>17</v>
+      </c>
+      <c r="H458">
+        <v>5</v>
+      </c>
+      <c r="I458">
+        <v>0</v>
+      </c>
+      <c r="K458" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="459" spans="1:11">
+      <c r="A459" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B459" t="s">
+        <v>13</v>
+      </c>
+      <c r="C459" t="s">
+        <v>944</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1251</v>
+      </c>
+      <c r="E459">
+        <v>2</v>
+      </c>
+      <c r="F459" t="s">
+        <v>16</v>
+      </c>
+      <c r="G459" t="s">
+        <v>17</v>
+      </c>
+      <c r="H459">
+        <v>56</v>
+      </c>
+      <c r="I459">
+        <v>5</v>
+      </c>
+      <c r="K459" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="460" spans="1:11">
+      <c r="A460" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B460" t="s">
+        <v>13</v>
+      </c>
+      <c r="C460" t="s">
+        <v>944</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1254</v>
+      </c>
+      <c r="E460">
+        <v>2</v>
+      </c>
+      <c r="F460" t="s">
+        <v>16</v>
+      </c>
+      <c r="G460" t="s">
+        <v>17</v>
+      </c>
+      <c r="H460">
+        <v>54</v>
+      </c>
+      <c r="I460">
+        <v>0</v>
+      </c>
+      <c r="K460" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="461" spans="1:11">
+      <c r="A461" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B461" t="s">
+        <v>13</v>
+      </c>
+      <c r="C461" t="s">
+        <v>944</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1257</v>
+      </c>
+      <c r="E461">
+        <v>2</v>
+      </c>
+      <c r="F461" t="s">
+        <v>16</v>
+      </c>
+      <c r="G461" t="s">
+        <v>17</v>
+      </c>
+      <c r="H461">
+        <v>56</v>
+      </c>
+      <c r="I461">
+        <v>0</v>
+      </c>
+      <c r="K461" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="462" spans="1:11">
+      <c r="A462" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B462" t="s">
+        <v>13</v>
+      </c>
+      <c r="C462" t="s">
+        <v>944</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E462">
+        <v>2</v>
+      </c>
+      <c r="F462" t="s">
+        <v>16</v>
+      </c>
+      <c r="G462" t="s">
+        <v>17</v>
+      </c>
+      <c r="H462">
+        <v>53</v>
+      </c>
+      <c r="I462">
+        <v>0</v>
+      </c>
+      <c r="K462" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11">
+      <c r="A463" t="s">
+        <v>542</v>
+      </c>
+      <c r="B463" t="s">
+        <v>13</v>
+      </c>
+      <c r="C463" t="s">
+        <v>944</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E463">
+        <v>2</v>
+      </c>
+      <c r="F463" t="s">
+        <v>16</v>
+      </c>
+      <c r="G463" t="s">
+        <v>17</v>
+      </c>
+      <c r="H463">
+        <v>52</v>
+      </c>
+      <c r="I463">
+        <v>0</v>
+      </c>
+      <c r="K463" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="464" spans="1:11">
+      <c r="A464" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B464" t="s">
+        <v>13</v>
+      </c>
+      <c r="C464" t="s">
+        <v>944</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E464">
+        <v>2</v>
+      </c>
+      <c r="F464" t="s">
+        <v>16</v>
+      </c>
+      <c r="G464" t="s">
+        <v>17</v>
+      </c>
+      <c r="H464">
+        <v>56</v>
+      </c>
+      <c r="I464">
+        <v>0</v>
+      </c>
+      <c r="K464" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11">
+      <c r="A465" t="s">
+        <v>545</v>
+      </c>
+      <c r="B465" t="s">
+        <v>13</v>
+      </c>
+      <c r="C465" t="s">
+        <v>944</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1267</v>
+      </c>
+      <c r="E465">
+        <v>2</v>
+      </c>
+      <c r="F465" t="s">
+        <v>16</v>
+      </c>
+      <c r="G465" t="s">
+        <v>17</v>
+      </c>
+      <c r="H465">
+        <v>54</v>
+      </c>
+      <c r="I465">
+        <v>0</v>
+      </c>
+      <c r="K465" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="466" spans="1:11">
+      <c r="A466" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B466" t="s">
+        <v>13</v>
+      </c>
+      <c r="C466" t="s">
+        <v>944</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1270</v>
+      </c>
+      <c r="E466">
+        <v>2</v>
+      </c>
+      <c r="F466" t="s">
+        <v>16</v>
+      </c>
+      <c r="G466" t="s">
+        <v>17</v>
+      </c>
+      <c r="H466">
+        <v>12</v>
+      </c>
+      <c r="I466">
+        <v>0</v>
+      </c>
+      <c r="K466" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="467" spans="1:11">
+      <c r="A467" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B467" t="s">
+        <v>13</v>
+      </c>
+      <c r="C467" t="s">
+        <v>944</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1273</v>
+      </c>
+      <c r="E467">
+        <v>2</v>
+      </c>
+      <c r="F467" t="s">
+        <v>16</v>
+      </c>
+      <c r="G467" t="s">
+        <v>17</v>
+      </c>
+      <c r="H467">
+        <v>14</v>
+      </c>
+      <c r="I467">
+        <v>0</v>
+      </c>
+      <c r="K467" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="468" spans="1:11">
+      <c r="A468" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B468" t="s">
+        <v>13</v>
+      </c>
+      <c r="C468" t="s">
+        <v>944</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1276</v>
+      </c>
+      <c r="E468">
+        <v>2</v>
+      </c>
+      <c r="F468" t="s">
+        <v>16</v>
+      </c>
+      <c r="G468" t="s">
+        <v>17</v>
+      </c>
+      <c r="H468">
+        <v>60</v>
+      </c>
+      <c r="I468">
+        <v>0</v>
+      </c>
+      <c r="K468" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="469" spans="1:11">
+      <c r="A469" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B469" t="s">
+        <v>13</v>
+      </c>
+      <c r="C469" t="s">
+        <v>944</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1279</v>
+      </c>
+      <c r="E469">
+        <v>2</v>
+      </c>
+      <c r="F469" t="s">
+        <v>16</v>
+      </c>
+      <c r="G469" t="s">
+        <v>17</v>
+      </c>
+      <c r="H469">
+        <v>54</v>
+      </c>
+      <c r="I469">
+        <v>0</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="470" spans="1:11">
+      <c r="A470" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B470" t="s">
+        <v>13</v>
+      </c>
+      <c r="C470" t="s">
+        <v>944</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E470">
+        <v>2</v>
+      </c>
+      <c r="F470" t="s">
+        <v>16</v>
+      </c>
+      <c r="G470" t="s">
+        <v>17</v>
+      </c>
+      <c r="H470">
+        <v>58</v>
+      </c>
+      <c r="I470">
+        <v>0</v>
+      </c>
+      <c r="K470" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11">
+      <c r="A471" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B471" t="s">
+        <v>13</v>
+      </c>
+      <c r="C471" t="s">
+        <v>944</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E471">
+        <v>2</v>
+      </c>
+      <c r="F471" t="s">
+        <v>16</v>
+      </c>
+      <c r="G471" t="s">
+        <v>17</v>
+      </c>
+      <c r="H471">
+        <v>58</v>
+      </c>
+      <c r="I471">
+        <v>0</v>
+      </c>
+      <c r="K471" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11">
+      <c r="A472" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B472" t="s">
+        <v>13</v>
+      </c>
+      <c r="C472" t="s">
+        <v>944</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1288</v>
+      </c>
+      <c r="E472">
+        <v>2</v>
+      </c>
+      <c r="F472" t="s">
+        <v>16</v>
+      </c>
+      <c r="G472" t="s">
+        <v>17</v>
+      </c>
+      <c r="H472">
+        <v>54</v>
+      </c>
+      <c r="I472">
+        <v>0</v>
+      </c>
+      <c r="K472" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11">
+      <c r="A473" t="s">
+        <v>772</v>
+      </c>
+      <c r="B473" t="s">
+        <v>13</v>
+      </c>
+      <c r="C473" t="s">
+        <v>944</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E473">
+        <v>2</v>
+      </c>
+      <c r="F473" t="s">
+        <v>16</v>
+      </c>
+      <c r="G473" t="s">
+        <v>17</v>
+      </c>
+      <c r="H473">
+        <v>4</v>
+      </c>
+      <c r="I473">
+        <v>0</v>
+      </c>
+      <c r="K473" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11">
+      <c r="A474" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B474" t="s">
+        <v>13</v>
+      </c>
+      <c r="C474" t="s">
+        <v>944</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1293</v>
+      </c>
+      <c r="E474">
+        <v>2</v>
+      </c>
+      <c r="F474" t="s">
+        <v>16</v>
+      </c>
+      <c r="G474" t="s">
+        <v>17</v>
+      </c>
+      <c r="H474">
+        <v>10</v>
+      </c>
+      <c r="I474">
+        <v>0</v>
+      </c>
+      <c r="K474" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="475" spans="1:11">
+      <c r="A475" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B475" t="s">
+        <v>13</v>
+      </c>
+      <c r="C475" t="s">
+        <v>944</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E475">
+        <v>2</v>
+      </c>
+      <c r="F475" t="s">
+        <v>16</v>
+      </c>
+      <c r="G475" t="s">
+        <v>17</v>
+      </c>
+      <c r="H475">
+        <v>58</v>
+      </c>
+      <c r="I475">
+        <v>0</v>
+      </c>
+      <c r="K475" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11">
+      <c r="A476" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B476" t="s">
+        <v>13</v>
+      </c>
+      <c r="C476" t="s">
+        <v>944</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1299</v>
+      </c>
+      <c r="E476">
+        <v>2</v>
+      </c>
+      <c r="F476" t="s">
+        <v>16</v>
+      </c>
+      <c r="G476" t="s">
+        <v>17</v>
+      </c>
+      <c r="H476">
+        <v>60</v>
+      </c>
+      <c r="I476">
+        <v>0</v>
+      </c>
+      <c r="K476" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="477" spans="1:11">
+      <c r="A477" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B477" t="s">
+        <v>13</v>
+      </c>
+      <c r="C477" t="s">
+        <v>944</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1302</v>
+      </c>
+      <c r="E477">
+        <v>2</v>
+      </c>
+      <c r="F477" t="s">
+        <v>16</v>
+      </c>
+      <c r="G477" t="s">
+        <v>17</v>
+      </c>
+      <c r="H477">
+        <v>56</v>
+      </c>
+      <c r="I477">
+        <v>0</v>
+      </c>
+      <c r="K477" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="478" spans="1:11">
+      <c r="A478" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B478" t="s">
+        <v>13</v>
+      </c>
+      <c r="C478" t="s">
+        <v>944</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1305</v>
+      </c>
+      <c r="E478">
+        <v>2</v>
+      </c>
+      <c r="F478" t="s">
+        <v>16</v>
+      </c>
+      <c r="G478" t="s">
+        <v>17</v>
+      </c>
+      <c r="H478">
+        <v>53</v>
+      </c>
+      <c r="I478">
+        <v>0</v>
+      </c>
+      <c r="K478" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="479" spans="1:11">
+      <c r="A479" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B479" t="s">
+        <v>13</v>
+      </c>
+      <c r="C479" t="s">
+        <v>944</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1308</v>
+      </c>
+      <c r="E479">
+        <v>2</v>
+      </c>
+      <c r="F479" t="s">
+        <v>16</v>
+      </c>
+      <c r="G479" t="s">
+        <v>17</v>
+      </c>
+      <c r="H479">
+        <v>62</v>
+      </c>
+      <c r="I479">
+        <v>0</v>
+      </c>
+      <c r="K479" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="480" spans="1:11">
+      <c r="A480" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B480" t="s">
+        <v>13</v>
+      </c>
+      <c r="C480" t="s">
+        <v>944</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1311</v>
+      </c>
+      <c r="E480">
+        <v>2</v>
+      </c>
+      <c r="F480" t="s">
+        <v>16</v>
+      </c>
+      <c r="G480" t="s">
+        <v>17</v>
+      </c>
+      <c r="H480">
+        <v>10</v>
+      </c>
+      <c r="I480">
+        <v>0</v>
+      </c>
+      <c r="K480" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="481" spans="1:11">
+      <c r="A481" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B481" t="s">
+        <v>13</v>
+      </c>
+      <c r="C481" t="s">
+        <v>944</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E481">
+        <v>2</v>
+      </c>
+      <c r="F481" t="s">
+        <v>16</v>
+      </c>
+      <c r="G481" t="s">
+        <v>17</v>
+      </c>
+      <c r="H481">
+        <v>64</v>
+      </c>
+      <c r="I481">
+        <v>0</v>
+      </c>
+      <c r="K481" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="482" spans="1:11">
+      <c r="A482" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B482" t="s">
+        <v>13</v>
+      </c>
+      <c r="C482" t="s">
+        <v>944</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1317</v>
+      </c>
+      <c r="E482">
+        <v>2</v>
+      </c>
+      <c r="F482" t="s">
+        <v>16</v>
+      </c>
+      <c r="G482" t="s">
+        <v>17</v>
+      </c>
+      <c r="H482">
+        <v>16</v>
+      </c>
+      <c r="I482">
+        <v>7.5</v>
+      </c>
+      <c r="K482" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="483" spans="1:11">
+      <c r="A483" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B483" t="s">
+        <v>13</v>
+      </c>
+      <c r="C483" t="s">
+        <v>944</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E483">
+        <v>2</v>
+      </c>
+      <c r="F483" t="s">
+        <v>16</v>
+      </c>
+      <c r="G483" t="s">
+        <v>17</v>
+      </c>
+      <c r="H483">
+        <v>56</v>
+      </c>
+      <c r="I483">
+        <v>0</v>
+      </c>
+      <c r="K483" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="484" spans="1:11">
+      <c r="A484" t="s">
+        <v>638</v>
+      </c>
+      <c r="B484" t="s">
+        <v>13</v>
+      </c>
+      <c r="C484" t="s">
+        <v>944</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E484">
+        <v>2</v>
+      </c>
+      <c r="F484" t="s">
+        <v>16</v>
+      </c>
+      <c r="G484" t="s">
+        <v>17</v>
+      </c>
+      <c r="H484">
+        <v>8</v>
+      </c>
+      <c r="I484">
+        <v>0</v>
+      </c>
+      <c r="K484" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="485" spans="1:11">
+      <c r="A485" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B485" t="s">
+        <v>13</v>
+      </c>
+      <c r="C485" t="s">
+        <v>944</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E485">
+        <v>2</v>
+      </c>
+      <c r="F485" t="s">
+        <v>16</v>
+      </c>
+      <c r="G485" t="s">
+        <v>17</v>
+      </c>
+      <c r="H485">
+        <v>60</v>
+      </c>
+      <c r="I485">
+        <v>0</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="486" spans="1:11">
+      <c r="A486" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B486" t="s">
+        <v>13</v>
+      </c>
+      <c r="C486" t="s">
+        <v>944</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E486">
+        <v>2</v>
+      </c>
+      <c r="F486" t="s">
+        <v>16</v>
+      </c>
+      <c r="G486" t="s">
+        <v>17</v>
+      </c>
+      <c r="H486">
+        <v>52</v>
+      </c>
+      <c r="I486">
+        <v>0</v>
+      </c>
+      <c r="K486" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="487" spans="1:11">
+      <c r="A487" t="s">
+        <v>777</v>
+      </c>
+      <c r="B487" t="s">
+        <v>13</v>
+      </c>
+      <c r="C487" t="s">
+        <v>944</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E487">
+        <v>2</v>
+      </c>
+      <c r="F487" t="s">
+        <v>16</v>
+      </c>
+      <c r="G487" t="s">
+        <v>17</v>
+      </c>
+      <c r="H487">
+        <v>26</v>
+      </c>
+      <c r="I487">
+        <v>0</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="488" spans="1:11">
+      <c r="A488" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B488" t="s">
+        <v>13</v>
+      </c>
+      <c r="C488" t="s">
+        <v>944</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1333</v>
+      </c>
+      <c r="E488">
+        <v>2</v>
+      </c>
+      <c r="F488" t="s">
+        <v>16</v>
+      </c>
+      <c r="G488" t="s">
+        <v>17</v>
+      </c>
+      <c r="H488">
+        <v>58</v>
+      </c>
+      <c r="I488">
+        <v>0</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="489" spans="1:11">
+      <c r="A489" t="s">
+        <v>782</v>
+      </c>
+      <c r="B489" t="s">
+        <v>13</v>
+      </c>
+      <c r="C489" t="s">
+        <v>944</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1335</v>
+      </c>
+      <c r="E489">
+        <v>2</v>
+      </c>
+      <c r="F489" t="s">
+        <v>16</v>
+      </c>
+      <c r="G489" t="s">
+        <v>17</v>
+      </c>
+      <c r="H489">
+        <v>12</v>
+      </c>
+      <c r="I489">
+        <v>0</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="490" spans="1:11">
+      <c r="A490" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B490" t="s">
+        <v>13</v>
+      </c>
+      <c r="C490" t="s">
+        <v>944</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E490">
+        <v>2</v>
+      </c>
+      <c r="F490" t="s">
+        <v>16</v>
+      </c>
+      <c r="G490" t="s">
+        <v>17</v>
+      </c>
+      <c r="H490">
+        <v>6</v>
+      </c>
+      <c r="I490">
+        <v>0</v>
+      </c>
+      <c r="K490" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="491" spans="1:11">
+      <c r="A491" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B491" t="s">
+        <v>13</v>
+      </c>
+      <c r="C491" t="s">
+        <v>944</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E491">
+        <v>2</v>
+      </c>
+      <c r="F491" t="s">
+        <v>16</v>
+      </c>
+      <c r="G491" t="s">
+        <v>17</v>
+      </c>
+      <c r="H491">
+        <v>55</v>
+      </c>
+      <c r="I491">
+        <v>0</v>
+      </c>
+      <c r="K491" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="492" spans="1:11">
+      <c r="A492" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B492" t="s">
+        <v>13</v>
+      </c>
+      <c r="C492" t="s">
+        <v>944</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1344</v>
+      </c>
+      <c r="E492">
+        <v>2</v>
+      </c>
+      <c r="F492" t="s">
+        <v>16</v>
+      </c>
+      <c r="G492" t="s">
+        <v>17</v>
+      </c>
+      <c r="H492">
+        <v>6</v>
+      </c>
+      <c r="I492">
+        <v>0</v>
+      </c>
+      <c r="K492" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="493" spans="1:11">
+      <c r="A493" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B493" t="s">
+        <v>13</v>
+      </c>
+      <c r="C493" t="s">
+        <v>944</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E493">
+        <v>2</v>
+      </c>
+      <c r="F493" t="s">
+        <v>16</v>
+      </c>
+      <c r="G493" t="s">
+        <v>17</v>
+      </c>
+      <c r="H493">
+        <v>53</v>
+      </c>
+      <c r="I493">
+        <v>0</v>
+      </c>
+      <c r="K493" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="494" spans="1:11">
+      <c r="A494" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B494" t="s">
+        <v>13</v>
+      </c>
+      <c r="C494" t="s">
+        <v>944</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1350</v>
+      </c>
+      <c r="E494">
+        <v>2</v>
+      </c>
+      <c r="F494" t="s">
+        <v>16</v>
+      </c>
+      <c r="G494" t="s">
+        <v>17</v>
+      </c>
+      <c r="H494">
+        <v>14</v>
+      </c>
+      <c r="I494">
+        <v>0</v>
+      </c>
+      <c r="K494" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="495" spans="1:11">
+      <c r="A495" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B495" t="s">
+        <v>13</v>
+      </c>
+      <c r="C495" t="s">
+        <v>944</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E495">
+        <v>2</v>
+      </c>
+      <c r="F495" t="s">
+        <v>16</v>
+      </c>
+      <c r="G495" t="s">
+        <v>17</v>
+      </c>
+      <c r="H495">
+        <v>58</v>
+      </c>
+      <c r="I495">
+        <v>0</v>
+      </c>
+      <c r="K495" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="496" spans="1:11">
+      <c r="A496" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B496" t="s">
+        <v>13</v>
+      </c>
+      <c r="C496" t="s">
+        <v>944</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1356</v>
+      </c>
+      <c r="E496">
+        <v>2</v>
+      </c>
+      <c r="F496" t="s">
+        <v>16</v>
+      </c>
+      <c r="G496" t="s">
+        <v>17</v>
+      </c>
+      <c r="H496">
+        <v>59</v>
+      </c>
+      <c r="I496">
+        <v>0</v>
+      </c>
+      <c r="K496" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="497" spans="1:11">
+      <c r="A497" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B497" t="s">
+        <v>13</v>
+      </c>
+      <c r="C497" t="s">
+        <v>944</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1359</v>
+      </c>
+      <c r="E497">
+        <v>2</v>
+      </c>
+      <c r="F497" t="s">
+        <v>16</v>
+      </c>
+      <c r="G497" t="s">
+        <v>17</v>
+      </c>
+      <c r="H497">
+        <v>57</v>
+      </c>
+      <c r="I497">
+        <v>0</v>
+      </c>
+      <c r="K497" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="498" spans="1:11">
+      <c r="A498" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B498" t="s">
+        <v>13</v>
+      </c>
+      <c r="C498" t="s">
+        <v>944</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1362</v>
+      </c>
+      <c r="E498">
+        <v>2</v>
+      </c>
+      <c r="F498" t="s">
+        <v>16</v>
+      </c>
+      <c r="G498" t="s">
+        <v>17</v>
+      </c>
+      <c r="H498">
+        <v>58</v>
+      </c>
+      <c r="I498">
+        <v>5</v>
+      </c>
+      <c r="K498" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="499" spans="1:11">
+      <c r="A499" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B499" t="s">
+        <v>13</v>
+      </c>
+      <c r="C499" t="s">
+        <v>944</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E499">
+        <v>2</v>
+      </c>
+      <c r="F499" t="s">
+        <v>16</v>
+      </c>
+      <c r="G499" t="s">
+        <v>17</v>
+      </c>
+      <c r="H499">
+        <v>56</v>
+      </c>
+      <c r="I499">
+        <v>0</v>
+      </c>
+      <c r="K499" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="500" spans="1:11">
+      <c r="A500" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B500" t="s">
+        <v>13</v>
+      </c>
+      <c r="C500" t="s">
+        <v>944</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1368</v>
+      </c>
+      <c r="E500">
+        <v>2</v>
+      </c>
+      <c r="F500" t="s">
+        <v>16</v>
+      </c>
+      <c r="G500" t="s">
+        <v>17</v>
+      </c>
+      <c r="H500">
+        <v>56</v>
+      </c>
+      <c r="I500">
+        <v>0</v>
+      </c>
+      <c r="K500" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="501" spans="1:11">
+      <c r="A501" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B501" t="s">
+        <v>13</v>
+      </c>
+      <c r="C501" t="s">
+        <v>944</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E501">
+        <v>2</v>
+      </c>
+      <c r="F501" t="s">
+        <v>16</v>
+      </c>
+      <c r="G501" t="s">
+        <v>17</v>
+      </c>
+      <c r="H501">
+        <v>55</v>
+      </c>
+      <c r="I501">
+        <v>0</v>
+      </c>
+      <c r="K501" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="502" spans="1:11">
+      <c r="A502" t="s">
+        <v>789</v>
+      </c>
+      <c r="B502" t="s">
+        <v>13</v>
+      </c>
+      <c r="C502" t="s">
+        <v>944</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E502">
+        <v>2</v>
+      </c>
+      <c r="F502" t="s">
+        <v>16</v>
+      </c>
+      <c r="G502" t="s">
+        <v>17</v>
+      </c>
+      <c r="H502">
+        <v>52</v>
+      </c>
+      <c r="I502">
+        <v>0</v>
+      </c>
+      <c r="K502" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="503" spans="1:11">
+      <c r="A503" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B503" t="s">
+        <v>13</v>
+      </c>
+      <c r="C503" t="s">
+        <v>944</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E503">
+        <v>2</v>
+      </c>
+      <c r="F503" t="s">
+        <v>16</v>
+      </c>
+      <c r="G503" t="s">
+        <v>17</v>
+      </c>
+      <c r="H503">
+        <v>53</v>
+      </c>
+      <c r="I503">
+        <v>30</v>
+      </c>
+      <c r="K503" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="504" spans="1:11">
+      <c r="A504" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B504" t="s">
+        <v>13</v>
+      </c>
+      <c r="C504" t="s">
+        <v>944</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E504">
+        <v>2</v>
+      </c>
+      <c r="F504" t="s">
+        <v>16</v>
+      </c>
+      <c r="G504" t="s">
+        <v>17</v>
+      </c>
+      <c r="H504">
+        <v>56</v>
+      </c>
+      <c r="I504">
+        <v>0</v>
+      </c>
+      <c r="K504" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="505" spans="1:11">
+      <c r="A505" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B505" t="s">
+        <v>13</v>
+      </c>
+      <c r="C505" t="s">
+        <v>944</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E505">
+        <v>2</v>
+      </c>
+      <c r="F505" t="s">
+        <v>16</v>
+      </c>
+      <c r="G505" t="s">
+        <v>17</v>
+      </c>
+      <c r="H505">
+        <v>6</v>
+      </c>
+      <c r="I505">
+        <v>0</v>
+      </c>
+      <c r="K505" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="506" spans="1:11">
+      <c r="A506" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B506" t="s">
+        <v>13</v>
+      </c>
+      <c r="C506" t="s">
+        <v>944</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E506">
+        <v>2</v>
+      </c>
+      <c r="F506" t="s">
+        <v>16</v>
+      </c>
+      <c r="G506" t="s">
+        <v>17</v>
+      </c>
+      <c r="H506">
+        <v>54</v>
+      </c>
+      <c r="I506">
+        <v>15</v>
+      </c>
+      <c r="K506" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="507" spans="1:11">
+      <c r="A507" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B507" t="s">
+        <v>13</v>
+      </c>
+      <c r="C507" t="s">
+        <v>944</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E507">
+        <v>2</v>
+      </c>
+      <c r="F507" t="s">
+        <v>16</v>
+      </c>
+      <c r="G507" t="s">
+        <v>17</v>
+      </c>
+      <c r="H507">
+        <v>56</v>
+      </c>
+      <c r="I507">
+        <v>0</v>
+      </c>
+      <c r="K507" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="508" spans="1:11">
+      <c r="A508" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B508" t="s">
+        <v>13</v>
+      </c>
+      <c r="C508" t="s">
+        <v>944</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E508">
+        <v>2</v>
+      </c>
+      <c r="F508" t="s">
+        <v>16</v>
+      </c>
+      <c r="G508" t="s">
+        <v>17</v>
+      </c>
+      <c r="H508">
+        <v>54</v>
+      </c>
+      <c r="I508">
+        <v>0</v>
+      </c>
+      <c r="K508" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="509" spans="1:11">
+      <c r="A509" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B509" t="s">
+        <v>13</v>
+      </c>
+      <c r="C509" t="s">
+        <v>944</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E509">
+        <v>2</v>
+      </c>
+      <c r="F509" t="s">
+        <v>16</v>
+      </c>
+      <c r="G509" t="s">
+        <v>17</v>
+      </c>
+      <c r="H509">
+        <v>56</v>
+      </c>
+      <c r="I509">
+        <v>0</v>
+      </c>
+      <c r="K509" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="510" spans="1:11">
+      <c r="A510" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B510" t="s">
+        <v>13</v>
+      </c>
+      <c r="C510" t="s">
+        <v>944</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E510">
+        <v>2</v>
+      </c>
+      <c r="F510" t="s">
+        <v>16</v>
+      </c>
+      <c r="G510" t="s">
+        <v>17</v>
+      </c>
+      <c r="H510">
+        <v>58</v>
+      </c>
+      <c r="I510">
+        <v>0</v>
+      </c>
+      <c r="K510" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="511" spans="1:11">
+      <c r="A511" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B511" t="s">
+        <v>13</v>
+      </c>
+      <c r="C511" t="s">
+        <v>944</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E511">
+        <v>2</v>
+      </c>
+      <c r="F511" t="s">
+        <v>16</v>
+      </c>
+      <c r="G511" t="s">
+        <v>17</v>
+      </c>
+      <c r="H511">
+        <v>64</v>
+      </c>
+      <c r="I511">
+        <v>0</v>
+      </c>
+      <c r="K511" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="512" spans="1:11">
+      <c r="A512" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B512" t="s">
+        <v>13</v>
+      </c>
+      <c r="C512" t="s">
+        <v>944</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E512">
+        <v>2</v>
+      </c>
+      <c r="F512" t="s">
+        <v>16</v>
+      </c>
+      <c r="G512" t="s">
+        <v>17</v>
+      </c>
+      <c r="H512">
+        <v>7</v>
+      </c>
+      <c r="I512">
+        <v>0</v>
+      </c>
+      <c r="K512" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="513" spans="1:11">
+      <c r="A513" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B513" t="s">
+        <v>13</v>
+      </c>
+      <c r="C513" t="s">
+        <v>944</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E513">
+        <v>2</v>
+      </c>
+      <c r="F513" t="s">
+        <v>16</v>
+      </c>
+      <c r="G513" t="s">
+        <v>17</v>
+      </c>
+      <c r="H513">
+        <v>58</v>
+      </c>
+      <c r="I513">
+        <v>0</v>
+      </c>
+      <c r="K513" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="514" spans="1:11">
+      <c r="A514" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B514" t="s">
+        <v>13</v>
+      </c>
+      <c r="C514" t="s">
+        <v>944</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E514">
+        <v>2</v>
+      </c>
+      <c r="F514" t="s">
+        <v>16</v>
+      </c>
+      <c r="G514" t="s">
+        <v>17</v>
+      </c>
+      <c r="H514">
+        <v>23</v>
+      </c>
+      <c r="I514">
+        <v>0</v>
+      </c>
+      <c r="K514" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="515" spans="1:11">
+      <c r="A515" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B515" t="s">
+        <v>13</v>
+      </c>
+      <c r="C515" t="s">
+        <v>944</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E515">
+        <v>2</v>
+      </c>
+      <c r="F515" t="s">
+        <v>16</v>
+      </c>
+      <c r="G515" t="s">
+        <v>17</v>
+      </c>
+      <c r="H515">
+        <v>19</v>
+      </c>
+      <c r="I515">
+        <v>0</v>
+      </c>
+      <c r="K515" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="516" spans="1:11">
+      <c r="A516" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B516" t="s">
+        <v>13</v>
+      </c>
+      <c r="C516" t="s">
+        <v>944</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E516">
+        <v>2</v>
+      </c>
+      <c r="F516" t="s">
+        <v>16</v>
+      </c>
+      <c r="G516" t="s">
+        <v>17</v>
+      </c>
+      <c r="H516">
+        <v>56</v>
+      </c>
+      <c r="I516">
+        <v>0</v>
+      </c>
+      <c r="K516" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="517" spans="1:11">
+      <c r="A517" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B517" t="s">
+        <v>13</v>
+      </c>
+      <c r="C517" t="s">
+        <v>944</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E517">
+        <v>2</v>
+      </c>
+      <c r="F517" t="s">
+        <v>16</v>
+      </c>
+      <c r="G517" t="s">
+        <v>17</v>
+      </c>
+      <c r="H517">
+        <v>60</v>
+      </c>
+      <c r="I517">
+        <v>0</v>
+      </c>
+      <c r="K517" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="518" spans="1:11">
+      <c r="A518" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B518" t="s">
+        <v>13</v>
+      </c>
+      <c r="C518" t="s">
+        <v>944</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E518">
+        <v>2</v>
+      </c>
+      <c r="F518" t="s">
+        <v>16</v>
+      </c>
+      <c r="G518" t="s">
+        <v>17</v>
+      </c>
+      <c r="H518">
+        <v>58</v>
+      </c>
+      <c r="I518">
+        <v>0</v>
+      </c>
+      <c r="K518" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="519" spans="1:11">
+      <c r="A519" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B519" t="s">
+        <v>13</v>
+      </c>
+      <c r="C519" t="s">
+        <v>944</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E519">
+        <v>2</v>
+      </c>
+      <c r="F519" t="s">
+        <v>16</v>
+      </c>
+      <c r="G519" t="s">
+        <v>17</v>
+      </c>
+      <c r="H519">
+        <v>56</v>
+      </c>
+      <c r="I519">
+        <v>0</v>
+      </c>
+      <c r="K519" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="520" spans="1:11">
+      <c r="A520" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B520" t="s">
+        <v>13</v>
+      </c>
+      <c r="C520" t="s">
+        <v>944</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E520">
+        <v>2</v>
+      </c>
+      <c r="F520" t="s">
+        <v>16</v>
+      </c>
+      <c r="G520" t="s">
+        <v>17</v>
+      </c>
+      <c r="H520">
+        <v>59</v>
+      </c>
+      <c r="I520">
+        <v>0</v>
+      </c>
+      <c r="K520" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="521" spans="1:11">
+      <c r="A521" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B521" t="s">
+        <v>13</v>
+      </c>
+      <c r="C521" t="s">
+        <v>944</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E521">
+        <v>2</v>
+      </c>
+      <c r="F521" t="s">
+        <v>16</v>
+      </c>
+      <c r="G521" t="s">
+        <v>17</v>
+      </c>
+      <c r="H521">
+        <v>59</v>
+      </c>
+      <c r="I521">
+        <v>2.5</v>
+      </c>
+      <c r="K521" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="522" spans="1:11">
+      <c r="A522" t="s">
+        <v>645</v>
+      </c>
+      <c r="B522" t="s">
+        <v>13</v>
+      </c>
+      <c r="C522" t="s">
+        <v>944</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1432</v>
+      </c>
+      <c r="E522">
+        <v>2</v>
+      </c>
+      <c r="F522" t="s">
+        <v>16</v>
+      </c>
+      <c r="G522" t="s">
+        <v>17</v>
+      </c>
+      <c r="H522">
+        <v>52</v>
+      </c>
+      <c r="I522">
+        <v>33.1</v>
+      </c>
+      <c r="K522" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="523" spans="1:11">
+      <c r="A523" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B523" t="s">
+        <v>13</v>
+      </c>
+      <c r="C523" t="s">
+        <v>944</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1435</v>
+      </c>
+      <c r="E523">
+        <v>2</v>
+      </c>
+      <c r="F523" t="s">
+        <v>16</v>
+      </c>
+      <c r="G523" t="s">
+        <v>17</v>
+      </c>
+      <c r="H523">
+        <v>55</v>
+      </c>
+      <c r="I523">
+        <v>0</v>
+      </c>
+      <c r="K523" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="524" spans="1:11">
+      <c r="A524" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B524" t="s">
+        <v>13</v>
+      </c>
+      <c r="C524" t="s">
+        <v>944</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1438</v>
+      </c>
+      <c r="E524">
+        <v>2</v>
+      </c>
+      <c r="F524" t="s">
+        <v>16</v>
+      </c>
+      <c r="G524" t="s">
+        <v>17</v>
+      </c>
+      <c r="H524">
+        <v>59</v>
+      </c>
+      <c r="I524">
+        <v>0</v>
+      </c>
+      <c r="K524" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="525" spans="1:11">
+      <c r="A525" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B525" t="s">
+        <v>13</v>
+      </c>
+      <c r="C525" t="s">
+        <v>944</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1441</v>
+      </c>
+      <c r="E525">
+        <v>2</v>
+      </c>
+      <c r="F525" t="s">
+        <v>16</v>
+      </c>
+      <c r="G525" t="s">
+        <v>17</v>
+      </c>
+      <c r="H525">
+        <v>20</v>
+      </c>
+      <c r="I525">
+        <v>0</v>
+      </c>
+      <c r="K525" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="526" spans="1:11">
+      <c r="A526" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B526" t="s">
+        <v>13</v>
+      </c>
+      <c r="C526" t="s">
+        <v>944</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1444</v>
+      </c>
+      <c r="E526">
+        <v>2</v>
+      </c>
+      <c r="F526" t="s">
+        <v>16</v>
+      </c>
+      <c r="G526" t="s">
+        <v>17</v>
+      </c>
+      <c r="H526">
+        <v>6</v>
+      </c>
+      <c r="I526">
+        <v>0</v>
+      </c>
+      <c r="K526" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="527" spans="1:11">
+      <c r="A527" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B527" t="s">
+        <v>13</v>
+      </c>
+      <c r="C527" t="s">
+        <v>944</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1447</v>
+      </c>
+      <c r="E527">
+        <v>2</v>
+      </c>
+      <c r="F527" t="s">
+        <v>16</v>
+      </c>
+      <c r="G527" t="s">
+        <v>17</v>
+      </c>
+      <c r="H527">
+        <v>55</v>
+      </c>
+      <c r="I527">
+        <v>0</v>
+      </c>
+      <c r="K527" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="528" spans="1:11">
+      <c r="A528" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B528" t="s">
+        <v>13</v>
+      </c>
+      <c r="C528" t="s">
+        <v>944</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1450</v>
+      </c>
+      <c r="E528">
+        <v>2</v>
+      </c>
+      <c r="F528" t="s">
+        <v>16</v>
+      </c>
+      <c r="G528" t="s">
+        <v>17</v>
+      </c>
+      <c r="H528">
+        <v>20</v>
+      </c>
+      <c r="I528">
+        <v>0</v>
+      </c>
+      <c r="K528" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="529" spans="1:11">
+      <c r="A529" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B529" t="s">
+        <v>13</v>
+      </c>
+      <c r="C529" t="s">
+        <v>944</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1453</v>
+      </c>
+      <c r="E529">
+        <v>2</v>
+      </c>
+      <c r="F529" t="s">
+        <v>16</v>
+      </c>
+      <c r="G529" t="s">
+        <v>17</v>
+      </c>
+      <c r="H529">
+        <v>52</v>
+      </c>
+      <c r="I529">
+        <v>0</v>
+      </c>
+      <c r="K529" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="530" spans="1:11">
+      <c r="A530" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B530" t="s">
+        <v>13</v>
+      </c>
+      <c r="C530" t="s">
+        <v>944</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E530">
+        <v>2</v>
+      </c>
+      <c r="F530" t="s">
+        <v>16</v>
+      </c>
+      <c r="G530" t="s">
+        <v>17</v>
+      </c>
+      <c r="H530">
+        <v>16</v>
+      </c>
+      <c r="I530">
+        <v>0</v>
+      </c>
+      <c r="K530" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="531" spans="1:11">
+      <c r="A531" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B531" t="s">
+        <v>13</v>
+      </c>
+      <c r="C531" t="s">
+        <v>944</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1459</v>
+      </c>
+      <c r="E531">
+        <v>2</v>
+      </c>
+      <c r="F531" t="s">
+        <v>16</v>
+      </c>
+      <c r="G531" t="s">
+        <v>17</v>
+      </c>
+      <c r="H531">
+        <v>58</v>
+      </c>
+      <c r="I531">
+        <v>0</v>
+      </c>
+      <c r="K531" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="532" spans="1:11">
+      <c r="A532" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B532" t="s">
+        <v>13</v>
+      </c>
+      <c r="C532" t="s">
+        <v>944</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1462</v>
+      </c>
+      <c r="E532">
+        <v>2</v>
+      </c>
+      <c r="F532" t="s">
+        <v>16</v>
+      </c>
+      <c r="G532" t="s">
+        <v>17</v>
+      </c>
+      <c r="H532">
+        <v>51</v>
+      </c>
+      <c r="I532">
+        <v>0</v>
+      </c>
+      <c r="K532" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="533" spans="1:11">
+      <c r="A533" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B533" t="s">
+        <v>13</v>
+      </c>
+      <c r="C533" t="s">
+        <v>944</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1465</v>
+      </c>
+      <c r="E533">
+        <v>2</v>
+      </c>
+      <c r="F533" t="s">
+        <v>16</v>
+      </c>
+      <c r="G533" t="s">
+        <v>17</v>
+      </c>
+      <c r="H533">
+        <v>54</v>
+      </c>
+      <c r="I533">
+        <v>0</v>
+      </c>
+      <c r="K533" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="534" spans="1:11">
+      <c r="A534" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B534" t="s">
+        <v>13</v>
+      </c>
+      <c r="C534" t="s">
+        <v>944</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E534">
+        <v>2</v>
+      </c>
+      <c r="F534" t="s">
+        <v>16</v>
+      </c>
+      <c r="G534" t="s">
+        <v>17</v>
+      </c>
+      <c r="H534">
+        <v>57</v>
+      </c>
+      <c r="I534">
+        <v>0</v>
+      </c>
+      <c r="K534" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="535" spans="1:11">
+      <c r="A535" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B535" t="s">
+        <v>13</v>
+      </c>
+      <c r="C535" t="s">
+        <v>944</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E535">
+        <v>2</v>
+      </c>
+      <c r="F535" t="s">
+        <v>16</v>
+      </c>
+      <c r="G535" t="s">
+        <v>17</v>
+      </c>
+      <c r="H535">
+        <v>5</v>
+      </c>
+      <c r="I535">
+        <v>0</v>
+      </c>
+      <c r="K535" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="536" spans="1:11">
+      <c r="A536" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B536" t="s">
+        <v>13</v>
+      </c>
+      <c r="C536" t="s">
+        <v>944</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E536">
+        <v>2</v>
+      </c>
+      <c r="F536" t="s">
+        <v>16</v>
+      </c>
+      <c r="G536" t="s">
+        <v>17</v>
+      </c>
+      <c r="H536">
+        <v>59</v>
+      </c>
+      <c r="I536">
+        <v>0</v>
+      </c>
+      <c r="K536" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="537" spans="1:11">
+      <c r="A537" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B537" t="s">
+        <v>13</v>
+      </c>
+      <c r="C537" t="s">
+        <v>944</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1477</v>
+      </c>
+      <c r="E537">
+        <v>2</v>
+      </c>
+      <c r="F537" t="s">
+        <v>16</v>
+      </c>
+      <c r="G537" t="s">
+        <v>17</v>
+      </c>
+      <c r="H537">
+        <v>20</v>
+      </c>
+      <c r="I537">
+        <v>0</v>
+      </c>
+      <c r="K537" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="538" spans="1:11">
+      <c r="A538" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B538" t="s">
+        <v>13</v>
+      </c>
+      <c r="C538" t="s">
+        <v>944</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E538">
+        <v>2</v>
+      </c>
+      <c r="F538" t="s">
+        <v>16</v>
+      </c>
+      <c r="G538" t="s">
+        <v>17</v>
+      </c>
+      <c r="H538">
+        <v>59</v>
+      </c>
+      <c r="I538">
+        <v>0</v>
+      </c>
+      <c r="K538" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="539" spans="1:11">
+      <c r="A539" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B539" t="s">
+        <v>13</v>
+      </c>
+      <c r="C539" t="s">
+        <v>944</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1483</v>
+      </c>
+      <c r="E539">
+        <v>2</v>
+      </c>
+      <c r="F539" t="s">
+        <v>16</v>
+      </c>
+      <c r="G539" t="s">
+        <v>17</v>
+      </c>
+      <c r="H539">
+        <v>56</v>
+      </c>
+      <c r="I539">
+        <v>0</v>
+      </c>
+      <c r="K539" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="540" spans="1:11">
+      <c r="A540" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B540" t="s">
+        <v>13</v>
+      </c>
+      <c r="C540" t="s">
+        <v>944</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E540">
+        <v>2</v>
+      </c>
+      <c r="F540" t="s">
+        <v>16</v>
+      </c>
+      <c r="G540" t="s">
+        <v>17</v>
+      </c>
+      <c r="H540">
+        <v>56</v>
+      </c>
+      <c r="I540">
+        <v>0</v>
+      </c>
+      <c r="K540" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="541" spans="1:11">
+      <c r="A541" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B541" t="s">
+        <v>13</v>
+      </c>
+      <c r="C541" t="s">
+        <v>944</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E541">
+        <v>2</v>
+      </c>
+      <c r="F541" t="s">
+        <v>16</v>
+      </c>
+      <c r="G541" t="s">
+        <v>17</v>
+      </c>
+      <c r="H541">
+        <v>56</v>
+      </c>
+      <c r="I541">
+        <v>0</v>
+      </c>
+      <c r="K541" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="542" spans="1:11">
+      <c r="A542" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B542" t="s">
+        <v>13</v>
+      </c>
+      <c r="C542" t="s">
+        <v>944</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E542">
+        <v>2</v>
+      </c>
+      <c r="F542" t="s">
+        <v>16</v>
+      </c>
+      <c r="G542" t="s">
+        <v>17</v>
+      </c>
+      <c r="H542">
+        <v>10</v>
+      </c>
+      <c r="I542">
+        <v>0</v>
+      </c>
+      <c r="K542" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="543" spans="1:11">
+      <c r="A543" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B543" t="s">
+        <v>13</v>
+      </c>
+      <c r="C543" t="s">
+        <v>944</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E543">
+        <v>2</v>
+      </c>
+      <c r="F543" t="s">
+        <v>16</v>
+      </c>
+      <c r="G543" t="s">
+        <v>17</v>
+      </c>
+      <c r="H543">
+        <v>58</v>
+      </c>
+      <c r="I543">
+        <v>0</v>
+      </c>
+      <c r="K543" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="544" spans="1:11">
+      <c r="A544" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B544" t="s">
+        <v>13</v>
+      </c>
+      <c r="C544" t="s">
+        <v>944</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E544">
+        <v>2</v>
+      </c>
+      <c r="F544" t="s">
+        <v>16</v>
+      </c>
+      <c r="G544" t="s">
+        <v>17</v>
+      </c>
+      <c r="H544">
+        <v>56</v>
+      </c>
+      <c r="I544">
+        <v>0</v>
+      </c>
+      <c r="K544" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="545" spans="1:11">
+      <c r="A545" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B545" t="s">
+        <v>13</v>
+      </c>
+      <c r="C545" t="s">
+        <v>944</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1501</v>
+      </c>
+      <c r="E545">
+        <v>2</v>
+      </c>
+      <c r="F545" t="s">
+        <v>16</v>
+      </c>
+      <c r="G545" t="s">
+        <v>17</v>
+      </c>
+      <c r="H545">
+        <v>56</v>
+      </c>
+      <c r="I545">
+        <v>0</v>
+      </c>
+      <c r="K545" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="546" spans="1:11">
+      <c r="A546" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B546" t="s">
+        <v>13</v>
+      </c>
+      <c r="C546" t="s">
+        <v>944</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1504</v>
+      </c>
+      <c r="E546">
+        <v>2</v>
+      </c>
+      <c r="F546" t="s">
+        <v>16</v>
+      </c>
+      <c r="G546" t="s">
+        <v>17</v>
+      </c>
+      <c r="H546">
+        <v>54</v>
+      </c>
+      <c r="I546">
+        <v>0</v>
+      </c>
+      <c r="K546" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="547" spans="1:11">
+      <c r="A547" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B547" t="s">
+        <v>13</v>
+      </c>
+      <c r="C547" t="s">
+        <v>944</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1507</v>
+      </c>
+      <c r="E547">
+        <v>2</v>
+      </c>
+      <c r="F547" t="s">
+        <v>16</v>
+      </c>
+      <c r="G547" t="s">
+        <v>17</v>
+      </c>
+      <c r="H547">
+        <v>18</v>
+      </c>
+      <c r="I547">
+        <v>0</v>
+      </c>
+      <c r="K547" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="548" spans="1:11">
+      <c r="A548" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B548" t="s">
+        <v>13</v>
+      </c>
+      <c r="C548" t="s">
+        <v>944</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1510</v>
+      </c>
+      <c r="E548">
+        <v>2</v>
+      </c>
+      <c r="F548" t="s">
+        <v>16</v>
+      </c>
+      <c r="G548" t="s">
+        <v>17</v>
+      </c>
+      <c r="H548">
+        <v>7</v>
+      </c>
+      <c r="I548">
+        <v>0</v>
+      </c>
+      <c r="K548" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="549" spans="1:11">
+      <c r="A549" t="s">
+        <v>1512</v>
+      </c>
+      <c r="B549" t="s">
+        <v>13</v>
+      </c>
+      <c r="C549" t="s">
+        <v>944</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1513</v>
+      </c>
+      <c r="E549">
+        <v>2</v>
+      </c>
+      <c r="F549" t="s">
+        <v>16</v>
+      </c>
+      <c r="G549" t="s">
+        <v>17</v>
+      </c>
+      <c r="H549">
+        <v>10</v>
+      </c>
+      <c r="I549">
+        <v>0</v>
+      </c>
+      <c r="K549" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="550" spans="1:11">
+      <c r="A550" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B550" t="s">
+        <v>13</v>
+      </c>
+      <c r="C550" t="s">
+        <v>944</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1516</v>
+      </c>
+      <c r="E550">
+        <v>2</v>
+      </c>
+      <c r="F550" t="s">
+        <v>16</v>
+      </c>
+      <c r="G550" t="s">
+        <v>17</v>
+      </c>
+      <c r="H550">
+        <v>6</v>
+      </c>
+      <c r="I550">
+        <v>0</v>
+      </c>
+      <c r="K550" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="551" spans="1:11">
+      <c r="A551" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B551" t="s">
+        <v>13</v>
+      </c>
+      <c r="C551" t="s">
+        <v>944</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E551">
+        <v>2</v>
+      </c>
+      <c r="F551" t="s">
+        <v>16</v>
+      </c>
+      <c r="G551" t="s">
+        <v>17</v>
+      </c>
+      <c r="H551">
+        <v>66</v>
+      </c>
+      <c r="I551">
+        <v>0</v>
+      </c>
+      <c r="K551" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="552" spans="1:11">
+      <c r="A552" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B552" t="s">
+        <v>13</v>
+      </c>
+      <c r="C552" t="s">
+        <v>944</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1522</v>
+      </c>
+      <c r="E552">
+        <v>2</v>
+      </c>
+      <c r="F552" t="s">
+        <v>16</v>
+      </c>
+      <c r="G552" t="s">
+        <v>17</v>
+      </c>
+      <c r="H552">
+        <v>11</v>
+      </c>
+      <c r="I552">
+        <v>0</v>
+      </c>
+      <c r="K552" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="553" spans="1:11">
+      <c r="A553" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B553" t="s">
+        <v>13</v>
+      </c>
+      <c r="C553" t="s">
+        <v>944</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E553">
+        <v>2</v>
+      </c>
+      <c r="F553" t="s">
+        <v>16</v>
+      </c>
+      <c r="G553" t="s">
+        <v>17</v>
+      </c>
+      <c r="H553">
+        <v>62</v>
+      </c>
+      <c r="I553">
+        <v>0</v>
+      </c>
+      <c r="K553" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="554" spans="1:11">
+      <c r="A554" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B554" t="s">
+        <v>13</v>
+      </c>
+      <c r="C554" t="s">
+        <v>944</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1528</v>
+      </c>
+      <c r="E554">
+        <v>2</v>
+      </c>
+      <c r="F554" t="s">
+        <v>16</v>
+      </c>
+      <c r="G554" t="s">
+        <v>17</v>
+      </c>
+      <c r="H554">
+        <v>56</v>
+      </c>
+      <c r="I554">
+        <v>0</v>
+      </c>
+      <c r="K554" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="555" spans="1:11">
+      <c r="A555" t="s">
+        <v>1530</v>
+      </c>
+      <c r="B555" t="s">
+        <v>13</v>
+      </c>
+      <c r="C555" t="s">
+        <v>944</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1531</v>
+      </c>
+      <c r="E555">
+        <v>2</v>
+      </c>
+      <c r="F555" t="s">
+        <v>16</v>
+      </c>
+      <c r="G555" t="s">
+        <v>17</v>
+      </c>
+      <c r="H555">
+        <v>52</v>
+      </c>
+      <c r="I555">
+        <v>0</v>
+      </c>
+      <c r="K555" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="556" spans="1:11">
+      <c r="A556" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B556" t="s">
+        <v>13</v>
+      </c>
+      <c r="C556" t="s">
+        <v>944</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1534</v>
+      </c>
+      <c r="E556">
+        <v>2</v>
+      </c>
+      <c r="F556" t="s">
+        <v>16</v>
+      </c>
+      <c r="G556" t="s">
+        <v>17</v>
+      </c>
+      <c r="H556">
+        <v>57</v>
+      </c>
+      <c r="I556">
+        <v>0</v>
+      </c>
+      <c r="K556" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="557" spans="1:11">
+      <c r="A557" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B557" t="s">
+        <v>13</v>
+      </c>
+      <c r="C557" t="s">
+        <v>944</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1537</v>
+      </c>
+      <c r="E557">
+        <v>2</v>
+      </c>
+      <c r="F557" t="s">
+        <v>16</v>
+      </c>
+      <c r="G557" t="s">
+        <v>17</v>
+      </c>
+      <c r="H557">
+        <v>56</v>
+      </c>
+      <c r="I557">
+        <v>0</v>
+      </c>
+      <c r="K557" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="558" spans="1:11">
+      <c r="A558" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B558" t="s">
+        <v>13</v>
+      </c>
+      <c r="C558" t="s">
+        <v>944</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E558">
+        <v>2</v>
+      </c>
+      <c r="F558" t="s">
+        <v>16</v>
+      </c>
+      <c r="G558" t="s">
+        <v>17</v>
+      </c>
+      <c r="H558">
+        <v>12</v>
+      </c>
+      <c r="I558">
+        <v>0</v>
+      </c>
+      <c r="K558" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="559" spans="1:11">
+      <c r="A559" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B559" t="s">
+        <v>13</v>
+      </c>
+      <c r="C559" t="s">
+        <v>944</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1543</v>
+      </c>
+      <c r="E559">
+        <v>2</v>
+      </c>
+      <c r="F559" t="s">
+        <v>16</v>
+      </c>
+      <c r="G559" t="s">
+        <v>17</v>
+      </c>
+      <c r="H559">
+        <v>56</v>
+      </c>
+      <c r="I559">
+        <v>0</v>
+      </c>
+      <c r="K559" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="560" spans="1:11">
+      <c r="A560" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B560" t="s">
+        <v>13</v>
+      </c>
+      <c r="C560" t="s">
+        <v>944</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1546</v>
+      </c>
+      <c r="E560">
+        <v>2</v>
+      </c>
+      <c r="F560" t="s">
+        <v>16</v>
+      </c>
+      <c r="G560" t="s">
+        <v>17</v>
+      </c>
+      <c r="H560">
+        <v>52</v>
+      </c>
+      <c r="I560">
+        <v>0</v>
+      </c>
+      <c r="K560" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="561" spans="1:11">
+      <c r="A561" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B561" t="s">
+        <v>13</v>
+      </c>
+      <c r="C561" t="s">
+        <v>944</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1549</v>
+      </c>
+      <c r="E561">
+        <v>2</v>
+      </c>
+      <c r="F561" t="s">
+        <v>16</v>
+      </c>
+      <c r="G561" t="s">
+        <v>17</v>
+      </c>
+      <c r="H561">
+        <v>101</v>
+      </c>
+      <c r="I561">
+        <v>0</v>
+      </c>
+      <c r="K561" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="562" spans="1:11">
+      <c r="A562" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B562" t="s">
+        <v>13</v>
+      </c>
+      <c r="C562" t="s">
+        <v>944</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1552</v>
+      </c>
+      <c r="E562">
+        <v>2</v>
+      </c>
+      <c r="F562" t="s">
+        <v>16</v>
+      </c>
+      <c r="G562" t="s">
+        <v>17</v>
+      </c>
+      <c r="H562">
+        <v>58</v>
+      </c>
+      <c r="I562">
+        <v>0</v>
+      </c>
+      <c r="K562" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="563" spans="1:11">
+      <c r="A563" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B563" t="s">
+        <v>13</v>
+      </c>
+      <c r="C563" t="s">
+        <v>944</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E563">
+        <v>2</v>
+      </c>
+      <c r="F563" t="s">
+        <v>16</v>
+      </c>
+      <c r="G563" t="s">
+        <v>17</v>
+      </c>
+      <c r="H563">
+        <v>56</v>
+      </c>
+      <c r="I563">
+        <v>0</v>
+      </c>
+      <c r="K563" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="564" spans="1:11">
+      <c r="A564" t="s">
+        <v>799</v>
+      </c>
+      <c r="B564" t="s">
+        <v>13</v>
+      </c>
+      <c r="C564" t="s">
+        <v>944</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1557</v>
+      </c>
+      <c r="E564">
+        <v>2</v>
+      </c>
+      <c r="F564" t="s">
+        <v>16</v>
+      </c>
+      <c r="G564" t="s">
+        <v>17</v>
+      </c>
+      <c r="H564">
+        <v>10</v>
+      </c>
+      <c r="I564">
+        <v>0</v>
+      </c>
+      <c r="K564" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="565" spans="1:11">
+      <c r="A565" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B565" t="s">
+        <v>13</v>
+      </c>
+      <c r="C565" t="s">
+        <v>944</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1560</v>
+      </c>
+      <c r="E565">
+        <v>2</v>
+      </c>
+      <c r="F565" t="s">
+        <v>16</v>
+      </c>
+      <c r="G565" t="s">
+        <v>17</v>
+      </c>
+      <c r="H565">
+        <v>54</v>
+      </c>
+      <c r="I565">
+        <v>0</v>
+      </c>
+      <c r="K565" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="566" spans="1:11">
+      <c r="A566" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B566" t="s">
+        <v>13</v>
+      </c>
+      <c r="C566" t="s">
+        <v>944</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1563</v>
+      </c>
+      <c r="E566">
+        <v>2</v>
+      </c>
+      <c r="F566" t="s">
+        <v>16</v>
+      </c>
+      <c r="G566" t="s">
+        <v>17</v>
+      </c>
+      <c r="H566">
+        <v>56</v>
+      </c>
+      <c r="I566">
+        <v>0</v>
+      </c>
+      <c r="K566" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="567" spans="1:11">
+      <c r="A567" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B567" t="s">
+        <v>13</v>
+      </c>
+      <c r="C567" t="s">
+        <v>944</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E567">
+        <v>2</v>
+      </c>
+      <c r="F567" t="s">
+        <v>16</v>
+      </c>
+      <c r="G567" t="s">
+        <v>17</v>
+      </c>
+      <c r="H567">
+        <v>54</v>
+      </c>
+      <c r="I567">
+        <v>0</v>
+      </c>
+      <c r="K567" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="568" spans="1:11">
+      <c r="A568" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B568" t="s">
+        <v>13</v>
+      </c>
+      <c r="C568" t="s">
+        <v>944</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E568">
+        <v>2</v>
+      </c>
+      <c r="F568" t="s">
+        <v>16</v>
+      </c>
+      <c r="G568" t="s">
+        <v>17</v>
+      </c>
+      <c r="H568">
+        <v>4</v>
+      </c>
+      <c r="I568">
+        <v>0</v>
+      </c>
+      <c r="K568" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="569" spans="1:11">
+      <c r="A569" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B569" t="s">
+        <v>13</v>
+      </c>
+      <c r="C569" t="s">
+        <v>944</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1572</v>
+      </c>
+      <c r="E569">
+        <v>2</v>
+      </c>
+      <c r="F569" t="s">
+        <v>16</v>
+      </c>
+      <c r="G569" t="s">
+        <v>17</v>
+      </c>
+      <c r="H569">
+        <v>54</v>
+      </c>
+      <c r="I569">
+        <v>0</v>
+      </c>
+      <c r="K569" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="570" spans="1:11">
+      <c r="A570" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B570" t="s">
+        <v>13</v>
+      </c>
+      <c r="C570" t="s">
+        <v>944</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1575</v>
+      </c>
+      <c r="E570">
+        <v>2</v>
+      </c>
+      <c r="F570" t="s">
+        <v>16</v>
+      </c>
+      <c r="G570" t="s">
+        <v>17</v>
+      </c>
+      <c r="H570">
+        <v>58</v>
+      </c>
+      <c r="I570">
+        <v>0</v>
+      </c>
+      <c r="K570" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="571" spans="1:11">
+      <c r="A571" t="s">
+        <v>812</v>
+      </c>
+      <c r="B571" t="s">
+        <v>13</v>
+      </c>
+      <c r="C571" t="s">
+        <v>944</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E571">
+        <v>2</v>
+      </c>
+      <c r="F571" t="s">
+        <v>16</v>
+      </c>
+      <c r="G571" t="s">
+        <v>17</v>
+      </c>
+      <c r="H571">
+        <v>64</v>
+      </c>
+      <c r="I571">
+        <v>0</v>
+      </c>
+      <c r="K571" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="572" spans="1:11">
+      <c r="A572" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B572" t="s">
+        <v>13</v>
+      </c>
+      <c r="C572" t="s">
+        <v>944</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E572">
+        <v>2</v>
+      </c>
+      <c r="F572" t="s">
+        <v>16</v>
+      </c>
+      <c r="G572" t="s">
+        <v>17</v>
+      </c>
+      <c r="H572">
+        <v>57</v>
+      </c>
+      <c r="I572">
+        <v>0</v>
+      </c>
+      <c r="K572" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="573" spans="1:11">
+      <c r="A573" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B573" t="s">
+        <v>13</v>
+      </c>
+      <c r="C573" t="s">
+        <v>944</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E573">
+        <v>2</v>
+      </c>
+      <c r="F573" t="s">
+        <v>16</v>
+      </c>
+      <c r="G573" t="s">
+        <v>17</v>
+      </c>
+      <c r="H573">
+        <v>58</v>
+      </c>
+      <c r="I573">
+        <v>0</v>
+      </c>
+      <c r="K573" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="574" spans="1:11">
+      <c r="A574" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B574" t="s">
+        <v>13</v>
+      </c>
+      <c r="C574" t="s">
+        <v>944</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E574">
+        <v>2</v>
+      </c>
+      <c r="F574" t="s">
+        <v>16</v>
+      </c>
+      <c r="G574" t="s">
+        <v>17</v>
+      </c>
+      <c r="H574">
+        <v>18</v>
+      </c>
+      <c r="I574">
+        <v>0</v>
+      </c>
+      <c r="K574" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="575" spans="1:11">
+      <c r="A575" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B575" t="s">
+        <v>13</v>
+      </c>
+      <c r="C575" t="s">
+        <v>944</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E575">
+        <v>2</v>
+      </c>
+      <c r="F575" t="s">
+        <v>16</v>
+      </c>
+      <c r="G575" t="s">
+        <v>17</v>
+      </c>
+      <c r="H575">
+        <v>7</v>
+      </c>
+      <c r="I575">
+        <v>0</v>
+      </c>
+      <c r="K575" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="576" spans="1:11">
+      <c r="A576" t="s">
+        <v>560</v>
+      </c>
+      <c r="B576" t="s">
+        <v>13</v>
+      </c>
+      <c r="C576" t="s">
+        <v>944</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1591</v>
+      </c>
+      <c r="E576">
+        <v>2</v>
+      </c>
+      <c r="F576" t="s">
+        <v>16</v>
+      </c>
+      <c r="G576" t="s">
+        <v>17</v>
+      </c>
+      <c r="H576">
+        <v>10</v>
+      </c>
+      <c r="I576">
+        <v>2.5</v>
+      </c>
+      <c r="K576" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="577" spans="1:11">
+      <c r="A577" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B577" t="s">
+        <v>13</v>
+      </c>
+      <c r="C577" t="s">
+        <v>944</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1594</v>
+      </c>
+      <c r="E577">
+        <v>2</v>
+      </c>
+      <c r="F577" t="s">
+        <v>16</v>
+      </c>
+      <c r="G577" t="s">
+        <v>17</v>
+      </c>
+      <c r="H577">
+        <v>60</v>
+      </c>
+      <c r="I577">
+        <v>0</v>
+      </c>
+      <c r="K577" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="578" spans="1:11">
+      <c r="A578" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B578" t="s">
+        <v>13</v>
+      </c>
+      <c r="C578" t="s">
+        <v>944</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1597</v>
+      </c>
+      <c r="E578">
+        <v>2</v>
+      </c>
+      <c r="F578" t="s">
+        <v>16</v>
+      </c>
+      <c r="G578" t="s">
+        <v>17</v>
+      </c>
+      <c r="H578">
+        <v>22</v>
+      </c>
+      <c r="I578">
+        <v>0</v>
+      </c>
+      <c r="K578" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="579" spans="1:11">
+      <c r="A579" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B579" t="s">
+        <v>13</v>
+      </c>
+      <c r="C579" t="s">
+        <v>944</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E579">
+        <v>2</v>
+      </c>
+      <c r="F579" t="s">
+        <v>16</v>
+      </c>
+      <c r="G579" t="s">
+        <v>17</v>
+      </c>
+      <c r="H579">
+        <v>58</v>
+      </c>
+      <c r="I579">
+        <v>0</v>
+      </c>
+      <c r="K579" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="580" spans="1:11">
+      <c r="A580" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B580" t="s">
+        <v>13</v>
+      </c>
+      <c r="C580" t="s">
+        <v>944</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1603</v>
+      </c>
+      <c r="E580">
+        <v>2</v>
+      </c>
+      <c r="F580" t="s">
+        <v>16</v>
+      </c>
+      <c r="G580" t="s">
+        <v>17</v>
+      </c>
+      <c r="H580">
+        <v>4</v>
+      </c>
+      <c r="I580">
+        <v>0</v>
+      </c>
+      <c r="K580" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="581" spans="1:11">
+      <c r="A581" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B581" t="s">
+        <v>13</v>
+      </c>
+      <c r="C581" t="s">
+        <v>944</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E581">
+        <v>2</v>
+      </c>
+      <c r="F581" t="s">
+        <v>16</v>
+      </c>
+      <c r="G581" t="s">
+        <v>17</v>
+      </c>
+      <c r="H581">
+        <v>60</v>
+      </c>
+      <c r="I581">
+        <v>0</v>
+      </c>
+      <c r="K581" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="582" spans="1:11">
+      <c r="A582" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B582" t="s">
+        <v>13</v>
+      </c>
+      <c r="C582" t="s">
+        <v>944</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1609</v>
+      </c>
+      <c r="E582">
+        <v>2</v>
+      </c>
+      <c r="F582" t="s">
+        <v>16</v>
+      </c>
+      <c r="G582" t="s">
+        <v>17</v>
+      </c>
+      <c r="H582">
+        <v>56</v>
+      </c>
+      <c r="I582">
+        <v>0</v>
+      </c>
+      <c r="K582" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="583" spans="1:11">
+      <c r="A583" t="s">
+        <v>823</v>
+      </c>
+      <c r="B583" t="s">
+        <v>13</v>
+      </c>
+      <c r="C583" t="s">
+        <v>944</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E583">
+        <v>2</v>
+      </c>
+      <c r="F583" t="s">
+        <v>16</v>
+      </c>
+      <c r="G583" t="s">
+        <v>17</v>
+      </c>
+      <c r="H583">
+        <v>57</v>
+      </c>
+      <c r="I583">
+        <v>0</v>
+      </c>
+      <c r="K583" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="584" spans="1:11">
+      <c r="A584" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B584" t="s">
+        <v>13</v>
+      </c>
+      <c r="C584" t="s">
+        <v>944</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E584">
+        <v>2</v>
+      </c>
+      <c r="F584" t="s">
+        <v>16</v>
+      </c>
+      <c r="G584" t="s">
+        <v>17</v>
+      </c>
+      <c r="H584">
+        <v>57</v>
+      </c>
+      <c r="I584">
+        <v>0</v>
+      </c>
+      <c r="K584" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="585" spans="1:11">
+      <c r="A585" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B585" t="s">
+        <v>13</v>
+      </c>
+      <c r="C585" t="s">
+        <v>944</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1617</v>
+      </c>
+      <c r="E585">
+        <v>2</v>
+      </c>
+      <c r="F585" t="s">
+        <v>16</v>
+      </c>
+      <c r="G585" t="s">
+        <v>17</v>
+      </c>
+      <c r="H585">
+        <v>55</v>
+      </c>
+      <c r="I585">
+        <v>0</v>
+      </c>
+      <c r="K585" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="586" spans="1:11">
+      <c r="A586" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B586" t="s">
+        <v>13</v>
+      </c>
+      <c r="C586" t="s">
+        <v>944</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E586">
+        <v>2</v>
+      </c>
+      <c r="F586" t="s">
+        <v>16</v>
+      </c>
+      <c r="G586" t="s">
+        <v>17</v>
+      </c>
+      <c r="H586">
+        <v>54</v>
+      </c>
+      <c r="I586">
+        <v>0</v>
+      </c>
+      <c r="K586" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="587" spans="1:11">
+      <c r="A587" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B587" t="s">
+        <v>13</v>
+      </c>
+      <c r="C587" t="s">
+        <v>944</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E587">
+        <v>2</v>
+      </c>
+      <c r="F587" t="s">
+        <v>16</v>
+      </c>
+      <c r="G587" t="s">
+        <v>17</v>
+      </c>
+      <c r="H587">
+        <v>65</v>
+      </c>
+      <c r="I587">
+        <v>0</v>
+      </c>
+      <c r="K587" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="588" spans="1:11">
+      <c r="A588" t="s">
+        <v>826</v>
+      </c>
+      <c r="B588" t="s">
+        <v>13</v>
+      </c>
+      <c r="C588" t="s">
+        <v>944</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E588">
+        <v>2</v>
+      </c>
+      <c r="F588" t="s">
+        <v>16</v>
+      </c>
+      <c r="G588" t="s">
+        <v>17</v>
+      </c>
+      <c r="H588">
+        <v>12</v>
+      </c>
+      <c r="I588">
+        <v>42.5</v>
+      </c>
+      <c r="K588" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="589" spans="1:11">
+      <c r="A589" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B589" t="s">
+        <v>13</v>
+      </c>
+      <c r="C589" t="s">
+        <v>944</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E589">
+        <v>2</v>
+      </c>
+      <c r="F589" t="s">
+        <v>16</v>
+      </c>
+      <c r="G589" t="s">
+        <v>17</v>
+      </c>
+      <c r="H589">
+        <v>14</v>
+      </c>
+      <c r="I589">
+        <v>0</v>
+      </c>
+      <c r="K589" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="590" spans="1:11">
+      <c r="A590" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B590" t="s">
+        <v>13</v>
+      </c>
+      <c r="C590" t="s">
+        <v>944</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E590">
+        <v>2</v>
+      </c>
+      <c r="F590" t="s">
+        <v>16</v>
+      </c>
+      <c r="G590" t="s">
+        <v>17</v>
+      </c>
+      <c r="H590">
+        <v>58</v>
+      </c>
+      <c r="I590">
+        <v>0</v>
+      </c>
+      <c r="K590" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="591" spans="1:11">
+      <c r="A591" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B591" t="s">
+        <v>13</v>
+      </c>
+      <c r="C591" t="s">
+        <v>944</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E591">
+        <v>2</v>
+      </c>
+      <c r="F591" t="s">
+        <v>16</v>
+      </c>
+      <c r="G591" t="s">
+        <v>17</v>
+      </c>
+      <c r="H591">
+        <v>52</v>
+      </c>
+      <c r="I591">
+        <v>0</v>
+      </c>
+      <c r="K591" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="592" spans="1:11">
+      <c r="A592" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B592" t="s">
+        <v>13</v>
+      </c>
+      <c r="C592" t="s">
+        <v>944</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E592">
+        <v>2</v>
+      </c>
+      <c r="F592" t="s">
+        <v>16</v>
+      </c>
+      <c r="G592" t="s">
+        <v>17</v>
+      </c>
+      <c r="H592">
+        <v>6</v>
+      </c>
+      <c r="I592">
+        <v>0</v>
+      </c>
+      <c r="K592" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="593" spans="1:11">
+      <c r="A593" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B593" t="s">
+        <v>13</v>
+      </c>
+      <c r="C593" t="s">
+        <v>944</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E593">
+        <v>2</v>
+      </c>
+      <c r="F593" t="s">
+        <v>16</v>
+      </c>
+      <c r="G593" t="s">
+        <v>17</v>
+      </c>
+      <c r="H593">
+        <v>62</v>
+      </c>
+      <c r="I593">
+        <v>0</v>
+      </c>
+      <c r="K593" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="594" spans="1:11">
+      <c r="A594" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B594" t="s">
+        <v>13</v>
+      </c>
+      <c r="C594" t="s">
+        <v>944</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E594">
+        <v>2</v>
+      </c>
+      <c r="F594" t="s">
+        <v>16</v>
+      </c>
+      <c r="G594" t="s">
+        <v>17</v>
+      </c>
+      <c r="H594">
+        <v>8</v>
+      </c>
+      <c r="I594">
+        <v>0</v>
+      </c>
+      <c r="K594" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="595" spans="1:11">
+      <c r="A595" t="s">
+        <v>835</v>
+      </c>
+      <c r="B595" t="s">
+        <v>13</v>
+      </c>
+      <c r="C595" t="s">
+        <v>944</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1645</v>
+      </c>
+      <c r="E595">
+        <v>2</v>
+      </c>
+      <c r="F595" t="s">
+        <v>16</v>
+      </c>
+      <c r="G595" t="s">
+        <v>17</v>
+      </c>
+      <c r="H595">
+        <v>10</v>
+      </c>
+      <c r="I595">
+        <v>0</v>
+      </c>
+      <c r="K595" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="596" spans="1:11">
+      <c r="A596" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B596" t="s">
+        <v>13</v>
+      </c>
+      <c r="C596" t="s">
+        <v>944</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E596">
+        <v>2</v>
+      </c>
+      <c r="F596" t="s">
+        <v>16</v>
+      </c>
+      <c r="G596" t="s">
+        <v>17</v>
+      </c>
+      <c r="H596">
+        <v>58</v>
+      </c>
+      <c r="I596">
+        <v>0</v>
+      </c>
+      <c r="K596" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="597" spans="1:11">
+      <c r="A597" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B597" t="s">
+        <v>13</v>
+      </c>
+      <c r="C597" t="s">
+        <v>944</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1651</v>
+      </c>
+      <c r="E597">
+        <v>2</v>
+      </c>
+      <c r="F597" t="s">
+        <v>16</v>
+      </c>
+      <c r="G597" t="s">
+        <v>17</v>
+      </c>
+      <c r="H597">
+        <v>52</v>
+      </c>
+      <c r="I597">
+        <v>0</v>
+      </c>
+      <c r="K597" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="598" spans="1:11">
+      <c r="A598" t="s">
+        <v>668</v>
+      </c>
+      <c r="B598" t="s">
+        <v>13</v>
+      </c>
+      <c r="C598" t="s">
+        <v>944</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1653</v>
+      </c>
+      <c r="E598">
+        <v>2</v>
+      </c>
+      <c r="F598" t="s">
+        <v>16</v>
+      </c>
+      <c r="G598" t="s">
+        <v>17</v>
+      </c>
+      <c r="H598">
+        <v>56</v>
+      </c>
+      <c r="I598">
+        <v>0</v>
+      </c>
+      <c r="K598" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="599" spans="1:11">
+      <c r="A599" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B599" t="s">
+        <v>13</v>
+      </c>
+      <c r="C599" t="s">
+        <v>944</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E599">
+        <v>2</v>
+      </c>
+      <c r="F599" t="s">
+        <v>16</v>
+      </c>
+      <c r="G599" t="s">
+        <v>17</v>
+      </c>
+      <c r="H599">
+        <v>55</v>
+      </c>
+      <c r="I599">
+        <v>0</v>
+      </c>
+      <c r="K599" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="600" spans="1:11">
+      <c r="A600" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B600" t="s">
+        <v>13</v>
+      </c>
+      <c r="C600" t="s">
+        <v>944</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E600">
+        <v>2</v>
+      </c>
+      <c r="F600" t="s">
+        <v>16</v>
+      </c>
+      <c r="G600" t="s">
+        <v>17</v>
+      </c>
+      <c r="H600">
+        <v>55</v>
+      </c>
+      <c r="I600">
+        <v>0</v>
+      </c>
+      <c r="K600" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="601" spans="1:11">
+      <c r="A601" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B601" t="s">
+        <v>13</v>
+      </c>
+      <c r="C601" t="s">
+        <v>944</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1662</v>
+      </c>
+      <c r="E601">
+        <v>2</v>
+      </c>
+      <c r="F601" t="s">
+        <v>16</v>
+      </c>
+      <c r="G601" t="s">
+        <v>17</v>
+      </c>
+      <c r="H601">
+        <v>15</v>
+      </c>
+      <c r="I601">
+        <v>0</v>
+      </c>
+      <c r="K601" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="602" spans="1:11">
+      <c r="A602" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B602" t="s">
+        <v>13</v>
+      </c>
+      <c r="C602" t="s">
+        <v>944</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E602">
+        <v>2</v>
+      </c>
+      <c r="F602" t="s">
+        <v>16</v>
+      </c>
+      <c r="G602" t="s">
+        <v>17</v>
+      </c>
+      <c r="H602">
+        <v>58</v>
+      </c>
+      <c r="I602">
+        <v>0</v>
+      </c>
+      <c r="K602" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="603" spans="1:11">
+      <c r="A603" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B603" t="s">
+        <v>13</v>
+      </c>
+      <c r="C603" t="s">
+        <v>944</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E603">
+        <v>2</v>
+      </c>
+      <c r="F603" t="s">
+        <v>16</v>
+      </c>
+      <c r="G603" t="s">
+        <v>17</v>
+      </c>
+      <c r="H603">
+        <v>56</v>
+      </c>
+      <c r="I603">
+        <v>0</v>
+      </c>
+      <c r="K603" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="604" spans="1:11">
+      <c r="A604" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B604" t="s">
+        <v>13</v>
+      </c>
+      <c r="C604" t="s">
+        <v>944</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E604">
+        <v>2</v>
+      </c>
+      <c r="F604" t="s">
+        <v>16</v>
+      </c>
+      <c r="G604" t="s">
+        <v>17</v>
+      </c>
+      <c r="H604">
+        <v>62</v>
+      </c>
+      <c r="I604">
+        <v>0</v>
+      </c>
+      <c r="K604" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="605" spans="1:11">
+      <c r="A605" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B605" t="s">
+        <v>13</v>
+      </c>
+      <c r="C605" t="s">
+        <v>944</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1674</v>
+      </c>
+      <c r="E605">
+        <v>2</v>
+      </c>
+      <c r="F605" t="s">
+        <v>16</v>
+      </c>
+      <c r="G605" t="s">
+        <v>17</v>
+      </c>
+      <c r="H605">
+        <v>54</v>
+      </c>
+      <c r="I605">
+        <v>0</v>
+      </c>
+      <c r="K605" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="606" spans="1:11">
+      <c r="A606" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B606" t="s">
+        <v>13</v>
+      </c>
+      <c r="C606" t="s">
+        <v>944</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E606">
+        <v>2</v>
+      </c>
+      <c r="F606" t="s">
+        <v>16</v>
+      </c>
+      <c r="G606" t="s">
+        <v>17</v>
+      </c>
+      <c r="H606">
+        <v>6</v>
+      </c>
+      <c r="I606">
+        <v>0</v>
+      </c>
+      <c r="K606" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="607" spans="1:11">
+      <c r="A607" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B607" t="s">
+        <v>13</v>
+      </c>
+      <c r="C607" t="s">
+        <v>944</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E607">
+        <v>2</v>
+      </c>
+      <c r="F607" t="s">
+        <v>16</v>
+      </c>
+      <c r="G607" t="s">
+        <v>17</v>
+      </c>
+      <c r="H607">
+        <v>58</v>
+      </c>
+      <c r="I607">
+        <v>2.5</v>
+      </c>
+      <c r="K607" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="608" spans="1:11">
+      <c r="A608" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B608" t="s">
+        <v>13</v>
+      </c>
+      <c r="C608" t="s">
+        <v>944</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1683</v>
+      </c>
+      <c r="E608">
+        <v>2</v>
+      </c>
+      <c r="F608" t="s">
+        <v>16</v>
+      </c>
+      <c r="G608" t="s">
+        <v>17</v>
+      </c>
+      <c r="H608">
+        <v>56</v>
+      </c>
+      <c r="I608">
+        <v>0</v>
+      </c>
+      <c r="K608" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="609" spans="1:11">
+      <c r="A609" t="s">
+        <v>839</v>
+      </c>
+      <c r="B609" t="s">
+        <v>13</v>
+      </c>
+      <c r="C609" t="s">
+        <v>944</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E609">
+        <v>2</v>
+      </c>
+      <c r="F609" t="s">
+        <v>16</v>
+      </c>
+      <c r="G609" t="s">
+        <v>17</v>
+      </c>
+      <c r="H609">
+        <v>8</v>
+      </c>
+      <c r="I609">
+        <v>41.9</v>
+      </c>
+      <c r="K609" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="610" spans="1:11">
+      <c r="A610" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B610" t="s">
+        <v>13</v>
+      </c>
+      <c r="C610" t="s">
+        <v>944</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E610">
+        <v>2</v>
+      </c>
+      <c r="F610" t="s">
+        <v>16</v>
+      </c>
+      <c r="G610" t="s">
+        <v>17</v>
+      </c>
+      <c r="H610">
+        <v>54</v>
+      </c>
+      <c r="I610">
+        <v>0</v>
+      </c>
+      <c r="K610" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="611" spans="1:11">
+      <c r="A611" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B611" t="s">
+        <v>13</v>
+      </c>
+      <c r="C611" t="s">
+        <v>944</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E611">
+        <v>2</v>
+      </c>
+      <c r="F611" t="s">
+        <v>16</v>
+      </c>
+      <c r="G611" t="s">
+        <v>17</v>
+      </c>
+      <c r="H611">
+        <v>7</v>
+      </c>
+      <c r="I611">
+        <v>0</v>
+      </c>
+      <c r="K611" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="612" spans="1:11">
+      <c r="A612" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B612" t="s">
+        <v>13</v>
+      </c>
+      <c r="C612" t="s">
+        <v>944</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E612">
+        <v>2</v>
+      </c>
+      <c r="F612" t="s">
+        <v>16</v>
+      </c>
+      <c r="G612" t="s">
+        <v>17</v>
+      </c>
+      <c r="H612">
+        <v>53</v>
+      </c>
+      <c r="I612">
+        <v>0</v>
+      </c>
+      <c r="K612" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="613" spans="1:11">
+      <c r="A613" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B613" t="s">
+        <v>13</v>
+      </c>
+      <c r="C613" t="s">
+        <v>944</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E613">
+        <v>2</v>
+      </c>
+      <c r="F613" t="s">
+        <v>16</v>
+      </c>
+      <c r="G613" t="s">
+        <v>17</v>
+      </c>
+      <c r="H613">
+        <v>10</v>
+      </c>
+      <c r="I613">
+        <v>0</v>
+      </c>
+      <c r="K613" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="614" spans="1:11">
+      <c r="A614" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B614" t="s">
+        <v>13</v>
+      </c>
+      <c r="C614" t="s">
+        <v>944</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E614">
+        <v>2</v>
+      </c>
+      <c r="F614" t="s">
+        <v>16</v>
+      </c>
+      <c r="G614" t="s">
+        <v>17</v>
+      </c>
+      <c r="H614">
+        <v>54</v>
+      </c>
+      <c r="I614">
+        <v>0</v>
+      </c>
+      <c r="K614" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="615" spans="1:11">
+      <c r="A615" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B615" t="s">
+        <v>13</v>
+      </c>
+      <c r="C615" t="s">
+        <v>944</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E615">
+        <v>2</v>
+      </c>
+      <c r="F615" t="s">
+        <v>16</v>
+      </c>
+      <c r="G615" t="s">
+        <v>17</v>
+      </c>
+      <c r="H615">
+        <v>56</v>
+      </c>
+      <c r="I615">
+        <v>0</v>
+      </c>
+      <c r="K615" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="616" spans="1:11">
+      <c r="A616" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B616" t="s">
+        <v>13</v>
+      </c>
+      <c r="C616" t="s">
+        <v>944</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E616">
+        <v>2</v>
+      </c>
+      <c r="F616" t="s">
+        <v>16</v>
+      </c>
+      <c r="G616" t="s">
+        <v>17</v>
+      </c>
+      <c r="H616">
+        <v>12</v>
+      </c>
+      <c r="I616">
+        <v>0</v>
+      </c>
+      <c r="K616" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="617" spans="1:11">
+      <c r="A617" t="s">
+        <v>567</v>
+      </c>
+      <c r="B617" t="s">
+        <v>13</v>
+      </c>
+      <c r="C617" t="s">
+        <v>944</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1708</v>
+      </c>
+      <c r="E617">
+        <v>2</v>
+      </c>
+      <c r="F617" t="s">
+        <v>16</v>
+      </c>
+      <c r="G617" t="s">
+        <v>17</v>
+      </c>
+      <c r="H617">
+        <v>4</v>
+      </c>
+      <c r="I617">
+        <v>65</v>
+      </c>
+      <c r="K617" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="618" spans="1:11">
+      <c r="A618" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B618" t="s">
+        <v>13</v>
+      </c>
+      <c r="C618" t="s">
+        <v>944</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E618">
+        <v>2</v>
+      </c>
+      <c r="F618" t="s">
+        <v>16</v>
+      </c>
+      <c r="G618" t="s">
+        <v>17</v>
+      </c>
+      <c r="H618">
+        <v>16</v>
+      </c>
+      <c r="I618">
+        <v>0</v>
+      </c>
+      <c r="K618" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="619" spans="1:11">
+      <c r="A619" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B619" t="s">
+        <v>13</v>
+      </c>
+      <c r="C619" t="s">
+        <v>944</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1714</v>
+      </c>
+      <c r="E619">
+        <v>2</v>
+      </c>
+      <c r="F619" t="s">
+        <v>16</v>
+      </c>
+      <c r="G619" t="s">
+        <v>17</v>
+      </c>
+      <c r="H619">
+        <v>10</v>
+      </c>
+      <c r="I619">
+        <v>0</v>
+      </c>
+      <c r="K619" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="620" spans="1:11">
+      <c r="A620" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B620" t="s">
+        <v>13</v>
+      </c>
+      <c r="C620" t="s">
+        <v>944</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1717</v>
+      </c>
+      <c r="E620">
+        <v>2</v>
+      </c>
+      <c r="F620" t="s">
+        <v>16</v>
+      </c>
+      <c r="G620" t="s">
+        <v>17</v>
+      </c>
+      <c r="H620">
+        <v>54</v>
+      </c>
+      <c r="I620">
+        <v>0</v>
+      </c>
+      <c r="K620" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="621" spans="1:11">
+      <c r="A621" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B621" t="s">
+        <v>13</v>
+      </c>
+      <c r="C621" t="s">
+        <v>944</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E621">
+        <v>2</v>
+      </c>
+      <c r="F621" t="s">
+        <v>16</v>
+      </c>
+      <c r="G621" t="s">
+        <v>17</v>
+      </c>
+      <c r="H621">
+        <v>16</v>
+      </c>
+      <c r="I621">
+        <v>0</v>
+      </c>
+      <c r="K621" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="622" spans="1:11">
+      <c r="A622" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B622" t="s">
+        <v>13</v>
+      </c>
+      <c r="C622" t="s">
+        <v>944</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E622">
+        <v>2</v>
+      </c>
+      <c r="F622" t="s">
+        <v>16</v>
+      </c>
+      <c r="G622" t="s">
+        <v>17</v>
+      </c>
+      <c r="H622">
+        <v>53</v>
+      </c>
+      <c r="I622">
+        <v>0</v>
+      </c>
+      <c r="K622" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="623" spans="1:11">
+      <c r="A623" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B623" t="s">
+        <v>13</v>
+      </c>
+      <c r="C623" t="s">
+        <v>944</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E623">
+        <v>2</v>
+      </c>
+      <c r="F623" t="s">
+        <v>16</v>
+      </c>
+      <c r="G623" t="s">
+        <v>17</v>
+      </c>
+      <c r="H623">
+        <v>4</v>
+      </c>
+      <c r="I623">
+        <v>0</v>
+      </c>
+      <c r="K623" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11">
+      <c r="A624" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B624" t="s">
+        <v>13</v>
+      </c>
+      <c r="C624" t="s">
+        <v>944</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1729</v>
+      </c>
+      <c r="E624">
+        <v>2</v>
+      </c>
+      <c r="F624" t="s">
+        <v>16</v>
+      </c>
+      <c r="G624" t="s">
+        <v>17</v>
+      </c>
+      <c r="H624">
+        <v>52</v>
+      </c>
+      <c r="I624">
+        <v>0</v>
+      </c>
+      <c r="K624" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11">
+      <c r="A625" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B625" t="s">
+        <v>13</v>
+      </c>
+      <c r="C625" t="s">
+        <v>944</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1732</v>
+      </c>
+      <c r="E625">
+        <v>2</v>
+      </c>
+      <c r="F625" t="s">
+        <v>16</v>
+      </c>
+      <c r="G625" t="s">
+        <v>17</v>
+      </c>
+      <c r="H625">
+        <v>18</v>
+      </c>
+      <c r="I625">
+        <v>5</v>
+      </c>
+      <c r="K625" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11">
+      <c r="A626" t="s">
+        <v>846</v>
+      </c>
+      <c r="B626" t="s">
+        <v>13</v>
+      </c>
+      <c r="C626" t="s">
+        <v>944</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E626">
+        <v>2</v>
+      </c>
+      <c r="F626" t="s">
+        <v>16</v>
+      </c>
+      <c r="G626" t="s">
+        <v>17</v>
+      </c>
+      <c r="H626">
+        <v>54</v>
+      </c>
+      <c r="I626">
+        <v>0</v>
+      </c>
+      <c r="K626" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="627" spans="1:11">
+      <c r="A627" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B627" t="s">
+        <v>13</v>
+      </c>
+      <c r="C627" t="s">
+        <v>944</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E627">
+        <v>2</v>
+      </c>
+      <c r="F627" t="s">
+        <v>16</v>
+      </c>
+      <c r="G627" t="s">
+        <v>17</v>
+      </c>
+      <c r="H627">
+        <v>3</v>
+      </c>
+      <c r="I627">
+        <v>0</v>
+      </c>
+      <c r="K627" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11">
+      <c r="A628" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B628" t="s">
+        <v>13</v>
+      </c>
+      <c r="C628" t="s">
+        <v>944</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1740</v>
+      </c>
+      <c r="E628">
+        <v>2</v>
+      </c>
+      <c r="F628" t="s">
+        <v>16</v>
+      </c>
+      <c r="G628" t="s">
+        <v>17</v>
+      </c>
+      <c r="H628">
+        <v>11</v>
+      </c>
+      <c r="I628">
+        <v>0</v>
+      </c>
+      <c r="K628" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11">
+      <c r="A629" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B629" t="s">
+        <v>13</v>
+      </c>
+      <c r="C629" t="s">
+        <v>944</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1743</v>
+      </c>
+      <c r="E629">
+        <v>2</v>
+      </c>
+      <c r="F629" t="s">
+        <v>16</v>
+      </c>
+      <c r="G629" t="s">
+        <v>17</v>
+      </c>
+      <c r="H629">
+        <v>56</v>
+      </c>
+      <c r="I629">
+        <v>0</v>
+      </c>
+      <c r="K629" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="630" spans="1:11">
+      <c r="A630" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B630" t="s">
+        <v>13</v>
+      </c>
+      <c r="C630" t="s">
+        <v>944</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E630">
+        <v>2</v>
+      </c>
+      <c r="F630" t="s">
+        <v>16</v>
+      </c>
+      <c r="G630" t="s">
+        <v>17</v>
+      </c>
+      <c r="H630">
+        <v>58</v>
+      </c>
+      <c r="I630">
+        <v>5</v>
+      </c>
+      <c r="K630" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11">
+      <c r="A631" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B631" t="s">
+        <v>13</v>
+      </c>
+      <c r="C631" t="s">
+        <v>944</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1749</v>
+      </c>
+      <c r="E631">
+        <v>2</v>
+      </c>
+      <c r="F631" t="s">
+        <v>16</v>
+      </c>
+      <c r="G631" t="s">
+        <v>17</v>
+      </c>
+      <c r="H631">
+        <v>53</v>
+      </c>
+      <c r="I631">
+        <v>0</v>
+      </c>
+      <c r="K631" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11">
+      <c r="A632" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B632" t="s">
+        <v>13</v>
+      </c>
+      <c r="C632" t="s">
+        <v>944</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E632">
+        <v>2</v>
+      </c>
+      <c r="F632" t="s">
+        <v>16</v>
+      </c>
+      <c r="G632" t="s">
+        <v>17</v>
+      </c>
+      <c r="H632">
+        <v>57</v>
+      </c>
+      <c r="I632">
+        <v>0</v>
+      </c>
+      <c r="K632" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11">
+      <c r="A633" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B633" t="s">
+        <v>13</v>
+      </c>
+      <c r="C633" t="s">
+        <v>944</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1755</v>
+      </c>
+      <c r="E633">
+        <v>2</v>
+      </c>
+      <c r="F633" t="s">
+        <v>16</v>
+      </c>
+      <c r="G633" t="s">
+        <v>17</v>
+      </c>
+      <c r="H633">
+        <v>8</v>
+      </c>
+      <c r="I633">
+        <v>0</v>
+      </c>
+      <c r="K633" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11">
+      <c r="A634" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B634" t="s">
+        <v>13</v>
+      </c>
+      <c r="C634" t="s">
+        <v>944</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E634">
+        <v>2</v>
+      </c>
+      <c r="F634" t="s">
+        <v>16</v>
+      </c>
+      <c r="G634" t="s">
+        <v>17</v>
+      </c>
+      <c r="H634">
+        <v>3</v>
+      </c>
+      <c r="I634">
+        <v>0</v>
+      </c>
+      <c r="K634" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11">
+      <c r="A635" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B635" t="s">
+        <v>13</v>
+      </c>
+      <c r="C635" t="s">
+        <v>944</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E635">
+        <v>2</v>
+      </c>
+      <c r="F635" t="s">
+        <v>16</v>
+      </c>
+      <c r="G635" t="s">
+        <v>17</v>
+      </c>
+      <c r="H635">
+        <v>63</v>
+      </c>
+      <c r="I635">
+        <v>0</v>
+      </c>
+      <c r="K635" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11">
+      <c r="A636" t="s">
+        <v>849</v>
+      </c>
+      <c r="B636" t="s">
+        <v>13</v>
+      </c>
+      <c r="C636" t="s">
+        <v>944</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E636">
+        <v>2</v>
+      </c>
+      <c r="F636" t="s">
+        <v>16</v>
+      </c>
+      <c r="G636" t="s">
+        <v>17</v>
+      </c>
+      <c r="H636">
+        <v>62</v>
+      </c>
+      <c r="I636">
+        <v>0</v>
+      </c>
+      <c r="K636" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="637" spans="1:11">
+      <c r="A637" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B637" t="s">
+        <v>13</v>
+      </c>
+      <c r="C637" t="s">
+        <v>944</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E637">
+        <v>2</v>
+      </c>
+      <c r="F637" t="s">
+        <v>16</v>
+      </c>
+      <c r="G637" t="s">
+        <v>17</v>
+      </c>
+      <c r="H637">
+        <v>54</v>
+      </c>
+      <c r="I637">
+        <v>0</v>
+      </c>
+      <c r="K637" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11">
+      <c r="A638" t="s">
+        <v>689</v>
+      </c>
+      <c r="B638" t="s">
+        <v>13</v>
+      </c>
+      <c r="C638" t="s">
+        <v>944</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E638">
+        <v>2</v>
+      </c>
+      <c r="F638" t="s">
+        <v>16</v>
+      </c>
+      <c r="G638" t="s">
+        <v>17</v>
+      </c>
+      <c r="H638">
+        <v>8</v>
+      </c>
+      <c r="I638">
+        <v>0</v>
+      </c>
+      <c r="K638" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11">
+      <c r="A639" t="s">
+        <v>852</v>
+      </c>
+      <c r="B639" t="s">
+        <v>13</v>
+      </c>
+      <c r="C639" t="s">
+        <v>944</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1770</v>
+      </c>
+      <c r="E639">
+        <v>2</v>
+      </c>
+      <c r="F639" t="s">
+        <v>16</v>
+      </c>
+      <c r="G639" t="s">
+        <v>17</v>
+      </c>
+      <c r="H639">
+        <v>57</v>
+      </c>
+      <c r="I639">
+        <v>5</v>
+      </c>
+      <c r="K639" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11">
+      <c r="A640" t="s">
+        <v>692</v>
+      </c>
+      <c r="B640" t="s">
+        <v>13</v>
+      </c>
+      <c r="C640" t="s">
+        <v>944</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E640">
+        <v>2</v>
+      </c>
+      <c r="F640" t="s">
+        <v>16</v>
+      </c>
+      <c r="G640" t="s">
+        <v>17</v>
+      </c>
+      <c r="H640">
+        <v>56</v>
+      </c>
+      <c r="I640">
+        <v>10</v>
+      </c>
+      <c r="K640" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11">
+      <c r="A641" t="s">
+        <v>857</v>
+      </c>
+      <c r="B641" t="s">
+        <v>13</v>
+      </c>
+      <c r="C641" t="s">
+        <v>944</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E641">
+        <v>2</v>
+      </c>
+      <c r="F641" t="s">
+        <v>16</v>
+      </c>
+      <c r="G641" t="s">
+        <v>17</v>
+      </c>
+      <c r="H641">
+        <v>12</v>
+      </c>
+      <c r="I641">
+        <v>0</v>
+      </c>
+      <c r="K641" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11">
+      <c r="A642" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B642" t="s">
+        <v>13</v>
+      </c>
+      <c r="C642" t="s">
+        <v>944</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1777</v>
+      </c>
+      <c r="E642">
+        <v>2</v>
+      </c>
+      <c r="F642" t="s">
+        <v>16</v>
+      </c>
+      <c r="G642" t="s">
+        <v>17</v>
+      </c>
+      <c r="H642">
+        <v>52</v>
+      </c>
+      <c r="I642">
+        <v>0</v>
+      </c>
+      <c r="K642" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="643" spans="1:11">
+      <c r="A643" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B643" t="s">
+        <v>13</v>
+      </c>
+      <c r="C643" t="s">
+        <v>944</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E643">
+        <v>2</v>
+      </c>
+      <c r="F643" t="s">
+        <v>16</v>
+      </c>
+      <c r="G643" t="s">
+        <v>17</v>
+      </c>
+      <c r="H643">
+        <v>57</v>
+      </c>
+      <c r="I643">
+        <v>0</v>
+      </c>
+      <c r="K643" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11">
+      <c r="A644" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B644" t="s">
+        <v>13</v>
+      </c>
+      <c r="C644" t="s">
+        <v>944</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1783</v>
+      </c>
+      <c r="E644">
+        <v>2</v>
+      </c>
+      <c r="F644" t="s">
+        <v>16</v>
+      </c>
+      <c r="G644" t="s">
+        <v>17</v>
+      </c>
+      <c r="H644">
+        <v>17</v>
+      </c>
+      <c r="I644">
+        <v>0</v>
+      </c>
+      <c r="K644" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="645" spans="1:11">
+      <c r="A645" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B645" t="s">
+        <v>13</v>
+      </c>
+      <c r="C645" t="s">
+        <v>944</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1786</v>
+      </c>
+      <c r="E645">
+        <v>2</v>
+      </c>
+      <c r="F645" t="s">
+        <v>16</v>
+      </c>
+      <c r="G645" t="s">
+        <v>17</v>
+      </c>
+      <c r="H645">
+        <v>52</v>
+      </c>
+      <c r="I645">
+        <v>0</v>
+      </c>
+      <c r="K645" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="646" spans="1:11">
+      <c r="A646" t="s">
+        <v>1788</v>
+      </c>
+      <c r="B646" t="s">
+        <v>13</v>
+      </c>
+      <c r="C646" t="s">
+        <v>944</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E646">
+        <v>2</v>
+      </c>
+      <c r="F646" t="s">
+        <v>16</v>
+      </c>
+      <c r="G646" t="s">
+        <v>17</v>
+      </c>
+      <c r="H646">
+        <v>55</v>
+      </c>
+      <c r="I646">
+        <v>0</v>
+      </c>
+      <c r="K646" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="647" spans="1:11">
+      <c r="A647" t="s">
+        <v>860</v>
+      </c>
+      <c r="B647" t="s">
+        <v>13</v>
+      </c>
+      <c r="C647" t="s">
+        <v>944</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1791</v>
+      </c>
+      <c r="E647">
+        <v>2</v>
+      </c>
+      <c r="F647" t="s">
+        <v>16</v>
+      </c>
+      <c r="G647" t="s">
+        <v>17</v>
+      </c>
+      <c r="H647">
+        <v>6</v>
+      </c>
+      <c r="I647">
+        <v>0</v>
+      </c>
+      <c r="K647" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11">
+      <c r="A648" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B648" t="s">
+        <v>13</v>
+      </c>
+      <c r="C648" t="s">
+        <v>944</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1794</v>
+      </c>
+      <c r="E648">
+        <v>2</v>
+      </c>
+      <c r="F648" t="s">
+        <v>16</v>
+      </c>
+      <c r="G648" t="s">
+        <v>17</v>
+      </c>
+      <c r="H648">
+        <v>54</v>
+      </c>
+      <c r="I648">
+        <v>0</v>
+      </c>
+      <c r="K648" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11">
+      <c r="A649" t="s">
+        <v>699</v>
+      </c>
+      <c r="B649" t="s">
+        <v>13</v>
+      </c>
+      <c r="C649" t="s">
+        <v>944</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E649">
+        <v>2</v>
+      </c>
+      <c r="F649" t="s">
+        <v>16</v>
+      </c>
+      <c r="G649" t="s">
+        <v>17</v>
+      </c>
+      <c r="H649">
+        <v>56</v>
+      </c>
+      <c r="I649">
+        <v>0</v>
+      </c>
+      <c r="K649" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="650" spans="1:11">
+      <c r="A650" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B650" t="s">
+        <v>13</v>
+      </c>
+      <c r="C650" t="s">
+        <v>944</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E650">
+        <v>2</v>
+      </c>
+      <c r="F650" t="s">
+        <v>16</v>
+      </c>
+      <c r="G650" t="s">
+        <v>17</v>
+      </c>
+      <c r="H650">
+        <v>6</v>
+      </c>
+      <c r="I650">
+        <v>0</v>
+      </c>
+      <c r="K650" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="651" spans="1:11">
+      <c r="A651" t="s">
+        <v>867</v>
+      </c>
+      <c r="B651" t="s">
+        <v>13</v>
+      </c>
+      <c r="C651" t="s">
+        <v>944</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1801</v>
+      </c>
+      <c r="E651">
+        <v>2</v>
+      </c>
+      <c r="F651" t="s">
+        <v>16</v>
+      </c>
+      <c r="G651" t="s">
+        <v>17</v>
+      </c>
+      <c r="H651">
+        <v>59</v>
+      </c>
+      <c r="I651">
+        <v>2.5</v>
+      </c>
+      <c r="K651" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11">
+      <c r="A652" t="s">
+        <v>702</v>
+      </c>
+      <c r="B652" t="s">
+        <v>13</v>
+      </c>
+      <c r="C652" t="s">
+        <v>944</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1803</v>
+      </c>
+      <c r="E652">
+        <v>2</v>
+      </c>
+      <c r="F652" t="s">
+        <v>16</v>
+      </c>
+      <c r="G652" t="s">
+        <v>17</v>
+      </c>
+      <c r="H652">
+        <v>58</v>
+      </c>
+      <c r="I652">
+        <v>0</v>
+      </c>
+      <c r="K652" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="653" spans="1:11">
+      <c r="A653" t="s">
+        <v>870</v>
+      </c>
+      <c r="B653" t="s">
+        <v>13</v>
+      </c>
+      <c r="C653" t="s">
+        <v>944</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E653">
+        <v>2</v>
+      </c>
+      <c r="F653" t="s">
+        <v>16</v>
+      </c>
+      <c r="G653" t="s">
+        <v>17</v>
+      </c>
+      <c r="H653">
+        <v>54</v>
+      </c>
+      <c r="I653">
+        <v>0</v>
+      </c>
+      <c r="K653" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11">
+      <c r="A654" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B654" t="s">
+        <v>13</v>
+      </c>
+      <c r="C654" t="s">
+        <v>944</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E654">
+        <v>2</v>
+      </c>
+      <c r="F654" t="s">
+        <v>16</v>
+      </c>
+      <c r="G654" t="s">
+        <v>17</v>
+      </c>
+      <c r="H654">
+        <v>10</v>
+      </c>
+      <c r="I654">
+        <v>0</v>
+      </c>
+      <c r="K654" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11">
+      <c r="A655" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B655" t="s">
+        <v>13</v>
+      </c>
+      <c r="C655" t="s">
+        <v>944</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E655">
+        <v>2</v>
+      </c>
+      <c r="F655" t="s">
+        <v>16</v>
+      </c>
+      <c r="G655" t="s">
+        <v>17</v>
+      </c>
+      <c r="H655">
+        <v>56</v>
+      </c>
+      <c r="I655">
+        <v>0</v>
+      </c>
+      <c r="K655" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11">
+      <c r="A656" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B656" t="s">
+        <v>13</v>
+      </c>
+      <c r="C656" t="s">
+        <v>944</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E656">
+        <v>2</v>
+      </c>
+      <c r="F656" t="s">
+        <v>16</v>
+      </c>
+      <c r="G656" t="s">
+        <v>17</v>
+      </c>
+      <c r="H656">
+        <v>8</v>
+      </c>
+      <c r="I656">
+        <v>0</v>
+      </c>
+      <c r="K656" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="657" spans="1:11">
+      <c r="A657" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B657" t="s">
+        <v>13</v>
+      </c>
+      <c r="C657" t="s">
+        <v>944</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E657">
+        <v>2</v>
+      </c>
+      <c r="F657" t="s">
+        <v>16</v>
+      </c>
+      <c r="G657" t="s">
+        <v>17</v>
+      </c>
+      <c r="H657">
+        <v>14</v>
+      </c>
+      <c r="I657">
+        <v>0</v>
+      </c>
+      <c r="K657" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="658" spans="1:11">
+      <c r="A658" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B658" t="s">
+        <v>13</v>
+      </c>
+      <c r="C658" t="s">
+        <v>944</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E658">
+        <v>2</v>
+      </c>
+      <c r="F658" t="s">
+        <v>16</v>
+      </c>
+      <c r="G658" t="s">
+        <v>17</v>
+      </c>
+      <c r="H658">
+        <v>11</v>
+      </c>
+      <c r="I658">
+        <v>0</v>
+      </c>
+      <c r="K658" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="659" spans="1:11">
+      <c r="A659" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B659" t="s">
+        <v>13</v>
+      </c>
+      <c r="C659" t="s">
+        <v>944</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E659">
+        <v>2</v>
+      </c>
+      <c r="F659" t="s">
+        <v>16</v>
+      </c>
+      <c r="G659" t="s">
+        <v>17</v>
+      </c>
+      <c r="H659">
+        <v>57</v>
+      </c>
+      <c r="I659">
+        <v>0</v>
+      </c>
+      <c r="K659" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="660" spans="1:11">
+      <c r="A660" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B660" t="s">
+        <v>13</v>
+      </c>
+      <c r="C660" t="s">
+        <v>944</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E660">
+        <v>2</v>
+      </c>
+      <c r="F660" t="s">
+        <v>16</v>
+      </c>
+      <c r="G660" t="s">
+        <v>17</v>
+      </c>
+      <c r="H660">
+        <v>56</v>
+      </c>
+      <c r="I660">
+        <v>0</v>
+      </c>
+      <c r="K660" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="661" spans="1:11">
+      <c r="A661" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B661" t="s">
+        <v>13</v>
+      </c>
+      <c r="C661" t="s">
+        <v>944</v>
+      </c>
+      <c r="D661" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E661">
+        <v>2</v>
+      </c>
+      <c r="F661" t="s">
+        <v>16</v>
+      </c>
+      <c r="G661" t="s">
+        <v>17</v>
+      </c>
+      <c r="H661">
+        <v>58</v>
+      </c>
+      <c r="I661">
+        <v>0</v>
+      </c>
+      <c r="K661" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11">
+      <c r="A662" t="s">
+        <v>877</v>
+      </c>
+      <c r="B662" t="s">
+        <v>13</v>
+      </c>
+      <c r="C662" t="s">
+        <v>944</v>
+      </c>
+      <c r="D662" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E662">
+        <v>2</v>
+      </c>
+      <c r="F662" t="s">
+        <v>16</v>
+      </c>
+      <c r="G662" t="s">
+        <v>17</v>
+      </c>
+      <c r="H662">
+        <v>10</v>
+      </c>
+      <c r="I662">
+        <v>0</v>
+      </c>
+      <c r="K662" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="663" spans="1:11">
+      <c r="A663" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B663" t="s">
+        <v>13</v>
+      </c>
+      <c r="C663" t="s">
+        <v>944</v>
+      </c>
+      <c r="D663" t="s">
+        <v>1834</v>
+      </c>
+      <c r="E663">
+        <v>2</v>
+      </c>
+      <c r="F663" t="s">
+        <v>16</v>
+      </c>
+      <c r="G663" t="s">
+        <v>17</v>
+      </c>
+      <c r="H663">
+        <v>14</v>
+      </c>
+      <c r="I663">
+        <v>0</v>
+      </c>
+      <c r="K663" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="664" spans="1:11">
+      <c r="A664" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B664" t="s">
+        <v>13</v>
+      </c>
+      <c r="C664" t="s">
+        <v>944</v>
+      </c>
+      <c r="D664" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E664">
+        <v>2</v>
+      </c>
+      <c r="F664" t="s">
+        <v>16</v>
+      </c>
+      <c r="G664" t="s">
+        <v>17</v>
+      </c>
+      <c r="H664">
+        <v>54</v>
+      </c>
+      <c r="I664">
+        <v>0</v>
+      </c>
+      <c r="K664" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11">
+      <c r="A665" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B665" t="s">
+        <v>13</v>
+      </c>
+      <c r="C665" t="s">
+        <v>944</v>
+      </c>
+      <c r="D665" t="s">
+        <v>1840</v>
+      </c>
+      <c r="E665">
+        <v>2</v>
+      </c>
+      <c r="F665" t="s">
+        <v>16</v>
+      </c>
+      <c r="G665" t="s">
+        <v>17</v>
+      </c>
+      <c r="H665">
+        <v>8</v>
+      </c>
+      <c r="I665">
+        <v>0</v>
+      </c>
+      <c r="K665" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="666" spans="1:11">
+      <c r="A666" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B666" t="s">
+        <v>13</v>
+      </c>
+      <c r="C666" t="s">
+        <v>944</v>
+      </c>
+      <c r="D666" t="s">
+        <v>1843</v>
+      </c>
+      <c r="E666">
+        <v>2</v>
+      </c>
+      <c r="F666" t="s">
+        <v>16</v>
+      </c>
+      <c r="G666" t="s">
+        <v>17</v>
+      </c>
+      <c r="H666">
+        <v>64</v>
+      </c>
+      <c r="I666">
+        <v>0</v>
+      </c>
+      <c r="K666" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11">
+      <c r="A667" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B667" t="s">
+        <v>13</v>
+      </c>
+      <c r="C667" t="s">
+        <v>944</v>
+      </c>
+      <c r="D667" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E667">
+        <v>2</v>
+      </c>
+      <c r="F667" t="s">
+        <v>16</v>
+      </c>
+      <c r="G667" t="s">
+        <v>17</v>
+      </c>
+      <c r="H667">
+        <v>10</v>
+      </c>
+      <c r="I667">
+        <v>0</v>
+      </c>
+      <c r="K667" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="668" spans="1:11">
+      <c r="A668" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B668" t="s">
+        <v>13</v>
+      </c>
+      <c r="C668" t="s">
+        <v>944</v>
+      </c>
+      <c r="D668" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E668">
+        <v>2</v>
+      </c>
+      <c r="F668" t="s">
+        <v>16</v>
+      </c>
+      <c r="G668" t="s">
+        <v>17</v>
+      </c>
+      <c r="H668">
+        <v>55</v>
+      </c>
+      <c r="I668">
+        <v>15</v>
+      </c>
+      <c r="K668" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="669" spans="1:11">
+      <c r="A669" t="s">
+        <v>531</v>
+      </c>
+      <c r="B669" t="s">
+        <v>13</v>
+      </c>
+      <c r="C669" t="s">
+        <v>944</v>
+      </c>
+      <c r="D669" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E669">
+        <v>2</v>
+      </c>
+      <c r="F669" t="s">
+        <v>16</v>
+      </c>
+      <c r="G669" t="s">
+        <v>17</v>
+      </c>
+      <c r="H669">
+        <v>10</v>
+      </c>
+      <c r="I669">
+        <v>0</v>
+      </c>
+      <c r="K669" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11">
+      <c r="A670" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B670" t="s">
+        <v>13</v>
+      </c>
+      <c r="C670" t="s">
+        <v>944</v>
+      </c>
+      <c r="D670" t="s">
+        <v>1854</v>
+      </c>
+      <c r="E670">
+        <v>2</v>
+      </c>
+      <c r="F670" t="s">
+        <v>16</v>
+      </c>
+      <c r="G670" t="s">
+        <v>17</v>
+      </c>
+      <c r="H670">
+        <v>56</v>
+      </c>
+      <c r="I670">
+        <v>0</v>
+      </c>
+      <c r="K670" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11">
+      <c r="A671" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B671" t="s">
+        <v>13</v>
+      </c>
+      <c r="C671" t="s">
+        <v>944</v>
+      </c>
+      <c r="D671" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E671">
+        <v>2</v>
+      </c>
+      <c r="F671" t="s">
+        <v>16</v>
+      </c>
+      <c r="G671" t="s">
+        <v>17</v>
+      </c>
+      <c r="H671">
+        <v>16</v>
+      </c>
+      <c r="I671">
+        <v>42.5</v>
+      </c>
+      <c r="K671" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="672" spans="1:11">
+      <c r="A672" t="s">
+        <v>884</v>
+      </c>
+      <c r="B672" t="s">
+        <v>13</v>
+      </c>
+      <c r="C672" t="s">
+        <v>944</v>
+      </c>
+      <c r="D672" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E672">
+        <v>2</v>
+      </c>
+      <c r="F672" t="s">
+        <v>16</v>
+      </c>
+      <c r="G672" t="s">
+        <v>17</v>
+      </c>
+      <c r="H672">
+        <v>3</v>
+      </c>
+      <c r="I672">
+        <v>0</v>
+      </c>
+      <c r="K672" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="673" spans="1:11">
+      <c r="A673" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B673" t="s">
+        <v>13</v>
+      </c>
+      <c r="C673" t="s">
+        <v>944</v>
+      </c>
+      <c r="D673" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E673">
+        <v>2</v>
+      </c>
+      <c r="F673" t="s">
+        <v>16</v>
+      </c>
+      <c r="G673" t="s">
+        <v>17</v>
+      </c>
+      <c r="H673">
+        <v>56</v>
+      </c>
+      <c r="I673">
+        <v>0</v>
+      </c>
+      <c r="K673" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11">
+      <c r="A674" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B674" t="s">
+        <v>13</v>
+      </c>
+      <c r="C674" t="s">
+        <v>944</v>
+      </c>
+      <c r="D674" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E674">
+        <v>2</v>
+      </c>
+      <c r="F674" t="s">
+        <v>16</v>
+      </c>
+      <c r="G674" t="s">
+        <v>17</v>
+      </c>
+      <c r="H674">
+        <v>63</v>
+      </c>
+      <c r="I674">
+        <v>0</v>
+      </c>
+      <c r="K674" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11">
+      <c r="A675" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B675" t="s">
+        <v>13</v>
+      </c>
+      <c r="C675" t="s">
+        <v>944</v>
+      </c>
+      <c r="D675" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E675">
+        <v>2</v>
+      </c>
+      <c r="F675" t="s">
+        <v>16</v>
+      </c>
+      <c r="G675" t="s">
+        <v>17</v>
+      </c>
+      <c r="H675">
+        <v>20</v>
+      </c>
+      <c r="I675">
+        <v>0</v>
+      </c>
+      <c r="K675" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="676" spans="1:11">
+      <c r="A676" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B676" t="s">
+        <v>13</v>
+      </c>
+      <c r="C676" t="s">
+        <v>944</v>
+      </c>
+      <c r="D676" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E676">
+        <v>2</v>
+      </c>
+      <c r="F676" t="s">
+        <v>16</v>
+      </c>
+      <c r="G676" t="s">
+        <v>17</v>
+      </c>
+      <c r="H676">
+        <v>56</v>
+      </c>
+      <c r="I676">
+        <v>0</v>
+      </c>
+      <c r="K676" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="677" spans="1:11">
+      <c r="A677" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B677" t="s">
+        <v>13</v>
+      </c>
+      <c r="C677" t="s">
+        <v>944</v>
+      </c>
+      <c r="D677" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E677">
+        <v>2</v>
+      </c>
+      <c r="F677" t="s">
+        <v>16</v>
+      </c>
+      <c r="G677" t="s">
+        <v>17</v>
+      </c>
+      <c r="H677">
+        <v>57</v>
+      </c>
+      <c r="I677">
+        <v>0</v>
+      </c>
+      <c r="K677" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="678" spans="1:11">
+      <c r="A678" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B678" t="s">
+        <v>13</v>
+      </c>
+      <c r="C678" t="s">
+        <v>944</v>
+      </c>
+      <c r="D678" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E678">
+        <v>2</v>
+      </c>
+      <c r="F678" t="s">
+        <v>16</v>
+      </c>
+      <c r="G678" t="s">
+        <v>17</v>
+      </c>
+      <c r="H678">
+        <v>58</v>
+      </c>
+      <c r="I678">
+        <v>0</v>
+      </c>
+      <c r="K678" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11">
+      <c r="A679" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B679" t="s">
+        <v>13</v>
+      </c>
+      <c r="C679" t="s">
+        <v>944</v>
+      </c>
+      <c r="D679" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E679">
+        <v>2</v>
+      </c>
+      <c r="F679" t="s">
+        <v>16</v>
+      </c>
+      <c r="G679" t="s">
+        <v>17</v>
+      </c>
+      <c r="H679">
+        <v>62</v>
+      </c>
+      <c r="I679">
+        <v>0</v>
+      </c>
+      <c r="K679" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="680" spans="1:11">
+      <c r="A680" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B680" t="s">
+        <v>13</v>
+      </c>
+      <c r="C680" t="s">
+        <v>944</v>
+      </c>
+      <c r="D680" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E680">
+        <v>2</v>
+      </c>
+      <c r="F680" t="s">
+        <v>16</v>
+      </c>
+      <c r="G680" t="s">
+        <v>17</v>
+      </c>
+      <c r="H680">
+        <v>10</v>
+      </c>
+      <c r="I680">
+        <v>0</v>
+      </c>
+      <c r="K680" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="681" spans="1:11">
+      <c r="A681" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B681" t="s">
+        <v>13</v>
+      </c>
+      <c r="C681" t="s">
+        <v>944</v>
+      </c>
+      <c r="D681" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E681">
+        <v>2</v>
+      </c>
+      <c r="F681" t="s">
+        <v>16</v>
+      </c>
+      <c r="G681" t="s">
+        <v>17</v>
+      </c>
+      <c r="H681">
+        <v>10</v>
+      </c>
+      <c r="I681">
+        <v>0</v>
+      </c>
+      <c r="K681" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="682" spans="1:11">
+      <c r="A682" t="s">
+        <v>887</v>
+      </c>
+      <c r="B682" t="s">
+        <v>13</v>
+      </c>
+      <c r="C682" t="s">
+        <v>944</v>
+      </c>
+      <c r="D682" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E682">
+        <v>2</v>
+      </c>
+      <c r="F682" t="s">
+        <v>16</v>
+      </c>
+      <c r="G682" t="s">
+        <v>17</v>
+      </c>
+      <c r="H682">
+        <v>17</v>
+      </c>
+      <c r="I682">
+        <v>0</v>
+      </c>
+      <c r="K682" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11">
+      <c r="A683" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B683" t="s">
+        <v>13</v>
+      </c>
+      <c r="C683" t="s">
+        <v>944</v>
+      </c>
+      <c r="D683" t="s">
+        <v>1891</v>
+      </c>
+      <c r="E683">
+        <v>2</v>
+      </c>
+      <c r="F683" t="s">
+        <v>16</v>
+      </c>
+      <c r="G683" t="s">
+        <v>17</v>
+      </c>
+      <c r="H683">
+        <v>14</v>
+      </c>
+      <c r="I683">
+        <v>0</v>
+      </c>
+      <c r="K683" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11">
+      <c r="A684" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B684" t="s">
+        <v>13</v>
+      </c>
+      <c r="C684" t="s">
+        <v>944</v>
+      </c>
+      <c r="D684" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E684">
+        <v>2</v>
+      </c>
+      <c r="F684" t="s">
+        <v>16</v>
+      </c>
+      <c r="G684" t="s">
+        <v>17</v>
+      </c>
+      <c r="H684">
+        <v>6</v>
+      </c>
+      <c r="I684">
+        <v>0</v>
+      </c>
+      <c r="K684" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11">
+      <c r="A685" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B685" t="s">
+        <v>13</v>
+      </c>
+      <c r="C685" t="s">
+        <v>944</v>
+      </c>
+      <c r="D685" t="s">
+        <v>1897</v>
+      </c>
+      <c r="E685">
+        <v>2</v>
+      </c>
+      <c r="F685" t="s">
+        <v>16</v>
+      </c>
+      <c r="G685" t="s">
+        <v>17</v>
+      </c>
+      <c r="H685">
+        <v>64</v>
+      </c>
+      <c r="I685">
+        <v>0</v>
+      </c>
+      <c r="K685" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="686" spans="1:11">
+      <c r="A686" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B686" t="s">
+        <v>13</v>
+      </c>
+      <c r="C686" t="s">
+        <v>944</v>
+      </c>
+      <c r="D686" t="s">
+        <v>1900</v>
+      </c>
+      <c r="E686">
+        <v>2</v>
+      </c>
+      <c r="F686" t="s">
+        <v>16</v>
+      </c>
+      <c r="G686" t="s">
+        <v>17</v>
+      </c>
+      <c r="H686">
+        <v>10</v>
+      </c>
+      <c r="I686">
+        <v>0</v>
+      </c>
+      <c r="K686" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="687" spans="1:11">
+      <c r="A687" t="s">
+        <v>1902</v>
+      </c>
+      <c r="B687" t="s">
+        <v>13</v>
+      </c>
+      <c r="C687" t="s">
+        <v>944</v>
+      </c>
+      <c r="D687" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E687">
+        <v>2</v>
+      </c>
+      <c r="F687" t="s">
+        <v>16</v>
+      </c>
+      <c r="G687" t="s">
+        <v>17</v>
+      </c>
+      <c r="H687">
+        <v>54</v>
+      </c>
+      <c r="I687">
+        <v>0</v>
+      </c>
+      <c r="K687" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="688" spans="1:11">
+      <c r="A688" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B688" t="s">
+        <v>13</v>
+      </c>
+      <c r="C688" t="s">
+        <v>944</v>
+      </c>
+      <c r="D688" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E688">
+        <v>2</v>
+      </c>
+      <c r="F688" t="s">
+        <v>16</v>
+      </c>
+      <c r="G688" t="s">
+        <v>17</v>
+      </c>
+      <c r="H688">
+        <v>60</v>
+      </c>
+      <c r="I688">
+        <v>0</v>
+      </c>
+      <c r="K688" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11">
+      <c r="A689" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B689" t="s">
+        <v>13</v>
+      </c>
+      <c r="C689" t="s">
+        <v>944</v>
+      </c>
+      <c r="D689" t="s">
+        <v>1909</v>
+      </c>
+      <c r="E689">
+        <v>2</v>
+      </c>
+      <c r="F689" t="s">
+        <v>16</v>
+      </c>
+      <c r="G689" t="s">
+        <v>17</v>
+      </c>
+      <c r="H689">
+        <v>16</v>
+      </c>
+      <c r="I689">
+        <v>0</v>
+      </c>
+      <c r="K689" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11">
+      <c r="A690" t="s">
+        <v>894</v>
+      </c>
+      <c r="B690" t="s">
+        <v>13</v>
+      </c>
+      <c r="C690" t="s">
+        <v>944</v>
+      </c>
+      <c r="D690" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E690">
+        <v>2</v>
+      </c>
+      <c r="F690" t="s">
+        <v>16</v>
+      </c>
+      <c r="G690" t="s">
+        <v>17</v>
+      </c>
+      <c r="H690">
+        <v>54</v>
+      </c>
+      <c r="I690">
+        <v>0</v>
+      </c>
+      <c r="K690" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11">
+      <c r="A691" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B691" t="s">
+        <v>13</v>
+      </c>
+      <c r="C691" t="s">
+        <v>944</v>
+      </c>
+      <c r="D691" t="s">
+        <v>1914</v>
+      </c>
+      <c r="E691">
+        <v>2</v>
+      </c>
+      <c r="F691" t="s">
+        <v>16</v>
+      </c>
+      <c r="G691" t="s">
+        <v>17</v>
+      </c>
+      <c r="H691">
+        <v>54</v>
+      </c>
+      <c r="I691">
+        <v>0</v>
+      </c>
+      <c r="K691" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11">
+      <c r="A692" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B692" t="s">
+        <v>13</v>
+      </c>
+      <c r="C692" t="s">
+        <v>944</v>
+      </c>
+      <c r="D692" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E692">
+        <v>2</v>
+      </c>
+      <c r="F692" t="s">
+        <v>16</v>
+      </c>
+      <c r="G692" t="s">
+        <v>17</v>
+      </c>
+      <c r="H692">
+        <v>54</v>
+      </c>
+      <c r="I692">
+        <v>0</v>
+      </c>
+      <c r="K692" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11">
+      <c r="A693" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B693" t="s">
+        <v>13</v>
+      </c>
+      <c r="C693" t="s">
+        <v>944</v>
+      </c>
+      <c r="D693" t="s">
+        <v>1920</v>
+      </c>
+      <c r="E693">
+        <v>2</v>
+      </c>
+      <c r="F693" t="s">
+        <v>16</v>
+      </c>
+      <c r="G693" t="s">
+        <v>17</v>
+      </c>
+      <c r="H693">
+        <v>7</v>
+      </c>
+      <c r="I693">
+        <v>0</v>
+      </c>
+      <c r="K693" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="694" spans="1:11">
+      <c r="A694" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B694" t="s">
+        <v>13</v>
+      </c>
+      <c r="C694" t="s">
+        <v>944</v>
+      </c>
+      <c r="D694" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E694">
+        <v>2</v>
+      </c>
+      <c r="F694" t="s">
+        <v>16</v>
+      </c>
+      <c r="G694" t="s">
+        <v>17</v>
+      </c>
+      <c r="H694">
+        <v>8</v>
+      </c>
+      <c r="I694">
+        <v>0</v>
+      </c>
+      <c r="K694" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11">
+      <c r="A695" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B695" t="s">
+        <v>13</v>
+      </c>
+      <c r="C695" t="s">
+        <v>944</v>
+      </c>
+      <c r="D695" t="s">
+        <v>1926</v>
+      </c>
+      <c r="E695">
+        <v>2</v>
+      </c>
+      <c r="F695" t="s">
+        <v>16</v>
+      </c>
+      <c r="G695" t="s">
+        <v>17</v>
+      </c>
+      <c r="H695">
+        <v>7</v>
+      </c>
+      <c r="I695">
+        <v>0</v>
+      </c>
+      <c r="K695" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11">
+      <c r="A696" t="s">
+        <v>901</v>
+      </c>
+      <c r="B696" t="s">
+        <v>13</v>
+      </c>
+      <c r="C696" t="s">
+        <v>944</v>
+      </c>
+      <c r="D696" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E696">
+        <v>2</v>
+      </c>
+      <c r="F696" t="s">
+        <v>16</v>
+      </c>
+      <c r="G696" t="s">
+        <v>17</v>
+      </c>
+      <c r="H696">
+        <v>18</v>
+      </c>
+      <c r="I696">
+        <v>0</v>
+      </c>
+      <c r="K696" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="697" spans="1:11">
+      <c r="A697" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B697" t="s">
+        <v>13</v>
+      </c>
+      <c r="C697" t="s">
+        <v>944</v>
+      </c>
+      <c r="D697" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E697">
+        <v>2</v>
+      </c>
+      <c r="F697" t="s">
+        <v>16</v>
+      </c>
+      <c r="G697" t="s">
+        <v>17</v>
+      </c>
+      <c r="H697">
+        <v>56</v>
+      </c>
+      <c r="I697">
+        <v>0</v>
+      </c>
+      <c r="K697" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="698" spans="1:11">
+      <c r="A698" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B698" t="s">
+        <v>13</v>
+      </c>
+      <c r="C698" t="s">
+        <v>944</v>
+      </c>
+      <c r="D698" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E698">
+        <v>2</v>
+      </c>
+      <c r="F698" t="s">
+        <v>16</v>
+      </c>
+      <c r="G698" t="s">
+        <v>17</v>
+      </c>
+      <c r="H698">
+        <v>52</v>
+      </c>
+      <c r="I698">
+        <v>0</v>
+      </c>
+      <c r="K698" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="699" spans="1:11">
+      <c r="A699" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B699" t="s">
+        <v>13</v>
+      </c>
+      <c r="C699" t="s">
+        <v>944</v>
+      </c>
+      <c r="D699" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E699">
+        <v>2</v>
+      </c>
+      <c r="F699" t="s">
+        <v>16</v>
+      </c>
+      <c r="G699" t="s">
+        <v>17</v>
+      </c>
+      <c r="H699">
+        <v>12</v>
+      </c>
+      <c r="I699">
+        <v>0</v>
+      </c>
+      <c r="K699" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="700" spans="1:11">
+      <c r="A700" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B700" t="s">
+        <v>13</v>
+      </c>
+      <c r="C700" t="s">
+        <v>944</v>
+      </c>
+      <c r="D700" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E700">
+        <v>2</v>
+      </c>
+      <c r="F700" t="s">
+        <v>16</v>
+      </c>
+      <c r="G700" t="s">
+        <v>17</v>
+      </c>
+      <c r="H700">
+        <v>10</v>
+      </c>
+      <c r="I700">
+        <v>0</v>
+      </c>
+      <c r="K700" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11">
+      <c r="A701" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B701" t="s">
+        <v>13</v>
+      </c>
+      <c r="C701" t="s">
+        <v>944</v>
+      </c>
+      <c r="D701" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E701">
+        <v>2</v>
+      </c>
+      <c r="F701" t="s">
+        <v>16</v>
+      </c>
+      <c r="G701" t="s">
+        <v>17</v>
+      </c>
+      <c r="H701">
+        <v>58</v>
+      </c>
+      <c r="I701">
+        <v>0</v>
+      </c>
+      <c r="K701" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11">
+      <c r="A702" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B702" t="s">
+        <v>13</v>
+      </c>
+      <c r="C702" t="s">
+        <v>944</v>
+      </c>
+      <c r="D702" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E702">
+        <v>2</v>
+      </c>
+      <c r="F702" t="s">
+        <v>16</v>
+      </c>
+      <c r="G702" t="s">
+        <v>17</v>
+      </c>
+      <c r="H702">
+        <v>56</v>
+      </c>
+      <c r="I702">
+        <v>0</v>
+      </c>
+      <c r="K702" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11">
+      <c r="A703" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B703" t="s">
+        <v>13</v>
+      </c>
+      <c r="C703" t="s">
+        <v>944</v>
+      </c>
+      <c r="D703" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E703">
+        <v>2</v>
+      </c>
+      <c r="F703" t="s">
+        <v>16</v>
+      </c>
+      <c r="G703" t="s">
+        <v>17</v>
+      </c>
+      <c r="H703">
+        <v>12</v>
+      </c>
+      <c r="I703">
+        <v>0</v>
+      </c>
+      <c r="K703" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="704" spans="1:11">
+      <c r="A704" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B704" t="s">
+        <v>13</v>
+      </c>
+      <c r="C704" t="s">
+        <v>944</v>
+      </c>
+      <c r="D704" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E704">
+        <v>2</v>
+      </c>
+      <c r="F704" t="s">
+        <v>16</v>
+      </c>
+      <c r="G704" t="s">
+        <v>17</v>
+      </c>
+      <c r="H704">
+        <v>58</v>
+      </c>
+      <c r="I704">
+        <v>0</v>
+      </c>
+      <c r="K704" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11">
+      <c r="A705" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B705" t="s">
+        <v>13</v>
+      </c>
+      <c r="C705" t="s">
+        <v>944</v>
+      </c>
+      <c r="D705" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E705">
+        <v>2</v>
+      </c>
+      <c r="F705" t="s">
+        <v>16</v>
+      </c>
+      <c r="G705" t="s">
+        <v>17</v>
+      </c>
+      <c r="H705">
+        <v>8</v>
+      </c>
+      <c r="I705">
+        <v>47.5</v>
+      </c>
+      <c r="K705" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="706" spans="1:11">
+      <c r="A706" t="s">
+        <v>908</v>
+      </c>
+      <c r="B706" t="s">
+        <v>13</v>
+      </c>
+      <c r="C706" t="s">
+        <v>944</v>
+      </c>
+      <c r="D706" t="s">
+        <v>1957</v>
+      </c>
+      <c r="E706">
+        <v>2</v>
+      </c>
+      <c r="F706" t="s">
+        <v>16</v>
+      </c>
+      <c r="G706" t="s">
+        <v>17</v>
+      </c>
+      <c r="H706">
+        <v>14</v>
+      </c>
+      <c r="I706">
+        <v>0</v>
+      </c>
+      <c r="K706" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="707" spans="1:11">
+      <c r="A707" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B707" t="s">
+        <v>13</v>
+      </c>
+      <c r="C707" t="s">
+        <v>944</v>
+      </c>
+      <c r="D707" t="s">
+        <v>1960</v>
+      </c>
+      <c r="E707">
+        <v>2</v>
+      </c>
+      <c r="F707" t="s">
+        <v>16</v>
+      </c>
+      <c r="G707" t="s">
+        <v>17</v>
+      </c>
+      <c r="H707">
+        <v>56</v>
+      </c>
+      <c r="I707">
+        <v>0</v>
+      </c>
+      <c r="K707" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="708" spans="1:11">
+      <c r="A708" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B708" t="s">
+        <v>13</v>
+      </c>
+      <c r="C708" t="s">
+        <v>944</v>
+      </c>
+      <c r="D708" t="s">
+        <v>1963</v>
+      </c>
+      <c r="E708">
+        <v>2</v>
+      </c>
+      <c r="F708" t="s">
+        <v>16</v>
+      </c>
+      <c r="G708" t="s">
+        <v>17</v>
+      </c>
+      <c r="H708">
+        <v>58</v>
+      </c>
+      <c r="I708">
+        <v>0</v>
+      </c>
+      <c r="K708" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="709" spans="1:11">
+      <c r="A709" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B709" t="s">
+        <v>13</v>
+      </c>
+      <c r="C709" t="s">
+        <v>944</v>
+      </c>
+      <c r="D709" t="s">
+        <v>1966</v>
+      </c>
+      <c r="E709">
+        <v>2</v>
+      </c>
+      <c r="F709" t="s">
+        <v>16</v>
+      </c>
+      <c r="G709" t="s">
+        <v>17</v>
+      </c>
+      <c r="H709">
+        <v>53</v>
+      </c>
+      <c r="I709">
+        <v>0</v>
+      </c>
+      <c r="K709" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="710" spans="1:11">
+      <c r="A710" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B710" t="s">
+        <v>13</v>
+      </c>
+      <c r="C710" t="s">
+        <v>944</v>
+      </c>
+      <c r="D710" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E710">
+        <v>2</v>
+      </c>
+      <c r="F710" t="s">
+        <v>16</v>
+      </c>
+      <c r="G710" t="s">
+        <v>17</v>
+      </c>
+      <c r="H710">
+        <v>4</v>
+      </c>
+      <c r="I710">
+        <v>0</v>
+      </c>
+      <c r="K710" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="711" spans="1:11">
+      <c r="A711" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B711" t="s">
+        <v>13</v>
+      </c>
+      <c r="C711" t="s">
+        <v>944</v>
+      </c>
+      <c r="D711" t="s">
+        <v>1972</v>
+      </c>
+      <c r="E711">
+        <v>2</v>
+      </c>
+      <c r="F711" t="s">
+        <v>16</v>
+      </c>
+      <c r="G711" t="s">
+        <v>17</v>
+      </c>
+      <c r="H711">
+        <v>54</v>
+      </c>
+      <c r="I711">
+        <v>0</v>
+      </c>
+      <c r="K711" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="712" spans="1:11">
+      <c r="A712" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B712" t="s">
+        <v>13</v>
+      </c>
+      <c r="C712" t="s">
+        <v>944</v>
+      </c>
+      <c r="D712" t="s">
+        <v>1975</v>
+      </c>
+      <c r="E712">
+        <v>2</v>
+      </c>
+      <c r="F712" t="s">
+        <v>16</v>
+      </c>
+      <c r="G712" t="s">
+        <v>17</v>
+      </c>
+      <c r="H712">
+        <v>53</v>
+      </c>
+      <c r="I712">
+        <v>0</v>
+      </c>
+      <c r="K712" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="713" spans="1:11">
+      <c r="A713" t="s">
+        <v>913</v>
+      </c>
+      <c r="B713" t="s">
+        <v>13</v>
+      </c>
+      <c r="C713" t="s">
+        <v>944</v>
+      </c>
+      <c r="D713" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E713">
+        <v>2</v>
+      </c>
+      <c r="F713" t="s">
+        <v>16</v>
+      </c>
+      <c r="G713" t="s">
+        <v>17</v>
+      </c>
+      <c r="H713">
+        <v>8</v>
+      </c>
+      <c r="I713">
+        <v>0</v>
+      </c>
+      <c r="K713" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="714" spans="1:11">
+      <c r="A714" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B714" t="s">
+        <v>13</v>
+      </c>
+      <c r="C714" t="s">
+        <v>944</v>
+      </c>
+      <c r="D714" t="s">
+        <v>1980</v>
+      </c>
+      <c r="E714">
+        <v>2</v>
+      </c>
+      <c r="F714" t="s">
+        <v>16</v>
+      </c>
+      <c r="G714" t="s">
+        <v>17</v>
+      </c>
+      <c r="H714">
+        <v>60</v>
+      </c>
+      <c r="I714">
+        <v>0</v>
+      </c>
+      <c r="K714" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="715" spans="1:11">
+      <c r="A715" t="s">
+        <v>1982</v>
+      </c>
+      <c r="B715" t="s">
+        <v>13</v>
+      </c>
+      <c r="C715" t="s">
+        <v>944</v>
+      </c>
+      <c r="D715" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E715">
+        <v>2</v>
+      </c>
+      <c r="F715" t="s">
+        <v>16</v>
+      </c>
+      <c r="G715" t="s">
+        <v>17</v>
+      </c>
+      <c r="H715">
+        <v>57</v>
+      </c>
+      <c r="I715">
+        <v>0</v>
+      </c>
+      <c r="K715" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="716" spans="1:11">
+      <c r="A716" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B716" t="s">
+        <v>13</v>
+      </c>
+      <c r="C716" t="s">
+        <v>944</v>
+      </c>
+      <c r="D716" t="s">
+        <v>1986</v>
+      </c>
+      <c r="E716">
+        <v>2</v>
+      </c>
+      <c r="F716" t="s">
+        <v>16</v>
+      </c>
+      <c r="G716" t="s">
+        <v>17</v>
+      </c>
+      <c r="H716">
+        <v>54</v>
+      </c>
+      <c r="I716">
+        <v>0</v>
+      </c>
+      <c r="K716" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="717" spans="1:11">
+      <c r="A717" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B717" t="s">
+        <v>13</v>
+      </c>
+      <c r="C717" t="s">
+        <v>944</v>
+      </c>
+      <c r="D717" t="s">
+        <v>1989</v>
+      </c>
+      <c r="E717">
+        <v>2</v>
+      </c>
+      <c r="F717" t="s">
+        <v>16</v>
+      </c>
+      <c r="G717" t="s">
+        <v>17</v>
+      </c>
+      <c r="H717">
+        <v>56</v>
+      </c>
+      <c r="I717">
+        <v>0</v>
+      </c>
+      <c r="K717" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="718" spans="1:11">
+      <c r="A718" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B718" t="s">
+        <v>13</v>
+      </c>
+      <c r="C718" t="s">
+        <v>944</v>
+      </c>
+      <c r="D718" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E718">
+        <v>2</v>
+      </c>
+      <c r="F718" t="s">
+        <v>16</v>
+      </c>
+      <c r="G718" t="s">
+        <v>17</v>
+      </c>
+      <c r="H718">
+        <v>62</v>
+      </c>
+      <c r="I718">
+        <v>0</v>
+      </c>
+      <c r="K718" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="719" spans="1:11">
+      <c r="A719" t="s">
+        <v>1994</v>
+      </c>
+      <c r="B719" t="s">
+        <v>13</v>
+      </c>
+      <c r="C719" t="s">
+        <v>944</v>
+      </c>
+      <c r="D719" t="s">
+        <v>1995</v>
+      </c>
+      <c r="E719">
+        <v>2</v>
+      </c>
+      <c r="F719" t="s">
+        <v>16</v>
+      </c>
+      <c r="G719" t="s">
+        <v>17</v>
+      </c>
+      <c r="H719">
+        <v>10</v>
+      </c>
+      <c r="I719">
+        <v>0</v>
+      </c>
+      <c r="K719" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="720" spans="1:11">
+      <c r="A720" t="s">
+        <v>922</v>
+      </c>
+      <c r="B720" t="s">
+        <v>13</v>
+      </c>
+      <c r="C720" t="s">
+        <v>944</v>
+      </c>
+      <c r="D720" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E720">
+        <v>2</v>
+      </c>
+      <c r="F720" t="s">
+        <v>16</v>
+      </c>
+      <c r="G720" t="s">
+        <v>17</v>
+      </c>
+      <c r="H720">
+        <v>58</v>
+      </c>
+      <c r="I720">
+        <v>5</v>
+      </c>
+      <c r="K720" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="721" spans="1:11">
+      <c r="A721" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B721" t="s">
+        <v>13</v>
+      </c>
+      <c r="C721" t="s">
+        <v>944</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E721">
+        <v>2</v>
+      </c>
+      <c r="F721" t="s">
+        <v>16</v>
+      </c>
+      <c r="G721" t="s">
+        <v>17</v>
+      </c>
+      <c r="H721">
+        <v>60</v>
+      </c>
+      <c r="I721">
+        <v>0</v>
+      </c>
+      <c r="K721" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="722" spans="1:11">
+      <c r="A722" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B722" t="s">
+        <v>13</v>
+      </c>
+      <c r="C722" t="s">
+        <v>944</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E722">
+        <v>2</v>
+      </c>
+      <c r="F722" t="s">
+        <v>16</v>
+      </c>
+      <c r="G722" t="s">
+        <v>17</v>
+      </c>
+      <c r="H722">
+        <v>3</v>
+      </c>
+      <c r="I722">
+        <v>0</v>
+      </c>
+      <c r="K722" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="723" spans="1:11">
+      <c r="A723" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B723" t="s">
+        <v>13</v>
+      </c>
+      <c r="C723" t="s">
+        <v>944</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E723">
+        <v>2</v>
+      </c>
+      <c r="F723" t="s">
+        <v>16</v>
+      </c>
+      <c r="G723" t="s">
+        <v>17</v>
+      </c>
+      <c r="H723">
+        <v>55</v>
+      </c>
+      <c r="I723">
+        <v>0</v>
+      </c>
+      <c r="K723" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="724" spans="1:11">
+      <c r="A724" t="s">
+        <v>584</v>
+      </c>
+      <c r="B724" t="s">
+        <v>13</v>
+      </c>
+      <c r="C724" t="s">
+        <v>944</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E724">
+        <v>2</v>
+      </c>
+      <c r="F724" t="s">
+        <v>16</v>
+      </c>
+      <c r="G724" t="s">
+        <v>17</v>
+      </c>
+      <c r="H724">
+        <v>8</v>
+      </c>
+      <c r="I724">
+        <v>0</v>
+      </c>
+      <c r="K724" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="725" spans="1:11">
+      <c r="A725" t="s">
+        <v>2010</v>
+      </c>
+      <c r="B725" t="s">
+        <v>13</v>
+      </c>
+      <c r="C725" t="s">
+        <v>944</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E725">
+        <v>2</v>
+      </c>
+      <c r="F725" t="s">
+        <v>16</v>
+      </c>
+      <c r="G725" t="s">
+        <v>17</v>
+      </c>
+      <c r="H725">
+        <v>12</v>
+      </c>
+      <c r="I725">
+        <v>0</v>
+      </c>
+      <c r="K725" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="726" spans="1:11">
+      <c r="A726" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B726" t="s">
+        <v>13</v>
+      </c>
+      <c r="C726" t="s">
+        <v>944</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2014</v>
+      </c>
+      <c r="E726">
+        <v>2</v>
+      </c>
+      <c r="F726" t="s">
+        <v>16</v>
+      </c>
+      <c r="G726" t="s">
+        <v>17</v>
+      </c>
+      <c r="H726">
+        <v>57</v>
+      </c>
+      <c r="I726">
+        <v>0</v>
+      </c>
+      <c r="K726" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="727" spans="1:11">
+      <c r="A727" t="s">
+        <v>2016</v>
+      </c>
+      <c r="B727" t="s">
+        <v>13</v>
+      </c>
+      <c r="C727" t="s">
+        <v>944</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2017</v>
+      </c>
+      <c r="E727">
+        <v>2</v>
+      </c>
+      <c r="F727" t="s">
+        <v>16</v>
+      </c>
+      <c r="G727" t="s">
+        <v>17</v>
+      </c>
+      <c r="H727">
+        <v>57</v>
+      </c>
+      <c r="I727">
+        <v>0</v>
+      </c>
+      <c r="K727" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="728" spans="1:11">
+      <c r="A728" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B728" t="s">
+        <v>13</v>
+      </c>
+      <c r="C728" t="s">
+        <v>944</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E728">
+        <v>2</v>
+      </c>
+      <c r="F728" t="s">
+        <v>16</v>
+      </c>
+      <c r="G728" t="s">
+        <v>17</v>
+      </c>
+      <c r="H728">
+        <v>56</v>
+      </c>
+      <c r="I728">
+        <v>0</v>
+      </c>
+      <c r="K728" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="729" spans="1:11">
+      <c r="A729" t="s">
+        <v>2022</v>
+      </c>
+      <c r="B729" t="s">
+        <v>13</v>
+      </c>
+      <c r="C729" t="s">
+        <v>944</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2023</v>
+      </c>
+      <c r="E729">
+        <v>2</v>
+      </c>
+      <c r="F729" t="s">
+        <v>16</v>
+      </c>
+      <c r="G729" t="s">
+        <v>17</v>
+      </c>
+      <c r="H729">
+        <v>56</v>
+      </c>
+      <c r="I729">
+        <v>0</v>
+      </c>
+      <c r="K729" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="730" spans="1:11">
+      <c r="A730" t="s">
+        <v>929</v>
+      </c>
+      <c r="B730" t="s">
+        <v>13</v>
+      </c>
+      <c r="C730" t="s">
+        <v>944</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2025</v>
+      </c>
+      <c r="E730">
+        <v>2</v>
+      </c>
+      <c r="F730" t="s">
+        <v>16</v>
+      </c>
+      <c r="G730" t="s">
+        <v>17</v>
+      </c>
+      <c r="H730">
+        <v>56</v>
+      </c>
+      <c r="I730">
+        <v>5</v>
+      </c>
+      <c r="K730" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="731" spans="1:11">
+      <c r="A731" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B731" t="s">
+        <v>13</v>
+      </c>
+      <c r="C731" t="s">
+        <v>944</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2028</v>
+      </c>
+      <c r="E731">
+        <v>2</v>
+      </c>
+      <c r="F731" t="s">
+        <v>16</v>
+      </c>
+      <c r="G731" t="s">
+        <v>17</v>
+      </c>
+      <c r="H731">
+        <v>63</v>
+      </c>
+      <c r="I731">
+        <v>0</v>
+      </c>
+      <c r="K731" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="732" spans="1:11">
+      <c r="A732" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B732" t="s">
+        <v>13</v>
+      </c>
+      <c r="C732" t="s">
+        <v>944</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2031</v>
+      </c>
+      <c r="E732">
+        <v>2</v>
+      </c>
+      <c r="F732" t="s">
+        <v>16</v>
+      </c>
+      <c r="G732" t="s">
+        <v>17</v>
+      </c>
+      <c r="H732">
+        <v>10</v>
+      </c>
+      <c r="I732">
+        <v>0</v>
+      </c>
+      <c r="K732" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="733" spans="1:11">
+      <c r="A733" t="s">
+        <v>718</v>
+      </c>
+      <c r="B733" t="s">
+        <v>13</v>
+      </c>
+      <c r="C733" t="s">
+        <v>944</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E733">
+        <v>2</v>
+      </c>
+      <c r="F733" t="s">
+        <v>16</v>
+      </c>
+      <c r="G733" t="s">
+        <v>17</v>
+      </c>
+      <c r="H733">
+        <v>4</v>
+      </c>
+      <c r="I733">
+        <v>75</v>
+      </c>
+      <c r="K733" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="734" spans="1:11">
+      <c r="A734" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B734" t="s">
+        <v>13</v>
+      </c>
+      <c r="C734" t="s">
+        <v>944</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E734">
+        <v>2</v>
+      </c>
+      <c r="F734" t="s">
+        <v>16</v>
+      </c>
+      <c r="G734" t="s">
+        <v>17</v>
+      </c>
+      <c r="H734">
+        <v>7</v>
+      </c>
+      <c r="I734">
+        <v>0</v>
+      </c>
+      <c r="K734" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="735" spans="1:11">
+      <c r="A735" t="s">
+        <v>107</v>
+      </c>
+      <c r="B735" t="s">
+        <v>13</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E735">
+        <v>57</v>
+      </c>
+      <c r="F735" t="s">
+        <v>16</v>
+      </c>
+      <c r="G735" t="s">
+        <v>17</v>
+      </c>
+      <c r="H735">
+        <v>10</v>
+      </c>
+      <c r="I735">
+        <v>45.6</v>
+      </c>
+      <c r="K735" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="736" spans="1:11">
+      <c r="A736" t="s">
+        <v>225</v>
+      </c>
+      <c r="B736" t="s">
+        <v>13</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E736">
+        <v>26</v>
+      </c>
+      <c r="F736" t="s">
+        <v>16</v>
+      </c>
+      <c r="G736" t="s">
+        <v>17</v>
+      </c>
+      <c r="H736">
+        <v>53</v>
+      </c>
+      <c r="I736">
+        <v>40.6</v>
+      </c>
+      <c r="K736" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="737" spans="1:11">
+      <c r="A737" t="s">
+        <v>1836</v>
+      </c>
+      <c r="B737" t="s">
+        <v>13</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E737">
+        <v>33</v>
+      </c>
+      <c r="F737" t="s">
+        <v>16</v>
+      </c>
+      <c r="G737" t="s">
+        <v>17</v>
+      </c>
+      <c r="H737">
+        <v>54</v>
+      </c>
+      <c r="I737">
+        <v>0</v>
+      </c>
+      <c r="K737" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="738" spans="1:11">
+      <c r="A738" t="s">
+        <v>215</v>
+      </c>
+      <c r="B738" t="s">
+        <v>13</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E738">
+        <v>48</v>
+      </c>
+      <c r="F738" t="s">
+        <v>16</v>
+      </c>
+      <c r="G738" t="s">
+        <v>17</v>
+      </c>
+      <c r="H738">
+        <v>13</v>
+      </c>
+      <c r="I738">
+        <v>1.8</v>
+      </c>
+      <c r="K738" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="739" spans="1:11">
+      <c r="A739" t="s">
+        <v>218</v>
+      </c>
+      <c r="B739" t="s">
+        <v>13</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2050</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E739">
+        <v>45</v>
+      </c>
+      <c r="F739" t="s">
+        <v>16</v>
+      </c>
+      <c r="G739" t="s">
+        <v>17</v>
+      </c>
+      <c r="H739">
+        <v>61</v>
+      </c>
+      <c r="I739">
+        <v>15</v>
+      </c>
+      <c r="K739" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="740" spans="1:11">
+      <c r="A740" t="s">
+        <v>943</v>
+      </c>
+      <c r="B740" t="s">
+        <v>13</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E740">
+        <v>3</v>
+      </c>
+      <c r="F740" t="s">
+        <v>16</v>
+      </c>
+      <c r="G740" t="s">
+        <v>17</v>
+      </c>
+      <c r="H740">
+        <v>80</v>
+      </c>
+      <c r="I740">
+        <v>0</v>
+      </c>
+      <c r="K740" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="741" spans="1:11">
+      <c r="A741" t="s">
+        <v>947</v>
+      </c>
+      <c r="B741" t="s">
+        <v>13</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2056</v>
+      </c>
+      <c r="E741">
+        <v>3</v>
+      </c>
+      <c r="F741" t="s">
+        <v>16</v>
+      </c>
+      <c r="G741" t="s">
+        <v>17</v>
+      </c>
+      <c r="H741">
+        <v>17</v>
+      </c>
+      <c r="I741">
+        <v>5</v>
+      </c>
+      <c r="K741" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="742" spans="1:11">
+      <c r="A742" t="s">
+        <v>950</v>
+      </c>
+      <c r="B742" t="s">
+        <v>13</v>
+      </c>
+      <c r="C742" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E742">
+        <v>3</v>
+      </c>
+      <c r="F742" t="s">
+        <v>16</v>
+      </c>
+      <c r="G742" t="s">
+        <v>17</v>
+      </c>
+      <c r="H742">
+        <v>62</v>
+      </c>
+      <c r="I742">
+        <v>0</v>
+      </c>
+      <c r="K742" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="743" spans="1:11">
+      <c r="A743" t="s">
+        <v>953</v>
+      </c>
+      <c r="B743" t="s">
+        <v>13</v>
+      </c>
+      <c r="C743" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E743">
+        <v>3</v>
+      </c>
+      <c r="F743" t="s">
+        <v>16</v>
+      </c>
+      <c r="G743" t="s">
+        <v>17</v>
+      </c>
+      <c r="H743">
+        <v>54</v>
+      </c>
+      <c r="I743">
+        <v>0</v>
+      </c>
+      <c r="K743" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="744" spans="1:11">
+      <c r="A744" t="s">
+        <v>956</v>
+      </c>
+      <c r="B744" t="s">
+        <v>13</v>
+      </c>
+      <c r="C744" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E744">
+        <v>3</v>
+      </c>
+      <c r="F744" t="s">
+        <v>16</v>
+      </c>
+      <c r="G744" t="s">
+        <v>17</v>
+      </c>
+      <c r="H744">
+        <v>54</v>
+      </c>
+      <c r="I744">
+        <v>0</v>
+      </c>
+      <c r="K744" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="745" spans="1:11">
+      <c r="A745" t="s">
+        <v>959</v>
+      </c>
+      <c r="B745" t="s">
+        <v>13</v>
+      </c>
+      <c r="C745" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E745">
+        <v>3</v>
+      </c>
+      <c r="F745" t="s">
+        <v>16</v>
+      </c>
+      <c r="G745" t="s">
+        <v>17</v>
+      </c>
+      <c r="H745">
+        <v>56</v>
+      </c>
+      <c r="I745">
+        <v>0</v>
+      </c>
+      <c r="K745" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="746" spans="1:11">
+      <c r="A746" t="s">
+        <v>962</v>
+      </c>
+      <c r="B746" t="s">
+        <v>13</v>
+      </c>
+      <c r="C746" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E746">
+        <v>3</v>
+      </c>
+      <c r="F746" t="s">
+        <v>16</v>
+      </c>
+      <c r="G746" t="s">
+        <v>17</v>
+      </c>
+      <c r="H746">
+        <v>14</v>
+      </c>
+      <c r="I746">
+        <v>12.5</v>
+      </c>
+      <c r="K746" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="747" spans="1:11">
+      <c r="A747" t="s">
+        <v>965</v>
+      </c>
+      <c r="B747" t="s">
+        <v>13</v>
+      </c>
+      <c r="C747" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2068</v>
+      </c>
+      <c r="E747">
+        <v>3</v>
+      </c>
+      <c r="F747" t="s">
+        <v>16</v>
+      </c>
+      <c r="G747" t="s">
+        <v>17</v>
+      </c>
+      <c r="H747">
+        <v>54</v>
+      </c>
+      <c r="I747">
+        <v>0</v>
+      </c>
+      <c r="K747" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="748" spans="1:11">
+      <c r="A748" t="s">
+        <v>968</v>
+      </c>
+      <c r="B748" t="s">
+        <v>13</v>
+      </c>
+      <c r="C748" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E748">
+        <v>3</v>
+      </c>
+      <c r="F748" t="s">
+        <v>16</v>
+      </c>
+      <c r="G748" t="s">
+        <v>17</v>
+      </c>
+      <c r="H748">
+        <v>55</v>
+      </c>
+      <c r="I748">
+        <v>0</v>
+      </c>
+      <c r="K748" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="749" spans="1:11">
+      <c r="A749" t="s">
+        <v>971</v>
+      </c>
+      <c r="B749" t="s">
+        <v>13</v>
+      </c>
+      <c r="C749" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E749">
+        <v>3</v>
+      </c>
+      <c r="F749" t="s">
+        <v>16</v>
+      </c>
+      <c r="G749" t="s">
+        <v>17</v>
+      </c>
+      <c r="H749">
+        <v>56</v>
+      </c>
+      <c r="I749">
+        <v>0</v>
+      </c>
+      <c r="K749" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="750" spans="1:11">
+      <c r="A750" t="s">
+        <v>974</v>
+      </c>
+      <c r="B750" t="s">
+        <v>13</v>
+      </c>
+      <c r="C750" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E750">
+        <v>3</v>
+      </c>
+      <c r="F750" t="s">
+        <v>16</v>
+      </c>
+      <c r="G750" t="s">
+        <v>17</v>
+      </c>
+      <c r="H750">
+        <v>60</v>
+      </c>
+      <c r="I750">
+        <v>0</v>
+      </c>
+      <c r="K750" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="751" spans="1:11">
+      <c r="A751" t="s">
+        <v>977</v>
+      </c>
+      <c r="B751" t="s">
+        <v>13</v>
+      </c>
+      <c r="C751" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2076</v>
+      </c>
+      <c r="E751">
+        <v>3</v>
+      </c>
+      <c r="F751" t="s">
+        <v>16</v>
+      </c>
+      <c r="G751" t="s">
+        <v>17</v>
+      </c>
+      <c r="H751">
+        <v>60</v>
+      </c>
+      <c r="I751">
+        <v>0</v>
+      </c>
+      <c r="K751" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="752" spans="1:11">
+      <c r="A752" t="s">
+        <v>980</v>
+      </c>
+      <c r="B752" t="s">
+        <v>13</v>
+      </c>
+      <c r="C752" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E752">
+        <v>3</v>
+      </c>
+      <c r="F752" t="s">
+        <v>16</v>
+      </c>
+      <c r="G752" t="s">
+        <v>17</v>
+      </c>
+      <c r="H752">
+        <v>58</v>
+      </c>
+      <c r="I752">
+        <v>0</v>
+      </c>
+      <c r="K752" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="753" spans="1:11">
+      <c r="A753" t="s">
+        <v>983</v>
+      </c>
+      <c r="B753" t="s">
+        <v>13</v>
+      </c>
+      <c r="C753" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E753">
+        <v>3</v>
+      </c>
+      <c r="F753" t="s">
+        <v>16</v>
+      </c>
+      <c r="G753" t="s">
+        <v>17</v>
+      </c>
+      <c r="H753">
+        <v>58</v>
+      </c>
+      <c r="I753">
+        <v>0</v>
+      </c>
+      <c r="K753" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="754" spans="1:11">
+      <c r="A754" t="s">
+        <v>986</v>
+      </c>
+      <c r="B754" t="s">
+        <v>13</v>
+      </c>
+      <c r="C754" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2082</v>
+      </c>
+      <c r="E754">
+        <v>3</v>
+      </c>
+      <c r="F754" t="s">
+        <v>16</v>
+      </c>
+      <c r="G754" t="s">
+        <v>17</v>
+      </c>
+      <c r="H754">
+        <v>53</v>
+      </c>
+      <c r="I754">
+        <v>0</v>
+      </c>
+      <c r="K754" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="755" spans="1:11">
+      <c r="A755" t="s">
+        <v>989</v>
+      </c>
+      <c r="B755" t="s">
+        <v>13</v>
+      </c>
+      <c r="C755" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E755">
+        <v>3</v>
+      </c>
+      <c r="F755" t="s">
+        <v>16</v>
+      </c>
+      <c r="G755" t="s">
+        <v>17</v>
+      </c>
+      <c r="H755">
+        <v>18</v>
+      </c>
+      <c r="I755">
+        <v>0</v>
+      </c>
+      <c r="K755" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="756" spans="1:11">
+      <c r="A756" t="s">
+        <v>994</v>
+      </c>
+      <c r="B756" t="s">
+        <v>13</v>
+      </c>
+      <c r="C756" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E756">
+        <v>3</v>
+      </c>
+      <c r="F756" t="s">
+        <v>16</v>
+      </c>
+      <c r="G756" t="s">
+        <v>17</v>
+      </c>
+      <c r="H756">
+        <v>10</v>
+      </c>
+      <c r="I756">
+        <v>0</v>
+      </c>
+      <c r="K756" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="757" spans="1:11">
+      <c r="A757" t="s">
+        <v>997</v>
+      </c>
+      <c r="B757" t="s">
+        <v>13</v>
+      </c>
+      <c r="C757" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D757" t="s">
+        <v>873</v>
+      </c>
+      <c r="E757">
+        <v>3</v>
+      </c>
+      <c r="F757" t="s">
+        <v>16</v>
+      </c>
+      <c r="G757" t="s">
+        <v>17</v>
+      </c>
+      <c r="H757">
+        <v>58</v>
+      </c>
+      <c r="I757">
+        <v>0</v>
+      </c>
+      <c r="K757" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="758" spans="1:11">
+      <c r="A758" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B758" t="s">
+        <v>13</v>
+      </c>
+      <c r="C758" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2089</v>
+      </c>
+      <c r="E758">
+        <v>3</v>
+      </c>
+      <c r="F758" t="s">
+        <v>16</v>
+      </c>
+      <c r="G758" t="s">
+        <v>17</v>
+      </c>
+      <c r="H758">
+        <v>66</v>
+      </c>
+      <c r="I758">
+        <v>0</v>
+      </c>
+      <c r="K758" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="759" spans="1:11">
+      <c r="A759" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B759" t="s">
+        <v>13</v>
+      </c>
+      <c r="C759" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2091</v>
+      </c>
+      <c r="E759">
+        <v>3</v>
+      </c>
+      <c r="F759" t="s">
+        <v>16</v>
+      </c>
+      <c r="G759" t="s">
+        <v>17</v>
+      </c>
+      <c r="H759">
+        <v>52</v>
+      </c>
+      <c r="I759">
+        <v>0</v>
+      </c>
+      <c r="K759" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="760" spans="1:11">
+      <c r="A760" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B760" t="s">
+        <v>13</v>
+      </c>
+      <c r="C760" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E760">
+        <v>3</v>
+      </c>
+      <c r="F760" t="s">
+        <v>16</v>
+      </c>
+      <c r="G760" t="s">
+        <v>17</v>
+      </c>
+      <c r="H760">
+        <v>7</v>
+      </c>
+      <c r="I760">
+        <v>0</v>
+      </c>
+      <c r="K760" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="761" spans="1:11">
+      <c r="A761" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B761" t="s">
+        <v>13</v>
+      </c>
+      <c r="C761" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E761">
+        <v>3</v>
+      </c>
+      <c r="F761" t="s">
+        <v>16</v>
+      </c>
+      <c r="G761" t="s">
+        <v>17</v>
+      </c>
+      <c r="H761">
+        <v>8</v>
+      </c>
+      <c r="I761">
+        <v>0</v>
+      </c>
+      <c r="K761" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="762" spans="1:11">
+      <c r="A762" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B762" t="s">
+        <v>13</v>
+      </c>
+      <c r="C762" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2097</v>
+      </c>
+      <c r="E762">
+        <v>3</v>
+      </c>
+      <c r="F762" t="s">
+        <v>16</v>
+      </c>
+      <c r="G762" t="s">
+        <v>17</v>
+      </c>
+      <c r="H762">
+        <v>54</v>
+      </c>
+      <c r="I762">
+        <v>0</v>
+      </c>
+      <c r="K762" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="763" spans="1:11">
+      <c r="A763" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B763" t="s">
+        <v>13</v>
+      </c>
+      <c r="C763" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2099</v>
+      </c>
+      <c r="E763">
+        <v>3</v>
+      </c>
+      <c r="F763" t="s">
+        <v>16</v>
+      </c>
+      <c r="G763" t="s">
+        <v>17</v>
+      </c>
+      <c r="H763">
+        <v>60</v>
+      </c>
+      <c r="I763">
+        <v>0</v>
+      </c>
+      <c r="K763" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="764" spans="1:11">
+      <c r="A764" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B764" t="s">
+        <v>13</v>
+      </c>
+      <c r="C764" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2101</v>
+      </c>
+      <c r="E764">
+        <v>3</v>
+      </c>
+      <c r="F764" t="s">
+        <v>16</v>
+      </c>
+      <c r="G764" t="s">
+        <v>17</v>
+      </c>
+      <c r="H764">
+        <v>14</v>
+      </c>
+      <c r="I764">
+        <v>0</v>
+      </c>
+      <c r="K764" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="765" spans="1:11">
+      <c r="A765" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B765" t="s">
+        <v>13</v>
+      </c>
+      <c r="C765" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2103</v>
+      </c>
+      <c r="E765">
+        <v>3</v>
+      </c>
+      <c r="F765" t="s">
+        <v>16</v>
+      </c>
+      <c r="G765" t="s">
+        <v>17</v>
+      </c>
+      <c r="H765">
+        <v>56</v>
+      </c>
+      <c r="I765">
+        <v>0</v>
+      </c>
+      <c r="K765" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="766" spans="1:11">
+      <c r="A766" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B766" t="s">
+        <v>13</v>
+      </c>
+      <c r="C766" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E766">
+        <v>3</v>
+      </c>
+      <c r="F766" t="s">
+        <v>16</v>
+      </c>
+      <c r="G766" t="s">
+        <v>17</v>
+      </c>
+      <c r="H766">
+        <v>101</v>
+      </c>
+      <c r="I766">
+        <v>0</v>
+      </c>
+      <c r="K766" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="767" spans="1:11">
+      <c r="A767" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B767" t="s">
+        <v>13</v>
+      </c>
+      <c r="C767" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2107</v>
+      </c>
+      <c r="E767">
+        <v>3</v>
+      </c>
+      <c r="F767" t="s">
+        <v>16</v>
+      </c>
+      <c r="G767" t="s">
+        <v>17</v>
+      </c>
+      <c r="H767">
+        <v>54</v>
+      </c>
+      <c r="I767">
+        <v>0</v>
+      </c>
+      <c r="K767" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="768" spans="1:11">
+      <c r="A768" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B768" t="s">
+        <v>13</v>
+      </c>
+      <c r="C768" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E768">
+        <v>3</v>
+      </c>
+      <c r="F768" t="s">
+        <v>16</v>
+      </c>
+      <c r="G768" t="s">
+        <v>17</v>
+      </c>
+      <c r="H768">
+        <v>61</v>
+      </c>
+      <c r="I768">
+        <v>0</v>
+      </c>
+      <c r="K768" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="769" spans="1:11">
+      <c r="A769" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B769" t="s">
+        <v>13</v>
+      </c>
+      <c r="C769" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E769">
+        <v>3</v>
+      </c>
+      <c r="F769" t="s">
+        <v>16</v>
+      </c>
+      <c r="G769" t="s">
+        <v>17</v>
+      </c>
+      <c r="H769">
+        <v>54</v>
+      </c>
+      <c r="I769">
+        <v>25</v>
+      </c>
+      <c r="K769" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="770" spans="1:11">
+      <c r="A770" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B770" t="s">
+        <v>13</v>
+      </c>
+      <c r="C770" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2113</v>
+      </c>
+      <c r="E770">
+        <v>3</v>
+      </c>
+      <c r="F770" t="s">
+        <v>16</v>
+      </c>
+      <c r="G770" t="s">
+        <v>17</v>
+      </c>
+      <c r="H770">
+        <v>58</v>
+      </c>
+      <c r="I770">
+        <v>0</v>
+      </c>
+      <c r="K770" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="771" spans="1:11">
+      <c r="A771" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B771" t="s">
+        <v>13</v>
+      </c>
+      <c r="C771" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E771">
+        <v>3</v>
+      </c>
+      <c r="F771" t="s">
+        <v>16</v>
+      </c>
+      <c r="G771" t="s">
+        <v>17</v>
+      </c>
+      <c r="H771">
+        <v>55</v>
+      </c>
+      <c r="I771">
+        <v>0</v>
+      </c>
+      <c r="K771" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="772" spans="1:11">
+      <c r="A772" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B772" t="s">
+        <v>13</v>
+      </c>
+      <c r="C772" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E772">
+        <v>3</v>
+      </c>
+      <c r="F772" t="s">
+        <v>16</v>
+      </c>
+      <c r="G772" t="s">
+        <v>17</v>
+      </c>
+      <c r="H772">
+        <v>63</v>
+      </c>
+      <c r="I772">
+        <v>0</v>
+      </c>
+      <c r="K772" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="773" spans="1:11">
+      <c r="A773" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B773" t="s">
+        <v>13</v>
+      </c>
+      <c r="C773" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2119</v>
+      </c>
+      <c r="E773">
+        <v>3</v>
+      </c>
+      <c r="F773" t="s">
+        <v>16</v>
+      </c>
+      <c r="G773" t="s">
+        <v>17</v>
+      </c>
+      <c r="H773">
+        <v>18</v>
+      </c>
+      <c r="I773">
+        <v>0</v>
+      </c>
+      <c r="K773" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="774" spans="1:11">
+      <c r="A774" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B774" t="s">
+        <v>13</v>
+      </c>
+      <c r="C774" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2121</v>
+      </c>
+      <c r="E774">
+        <v>3</v>
+      </c>
+      <c r="F774" t="s">
+        <v>16</v>
+      </c>
+      <c r="G774" t="s">
+        <v>17</v>
+      </c>
+      <c r="H774">
+        <v>23</v>
+      </c>
+      <c r="I774">
+        <v>0</v>
+      </c>
+      <c r="K774" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="775" spans="1:11">
+      <c r="A775" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B775" t="s">
+        <v>13</v>
+      </c>
+      <c r="C775" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E775">
+        <v>3</v>
+      </c>
+      <c r="F775" t="s">
+        <v>16</v>
+      </c>
+      <c r="G775" t="s">
+        <v>17</v>
+      </c>
+      <c r="H775">
+        <v>55</v>
+      </c>
+      <c r="I775">
+        <v>0</v>
+      </c>
+      <c r="K775" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="776" spans="1:11">
+      <c r="A776" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B776" t="s">
+        <v>13</v>
+      </c>
+      <c r="C776" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2125</v>
+      </c>
+      <c r="E776">
+        <v>3</v>
+      </c>
+      <c r="F776" t="s">
+        <v>16</v>
+      </c>
+      <c r="G776" t="s">
+        <v>17</v>
+      </c>
+      <c r="H776">
+        <v>11</v>
+      </c>
+      <c r="I776">
+        <v>0</v>
+      </c>
+      <c r="K776" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="777" spans="1:11">
+      <c r="A777" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B777" t="s">
+        <v>13</v>
+      </c>
+      <c r="C777" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2127</v>
+      </c>
+      <c r="E777">
+        <v>3</v>
+      </c>
+      <c r="F777" t="s">
+        <v>16</v>
+      </c>
+      <c r="G777" t="s">
+        <v>17</v>
+      </c>
+      <c r="H777">
+        <v>8</v>
+      </c>
+      <c r="I777">
+        <v>0</v>
+      </c>
+      <c r="K777" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="778" spans="1:11">
+      <c r="A778" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B778" t="s">
+        <v>13</v>
+      </c>
+      <c r="C778" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E778">
+        <v>3</v>
+      </c>
+      <c r="F778" t="s">
+        <v>16</v>
+      </c>
+      <c r="G778" t="s">
+        <v>17</v>
+      </c>
+      <c r="H778">
+        <v>57</v>
+      </c>
+      <c r="I778">
+        <v>0</v>
+      </c>
+      <c r="K778" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="779" spans="1:11">
+      <c r="A779" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B779" t="s">
+        <v>13</v>
+      </c>
+      <c r="C779" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2131</v>
+      </c>
+      <c r="E779">
+        <v>3</v>
+      </c>
+      <c r="F779" t="s">
+        <v>16</v>
+      </c>
+      <c r="G779" t="s">
+        <v>17</v>
+      </c>
+      <c r="H779">
+        <v>18</v>
+      </c>
+      <c r="I779">
+        <v>0</v>
+      </c>
+      <c r="K779" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="780" spans="1:11">
+      <c r="A780" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B780" t="s">
+        <v>13</v>
+      </c>
+      <c r="C780" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E780">
+        <v>3</v>
+      </c>
+      <c r="F780" t="s">
+        <v>16</v>
+      </c>
+      <c r="G780" t="s">
+        <v>17</v>
+      </c>
+      <c r="H780">
+        <v>57</v>
+      </c>
+      <c r="I780">
+        <v>0</v>
+      </c>
+      <c r="K780" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="781" spans="1:11">
+      <c r="A781" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B781" t="s">
+        <v>13</v>
+      </c>
+      <c r="C781" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E781">
+        <v>3</v>
+      </c>
+      <c r="F781" t="s">
+        <v>16</v>
+      </c>
+      <c r="G781" t="s">
+        <v>17</v>
+      </c>
+      <c r="H781">
+        <v>10</v>
+      </c>
+      <c r="I781">
+        <v>0</v>
+      </c>
+      <c r="K781" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="782" spans="1:11">
+      <c r="A782" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B782" t="s">
+        <v>13</v>
+      </c>
+      <c r="C782" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2137</v>
+      </c>
+      <c r="E782">
+        <v>3</v>
+      </c>
+      <c r="F782" t="s">
+        <v>16</v>
+      </c>
+      <c r="G782" t="s">
+        <v>17</v>
+      </c>
+      <c r="H782">
+        <v>56</v>
+      </c>
+      <c r="I782">
+        <v>0</v>
+      </c>
+      <c r="K782" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="783" spans="1:11">
+      <c r="A783" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B783" t="s">
+        <v>13</v>
+      </c>
+      <c r="C783" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E783">
+        <v>3</v>
+      </c>
+      <c r="F783" t="s">
+        <v>16</v>
+      </c>
+      <c r="G783" t="s">
+        <v>17</v>
+      </c>
+      <c r="H783">
+        <v>16</v>
+      </c>
+      <c r="I783">
+        <v>0</v>
+      </c>
+      <c r="K783" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="784" spans="1:11">
+      <c r="A784" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B784" t="s">
+        <v>13</v>
+      </c>
+      <c r="C784" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E784">
+        <v>3</v>
+      </c>
+      <c r="F784" t="s">
+        <v>16</v>
+      </c>
+      <c r="G784" t="s">
+        <v>17</v>
+      </c>
+      <c r="H784">
+        <v>55</v>
+      </c>
+      <c r="I784">
+        <v>0</v>
+      </c>
+      <c r="K784" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="785" spans="1:11">
+      <c r="A785" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B785" t="s">
+        <v>13</v>
+      </c>
+      <c r="C785" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E785">
+        <v>3</v>
+      </c>
+      <c r="F785" t="s">
+        <v>16</v>
+      </c>
+      <c r="G785" t="s">
+        <v>17</v>
+      </c>
+      <c r="H785">
+        <v>64</v>
+      </c>
+      <c r="I785">
+        <v>0</v>
+      </c>
+      <c r="K785" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="786" spans="1:11">
+      <c r="A786" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B786" t="s">
+        <v>13</v>
+      </c>
+      <c r="C786" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2145</v>
+      </c>
+      <c r="E786">
+        <v>3</v>
+      </c>
+      <c r="F786" t="s">
+        <v>16</v>
+      </c>
+      <c r="G786" t="s">
+        <v>17</v>
+      </c>
+      <c r="H786">
+        <v>8</v>
+      </c>
+      <c r="I786">
+        <v>0</v>
+      </c>
+      <c r="K786" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="787" spans="1:11">
+      <c r="A787" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B787" t="s">
+        <v>13</v>
+      </c>
+      <c r="C787" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E787">
+        <v>3</v>
+      </c>
+      <c r="F787" t="s">
+        <v>16</v>
+      </c>
+      <c r="G787" t="s">
+        <v>17</v>
+      </c>
+      <c r="H787">
+        <v>55</v>
+      </c>
+      <c r="I787">
+        <v>0</v>
+      </c>
+      <c r="K787" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="788" spans="1:11">
+      <c r="A788" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B788" t="s">
+        <v>13</v>
+      </c>
+      <c r="C788" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2149</v>
+      </c>
+      <c r="E788">
+        <v>3</v>
+      </c>
+      <c r="F788" t="s">
+        <v>16</v>
+      </c>
+      <c r="G788" t="s">
+        <v>17</v>
+      </c>
+      <c r="H788">
+        <v>61</v>
+      </c>
+      <c r="I788">
+        <v>0</v>
+      </c>
+      <c r="K788" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="789" spans="1:11">
+      <c r="A789" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B789" t="s">
+        <v>13</v>
+      </c>
+      <c r="C789" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2151</v>
+      </c>
+      <c r="E789">
+        <v>3</v>
+      </c>
+      <c r="F789" t="s">
+        <v>16</v>
+      </c>
+      <c r="G789" t="s">
+        <v>17</v>
+      </c>
+      <c r="H789">
+        <v>53</v>
+      </c>
+      <c r="I789">
+        <v>0</v>
+      </c>
+      <c r="K789" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="790" spans="1:11">
+      <c r="A790" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B790" t="s">
+        <v>13</v>
+      </c>
+      <c r="C790" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E790">
+        <v>3</v>
+      </c>
+      <c r="F790" t="s">
+        <v>16</v>
+      </c>
+      <c r="G790" t="s">
+        <v>17</v>
+      </c>
+      <c r="H790">
+        <v>14</v>
+      </c>
+      <c r="I790">
+        <v>0</v>
+      </c>
+      <c r="K790" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="791" spans="1:11">
+      <c r="A791" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B791" t="s">
+        <v>13</v>
+      </c>
+      <c r="C791" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2155</v>
+      </c>
+      <c r="E791">
+        <v>3</v>
+      </c>
+      <c r="F791" t="s">
+        <v>16</v>
+      </c>
+      <c r="G791" t="s">
+        <v>17</v>
+      </c>
+      <c r="H791">
+        <v>52</v>
+      </c>
+      <c r="I791">
+        <v>0</v>
+      </c>
+      <c r="K791" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="792" spans="1:11">
+      <c r="A792" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B792" t="s">
+        <v>13</v>
+      </c>
+      <c r="C792" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2157</v>
+      </c>
+      <c r="E792">
+        <v>3</v>
+      </c>
+      <c r="F792" t="s">
+        <v>16</v>
+      </c>
+      <c r="G792" t="s">
+        <v>17</v>
+      </c>
+      <c r="H792">
+        <v>54</v>
+      </c>
+      <c r="I792">
+        <v>0</v>
+      </c>
+      <c r="K792" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="793" spans="1:11">
+      <c r="A793" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B793" t="s">
+        <v>13</v>
+      </c>
+      <c r="C793" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E793">
+        <v>3</v>
+      </c>
+      <c r="F793" t="s">
+        <v>16</v>
+      </c>
+      <c r="G793" t="s">
+        <v>17</v>
+      </c>
+      <c r="H793">
+        <v>56</v>
+      </c>
+      <c r="I793">
+        <v>0</v>
+      </c>
+      <c r="K793" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="794" spans="1:11">
+      <c r="A794" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B794" t="s">
+        <v>13</v>
+      </c>
+      <c r="C794" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E794">
+        <v>3</v>
+      </c>
+      <c r="F794" t="s">
+        <v>16</v>
+      </c>
+      <c r="G794" t="s">
+        <v>17</v>
+      </c>
+      <c r="H794">
+        <v>9</v>
+      </c>
+      <c r="I794">
+        <v>0</v>
+      </c>
+      <c r="K794" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="795" spans="1:11">
+      <c r="A795" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B795" t="s">
+        <v>13</v>
+      </c>
+      <c r="C795" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2163</v>
+      </c>
+      <c r="E795">
+        <v>3</v>
+      </c>
+      <c r="F795" t="s">
+        <v>16</v>
+      </c>
+      <c r="G795" t="s">
+        <v>17</v>
+      </c>
+      <c r="H795">
+        <v>16</v>
+      </c>
+      <c r="I795">
+        <v>0</v>
+      </c>
+      <c r="K795" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="796" spans="1:11">
+      <c r="A796" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B796" t="s">
+        <v>13</v>
+      </c>
+      <c r="C796" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E796">
+        <v>3</v>
+      </c>
+      <c r="F796" t="s">
+        <v>16</v>
+      </c>
+      <c r="G796" t="s">
+        <v>17</v>
+      </c>
+      <c r="H796">
+        <v>53</v>
+      </c>
+      <c r="I796">
+        <v>0</v>
+      </c>
+      <c r="K796" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="797" spans="1:11">
+      <c r="A797" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B797" t="s">
+        <v>13</v>
+      </c>
+      <c r="C797" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E797">
+        <v>3</v>
+      </c>
+      <c r="F797" t="s">
+        <v>16</v>
+      </c>
+      <c r="G797" t="s">
+        <v>17</v>
+      </c>
+      <c r="H797">
+        <v>55</v>
+      </c>
+      <c r="I797">
+        <v>0</v>
+      </c>
+      <c r="K797" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="798" spans="1:11">
+      <c r="A798" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B798" t="s">
+        <v>13</v>
+      </c>
+      <c r="C798" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2169</v>
+      </c>
+      <c r="E798">
+        <v>3</v>
+      </c>
+      <c r="F798" t="s">
+        <v>16</v>
+      </c>
+      <c r="G798" t="s">
+        <v>17</v>
+      </c>
+      <c r="H798">
+        <v>56</v>
+      </c>
+      <c r="I798">
+        <v>0</v>
+      </c>
+      <c r="K798" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="799" spans="1:11">
+      <c r="A799" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B799" t="s">
+        <v>13</v>
+      </c>
+      <c r="C799" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E799">
+        <v>3</v>
+      </c>
+      <c r="F799" t="s">
+        <v>16</v>
+      </c>
+      <c r="G799" t="s">
+        <v>17</v>
+      </c>
+      <c r="H799">
+        <v>54</v>
+      </c>
+      <c r="I799">
+        <v>0</v>
+      </c>
+      <c r="K799" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="800" spans="1:11">
+      <c r="A800" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B800" t="s">
+        <v>13</v>
+      </c>
+      <c r="C800" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E800">
+        <v>3</v>
+      </c>
+      <c r="F800" t="s">
+        <v>16</v>
+      </c>
+      <c r="G800" t="s">
+        <v>17</v>
+      </c>
+      <c r="H800">
+        <v>8</v>
+      </c>
+      <c r="I800">
+        <v>0</v>
+      </c>
+      <c r="K800" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="801" spans="1:11">
+      <c r="A801" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B801" t="s">
+        <v>13</v>
+      </c>
+      <c r="C801" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2175</v>
+      </c>
+      <c r="E801">
+        <v>3</v>
+      </c>
+      <c r="F801" t="s">
+        <v>16</v>
+      </c>
+      <c r="G801" t="s">
+        <v>17</v>
+      </c>
+      <c r="H801">
+        <v>54</v>
+      </c>
+      <c r="I801">
+        <v>0</v>
+      </c>
+      <c r="K801" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="802" spans="1:11">
+      <c r="A802" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B802" t="s">
+        <v>13</v>
+      </c>
+      <c r="C802" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E802">
+        <v>3</v>
+      </c>
+      <c r="F802" t="s">
+        <v>16</v>
+      </c>
+      <c r="G802" t="s">
+        <v>17</v>
+      </c>
+      <c r="H802">
+        <v>56</v>
+      </c>
+      <c r="I802">
+        <v>0</v>
+      </c>
+      <c r="K802" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="803" spans="1:11">
+      <c r="A803" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B803" t="s">
+        <v>13</v>
+      </c>
+      <c r="C803" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2179</v>
+      </c>
+      <c r="E803">
+        <v>3</v>
+      </c>
+      <c r="F803" t="s">
+        <v>16</v>
+      </c>
+      <c r="G803" t="s">
+        <v>17</v>
+      </c>
+      <c r="H803">
+        <v>58</v>
+      </c>
+      <c r="I803">
+        <v>0</v>
+      </c>
+      <c r="K803" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="804" spans="1:11">
+      <c r="A804" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B804" t="s">
+        <v>13</v>
+      </c>
+      <c r="C804" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2181</v>
+      </c>
+      <c r="E804">
+        <v>3</v>
+      </c>
+      <c r="F804" t="s">
+        <v>16</v>
+      </c>
+      <c r="G804" t="s">
+        <v>17</v>
+      </c>
+      <c r="H804">
+        <v>54</v>
+      </c>
+      <c r="I804">
+        <v>0</v>
+      </c>
+      <c r="K804" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="805" spans="1:11">
+      <c r="A805" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B805" t="s">
+        <v>13</v>
+      </c>
+      <c r="C805" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E805">
+        <v>3</v>
+      </c>
+      <c r="F805" t="s">
+        <v>16</v>
+      </c>
+      <c r="G805" t="s">
+        <v>17</v>
+      </c>
+      <c r="H805">
+        <v>55</v>
+      </c>
+      <c r="I805">
+        <v>0</v>
+      </c>
+      <c r="K805" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="806" spans="1:11">
+      <c r="A806" t="s">
+        <v>1149</v>
+      </c>
+      <c r="B806" t="s">
+        <v>13</v>
+      </c>
+      <c r="C806" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2185</v>
+      </c>
+      <c r="E806">
+        <v>3</v>
+      </c>
+      <c r="F806" t="s">
+        <v>16</v>
+      </c>
+      <c r="G806" t="s">
+        <v>17</v>
+      </c>
+      <c r="H806">
+        <v>58</v>
+      </c>
+      <c r="I806">
+        <v>0</v>
+      </c>
+      <c r="K806" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="807" spans="1:11">
+      <c r="A807" t="s">
+        <v>1152</v>
+      </c>
+      <c r="B807" t="s">
+        <v>13</v>
+      </c>
+      <c r="C807" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E807">
+        <v>3</v>
+      </c>
+      <c r="F807" t="s">
+        <v>16</v>
+      </c>
+      <c r="G807" t="s">
+        <v>17</v>
+      </c>
+      <c r="H807">
+        <v>5</v>
+      </c>
+      <c r="I807">
+        <v>0</v>
+      </c>
+      <c r="K807" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="808" spans="1:11">
+      <c r="A808" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B808" t="s">
+        <v>13</v>
+      </c>
+      <c r="C808" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E808">
+        <v>3</v>
+      </c>
+      <c r="F808" t="s">
+        <v>16</v>
+      </c>
+      <c r="G808" t="s">
+        <v>17</v>
+      </c>
+      <c r="H808">
+        <v>57</v>
+      </c>
+      <c r="I808">
+        <v>0</v>
+      </c>
+      <c r="K808" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="809" spans="1:11">
+      <c r="A809" t="s">
+        <v>1158</v>
+      </c>
+      <c r="B809" t="s">
+        <v>13</v>
+      </c>
+      <c r="C809" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2191</v>
+      </c>
+      <c r="E809">
+        <v>3</v>
+      </c>
+      <c r="F809" t="s">
+        <v>16</v>
+      </c>
+      <c r="G809" t="s">
+        <v>17</v>
+      </c>
+      <c r="H809">
+        <v>58</v>
+      </c>
+      <c r="I809">
+        <v>0</v>
+      </c>
+      <c r="K809" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="810" spans="1:11">
+      <c r="A810" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B810" t="s">
+        <v>13</v>
+      </c>
+      <c r="C810" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2193</v>
+      </c>
+      <c r="E810">
+        <v>3</v>
+      </c>
+      <c r="F810" t="s">
+        <v>16</v>
+      </c>
+      <c r="G810" t="s">
+        <v>17</v>
+      </c>
+      <c r="H810">
+        <v>12</v>
+      </c>
+      <c r="I810">
+        <v>0</v>
+      </c>
+      <c r="K810" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="811" spans="1:11">
+      <c r="A811" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B811" t="s">
+        <v>13</v>
+      </c>
+      <c r="C811" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E811">
+        <v>3</v>
+      </c>
+      <c r="F811" t="s">
+        <v>16</v>
+      </c>
+      <c r="G811" t="s">
+        <v>17</v>
+      </c>
+      <c r="H811">
+        <v>54</v>
+      </c>
+      <c r="I811">
+        <v>0</v>
+      </c>
+      <c r="K811" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="812" spans="1:11">
+      <c r="A812" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B812" t="s">
+        <v>13</v>
+      </c>
+      <c r="C812" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2197</v>
+      </c>
+      <c r="E812">
+        <v>3</v>
+      </c>
+      <c r="F812" t="s">
+        <v>16</v>
+      </c>
+      <c r="G812" t="s">
+        <v>17</v>
+      </c>
+      <c r="H812">
+        <v>60</v>
+      </c>
+      <c r="I812">
+        <v>0</v>
+      </c>
+      <c r="K812" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="813" spans="1:11">
+      <c r="A813" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B813" t="s">
+        <v>13</v>
+      </c>
+      <c r="C813" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2199</v>
+      </c>
+      <c r="E813">
+        <v>3</v>
+      </c>
+      <c r="F813" t="s">
+        <v>16</v>
+      </c>
+      <c r="G813" t="s">
+        <v>17</v>
+      </c>
+      <c r="H813">
+        <v>64</v>
+      </c>
+      <c r="I813">
+        <v>0</v>
+      </c>
+      <c r="K813" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="814" spans="1:11">
+      <c r="A814" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B814" t="s">
+        <v>13</v>
+      </c>
+      <c r="C814" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E814">
+        <v>3</v>
+      </c>
+      <c r="F814" t="s">
+        <v>16</v>
+      </c>
+      <c r="G814" t="s">
+        <v>17</v>
+      </c>
+      <c r="H814">
+        <v>12</v>
+      </c>
+      <c r="I814">
+        <v>0</v>
+      </c>
+      <c r="K814" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="815" spans="1:11">
+      <c r="A815" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B815" t="s">
+        <v>13</v>
+      </c>
+      <c r="C815" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2203</v>
+      </c>
+      <c r="E815">
+        <v>3</v>
+      </c>
+      <c r="F815" t="s">
+        <v>16</v>
+      </c>
+      <c r="G815" t="s">
+        <v>17</v>
+      </c>
+      <c r="H815">
+        <v>6</v>
+      </c>
+      <c r="I815">
+        <v>0</v>
+      </c>
+      <c r="K815" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="816" spans="1:11">
+      <c r="A816" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B816" t="s">
+        <v>13</v>
+      </c>
+      <c r="C816" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2205</v>
+      </c>
+      <c r="E816">
+        <v>3</v>
+      </c>
+      <c r="F816" t="s">
+        <v>16</v>
+      </c>
+      <c r="G816" t="s">
+        <v>17</v>
+      </c>
+      <c r="H816">
+        <v>54</v>
+      </c>
+      <c r="I816">
+        <v>0</v>
+      </c>
+      <c r="K816" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="817" spans="1:11">
+      <c r="A817" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B817" t="s">
+        <v>13</v>
+      </c>
+      <c r="C817" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E817">
+        <v>3</v>
+      </c>
+      <c r="F817" t="s">
+        <v>16</v>
+      </c>
+      <c r="G817" t="s">
+        <v>17</v>
+      </c>
+      <c r="H817">
+        <v>14</v>
+      </c>
+      <c r="I817">
+        <v>0</v>
+      </c>
+      <c r="K817" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="818" spans="1:11">
+      <c r="A818" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B818" t="s">
+        <v>13</v>
+      </c>
+      <c r="C818" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2209</v>
+      </c>
+      <c r="E818">
+        <v>3</v>
+      </c>
+      <c r="F818" t="s">
+        <v>16</v>
+      </c>
+      <c r="G818" t="s">
+        <v>17</v>
+      </c>
+      <c r="H818">
+        <v>55</v>
+      </c>
+      <c r="I818">
+        <v>0</v>
+      </c>
+      <c r="K818" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="819" spans="1:11">
+      <c r="A819" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B819" t="s">
+        <v>13</v>
+      </c>
+      <c r="C819" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2211</v>
+      </c>
+      <c r="E819">
+        <v>3</v>
+      </c>
+      <c r="F819" t="s">
+        <v>16</v>
+      </c>
+      <c r="G819" t="s">
+        <v>17</v>
+      </c>
+      <c r="H819">
+        <v>54</v>
+      </c>
+      <c r="I819">
+        <v>0</v>
+      </c>
+      <c r="K819" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="820" spans="1:11">
+      <c r="A820" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B820" t="s">
+        <v>13</v>
+      </c>
+      <c r="C820" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E820">
+        <v>3</v>
+      </c>
+      <c r="F820" t="s">
+        <v>16</v>
+      </c>
+      <c r="G820" t="s">
+        <v>17</v>
+      </c>
+      <c r="H820">
+        <v>53</v>
+      </c>
+      <c r="I820">
+        <v>30</v>
+      </c>
+      <c r="K820" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="821" spans="1:11">
+      <c r="A821" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B821" t="s">
+        <v>13</v>
+      </c>
+      <c r="C821" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2215</v>
+      </c>
+      <c r="E821">
+        <v>3</v>
+      </c>
+      <c r="F821" t="s">
+        <v>16</v>
+      </c>
+      <c r="G821" t="s">
+        <v>17</v>
+      </c>
+      <c r="H821">
+        <v>12</v>
+      </c>
+      <c r="I821">
+        <v>0</v>
+      </c>
+      <c r="K821" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="822" spans="1:11">
+      <c r="A822" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B822" t="s">
+        <v>13</v>
+      </c>
+      <c r="C822" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E822">
+        <v>3</v>
+      </c>
+      <c r="F822" t="s">
+        <v>16</v>
+      </c>
+      <c r="G822" t="s">
+        <v>17</v>
+      </c>
+      <c r="H822">
+        <v>13</v>
+      </c>
+      <c r="I822">
+        <v>0</v>
+      </c>
+      <c r="K822" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="823" spans="1:11">
+      <c r="A823" t="s">
+        <v>1206</v>
+      </c>
+      <c r="B823" t="s">
+        <v>13</v>
+      </c>
+      <c r="C823" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E823">
+        <v>3</v>
+      </c>
+      <c r="F823" t="s">
+        <v>16</v>
+      </c>
+      <c r="G823" t="s">
+        <v>17</v>
+      </c>
+      <c r="H823">
+        <v>58</v>
+      </c>
+      <c r="I823">
+        <v>0</v>
+      </c>
+      <c r="K823" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="824" spans="1:11">
+      <c r="A824" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B824" t="s">
+        <v>13</v>
+      </c>
+      <c r="C824" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E824">
+        <v>3</v>
+      </c>
+      <c r="F824" t="s">
+        <v>16</v>
+      </c>
+      <c r="G824" t="s">
+        <v>17</v>
+      </c>
+      <c r="H824">
+        <v>59</v>
+      </c>
+      <c r="I824">
+        <v>0</v>
+      </c>
+      <c r="K824" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="825" spans="1:11">
+      <c r="A825" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B825" t="s">
+        <v>13</v>
+      </c>
+      <c r="C825" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E825">
+        <v>3</v>
+      </c>
+      <c r="F825" t="s">
+        <v>16</v>
+      </c>
+      <c r="G825" t="s">
+        <v>17</v>
+      </c>
+      <c r="H825">
+        <v>62</v>
+      </c>
+      <c r="I825">
+        <v>0</v>
+      </c>
+      <c r="K825" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="826" spans="1:11">
+      <c r="A826" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B826" t="s">
+        <v>13</v>
+      </c>
+      <c r="C826" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2224</v>
+      </c>
+      <c r="E826">
+        <v>3</v>
+      </c>
+      <c r="F826" t="s">
+        <v>16</v>
+      </c>
+      <c r="G826" t="s">
+        <v>17</v>
+      </c>
+      <c r="H826">
+        <v>7</v>
+      </c>
+      <c r="I826">
+        <v>0</v>
+      </c>
+      <c r="K826" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="827" spans="1:11">
+      <c r="A827" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B827" t="s">
+        <v>13</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2226</v>
+      </c>
+      <c r="E827">
+        <v>3</v>
+      </c>
+      <c r="F827" t="s">
+        <v>16</v>
+      </c>
+      <c r="G827" t="s">
+        <v>17</v>
+      </c>
+      <c r="H827">
+        <v>56</v>
+      </c>
+      <c r="I827">
+        <v>0</v>
+      </c>
+      <c r="K827" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="828" spans="1:11">
+      <c r="A828" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B828" t="s">
+        <v>13</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E828">
+        <v>3</v>
+      </c>
+      <c r="F828" t="s">
+        <v>16</v>
+      </c>
+      <c r="G828" t="s">
+        <v>17</v>
+      </c>
+      <c r="H828">
+        <v>6</v>
+      </c>
+      <c r="I828">
+        <v>0</v>
+      </c>
+      <c r="K828" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="829" spans="1:11">
+      <c r="A829" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B829" t="s">
+        <v>13</v>
+      </c>
+      <c r="C829" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E829">
+        <v>3</v>
+      </c>
+      <c r="F829" t="s">
+        <v>16</v>
+      </c>
+      <c r="G829" t="s">
+        <v>17</v>
+      </c>
+      <c r="H829">
+        <v>58</v>
+      </c>
+      <c r="I829">
+        <v>0</v>
+      </c>
+      <c r="K829" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="830" spans="1:11">
+      <c r="A830" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B830" t="s">
+        <v>13</v>
+      </c>
+      <c r="C830" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2232</v>
+      </c>
+      <c r="E830">
+        <v>3</v>
+      </c>
+      <c r="F830" t="s">
+        <v>16</v>
+      </c>
+      <c r="G830" t="s">
+        <v>17</v>
+      </c>
+      <c r="H830">
+        <v>55</v>
+      </c>
+      <c r="I830">
+        <v>0</v>
+      </c>
+      <c r="K830" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="831" spans="1:11">
+      <c r="A831" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B831" t="s">
+        <v>13</v>
+      </c>
+      <c r="C831" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E831">
+        <v>3</v>
+      </c>
+      <c r="F831" t="s">
+        <v>16</v>
+      </c>
+      <c r="G831" t="s">
+        <v>17</v>
+      </c>
+      <c r="H831">
+        <v>5</v>
+      </c>
+      <c r="I831">
+        <v>0</v>
+      </c>
+      <c r="K831" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="832" spans="1:11">
+      <c r="A832" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B832" t="s">
+        <v>13</v>
+      </c>
+      <c r="C832" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2236</v>
+      </c>
+      <c r="E832">
+        <v>3</v>
+      </c>
+      <c r="F832" t="s">
+        <v>16</v>
+      </c>
+      <c r="G832" t="s">
+        <v>17</v>
+      </c>
+      <c r="H832">
+        <v>52</v>
+      </c>
+      <c r="I832">
+        <v>0</v>
+      </c>
+      <c r="K832" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="833" spans="1:11">
+      <c r="A833" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B833" t="s">
+        <v>13</v>
+      </c>
+      <c r="C833" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2238</v>
+      </c>
+      <c r="E833">
+        <v>3</v>
+      </c>
+      <c r="F833" t="s">
+        <v>16</v>
+      </c>
+      <c r="G833" t="s">
+        <v>17</v>
+      </c>
+      <c r="H833">
+        <v>6</v>
+      </c>
+      <c r="I833">
+        <v>0</v>
+      </c>
+      <c r="K833" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="834" spans="1:11">
+      <c r="A834" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B834" t="s">
+        <v>13</v>
+      </c>
+      <c r="C834" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2240</v>
+      </c>
+      <c r="E834">
+        <v>3</v>
+      </c>
+      <c r="F834" t="s">
+        <v>16</v>
+      </c>
+      <c r="G834" t="s">
+        <v>17</v>
+      </c>
+      <c r="H834">
+        <v>56</v>
+      </c>
+      <c r="I834">
+        <v>0</v>
+      </c>
+      <c r="K834" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="835" spans="1:11">
+      <c r="A835" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B835" t="s">
+        <v>13</v>
+      </c>
+      <c r="C835" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2242</v>
+      </c>
+      <c r="E835">
+        <v>3</v>
+      </c>
+      <c r="F835" t="s">
+        <v>16</v>
+      </c>
+      <c r="G835" t="s">
+        <v>17</v>
+      </c>
+      <c r="H835">
+        <v>5</v>
+      </c>
+      <c r="I835">
+        <v>0</v>
+      </c>
+      <c r="K835" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="836" spans="1:11">
+      <c r="A836" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B836" t="s">
+        <v>13</v>
+      </c>
+      <c r="C836" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2244</v>
+      </c>
+      <c r="E836">
+        <v>3</v>
+      </c>
+      <c r="F836" t="s">
+        <v>16</v>
+      </c>
+      <c r="G836" t="s">
+        <v>17</v>
+      </c>
+      <c r="H836">
+        <v>56</v>
+      </c>
+      <c r="I836">
+        <v>5</v>
+      </c>
+      <c r="K836" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="837" spans="1:11">
+      <c r="A837" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B837" t="s">
+        <v>13</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2246</v>
+      </c>
+      <c r="E837">
+        <v>3</v>
+      </c>
+      <c r="F837" t="s">
+        <v>16</v>
+      </c>
+      <c r="G837" t="s">
+        <v>17</v>
+      </c>
+      <c r="H837">
+        <v>54</v>
+      </c>
+      <c r="I837">
+        <v>0</v>
+      </c>
+      <c r="K837" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="838" spans="1:11">
+      <c r="A838" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B838" t="s">
+        <v>13</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2248</v>
+      </c>
+      <c r="E838">
+        <v>3</v>
+      </c>
+      <c r="F838" t="s">
+        <v>16</v>
+      </c>
+      <c r="G838" t="s">
+        <v>17</v>
+      </c>
+      <c r="H838">
+        <v>56</v>
+      </c>
+      <c r="I838">
+        <v>0</v>
+      </c>
+      <c r="K838" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="839" spans="1:11">
+      <c r="A839" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B839" t="s">
+        <v>13</v>
+      </c>
+      <c r="C839" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E839">
+        <v>3</v>
+      </c>
+      <c r="F839" t="s">
+        <v>16</v>
+      </c>
+      <c r="G839" t="s">
+        <v>17</v>
+      </c>
+      <c r="H839">
+        <v>53</v>
+      </c>
+      <c r="I839">
+        <v>0</v>
+      </c>
+      <c r="K839" t="s">
+        <v>2251</v>
+      </c>
+    </row>
+    <row r="840" spans="1:11">
+      <c r="A840" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B840" t="s">
+        <v>13</v>
+      </c>
+      <c r="C840" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E840">
+        <v>3</v>
+      </c>
+      <c r="F840" t="s">
+        <v>16</v>
+      </c>
+      <c r="G840" t="s">
+        <v>17</v>
+      </c>
+      <c r="H840">
+        <v>56</v>
+      </c>
+      <c r="I840">
+        <v>0</v>
+      </c>
+      <c r="K840" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="841" spans="1:11">
+      <c r="A841" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B841" t="s">
+        <v>13</v>
+      </c>
+      <c r="C841" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D841" t="s">
+        <v>2254</v>
+      </c>
+      <c r="E841">
+        <v>3</v>
+      </c>
+      <c r="F841" t="s">
+        <v>16</v>
+      </c>
+      <c r="G841" t="s">
+        <v>17</v>
+      </c>
+      <c r="H841">
+        <v>12</v>
+      </c>
+      <c r="I841">
+        <v>0</v>
+      </c>
+      <c r="K841" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="842" spans="1:11">
+      <c r="A842" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B842" t="s">
+        <v>13</v>
+      </c>
+      <c r="C842" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D842" t="s">
+        <v>2256</v>
+      </c>
+      <c r="E842">
+        <v>3</v>
+      </c>
+      <c r="F842" t="s">
+        <v>16</v>
+      </c>
+      <c r="G842" t="s">
+        <v>17</v>
+      </c>
+      <c r="H842">
+        <v>14</v>
+      </c>
+      <c r="I842">
+        <v>0</v>
+      </c>
+      <c r="K842" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="843" spans="1:11">
+      <c r="A843" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B843" t="s">
+        <v>13</v>
+      </c>
+      <c r="C843" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D843" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E843">
+        <v>3</v>
+      </c>
+      <c r="F843" t="s">
+        <v>16</v>
+      </c>
+      <c r="G843" t="s">
+        <v>17</v>
+      </c>
+      <c r="H843">
+        <v>60</v>
+      </c>
+      <c r="I843">
+        <v>0</v>
+      </c>
+      <c r="K843" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="844" spans="1:11">
+      <c r="A844" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B844" t="s">
+        <v>13</v>
+      </c>
+      <c r="C844" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D844" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E844">
+        <v>3</v>
+      </c>
+      <c r="F844" t="s">
+        <v>16</v>
+      </c>
+      <c r="G844" t="s">
+        <v>17</v>
+      </c>
+      <c r="H844">
+        <v>54</v>
+      </c>
+      <c r="I844">
+        <v>0</v>
+      </c>
+      <c r="K844" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="845" spans="1:11">
+      <c r="A845" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B845" t="s">
+        <v>13</v>
+      </c>
+      <c r="C845" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D845" t="s">
+        <v>2262</v>
+      </c>
+      <c r="E845">
+        <v>3</v>
+      </c>
+      <c r="F845" t="s">
+        <v>16</v>
+      </c>
+      <c r="G845" t="s">
+        <v>17</v>
+      </c>
+      <c r="H845">
+        <v>58</v>
+      </c>
+      <c r="I845">
+        <v>0</v>
+      </c>
+      <c r="K845" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="846" spans="1:11">
+      <c r="A846" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B846" t="s">
+        <v>13</v>
+      </c>
+      <c r="C846" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D846" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E846">
+        <v>3</v>
+      </c>
+      <c r="F846" t="s">
+        <v>16</v>
+      </c>
+      <c r="G846" t="s">
+        <v>17</v>
+      </c>
+      <c r="H846">
+        <v>58</v>
+      </c>
+      <c r="I846">
+        <v>0</v>
+      </c>
+      <c r="K846" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="847" spans="1:11">
+      <c r="A847" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B847" t="s">
+        <v>13</v>
+      </c>
+      <c r="C847" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D847" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E847">
+        <v>3</v>
+      </c>
+      <c r="F847" t="s">
+        <v>16</v>
+      </c>
+      <c r="G847" t="s">
+        <v>17</v>
+      </c>
+      <c r="H847">
+        <v>54</v>
+      </c>
+      <c r="I847">
+        <v>0</v>
+      </c>
+      <c r="K847" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="848" spans="1:11">
+      <c r="A848" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B848" t="s">
+        <v>13</v>
+      </c>
+      <c r="C848" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D848" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E848">
+        <v>3</v>
+      </c>
+      <c r="F848" t="s">
+        <v>16</v>
+      </c>
+      <c r="G848" t="s">
+        <v>17</v>
+      </c>
+      <c r="H848">
+        <v>10</v>
+      </c>
+      <c r="I848">
+        <v>0</v>
+      </c>
+      <c r="K848" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="849" spans="1:11">
+      <c r="A849" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B849" t="s">
+        <v>13</v>
+      </c>
+      <c r="C849" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D849" t="s">
+        <v>2270</v>
+      </c>
+      <c r="E849">
+        <v>3</v>
+      </c>
+      <c r="F849" t="s">
+        <v>16</v>
+      </c>
+      <c r="G849" t="s">
+        <v>17</v>
+      </c>
+      <c r="H849">
+        <v>58</v>
+      </c>
+      <c r="I849">
+        <v>0</v>
+      </c>
+      <c r="K849" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="850" spans="1:11">
+      <c r="A850" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B850" t="s">
+        <v>13</v>
+      </c>
+      <c r="C850" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D850" t="s">
+        <v>2272</v>
+      </c>
+      <c r="E850">
+        <v>3</v>
+      </c>
+      <c r="F850" t="s">
+        <v>16</v>
+      </c>
+      <c r="G850" t="s">
+        <v>17</v>
+      </c>
+      <c r="H850">
+        <v>60</v>
+      </c>
+      <c r="I850">
+        <v>0</v>
+      </c>
+      <c r="K850" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="851" spans="1:11">
+      <c r="A851" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B851" t="s">
+        <v>13</v>
+      </c>
+      <c r="C851" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D851" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E851">
+        <v>3</v>
+      </c>
+      <c r="F851" t="s">
+        <v>16</v>
+      </c>
+      <c r="G851" t="s">
+        <v>17</v>
+      </c>
+      <c r="H851">
+        <v>56</v>
+      </c>
+      <c r="I851">
+        <v>0</v>
+      </c>
+      <c r="K851" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="852" spans="1:11">
+      <c r="A852" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B852" t="s">
+        <v>13</v>
+      </c>
+      <c r="C852" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D852" t="s">
+        <v>2276</v>
+      </c>
+      <c r="E852">
+        <v>3</v>
+      </c>
+      <c r="F852" t="s">
+        <v>16</v>
+      </c>
+      <c r="G852" t="s">
+        <v>17</v>
+      </c>
+      <c r="H852">
+        <v>53</v>
+      </c>
+      <c r="I852">
+        <v>0</v>
+      </c>
+      <c r="K852" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="853" spans="1:11">
+      <c r="A853" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B853" t="s">
+        <v>13</v>
+      </c>
+      <c r="C853" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D853" t="s">
+        <v>2278</v>
+      </c>
+      <c r="E853">
+        <v>3</v>
+      </c>
+      <c r="F853" t="s">
+        <v>16</v>
+      </c>
+      <c r="G853" t="s">
+        <v>17</v>
+      </c>
+      <c r="H853">
+        <v>62</v>
+      </c>
+      <c r="I853">
+        <v>0</v>
+      </c>
+      <c r="K853" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="854" spans="1:11">
+      <c r="A854" t="s">
+        <v>1310</v>
+      </c>
+      <c r="B854" t="s">
+        <v>13</v>
+      </c>
+      <c r="C854" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D854" t="s">
+        <v>2280</v>
+      </c>
+      <c r="E854">
+        <v>3</v>
+      </c>
+      <c r="F854" t="s">
+        <v>16</v>
+      </c>
+      <c r="G854" t="s">
+        <v>17</v>
+      </c>
+      <c r="H854">
+        <v>10</v>
+      </c>
+      <c r="I854">
+        <v>0</v>
+      </c>
+      <c r="K854" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="855" spans="1:11">
+      <c r="A855" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B855" t="s">
+        <v>13</v>
+      </c>
+      <c r="C855" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D855" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E855">
+        <v>3</v>
+      </c>
+      <c r="F855" t="s">
+        <v>16</v>
+      </c>
+      <c r="G855" t="s">
+        <v>17</v>
+      </c>
+      <c r="H855">
+        <v>64</v>
+      </c>
+      <c r="I855">
+        <v>0</v>
+      </c>
+      <c r="K855" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="856" spans="1:11">
+      <c r="A856" t="s">
+        <v>1316</v>
+      </c>
+      <c r="B856" t="s">
+        <v>13</v>
+      </c>
+      <c r="C856" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D856" t="s">
+        <v>2284</v>
+      </c>
+      <c r="E856">
+        <v>3</v>
+      </c>
+      <c r="F856" t="s">
+        <v>16</v>
+      </c>
+      <c r="G856" t="s">
+        <v>17</v>
+      </c>
+      <c r="H856">
+        <v>16</v>
+      </c>
+      <c r="I856">
+        <v>7.5</v>
+      </c>
+      <c r="K856" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="857" spans="1:11">
+      <c r="A857" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B857" t="s">
+        <v>13</v>
+      </c>
+      <c r="C857" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D857" t="s">
+        <v>2286</v>
+      </c>
+      <c r="E857">
+        <v>3</v>
+      </c>
+      <c r="F857" t="s">
+        <v>16</v>
+      </c>
+      <c r="G857" t="s">
+        <v>17</v>
+      </c>
+      <c r="H857">
+        <v>56</v>
+      </c>
+      <c r="I857">
+        <v>0</v>
+      </c>
+      <c r="K857" t="s">
+        <v>2287</v>
+      </c>
+    </row>
+    <row r="858" spans="1:11">
+      <c r="A858" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B858" t="s">
+        <v>13</v>
+      </c>
+      <c r="C858" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D858" t="s">
+        <v>2288</v>
+      </c>
+      <c r="E858">
+        <v>3</v>
+      </c>
+      <c r="F858" t="s">
+        <v>16</v>
+      </c>
+      <c r="G858" t="s">
+        <v>17</v>
+      </c>
+      <c r="H858">
+        <v>60</v>
+      </c>
+      <c r="I858">
+        <v>0</v>
+      </c>
+      <c r="K858" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="859" spans="1:11">
+      <c r="A859" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B859" t="s">
+        <v>13</v>
+      </c>
+      <c r="C859" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D859" t="s">
+        <v>2290</v>
+      </c>
+      <c r="E859">
+        <v>3</v>
+      </c>
+      <c r="F859" t="s">
+        <v>16</v>
+      </c>
+      <c r="G859" t="s">
+        <v>17</v>
+      </c>
+      <c r="H859">
+        <v>52</v>
+      </c>
+      <c r="I859">
+        <v>0</v>
+      </c>
+      <c r="K859" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="860" spans="1:11">
+      <c r="A860" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B860" t="s">
+        <v>13</v>
+      </c>
+      <c r="C860" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D860" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E860">
+        <v>3</v>
+      </c>
+      <c r="F860" t="s">
+        <v>16</v>
+      </c>
+      <c r="G860" t="s">
+        <v>17</v>
+      </c>
+      <c r="H860">
+        <v>58</v>
+      </c>
+      <c r="I860">
+        <v>0</v>
+      </c>
+      <c r="K860" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="861" spans="1:11">
+      <c r="A861" t="s">
+        <v>1337</v>
+      </c>
+      <c r="B861" t="s">
+        <v>13</v>
+      </c>
+      <c r="C861" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D861" t="s">
+        <v>2294</v>
+      </c>
+      <c r="E861">
+        <v>3</v>
+      </c>
+      <c r="F861" t="s">
+        <v>16</v>
+      </c>
+      <c r="G861" t="s">
+        <v>17</v>
+      </c>
+      <c r="H861">
+        <v>6</v>
+      </c>
+      <c r="I861">
+        <v>0</v>
+      </c>
+      <c r="K861" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="862" spans="1:11">
+      <c r="A862" t="s">
+        <v>1340</v>
+      </c>
+      <c r="B862" t="s">
+        <v>13</v>
+      </c>
+      <c r="C862" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2296</v>
+      </c>
+      <c r="E862">
+        <v>3</v>
+      </c>
+      <c r="F862" t="s">
+        <v>16</v>
+      </c>
+      <c r="G862" t="s">
+        <v>17</v>
+      </c>
+      <c r="H862">
+        <v>55</v>
+      </c>
+      <c r="I862">
+        <v>0</v>
+      </c>
+      <c r="K862" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="863" spans="1:11">
+      <c r="A863" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B863" t="s">
+        <v>13</v>
+      </c>
+      <c r="C863" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D863" t="s">
+        <v>2298</v>
+      </c>
+      <c r="E863">
+        <v>3</v>
+      </c>
+      <c r="F863" t="s">
+        <v>16</v>
+      </c>
+      <c r="G863" t="s">
+        <v>17</v>
+      </c>
+      <c r="H863">
+        <v>6</v>
+      </c>
+      <c r="I863">
+        <v>0</v>
+      </c>
+      <c r="K863" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="864" spans="1:11">
+      <c r="A864" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B864" t="s">
+        <v>13</v>
+      </c>
+      <c r="C864" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D864" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E864">
+        <v>3</v>
+      </c>
+      <c r="F864" t="s">
+        <v>16</v>
+      </c>
+      <c r="G864" t="s">
+        <v>17</v>
+      </c>
+      <c r="H864">
+        <v>53</v>
+      </c>
+      <c r="I864">
+        <v>0</v>
+      </c>
+      <c r="K864" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="865" spans="1:11">
+      <c r="A865" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B865" t="s">
+        <v>13</v>
+      </c>
+      <c r="C865" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D865" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E865">
+        <v>3</v>
+      </c>
+      <c r="F865" t="s">
+        <v>16</v>
+      </c>
+      <c r="G865" t="s">
+        <v>17</v>
+      </c>
+      <c r="H865">
+        <v>14</v>
+      </c>
+      <c r="I865">
+        <v>0</v>
+      </c>
+      <c r="K865" t="s">
+        <v>2303</v>
+      </c>
+    </row>
+    <row r="866" spans="1:11">
+      <c r="A866" t="s">
+        <v>1352</v>
+      </c>
+      <c r="B866" t="s">
+        <v>13</v>
+      </c>
+      <c r="C866" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D866" t="s">
+        <v>2304</v>
+      </c>
+      <c r="E866">
+        <v>3</v>
+      </c>
+      <c r="F866" t="s">
+        <v>16</v>
+      </c>
+      <c r="G866" t="s">
+        <v>17</v>
+      </c>
+      <c r="H866">
+        <v>58</v>
+      </c>
+      <c r="I866">
+        <v>0</v>
+      </c>
+      <c r="K866" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="867" spans="1:11">
+      <c r="A867" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B867" t="s">
+        <v>13</v>
+      </c>
+      <c r="C867" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E867">
+        <v>3</v>
+      </c>
+      <c r="F867" t="s">
+        <v>16</v>
+      </c>
+      <c r="G867" t="s">
+        <v>17</v>
+      </c>
+      <c r="H867">
+        <v>59</v>
+      </c>
+      <c r="I867">
+        <v>0</v>
+      </c>
+      <c r="K867" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="868" spans="1:11">
+      <c r="A868" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B868" t="s">
+        <v>13</v>
+      </c>
+      <c r="C868" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D868" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E868">
+        <v>3</v>
+      </c>
+      <c r="F868" t="s">
+        <v>16</v>
+      </c>
+      <c r="G868" t="s">
+        <v>17</v>
+      </c>
+      <c r="H868">
+        <v>58</v>
+      </c>
+      <c r="I868">
+        <v>5</v>
+      </c>
+      <c r="K868" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="869" spans="1:11">
+      <c r="A869" t="s">
+        <v>1364</v>
+      </c>
+      <c r="B869" t="s">
+        <v>13</v>
+      </c>
+      <c r="C869" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D869" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E869">
+        <v>3</v>
+      </c>
+      <c r="F869" t="s">
+        <v>16</v>
+      </c>
+      <c r="G869" t="s">
+        <v>17</v>
+      </c>
+      <c r="H869">
+        <v>56</v>
+      </c>
+      <c r="I869">
+        <v>0</v>
+      </c>
+      <c r="K869" t="s">
+        <v>2311</v>
+      </c>
+    </row>
+    <row r="870" spans="1:11">
+      <c r="A870" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B870" t="s">
+        <v>13</v>
+      </c>
+      <c r="C870" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D870" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E870">
+        <v>3</v>
+      </c>
+      <c r="F870" t="s">
+        <v>16</v>
+      </c>
+      <c r="G870" t="s">
+        <v>17</v>
+      </c>
+      <c r="H870">
+        <v>56</v>
+      </c>
+      <c r="I870">
+        <v>0</v>
+      </c>
+      <c r="K870" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="871" spans="1:11">
+      <c r="A871" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B871" t="s">
+        <v>13</v>
+      </c>
+      <c r="C871" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2314</v>
+      </c>
+      <c r="E871">
+        <v>3</v>
+      </c>
+      <c r="F871" t="s">
+        <v>16</v>
+      </c>
+      <c r="G871" t="s">
+        <v>17</v>
+      </c>
+      <c r="H871">
+        <v>55</v>
+      </c>
+      <c r="I871">
+        <v>0</v>
+      </c>
+      <c r="K871" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="872" spans="1:11">
+      <c r="A872" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B872" t="s">
+        <v>13</v>
+      </c>
+      <c r="C872" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D872" t="s">
+        <v>2316</v>
+      </c>
+      <c r="E872">
+        <v>3</v>
+      </c>
+      <c r="F872" t="s">
+        <v>16</v>
+      </c>
+      <c r="G872" t="s">
+        <v>17</v>
+      </c>
+      <c r="H872">
+        <v>53</v>
+      </c>
+      <c r="I872">
+        <v>30</v>
+      </c>
+      <c r="K872" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="873" spans="1:11">
+      <c r="A873" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B873" t="s">
+        <v>13</v>
+      </c>
+      <c r="C873" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D873" t="s">
+        <v>2318</v>
+      </c>
+      <c r="E873">
+        <v>3</v>
+      </c>
+      <c r="F873" t="s">
+        <v>16</v>
+      </c>
+      <c r="G873" t="s">
+        <v>17</v>
+      </c>
+      <c r="H873">
+        <v>56</v>
+      </c>
+      <c r="I873">
+        <v>0</v>
+      </c>
+      <c r="K873" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="874" spans="1:11">
+      <c r="A874" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B874" t="s">
+        <v>13</v>
+      </c>
+      <c r="C874" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D874" t="s">
+        <v>2320</v>
+      </c>
+      <c r="E874">
+        <v>3</v>
+      </c>
+      <c r="F874" t="s">
+        <v>16</v>
+      </c>
+      <c r="G874" t="s">
+        <v>17</v>
+      </c>
+      <c r="H874">
+        <v>6</v>
+      </c>
+      <c r="I874">
+        <v>0</v>
+      </c>
+      <c r="K874" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="875" spans="1:11">
+      <c r="A875" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B875" t="s">
+        <v>13</v>
+      </c>
+      <c r="C875" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D875" t="s">
+        <v>2322</v>
+      </c>
+      <c r="E875">
+        <v>3</v>
+      </c>
+      <c r="F875" t="s">
+        <v>16</v>
+      </c>
+      <c r="G875" t="s">
+        <v>17</v>
+      </c>
+      <c r="H875">
+        <v>54</v>
+      </c>
+      <c r="I875">
+        <v>15</v>
+      </c>
+      <c r="K875" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="876" spans="1:11">
+      <c r="A876" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B876" t="s">
+        <v>13</v>
+      </c>
+      <c r="C876" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D876" t="s">
+        <v>2324</v>
+      </c>
+      <c r="E876">
+        <v>3</v>
+      </c>
+      <c r="F876" t="s">
+        <v>16</v>
+      </c>
+      <c r="G876" t="s">
+        <v>17</v>
+      </c>
+      <c r="H876">
+        <v>56</v>
+      </c>
+      <c r="I876">
+        <v>0</v>
+      </c>
+      <c r="K876" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="877" spans="1:11">
+      <c r="A877" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B877" t="s">
+        <v>13</v>
+      </c>
+      <c r="C877" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D877" t="s">
+        <v>2326</v>
+      </c>
+      <c r="E877">
+        <v>3</v>
+      </c>
+      <c r="F877" t="s">
+        <v>16</v>
+      </c>
+      <c r="G877" t="s">
+        <v>17</v>
+      </c>
+      <c r="H877">
+        <v>54</v>
+      </c>
+      <c r="I877">
+        <v>0</v>
+      </c>
+      <c r="K877" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="878" spans="1:11">
+      <c r="A878" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B878" t="s">
+        <v>13</v>
+      </c>
+      <c r="C878" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D878" t="s">
+        <v>2328</v>
+      </c>
+      <c r="E878">
+        <v>3</v>
+      </c>
+      <c r="F878" t="s">
+        <v>16</v>
+      </c>
+      <c r="G878" t="s">
+        <v>17</v>
+      </c>
+      <c r="H878">
+        <v>56</v>
+      </c>
+      <c r="I878">
+        <v>0</v>
+      </c>
+      <c r="K878" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="879" spans="1:11">
+      <c r="A879" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B879" t="s">
+        <v>13</v>
+      </c>
+      <c r="C879" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D879" t="s">
+        <v>2330</v>
+      </c>
+      <c r="E879">
+        <v>3</v>
+      </c>
+      <c r="F879" t="s">
+        <v>16</v>
+      </c>
+      <c r="G879" t="s">
+        <v>17</v>
+      </c>
+      <c r="H879">
+        <v>58</v>
+      </c>
+      <c r="I879">
+        <v>0</v>
+      </c>
+      <c r="K879" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="880" spans="1:11">
+      <c r="A880" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B880" t="s">
+        <v>13</v>
+      </c>
+      <c r="C880" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2332</v>
+      </c>
+      <c r="E880">
+        <v>3</v>
+      </c>
+      <c r="F880" t="s">
+        <v>16</v>
+      </c>
+      <c r="G880" t="s">
+        <v>17</v>
+      </c>
+      <c r="H880">
+        <v>64</v>
+      </c>
+      <c r="I880">
+        <v>0</v>
+      </c>
+      <c r="K880" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="881" spans="1:11">
+      <c r="A881" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B881" t="s">
+        <v>13</v>
+      </c>
+      <c r="C881" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D881" t="s">
+        <v>2334</v>
+      </c>
+      <c r="E881">
+        <v>3</v>
+      </c>
+      <c r="F881" t="s">
+        <v>16</v>
+      </c>
+      <c r="G881" t="s">
+        <v>17</v>
+      </c>
+      <c r="H881">
+        <v>7</v>
+      </c>
+      <c r="I881">
+        <v>0</v>
+      </c>
+      <c r="K881" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="882" spans="1:11">
+      <c r="A882" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B882" t="s">
+        <v>13</v>
+      </c>
+      <c r="C882" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D882" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E882">
+        <v>3</v>
+      </c>
+      <c r="F882" t="s">
+        <v>16</v>
+      </c>
+      <c r="G882" t="s">
+        <v>17</v>
+      </c>
+      <c r="H882">
+        <v>58</v>
+      </c>
+      <c r="I882">
+        <v>0</v>
+      </c>
+      <c r="K882" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="883" spans="1:11">
+      <c r="A883" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B883" t="s">
+        <v>13</v>
+      </c>
+      <c r="C883" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D883" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E883">
+        <v>3</v>
+      </c>
+      <c r="F883" t="s">
+        <v>16</v>
+      </c>
+      <c r="G883" t="s">
+        <v>17</v>
+      </c>
+      <c r="H883">
+        <v>23</v>
+      </c>
+      <c r="I883">
+        <v>0</v>
+      </c>
+      <c r="K883" t="s">
+        <v>2338</v>
+      </c>
+    </row>
+    <row r="884" spans="1:11">
+      <c r="A884" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B884" t="s">
+        <v>13</v>
+      </c>
+      <c r="C884" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D884" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E884">
+        <v>3</v>
+      </c>
+      <c r="F884" t="s">
+        <v>16</v>
+      </c>
+      <c r="G884" t="s">
+        <v>17</v>
+      </c>
+      <c r="H884">
+        <v>19</v>
+      </c>
+      <c r="I884">
+        <v>0</v>
+      </c>
+      <c r="K884" t="s">
+        <v>2339</v>
+      </c>
+    </row>
+    <row r="885" spans="1:11">
+      <c r="A885" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B885" t="s">
+        <v>13</v>
+      </c>
+      <c r="C885" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D885" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E885">
+        <v>3</v>
+      </c>
+      <c r="F885" t="s">
+        <v>16</v>
+      </c>
+      <c r="G885" t="s">
+        <v>17</v>
+      </c>
+      <c r="H885">
+        <v>56</v>
+      </c>
+      <c r="I885">
+        <v>0</v>
+      </c>
+      <c r="K885" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="886" spans="1:11">
+      <c r="A886" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B886" t="s">
+        <v>13</v>
+      </c>
+      <c r="C886" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D886" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E886">
+        <v>3</v>
+      </c>
+      <c r="F886" t="s">
+        <v>16</v>
+      </c>
+      <c r="G886" t="s">
+        <v>17</v>
+      </c>
+      <c r="H886">
+        <v>60</v>
+      </c>
+      <c r="I886">
+        <v>0</v>
+      </c>
+      <c r="K886" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="887" spans="1:11">
+      <c r="A887" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B887" t="s">
+        <v>13</v>
+      </c>
+      <c r="C887" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D887" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E887">
+        <v>3</v>
+      </c>
+      <c r="F887" t="s">
+        <v>16</v>
+      </c>
+      <c r="G887" t="s">
+        <v>17</v>
+      </c>
+      <c r="H887">
+        <v>58</v>
+      </c>
+      <c r="I887">
+        <v>0</v>
+      </c>
+      <c r="K887" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="888" spans="1:11">
+      <c r="A888" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B888" t="s">
+        <v>13</v>
+      </c>
+      <c r="C888" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D888" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E888">
+        <v>3</v>
+      </c>
+      <c r="F888" t="s">
+        <v>16</v>
+      </c>
+      <c r="G888" t="s">
+        <v>17</v>
+      </c>
+      <c r="H888">
+        <v>56</v>
+      </c>
+      <c r="I888">
+        <v>0</v>
+      </c>
+      <c r="K888" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="889" spans="1:11">
+      <c r="A889" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B889" t="s">
+        <v>13</v>
+      </c>
+      <c r="C889" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2344</v>
+      </c>
+      <c r="E889">
+        <v>3</v>
+      </c>
+      <c r="F889" t="s">
+        <v>16</v>
+      </c>
+      <c r="G889" t="s">
+        <v>17</v>
+      </c>
+      <c r="H889">
+        <v>59</v>
+      </c>
+      <c r="I889">
+        <v>0</v>
+      </c>
+      <c r="K889" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="890" spans="1:11">
+      <c r="A890" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B890" t="s">
+        <v>13</v>
+      </c>
+      <c r="C890" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D890" t="s">
+        <v>2346</v>
+      </c>
+      <c r="E890">
+        <v>3</v>
+      </c>
+      <c r="F890" t="s">
+        <v>16</v>
+      </c>
+      <c r="G890" t="s">
+        <v>17</v>
+      </c>
+      <c r="H890">
+        <v>59</v>
+      </c>
+      <c r="I890">
+        <v>2.5</v>
+      </c>
+      <c r="K890" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="891" spans="1:11">
+      <c r="A891" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B891" t="s">
+        <v>13</v>
+      </c>
+      <c r="C891" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D891" t="s">
+        <v>2348</v>
+      </c>
+      <c r="E891">
+        <v>3</v>
+      </c>
+      <c r="F891" t="s">
+        <v>16</v>
+      </c>
+      <c r="G891" t="s">
+        <v>17</v>
+      </c>
+      <c r="H891">
+        <v>55</v>
+      </c>
+      <c r="I891">
+        <v>0</v>
+      </c>
+      <c r="K891" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="892" spans="1:11">
+      <c r="A892" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B892" t="s">
+        <v>13</v>
+      </c>
+      <c r="C892" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D892" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E892">
+        <v>3</v>
+      </c>
+      <c r="F892" t="s">
+        <v>16</v>
+      </c>
+      <c r="G892" t="s">
+        <v>17</v>
+      </c>
+      <c r="H892">
+        <v>59</v>
+      </c>
+      <c r="I892">
+        <v>0</v>
+      </c>
+      <c r="K892" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="893" spans="1:11">
+      <c r="A893" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B893" t="s">
+        <v>13</v>
+      </c>
+      <c r="C893" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D893" t="s">
+        <v>2352</v>
+      </c>
+      <c r="E893">
+        <v>3</v>
+      </c>
+      <c r="F893" t="s">
+        <v>16</v>
+      </c>
+      <c r="G893" t="s">
+        <v>17</v>
+      </c>
+      <c r="H893">
+        <v>6</v>
+      </c>
+      <c r="I893">
+        <v>0</v>
+      </c>
+      <c r="K893" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="894" spans="1:11">
+      <c r="A894" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B894" t="s">
+        <v>13</v>
+      </c>
+      <c r="C894" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D894" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E894">
+        <v>3</v>
+      </c>
+      <c r="F894" t="s">
+        <v>16</v>
+      </c>
+      <c r="G894" t="s">
+        <v>17</v>
+      </c>
+      <c r="H894">
+        <v>55</v>
+      </c>
+      <c r="I894">
+        <v>0</v>
+      </c>
+      <c r="K894" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="895" spans="1:11">
+      <c r="A895" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B895" t="s">
+        <v>13</v>
+      </c>
+      <c r="C895" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D895" t="s">
+        <v>2356</v>
+      </c>
+      <c r="E895">
+        <v>3</v>
+      </c>
+      <c r="F895" t="s">
+        <v>16</v>
+      </c>
+      <c r="G895" t="s">
+        <v>17</v>
+      </c>
+      <c r="H895">
+        <v>20</v>
+      </c>
+      <c r="I895">
+        <v>0</v>
+      </c>
+      <c r="K895" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="896" spans="1:11">
+      <c r="A896" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B896" t="s">
+        <v>13</v>
+      </c>
+      <c r="C896" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2358</v>
+      </c>
+      <c r="E896">
+        <v>3</v>
+      </c>
+      <c r="F896" t="s">
+        <v>16</v>
+      </c>
+      <c r="G896" t="s">
+        <v>17</v>
+      </c>
+      <c r="H896">
+        <v>52</v>
+      </c>
+      <c r="I896">
+        <v>0</v>
+      </c>
+      <c r="K896" t="s">
+        <v>2359</v>
+      </c>
+    </row>
+    <row r="897" spans="1:11">
+      <c r="A897" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B897" t="s">
+        <v>13</v>
+      </c>
+      <c r="C897" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D897" t="s">
+        <v>2360</v>
+      </c>
+      <c r="E897">
+        <v>3</v>
+      </c>
+      <c r="F897" t="s">
+        <v>16</v>
+      </c>
+      <c r="G897" t="s">
+        <v>17</v>
+      </c>
+      <c r="H897">
+        <v>16</v>
+      </c>
+      <c r="I897">
+        <v>0</v>
+      </c>
+      <c r="K897" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="898" spans="1:11">
+      <c r="A898" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B898" t="s">
+        <v>13</v>
+      </c>
+      <c r="C898" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D898" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E898">
+        <v>3</v>
+      </c>
+      <c r="F898" t="s">
+        <v>16</v>
+      </c>
+      <c r="G898" t="s">
+        <v>17</v>
+      </c>
+      <c r="H898">
+        <v>58</v>
+      </c>
+      <c r="I898">
+        <v>0</v>
+      </c>
+      <c r="K898" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="899" spans="1:11">
+      <c r="A899" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B899" t="s">
+        <v>13</v>
+      </c>
+      <c r="C899" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D899" t="s">
+        <v>2364</v>
+      </c>
+      <c r="E899">
+        <v>3</v>
+      </c>
+      <c r="F899" t="s">
+        <v>16</v>
+      </c>
+      <c r="G899" t="s">
+        <v>17</v>
+      </c>
+      <c r="H899">
+        <v>51</v>
+      </c>
+      <c r="I899">
+        <v>0</v>
+      </c>
+      <c r="K899" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="900" spans="1:11">
+      <c r="A900" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B900" t="s">
+        <v>13</v>
+      </c>
+      <c r="C900" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D900" t="s">
+        <v>2366</v>
+      </c>
+      <c r="E900">
+        <v>3</v>
+      </c>
+      <c r="F900" t="s">
+        <v>16</v>
+      </c>
+      <c r="G900" t="s">
+        <v>17</v>
+      </c>
+      <c r="H900">
+        <v>54</v>
+      </c>
+      <c r="I900">
+        <v>0</v>
+      </c>
+      <c r="K900" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="901" spans="1:11">
+      <c r="A901" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B901" t="s">
+        <v>13</v>
+      </c>
+      <c r="C901" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D901" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E901">
+        <v>3</v>
+      </c>
+      <c r="F901" t="s">
+        <v>16</v>
+      </c>
+      <c r="G901" t="s">
+        <v>17</v>
+      </c>
+      <c r="H901">
+        <v>57</v>
+      </c>
+      <c r="I901">
+        <v>0</v>
+      </c>
+      <c r="K901" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="902" spans="1:11">
+      <c r="A902" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B902" t="s">
+        <v>13</v>
+      </c>
+      <c r="C902" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D902" t="s">
+        <v>2370</v>
+      </c>
+      <c r="E902">
+        <v>3</v>
+      </c>
+      <c r="F902" t="s">
+        <v>16</v>
+      </c>
+      <c r="G902" t="s">
+        <v>17</v>
+      </c>
+      <c r="H902">
+        <v>5</v>
+      </c>
+      <c r="I902">
+        <v>0</v>
+      </c>
+      <c r="K902" t="s">
+        <v>2371</v>
+      </c>
+    </row>
+    <row r="903" spans="1:11">
+      <c r="A903" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B903" t="s">
+        <v>13</v>
+      </c>
+      <c r="C903" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D903" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E903">
+        <v>3</v>
+      </c>
+      <c r="F903" t="s">
+        <v>16</v>
+      </c>
+      <c r="G903" t="s">
+        <v>17</v>
+      </c>
+      <c r="H903">
+        <v>59</v>
+      </c>
+      <c r="I903">
+        <v>0</v>
+      </c>
+      <c r="K903" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="904" spans="1:11">
+      <c r="A904" t="s">
+        <v>1476</v>
+      </c>
+      <c r="B904" t="s">
+        <v>13</v>
+      </c>
+      <c r="C904" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D904" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E904">
+        <v>3</v>
+      </c>
+      <c r="F904" t="s">
+        <v>16</v>
+      </c>
+      <c r="G904" t="s">
+        <v>17</v>
+      </c>
+      <c r="H904">
+        <v>20</v>
+      </c>
+      <c r="I904">
+        <v>0</v>
+      </c>
+      <c r="K904" t="s">
+        <v>2375</v>
+      </c>
+    </row>
+    <row r="905" spans="1:11">
+      <c r="A905" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B905" t="s">
+        <v>13</v>
+      </c>
+      <c r="C905" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D905" t="s">
+        <v>875</v>
+      </c>
+      <c r="E905">
+        <v>3</v>
+      </c>
+      <c r="F905" t="s">
+        <v>16</v>
+      </c>
+      <c r="G905" t="s">
+        <v>17</v>
+      </c>
+      <c r="H905">
+        <v>59</v>
+      </c>
+      <c r="I905">
+        <v>0</v>
+      </c>
+      <c r="K905" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="906" spans="1:11">
+      <c r="A906" t="s">
+        <v>1482</v>
+      </c>
+      <c r="B906" t="s">
+        <v>13</v>
+      </c>
+      <c r="C906" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D906" t="s">
+        <v>875</v>
+      </c>
+      <c r="E906">
+        <v>3</v>
+      </c>
+      <c r="F906" t="s">
+        <v>16</v>
+      </c>
+      <c r="G906" t="s">
+        <v>17</v>
+      </c>
+      <c r="H906">
+        <v>56</v>
+      </c>
+      <c r="I906">
+        <v>0</v>
+      </c>
+      <c r="K906" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="907" spans="1:11">
+      <c r="A907" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B907" t="s">
+        <v>13</v>
+      </c>
+      <c r="C907" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D907" t="s">
+        <v>875</v>
+      </c>
+      <c r="E907">
+        <v>3</v>
+      </c>
+      <c r="F907" t="s">
+        <v>16</v>
+      </c>
+      <c r="G907" t="s">
+        <v>17</v>
+      </c>
+      <c r="H907">
+        <v>56</v>
+      </c>
+      <c r="I907">
+        <v>0</v>
+      </c>
+      <c r="K907" t="s">
+        <v>2378</v>
+      </c>
+    </row>
+    <row r="908" spans="1:11">
+      <c r="A908" t="s">
+        <v>1488</v>
+      </c>
+      <c r="B908" t="s">
+        <v>13</v>
+      </c>
+      <c r="C908" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D908" t="s">
+        <v>875</v>
+      </c>
+      <c r="E908">
+        <v>3</v>
+      </c>
+      <c r="F908" t="s">
+        <v>16</v>
+      </c>
+      <c r="G908" t="s">
+        <v>17</v>
+      </c>
+      <c r="H908">
+        <v>56</v>
+      </c>
+      <c r="I908">
+        <v>0</v>
+      </c>
+      <c r="K908" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="909" spans="1:11">
+      <c r="A909" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B909" t="s">
+        <v>13</v>
+      </c>
+      <c r="C909" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D909" t="s">
+        <v>2380</v>
+      </c>
+      <c r="E909">
+        <v>3</v>
+      </c>
+      <c r="F909" t="s">
+        <v>16</v>
+      </c>
+      <c r="G909" t="s">
+        <v>17</v>
+      </c>
+      <c r="H909">
+        <v>10</v>
+      </c>
+      <c r="I909">
+        <v>0</v>
+      </c>
+      <c r="K909" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="910" spans="1:11">
+      <c r="A910" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B910" t="s">
+        <v>13</v>
+      </c>
+      <c r="C910" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D910" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E910">
+        <v>3</v>
+      </c>
+      <c r="F910" t="s">
+        <v>16</v>
+      </c>
+      <c r="G910" t="s">
+        <v>17</v>
+      </c>
+      <c r="H910">
+        <v>58</v>
+      </c>
+      <c r="I910">
+        <v>0</v>
+      </c>
+      <c r="K910" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="911" spans="1:11">
+      <c r="A911" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B911" t="s">
+        <v>13</v>
+      </c>
+      <c r="C911" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D911" t="s">
+        <v>875</v>
+      </c>
+      <c r="E911">
+        <v>3</v>
+      </c>
+      <c r="F911" t="s">
+        <v>16</v>
+      </c>
+      <c r="G911" t="s">
+        <v>17</v>
+      </c>
+      <c r="H911">
+        <v>56</v>
+      </c>
+      <c r="I911">
+        <v>0</v>
+      </c>
+      <c r="K911" t="s">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="912" spans="1:11">
+      <c r="A912" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B912" t="s">
+        <v>13</v>
+      </c>
+      <c r="C912" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E912">
+        <v>3</v>
+      </c>
+      <c r="F912" t="s">
+        <v>16</v>
+      </c>
+      <c r="G912" t="s">
+        <v>17</v>
+      </c>
+      <c r="H912">
+        <v>56</v>
+      </c>
+      <c r="I912">
+        <v>0</v>
+      </c>
+      <c r="K912" t="s">
+        <v>2384</v>
+      </c>
+    </row>
+    <row r="913" spans="1:11">
+      <c r="A913" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B913" t="s">
+        <v>13</v>
+      </c>
+      <c r="C913" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D913" t="s">
+        <v>875</v>
+      </c>
+      <c r="E913">
+        <v>3</v>
+      </c>
+      <c r="F913" t="s">
+        <v>16</v>
+      </c>
+      <c r="G913" t="s">
+        <v>17</v>
+      </c>
+      <c r="H913">
+        <v>54</v>
+      </c>
+      <c r="I913">
+        <v>0</v>
+      </c>
+      <c r="K913" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="914" spans="1:11">
+      <c r="A914" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B914" t="s">
+        <v>13</v>
+      </c>
+      <c r="C914" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D914" t="s">
+        <v>2386</v>
+      </c>
+      <c r="E914">
+        <v>3</v>
+      </c>
+      <c r="F914" t="s">
+        <v>16</v>
+      </c>
+      <c r="G914" t="s">
+        <v>17</v>
+      </c>
+      <c r="H914">
+        <v>18</v>
+      </c>
+      <c r="I914">
+        <v>0</v>
+      </c>
+      <c r="K914" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="915" spans="1:11">
+      <c r="A915" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B915" t="s">
+        <v>13</v>
+      </c>
+      <c r="C915" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D915" t="s">
+        <v>2388</v>
+      </c>
+      <c r="E915">
+        <v>3</v>
+      </c>
+      <c r="F915" t="s">
+        <v>16</v>
+      </c>
+      <c r="G915" t="s">
+        <v>17</v>
+      </c>
+      <c r="H915">
+        <v>6</v>
+      </c>
+      <c r="I915">
+        <v>0</v>
+      </c>
+      <c r="K915" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="916" spans="1:11">
+      <c r="A916" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B916" t="s">
+        <v>13</v>
+      </c>
+      <c r="C916" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D916" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E916">
+        <v>3</v>
+      </c>
+      <c r="F916" t="s">
+        <v>16</v>
+      </c>
+      <c r="G916" t="s">
+        <v>17</v>
+      </c>
+      <c r="H916">
+        <v>66</v>
+      </c>
+      <c r="I916">
+        <v>0</v>
+      </c>
+      <c r="K916" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="917" spans="1:11">
+      <c r="A917" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B917" t="s">
+        <v>13</v>
+      </c>
+      <c r="C917" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D917" t="s">
+        <v>2392</v>
+      </c>
+      <c r="E917">
+        <v>3</v>
+      </c>
+      <c r="F917" t="s">
+        <v>16</v>
+      </c>
+      <c r="G917" t="s">
+        <v>17</v>
+      </c>
+      <c r="H917">
+        <v>11</v>
+      </c>
+      <c r="I917">
+        <v>0</v>
+      </c>
+      <c r="K917" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="918" spans="1:11">
+      <c r="A918" t="s">
+        <v>1524</v>
+      </c>
+      <c r="B918" t="s">
+        <v>13</v>
+      </c>
+      <c r="C918" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D918" t="s">
+        <v>2394</v>
+      </c>
+      <c r="E918">
+        <v>3</v>
+      </c>
+      <c r="F918" t="s">
+        <v>16</v>
+      </c>
+      <c r="G918" t="s">
+        <v>17</v>
+      </c>
+      <c r="H918">
+        <v>62</v>
+      </c>
+      <c r="I918">
+        <v>0</v>
+      </c>
+      <c r="K918" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="919" spans="1:11">
+      <c r="A919" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B919" t="s">
+        <v>13</v>
+      </c>
+      <c r="C919" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D919" t="s">
+        <v>2396</v>
+      </c>
+      <c r="E919">
+        <v>3</v>
+      </c>
+      <c r="F919" t="s">
+        <v>16</v>
+      </c>
+      <c r="G919" t="s">
+        <v>17</v>
+      </c>
+      <c r="H919">
+        <v>56</v>
+      </c>
+      <c r="I919">
+        <v>0</v>
+      </c>
+      <c r="K919" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="920" spans="1:11">
+      <c r="A920" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B920" t="s">
+        <v>13</v>
+      </c>
+      <c r="C920" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D920" t="s">
+        <v>2398</v>
+      </c>
+      <c r="E920">
+        <v>3</v>
+      </c>
+      <c r="F920" t="s">
+        <v>16</v>
+      </c>
+      <c r="G920" t="s">
+        <v>17</v>
+      </c>
+      <c r="H920">
+        <v>57</v>
+      </c>
+      <c r="I920">
+        <v>0</v>
+      </c>
+      <c r="K920" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="921" spans="1:11">
+      <c r="A921" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B921" t="s">
+        <v>13</v>
+      </c>
+      <c r="C921" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D921" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E921">
+        <v>3</v>
+      </c>
+      <c r="F921" t="s">
+        <v>16</v>
+      </c>
+      <c r="G921" t="s">
+        <v>17</v>
+      </c>
+      <c r="H921">
+        <v>56</v>
+      </c>
+      <c r="I921">
+        <v>0</v>
+      </c>
+      <c r="K921" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="922" spans="1:11">
+      <c r="A922" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B922" t="s">
+        <v>13</v>
+      </c>
+      <c r="C922" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D922" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E922">
+        <v>3</v>
+      </c>
+      <c r="F922" t="s">
+        <v>16</v>
+      </c>
+      <c r="G922" t="s">
+        <v>17</v>
+      </c>
+      <c r="H922">
+        <v>12</v>
+      </c>
+      <c r="I922">
+        <v>0</v>
+      </c>
+      <c r="K922" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="923" spans="1:11">
+      <c r="A923" t="s">
+        <v>1542</v>
+      </c>
+      <c r="B923" t="s">
+        <v>13</v>
+      </c>
+      <c r="C923" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D923" t="s">
+        <v>2404</v>
+      </c>
+      <c r="E923">
+        <v>3</v>
+      </c>
+      <c r="F923" t="s">
+        <v>16</v>
+      </c>
+      <c r="G923" t="s">
+        <v>17</v>
+      </c>
+      <c r="H923">
+        <v>56</v>
+      </c>
+      <c r="I923">
+        <v>0</v>
+      </c>
+      <c r="K923" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="924" spans="1:11">
+      <c r="A924" t="s">
+        <v>1545</v>
+      </c>
+      <c r="B924" t="s">
+        <v>13</v>
+      </c>
+      <c r="C924" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D924" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E924">
+        <v>3</v>
+      </c>
+      <c r="F924" t="s">
+        <v>16</v>
+      </c>
+      <c r="G924" t="s">
+        <v>17</v>
+      </c>
+      <c r="H924">
+        <v>52</v>
+      </c>
+      <c r="I924">
+        <v>0</v>
+      </c>
+      <c r="K924" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="925" spans="1:11">
+      <c r="A925" t="s">
+        <v>1548</v>
+      </c>
+      <c r="B925" t="s">
+        <v>13</v>
+      </c>
+      <c r="C925" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D925" t="s">
+        <v>2408</v>
+      </c>
+      <c r="E925">
+        <v>3</v>
+      </c>
+      <c r="F925" t="s">
+        <v>16</v>
+      </c>
+      <c r="G925" t="s">
+        <v>17</v>
+      </c>
+      <c r="H925">
+        <v>101</v>
+      </c>
+      <c r="I925">
+        <v>0</v>
+      </c>
+      <c r="K925" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="926" spans="1:11">
+      <c r="A926" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B926" t="s">
+        <v>13</v>
+      </c>
+      <c r="C926" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D926" t="s">
+        <v>2410</v>
+      </c>
+      <c r="E926">
+        <v>3</v>
+      </c>
+      <c r="F926" t="s">
+        <v>16</v>
+      </c>
+      <c r="G926" t="s">
+        <v>17</v>
+      </c>
+      <c r="H926">
+        <v>58</v>
+      </c>
+      <c r="I926">
+        <v>0</v>
+      </c>
+      <c r="K926" t="s">
+        <v>2411</v>
+      </c>
+    </row>
+    <row r="927" spans="1:11">
+      <c r="A927" t="s">
+        <v>1554</v>
+      </c>
+      <c r="B927" t="s">
+        <v>13</v>
+      </c>
+      <c r="C927" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D927" t="s">
+        <v>2412</v>
+      </c>
+      <c r="E927">
+        <v>3</v>
+      </c>
+      <c r="F927" t="s">
+        <v>16</v>
+      </c>
+      <c r="G927" t="s">
+        <v>17</v>
+      </c>
+      <c r="H927">
+        <v>56</v>
+      </c>
+      <c r="I927">
+        <v>0</v>
+      </c>
+      <c r="K927" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="928" spans="1:11">
+      <c r="A928" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B928" t="s">
+        <v>13</v>
+      </c>
+      <c r="C928" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D928" t="s">
+        <v>2414</v>
+      </c>
+      <c r="E928">
+        <v>3</v>
+      </c>
+      <c r="F928" t="s">
+        <v>16</v>
+      </c>
+      <c r="G928" t="s">
+        <v>17</v>
+      </c>
+      <c r="H928">
+        <v>54</v>
+      </c>
+      <c r="I928">
+        <v>0</v>
+      </c>
+      <c r="K928" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="929" spans="1:11">
+      <c r="A929" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B929" t="s">
+        <v>13</v>
+      </c>
+      <c r="C929" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D929" t="s">
+        <v>2416</v>
+      </c>
+      <c r="E929">
+        <v>3</v>
+      </c>
+      <c r="F929" t="s">
+        <v>16</v>
+      </c>
+      <c r="G929" t="s">
+        <v>17</v>
+      </c>
+      <c r="H929">
+        <v>56</v>
+      </c>
+      <c r="I929">
+        <v>0</v>
+      </c>
+      <c r="K929" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="930" spans="1:11">
+      <c r="A930" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B930" t="s">
+        <v>13</v>
+      </c>
+      <c r="C930" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D930" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E930">
+        <v>3</v>
+      </c>
+      <c r="F930" t="s">
+        <v>16</v>
+      </c>
+      <c r="G930" t="s">
+        <v>17</v>
+      </c>
+      <c r="H930">
+        <v>54</v>
+      </c>
+      <c r="I930">
+        <v>0</v>
+      </c>
+      <c r="K930" t="s">
+        <v>2419</v>
+      </c>
+    </row>
+    <row r="931" spans="1:11">
+      <c r="A931" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B931" t="s">
+        <v>13</v>
+      </c>
+      <c r="C931" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D931" t="s">
+        <v>824</v>
+      </c>
+      <c r="E931">
+        <v>3</v>
+      </c>
+      <c r="F931" t="s">
+        <v>16</v>
+      </c>
+      <c r="G931" t="s">
+        <v>17</v>
+      </c>
+      <c r="H931">
+        <v>54</v>
+      </c>
+      <c r="I931">
+        <v>0</v>
+      </c>
+      <c r="K931" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="932" spans="1:11">
+      <c r="A932" t="s">
+        <v>1574</v>
+      </c>
+      <c r="B932" t="s">
+        <v>13</v>
+      </c>
+      <c r="C932" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D932" t="s">
+        <v>2421</v>
+      </c>
+      <c r="E932">
+        <v>3</v>
+      </c>
+      <c r="F932" t="s">
+        <v>16</v>
+      </c>
+      <c r="G932" t="s">
+        <v>17</v>
+      </c>
+      <c r="H932">
+        <v>58</v>
+      </c>
+      <c r="I932">
+        <v>0</v>
+      </c>
+      <c r="K932" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="933" spans="1:11">
+      <c r="A933" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B933" t="s">
+        <v>13</v>
+      </c>
+      <c r="C933" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D933" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E933">
+        <v>3</v>
+      </c>
+      <c r="F933" t="s">
+        <v>16</v>
+      </c>
+      <c r="G933" t="s">
+        <v>17</v>
+      </c>
+      <c r="H933">
+        <v>57</v>
+      </c>
+      <c r="I933">
+        <v>0</v>
+      </c>
+      <c r="K933" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="934" spans="1:11">
+      <c r="A934" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B934" t="s">
+        <v>13</v>
+      </c>
+      <c r="C934" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D934" t="s">
+        <v>2425</v>
+      </c>
+      <c r="E934">
+        <v>3</v>
+      </c>
+      <c r="F934" t="s">
+        <v>16</v>
+      </c>
+      <c r="G934" t="s">
+        <v>17</v>
+      </c>
+      <c r="H934">
+        <v>58</v>
+      </c>
+      <c r="I934">
+        <v>0</v>
+      </c>
+      <c r="K934" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="935" spans="1:11">
+      <c r="A935" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B935" t="s">
+        <v>13</v>
+      </c>
+      <c r="C935" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D935" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E935">
+        <v>3</v>
+      </c>
+      <c r="F935" t="s">
+        <v>16</v>
+      </c>
+      <c r="G935" t="s">
+        <v>17</v>
+      </c>
+      <c r="H935">
+        <v>18</v>
+      </c>
+      <c r="I935">
+        <v>0</v>
+      </c>
+      <c r="K935" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="936" spans="1:11">
+      <c r="A936" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B936" t="s">
+        <v>13</v>
+      </c>
+      <c r="C936" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D936" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E936">
+        <v>3</v>
+      </c>
+      <c r="F936" t="s">
+        <v>16</v>
+      </c>
+      <c r="G936" t="s">
+        <v>17</v>
+      </c>
+      <c r="H936">
+        <v>7</v>
+      </c>
+      <c r="I936">
+        <v>0</v>
+      </c>
+      <c r="K936" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="937" spans="1:11">
+      <c r="A937" t="s">
+        <v>1593</v>
+      </c>
+      <c r="B937" t="s">
+        <v>13</v>
+      </c>
+      <c r="C937" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D937" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E937">
+        <v>3</v>
+      </c>
+      <c r="F937" t="s">
+        <v>16</v>
+      </c>
+      <c r="G937" t="s">
+        <v>17</v>
+      </c>
+      <c r="H937">
+        <v>60</v>
+      </c>
+      <c r="I937">
+        <v>0</v>
+      </c>
+      <c r="K937" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="938" spans="1:11">
+      <c r="A938" t="s">
+        <v>1596</v>
+      </c>
+      <c r="B938" t="s">
+        <v>13</v>
+      </c>
+      <c r="C938" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E938">
+        <v>3</v>
+      </c>
+      <c r="F938" t="s">
+        <v>16</v>
+      </c>
+      <c r="G938" t="s">
+        <v>17</v>
+      </c>
+      <c r="H938">
+        <v>22</v>
+      </c>
+      <c r="I938">
+        <v>0</v>
+      </c>
+      <c r="K938" t="s">
+        <v>2431</v>
+      </c>
+    </row>
+    <row r="939" spans="1:11">
+      <c r="A939" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B939" t="s">
+        <v>13</v>
+      </c>
+      <c r="C939" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D939" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E939">
+        <v>3</v>
+      </c>
+      <c r="F939" t="s">
+        <v>16</v>
+      </c>
+      <c r="G939" t="s">
+        <v>17</v>
+      </c>
+      <c r="H939">
+        <v>58</v>
+      </c>
+      <c r="I939">
+        <v>0</v>
+      </c>
+      <c r="K939" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="940" spans="1:11">
+      <c r="A940" t="s">
+        <v>1602</v>
+      </c>
+      <c r="B940" t="s">
+        <v>13</v>
+      </c>
+      <c r="C940" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D940" t="s">
+        <v>2434</v>
+      </c>
+      <c r="E940">
+        <v>3</v>
+      </c>
+      <c r="F940" t="s">
+        <v>16</v>
+      </c>
+      <c r="G940" t="s">
+        <v>17</v>
+      </c>
+      <c r="H940">
+        <v>4</v>
+      </c>
+      <c r="I940">
+        <v>0</v>
+      </c>
+      <c r="K940" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="941" spans="1:11">
+      <c r="A941" t="s">
+        <v>1605</v>
+      </c>
+      <c r="B941" t="s">
+        <v>13</v>
+      </c>
+      <c r="C941" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E941">
+        <v>3</v>
+      </c>
+      <c r="F941" t="s">
+        <v>16</v>
+      </c>
+      <c r="G941" t="s">
+        <v>17</v>
+      </c>
+      <c r="H941">
+        <v>60</v>
+      </c>
+      <c r="I941">
+        <v>0</v>
+      </c>
+      <c r="K941" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="942" spans="1:11">
+      <c r="A942" t="s">
+        <v>1608</v>
+      </c>
+      <c r="B942" t="s">
+        <v>13</v>
+      </c>
+      <c r="C942" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D942" t="s">
+        <v>2438</v>
+      </c>
+      <c r="E942">
+        <v>3</v>
+      </c>
+      <c r="F942" t="s">
+        <v>16</v>
+      </c>
+      <c r="G942" t="s">
+        <v>17</v>
+      </c>
+      <c r="H942">
+        <v>56</v>
+      </c>
+      <c r="I942">
+        <v>0</v>
+      </c>
+      <c r="K942" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="943" spans="1:11">
+      <c r="A943" t="s">
+        <v>1613</v>
+      </c>
+      <c r="B943" t="s">
+        <v>13</v>
+      </c>
+      <c r="C943" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D943" t="s">
+        <v>2440</v>
+      </c>
+      <c r="E943">
+        <v>3</v>
+      </c>
+      <c r="F943" t="s">
+        <v>16</v>
+      </c>
+      <c r="G943" t="s">
+        <v>17</v>
+      </c>
+      <c r="H943">
+        <v>57</v>
+      </c>
+      <c r="I943">
+        <v>0</v>
+      </c>
+      <c r="K943" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="944" spans="1:11">
+      <c r="A944" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B944" t="s">
+        <v>13</v>
+      </c>
+      <c r="C944" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D944" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E944">
+        <v>3</v>
+      </c>
+      <c r="F944" t="s">
+        <v>16</v>
+      </c>
+      <c r="G944" t="s">
+        <v>17</v>
+      </c>
+      <c r="H944">
+        <v>55</v>
+      </c>
+      <c r="I944">
+        <v>0</v>
+      </c>
+      <c r="K944" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="945" spans="1:11">
+      <c r="A945" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B945" t="s">
+        <v>13</v>
+      </c>
+      <c r="C945" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D945" t="s">
+        <v>2444</v>
+      </c>
+      <c r="E945">
+        <v>3</v>
+      </c>
+      <c r="F945" t="s">
+        <v>16</v>
+      </c>
+      <c r="G945" t="s">
+        <v>17</v>
+      </c>
+      <c r="H945">
+        <v>54</v>
+      </c>
+      <c r="I945">
+        <v>0</v>
+      </c>
+      <c r="K945" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="946" spans="1:11">
+      <c r="A946" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B946" t="s">
+        <v>13</v>
+      </c>
+      <c r="C946" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D946" t="s">
+        <v>2446</v>
+      </c>
+      <c r="E946">
+        <v>3</v>
+      </c>
+      <c r="F946" t="s">
+        <v>16</v>
+      </c>
+      <c r="G946" t="s">
+        <v>17</v>
+      </c>
+      <c r="H946">
+        <v>65</v>
+      </c>
+      <c r="I946">
+        <v>0</v>
+      </c>
+      <c r="K946" t="s">
+        <v>2447</v>
+      </c>
+    </row>
+    <row r="947" spans="1:11">
+      <c r="A947" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B947" t="s">
+        <v>13</v>
+      </c>
+      <c r="C947" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D947" t="s">
+        <v>2448</v>
+      </c>
+      <c r="E947">
+        <v>3</v>
+      </c>
+      <c r="F947" t="s">
+        <v>16</v>
+      </c>
+      <c r="G947" t="s">
+        <v>17</v>
+      </c>
+      <c r="H947">
+        <v>14</v>
+      </c>
+      <c r="I947">
+        <v>0</v>
+      </c>
+      <c r="K947" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="948" spans="1:11">
+      <c r="A948" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B948" t="s">
+        <v>13</v>
+      </c>
+      <c r="C948" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D948" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E948">
+        <v>3</v>
+      </c>
+      <c r="F948" t="s">
+        <v>16</v>
+      </c>
+      <c r="G948" t="s">
+        <v>17</v>
+      </c>
+      <c r="H948">
+        <v>58</v>
+      </c>
+      <c r="I948">
+        <v>0</v>
+      </c>
+      <c r="K948" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="949" spans="1:11">
+      <c r="A949" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B949" t="s">
+        <v>13</v>
+      </c>
+      <c r="C949" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D949" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E949">
+        <v>3</v>
+      </c>
+      <c r="F949" t="s">
+        <v>16</v>
+      </c>
+      <c r="G949" t="s">
+        <v>17</v>
+      </c>
+      <c r="H949">
+        <v>52</v>
+      </c>
+      <c r="I949">
+        <v>0</v>
+      </c>
+      <c r="K949" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="950" spans="1:11">
+      <c r="A950" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B950" t="s">
+        <v>13</v>
+      </c>
+      <c r="C950" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D950" t="s">
+        <v>2452</v>
+      </c>
+      <c r="E950">
+        <v>3</v>
+      </c>
+      <c r="F950" t="s">
+        <v>16</v>
+      </c>
+      <c r="G950" t="s">
+        <v>17</v>
+      </c>
+      <c r="H950">
+        <v>62</v>
+      </c>
+      <c r="I950">
+        <v>0</v>
+      </c>
+      <c r="K950" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="951" spans="1:11">
+      <c r="A951" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B951" t="s">
+        <v>13</v>
+      </c>
+      <c r="C951" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D951" t="s">
+        <v>2454</v>
+      </c>
+      <c r="E951">
+        <v>3</v>
+      </c>
+      <c r="F951" t="s">
+        <v>16</v>
+      </c>
+      <c r="G951" t="s">
+        <v>17</v>
+      </c>
+      <c r="H951">
+        <v>8</v>
+      </c>
+      <c r="I951">
+        <v>0</v>
+      </c>
+      <c r="K951" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="952" spans="1:11">
+      <c r="A952" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B952" t="s">
+        <v>13</v>
+      </c>
+      <c r="C952" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D952" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E952">
+        <v>3</v>
+      </c>
+      <c r="F952" t="s">
+        <v>16</v>
+      </c>
+      <c r="G952" t="s">
+        <v>17</v>
+      </c>
+      <c r="H952">
+        <v>58</v>
+      </c>
+      <c r="I952">
+        <v>0</v>
+      </c>
+      <c r="K952" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="953" spans="1:11">
+      <c r="A953" t="s">
+        <v>1650</v>
+      </c>
+      <c r="B953" t="s">
+        <v>13</v>
+      </c>
+      <c r="C953" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D953" t="s">
+        <v>2458</v>
+      </c>
+      <c r="E953">
+        <v>3</v>
+      </c>
+      <c r="F953" t="s">
+        <v>16</v>
+      </c>
+      <c r="G953" t="s">
+        <v>17</v>
+      </c>
+      <c r="H953">
+        <v>52</v>
+      </c>
+      <c r="I953">
+        <v>0</v>
+      </c>
+      <c r="K953" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="954" spans="1:11">
+      <c r="A954" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B954" t="s">
+        <v>13</v>
+      </c>
+      <c r="C954" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D954" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E954">
+        <v>3</v>
+      </c>
+      <c r="F954" t="s">
+        <v>16</v>
+      </c>
+      <c r="G954" t="s">
+        <v>17</v>
+      </c>
+      <c r="H954">
+        <v>55</v>
+      </c>
+      <c r="I954">
+        <v>0</v>
+      </c>
+      <c r="K954" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="955" spans="1:11">
+      <c r="A955" t="s">
+        <v>1658</v>
+      </c>
+      <c r="B955" t="s">
+        <v>13</v>
+      </c>
+      <c r="C955" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D955" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E955">
+        <v>3</v>
+      </c>
+      <c r="F955" t="s">
+        <v>16</v>
+      </c>
+      <c r="G955" t="s">
+        <v>17</v>
+      </c>
+      <c r="H955">
+        <v>55</v>
+      </c>
+      <c r="I955">
+        <v>0</v>
+      </c>
+      <c r="K955" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="956" spans="1:11">
+      <c r="A956" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B956" t="s">
+        <v>13</v>
+      </c>
+      <c r="C956" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D956" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E956">
+        <v>3</v>
+      </c>
+      <c r="F956" t="s">
+        <v>16</v>
+      </c>
+      <c r="G956" t="s">
+        <v>17</v>
+      </c>
+      <c r="H956">
+        <v>15</v>
+      </c>
+      <c r="I956">
+        <v>0</v>
+      </c>
+      <c r="K956" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="957" spans="1:11">
+      <c r="A957" t="s">
+        <v>1664</v>
+      </c>
+      <c r="B957" t="s">
+        <v>13</v>
+      </c>
+      <c r="C957" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D957" t="s">
+        <v>2466</v>
+      </c>
+      <c r="E957">
+        <v>3</v>
+      </c>
+      <c r="F957" t="s">
+        <v>16</v>
+      </c>
+      <c r="G957" t="s">
+        <v>17</v>
+      </c>
+      <c r="H957">
+        <v>58</v>
+      </c>
+      <c r="I957">
+        <v>0</v>
+      </c>
+      <c r="K957" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="958" spans="1:11">
+      <c r="A958" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B958" t="s">
+        <v>13</v>
+      </c>
+      <c r="C958" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D958" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E958">
+        <v>3</v>
+      </c>
+      <c r="F958" t="s">
+        <v>16</v>
+      </c>
+      <c r="G958" t="s">
+        <v>17</v>
+      </c>
+      <c r="H958">
+        <v>56</v>
+      </c>
+      <c r="I958">
+        <v>0</v>
+      </c>
+      <c r="K958" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="959" spans="1:11">
+      <c r="A959" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B959" t="s">
+        <v>13</v>
+      </c>
+      <c r="C959" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2470</v>
+      </c>
+      <c r="E959">
+        <v>3</v>
+      </c>
+      <c r="F959" t="s">
+        <v>16</v>
+      </c>
+      <c r="G959" t="s">
+        <v>17</v>
+      </c>
+      <c r="H959">
+        <v>62</v>
+      </c>
+      <c r="I959">
+        <v>0</v>
+      </c>
+      <c r="K959" t="s">
+        <v>2471</v>
+      </c>
+    </row>
+    <row r="960" spans="1:11">
+      <c r="A960" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B960" t="s">
+        <v>13</v>
+      </c>
+      <c r="C960" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E960">
+        <v>3</v>
+      </c>
+      <c r="F960" t="s">
+        <v>16</v>
+      </c>
+      <c r="G960" t="s">
+        <v>17</v>
+      </c>
+      <c r="H960">
+        <v>54</v>
+      </c>
+      <c r="I960">
+        <v>0</v>
+      </c>
+      <c r="K960" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="961" spans="1:11">
+      <c r="A961" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B961" t="s">
+        <v>13</v>
+      </c>
+      <c r="C961" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E961">
+        <v>3</v>
+      </c>
+      <c r="F961" t="s">
+        <v>16</v>
+      </c>
+      <c r="G961" t="s">
+        <v>17</v>
+      </c>
+      <c r="H961">
+        <v>6</v>
+      </c>
+      <c r="I961">
+        <v>0</v>
+      </c>
+      <c r="K961" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="962" spans="1:11">
+      <c r="A962" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B962" t="s">
+        <v>13</v>
+      </c>
+      <c r="C962" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D962" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E962">
+        <v>3</v>
+      </c>
+      <c r="F962" t="s">
+        <v>16</v>
+      </c>
+      <c r="G962" t="s">
+        <v>17</v>
+      </c>
+      <c r="H962">
+        <v>58</v>
+      </c>
+      <c r="I962">
+        <v>2.5</v>
+      </c>
+      <c r="K962" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="963" spans="1:11">
+      <c r="A963" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B963" t="s">
+        <v>13</v>
+      </c>
+      <c r="C963" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D963" t="s">
+        <v>2478</v>
+      </c>
+      <c r="E963">
+        <v>3</v>
+      </c>
+      <c r="F963" t="s">
+        <v>16</v>
+      </c>
+      <c r="G963" t="s">
+        <v>17</v>
+      </c>
+      <c r="H963">
+        <v>54</v>
+      </c>
+      <c r="I963">
+        <v>0</v>
+      </c>
+      <c r="K963" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="964" spans="1:11">
+      <c r="A964" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B964" t="s">
+        <v>13</v>
+      </c>
+      <c r="C964" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D964" t="s">
+        <v>2478</v>
+      </c>
+      <c r="E964">
+        <v>3</v>
+      </c>
+      <c r="F964" t="s">
+        <v>16</v>
+      </c>
+      <c r="G964" t="s">
+        <v>17</v>
+      </c>
+      <c r="H964">
+        <v>53</v>
+      </c>
+      <c r="I964">
+        <v>0</v>
+      </c>
+      <c r="K964" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="965" spans="1:11">
+      <c r="A965" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B965" t="s">
+        <v>13</v>
+      </c>
+      <c r="C965" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D965" t="s">
+        <v>2481</v>
+      </c>
+      <c r="E965">
+        <v>3</v>
+      </c>
+      <c r="F965" t="s">
+        <v>16</v>
+      </c>
+      <c r="G965" t="s">
+        <v>17</v>
+      </c>
+      <c r="H965">
+        <v>10</v>
+      </c>
+      <c r="I965">
+        <v>0</v>
+      </c>
+      <c r="K965" t="s">
+        <v>2482</v>
+      </c>
+    </row>
+    <row r="966" spans="1:11">
+      <c r="A966" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B966" t="s">
+        <v>13</v>
+      </c>
+      <c r="C966" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D966" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E966">
+        <v>3</v>
+      </c>
+      <c r="F966" t="s">
+        <v>16</v>
+      </c>
+      <c r="G966" t="s">
+        <v>17</v>
+      </c>
+      <c r="H966">
+        <v>54</v>
+      </c>
+      <c r="I966">
+        <v>0</v>
+      </c>
+      <c r="K966" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="967" spans="1:11">
+      <c r="A967" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B967" t="s">
+        <v>13</v>
+      </c>
+      <c r="C967" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D967" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E967">
+        <v>3</v>
+      </c>
+      <c r="F967" t="s">
+        <v>16</v>
+      </c>
+      <c r="G967" t="s">
+        <v>17</v>
+      </c>
+      <c r="H967">
+        <v>56</v>
+      </c>
+      <c r="I967">
+        <v>0</v>
+      </c>
+      <c r="K967" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="968" spans="1:11">
+      <c r="A968" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B968" t="s">
+        <v>13</v>
+      </c>
+      <c r="C968" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D968" t="s">
+        <v>2486</v>
+      </c>
+      <c r="E968">
+        <v>3</v>
+      </c>
+      <c r="F968" t="s">
+        <v>16</v>
+      </c>
+      <c r="G968" t="s">
+        <v>17</v>
+      </c>
+      <c r="H968">
+        <v>12</v>
+      </c>
+      <c r="I968">
+        <v>0</v>
+      </c>
+      <c r="K968" t="s">
+        <v>2487</v>
+      </c>
+    </row>
+    <row r="969" spans="1:11">
+      <c r="A969" t="s">
+        <v>1710</v>
+      </c>
+      <c r="B969" t="s">
+        <v>13</v>
+      </c>
+      <c r="C969" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D969" t="s">
+        <v>2488</v>
+      </c>
+      <c r="E969">
+        <v>3</v>
+      </c>
+      <c r="F969" t="s">
+        <v>16</v>
+      </c>
+      <c r="G969" t="s">
+        <v>17</v>
+      </c>
+      <c r="H969">
+        <v>16</v>
+      </c>
+      <c r="I969">
+        <v>0</v>
+      </c>
+      <c r="K969" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="970" spans="1:11">
+      <c r="A970" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B970" t="s">
+        <v>13</v>
+      </c>
+      <c r="C970" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D970" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E970">
+        <v>3</v>
+      </c>
+      <c r="F970" t="s">
+        <v>16</v>
+      </c>
+      <c r="G970" t="s">
+        <v>17</v>
+      </c>
+      <c r="H970">
+        <v>10</v>
+      </c>
+      <c r="I970">
+        <v>0</v>
+      </c>
+      <c r="K970" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="971" spans="1:11">
+      <c r="A971" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B971" t="s">
+        <v>13</v>
+      </c>
+      <c r="C971" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D971" t="s">
+        <v>2492</v>
+      </c>
+      <c r="E971">
+        <v>3</v>
+      </c>
+      <c r="F971" t="s">
+        <v>16</v>
+      </c>
+      <c r="G971" t="s">
+        <v>17</v>
+      </c>
+      <c r="H971">
+        <v>54</v>
+      </c>
+      <c r="I971">
+        <v>0</v>
+      </c>
+      <c r="K971" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="972" spans="1:11">
+      <c r="A972" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B972" t="s">
+        <v>13</v>
+      </c>
+      <c r="C972" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D972" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E972">
+        <v>3</v>
+      </c>
+      <c r="F972" t="s">
+        <v>16</v>
+      </c>
+      <c r="G972" t="s">
+        <v>17</v>
+      </c>
+      <c r="H972">
+        <v>16</v>
+      </c>
+      <c r="I972">
+        <v>0</v>
+      </c>
+      <c r="K972" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="973" spans="1:11">
+      <c r="A973" t="s">
+        <v>1722</v>
+      </c>
+      <c r="B973" t="s">
+        <v>13</v>
+      </c>
+      <c r="C973" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D973" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E973">
+        <v>3</v>
+      </c>
+      <c r="F973" t="s">
+        <v>16</v>
+      </c>
+      <c r="G973" t="s">
+        <v>17</v>
+      </c>
+      <c r="H973">
+        <v>53</v>
+      </c>
+      <c r="I973">
+        <v>0</v>
+      </c>
+      <c r="K973" t="s">
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="974" spans="1:11">
+      <c r="A974" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B974" t="s">
+        <v>13</v>
+      </c>
+      <c r="C974" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D974" t="s">
+        <v>2497</v>
+      </c>
+      <c r="E974">
+        <v>3</v>
+      </c>
+      <c r="F974" t="s">
+        <v>16</v>
+      </c>
+      <c r="G974" t="s">
+        <v>17</v>
+      </c>
+      <c r="H974">
+        <v>52</v>
+      </c>
+      <c r="I974">
+        <v>0</v>
+      </c>
+      <c r="K974" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="975" spans="1:11">
+      <c r="A975" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B975" t="s">
+        <v>13</v>
+      </c>
+      <c r="C975" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D975" t="s">
+        <v>2499</v>
+      </c>
+      <c r="E975">
+        <v>3</v>
+      </c>
+      <c r="F975" t="s">
+        <v>16</v>
+      </c>
+      <c r="G975" t="s">
+        <v>17</v>
+      </c>
+      <c r="H975">
+        <v>18</v>
+      </c>
+      <c r="I975">
+        <v>5</v>
+      </c>
+      <c r="K975" t="s">
+        <v>2500</v>
+      </c>
+    </row>
+    <row r="976" spans="1:11">
+      <c r="A976" t="s">
+        <v>1742</v>
+      </c>
+      <c r="B976" t="s">
+        <v>13</v>
+      </c>
+      <c r="C976" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D976" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E976">
+        <v>3</v>
+      </c>
+      <c r="F976" t="s">
+        <v>16</v>
+      </c>
+      <c r="G976" t="s">
+        <v>17</v>
+      </c>
+      <c r="H976">
+        <v>56</v>
+      </c>
+      <c r="I976">
+        <v>0</v>
+      </c>
+      <c r="K976" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="977" spans="1:11">
+      <c r="A977" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B977" t="s">
+        <v>13</v>
+      </c>
+      <c r="C977" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D977" t="s">
+        <v>2503</v>
+      </c>
+      <c r="E977">
+        <v>3</v>
+      </c>
+      <c r="F977" t="s">
+        <v>16</v>
+      </c>
+      <c r="G977" t="s">
+        <v>17</v>
+      </c>
+      <c r="H977">
+        <v>58</v>
+      </c>
+      <c r="I977">
+        <v>5</v>
+      </c>
+      <c r="K977" t="s">
+        <v>2504</v>
+      </c>
+    </row>
+    <row r="978" spans="1:11">
+      <c r="A978" t="s">
+        <v>1748</v>
+      </c>
+      <c r="B978" t="s">
+        <v>13</v>
+      </c>
+      <c r="C978" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D978" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E978">
+        <v>3</v>
+      </c>
+      <c r="F978" t="s">
+        <v>16</v>
+      </c>
+      <c r="G978" t="s">
+        <v>17</v>
+      </c>
+      <c r="H978">
+        <v>53</v>
+      </c>
+      <c r="I978">
+        <v>0</v>
+      </c>
+      <c r="K978" t="s">
+        <v>2506</v>
+      </c>
+    </row>
+    <row r="979" spans="1:11">
+      <c r="A979" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B979" t="s">
+        <v>13</v>
+      </c>
+      <c r="C979" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D979" t="s">
+        <v>2507</v>
+      </c>
+      <c r="E979">
+        <v>3</v>
+      </c>
+      <c r="F979" t="s">
+        <v>16</v>
+      </c>
+      <c r="G979" t="s">
+        <v>17</v>
+      </c>
+      <c r="H979">
+        <v>57</v>
+      </c>
+      <c r="I979">
+        <v>0</v>
+      </c>
+      <c r="K979" t="s">
+        <v>2508</v>
+      </c>
+    </row>
+    <row r="980" spans="1:11">
+      <c r="A980" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B980" t="s">
+        <v>13</v>
+      </c>
+      <c r="C980" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D980" t="s">
+        <v>2509</v>
+      </c>
+      <c r="E980">
+        <v>3</v>
+      </c>
+      <c r="F980" t="s">
+        <v>16</v>
+      </c>
+      <c r="G980" t="s">
+        <v>17</v>
+      </c>
+      <c r="H980">
+        <v>8</v>
+      </c>
+      <c r="I980">
+        <v>0</v>
+      </c>
+      <c r="K980" t="s">
+        <v>2510</v>
+      </c>
+    </row>
+    <row r="981" spans="1:11">
+      <c r="A981" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B981" t="s">
+        <v>13</v>
+      </c>
+      <c r="C981" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D981" t="s">
+        <v>2511</v>
+      </c>
+      <c r="E981">
+        <v>3</v>
+      </c>
+      <c r="F981" t="s">
+        <v>16</v>
+      </c>
+      <c r="G981" t="s">
+        <v>17</v>
+      </c>
+      <c r="H981">
+        <v>3</v>
+      </c>
+      <c r="I981">
+        <v>0</v>
+      </c>
+      <c r="K981" t="s">
+        <v>2512</v>
+      </c>
+    </row>
+    <row r="982" spans="1:11">
+      <c r="A982" t="s">
+        <v>1760</v>
+      </c>
+      <c r="B982" t="s">
+        <v>13</v>
+      </c>
+      <c r="C982" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D982" t="s">
+        <v>850</v>
+      </c>
+      <c r="E982">
+        <v>3</v>
+      </c>
+      <c r="F982" t="s">
+        <v>16</v>
+      </c>
+      <c r="G982" t="s">
+        <v>17</v>
+      </c>
+      <c r="H982">
+        <v>63</v>
+      </c>
+      <c r="I982">
+        <v>0</v>
+      </c>
+      <c r="K982" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="983" spans="1:11">
+      <c r="A983" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B983" t="s">
+        <v>13</v>
+      </c>
+      <c r="C983" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D983" t="s">
+        <v>2514</v>
+      </c>
+      <c r="E983">
+        <v>3</v>
+      </c>
+      <c r="F983" t="s">
+        <v>16</v>
+      </c>
+      <c r="G983" t="s">
+        <v>17</v>
+      </c>
+      <c r="H983">
+        <v>54</v>
+      </c>
+      <c r="I983">
+        <v>0</v>
+      </c>
+      <c r="K983" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="984" spans="1:11">
+      <c r="A984" t="s">
+        <v>1776</v>
+      </c>
+      <c r="B984" t="s">
+        <v>13</v>
+      </c>
+      <c r="C984" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D984" t="s">
+        <v>2516</v>
+      </c>
+      <c r="E984">
+        <v>3</v>
+      </c>
+      <c r="F984" t="s">
+        <v>16</v>
+      </c>
+      <c r="G984" t="s">
+        <v>17</v>
+      </c>
+      <c r="H984">
+        <v>52</v>
+      </c>
+      <c r="I984">
+        <v>0</v>
+      </c>
+      <c r="K984" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="985" spans="1:11">
+      <c r="A985" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B985" t="s">
+        <v>13</v>
+      </c>
+      <c r="C985" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D985" t="s">
+        <v>2518</v>
+      </c>
+      <c r="E985">
+        <v>3</v>
+      </c>
+      <c r="F985" t="s">
+        <v>16</v>
+      </c>
+      <c r="G985" t="s">
+        <v>17</v>
+      </c>
+      <c r="H985">
+        <v>57</v>
+      </c>
+      <c r="I985">
+        <v>0</v>
+      </c>
+      <c r="K985" t="s">
+        <v>2519</v>
+      </c>
+    </row>
+    <row r="986" spans="1:11">
+      <c r="A986" t="s">
+        <v>1782</v>
+      </c>
+      <c r="B986" t="s">
+        <v>13</v>
+      </c>
+      <c r="C986" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D986" t="s">
+        <v>2520</v>
+      </c>
+      <c r="E986">
+        <v>3</v>
+      </c>
+      <c r="F986" t="s">
+        <v>16</v>
+      </c>
+      <c r="G986" t="s">
+        <v>17</v>
+      </c>
+      <c r="H986">
+        <v>17</v>
+      </c>
+      <c r="I986">
+        <v>0</v>
+      </c>
+      <c r="K986" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="987" spans="1:11">
+      <c r="A987" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B987" t="s">
+        <v>13</v>
+      </c>
+      <c r="C987" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D987" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E987">
+        <v>3</v>
+      </c>
+      <c r="F987" t="s">
+        <v>16</v>
+      </c>
+      <c r="G987" t="s">
+        <v>17</v>
+      </c>
+      <c r="H987">
+        <v>52</v>
+      </c>
+      <c r="I987">
+        <v>0</v>
+      </c>
+      <c r="K987" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="988" spans="1:11">
+      <c r="A988" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B988" t="s">
+        <v>13</v>
+      </c>
+      <c r="C988" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D988" t="s">
+        <v>2524</v>
+      </c>
+      <c r="E988">
+        <v>3</v>
+      </c>
+      <c r="F988" t="s">
+        <v>16</v>
+      </c>
+      <c r="G988" t="s">
+        <v>17</v>
+      </c>
+      <c r="H988">
+        <v>54</v>
+      </c>
+      <c r="I988">
+        <v>0</v>
+      </c>
+      <c r="K988" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="989" spans="1:11">
+      <c r="A989" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B989" t="s">
+        <v>13</v>
+      </c>
+      <c r="C989" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D989" t="s">
+        <v>2526</v>
+      </c>
+      <c r="E989">
+        <v>3</v>
+      </c>
+      <c r="F989" t="s">
+        <v>16</v>
+      </c>
+      <c r="G989" t="s">
+        <v>17</v>
+      </c>
+      <c r="H989">
+        <v>6</v>
+      </c>
+      <c r="I989">
+        <v>0</v>
+      </c>
+      <c r="K989" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="990" spans="1:11">
+      <c r="A990" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B990" t="s">
+        <v>13</v>
+      </c>
+      <c r="C990" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D990" t="s">
+        <v>2528</v>
+      </c>
+      <c r="E990">
+        <v>3</v>
+      </c>
+      <c r="F990" t="s">
+        <v>16</v>
+      </c>
+      <c r="G990" t="s">
+        <v>17</v>
+      </c>
+      <c r="H990">
+        <v>10</v>
+      </c>
+      <c r="I990">
+        <v>0</v>
+      </c>
+      <c r="K990" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="991" spans="1:11">
+      <c r="A991" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B991" t="s">
+        <v>13</v>
+      </c>
+      <c r="C991" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D991" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E991">
+        <v>3</v>
+      </c>
+      <c r="F991" t="s">
+        <v>16</v>
+      </c>
+      <c r="G991" t="s">
+        <v>17</v>
+      </c>
+      <c r="H991">
+        <v>56</v>
+      </c>
+      <c r="I991">
+        <v>0</v>
+      </c>
+      <c r="K991" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="992" spans="1:11">
+      <c r="A992" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B992" t="s">
+        <v>13</v>
+      </c>
+      <c r="C992" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D992" t="s">
+        <v>2532</v>
+      </c>
+      <c r="E992">
+        <v>3</v>
+      </c>
+      <c r="F992" t="s">
+        <v>16</v>
+      </c>
+      <c r="G992" t="s">
+        <v>17</v>
+      </c>
+      <c r="H992">
+        <v>8</v>
+      </c>
+      <c r="I992">
+        <v>0</v>
+      </c>
+      <c r="K992" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="993" spans="1:11">
+      <c r="A993" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B993" t="s">
+        <v>13</v>
+      </c>
+      <c r="C993" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D993" t="s">
+        <v>2534</v>
+      </c>
+      <c r="E993">
+        <v>3</v>
+      </c>
+      <c r="F993" t="s">
+        <v>16</v>
+      </c>
+      <c r="G993" t="s">
+        <v>17</v>
+      </c>
+      <c r="H993">
+        <v>14</v>
+      </c>
+      <c r="I993">
+        <v>0</v>
+      </c>
+      <c r="K993" t="s">
+        <v>2535</v>
+      </c>
+    </row>
+    <row r="994" spans="1:11">
+      <c r="A994" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B994" t="s">
+        <v>13</v>
+      </c>
+      <c r="C994" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D994" t="s">
+        <v>2536</v>
+      </c>
+      <c r="E994">
+        <v>3</v>
+      </c>
+      <c r="F994" t="s">
+        <v>16</v>
+      </c>
+      <c r="G994" t="s">
+        <v>17</v>
+      </c>
+      <c r="H994">
+        <v>56</v>
+      </c>
+      <c r="I994">
+        <v>0</v>
+      </c>
+      <c r="K994" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="995" spans="1:11">
+      <c r="A995" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B995" t="s">
+        <v>13</v>
+      </c>
+      <c r="C995" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D995" t="s">
+        <v>2538</v>
+      </c>
+      <c r="E995">
+        <v>3</v>
+      </c>
+      <c r="F995" t="s">
+        <v>16</v>
+      </c>
+      <c r="G995" t="s">
+        <v>17</v>
+      </c>
+      <c r="H995">
+        <v>58</v>
+      </c>
+      <c r="I995">
+        <v>0</v>
+      </c>
+      <c r="K995" t="s">
+        <v>2539</v>
+      </c>
+    </row>
+    <row r="996" spans="1:11">
+      <c r="A996" t="s">
+        <v>1833</v>
+      </c>
+      <c r="B996" t="s">
+        <v>13</v>
+      </c>
+      <c r="C996" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D996" t="s">
+        <v>2540</v>
+      </c>
+      <c r="E996">
+        <v>3</v>
+      </c>
+      <c r="F996" t="s">
+        <v>16</v>
+      </c>
+      <c r="G996" t="s">
+        <v>17</v>
+      </c>
+      <c r="H996">
+        <v>14</v>
+      </c>
+      <c r="I996">
+        <v>0</v>
+      </c>
+      <c r="K996" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="997" spans="1:11">
+      <c r="A997" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B997" t="s">
+        <v>13</v>
+      </c>
+      <c r="C997" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D997" t="s">
+        <v>2542</v>
+      </c>
+      <c r="E997">
+        <v>3</v>
+      </c>
+      <c r="F997" t="s">
+        <v>16</v>
+      </c>
+      <c r="G997" t="s">
+        <v>17</v>
+      </c>
+      <c r="H997">
+        <v>8</v>
+      </c>
+      <c r="I997">
+        <v>0</v>
+      </c>
+      <c r="K997" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="998" spans="1:11">
+      <c r="A998" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B998" t="s">
+        <v>13</v>
+      </c>
+      <c r="C998" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D998" t="s">
+        <v>2544</v>
+      </c>
+      <c r="E998">
+        <v>3</v>
+      </c>
+      <c r="F998" t="s">
+        <v>16</v>
+      </c>
+      <c r="G998" t="s">
+        <v>17</v>
+      </c>
+      <c r="H998">
+        <v>64</v>
+      </c>
+      <c r="I998">
+        <v>0</v>
+      </c>
+      <c r="K998" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="999" spans="1:11">
+      <c r="A999" t="s">
+        <v>1845</v>
+      </c>
+      <c r="B999" t="s">
+        <v>13</v>
+      </c>
+      <c r="C999" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D999" t="s">
+        <v>2546</v>
+      </c>
+      <c r="E999">
+        <v>3</v>
+      </c>
+      <c r="F999" t="s">
+        <v>16</v>
+      </c>
+      <c r="G999" t="s">
+        <v>17</v>
+      </c>
+      <c r="H999">
+        <v>10</v>
+      </c>
+      <c r="I999">
+        <v>0</v>
+      </c>
+      <c r="K999" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:11">
+      <c r="A1000" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B1000" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1000" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1000" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E1000">
+        <v>3</v>
+      </c>
+      <c r="F1000" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1000" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1000">
+        <v>55</v>
+      </c>
+      <c r="I1000">
+        <v>15</v>
+      </c>
+      <c r="K1000" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:11">
+      <c r="A1001" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1001" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1001" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1001" t="s">
+        <v>2550</v>
+      </c>
+      <c r="E1001">
+        <v>3</v>
+      </c>
+      <c r="F1001" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1001" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1001">
+        <v>56</v>
+      </c>
+      <c r="I1001">
+        <v>0</v>
+      </c>
+      <c r="K1001" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:11">
+      <c r="A1002" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B1002" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1002" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1002" t="s">
+        <v>2552</v>
+      </c>
+      <c r="E1002">
+        <v>3</v>
+      </c>
+      <c r="F1002" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1002" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1002">
+        <v>16</v>
+      </c>
+      <c r="I1002">
+        <v>42.5</v>
+      </c>
+      <c r="K1002" t="s">
+        <v>2553</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:11">
+      <c r="A1003" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B1003" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1003" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1003" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E1003">
+        <v>3</v>
+      </c>
+      <c r="F1003" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1003" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1003">
+        <v>56</v>
+      </c>
+      <c r="I1003">
+        <v>0</v>
+      </c>
+      <c r="K1003" t="s">
+        <v>2555</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:11">
+      <c r="A1004" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B1004" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1004" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1004" t="s">
+        <v>2556</v>
+      </c>
+      <c r="E1004">
+        <v>3</v>
+      </c>
+      <c r="F1004" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1004" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1004">
+        <v>20</v>
+      </c>
+      <c r="I1004">
+        <v>0</v>
+      </c>
+      <c r="K1004" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:11">
+      <c r="A1005" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B1005" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>2558</v>
+      </c>
+      <c r="E1005">
+        <v>3</v>
+      </c>
+      <c r="F1005" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1005" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1005">
+        <v>56</v>
+      </c>
+      <c r="I1005">
+        <v>0</v>
+      </c>
+      <c r="K1005" t="s">
+        <v>2559</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:11">
+      <c r="A1006" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B1006" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1006" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1006" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E1006">
+        <v>3</v>
+      </c>
+      <c r="F1006" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1006" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1006">
+        <v>57</v>
+      </c>
+      <c r="I1006">
+        <v>0</v>
+      </c>
+      <c r="K1006" t="s">
+        <v>2561</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:11">
+      <c r="A1007" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B1007" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1007" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1007" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1007">
+        <v>3</v>
+      </c>
+      <c r="F1007" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1007" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1007">
+        <v>58</v>
+      </c>
+      <c r="I1007">
+        <v>0</v>
+      </c>
+      <c r="K1007" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:11">
+      <c r="A1008" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B1008" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1008" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>2564</v>
+      </c>
+      <c r="E1008">
+        <v>3</v>
+      </c>
+      <c r="F1008" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1008" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1008">
+        <v>62</v>
+      </c>
+      <c r="I1008">
+        <v>0</v>
+      </c>
+      <c r="K1008" t="s">
+        <v>2565</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:11">
+      <c r="A1009" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B1009" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1009" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1009" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E1009">
+        <v>3</v>
+      </c>
+      <c r="F1009" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1009" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1009">
+        <v>10</v>
+      </c>
+      <c r="I1009">
+        <v>0</v>
+      </c>
+      <c r="K1009" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:11">
+      <c r="A1010" t="s">
+        <v>1890</v>
+      </c>
+      <c r="B1010" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1010" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1010" t="s">
+        <v>2568</v>
+      </c>
+      <c r="E1010">
+        <v>3</v>
+      </c>
+      <c r="F1010" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1010" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1010">
+        <v>14</v>
+      </c>
+      <c r="I1010">
+        <v>0</v>
+      </c>
+      <c r="K1010" t="s">
+        <v>2569</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:11">
+      <c r="A1011" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B1011" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1011" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1011" t="s">
+        <v>2570</v>
+      </c>
+      <c r="E1011">
+        <v>3</v>
+      </c>
+      <c r="F1011" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1011" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1011">
+        <v>6</v>
+      </c>
+      <c r="I1011">
+        <v>0</v>
+      </c>
+      <c r="K1011" t="s">
+        <v>2571</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:11">
+      <c r="A1012" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B1012" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1012" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1012" t="s">
+        <v>2572</v>
+      </c>
+      <c r="E1012">
+        <v>3</v>
+      </c>
+      <c r="F1012" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1012" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1012">
+        <v>54</v>
+      </c>
+      <c r="I1012">
+        <v>0</v>
+      </c>
+      <c r="K1012" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:11">
+      <c r="A1013" t="s">
+        <v>1922</v>
+      </c>
+      <c r="B1013" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>2574</v>
+      </c>
+      <c r="E1013">
+        <v>3</v>
+      </c>
+      <c r="F1013" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1013" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1013">
+        <v>8</v>
+      </c>
+      <c r="I1013">
+        <v>0</v>
+      </c>
+      <c r="K1013" t="s">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:11">
+      <c r="A1014" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B1014" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1014" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1014" t="s">
+        <v>2576</v>
+      </c>
+      <c r="E1014">
+        <v>3</v>
+      </c>
+      <c r="F1014" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1014" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1014">
+        <v>56</v>
+      </c>
+      <c r="I1014">
+        <v>0</v>
+      </c>
+      <c r="K1014" t="s">
+        <v>2577</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:11">
+      <c r="A1015" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B1015" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1015" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1015" t="s">
+        <v>2578</v>
+      </c>
+      <c r="E1015">
+        <v>3</v>
+      </c>
+      <c r="F1015" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1015" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1015">
+        <v>12</v>
+      </c>
+      <c r="I1015">
+        <v>0</v>
+      </c>
+      <c r="K1015" t="s">
+        <v>2579</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:11">
+      <c r="A1016" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B1016" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1016" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1016" t="s">
+        <v>2580</v>
+      </c>
+      <c r="E1016">
+        <v>3</v>
+      </c>
+      <c r="F1016" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1016" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1016">
+        <v>10</v>
+      </c>
+      <c r="I1016">
+        <v>0</v>
+      </c>
+      <c r="K1016" t="s">
+        <v>2581</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:11">
+      <c r="A1017" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B1017" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1017" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1017" t="s">
+        <v>2582</v>
+      </c>
+      <c r="E1017">
+        <v>3</v>
+      </c>
+      <c r="F1017" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1017" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1017">
+        <v>56</v>
+      </c>
+      <c r="I1017">
+        <v>0</v>
+      </c>
+      <c r="K1017" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:11">
+      <c r="A1018" t="s">
+        <v>1962</v>
+      </c>
+      <c r="B1018" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1018" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1018" t="s">
+        <v>2582</v>
+      </c>
+      <c r="E1018">
+        <v>3</v>
+      </c>
+      <c r="F1018" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1018" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1018">
+        <v>58</v>
+      </c>
+      <c r="I1018">
+        <v>0</v>
+      </c>
+      <c r="K1018" t="s">
+        <v>2584</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:11">
+      <c r="A1019" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B1019" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1019" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1019" t="s">
+        <v>2582</v>
+      </c>
+      <c r="E1019">
+        <v>3</v>
+      </c>
+      <c r="F1019" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1019" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1019">
+        <v>53</v>
+      </c>
+      <c r="I1019">
+        <v>0</v>
+      </c>
+      <c r="K1019" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:11">
+      <c r="A1020" t="s">
+        <v>1968</v>
+      </c>
+      <c r="B1020" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1020" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1020" t="s">
+        <v>2586</v>
+      </c>
+      <c r="E1020">
+        <v>3</v>
+      </c>
+      <c r="F1020" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1020" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1020">
+        <v>4</v>
+      </c>
+      <c r="I1020">
+        <v>0</v>
+      </c>
+      <c r="K1020" t="s">
+        <v>2587</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:11">
+      <c r="A1021" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1021" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1021" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E1021">
+        <v>3</v>
+      </c>
+      <c r="F1021" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1021" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1021">
+        <v>54</v>
+      </c>
+      <c r="I1021">
+        <v>0</v>
+      </c>
+      <c r="K1021" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:11">
+      <c r="A1022" t="s">
+        <v>1974</v>
+      </c>
+      <c r="B1022" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1022" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1022" t="s">
+        <v>2434</v>
+      </c>
+      <c r="E1022">
+        <v>3</v>
+      </c>
+      <c r="F1022" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1022" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1022">
+        <v>53</v>
+      </c>
+      <c r="I1022">
+        <v>0</v>
+      </c>
+      <c r="K1022" t="s">
+        <v>2589</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:11">
+      <c r="A1023" t="s">
+        <v>1985</v>
+      </c>
+      <c r="B1023" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1023" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1023" t="s">
+        <v>2590</v>
+      </c>
+      <c r="E1023">
+        <v>3</v>
+      </c>
+      <c r="F1023" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1023" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1023">
+        <v>54</v>
+      </c>
+      <c r="I1023">
+        <v>0</v>
+      </c>
+      <c r="K1023" t="s">
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:11">
+      <c r="A1024" t="s">
+        <v>1988</v>
+      </c>
+      <c r="B1024" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1024" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1024" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E1024">
+        <v>3</v>
+      </c>
+      <c r="F1024" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1024" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1024">
+        <v>56</v>
+      </c>
+      <c r="I1024">
+        <v>0</v>
+      </c>
+      <c r="K1024" t="s">
+        <v>2593</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:11">
+      <c r="A1025" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B1025" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1025" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1025" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E1025">
+        <v>3</v>
+      </c>
+      <c r="F1025" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1025" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1025">
+        <v>62</v>
+      </c>
+      <c r="I1025">
+        <v>0</v>
+      </c>
+      <c r="K1025" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:11">
+      <c r="A1026" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E1026">
+        <v>3</v>
+      </c>
+      <c r="F1026" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1026" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1026">
+        <v>60</v>
+      </c>
+      <c r="I1026">
+        <v>0</v>
+      </c>
+      <c r="K1026" t="s">
+        <v>2595</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:11">
+      <c r="A1027" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B1027" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1027" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1027" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E1027">
+        <v>3</v>
+      </c>
+      <c r="F1027" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1027" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1027">
+        <v>3</v>
+      </c>
+      <c r="I1027">
+        <v>0</v>
+      </c>
+      <c r="K1027" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:11">
+      <c r="A1028" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B1028" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1028" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1028" t="s">
+        <v>2598</v>
+      </c>
+      <c r="E1028">
+        <v>3</v>
+      </c>
+      <c r="F1028" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1028" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1028">
+        <v>55</v>
+      </c>
+      <c r="I1028">
+        <v>0</v>
+      </c>
+      <c r="K1028" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:11">
+      <c r="A1029" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B1029" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1029" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1029" t="s">
+        <v>2600</v>
+      </c>
+      <c r="E1029">
+        <v>3</v>
+      </c>
+      <c r="F1029" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1029" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1029">
+        <v>56</v>
+      </c>
+      <c r="I1029">
+        <v>0</v>
+      </c>
+      <c r="K1029" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:11">
+      <c r="A1030" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B1030" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1030" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1030" t="s">
+        <v>2472</v>
+      </c>
+      <c r="E1030">
+        <v>3</v>
+      </c>
+      <c r="F1030" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1030" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1030">
+        <v>63</v>
+      </c>
+      <c r="I1030">
+        <v>0</v>
+      </c>
+      <c r="K1030" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:11">
+      <c r="A1031" t="s">
+        <v>2030</v>
+      </c>
+      <c r="B1031" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1031" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D1031" t="s">
+        <v>2582</v>
+      </c>
+      <c r="E1031">
+        <v>3</v>
+      </c>
+      <c r="F1031" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1031" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1031">
+        <v>10</v>
+      </c>
+      <c r="I1031">
+        <v>0</v>
+      </c>
+      <c r="K1031" t="s">
+        <v>2603</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:11">
+      <c r="A1032" t="s">
+        <v>100</v>
+      </c>
+      <c r="B1032" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1032" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D1032" t="s">
+        <v>2605</v>
+      </c>
+      <c r="E1032">
+        <v>39</v>
+      </c>
+      <c r="F1032" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1032" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1032">
+        <v>6</v>
+      </c>
+      <c r="I1032">
+        <v>72.5</v>
+      </c>
+      <c r="K1032" t="s">
+        <v>2606</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:11">
+      <c r="A1033" t="s">
+        <v>104</v>
+      </c>
+      <c r="B1033" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1033" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D1033" t="s">
+        <v>2607</v>
+      </c>
+      <c r="E1033">
+        <v>39</v>
+      </c>
+      <c r="F1033" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1033" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1033">
+        <v>11</v>
+      </c>
+      <c r="I1033">
+        <v>10</v>
+      </c>
+      <c r="K1033" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:11">
+      <c r="A1034" t="s">
+        <v>211</v>
+      </c>
+      <c r="B1034" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1034" t="s">
+        <v>2604</v>
+      </c>
+      <c r="D1034" t="s">
+        <v>2609</v>
+      </c>
+      <c r="E1034">
+        <v>39</v>
+      </c>
+      <c r="F1034" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1034" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1034">
+        <v>8</v>
+      </c>
+      <c r="I1034">
+        <v>30</v>
+      </c>
+      <c r="K1034" t="s">
+        <v>2610</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:11">
+      <c r="A1035" t="s">
+        <v>19</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>2612</v>
+      </c>
+      <c r="E1035">
+        <v>34</v>
+      </c>
+      <c r="F1035" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1035" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1035">
+        <v>12</v>
+      </c>
+      <c r="I1035">
+        <v>65</v>
+      </c>
+      <c r="K1035" t="s">
+        <v>2613</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:11">
+      <c r="A1036" t="s">
+        <v>38</v>
+      </c>
+      <c r="B1036" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1036" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D1036" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E1036">
+        <v>38</v>
+      </c>
+      <c r="F1036" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1036" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1036">
+        <v>6</v>
+      </c>
+      <c r="I1036">
+        <v>88.3</v>
+      </c>
+      <c r="K1036" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:11">
+      <c r="A1037" t="s">
+        <v>23</v>
+      </c>
+      <c r="B1037" t="s">
+        <v>13</v>
+      </c>
+      <c r="C1037" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D1037" t="s">
+        <v>2617</v>
+      </c>
+      <c r="E1037">
+        <v>38</v>
+      </c>
+      <c r="F1037" t="s">
+        <v>16</v>
+      </c>
+      <c r="G1037" t="s">
+        <v>17</v>
+      </c>
+      <c r="H1037">
+        <v>4</v>
+      </c>
+      <c r="I1037">
+        <v>58.3</v>
+      </c>
+      <c r="K1037" t="s">
+        <v>2618</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">