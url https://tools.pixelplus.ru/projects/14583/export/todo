--- v2 (2026-02-01)
+++ v3 (2026-02-22)
@@ -14214,246 +14214,246 @@
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>530</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I5">
-        <v>65</v>
+        <v>69.8</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>346</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I6">
-        <v>58.3</v>
+        <v>54.9</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7">
         <v>21</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I7">
-        <v>7.6</v>
+        <v>29.6</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8">
         <v>25</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="I8">
-        <v>5</v>
+        <v>2.5</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
         <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9">
         <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I9">
-        <v>7.6</v>
+        <v>29.6</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
         <v>167</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I10">
-        <v>88.3</v>
+        <v>87.6</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
         <v>14</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11">
         <v>8</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="I11">
-        <v>0</v>
+        <v>4.9</v>
       </c>
       <c r="K11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12">
         <v>8</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
@@ -14470,179 +14470,179 @@
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>46</v>
       </c>
       <c r="D13" t="s">
         <v>50</v>
       </c>
       <c r="E13">
         <v>8</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="K13" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
         <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>46</v>
       </c>
       <c r="D14" t="s">
         <v>53</v>
       </c>
       <c r="E14">
         <v>8</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I14">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K14" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>55</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
         <v>46</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15">
         <v>8</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
         <v>4</v>
       </c>
       <c r="I15">
-        <v>75</v>
+        <v>77.5</v>
       </c>
       <c r="K15" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>58</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>59</v>
       </c>
       <c r="E16">
         <v>8</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
         <v>52</v>
       </c>
       <c r="I16">
-        <v>50</v>
+        <v>42.5</v>
       </c>
       <c r="K16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
         <v>46</v>
       </c>
       <c r="D17" t="s">
         <v>62</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I17">
         <v>15</v>
       </c>
       <c r="K17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
         <v>64</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>65</v>
       </c>
       <c r="E18">
         <v>8</v>
       </c>
       <c r="F18" t="s">
@@ -14662,534 +14662,534 @@
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
         <v>67</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>46</v>
       </c>
       <c r="D19" t="s">
         <v>68</v>
       </c>
       <c r="E19">
         <v>8</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="K19" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>70</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>71</v>
       </c>
       <c r="E20">
         <v>8</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I20">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K20" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>73</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
         <v>46</v>
       </c>
       <c r="D21" t="s">
         <v>74</v>
       </c>
       <c r="E21">
         <v>8</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I21">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K21" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
         <v>76</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
         <v>46</v>
       </c>
       <c r="D22" t="s">
         <v>77</v>
       </c>
       <c r="E22">
         <v>8</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="H22">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I22">
-        <v>8.8</v>
+        <v>2.5</v>
       </c>
       <c r="K22" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
         <v>79</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
         <v>46</v>
       </c>
       <c r="D23" t="s">
         <v>80</v>
       </c>
       <c r="E23">
         <v>8</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I23">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K23" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
         <v>82</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
         <v>28</v>
       </c>
       <c r="D24" t="s">
         <v>83</v>
       </c>
       <c r="E24">
         <v>10</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I24">
         <v>0</v>
       </c>
       <c r="K24" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>85</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
         <v>28</v>
       </c>
       <c r="D25" t="s">
         <v>86</v>
       </c>
       <c r="E25">
         <v>10</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I25">
         <v>0</v>
       </c>
       <c r="K25" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
         <v>88</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
         <v>28</v>
       </c>
       <c r="D26" t="s">
         <v>89</v>
       </c>
       <c r="E26">
         <v>10</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I26">
         <v>0</v>
       </c>
       <c r="K26" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>91</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
         <v>28</v>
       </c>
       <c r="D27" t="s">
         <v>92</v>
       </c>
       <c r="E27">
         <v>10</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I27">
-        <v>41.6</v>
+        <v>48</v>
       </c>
       <c r="K27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
         <v>94</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
         <v>28</v>
       </c>
       <c r="D28" t="s">
         <v>95</v>
       </c>
       <c r="E28">
         <v>10</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I28">
-        <v>58.3</v>
+        <v>65</v>
       </c>
       <c r="K28" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>97</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
         <v>28</v>
       </c>
       <c r="D29" t="s">
         <v>98</v>
       </c>
       <c r="E29">
         <v>10</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="I29">
         <v>0</v>
       </c>
       <c r="K29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
         <v>100</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
         <v>101</v>
       </c>
       <c r="D30" t="s">
         <v>102</v>
       </c>
       <c r="E30">
         <v>12</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I30">
-        <v>72.5</v>
+        <v>60</v>
       </c>
       <c r="K30" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
         <v>104</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
         <v>101</v>
       </c>
       <c r="D31" t="s">
         <v>105</v>
       </c>
       <c r="E31">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I31">
-        <v>10</v>
+        <v>67.5</v>
       </c>
       <c r="K31" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
         <v>107</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
         <v>101</v>
       </c>
       <c r="D32" t="s">
         <v>108</v>
       </c>
       <c r="E32">
         <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
         <v>10</v>
       </c>
       <c r="I32">
-        <v>45.6</v>
+        <v>36.7</v>
       </c>
       <c r="K32" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>31</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
         <v>14</v>
       </c>
       <c r="D33" t="s">
         <v>110</v>
       </c>
       <c r="E33">
         <v>6</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="I33">
-        <v>5</v>
+        <v>2.5</v>
       </c>
       <c r="K33" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>112</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
         <v>14</v>
       </c>
       <c r="D34" t="s">
         <v>113</v>
       </c>
       <c r="E34">
         <v>6</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34">
         <v>56</v>
       </c>
       <c r="I34">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>115</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
         <v>14</v>
       </c>
       <c r="D35" t="s">
         <v>116</v>
       </c>
       <c r="E35">
         <v>6</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
@@ -15206,531 +15206,531 @@
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
         <v>118</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
         <v>14</v>
       </c>
       <c r="D36" t="s">
         <v>119</v>
       </c>
       <c r="E36">
         <v>6</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K36" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
         <v>121</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
         <v>14</v>
       </c>
       <c r="D37" t="s">
         <v>122</v>
       </c>
       <c r="E37">
         <v>6</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I37">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K37" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
         <v>124</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
         <v>14</v>
       </c>
       <c r="D38" t="s">
         <v>125</v>
       </c>
       <c r="E38">
         <v>6</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="K38" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>127</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
         <v>14</v>
       </c>
       <c r="D39" t="s">
         <v>128</v>
       </c>
       <c r="E39">
         <v>6</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="K39" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
         <v>130</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
         <v>14</v>
       </c>
       <c r="D40" t="s">
         <v>131</v>
       </c>
       <c r="E40">
         <v>6</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="K40" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
         <v>133</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
         <v>14</v>
       </c>
       <c r="D41" t="s">
         <v>134</v>
       </c>
       <c r="E41">
         <v>6</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
         <v>52</v>
       </c>
       <c r="I41">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K41" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
         <v>136</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
         <v>14</v>
       </c>
       <c r="D42" t="s">
         <v>137</v>
       </c>
       <c r="E42">
         <v>6</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42">
         <v>56</v>
       </c>
       <c r="I42">
-        <v>0</v>
+        <v>3.8</v>
       </c>
       <c r="K42" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>139</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
         <v>14</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="E43">
         <v>6</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I43">
         <v>0</v>
       </c>
       <c r="K43" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
         <v>142</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
         <v>14</v>
       </c>
       <c r="D44" t="s">
         <v>143</v>
       </c>
       <c r="E44">
         <v>6</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I44">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="K44" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
         <v>145</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
         <v>14</v>
       </c>
       <c r="D45" t="s">
         <v>146</v>
       </c>
       <c r="E45">
         <v>6</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="K45" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>148</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
         <v>14</v>
       </c>
       <c r="D46" t="s">
         <v>149</v>
       </c>
       <c r="E46">
         <v>6</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46">
         <v>54</v>
       </c>
       <c r="I46">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K46" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
         <v>151</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
         <v>14</v>
       </c>
       <c r="D47" t="s">
         <v>152</v>
       </c>
       <c r="E47">
         <v>6</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="K47" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
         <v>154</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
         <v>14</v>
       </c>
       <c r="D48" t="s">
         <v>155</v>
       </c>
       <c r="E48">
         <v>6</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="K48" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
         <v>157</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
         <v>14</v>
       </c>
       <c r="D49" t="s">
         <v>158</v>
       </c>
       <c r="E49">
         <v>6</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="H49">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="K49" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
         <v>160</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
         <v>14</v>
       </c>
       <c r="D50" t="s">
         <v>161</v>
       </c>
       <c r="E50">
         <v>6</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I50">
         <v>0</v>
       </c>
       <c r="K50" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
         <v>163</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
         <v>14</v>
       </c>
       <c r="D51" t="s">
         <v>164</v>
       </c>
       <c r="E51">
         <v>6</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I51">
         <v>0</v>
       </c>
       <c r="K51" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
         <v>166</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
         <v>14</v>
       </c>
       <c r="D52" t="s">
         <v>167</v>
       </c>
       <c r="E52">
         <v>6</v>
       </c>
       <c r="F52" t="s">
@@ -15750,83 +15750,83 @@
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
         <v>169</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
         <v>14</v>
       </c>
       <c r="D53" t="s">
         <v>170</v>
       </c>
       <c r="E53">
         <v>6</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="I53">
         <v>0</v>
       </c>
       <c r="K53" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
         <v>172</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
         <v>14</v>
       </c>
       <c r="D54" t="s">
         <v>173</v>
       </c>
       <c r="E54">
         <v>6</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I54">
         <v>0</v>
       </c>
       <c r="K54" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
         <v>175</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
         <v>14</v>
       </c>
       <c r="D55" t="s">
         <v>176</v>
       </c>
       <c r="E55">
         <v>6</v>
       </c>
       <c r="F55" t="s">
@@ -15881,51 +15881,51 @@
       <c r="A57" t="s">
         <v>181</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
         <v>14</v>
       </c>
       <c r="D57" t="s">
         <v>182</v>
       </c>
       <c r="E57">
         <v>6</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
         <v>20</v>
       </c>
       <c r="I57">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K57" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
         <v>184</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
         <v>14</v>
       </c>
       <c r="D58" t="s">
         <v>185</v>
       </c>
       <c r="E58">
         <v>6</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
@@ -15942,438 +15942,438 @@
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>187</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
         <v>14</v>
       </c>
       <c r="D59" t="s">
         <v>188</v>
       </c>
       <c r="E59">
         <v>6</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I59">
         <v>0</v>
       </c>
       <c r="K59" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>190</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
         <v>14</v>
       </c>
       <c r="D60" t="s">
         <v>191</v>
       </c>
       <c r="E60">
         <v>6</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="I60">
-        <v>5</v>
+        <v>2.1</v>
       </c>
       <c r="K60" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>193</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
         <v>14</v>
       </c>
       <c r="D61" t="s">
         <v>194</v>
       </c>
       <c r="E61">
         <v>6</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="K61" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>196</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
         <v>14</v>
       </c>
       <c r="D62" t="s">
         <v>197</v>
       </c>
       <c r="E62">
         <v>6</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="K62" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>199</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
         <v>14</v>
       </c>
       <c r="D63" t="s">
         <v>200</v>
       </c>
       <c r="E63">
         <v>6</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="K63" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>202</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
         <v>14</v>
       </c>
       <c r="D64" t="s">
         <v>203</v>
       </c>
       <c r="E64">
         <v>6</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="K64" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>205</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
         <v>14</v>
       </c>
       <c r="D65" t="s">
         <v>206</v>
       </c>
       <c r="E65">
         <v>6</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I65">
-        <v>85</v>
+        <v>52.5</v>
       </c>
       <c r="K65" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>42</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
         <v>208</v>
       </c>
       <c r="D66" t="s">
         <v>209</v>
       </c>
       <c r="E66">
         <v>12</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="I66">
-        <v>0</v>
+        <v>4.9</v>
       </c>
       <c r="K66" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>211</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
         <v>212</v>
       </c>
       <c r="D67" t="s">
         <v>213</v>
       </c>
       <c r="E67">
         <v>14</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I67">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K67" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>215</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
         <v>212</v>
       </c>
       <c r="D68" t="s">
         <v>216</v>
       </c>
       <c r="E68">
         <v>14</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I68">
-        <v>1.8</v>
+        <v>3.8</v>
       </c>
       <c r="K68" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>218</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
         <v>212</v>
       </c>
       <c r="D69" t="s">
         <v>219</v>
       </c>
       <c r="E69">
         <v>14</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="I69">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K69" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>221</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
         <v>222</v>
       </c>
       <c r="D70" t="s">
         <v>223</v>
       </c>
       <c r="E70">
         <v>16</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I70">
-        <v>49.1</v>
+        <v>31.9</v>
       </c>
       <c r="K70" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>225</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
         <v>226</v>
       </c>
       <c r="D71" t="s">
         <v>227</v>
       </c>
       <c r="E71">
         <v>96</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I71">
-        <v>40.6</v>
+        <v>60.8</v>
       </c>
       <c r="K71" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>229</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
         <v>230</v>
       </c>
       <c r="D72" t="s">
         <v>231</v>
       </c>
       <c r="E72">
         <v>4</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
@@ -16390,179 +16390,179 @@
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>233</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
         <v>230</v>
       </c>
       <c r="D73" t="s">
         <v>234</v>
       </c>
       <c r="E73">
         <v>4</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="I73">
         <v>0</v>
       </c>
       <c r="K73" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>236</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
         <v>230</v>
       </c>
       <c r="D74" t="s">
         <v>237</v>
       </c>
       <c r="E74">
         <v>4</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="I74">
         <v>0</v>
       </c>
       <c r="K74" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>239</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
         <v>230</v>
       </c>
       <c r="D75" t="s">
         <v>240</v>
       </c>
       <c r="E75">
         <v>4</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I75">
         <v>0</v>
       </c>
       <c r="K75" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>242</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
         <v>230</v>
       </c>
       <c r="D76" t="s">
         <v>243</v>
       </c>
       <c r="E76">
         <v>4</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
       <c r="K76" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>245</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
         <v>230</v>
       </c>
       <c r="D77" t="s">
         <v>246</v>
       </c>
       <c r="E77">
         <v>4</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I77">
         <v>0</v>
       </c>
       <c r="K77" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>248</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
         <v>230</v>
       </c>
       <c r="D78" t="s">
         <v>249</v>
       </c>
       <c r="E78">
         <v>4</v>
       </c>
       <c r="F78" t="s">
@@ -16582,342 +16582,342 @@
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>251</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
         <v>230</v>
       </c>
       <c r="D79" t="s">
         <v>252</v>
       </c>
       <c r="E79">
         <v>4</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I79">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K79" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>254</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
         <v>230</v>
       </c>
       <c r="D80" t="s">
         <v>255</v>
       </c>
       <c r="E80">
         <v>4</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I80">
         <v>0</v>
       </c>
       <c r="K80" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
         <v>257</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
         <v>230</v>
       </c>
       <c r="D81" t="s">
         <v>258</v>
       </c>
       <c r="E81">
         <v>4</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="H81">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="I81">
         <v>0</v>
       </c>
       <c r="K81" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>260</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
         <v>230</v>
       </c>
       <c r="D82" t="s">
         <v>261</v>
       </c>
       <c r="E82">
         <v>4</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="I82">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K82" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
         <v>263</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
         <v>230</v>
       </c>
       <c r="D83" t="s">
         <v>264</v>
       </c>
       <c r="E83">
         <v>4</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I83">
-        <v>8.8</v>
+        <v>13.8</v>
       </c>
       <c r="K83" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>266</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
         <v>230</v>
       </c>
       <c r="D84" t="s">
         <v>267</v>
       </c>
       <c r="E84">
         <v>4</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="K84" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>269</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
         <v>230</v>
       </c>
       <c r="D85" t="s">
         <v>270</v>
       </c>
       <c r="E85">
         <v>4</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I85">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K85" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>272</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
         <v>230</v>
       </c>
       <c r="D86" t="s">
         <v>273</v>
       </c>
       <c r="E86">
         <v>4</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I86">
         <v>0</v>
       </c>
       <c r="K86" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>275</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
         <v>230</v>
       </c>
       <c r="D87" t="s">
         <v>276</v>
       </c>
       <c r="E87">
         <v>4</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="I87">
         <v>0</v>
       </c>
       <c r="K87" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>278</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
         <v>230</v>
       </c>
       <c r="D88" t="s">
         <v>279</v>
       </c>
       <c r="E88">
         <v>4</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="H88">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I88">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K88" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>281</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
         <v>230</v>
       </c>
       <c r="D89" t="s">
         <v>282</v>
       </c>
       <c r="E89">
         <v>4</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
@@ -16934,83 +16934,83 @@
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
         <v>284</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
         <v>230</v>
       </c>
       <c r="D90" t="s">
         <v>285</v>
       </c>
       <c r="E90">
         <v>4</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="K90" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>287</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
         <v>230</v>
       </c>
       <c r="D91" t="s">
         <v>288</v>
       </c>
       <c r="E91">
         <v>4</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="I91">
         <v>5</v>
       </c>
       <c r="K91" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>290</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
         <v>230</v>
       </c>
       <c r="D92" t="s">
         <v>291</v>
       </c>
       <c r="E92">
         <v>4</v>
       </c>
       <c r="F92" t="s">
@@ -17030,115 +17030,115 @@
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>293</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
         <v>230</v>
       </c>
       <c r="D93" t="s">
         <v>294</v>
       </c>
       <c r="E93">
         <v>4</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I93">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="K93" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
         <v>296</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
         <v>230</v>
       </c>
       <c r="D94" t="s">
         <v>297</v>
       </c>
       <c r="E94">
         <v>4</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I94">
         <v>0</v>
       </c>
       <c r="K94" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
         <v>299</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95" t="s">
         <v>230</v>
       </c>
       <c r="D95" t="s">
         <v>300</v>
       </c>
       <c r="E95">
         <v>4</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>17</v>
       </c>
       <c r="H95">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I95">
         <v>0</v>
       </c>
       <c r="K95" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>302</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
         <v>230</v>
       </c>
       <c r="D96" t="s">
         <v>303</v>
       </c>
       <c r="E96">
         <v>4</v>
       </c>
       <c r="F96" t="s">
@@ -17158,51 +17158,51 @@
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
         <v>305</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
         <v>230</v>
       </c>
       <c r="D97" t="s">
         <v>306</v>
       </c>
       <c r="E97">
         <v>4</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
       <c r="K97" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>308</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
         <v>230</v>
       </c>
       <c r="D98" t="s">
         <v>309</v>
       </c>
       <c r="E98">
         <v>4</v>
       </c>
       <c r="F98" t="s">
@@ -17222,86 +17222,86 @@
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
         <v>311</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
         <v>230</v>
       </c>
       <c r="D99" t="s">
         <v>312</v>
       </c>
       <c r="E99">
         <v>4</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="K99" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
         <v>314</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
         <v>230</v>
       </c>
       <c r="D100" t="s">
         <v>315</v>
       </c>
       <c r="E100">
         <v>4</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I100">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="K100" t="s">
         <v>316</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
         <v>317</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
         <v>230</v>
       </c>
       <c r="D101" t="s">
         <v>318</v>
       </c>
       <c r="E101">
         <v>4</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
@@ -17318,275 +17318,275 @@
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>320</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
         <v>230</v>
       </c>
       <c r="D102" t="s">
         <v>321</v>
       </c>
       <c r="E102">
         <v>4</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I102">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>323</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
         <v>230</v>
       </c>
       <c r="D103" t="s">
         <v>324</v>
       </c>
       <c r="E103">
         <v>4</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="K103" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>326</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
         <v>230</v>
       </c>
       <c r="D104" t="s">
         <v>327</v>
       </c>
       <c r="E104">
         <v>4</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I104">
         <v>0</v>
       </c>
       <c r="K104" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>329</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
         <v>230</v>
       </c>
       <c r="D105" t="s">
         <v>330</v>
       </c>
       <c r="E105">
         <v>4</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I105">
         <v>5</v>
       </c>
       <c r="K105" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>332</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
         <v>230</v>
       </c>
       <c r="D106" t="s">
         <v>333</v>
       </c>
       <c r="E106">
         <v>4</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I106">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="K106" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>335</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
         <v>230</v>
       </c>
       <c r="D107" t="s">
         <v>336</v>
       </c>
       <c r="E107">
         <v>4</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>338</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
         <v>230</v>
       </c>
       <c r="D108" t="s">
         <v>339</v>
       </c>
       <c r="E108">
         <v>4</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>341</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
         <v>230</v>
       </c>
       <c r="D109" t="s">
         <v>342</v>
       </c>
       <c r="E109">
         <v>4</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I109">
         <v>0</v>
       </c>
       <c r="K109" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>344</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110" t="s">
         <v>230</v>
       </c>
       <c r="D110" t="s">
         <v>345</v>
       </c>
       <c r="E110">
         <v>4</v>
       </c>
       <c r="F110" t="s">
@@ -17606,83 +17606,83 @@
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>347</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111" t="s">
         <v>230</v>
       </c>
       <c r="D111" t="s">
         <v>348</v>
       </c>
       <c r="E111">
         <v>4</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
         <v>17</v>
       </c>
       <c r="H111">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="I111">
         <v>0</v>
       </c>
       <c r="K111" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>350</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
         <v>230</v>
       </c>
       <c r="D112" t="s">
         <v>351</v>
       </c>
       <c r="E112">
         <v>4</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="H112">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I112">
         <v>0</v>
       </c>
       <c r="K112" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>353</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
         <v>230</v>
       </c>
       <c r="D113" t="s">
         <v>354</v>
       </c>
       <c r="E113">
         <v>4</v>
       </c>
       <c r="F113" t="s">
@@ -17702,51 +17702,51 @@
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>356</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
         <v>230</v>
       </c>
       <c r="D114" t="s">
         <v>357</v>
       </c>
       <c r="E114">
         <v>4</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>17</v>
       </c>
       <c r="H114">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I114">
         <v>0</v>
       </c>
       <c r="K114" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>359</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
         <v>230</v>
       </c>
       <c r="D115" t="s">
         <v>360</v>
       </c>
       <c r="E115">
         <v>4</v>
       </c>
       <c r="F115" t="s">
@@ -17766,339 +17766,339 @@
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>362</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
         <v>230</v>
       </c>
       <c r="D116" t="s">
         <v>363</v>
       </c>
       <c r="E116">
         <v>4</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="H116">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I116">
         <v>0</v>
       </c>
       <c r="K116" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>365</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
         <v>230</v>
       </c>
       <c r="D117" t="s">
         <v>366</v>
       </c>
       <c r="E117">
         <v>4</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I117">
         <v>0</v>
       </c>
       <c r="K117" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>368</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
         <v>230</v>
       </c>
       <c r="D118" t="s">
         <v>369</v>
       </c>
       <c r="E118">
         <v>4</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>17</v>
       </c>
       <c r="H118">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I118">
         <v>0</v>
       </c>
       <c r="K118" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>371</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119" t="s">
         <v>230</v>
       </c>
       <c r="D119" t="s">
         <v>372</v>
       </c>
       <c r="E119">
         <v>4</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="H119">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I119">
         <v>0</v>
       </c>
       <c r="K119" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>374</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
         <v>230</v>
       </c>
       <c r="D120" t="s">
         <v>375</v>
       </c>
       <c r="E120">
         <v>4</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="H120">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I120">
         <v>0</v>
       </c>
       <c r="K120" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>377</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" t="s">
         <v>230</v>
       </c>
       <c r="D121" t="s">
         <v>378</v>
       </c>
       <c r="E121">
         <v>4</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
         <v>17</v>
       </c>
       <c r="H121">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I121">
         <v>0</v>
       </c>
       <c r="K121" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>380</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122" t="s">
         <v>230</v>
       </c>
       <c r="D122" t="s">
         <v>381</v>
       </c>
       <c r="E122">
         <v>4</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="H122">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I122">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K122" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>383</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
       <c r="C123" t="s">
         <v>230</v>
       </c>
       <c r="D123" t="s">
         <v>384</v>
       </c>
       <c r="E123">
         <v>4</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="H123">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I123">
         <v>0</v>
       </c>
       <c r="K123" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>386</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
       <c r="C124" t="s">
         <v>230</v>
       </c>
       <c r="D124" t="s">
         <v>387</v>
       </c>
       <c r="E124">
         <v>4</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
         <v>17</v>
       </c>
       <c r="H124">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="I124">
         <v>0</v>
       </c>
       <c r="K124" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>389</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
         <v>230</v>
       </c>
       <c r="D125" t="s">
         <v>390</v>
       </c>
       <c r="E125">
         <v>4</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
         <v>17</v>
       </c>
       <c r="H125">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I125">
         <v>0</v>
       </c>
       <c r="K125" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>392</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
         <v>230</v>
       </c>
       <c r="D126" t="s">
         <v>393</v>
       </c>
       <c r="E126">
         <v>4</v>
       </c>
       <c r="F126" t="s">
@@ -18118,86 +18118,86 @@
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>395</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127" t="s">
         <v>230</v>
       </c>
       <c r="D127" t="s">
         <v>396</v>
       </c>
       <c r="E127">
         <v>4</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>17</v>
       </c>
       <c r="H127">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I127">
         <v>0</v>
       </c>
       <c r="K127" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>398</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
         <v>230</v>
       </c>
       <c r="D128" t="s">
         <v>399</v>
       </c>
       <c r="E128">
         <v>4</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>17</v>
       </c>
       <c r="H128">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I128">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="K128" t="s">
         <v>400</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>401</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
       <c r="C129" t="s">
         <v>230</v>
       </c>
       <c r="D129" t="s">
         <v>402</v>
       </c>
       <c r="E129">
         <v>4</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
@@ -18214,86 +18214,86 @@
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>404</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
         <v>230</v>
       </c>
       <c r="D130" t="s">
         <v>405</v>
       </c>
       <c r="E130">
         <v>4</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>17</v>
       </c>
       <c r="H130">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I130">
         <v>0</v>
       </c>
       <c r="K130" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>407</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
       <c r="C131" t="s">
         <v>230</v>
       </c>
       <c r="D131" t="s">
         <v>408</v>
       </c>
       <c r="E131">
         <v>4</v>
       </c>
       <c r="F131" t="s">
         <v>16</v>
       </c>
       <c r="G131" t="s">
         <v>17</v>
       </c>
       <c r="H131">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I131">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K131" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>410</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
         <v>230</v>
       </c>
       <c r="D132" t="s">
         <v>411</v>
       </c>
       <c r="E132">
         <v>4</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
@@ -18310,83 +18310,83 @@
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>413</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
       <c r="C133" t="s">
         <v>230</v>
       </c>
       <c r="D133" t="s">
         <v>414</v>
       </c>
       <c r="E133">
         <v>4</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>17</v>
       </c>
       <c r="H133">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I133">
         <v>0</v>
       </c>
       <c r="K133" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>416</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
         <v>230</v>
       </c>
       <c r="D134" t="s">
         <v>417</v>
       </c>
       <c r="E134">
         <v>4</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>17</v>
       </c>
       <c r="H134">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I134">
         <v>0</v>
       </c>
       <c r="K134" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>419</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
         <v>230</v>
       </c>
       <c r="D135" t="s">
         <v>420</v>
       </c>
       <c r="E135">
         <v>4</v>
       </c>
       <c r="F135" t="s">
@@ -18409,336 +18409,336 @@
       <c r="A136" t="s">
         <v>422</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136" t="s">
         <v>230</v>
       </c>
       <c r="D136" t="s">
         <v>423</v>
       </c>
       <c r="E136">
         <v>4</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>17</v>
       </c>
       <c r="H136">
         <v>56</v>
       </c>
       <c r="I136">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K136" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>425</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
       <c r="C137" t="s">
         <v>230</v>
       </c>
       <c r="D137" t="s">
         <v>426</v>
       </c>
       <c r="E137">
         <v>4</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
         <v>17</v>
       </c>
       <c r="H137">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I137">
         <v>0</v>
       </c>
       <c r="K137" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>428</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
         <v>230</v>
       </c>
       <c r="D138" t="s">
         <v>429</v>
       </c>
       <c r="E138">
         <v>4</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>17</v>
       </c>
       <c r="H138">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I138">
         <v>0</v>
       </c>
       <c r="K138" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
         <v>431</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
         <v>230</v>
       </c>
       <c r="D139" t="s">
         <v>432</v>
       </c>
       <c r="E139">
         <v>4</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>17</v>
       </c>
       <c r="H139">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I139">
-        <v>21.7</v>
+        <v>22.5</v>
       </c>
       <c r="K139" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
         <v>434</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
       <c r="C140" t="s">
         <v>230</v>
       </c>
       <c r="D140" t="s">
         <v>435</v>
       </c>
       <c r="E140">
         <v>4</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="H140">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I140">
         <v>0</v>
       </c>
       <c r="K140" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
         <v>437</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
       <c r="C141" t="s">
         <v>230</v>
       </c>
       <c r="D141" t="s">
         <v>438</v>
       </c>
       <c r="E141">
         <v>4</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
       <c r="H141">
         <v>54</v>
       </c>
       <c r="I141">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K141" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
         <v>440</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142" t="s">
         <v>230</v>
       </c>
       <c r="D142" t="s">
         <v>441</v>
       </c>
       <c r="E142">
         <v>4</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
         <v>17</v>
       </c>
       <c r="H142">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I142">
         <v>0</v>
       </c>
       <c r="K142" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
         <v>443</v>
       </c>
       <c r="B143" t="s">
         <v>13</v>
       </c>
       <c r="C143" t="s">
         <v>230</v>
       </c>
       <c r="D143" t="s">
         <v>444</v>
       </c>
       <c r="E143">
         <v>4</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
         <v>17</v>
       </c>
       <c r="H143">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I143">
         <v>0</v>
       </c>
       <c r="K143" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
         <v>446</v>
       </c>
       <c r="B144" t="s">
         <v>13</v>
       </c>
       <c r="C144" t="s">
         <v>230</v>
       </c>
       <c r="D144" t="s">
         <v>447</v>
       </c>
       <c r="E144">
         <v>4</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="I144">
         <v>0</v>
       </c>
       <c r="K144" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
         <v>449</v>
       </c>
       <c r="B145" t="s">
         <v>13</v>
       </c>
       <c r="C145" t="s">
         <v>230</v>
       </c>
       <c r="D145" t="s">
         <v>450</v>
       </c>
       <c r="E145">
         <v>4</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>17</v>
       </c>
       <c r="H145">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I145">
         <v>0</v>
       </c>
       <c r="K145" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
         <v>452</v>
       </c>
       <c r="B146" t="s">
         <v>13</v>
       </c>
       <c r="C146" t="s">
         <v>230</v>
       </c>
       <c r="D146" t="s">
         <v>453</v>
       </c>
       <c r="E146">
         <v>4</v>
       </c>
       <c r="F146" t="s">
@@ -18758,51 +18758,51 @@
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
         <v>455</v>
       </c>
       <c r="B147" t="s">
         <v>13</v>
       </c>
       <c r="C147" t="s">
         <v>230</v>
       </c>
       <c r="D147" t="s">
         <v>456</v>
       </c>
       <c r="E147">
         <v>4</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I147">
         <v>0</v>
       </c>
       <c r="K147" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
         <v>458</v>
       </c>
       <c r="B148" t="s">
         <v>13</v>
       </c>
       <c r="C148" t="s">
         <v>230</v>
       </c>
       <c r="D148" t="s">
         <v>459</v>
       </c>
       <c r="E148">
         <v>4</v>
       </c>
       <c r="F148" t="s">
@@ -18822,83 +18822,83 @@
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
         <v>461</v>
       </c>
       <c r="B149" t="s">
         <v>13</v>
       </c>
       <c r="C149" t="s">
         <v>230</v>
       </c>
       <c r="D149" t="s">
         <v>462</v>
       </c>
       <c r="E149">
         <v>4</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>17</v>
       </c>
       <c r="H149">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I149">
         <v>0</v>
       </c>
       <c r="K149" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
         <v>464</v>
       </c>
       <c r="B150" t="s">
         <v>13</v>
       </c>
       <c r="C150" t="s">
         <v>230</v>
       </c>
       <c r="D150" t="s">
         <v>465</v>
       </c>
       <c r="E150">
         <v>4</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
         <v>17</v>
       </c>
       <c r="H150">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I150">
         <v>0</v>
       </c>
       <c r="K150" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
         <v>467</v>
       </c>
       <c r="B151" t="s">
         <v>13</v>
       </c>
       <c r="C151" t="s">
         <v>230</v>
       </c>
       <c r="D151" t="s">
         <v>468</v>
       </c>
       <c r="E151">
         <v>4</v>
       </c>
       <c r="F151" t="s">
@@ -18918,179 +18918,179 @@
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
         <v>470</v>
       </c>
       <c r="B152" t="s">
         <v>13</v>
       </c>
       <c r="C152" t="s">
         <v>230</v>
       </c>
       <c r="D152" t="s">
         <v>471</v>
       </c>
       <c r="E152">
         <v>4</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="H152">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I152">
         <v>0</v>
       </c>
       <c r="K152" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
         <v>473</v>
       </c>
       <c r="B153" t="s">
         <v>13</v>
       </c>
       <c r="C153" t="s">
         <v>230</v>
       </c>
       <c r="D153" t="s">
         <v>474</v>
       </c>
       <c r="E153">
         <v>4</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="H153">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="I153">
         <v>0</v>
       </c>
       <c r="K153" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
         <v>476</v>
       </c>
       <c r="B154" t="s">
         <v>13</v>
       </c>
       <c r="C154" t="s">
         <v>230</v>
       </c>
       <c r="D154" t="s">
         <v>477</v>
       </c>
       <c r="E154">
         <v>4</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>17</v>
       </c>
       <c r="H154">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I154">
         <v>0</v>
       </c>
       <c r="K154" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
         <v>479</v>
       </c>
       <c r="B155" t="s">
         <v>13</v>
       </c>
       <c r="C155" t="s">
         <v>230</v>
       </c>
       <c r="D155" t="s">
         <v>480</v>
       </c>
       <c r="E155">
         <v>4</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>17</v>
       </c>
       <c r="H155">
         <v>56</v>
       </c>
       <c r="I155">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K155" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
         <v>482</v>
       </c>
       <c r="B156" t="s">
         <v>13</v>
       </c>
       <c r="C156" t="s">
         <v>230</v>
       </c>
       <c r="D156" t="s">
         <v>483</v>
       </c>
       <c r="E156">
         <v>4</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>17</v>
       </c>
       <c r="H156">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I156">
         <v>0</v>
       </c>
       <c r="K156" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
         <v>485</v>
       </c>
       <c r="B157" t="s">
         <v>13</v>
       </c>
       <c r="C157" t="s">
         <v>230</v>
       </c>
       <c r="D157" t="s">
         <v>486</v>
       </c>
       <c r="E157">
         <v>4</v>
       </c>
       <c r="F157" t="s">
@@ -19113,51 +19113,51 @@
       <c r="A158" t="s">
         <v>488</v>
       </c>
       <c r="B158" t="s">
         <v>13</v>
       </c>
       <c r="C158" t="s">
         <v>230</v>
       </c>
       <c r="D158" t="s">
         <v>489</v>
       </c>
       <c r="E158">
         <v>4</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>17</v>
       </c>
       <c r="H158">
         <v>7</v>
       </c>
       <c r="I158">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="K158" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
         <v>491</v>
       </c>
       <c r="B159" t="s">
         <v>13</v>
       </c>
       <c r="C159" t="s">
         <v>230</v>
       </c>
       <c r="D159" t="s">
         <v>492</v>
       </c>
       <c r="E159">
         <v>4</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
@@ -19174,179 +19174,179 @@
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
         <v>494</v>
       </c>
       <c r="B160" t="s">
         <v>13</v>
       </c>
       <c r="C160" t="s">
         <v>230</v>
       </c>
       <c r="D160" t="s">
         <v>495</v>
       </c>
       <c r="E160">
         <v>4</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>17</v>
       </c>
       <c r="H160">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I160">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K160" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
         <v>497</v>
       </c>
       <c r="B161" t="s">
         <v>13</v>
       </c>
       <c r="C161" t="s">
         <v>230</v>
       </c>
       <c r="D161" t="s">
         <v>498</v>
       </c>
       <c r="E161">
         <v>4</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>17</v>
       </c>
       <c r="H161">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I161">
         <v>0</v>
       </c>
       <c r="K161" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
         <v>500</v>
       </c>
       <c r="B162" t="s">
         <v>13</v>
       </c>
       <c r="C162" t="s">
         <v>230</v>
       </c>
       <c r="D162" t="s">
         <v>501</v>
       </c>
       <c r="E162">
         <v>4</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="H162">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I162">
         <v>0</v>
       </c>
       <c r="K162" t="s">
         <v>502</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
         <v>503</v>
       </c>
       <c r="B163" t="s">
         <v>13</v>
       </c>
       <c r="C163" t="s">
         <v>230</v>
       </c>
       <c r="D163" t="s">
         <v>504</v>
       </c>
       <c r="E163">
         <v>4</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
         <v>17</v>
       </c>
       <c r="H163">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I163">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K163" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
         <v>506</v>
       </c>
       <c r="B164" t="s">
         <v>13</v>
       </c>
       <c r="C164" t="s">
         <v>230</v>
       </c>
       <c r="D164" t="s">
         <v>507</v>
       </c>
       <c r="E164">
         <v>4</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>17</v>
       </c>
       <c r="H164">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I164">
         <v>0</v>
       </c>
       <c r="K164" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
         <v>248</v>
       </c>
       <c r="B165" t="s">
         <v>13</v>
       </c>
       <c r="C165" t="s">
         <v>35</v>
       </c>
       <c r="D165" t="s">
         <v>509</v>
       </c>
       <c r="E165">
         <v>15</v>
       </c>
       <c r="F165" t="s">
@@ -19366,83 +19366,83 @@
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
         <v>82</v>
       </c>
       <c r="B166" t="s">
         <v>13</v>
       </c>
       <c r="C166" t="s">
         <v>35</v>
       </c>
       <c r="D166" t="s">
         <v>511</v>
       </c>
       <c r="E166">
         <v>15</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>17</v>
       </c>
       <c r="H166">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I166">
         <v>0</v>
       </c>
       <c r="K166" t="s">
         <v>512</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
         <v>85</v>
       </c>
       <c r="B167" t="s">
         <v>13</v>
       </c>
       <c r="C167" t="s">
         <v>35</v>
       </c>
       <c r="D167" t="s">
         <v>513</v>
       </c>
       <c r="E167">
         <v>15</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
         <v>17</v>
       </c>
       <c r="H167">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I167">
         <v>0</v>
       </c>
       <c r="K167" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
         <v>45</v>
       </c>
       <c r="B168" t="s">
         <v>13</v>
       </c>
       <c r="C168" t="s">
         <v>35</v>
       </c>
       <c r="D168" t="s">
         <v>515</v>
       </c>
       <c r="E168">
         <v>15</v>
       </c>
       <c r="F168" t="s">
@@ -19462,211 +19462,211 @@
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
         <v>305</v>
       </c>
       <c r="B169" t="s">
         <v>13</v>
       </c>
       <c r="C169" t="s">
         <v>35</v>
       </c>
       <c r="D169" t="s">
         <v>517</v>
       </c>
       <c r="E169">
         <v>15</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>17</v>
       </c>
       <c r="H169">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I169">
         <v>0</v>
       </c>
       <c r="K169" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
         <v>55</v>
       </c>
       <c r="B170" t="s">
         <v>13</v>
       </c>
       <c r="C170" t="s">
         <v>35</v>
       </c>
       <c r="D170" t="s">
         <v>519</v>
       </c>
       <c r="E170">
         <v>15</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="H170">
         <v>4</v>
       </c>
       <c r="I170">
-        <v>75</v>
+        <v>77.5</v>
       </c>
       <c r="K170" t="s">
         <v>520</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
         <v>58</v>
       </c>
       <c r="B171" t="s">
         <v>13</v>
       </c>
       <c r="C171" t="s">
         <v>35</v>
       </c>
       <c r="D171" t="s">
         <v>521</v>
       </c>
       <c r="E171">
         <v>15</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
         <v>17</v>
       </c>
       <c r="H171">
         <v>52</v>
       </c>
       <c r="I171">
-        <v>50</v>
+        <v>42.5</v>
       </c>
       <c r="K171" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
         <v>61</v>
       </c>
       <c r="B172" t="s">
         <v>13</v>
       </c>
       <c r="C172" t="s">
         <v>35</v>
       </c>
       <c r="D172" t="s">
         <v>523</v>
       </c>
       <c r="E172">
         <v>15</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>17</v>
       </c>
       <c r="H172">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I172">
         <v>15</v>
       </c>
       <c r="K172" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
         <v>383</v>
       </c>
       <c r="B173" t="s">
         <v>13</v>
       </c>
       <c r="C173" t="s">
         <v>35</v>
       </c>
       <c r="D173" t="s">
         <v>525</v>
       </c>
       <c r="E173">
         <v>15</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="H173">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I173">
         <v>0</v>
       </c>
       <c r="K173" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
         <v>67</v>
       </c>
       <c r="B174" t="s">
         <v>13</v>
       </c>
       <c r="C174" t="s">
         <v>35</v>
       </c>
       <c r="D174" t="s">
         <v>527</v>
       </c>
       <c r="E174">
         <v>15</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
       <c r="H174">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I174">
         <v>0</v>
       </c>
       <c r="K174" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
         <v>175</v>
       </c>
       <c r="B175" t="s">
         <v>13</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" t="s">
         <v>529</v>
       </c>
       <c r="E175">
         <v>15</v>
       </c>
       <c r="F175" t="s">
@@ -19689,147 +19689,147 @@
       <c r="A176" t="s">
         <v>531</v>
       </c>
       <c r="B176" t="s">
         <v>13</v>
       </c>
       <c r="C176" t="s">
         <v>35</v>
       </c>
       <c r="D176" t="s">
         <v>532</v>
       </c>
       <c r="E176">
         <v>15</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="H176">
         <v>10</v>
       </c>
       <c r="I176">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K176" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
         <v>79</v>
       </c>
       <c r="B177" t="s">
         <v>13</v>
       </c>
       <c r="C177" t="s">
         <v>35</v>
       </c>
       <c r="D177" t="s">
         <v>534</v>
       </c>
       <c r="E177">
         <v>15</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="H177">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I177">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K177" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
         <v>202</v>
       </c>
       <c r="B178" t="s">
         <v>13</v>
       </c>
       <c r="C178" t="s">
         <v>35</v>
       </c>
       <c r="D178" t="s">
         <v>536</v>
       </c>
       <c r="E178">
         <v>15</v>
       </c>
       <c r="F178" t="s">
         <v>16</v>
       </c>
       <c r="G178" t="s">
         <v>17</v>
       </c>
       <c r="H178">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I178">
         <v>0</v>
       </c>
       <c r="K178" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
         <v>112</v>
       </c>
       <c r="B179" t="s">
         <v>13</v>
       </c>
       <c r="C179" t="s">
         <v>32</v>
       </c>
       <c r="D179" t="s">
         <v>538</v>
       </c>
       <c r="E179">
         <v>12</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
       <c r="G179" t="s">
         <v>17</v>
       </c>
       <c r="H179">
         <v>56</v>
       </c>
       <c r="I179">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K179" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
         <v>115</v>
       </c>
       <c r="B180" t="s">
         <v>13</v>
       </c>
       <c r="C180" t="s">
         <v>32</v>
       </c>
       <c r="D180" t="s">
         <v>540</v>
       </c>
       <c r="E180">
         <v>12</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
@@ -19878,790 +19878,790 @@
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
         <v>545</v>
       </c>
       <c r="B182" t="s">
         <v>13</v>
       </c>
       <c r="C182" t="s">
         <v>32</v>
       </c>
       <c r="D182" t="s">
         <v>546</v>
       </c>
       <c r="E182">
         <v>12</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
         <v>17</v>
       </c>
       <c r="H182">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I182">
         <v>0</v>
       </c>
       <c r="K182" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
         <v>136</v>
       </c>
       <c r="B183" t="s">
         <v>13</v>
       </c>
       <c r="C183" t="s">
         <v>32</v>
       </c>
       <c r="D183" t="s">
         <v>548</v>
       </c>
       <c r="E183">
         <v>12</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="H183">
         <v>56</v>
       </c>
       <c r="I183">
-        <v>0</v>
+        <v>3.8</v>
       </c>
       <c r="K183" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
         <v>314</v>
       </c>
       <c r="B184" t="s">
         <v>13</v>
       </c>
       <c r="C184" t="s">
         <v>32</v>
       </c>
       <c r="D184" t="s">
         <v>550</v>
       </c>
       <c r="E184">
         <v>12</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
         <v>17</v>
       </c>
       <c r="H184">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I184">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="K184" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
         <v>52</v>
       </c>
       <c r="B185" t="s">
         <v>13</v>
       </c>
       <c r="C185" t="s">
         <v>32</v>
       </c>
       <c r="D185" t="s">
         <v>552</v>
       </c>
       <c r="E185">
         <v>12</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="H185">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I185">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K185" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
         <v>323</v>
       </c>
       <c r="B186" t="s">
         <v>13</v>
       </c>
       <c r="C186" t="s">
         <v>32</v>
       </c>
       <c r="D186" t="s">
         <v>554</v>
       </c>
       <c r="E186">
         <v>12</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="H186">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="I186">
         <v>0</v>
       </c>
       <c r="K186" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
         <v>139</v>
       </c>
       <c r="B187" t="s">
         <v>13</v>
       </c>
       <c r="C187" t="s">
         <v>32</v>
       </c>
       <c r="D187" t="s">
         <v>556</v>
       </c>
       <c r="E187">
         <v>12</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
       <c r="H187">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I187">
         <v>0</v>
       </c>
       <c r="K187" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
         <v>362</v>
       </c>
       <c r="B188" t="s">
         <v>13</v>
       </c>
       <c r="C188" t="s">
         <v>32</v>
       </c>
       <c r="D188" t="s">
         <v>558</v>
       </c>
       <c r="E188">
         <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>17</v>
       </c>
       <c r="H188">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I188">
         <v>0</v>
       </c>
       <c r="K188" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
         <v>560</v>
       </c>
       <c r="B189" t="s">
         <v>13</v>
       </c>
       <c r="C189" t="s">
         <v>32</v>
       </c>
       <c r="D189" t="s">
         <v>561</v>
       </c>
       <c r="E189">
         <v>12</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>17</v>
       </c>
       <c r="H189">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I189">
-        <v>2.5</v>
+        <v>27.5</v>
       </c>
       <c r="K189" t="s">
         <v>562</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
         <v>374</v>
       </c>
       <c r="B190" t="s">
         <v>13</v>
       </c>
       <c r="C190" t="s">
         <v>32</v>
       </c>
       <c r="D190" t="s">
         <v>563</v>
       </c>
       <c r="E190">
         <v>12</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="H190">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I190">
         <v>0</v>
       </c>
       <c r="K190" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
         <v>70</v>
       </c>
       <c r="B191" t="s">
         <v>13</v>
       </c>
       <c r="C191" t="s">
         <v>32</v>
       </c>
       <c r="D191" t="s">
         <v>565</v>
       </c>
       <c r="E191">
         <v>12</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>17</v>
       </c>
       <c r="H191">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="I191">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K191" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
         <v>567</v>
       </c>
       <c r="B192" t="s">
         <v>13</v>
       </c>
       <c r="C192" t="s">
         <v>32</v>
       </c>
       <c r="D192" t="s">
         <v>568</v>
       </c>
       <c r="E192">
         <v>12</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
       <c r="H192">
-        <v>4</v>
+        <v>56</v>
       </c>
       <c r="I192">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="K192" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
         <v>407</v>
       </c>
       <c r="B193" t="s">
         <v>13</v>
       </c>
       <c r="C193" t="s">
         <v>32</v>
       </c>
       <c r="D193" t="s">
         <v>570</v>
       </c>
       <c r="E193">
         <v>12</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="H193">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I193">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K193" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
         <v>181</v>
       </c>
       <c r="B194" t="s">
         <v>13</v>
       </c>
       <c r="C194" t="s">
         <v>32</v>
       </c>
       <c r="D194" t="s">
         <v>572</v>
       </c>
       <c r="E194">
         <v>12</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="H194">
         <v>20</v>
       </c>
       <c r="I194">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K194" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
         <v>461</v>
       </c>
       <c r="B195" t="s">
         <v>13</v>
       </c>
       <c r="C195" t="s">
         <v>32</v>
       </c>
       <c r="D195" t="s">
         <v>574</v>
       </c>
       <c r="E195">
         <v>12</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="H195">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I195">
         <v>0</v>
       </c>
       <c r="K195" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
         <v>190</v>
       </c>
       <c r="B196" t="s">
         <v>13</v>
       </c>
       <c r="C196" t="s">
         <v>32</v>
       </c>
       <c r="D196" t="s">
         <v>576</v>
       </c>
       <c r="E196">
         <v>12</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>17</v>
       </c>
       <c r="H196">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="I196">
-        <v>5</v>
+        <v>2.1</v>
       </c>
       <c r="K196" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
         <v>470</v>
       </c>
       <c r="B197" t="s">
         <v>13</v>
       </c>
       <c r="C197" t="s">
         <v>32</v>
       </c>
       <c r="D197" t="s">
         <v>578</v>
       </c>
       <c r="E197">
         <v>12</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
         <v>17</v>
       </c>
       <c r="H197">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="I197">
         <v>0</v>
       </c>
       <c r="K197" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
         <v>196</v>
       </c>
       <c r="B198" t="s">
         <v>13</v>
       </c>
       <c r="C198" t="s">
         <v>32</v>
       </c>
       <c r="D198" t="s">
         <v>580</v>
       </c>
       <c r="E198">
         <v>12</v>
       </c>
       <c r="F198" t="s">
         <v>16</v>
       </c>
       <c r="G198" t="s">
         <v>17</v>
       </c>
       <c r="H198">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I198">
         <v>0</v>
       </c>
       <c r="K198" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
         <v>199</v>
       </c>
       <c r="B199" t="s">
         <v>13</v>
       </c>
       <c r="C199" t="s">
         <v>32</v>
       </c>
       <c r="D199" t="s">
         <v>582</v>
       </c>
       <c r="E199">
         <v>12</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>17</v>
       </c>
       <c r="H199">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I199">
         <v>0</v>
       </c>
       <c r="K199" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
         <v>584</v>
       </c>
       <c r="B200" t="s">
         <v>13</v>
       </c>
       <c r="C200" t="s">
         <v>32</v>
       </c>
       <c r="D200" t="s">
         <v>585</v>
       </c>
       <c r="E200">
         <v>12</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="H200">
         <v>8</v>
       </c>
       <c r="I200">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K200" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
         <v>587</v>
       </c>
       <c r="B201" t="s">
         <v>13</v>
       </c>
       <c r="C201" t="s">
         <v>588</v>
       </c>
       <c r="D201" t="s">
         <v>589</v>
       </c>
       <c r="E201">
         <v>18</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>17</v>
       </c>
       <c r="H201">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I201">
-        <v>32.5</v>
+        <v>0</v>
       </c>
       <c r="K201" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
         <v>221</v>
       </c>
       <c r="B202" t="s">
         <v>13</v>
       </c>
       <c r="C202" t="s">
         <v>591</v>
       </c>
       <c r="D202" t="s">
         <v>592</v>
       </c>
       <c r="E202">
         <v>90</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
         <v>17</v>
       </c>
       <c r="H202">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I202">
-        <v>49.1</v>
+        <v>31.9</v>
       </c>
       <c r="K202" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
         <v>49</v>
       </c>
       <c r="B203" t="s">
         <v>13</v>
       </c>
       <c r="C203" t="s">
         <v>594</v>
       </c>
       <c r="D203" t="s">
         <v>595</v>
       </c>
       <c r="E203">
         <v>18</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>17</v>
       </c>
       <c r="H203">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I203">
         <v>0</v>
       </c>
       <c r="K203" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
         <v>88</v>
       </c>
       <c r="B204" t="s">
         <v>13</v>
       </c>
       <c r="C204" t="s">
         <v>594</v>
       </c>
       <c r="D204" t="s">
         <v>597</v>
       </c>
       <c r="E204">
         <v>18</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="H204">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I204">
         <v>0</v>
       </c>
       <c r="K204" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
         <v>148</v>
       </c>
       <c r="B205" t="s">
         <v>13</v>
       </c>
       <c r="C205" t="s">
         <v>594</v>
       </c>
       <c r="D205" t="s">
         <v>599</v>
       </c>
       <c r="E205">
         <v>18</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="H205">
         <v>54</v>
       </c>
       <c r="I205">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K205" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
         <v>64</v>
       </c>
       <c r="B206" t="s">
         <v>13</v>
       </c>
       <c r="C206" t="s">
         <v>594</v>
       </c>
       <c r="D206" t="s">
         <v>601</v>
       </c>
       <c r="E206">
         <v>18</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
@@ -20678,118 +20678,118 @@
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
         <v>94</v>
       </c>
       <c r="B207" t="s">
         <v>13</v>
       </c>
       <c r="C207" t="s">
         <v>594</v>
       </c>
       <c r="D207" t="s">
         <v>603</v>
       </c>
       <c r="E207">
         <v>18</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="H207">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I207">
-        <v>58.3</v>
+        <v>65</v>
       </c>
       <c r="K207" t="s">
         <v>604</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
         <v>73</v>
       </c>
       <c r="B208" t="s">
         <v>13</v>
       </c>
       <c r="C208" t="s">
         <v>594</v>
       </c>
       <c r="D208" t="s">
         <v>605</v>
       </c>
       <c r="E208">
         <v>18</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="H208">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I208">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K208" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
         <v>437</v>
       </c>
       <c r="B209" t="s">
         <v>13</v>
       </c>
       <c r="C209" t="s">
         <v>594</v>
       </c>
       <c r="D209" t="s">
         <v>607</v>
       </c>
       <c r="E209">
         <v>18</v>
       </c>
       <c r="F209" t="s">
         <v>16</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="H209">
         <v>54</v>
       </c>
       <c r="I209">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K209" t="s">
         <v>608</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
         <v>184</v>
       </c>
       <c r="B210" t="s">
         <v>13</v>
       </c>
       <c r="C210" t="s">
         <v>594</v>
       </c>
       <c r="D210" t="s">
         <v>609</v>
       </c>
       <c r="E210">
         <v>18</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
@@ -20806,467 +20806,467 @@
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
         <v>611</v>
       </c>
       <c r="B211" t="s">
         <v>13</v>
       </c>
       <c r="C211" t="s">
         <v>208</v>
       </c>
       <c r="D211" t="s">
         <v>612</v>
       </c>
       <c r="E211">
         <v>9</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
         <v>17</v>
       </c>
       <c r="H211">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I211">
         <v>0</v>
       </c>
       <c r="K211" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
         <v>251</v>
       </c>
       <c r="B212" t="s">
         <v>13</v>
       </c>
       <c r="C212" t="s">
         <v>208</v>
       </c>
       <c r="D212" t="s">
         <v>614</v>
       </c>
       <c r="E212">
         <v>9</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
         <v>17</v>
       </c>
       <c r="H212">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I212">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K212" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
         <v>263</v>
       </c>
       <c r="B213" t="s">
         <v>13</v>
       </c>
       <c r="C213" t="s">
         <v>208</v>
       </c>
       <c r="D213" t="s">
         <v>616</v>
       </c>
       <c r="E213">
         <v>9</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>17</v>
       </c>
       <c r="H213">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="I213">
-        <v>8.8</v>
+        <v>13.8</v>
       </c>
       <c r="K213" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
         <v>269</v>
       </c>
       <c r="B214" t="s">
         <v>13</v>
       </c>
       <c r="C214" t="s">
         <v>208</v>
       </c>
       <c r="D214" t="s">
         <v>618</v>
       </c>
       <c r="E214">
         <v>9</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>17</v>
       </c>
       <c r="H214">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I214">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K214" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
         <v>118</v>
       </c>
       <c r="B215" t="s">
         <v>13</v>
       </c>
       <c r="C215" t="s">
         <v>208</v>
       </c>
       <c r="D215" t="s">
         <v>620</v>
       </c>
       <c r="E215">
         <v>9</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="H215">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I215">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K215" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
         <v>275</v>
       </c>
       <c r="B216" t="s">
         <v>13</v>
       </c>
       <c r="C216" t="s">
         <v>208</v>
       </c>
       <c r="D216" t="s">
         <v>622</v>
       </c>
       <c r="E216">
         <v>9</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
         <v>17</v>
       </c>
       <c r="H216">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="I216">
         <v>0</v>
       </c>
       <c r="K216" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
         <v>121</v>
       </c>
       <c r="B217" t="s">
         <v>13</v>
       </c>
       <c r="C217" t="s">
         <v>208</v>
       </c>
       <c r="D217" t="s">
         <v>624</v>
       </c>
       <c r="E217">
         <v>9</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
         <v>17</v>
       </c>
       <c r="H217">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I217">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K217" t="s">
         <v>625</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
         <v>124</v>
       </c>
       <c r="B218" t="s">
         <v>13</v>
       </c>
       <c r="C218" t="s">
         <v>208</v>
       </c>
       <c r="D218" t="s">
         <v>626</v>
       </c>
       <c r="E218">
         <v>9</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="H218">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I218">
         <v>0</v>
       </c>
       <c r="K218" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
         <v>127</v>
       </c>
       <c r="B219" t="s">
         <v>13</v>
       </c>
       <c r="C219" t="s">
         <v>208</v>
       </c>
       <c r="D219" t="s">
         <v>628</v>
       </c>
       <c r="E219">
         <v>9</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
         <v>17</v>
       </c>
       <c r="H219">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I219">
         <v>0</v>
       </c>
       <c r="K219" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
         <v>278</v>
       </c>
       <c r="B220" t="s">
         <v>13</v>
       </c>
       <c r="C220" t="s">
         <v>208</v>
       </c>
       <c r="D220" t="s">
         <v>630</v>
       </c>
       <c r="E220">
         <v>9</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="H220">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I220">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K220" t="s">
         <v>631</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
         <v>287</v>
       </c>
       <c r="B221" t="s">
         <v>13</v>
       </c>
       <c r="C221" t="s">
         <v>208</v>
       </c>
       <c r="D221" t="s">
         <v>632</v>
       </c>
       <c r="E221">
         <v>9</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
       <c r="H221">
-        <v>14</v>
+        <v>60</v>
       </c>
       <c r="I221">
         <v>5</v>
       </c>
       <c r="K221" t="s">
         <v>633</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
         <v>130</v>
       </c>
       <c r="B222" t="s">
         <v>13</v>
       </c>
       <c r="C222" t="s">
         <v>208</v>
       </c>
       <c r="D222" t="s">
         <v>634</v>
       </c>
       <c r="E222">
         <v>9</v>
       </c>
       <c r="F222" t="s">
         <v>16</v>
       </c>
       <c r="G222" t="s">
         <v>17</v>
       </c>
       <c r="H222">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="I222">
         <v>0</v>
       </c>
       <c r="K222" t="s">
         <v>635</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
         <v>133</v>
       </c>
       <c r="B223" t="s">
         <v>13</v>
       </c>
       <c r="C223" t="s">
         <v>208</v>
       </c>
       <c r="D223" t="s">
         <v>636</v>
       </c>
       <c r="E223">
         <v>9</v>
       </c>
       <c r="F223" t="s">
         <v>16</v>
       </c>
       <c r="G223" t="s">
         <v>17</v>
       </c>
       <c r="H223">
         <v>52</v>
       </c>
       <c r="I223">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K223" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
         <v>638</v>
       </c>
       <c r="B224" t="s">
         <v>13</v>
       </c>
       <c r="C224" t="s">
         <v>208</v>
       </c>
       <c r="D224" t="s">
         <v>639</v>
       </c>
       <c r="E224">
         <v>9</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
         <v>17</v>
       </c>
       <c r="H224">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I224">
         <v>0</v>
       </c>
       <c r="K224" t="s">
         <v>640</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
         <v>302</v>
       </c>
       <c r="B225" t="s">
         <v>13</v>
       </c>
       <c r="C225" t="s">
         <v>208</v>
       </c>
       <c r="D225" t="s">
         <v>641</v>
       </c>
       <c r="E225">
         <v>9</v>
       </c>
       <c r="F225" t="s">
@@ -21286,243 +21286,243 @@
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
         <v>320</v>
       </c>
       <c r="B226" t="s">
         <v>13</v>
       </c>
       <c r="C226" t="s">
         <v>208</v>
       </c>
       <c r="D226" t="s">
         <v>643</v>
       </c>
       <c r="E226">
         <v>9</v>
       </c>
       <c r="F226" t="s">
         <v>16</v>
       </c>
       <c r="G226" t="s">
         <v>17</v>
       </c>
       <c r="H226">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I226">
         <v>0</v>
       </c>
       <c r="K226" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
         <v>645</v>
       </c>
       <c r="B227" t="s">
         <v>13</v>
       </c>
       <c r="C227" t="s">
         <v>208</v>
       </c>
       <c r="D227" t="s">
         <v>646</v>
       </c>
       <c r="E227">
         <v>9</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>17</v>
       </c>
       <c r="H227">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I227">
-        <v>33.1</v>
+        <v>25</v>
       </c>
       <c r="K227" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
         <v>335</v>
       </c>
       <c r="B228" t="s">
         <v>13</v>
       </c>
       <c r="C228" t="s">
         <v>208</v>
       </c>
       <c r="D228" t="s">
         <v>648</v>
       </c>
       <c r="E228">
         <v>9</v>
       </c>
       <c r="F228" t="s">
         <v>16</v>
       </c>
       <c r="G228" t="s">
         <v>17</v>
       </c>
       <c r="H228">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I228">
         <v>0</v>
       </c>
       <c r="K228" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
         <v>142</v>
       </c>
       <c r="B229" t="s">
         <v>13</v>
       </c>
       <c r="C229" t="s">
         <v>208</v>
       </c>
       <c r="D229" t="s">
         <v>650</v>
       </c>
       <c r="E229">
         <v>9</v>
       </c>
       <c r="F229" t="s">
         <v>16</v>
       </c>
       <c r="G229" t="s">
         <v>17</v>
       </c>
       <c r="H229">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I229">
-        <v>55</v>
+        <v>75</v>
       </c>
       <c r="K229" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
         <v>338</v>
       </c>
       <c r="B230" t="s">
         <v>13</v>
       </c>
       <c r="C230" t="s">
         <v>208</v>
       </c>
       <c r="D230" t="s">
         <v>652</v>
       </c>
       <c r="E230">
         <v>9</v>
       </c>
       <c r="F230" t="s">
         <v>16</v>
       </c>
       <c r="G230" t="s">
         <v>17</v>
       </c>
       <c r="H230">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I230">
         <v>0</v>
       </c>
       <c r="K230" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
         <v>145</v>
       </c>
       <c r="B231" t="s">
         <v>13</v>
       </c>
       <c r="C231" t="s">
         <v>208</v>
       </c>
       <c r="D231" t="s">
         <v>654</v>
       </c>
       <c r="E231">
         <v>9</v>
       </c>
       <c r="F231" t="s">
         <v>16</v>
       </c>
       <c r="G231" t="s">
         <v>17</v>
       </c>
       <c r="H231">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I231">
         <v>0</v>
       </c>
       <c r="K231" t="s">
         <v>655</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
         <v>151</v>
       </c>
       <c r="B232" t="s">
         <v>13</v>
       </c>
       <c r="C232" t="s">
         <v>208</v>
       </c>
       <c r="D232" t="s">
         <v>656</v>
       </c>
       <c r="E232">
         <v>9</v>
       </c>
       <c r="F232" t="s">
         <v>16</v>
       </c>
       <c r="G232" t="s">
         <v>17</v>
       </c>
       <c r="H232">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I232">
         <v>0</v>
       </c>
       <c r="K232" t="s">
         <v>657</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
         <v>344</v>
       </c>
       <c r="B233" t="s">
         <v>13</v>
       </c>
       <c r="C233" t="s">
         <v>208</v>
       </c>
       <c r="D233" t="s">
         <v>658</v>
       </c>
       <c r="E233">
         <v>9</v>
       </c>
       <c r="F233" t="s">
@@ -21574,115 +21574,115 @@
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
         <v>356</v>
       </c>
       <c r="B235" t="s">
         <v>13</v>
       </c>
       <c r="C235" t="s">
         <v>208</v>
       </c>
       <c r="D235" t="s">
         <v>662</v>
       </c>
       <c r="E235">
         <v>9</v>
       </c>
       <c r="F235" t="s">
         <v>16</v>
       </c>
       <c r="G235" t="s">
         <v>17</v>
       </c>
       <c r="H235">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="I235">
         <v>0</v>
       </c>
       <c r="K235" t="s">
         <v>663</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
         <v>154</v>
       </c>
       <c r="B236" t="s">
         <v>13</v>
       </c>
       <c r="C236" t="s">
         <v>208</v>
       </c>
       <c r="D236" t="s">
         <v>664</v>
       </c>
       <c r="E236">
         <v>9</v>
       </c>
       <c r="F236" t="s">
         <v>16</v>
       </c>
       <c r="G236" t="s">
         <v>17</v>
       </c>
       <c r="H236">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I236">
         <v>0</v>
       </c>
       <c r="K236" t="s">
         <v>665</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
         <v>157</v>
       </c>
       <c r="B237" t="s">
         <v>13</v>
       </c>
       <c r="C237" t="s">
         <v>208</v>
       </c>
       <c r="D237" t="s">
         <v>666</v>
       </c>
       <c r="E237">
         <v>9</v>
       </c>
       <c r="F237" t="s">
         <v>16</v>
       </c>
       <c r="G237" t="s">
         <v>17</v>
       </c>
       <c r="H237">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I237">
         <v>0</v>
       </c>
       <c r="K237" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
         <v>668</v>
       </c>
       <c r="B238" t="s">
         <v>13</v>
       </c>
       <c r="C238" t="s">
         <v>208</v>
       </c>
       <c r="D238" t="s">
         <v>669</v>
       </c>
       <c r="E238">
         <v>9</v>
       </c>
       <c r="F238" t="s">
@@ -21702,118 +21702,118 @@
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
         <v>160</v>
       </c>
       <c r="B239" t="s">
         <v>13</v>
       </c>
       <c r="C239" t="s">
         <v>208</v>
       </c>
       <c r="D239" t="s">
         <v>671</v>
       </c>
       <c r="E239">
         <v>9</v>
       </c>
       <c r="F239" t="s">
         <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="H239">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I239">
         <v>0</v>
       </c>
       <c r="K239" t="s">
         <v>672</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
         <v>163</v>
       </c>
       <c r="B240" t="s">
         <v>13</v>
       </c>
       <c r="C240" t="s">
         <v>208</v>
       </c>
       <c r="D240" t="s">
         <v>673</v>
       </c>
       <c r="E240">
         <v>9</v>
       </c>
       <c r="F240" t="s">
         <v>16</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
       <c r="H240">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="I240">
         <v>0</v>
       </c>
       <c r="K240" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
         <v>398</v>
       </c>
       <c r="B241" t="s">
         <v>13</v>
       </c>
       <c r="C241" t="s">
         <v>208</v>
       </c>
       <c r="D241" t="s">
         <v>675</v>
       </c>
       <c r="E241">
         <v>9</v>
       </c>
       <c r="F241" t="s">
         <v>16</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
       <c r="H241">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I241">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="K241" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
         <v>401</v>
       </c>
       <c r="B242" t="s">
         <v>13</v>
       </c>
       <c r="C242" t="s">
         <v>208</v>
       </c>
       <c r="D242" t="s">
         <v>677</v>
       </c>
       <c r="E242">
         <v>9</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
@@ -21862,115 +21862,115 @@
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
         <v>169</v>
       </c>
       <c r="B244" t="s">
         <v>13</v>
       </c>
       <c r="C244" t="s">
         <v>208</v>
       </c>
       <c r="D244" t="s">
         <v>681</v>
       </c>
       <c r="E244">
         <v>9</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
         <v>17</v>
       </c>
       <c r="H244">
-        <v>14</v>
+        <v>55</v>
       </c>
       <c r="I244">
         <v>0</v>
       </c>
       <c r="K244" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
         <v>413</v>
       </c>
       <c r="B245" t="s">
         <v>13</v>
       </c>
       <c r="C245" t="s">
         <v>208</v>
       </c>
       <c r="D245" t="s">
         <v>683</v>
       </c>
       <c r="E245">
         <v>9</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
       <c r="H245">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I245">
         <v>0</v>
       </c>
       <c r="K245" t="s">
         <v>684</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
         <v>172</v>
       </c>
       <c r="B246" t="s">
         <v>13</v>
       </c>
       <c r="C246" t="s">
         <v>208</v>
       </c>
       <c r="D246" t="s">
         <v>685</v>
       </c>
       <c r="E246">
         <v>9</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
       <c r="H246">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I246">
         <v>0</v>
       </c>
       <c r="K246" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
         <v>178</v>
       </c>
       <c r="B247" t="s">
         <v>13</v>
       </c>
       <c r="C247" t="s">
         <v>208</v>
       </c>
       <c r="D247" t="s">
         <v>687</v>
       </c>
       <c r="E247">
         <v>9</v>
       </c>
       <c r="F247" t="s">
@@ -21990,86 +21990,86 @@
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
         <v>689</v>
       </c>
       <c r="B248" t="s">
         <v>13</v>
       </c>
       <c r="C248" t="s">
         <v>208</v>
       </c>
       <c r="D248" t="s">
         <v>690</v>
       </c>
       <c r="E248">
         <v>9</v>
       </c>
       <c r="F248" t="s">
         <v>16</v>
       </c>
       <c r="G248" t="s">
         <v>17</v>
       </c>
       <c r="H248">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I248">
         <v>0</v>
       </c>
       <c r="K248" t="s">
         <v>691</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
         <v>692</v>
       </c>
       <c r="B249" t="s">
         <v>13</v>
       </c>
       <c r="C249" t="s">
         <v>208</v>
       </c>
       <c r="D249" t="s">
         <v>693</v>
       </c>
       <c r="E249">
         <v>9</v>
       </c>
       <c r="F249" t="s">
         <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
       <c r="H249">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="I249">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K249" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
         <v>419</v>
       </c>
       <c r="B250" t="s">
         <v>13</v>
       </c>
       <c r="C250" t="s">
         <v>208</v>
       </c>
       <c r="D250" t="s">
         <v>695</v>
       </c>
       <c r="E250">
         <v>9</v>
       </c>
       <c r="F250" t="s">
         <v>16</v>
       </c>
       <c r="G250" t="s">
@@ -22089,80 +22089,80 @@
       <c r="A251" t="s">
         <v>422</v>
       </c>
       <c r="B251" t="s">
         <v>13</v>
       </c>
       <c r="C251" t="s">
         <v>208</v>
       </c>
       <c r="D251" t="s">
         <v>697</v>
       </c>
       <c r="E251">
         <v>9</v>
       </c>
       <c r="F251" t="s">
         <v>16</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
       <c r="H251">
         <v>56</v>
       </c>
       <c r="I251">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K251" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
         <v>699</v>
       </c>
       <c r="B252" t="s">
         <v>13</v>
       </c>
       <c r="C252" t="s">
         <v>208</v>
       </c>
       <c r="D252" t="s">
         <v>700</v>
       </c>
       <c r="E252">
         <v>9</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
       <c r="H252">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I252">
         <v>0</v>
       </c>
       <c r="K252" t="s">
         <v>701</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
         <v>702</v>
       </c>
       <c r="B253" t="s">
         <v>13</v>
       </c>
       <c r="C253" t="s">
         <v>208</v>
       </c>
       <c r="D253" t="s">
         <v>703</v>
       </c>
       <c r="E253">
         <v>9</v>
       </c>
       <c r="F253" t="s">
@@ -22182,211 +22182,211 @@
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
         <v>431</v>
       </c>
       <c r="B254" t="s">
         <v>13</v>
       </c>
       <c r="C254" t="s">
         <v>208</v>
       </c>
       <c r="D254" t="s">
         <v>705</v>
       </c>
       <c r="E254">
         <v>9</v>
       </c>
       <c r="F254" t="s">
         <v>16</v>
       </c>
       <c r="G254" t="s">
         <v>17</v>
       </c>
       <c r="H254">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I254">
-        <v>21.7</v>
+        <v>22.5</v>
       </c>
       <c r="K254" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
         <v>443</v>
       </c>
       <c r="B255" t="s">
         <v>13</v>
       </c>
       <c r="C255" t="s">
         <v>208</v>
       </c>
       <c r="D255" t="s">
         <v>707</v>
       </c>
       <c r="E255">
         <v>9</v>
       </c>
       <c r="F255" t="s">
         <v>16</v>
       </c>
       <c r="G255" t="s">
         <v>17</v>
       </c>
       <c r="H255">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="I255">
         <v>0</v>
       </c>
       <c r="K255" t="s">
         <v>708</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
         <v>446</v>
       </c>
       <c r="B256" t="s">
         <v>13</v>
       </c>
       <c r="C256" t="s">
         <v>208</v>
       </c>
       <c r="D256" t="s">
         <v>648</v>
       </c>
       <c r="E256">
         <v>9</v>
       </c>
       <c r="F256" t="s">
         <v>16</v>
       </c>
       <c r="G256" t="s">
         <v>17</v>
       </c>
       <c r="H256">
-        <v>56</v>
+        <v>12</v>
       </c>
       <c r="I256">
         <v>0</v>
       </c>
       <c r="K256" t="s">
         <v>709</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
         <v>187</v>
       </c>
       <c r="B257" t="s">
         <v>13</v>
       </c>
       <c r="C257" t="s">
         <v>208</v>
       </c>
       <c r="D257" t="s">
         <v>710</v>
       </c>
       <c r="E257">
         <v>9</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
         <v>17</v>
       </c>
       <c r="H257">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I257">
         <v>0</v>
       </c>
       <c r="K257" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
         <v>455</v>
       </c>
       <c r="B258" t="s">
         <v>13</v>
       </c>
       <c r="C258" t="s">
         <v>208</v>
       </c>
       <c r="D258" t="s">
         <v>712</v>
       </c>
       <c r="E258">
         <v>9</v>
       </c>
       <c r="F258" t="s">
         <v>16</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
       <c r="H258">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I258">
         <v>0</v>
       </c>
       <c r="K258" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
         <v>476</v>
       </c>
       <c r="B259" t="s">
         <v>13</v>
       </c>
       <c r="C259" t="s">
         <v>208</v>
       </c>
       <c r="D259" t="s">
         <v>714</v>
       </c>
       <c r="E259">
         <v>9</v>
       </c>
       <c r="F259" t="s">
         <v>16</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
       <c r="H259">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="I259">
         <v>0</v>
       </c>
       <c r="K259" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
         <v>491</v>
       </c>
       <c r="B260" t="s">
         <v>13</v>
       </c>
       <c r="C260" t="s">
         <v>208</v>
       </c>
       <c r="D260" t="s">
         <v>716</v>
       </c>
       <c r="E260">
         <v>9</v>
       </c>
       <c r="F260" t="s">
@@ -22406,246 +22406,246 @@
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
         <v>718</v>
       </c>
       <c r="B261" t="s">
         <v>13</v>
       </c>
       <c r="C261" t="s">
         <v>208</v>
       </c>
       <c r="D261" t="s">
         <v>719</v>
       </c>
       <c r="E261">
         <v>9</v>
       </c>
       <c r="F261" t="s">
         <v>16</v>
       </c>
       <c r="G261" t="s">
         <v>17</v>
       </c>
       <c r="H261">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I261">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="K261" t="s">
         <v>720</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
         <v>257</v>
       </c>
       <c r="B262" t="s">
         <v>13</v>
       </c>
       <c r="C262" t="s">
         <v>721</v>
       </c>
       <c r="D262" t="s">
         <v>722</v>
       </c>
       <c r="E262">
         <v>21</v>
       </c>
       <c r="F262" t="s">
         <v>16</v>
       </c>
       <c r="G262" t="s">
         <v>17</v>
       </c>
       <c r="H262">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="I262">
         <v>0</v>
       </c>
       <c r="K262" t="s">
         <v>723</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
         <v>91</v>
       </c>
       <c r="B263" t="s">
         <v>13</v>
       </c>
       <c r="C263" t="s">
         <v>721</v>
       </c>
       <c r="D263" t="s">
         <v>724</v>
       </c>
       <c r="E263">
         <v>21</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
         <v>17</v>
       </c>
       <c r="H263">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I263">
-        <v>41.6</v>
+        <v>48</v>
       </c>
       <c r="K263" t="s">
         <v>725</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
         <v>97</v>
       </c>
       <c r="B264" t="s">
         <v>13</v>
       </c>
       <c r="C264" t="s">
         <v>721</v>
       </c>
       <c r="D264" t="s">
         <v>726</v>
       </c>
       <c r="E264">
         <v>21</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
         <v>17</v>
       </c>
       <c r="H264">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="I264">
         <v>0</v>
       </c>
       <c r="K264" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
         <v>193</v>
       </c>
       <c r="B265" t="s">
         <v>13</v>
       </c>
       <c r="C265" t="s">
         <v>721</v>
       </c>
       <c r="D265" t="s">
         <v>728</v>
       </c>
       <c r="E265">
         <v>21</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>17</v>
       </c>
       <c r="H265">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I265">
         <v>0</v>
       </c>
       <c r="K265" t="s">
         <v>729</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
         <v>730</v>
       </c>
       <c r="B266" t="s">
         <v>13</v>
       </c>
       <c r="C266" t="s">
         <v>731</v>
       </c>
       <c r="D266" t="s">
         <v>732</v>
       </c>
       <c r="E266">
         <v>20</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
       <c r="H266">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I266">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K266" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
         <v>76</v>
       </c>
       <c r="B267" t="s">
         <v>13</v>
       </c>
       <c r="C267" t="s">
         <v>734</v>
       </c>
       <c r="D267" t="s">
         <v>735</v>
       </c>
       <c r="E267">
         <v>24</v>
       </c>
       <c r="F267" t="s">
         <v>16</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
       <c r="H267">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I267">
-        <v>8.8</v>
+        <v>2.5</v>
       </c>
       <c r="K267" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
         <v>229</v>
       </c>
       <c r="B268" t="s">
         <v>13</v>
       </c>
       <c r="C268" t="s">
         <v>737</v>
       </c>
       <c r="D268" t="s">
         <v>738</v>
       </c>
       <c r="E268">
         <v>6</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
@@ -22662,374 +22662,374 @@
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
         <v>233</v>
       </c>
       <c r="B269" t="s">
         <v>13</v>
       </c>
       <c r="C269" t="s">
         <v>737</v>
       </c>
       <c r="D269" t="s">
         <v>740</v>
       </c>
       <c r="E269">
         <v>6</v>
       </c>
       <c r="F269" t="s">
         <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
       <c r="H269">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="I269">
         <v>0</v>
       </c>
       <c r="K269" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
         <v>236</v>
       </c>
       <c r="B270" t="s">
         <v>13</v>
       </c>
       <c r="C270" t="s">
         <v>737</v>
       </c>
       <c r="D270" t="s">
         <v>742</v>
       </c>
       <c r="E270">
         <v>6</v>
       </c>
       <c r="F270" t="s">
         <v>16</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
       <c r="H270">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="I270">
         <v>0</v>
       </c>
       <c r="K270" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
         <v>239</v>
       </c>
       <c r="B271" t="s">
         <v>13</v>
       </c>
       <c r="C271" t="s">
         <v>737</v>
       </c>
       <c r="D271" t="s">
         <v>744</v>
       </c>
       <c r="E271">
         <v>6</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
       <c r="H271">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="I271">
         <v>0</v>
       </c>
       <c r="K271" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
         <v>242</v>
       </c>
       <c r="B272" t="s">
         <v>13</v>
       </c>
       <c r="C272" t="s">
         <v>737</v>
       </c>
       <c r="D272" t="s">
         <v>746</v>
       </c>
       <c r="E272">
         <v>6</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
         <v>17</v>
       </c>
       <c r="H272">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="I272">
         <v>0</v>
       </c>
       <c r="K272" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
         <v>245</v>
       </c>
       <c r="B273" t="s">
         <v>13</v>
       </c>
       <c r="C273" t="s">
         <v>737</v>
       </c>
       <c r="D273" t="s">
         <v>748</v>
       </c>
       <c r="E273">
         <v>6</v>
       </c>
       <c r="F273" t="s">
         <v>16</v>
       </c>
       <c r="G273" t="s">
         <v>17</v>
       </c>
       <c r="H273">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I273">
         <v>0</v>
       </c>
       <c r="K273" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
         <v>254</v>
       </c>
       <c r="B274" t="s">
         <v>13</v>
       </c>
       <c r="C274" t="s">
         <v>737</v>
       </c>
       <c r="D274" t="s">
         <v>750</v>
       </c>
       <c r="E274">
         <v>6</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
         <v>17</v>
       </c>
       <c r="H274">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I274">
         <v>0</v>
       </c>
       <c r="K274" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
         <v>752</v>
       </c>
       <c r="B275" t="s">
         <v>13</v>
       </c>
       <c r="C275" t="s">
         <v>737</v>
       </c>
       <c r="D275" t="s">
         <v>753</v>
       </c>
       <c r="E275">
         <v>6</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
       <c r="H275">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="I275">
-        <v>27.5</v>
+        <v>30</v>
       </c>
       <c r="K275" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
         <v>260</v>
       </c>
       <c r="B276" t="s">
         <v>13</v>
       </c>
       <c r="C276" t="s">
         <v>737</v>
       </c>
       <c r="D276" t="s">
         <v>755</v>
       </c>
       <c r="E276">
         <v>6</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>17</v>
       </c>
       <c r="H276">
-        <v>15</v>
+        <v>57</v>
       </c>
       <c r="I276">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K276" t="s">
         <v>756</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
         <v>266</v>
       </c>
       <c r="B277" t="s">
         <v>13</v>
       </c>
       <c r="C277" t="s">
         <v>737</v>
       </c>
       <c r="D277" t="s">
         <v>757</v>
       </c>
       <c r="E277">
         <v>6</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
         <v>17</v>
       </c>
       <c r="H277">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I277">
         <v>0</v>
       </c>
       <c r="K277" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
         <v>272</v>
       </c>
       <c r="B278" t="s">
         <v>13</v>
       </c>
       <c r="C278" t="s">
         <v>737</v>
       </c>
       <c r="D278" t="s">
         <v>759</v>
       </c>
       <c r="E278">
         <v>6</v>
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
         <v>17</v>
       </c>
       <c r="H278">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I278">
         <v>0</v>
       </c>
       <c r="K278" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
         <v>761</v>
       </c>
       <c r="B279" t="s">
         <v>13</v>
       </c>
       <c r="C279" t="s">
         <v>737</v>
       </c>
       <c r="D279" t="s">
         <v>762</v>
       </c>
       <c r="E279">
         <v>6</v>
       </c>
       <c r="F279" t="s">
         <v>16</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
       <c r="H279">
         <v>16</v>
       </c>
       <c r="I279">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K279" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
         <v>281</v>
       </c>
       <c r="B280" t="s">
         <v>13</v>
       </c>
       <c r="C280" t="s">
         <v>737</v>
       </c>
       <c r="D280" t="s">
         <v>764</v>
       </c>
       <c r="E280">
         <v>6</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
@@ -23046,51 +23046,51 @@
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
         <v>284</v>
       </c>
       <c r="B281" t="s">
         <v>13</v>
       </c>
       <c r="C281" t="s">
         <v>737</v>
       </c>
       <c r="D281" t="s">
         <v>766</v>
       </c>
       <c r="E281">
         <v>6</v>
       </c>
       <c r="F281" t="s">
         <v>16</v>
       </c>
       <c r="G281" t="s">
         <v>17</v>
       </c>
       <c r="H281">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I281">
         <v>0</v>
       </c>
       <c r="K281" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
         <v>290</v>
       </c>
       <c r="B282" t="s">
         <v>13</v>
       </c>
       <c r="C282" t="s">
         <v>737</v>
       </c>
       <c r="D282" t="s">
         <v>768</v>
       </c>
       <c r="E282">
         <v>6</v>
       </c>
       <c r="F282" t="s">
@@ -23110,211 +23110,211 @@
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
         <v>293</v>
       </c>
       <c r="B283" t="s">
         <v>13</v>
       </c>
       <c r="C283" t="s">
         <v>737</v>
       </c>
       <c r="D283" t="s">
         <v>770</v>
       </c>
       <c r="E283">
         <v>6</v>
       </c>
       <c r="F283" t="s">
         <v>16</v>
       </c>
       <c r="G283" t="s">
         <v>17</v>
       </c>
       <c r="H283">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I283">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="K283" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
         <v>772</v>
       </c>
       <c r="B284" t="s">
         <v>13</v>
       </c>
       <c r="C284" t="s">
         <v>737</v>
       </c>
       <c r="D284" t="s">
         <v>773</v>
       </c>
       <c r="E284">
         <v>6</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
       </c>
       <c r="H284">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I284">
         <v>0</v>
       </c>
       <c r="K284" t="s">
         <v>774</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
         <v>296</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
         <v>737</v>
       </c>
       <c r="D285" t="s">
         <v>775</v>
       </c>
       <c r="E285">
         <v>6</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
       <c r="H285">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I285">
         <v>0</v>
       </c>
       <c r="K285" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
         <v>777</v>
       </c>
       <c r="B286" t="s">
         <v>13</v>
       </c>
       <c r="C286" t="s">
         <v>737</v>
       </c>
       <c r="D286" t="s">
         <v>778</v>
       </c>
       <c r="E286">
         <v>6</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
       <c r="H286">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="I286">
         <v>0</v>
       </c>
       <c r="K286" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
         <v>299</v>
       </c>
       <c r="B287" t="s">
         <v>13</v>
       </c>
       <c r="C287" t="s">
         <v>737</v>
       </c>
       <c r="D287" t="s">
         <v>780</v>
       </c>
       <c r="E287">
         <v>6</v>
       </c>
       <c r="F287" t="s">
         <v>16</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
       <c r="H287">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I287">
         <v>0</v>
       </c>
       <c r="K287" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
         <v>782</v>
       </c>
       <c r="B288" t="s">
         <v>13</v>
       </c>
       <c r="C288" t="s">
         <v>737</v>
       </c>
       <c r="D288" t="s">
         <v>783</v>
       </c>
       <c r="E288">
         <v>6</v>
       </c>
       <c r="F288" t="s">
         <v>16</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
       <c r="H288">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I288">
         <v>0</v>
       </c>
       <c r="K288" t="s">
         <v>784</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
         <v>308</v>
       </c>
       <c r="B289" t="s">
         <v>13</v>
       </c>
       <c r="C289" t="s">
         <v>737</v>
       </c>
       <c r="D289" t="s">
         <v>785</v>
       </c>
       <c r="E289">
         <v>6</v>
       </c>
       <c r="F289" t="s">
@@ -23334,83 +23334,83 @@
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
         <v>311</v>
       </c>
       <c r="B290" t="s">
         <v>13</v>
       </c>
       <c r="C290" t="s">
         <v>737</v>
       </c>
       <c r="D290" t="s">
         <v>787</v>
       </c>
       <c r="E290">
         <v>6</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
       <c r="H290">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="I290">
         <v>0</v>
       </c>
       <c r="K290" t="s">
         <v>788</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
         <v>789</v>
       </c>
       <c r="B291" t="s">
         <v>13</v>
       </c>
       <c r="C291" t="s">
         <v>737</v>
       </c>
       <c r="D291" t="s">
         <v>790</v>
       </c>
       <c r="E291">
         <v>6</v>
       </c>
       <c r="F291" t="s">
         <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
       <c r="H291">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="I291">
         <v>0</v>
       </c>
       <c r="K291" t="s">
         <v>791</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
         <v>317</v>
       </c>
       <c r="B292" t="s">
         <v>13</v>
       </c>
       <c r="C292" t="s">
         <v>737</v>
       </c>
       <c r="D292" t="s">
         <v>792</v>
       </c>
       <c r="E292">
         <v>6</v>
       </c>
       <c r="F292" t="s">
@@ -23430,243 +23430,243 @@
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
         <v>326</v>
       </c>
       <c r="B293" t="s">
         <v>13</v>
       </c>
       <c r="C293" t="s">
         <v>737</v>
       </c>
       <c r="D293" t="s">
         <v>794</v>
       </c>
       <c r="E293">
         <v>6</v>
       </c>
       <c r="F293" t="s">
         <v>16</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
       <c r="H293">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I293">
         <v>0</v>
       </c>
       <c r="K293" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
         <v>329</v>
       </c>
       <c r="B294" t="s">
         <v>13</v>
       </c>
       <c r="C294" t="s">
         <v>737</v>
       </c>
       <c r="D294" t="s">
         <v>796</v>
       </c>
       <c r="E294">
         <v>6</v>
       </c>
       <c r="F294" t="s">
         <v>16</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
       <c r="H294">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I294">
         <v>5</v>
       </c>
       <c r="K294" t="s">
         <v>797</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
         <v>332</v>
       </c>
       <c r="B295" t="s">
         <v>13</v>
       </c>
       <c r="C295" t="s">
         <v>737</v>
       </c>
       <c r="D295" t="s">
         <v>794</v>
       </c>
       <c r="E295">
         <v>6</v>
       </c>
       <c r="F295" t="s">
         <v>16</v>
       </c>
       <c r="G295" t="s">
         <v>17</v>
       </c>
       <c r="H295">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I295">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="K295" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s">
         <v>799</v>
       </c>
       <c r="B296" t="s">
         <v>13</v>
       </c>
       <c r="C296" t="s">
         <v>737</v>
       </c>
       <c r="D296" t="s">
         <v>800</v>
       </c>
       <c r="E296">
         <v>6</v>
       </c>
       <c r="F296" t="s">
         <v>16</v>
       </c>
       <c r="G296" t="s">
         <v>17</v>
       </c>
       <c r="H296">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I296">
         <v>0</v>
       </c>
       <c r="K296" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s">
         <v>341</v>
       </c>
       <c r="B297" t="s">
         <v>13</v>
       </c>
       <c r="C297" t="s">
         <v>737</v>
       </c>
       <c r="D297" t="s">
         <v>802</v>
       </c>
       <c r="E297">
         <v>6</v>
       </c>
       <c r="F297" t="s">
         <v>16</v>
       </c>
       <c r="G297" t="s">
         <v>17</v>
       </c>
       <c r="H297">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I297">
         <v>0</v>
       </c>
       <c r="K297" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s">
         <v>347</v>
       </c>
       <c r="B298" t="s">
         <v>13</v>
       </c>
       <c r="C298" t="s">
         <v>737</v>
       </c>
       <c r="D298" t="s">
         <v>804</v>
       </c>
       <c r="E298">
         <v>6</v>
       </c>
       <c r="F298" t="s">
         <v>16</v>
       </c>
       <c r="G298" t="s">
         <v>17</v>
       </c>
       <c r="H298">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="I298">
         <v>0</v>
       </c>
       <c r="K298" t="s">
         <v>805</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s">
         <v>350</v>
       </c>
       <c r="B299" t="s">
         <v>13</v>
       </c>
       <c r="C299" t="s">
         <v>737</v>
       </c>
       <c r="D299" t="s">
         <v>806</v>
       </c>
       <c r="E299">
         <v>6</v>
       </c>
       <c r="F299" t="s">
         <v>16</v>
       </c>
       <c r="G299" t="s">
         <v>17</v>
       </c>
       <c r="H299">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I299">
         <v>0</v>
       </c>
       <c r="K299" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s">
         <v>359</v>
       </c>
       <c r="B300" t="s">
         <v>13</v>
       </c>
       <c r="C300" t="s">
         <v>737</v>
       </c>
       <c r="D300" t="s">
         <v>808</v>
       </c>
       <c r="E300">
         <v>6</v>
       </c>
       <c r="F300" t="s">
@@ -23686,339 +23686,339 @@
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s">
         <v>365</v>
       </c>
       <c r="B301" t="s">
         <v>13</v>
       </c>
       <c r="C301" t="s">
         <v>737</v>
       </c>
       <c r="D301" t="s">
         <v>810</v>
       </c>
       <c r="E301">
         <v>6</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
         <v>17</v>
       </c>
       <c r="H301">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I301">
         <v>0</v>
       </c>
       <c r="K301" t="s">
         <v>811</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s">
         <v>812</v>
       </c>
       <c r="B302" t="s">
         <v>13</v>
       </c>
       <c r="C302" t="s">
         <v>737</v>
       </c>
       <c r="D302" t="s">
         <v>813</v>
       </c>
       <c r="E302">
         <v>6</v>
       </c>
       <c r="F302" t="s">
         <v>16</v>
       </c>
       <c r="G302" t="s">
         <v>17</v>
       </c>
       <c r="H302">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I302">
         <v>0</v>
       </c>
       <c r="K302" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s">
         <v>368</v>
       </c>
       <c r="B303" t="s">
         <v>13</v>
       </c>
       <c r="C303" t="s">
         <v>737</v>
       </c>
       <c r="D303" t="s">
         <v>815</v>
       </c>
       <c r="E303">
         <v>6</v>
       </c>
       <c r="F303" t="s">
         <v>16</v>
       </c>
       <c r="G303" t="s">
         <v>17</v>
       </c>
       <c r="H303">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I303">
         <v>0</v>
       </c>
       <c r="K303" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" t="s">
         <v>371</v>
       </c>
       <c r="B304" t="s">
         <v>13</v>
       </c>
       <c r="C304" t="s">
         <v>737</v>
       </c>
       <c r="D304" t="s">
         <v>817</v>
       </c>
       <c r="E304">
         <v>6</v>
       </c>
       <c r="F304" t="s">
         <v>16</v>
       </c>
       <c r="G304" t="s">
         <v>17</v>
       </c>
       <c r="H304">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I304">
         <v>0</v>
       </c>
       <c r="K304" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" t="s">
         <v>377</v>
       </c>
       <c r="B305" t="s">
         <v>13</v>
       </c>
       <c r="C305" t="s">
         <v>737</v>
       </c>
       <c r="D305" t="s">
         <v>819</v>
       </c>
       <c r="E305">
         <v>6</v>
       </c>
       <c r="F305" t="s">
         <v>16</v>
       </c>
       <c r="G305" t="s">
         <v>17</v>
       </c>
       <c r="H305">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="I305">
         <v>0</v>
       </c>
       <c r="K305" t="s">
         <v>820</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" t="s">
         <v>380</v>
       </c>
       <c r="B306" t="s">
         <v>13</v>
       </c>
       <c r="C306" t="s">
         <v>737</v>
       </c>
       <c r="D306" t="s">
         <v>821</v>
       </c>
       <c r="E306">
         <v>6</v>
       </c>
       <c r="F306" t="s">
         <v>16</v>
       </c>
       <c r="G306" t="s">
         <v>17</v>
       </c>
       <c r="H306">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I306">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K306" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" t="s">
         <v>823</v>
       </c>
       <c r="B307" t="s">
         <v>13</v>
       </c>
       <c r="C307" t="s">
         <v>737</v>
       </c>
       <c r="D307" t="s">
         <v>824</v>
       </c>
       <c r="E307">
         <v>6</v>
       </c>
       <c r="F307" t="s">
         <v>16</v>
       </c>
       <c r="G307" t="s">
         <v>17</v>
       </c>
       <c r="H307">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I307">
         <v>0</v>
       </c>
       <c r="K307" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" t="s">
         <v>826</v>
       </c>
       <c r="B308" t="s">
         <v>13</v>
       </c>
       <c r="C308" t="s">
         <v>737</v>
       </c>
       <c r="D308" t="s">
         <v>827</v>
       </c>
       <c r="E308">
         <v>6</v>
       </c>
       <c r="F308" t="s">
         <v>16</v>
       </c>
       <c r="G308" t="s">
         <v>17</v>
       </c>
       <c r="H308">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="I308">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K308" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" t="s">
         <v>386</v>
       </c>
       <c r="B309" t="s">
         <v>13</v>
       </c>
       <c r="C309" t="s">
         <v>737</v>
       </c>
       <c r="D309" t="s">
         <v>829</v>
       </c>
       <c r="E309">
         <v>6</v>
       </c>
       <c r="F309" t="s">
         <v>16</v>
       </c>
       <c r="G309" t="s">
         <v>17</v>
       </c>
       <c r="H309">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="I309">
         <v>0</v>
       </c>
       <c r="K309" t="s">
         <v>830</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" t="s">
         <v>389</v>
       </c>
       <c r="B310" t="s">
         <v>13</v>
       </c>
       <c r="C310" t="s">
         <v>737</v>
       </c>
       <c r="D310" t="s">
         <v>831</v>
       </c>
       <c r="E310">
         <v>6</v>
       </c>
       <c r="F310" t="s">
         <v>16</v>
       </c>
       <c r="G310" t="s">
         <v>17</v>
       </c>
       <c r="H310">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I310">
         <v>0</v>
       </c>
       <c r="K310" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s">
         <v>392</v>
       </c>
       <c r="B311" t="s">
         <v>13</v>
       </c>
       <c r="C311" t="s">
         <v>737</v>
       </c>
       <c r="D311" t="s">
         <v>833</v>
       </c>
       <c r="E311">
         <v>6</v>
       </c>
       <c r="F311" t="s">
@@ -24038,147 +24038,147 @@
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
         <v>835</v>
       </c>
       <c r="B312" t="s">
         <v>13</v>
       </c>
       <c r="C312" t="s">
         <v>737</v>
       </c>
       <c r="D312" t="s">
         <v>810</v>
       </c>
       <c r="E312">
         <v>6</v>
       </c>
       <c r="F312" t="s">
         <v>16</v>
       </c>
       <c r="G312" t="s">
         <v>17</v>
       </c>
       <c r="H312">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I312">
         <v>0</v>
       </c>
       <c r="K312" t="s">
         <v>836</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" t="s">
         <v>395</v>
       </c>
       <c r="B313" t="s">
         <v>13</v>
       </c>
       <c r="C313" t="s">
         <v>737</v>
       </c>
       <c r="D313" t="s">
         <v>837</v>
       </c>
       <c r="E313">
         <v>6</v>
       </c>
       <c r="F313" t="s">
         <v>16</v>
       </c>
       <c r="G313" t="s">
         <v>17</v>
       </c>
       <c r="H313">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I313">
         <v>0</v>
       </c>
       <c r="K313" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" t="s">
         <v>839</v>
       </c>
       <c r="B314" t="s">
         <v>13</v>
       </c>
       <c r="C314" t="s">
         <v>737</v>
       </c>
       <c r="D314" t="s">
         <v>840</v>
       </c>
       <c r="E314">
         <v>6</v>
       </c>
       <c r="F314" t="s">
         <v>16</v>
       </c>
       <c r="G314" t="s">
         <v>17</v>
       </c>
       <c r="H314">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I314">
-        <v>41.9</v>
+        <v>15</v>
       </c>
       <c r="K314" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" t="s">
         <v>404</v>
       </c>
       <c r="B315" t="s">
         <v>13</v>
       </c>
       <c r="C315" t="s">
         <v>737</v>
       </c>
       <c r="D315" t="s">
         <v>842</v>
       </c>
       <c r="E315">
         <v>6</v>
       </c>
       <c r="F315" t="s">
         <v>16</v>
       </c>
       <c r="G315" t="s">
         <v>17</v>
       </c>
       <c r="H315">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I315">
         <v>0</v>
       </c>
       <c r="K315" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" t="s">
         <v>410</v>
       </c>
       <c r="B316" t="s">
         <v>13</v>
       </c>
       <c r="C316" t="s">
         <v>737</v>
       </c>
       <c r="D316" t="s">
         <v>844</v>
       </c>
       <c r="E316">
         <v>6</v>
       </c>
       <c r="F316" t="s">
@@ -24198,179 +24198,179 @@
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" t="s">
         <v>846</v>
       </c>
       <c r="B317" t="s">
         <v>13</v>
       </c>
       <c r="C317" t="s">
         <v>737</v>
       </c>
       <c r="D317" t="s">
         <v>847</v>
       </c>
       <c r="E317">
         <v>6</v>
       </c>
       <c r="F317" t="s">
         <v>16</v>
       </c>
       <c r="G317" t="s">
         <v>17</v>
       </c>
       <c r="H317">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I317">
         <v>0</v>
       </c>
       <c r="K317" t="s">
         <v>848</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" t="s">
         <v>849</v>
       </c>
       <c r="B318" t="s">
         <v>13</v>
       </c>
       <c r="C318" t="s">
         <v>737</v>
       </c>
       <c r="D318" t="s">
         <v>850</v>
       </c>
       <c r="E318">
         <v>6</v>
       </c>
       <c r="F318" t="s">
         <v>16</v>
       </c>
       <c r="G318" t="s">
         <v>17</v>
       </c>
       <c r="H318">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="I318">
         <v>0</v>
       </c>
       <c r="K318" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" t="s">
         <v>852</v>
       </c>
       <c r="B319" t="s">
         <v>13</v>
       </c>
       <c r="C319" t="s">
         <v>737</v>
       </c>
       <c r="D319" t="s">
         <v>853</v>
       </c>
       <c r="E319">
         <v>6</v>
       </c>
       <c r="F319" t="s">
         <v>16</v>
       </c>
       <c r="G319" t="s">
         <v>17</v>
       </c>
       <c r="H319">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="I319">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K319" t="s">
         <v>854</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" t="s">
         <v>416</v>
       </c>
       <c r="B320" t="s">
         <v>13</v>
       </c>
       <c r="C320" t="s">
         <v>737</v>
       </c>
       <c r="D320" t="s">
         <v>855</v>
       </c>
       <c r="E320">
         <v>6</v>
       </c>
       <c r="F320" t="s">
         <v>16</v>
       </c>
       <c r="G320" t="s">
         <v>17</v>
       </c>
       <c r="H320">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I320">
         <v>0</v>
       </c>
       <c r="K320" t="s">
         <v>856</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" t="s">
         <v>857</v>
       </c>
       <c r="B321" t="s">
         <v>13</v>
       </c>
       <c r="C321" t="s">
         <v>737</v>
       </c>
       <c r="D321" t="s">
         <v>858</v>
       </c>
       <c r="E321">
         <v>6</v>
       </c>
       <c r="F321" t="s">
         <v>16</v>
       </c>
       <c r="G321" t="s">
         <v>17</v>
       </c>
       <c r="H321">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="I321">
         <v>0</v>
       </c>
       <c r="K321" t="s">
         <v>859</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" t="s">
         <v>860</v>
       </c>
       <c r="B322" t="s">
         <v>13</v>
       </c>
       <c r="C322" t="s">
         <v>737</v>
       </c>
       <c r="D322" t="s">
         <v>861</v>
       </c>
       <c r="E322">
         <v>6</v>
       </c>
       <c r="F322" t="s">
@@ -24390,275 +24390,275 @@
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" t="s">
         <v>425</v>
       </c>
       <c r="B323" t="s">
         <v>13</v>
       </c>
       <c r="C323" t="s">
         <v>737</v>
       </c>
       <c r="D323" t="s">
         <v>863</v>
       </c>
       <c r="E323">
         <v>6</v>
       </c>
       <c r="F323" t="s">
         <v>16</v>
       </c>
       <c r="G323" t="s">
         <v>17</v>
       </c>
       <c r="H323">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I323">
         <v>0</v>
       </c>
       <c r="K323" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" t="s">
         <v>428</v>
       </c>
       <c r="B324" t="s">
         <v>13</v>
       </c>
       <c r="C324" t="s">
         <v>737</v>
       </c>
       <c r="D324" t="s">
         <v>865</v>
       </c>
       <c r="E324">
         <v>6</v>
       </c>
       <c r="F324" t="s">
         <v>16</v>
       </c>
       <c r="G324" t="s">
         <v>17</v>
       </c>
       <c r="H324">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I324">
         <v>0</v>
       </c>
       <c r="K324" t="s">
         <v>866</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" t="s">
         <v>867</v>
       </c>
       <c r="B325" t="s">
         <v>13</v>
       </c>
       <c r="C325" t="s">
         <v>737</v>
       </c>
       <c r="D325" t="s">
         <v>868</v>
       </c>
       <c r="E325">
         <v>6</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
         <v>17</v>
       </c>
       <c r="H325">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I325">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K325" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" t="s">
         <v>870</v>
       </c>
       <c r="B326" t="s">
         <v>13</v>
       </c>
       <c r="C326" t="s">
         <v>737</v>
       </c>
       <c r="D326" t="s">
         <v>871</v>
       </c>
       <c r="E326">
         <v>6</v>
       </c>
       <c r="F326" t="s">
         <v>16</v>
       </c>
       <c r="G326" t="s">
         <v>17</v>
       </c>
       <c r="H326">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I326">
         <v>0</v>
       </c>
       <c r="K326" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" t="s">
         <v>434</v>
       </c>
       <c r="B327" t="s">
         <v>13</v>
       </c>
       <c r="C327" t="s">
         <v>737</v>
       </c>
       <c r="D327" t="s">
         <v>873</v>
       </c>
       <c r="E327">
         <v>6</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
         <v>17</v>
       </c>
       <c r="H327">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I327">
         <v>0</v>
       </c>
       <c r="K327" t="s">
         <v>874</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" t="s">
         <v>440</v>
       </c>
       <c r="B328" t="s">
         <v>13</v>
       </c>
       <c r="C328" t="s">
         <v>737</v>
       </c>
       <c r="D328" t="s">
         <v>875</v>
       </c>
       <c r="E328">
         <v>6</v>
       </c>
       <c r="F328" t="s">
         <v>16</v>
       </c>
       <c r="G328" t="s">
         <v>17</v>
       </c>
       <c r="H328">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I328">
         <v>0</v>
       </c>
       <c r="K328" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" t="s">
         <v>877</v>
       </c>
       <c r="B329" t="s">
         <v>13</v>
       </c>
       <c r="C329" t="s">
         <v>737</v>
       </c>
       <c r="D329" t="s">
         <v>878</v>
       </c>
       <c r="E329">
         <v>6</v>
       </c>
       <c r="F329" t="s">
         <v>16</v>
       </c>
       <c r="G329" t="s">
         <v>17</v>
       </c>
       <c r="H329">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="I329">
         <v>0</v>
       </c>
       <c r="K329" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" t="s">
         <v>449</v>
       </c>
       <c r="B330" t="s">
         <v>13</v>
       </c>
       <c r="C330" t="s">
         <v>737</v>
       </c>
       <c r="D330" t="s">
         <v>880</v>
       </c>
       <c r="E330">
         <v>6</v>
       </c>
       <c r="F330" t="s">
         <v>16</v>
       </c>
       <c r="G330" t="s">
         <v>17</v>
       </c>
       <c r="H330">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I330">
         <v>0</v>
       </c>
       <c r="K330" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" t="s">
         <v>452</v>
       </c>
       <c r="B331" t="s">
         <v>13</v>
       </c>
       <c r="C331" t="s">
         <v>737</v>
       </c>
       <c r="D331" t="s">
         <v>882</v>
       </c>
       <c r="E331">
         <v>6</v>
       </c>
       <c r="F331" t="s">
@@ -24678,83 +24678,83 @@
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" t="s">
         <v>884</v>
       </c>
       <c r="B332" t="s">
         <v>13</v>
       </c>
       <c r="C332" t="s">
         <v>737</v>
       </c>
       <c r="D332" t="s">
         <v>885</v>
       </c>
       <c r="E332">
         <v>6</v>
       </c>
       <c r="F332" t="s">
         <v>16</v>
       </c>
       <c r="G332" t="s">
         <v>17</v>
       </c>
       <c r="H332">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I332">
         <v>0</v>
       </c>
       <c r="K332" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" t="s">
         <v>887</v>
       </c>
       <c r="B333" t="s">
         <v>13</v>
       </c>
       <c r="C333" t="s">
         <v>737</v>
       </c>
       <c r="D333" t="s">
         <v>888</v>
       </c>
       <c r="E333">
         <v>6</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
         <v>17</v>
       </c>
       <c r="H333">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I333">
         <v>0</v>
       </c>
       <c r="K333" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" t="s">
         <v>458</v>
       </c>
       <c r="B334" t="s">
         <v>13</v>
       </c>
       <c r="C334" t="s">
         <v>737</v>
       </c>
       <c r="D334" t="s">
         <v>890</v>
       </c>
       <c r="E334">
         <v>6</v>
       </c>
       <c r="F334" t="s">
@@ -24774,86 +24774,86 @@
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" t="s">
         <v>464</v>
       </c>
       <c r="B335" t="s">
         <v>13</v>
       </c>
       <c r="C335" t="s">
         <v>737</v>
       </c>
       <c r="D335" t="s">
         <v>892</v>
       </c>
       <c r="E335">
         <v>6</v>
       </c>
       <c r="F335" t="s">
         <v>16</v>
       </c>
       <c r="G335" t="s">
         <v>17</v>
       </c>
       <c r="H335">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I335">
         <v>0</v>
       </c>
       <c r="K335" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" t="s">
         <v>894</v>
       </c>
       <c r="B336" t="s">
         <v>13</v>
       </c>
       <c r="C336" t="s">
         <v>737</v>
       </c>
       <c r="D336" t="s">
         <v>895</v>
       </c>
       <c r="E336">
         <v>6</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
         <v>17</v>
       </c>
       <c r="H336">
         <v>54</v>
       </c>
       <c r="I336">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K336" t="s">
         <v>896</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" t="s">
         <v>467</v>
       </c>
       <c r="B337" t="s">
         <v>13</v>
       </c>
       <c r="C337" t="s">
         <v>737</v>
       </c>
       <c r="D337" t="s">
         <v>897</v>
       </c>
       <c r="E337">
         <v>6</v>
       </c>
       <c r="F337" t="s">
         <v>16</v>
       </c>
       <c r="G337" t="s">
@@ -24870,179 +24870,179 @@
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" t="s">
         <v>473</v>
       </c>
       <c r="B338" t="s">
         <v>13</v>
       </c>
       <c r="C338" t="s">
         <v>737</v>
       </c>
       <c r="D338" t="s">
         <v>899</v>
       </c>
       <c r="E338">
         <v>6</v>
       </c>
       <c r="F338" t="s">
         <v>16</v>
       </c>
       <c r="G338" t="s">
         <v>17</v>
       </c>
       <c r="H338">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="I338">
         <v>0</v>
       </c>
       <c r="K338" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" t="s">
         <v>901</v>
       </c>
       <c r="B339" t="s">
         <v>13</v>
       </c>
       <c r="C339" t="s">
         <v>737</v>
       </c>
       <c r="D339" t="s">
         <v>902</v>
       </c>
       <c r="E339">
         <v>6</v>
       </c>
       <c r="F339" t="s">
         <v>16</v>
       </c>
       <c r="G339" t="s">
         <v>17</v>
       </c>
       <c r="H339">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I339">
         <v>0</v>
       </c>
       <c r="K339" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" t="s">
         <v>479</v>
       </c>
       <c r="B340" t="s">
         <v>13</v>
       </c>
       <c r="C340" t="s">
         <v>737</v>
       </c>
       <c r="D340" t="s">
         <v>904</v>
       </c>
       <c r="E340">
         <v>6</v>
       </c>
       <c r="F340" t="s">
         <v>16</v>
       </c>
       <c r="G340" t="s">
         <v>17</v>
       </c>
       <c r="H340">
         <v>56</v>
       </c>
       <c r="I340">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K340" t="s">
         <v>905</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" t="s">
         <v>482</v>
       </c>
       <c r="B341" t="s">
         <v>13</v>
       </c>
       <c r="C341" t="s">
         <v>737</v>
       </c>
       <c r="D341" t="s">
         <v>906</v>
       </c>
       <c r="E341">
         <v>6</v>
       </c>
       <c r="F341" t="s">
         <v>16</v>
       </c>
       <c r="G341" t="s">
         <v>17</v>
       </c>
       <c r="H341">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="I341">
         <v>0</v>
       </c>
       <c r="K341" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" t="s">
         <v>908</v>
       </c>
       <c r="B342" t="s">
         <v>13</v>
       </c>
       <c r="C342" t="s">
         <v>737</v>
       </c>
       <c r="D342" t="s">
         <v>909</v>
       </c>
       <c r="E342">
         <v>6</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
         <v>17</v>
       </c>
       <c r="H342">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I342">
         <v>0</v>
       </c>
       <c r="K342" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" t="s">
         <v>485</v>
       </c>
       <c r="B343" t="s">
         <v>13</v>
       </c>
       <c r="C343" t="s">
         <v>737</v>
       </c>
       <c r="D343" t="s">
         <v>911</v>
       </c>
       <c r="E343">
         <v>6</v>
       </c>
       <c r="F343" t="s">
@@ -25062,435 +25062,435 @@
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" t="s">
         <v>913</v>
       </c>
       <c r="B344" t="s">
         <v>13</v>
       </c>
       <c r="C344" t="s">
         <v>737</v>
       </c>
       <c r="D344" t="s">
         <v>914</v>
       </c>
       <c r="E344">
         <v>6</v>
       </c>
       <c r="F344" t="s">
         <v>16</v>
       </c>
       <c r="G344" t="s">
         <v>17</v>
       </c>
       <c r="H344">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I344">
         <v>0</v>
       </c>
       <c r="K344" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" t="s">
         <v>488</v>
       </c>
       <c r="B345" t="s">
         <v>13</v>
       </c>
       <c r="C345" t="s">
         <v>737</v>
       </c>
       <c r="D345" t="s">
         <v>916</v>
       </c>
       <c r="E345">
         <v>6</v>
       </c>
       <c r="F345" t="s">
         <v>16</v>
       </c>
       <c r="G345" t="s">
         <v>17</v>
       </c>
       <c r="H345">
         <v>7</v>
       </c>
       <c r="I345">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="K345" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" t="s">
         <v>494</v>
       </c>
       <c r="B346" t="s">
         <v>13</v>
       </c>
       <c r="C346" t="s">
         <v>737</v>
       </c>
       <c r="D346" t="s">
         <v>918</v>
       </c>
       <c r="E346">
         <v>6</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
         <v>17</v>
       </c>
       <c r="H346">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I346">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K346" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" t="s">
         <v>497</v>
       </c>
       <c r="B347" t="s">
         <v>13</v>
       </c>
       <c r="C347" t="s">
         <v>737</v>
       </c>
       <c r="D347" t="s">
         <v>920</v>
       </c>
       <c r="E347">
         <v>6</v>
       </c>
       <c r="F347" t="s">
         <v>16</v>
       </c>
       <c r="G347" t="s">
         <v>17</v>
       </c>
       <c r="H347">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="I347">
         <v>0</v>
       </c>
       <c r="K347" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" t="s">
         <v>922</v>
       </c>
       <c r="B348" t="s">
         <v>13</v>
       </c>
       <c r="C348" t="s">
         <v>737</v>
       </c>
       <c r="D348" t="s">
         <v>923</v>
       </c>
       <c r="E348">
         <v>6</v>
       </c>
       <c r="F348" t="s">
         <v>16</v>
       </c>
       <c r="G348" t="s">
         <v>17</v>
       </c>
       <c r="H348">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="I348">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K348" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" t="s">
         <v>500</v>
       </c>
       <c r="B349" t="s">
         <v>13</v>
       </c>
       <c r="C349" t="s">
         <v>737</v>
       </c>
       <c r="D349" t="s">
         <v>925</v>
       </c>
       <c r="E349">
         <v>6</v>
       </c>
       <c r="F349" t="s">
         <v>16</v>
       </c>
       <c r="G349" t="s">
         <v>17</v>
       </c>
       <c r="H349">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="I349">
         <v>0</v>
       </c>
       <c r="K349" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" t="s">
         <v>503</v>
       </c>
       <c r="B350" t="s">
         <v>13</v>
       </c>
       <c r="C350" t="s">
         <v>737</v>
       </c>
       <c r="D350" t="s">
         <v>927</v>
       </c>
       <c r="E350">
         <v>6</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350" t="s">
         <v>17</v>
       </c>
       <c r="H350">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I350">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K350" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" t="s">
         <v>929</v>
       </c>
       <c r="B351" t="s">
         <v>13</v>
       </c>
       <c r="C351" t="s">
         <v>737</v>
       </c>
       <c r="D351" t="s">
         <v>930</v>
       </c>
       <c r="E351">
         <v>6</v>
       </c>
       <c r="F351" t="s">
         <v>16</v>
       </c>
       <c r="G351" t="s">
         <v>17</v>
       </c>
       <c r="H351">
         <v>56</v>
       </c>
       <c r="I351">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K351" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" t="s">
         <v>506</v>
       </c>
       <c r="B352" t="s">
         <v>13</v>
       </c>
       <c r="C352" t="s">
         <v>737</v>
       </c>
       <c r="D352" t="s">
         <v>932</v>
       </c>
       <c r="E352">
         <v>6</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352" t="s">
         <v>17</v>
       </c>
       <c r="H352">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I352">
         <v>0</v>
       </c>
       <c r="K352" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" t="s">
         <v>205</v>
       </c>
       <c r="B353" t="s">
         <v>13</v>
       </c>
       <c r="C353" t="s">
         <v>934</v>
       </c>
       <c r="D353" t="s">
         <v>935</v>
       </c>
       <c r="E353">
         <v>27</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353" t="s">
         <v>17</v>
       </c>
       <c r="H353">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I353">
-        <v>85</v>
+        <v>52.5</v>
       </c>
       <c r="K353" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" t="s">
         <v>730</v>
       </c>
       <c r="B354" t="s">
         <v>13</v>
       </c>
       <c r="C354" t="s">
         <v>937</v>
       </c>
       <c r="D354" t="s">
         <v>938</v>
       </c>
       <c r="E354">
         <v>63</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
         <v>17</v>
       </c>
       <c r="H354">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I354">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K354" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" t="s">
         <v>587</v>
       </c>
       <c r="B355" t="s">
         <v>13</v>
       </c>
       <c r="C355" t="s">
         <v>940</v>
       </c>
       <c r="D355" t="s">
         <v>941</v>
       </c>
       <c r="E355">
         <v>60</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355" t="s">
         <v>17</v>
       </c>
       <c r="H355">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I355">
-        <v>32.5</v>
+        <v>0</v>
       </c>
       <c r="K355" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" t="s">
         <v>943</v>
       </c>
       <c r="B356" t="s">
         <v>13</v>
       </c>
       <c r="C356" t="s">
         <v>944</v>
       </c>
       <c r="D356" t="s">
         <v>945</v>
       </c>
       <c r="E356">
         <v>2</v>
       </c>
       <c r="F356" t="s">
         <v>16</v>
       </c>
       <c r="G356" t="s">
         <v>17</v>
       </c>
       <c r="H356">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="I356">
         <v>0</v>
       </c>
       <c r="K356" t="s">
         <v>946</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" t="s">
         <v>947</v>
       </c>
       <c r="B357" t="s">
         <v>13</v>
       </c>
       <c r="C357" t="s">
         <v>944</v>
       </c>
       <c r="D357" t="s">
         <v>948</v>
       </c>
       <c r="E357">
         <v>2</v>
       </c>
       <c r="F357" t="s">
@@ -25510,115 +25510,115 @@
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" t="s">
         <v>950</v>
       </c>
       <c r="B358" t="s">
         <v>13</v>
       </c>
       <c r="C358" t="s">
         <v>944</v>
       </c>
       <c r="D358" t="s">
         <v>951</v>
       </c>
       <c r="E358">
         <v>2</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
         <v>17</v>
       </c>
       <c r="H358">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I358">
         <v>0</v>
       </c>
       <c r="K358" t="s">
         <v>952</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" t="s">
         <v>953</v>
       </c>
       <c r="B359" t="s">
         <v>13</v>
       </c>
       <c r="C359" t="s">
         <v>944</v>
       </c>
       <c r="D359" t="s">
         <v>954</v>
       </c>
       <c r="E359">
         <v>2</v>
       </c>
       <c r="F359" t="s">
         <v>16</v>
       </c>
       <c r="G359" t="s">
         <v>17</v>
       </c>
       <c r="H359">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I359">
         <v>0</v>
       </c>
       <c r="K359" t="s">
         <v>955</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" t="s">
         <v>956</v>
       </c>
       <c r="B360" t="s">
         <v>13</v>
       </c>
       <c r="C360" t="s">
         <v>944</v>
       </c>
       <c r="D360" t="s">
         <v>957</v>
       </c>
       <c r="E360">
         <v>2</v>
       </c>
       <c r="F360" t="s">
         <v>16</v>
       </c>
       <c r="G360" t="s">
         <v>17</v>
       </c>
       <c r="H360">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="I360">
         <v>0</v>
       </c>
       <c r="K360" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
         <v>959</v>
       </c>
       <c r="B361" t="s">
         <v>13</v>
       </c>
       <c r="C361" t="s">
         <v>944</v>
       </c>
       <c r="D361" t="s">
         <v>960</v>
       </c>
       <c r="E361">
         <v>2</v>
       </c>
       <c r="F361" t="s">
@@ -25641,51 +25641,51 @@
       <c r="A362" t="s">
         <v>962</v>
       </c>
       <c r="B362" t="s">
         <v>13</v>
       </c>
       <c r="C362" t="s">
         <v>944</v>
       </c>
       <c r="D362" t="s">
         <v>963</v>
       </c>
       <c r="E362">
         <v>2</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362" t="s">
         <v>17</v>
       </c>
       <c r="H362">
         <v>14</v>
       </c>
       <c r="I362">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="K362" t="s">
         <v>964</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" t="s">
         <v>965</v>
       </c>
       <c r="B363" t="s">
         <v>13</v>
       </c>
       <c r="C363" t="s">
         <v>944</v>
       </c>
       <c r="D363" t="s">
         <v>966</v>
       </c>
       <c r="E363">
         <v>2</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363" t="s">
@@ -25702,307 +25702,307 @@
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" t="s">
         <v>968</v>
       </c>
       <c r="B364" t="s">
         <v>13</v>
       </c>
       <c r="C364" t="s">
         <v>944</v>
       </c>
       <c r="D364" t="s">
         <v>969</v>
       </c>
       <c r="E364">
         <v>2</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364" t="s">
         <v>17</v>
       </c>
       <c r="H364">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I364">
         <v>0</v>
       </c>
       <c r="K364" t="s">
         <v>970</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" t="s">
         <v>971</v>
       </c>
       <c r="B365" t="s">
         <v>13</v>
       </c>
       <c r="C365" t="s">
         <v>944</v>
       </c>
       <c r="D365" t="s">
         <v>972</v>
       </c>
       <c r="E365">
         <v>2</v>
       </c>
       <c r="F365" t="s">
         <v>16</v>
       </c>
       <c r="G365" t="s">
         <v>17</v>
       </c>
       <c r="H365">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I365">
         <v>0</v>
       </c>
       <c r="K365" t="s">
         <v>973</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" t="s">
         <v>974</v>
       </c>
       <c r="B366" t="s">
         <v>13</v>
       </c>
       <c r="C366" t="s">
         <v>944</v>
       </c>
       <c r="D366" t="s">
         <v>975</v>
       </c>
       <c r="E366">
         <v>2</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366" t="s">
         <v>17</v>
       </c>
       <c r="H366">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="I366">
         <v>0</v>
       </c>
       <c r="K366" t="s">
         <v>976</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" t="s">
         <v>977</v>
       </c>
       <c r="B367" t="s">
         <v>13</v>
       </c>
       <c r="C367" t="s">
         <v>944</v>
       </c>
       <c r="D367" t="s">
         <v>978</v>
       </c>
       <c r="E367">
         <v>2</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367" t="s">
         <v>17</v>
       </c>
       <c r="H367">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I367">
         <v>0</v>
       </c>
       <c r="K367" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" t="s">
         <v>980</v>
       </c>
       <c r="B368" t="s">
         <v>13</v>
       </c>
       <c r="C368" t="s">
         <v>944</v>
       </c>
       <c r="D368" t="s">
         <v>981</v>
       </c>
       <c r="E368">
         <v>2</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368" t="s">
         <v>17</v>
       </c>
       <c r="H368">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="I368">
         <v>0</v>
       </c>
       <c r="K368" t="s">
         <v>982</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" t="s">
         <v>983</v>
       </c>
       <c r="B369" t="s">
         <v>13</v>
       </c>
       <c r="C369" t="s">
         <v>944</v>
       </c>
       <c r="D369" t="s">
         <v>984</v>
       </c>
       <c r="E369">
         <v>2</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369" t="s">
         <v>17</v>
       </c>
       <c r="H369">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I369">
         <v>0</v>
       </c>
       <c r="K369" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" t="s">
         <v>986</v>
       </c>
       <c r="B370" t="s">
         <v>13</v>
       </c>
       <c r="C370" t="s">
         <v>944</v>
       </c>
       <c r="D370" t="s">
         <v>987</v>
       </c>
       <c r="E370">
         <v>2</v>
       </c>
       <c r="F370" t="s">
         <v>16</v>
       </c>
       <c r="G370" t="s">
         <v>17</v>
       </c>
       <c r="H370">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I370">
         <v>0</v>
       </c>
       <c r="K370" t="s">
         <v>988</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" t="s">
         <v>989</v>
       </c>
       <c r="B371" t="s">
         <v>13</v>
       </c>
       <c r="C371" t="s">
         <v>944</v>
       </c>
       <c r="D371" t="s">
         <v>990</v>
       </c>
       <c r="E371">
         <v>2</v>
       </c>
       <c r="F371" t="s">
         <v>16</v>
       </c>
       <c r="G371" t="s">
         <v>17</v>
       </c>
       <c r="H371">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I371">
         <v>0</v>
       </c>
       <c r="K371" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" t="s">
         <v>611</v>
       </c>
       <c r="B372" t="s">
         <v>13</v>
       </c>
       <c r="C372" t="s">
         <v>944</v>
       </c>
       <c r="D372" t="s">
         <v>992</v>
       </c>
       <c r="E372">
         <v>2</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372" t="s">
         <v>17</v>
       </c>
       <c r="H372">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I372">
         <v>0</v>
       </c>
       <c r="K372" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" t="s">
         <v>994</v>
       </c>
       <c r="B373" t="s">
         <v>13</v>
       </c>
       <c r="C373" t="s">
         <v>944</v>
       </c>
       <c r="D373" t="s">
         <v>995</v>
       </c>
       <c r="E373">
         <v>2</v>
       </c>
       <c r="F373" t="s">
@@ -26022,83 +26022,83 @@
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" t="s">
         <v>997</v>
       </c>
       <c r="B374" t="s">
         <v>13</v>
       </c>
       <c r="C374" t="s">
         <v>944</v>
       </c>
       <c r="D374" t="s">
         <v>998</v>
       </c>
       <c r="E374">
         <v>2</v>
       </c>
       <c r="F374" t="s">
         <v>16</v>
       </c>
       <c r="G374" t="s">
         <v>17</v>
       </c>
       <c r="H374">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I374">
         <v>0</v>
       </c>
       <c r="K374" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" t="s">
         <v>1000</v>
       </c>
       <c r="B375" t="s">
         <v>13</v>
       </c>
       <c r="C375" t="s">
         <v>944</v>
       </c>
       <c r="D375" t="s">
         <v>1001</v>
       </c>
       <c r="E375">
         <v>2</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375" t="s">
         <v>17</v>
       </c>
       <c r="H375">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I375">
         <v>0</v>
       </c>
       <c r="K375" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" t="s">
         <v>1003</v>
       </c>
       <c r="B376" t="s">
         <v>13</v>
       </c>
       <c r="C376" t="s">
         <v>944</v>
       </c>
       <c r="D376" t="s">
         <v>1004</v>
       </c>
       <c r="E376">
         <v>2</v>
       </c>
       <c r="F376" t="s">
@@ -26118,115 +26118,115 @@
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" t="s">
         <v>1006</v>
       </c>
       <c r="B377" t="s">
         <v>13</v>
       </c>
       <c r="C377" t="s">
         <v>944</v>
       </c>
       <c r="D377" t="s">
         <v>1007</v>
       </c>
       <c r="E377">
         <v>2</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377" t="s">
         <v>17</v>
       </c>
       <c r="H377">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I377">
         <v>0</v>
       </c>
       <c r="K377" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" t="s">
         <v>1009</v>
       </c>
       <c r="B378" t="s">
         <v>13</v>
       </c>
       <c r="C378" t="s">
         <v>944</v>
       </c>
       <c r="D378" t="s">
         <v>1010</v>
       </c>
       <c r="E378">
         <v>2</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378" t="s">
         <v>17</v>
       </c>
       <c r="H378">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I378">
         <v>0</v>
       </c>
       <c r="K378" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" t="s">
         <v>1012</v>
       </c>
       <c r="B379" t="s">
         <v>13</v>
       </c>
       <c r="C379" t="s">
         <v>944</v>
       </c>
       <c r="D379" t="s">
         <v>1013</v>
       </c>
       <c r="E379">
         <v>2</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
       <c r="G379" t="s">
         <v>17</v>
       </c>
       <c r="H379">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I379">
         <v>0</v>
       </c>
       <c r="K379" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" t="s">
         <v>1015</v>
       </c>
       <c r="B380" t="s">
         <v>13</v>
       </c>
       <c r="C380" t="s">
         <v>944</v>
       </c>
       <c r="D380" t="s">
         <v>1016</v>
       </c>
       <c r="E380">
         <v>2</v>
       </c>
       <c r="F380" t="s">
@@ -26278,83 +26278,83 @@
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" t="s">
         <v>1021</v>
       </c>
       <c r="B382" t="s">
         <v>13</v>
       </c>
       <c r="C382" t="s">
         <v>944</v>
       </c>
       <c r="D382" t="s">
         <v>1022</v>
       </c>
       <c r="E382">
         <v>2</v>
       </c>
       <c r="F382" t="s">
         <v>16</v>
       </c>
       <c r="G382" t="s">
         <v>17</v>
       </c>
       <c r="H382">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I382">
         <v>0</v>
       </c>
       <c r="K382" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" t="s">
         <v>1024</v>
       </c>
       <c r="B383" t="s">
         <v>13</v>
       </c>
       <c r="C383" t="s">
         <v>944</v>
       </c>
       <c r="D383" t="s">
         <v>1025</v>
       </c>
       <c r="E383">
         <v>2</v>
       </c>
       <c r="F383" t="s">
         <v>16</v>
       </c>
       <c r="G383" t="s">
         <v>17</v>
       </c>
       <c r="H383">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I383">
         <v>0</v>
       </c>
       <c r="K383" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" t="s">
         <v>1027</v>
       </c>
       <c r="B384" t="s">
         <v>13</v>
       </c>
       <c r="C384" t="s">
         <v>944</v>
       </c>
       <c r="D384" t="s">
         <v>1028</v>
       </c>
       <c r="E384">
         <v>2</v>
       </c>
       <c r="F384" t="s">
@@ -26374,51 +26374,51 @@
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" t="s">
         <v>1030</v>
       </c>
       <c r="B385" t="s">
         <v>13</v>
       </c>
       <c r="C385" t="s">
         <v>944</v>
       </c>
       <c r="D385" t="s">
         <v>1031</v>
       </c>
       <c r="E385">
         <v>2</v>
       </c>
       <c r="F385" t="s">
         <v>16</v>
       </c>
       <c r="G385" t="s">
         <v>17</v>
       </c>
       <c r="H385">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I385">
         <v>0</v>
       </c>
       <c r="K385" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" t="s">
         <v>1033</v>
       </c>
       <c r="B386" t="s">
         <v>13</v>
       </c>
       <c r="C386" t="s">
         <v>944</v>
       </c>
       <c r="D386" t="s">
         <v>1034</v>
       </c>
       <c r="E386">
         <v>2</v>
       </c>
       <c r="F386" t="s">
@@ -26441,432 +26441,432 @@
       <c r="A387" t="s">
         <v>1036</v>
       </c>
       <c r="B387" t="s">
         <v>13</v>
       </c>
       <c r="C387" t="s">
         <v>944</v>
       </c>
       <c r="D387" t="s">
         <v>1037</v>
       </c>
       <c r="E387">
         <v>2</v>
       </c>
       <c r="F387" t="s">
         <v>16</v>
       </c>
       <c r="G387" t="s">
         <v>17</v>
       </c>
       <c r="H387">
         <v>54</v>
       </c>
       <c r="I387">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K387" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" t="s">
         <v>1039</v>
       </c>
       <c r="B388" t="s">
         <v>13</v>
       </c>
       <c r="C388" t="s">
         <v>944</v>
       </c>
       <c r="D388" t="s">
         <v>1040</v>
       </c>
       <c r="E388">
         <v>2</v>
       </c>
       <c r="F388" t="s">
         <v>16</v>
       </c>
       <c r="G388" t="s">
         <v>17</v>
       </c>
       <c r="H388">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I388">
         <v>0</v>
       </c>
       <c r="K388" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" t="s">
         <v>1042</v>
       </c>
       <c r="B389" t="s">
         <v>13</v>
       </c>
       <c r="C389" t="s">
         <v>944</v>
       </c>
       <c r="D389" t="s">
         <v>1043</v>
       </c>
       <c r="E389">
         <v>2</v>
       </c>
       <c r="F389" t="s">
         <v>16</v>
       </c>
       <c r="G389" t="s">
         <v>17</v>
       </c>
       <c r="H389">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I389">
         <v>0</v>
       </c>
       <c r="K389" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" t="s">
         <v>1045</v>
       </c>
       <c r="B390" t="s">
         <v>13</v>
       </c>
       <c r="C390" t="s">
         <v>944</v>
       </c>
       <c r="D390" t="s">
         <v>1046</v>
       </c>
       <c r="E390">
         <v>2</v>
       </c>
       <c r="F390" t="s">
         <v>16</v>
       </c>
       <c r="G390" t="s">
         <v>17</v>
       </c>
       <c r="H390">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I390">
         <v>0</v>
       </c>
       <c r="K390" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" t="s">
         <v>1048</v>
       </c>
       <c r="B391" t="s">
         <v>13</v>
       </c>
       <c r="C391" t="s">
         <v>944</v>
       </c>
       <c r="D391" t="s">
         <v>1049</v>
       </c>
       <c r="E391">
         <v>2</v>
       </c>
       <c r="F391" t="s">
         <v>16</v>
       </c>
       <c r="G391" t="s">
         <v>17</v>
       </c>
       <c r="H391">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I391">
         <v>0</v>
       </c>
       <c r="K391" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" t="s">
         <v>1051</v>
       </c>
       <c r="B392" t="s">
         <v>13</v>
       </c>
       <c r="C392" t="s">
         <v>944</v>
       </c>
       <c r="D392" t="s">
         <v>1052</v>
       </c>
       <c r="E392">
         <v>2</v>
       </c>
       <c r="F392" t="s">
         <v>16</v>
       </c>
       <c r="G392" t="s">
         <v>17</v>
       </c>
       <c r="H392">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="I392">
         <v>0</v>
       </c>
       <c r="K392" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" t="s">
         <v>1054</v>
       </c>
       <c r="B393" t="s">
         <v>13</v>
       </c>
       <c r="C393" t="s">
         <v>944</v>
       </c>
       <c r="D393" t="s">
         <v>1055</v>
       </c>
       <c r="E393">
         <v>2</v>
       </c>
       <c r="F393" t="s">
         <v>16</v>
       </c>
       <c r="G393" t="s">
         <v>17</v>
       </c>
       <c r="H393">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I393">
         <v>0</v>
       </c>
       <c r="K393" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" t="s">
         <v>1057</v>
       </c>
       <c r="B394" t="s">
         <v>13</v>
       </c>
       <c r="C394" t="s">
         <v>944</v>
       </c>
       <c r="D394" t="s">
         <v>1058</v>
       </c>
       <c r="E394">
         <v>2</v>
       </c>
       <c r="F394" t="s">
         <v>16</v>
       </c>
       <c r="G394" t="s">
         <v>17</v>
       </c>
       <c r="H394">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I394">
         <v>0</v>
       </c>
       <c r="K394" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" t="s">
         <v>1060</v>
       </c>
       <c r="B395" t="s">
         <v>13</v>
       </c>
       <c r="C395" t="s">
         <v>944</v>
       </c>
       <c r="D395" t="s">
         <v>1061</v>
       </c>
       <c r="E395">
         <v>2</v>
       </c>
       <c r="F395" t="s">
         <v>16</v>
       </c>
       <c r="G395" t="s">
         <v>17</v>
       </c>
       <c r="H395">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I395">
         <v>0</v>
       </c>
       <c r="K395" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" t="s">
         <v>1063</v>
       </c>
       <c r="B396" t="s">
         <v>13</v>
       </c>
       <c r="C396" t="s">
         <v>944</v>
       </c>
       <c r="D396" t="s">
         <v>1064</v>
       </c>
       <c r="E396">
         <v>2</v>
       </c>
       <c r="F396" t="s">
         <v>16</v>
       </c>
       <c r="G396" t="s">
         <v>17</v>
       </c>
       <c r="H396">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="I396">
         <v>0</v>
       </c>
       <c r="K396" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" t="s">
         <v>1066</v>
       </c>
       <c r="B397" t="s">
         <v>13</v>
       </c>
       <c r="C397" t="s">
         <v>944</v>
       </c>
       <c r="D397" t="s">
         <v>1067</v>
       </c>
       <c r="E397">
         <v>2</v>
       </c>
       <c r="F397" t="s">
         <v>16</v>
       </c>
       <c r="G397" t="s">
         <v>17</v>
       </c>
       <c r="H397">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I397">
         <v>0</v>
       </c>
       <c r="K397" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" t="s">
         <v>1069</v>
       </c>
       <c r="B398" t="s">
         <v>13</v>
       </c>
       <c r="C398" t="s">
         <v>944</v>
       </c>
       <c r="D398" t="s">
         <v>1070</v>
       </c>
       <c r="E398">
         <v>2</v>
       </c>
       <c r="F398" t="s">
         <v>16</v>
       </c>
       <c r="G398" t="s">
         <v>17</v>
       </c>
       <c r="H398">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I398">
         <v>0</v>
       </c>
       <c r="K398" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" t="s">
         <v>1072</v>
       </c>
       <c r="B399" t="s">
         <v>13</v>
       </c>
       <c r="C399" t="s">
         <v>944</v>
       </c>
       <c r="D399" t="s">
         <v>1073</v>
       </c>
       <c r="E399">
         <v>2</v>
       </c>
       <c r="F399" t="s">
         <v>16</v>
       </c>
       <c r="G399" t="s">
         <v>17</v>
       </c>
       <c r="H399">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I399">
         <v>0</v>
       </c>
       <c r="K399" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" t="s">
         <v>1075</v>
       </c>
       <c r="B400" t="s">
         <v>13</v>
       </c>
       <c r="C400" t="s">
         <v>944</v>
       </c>
       <c r="D400" t="s">
         <v>1076</v>
       </c>
       <c r="E400">
         <v>2</v>
       </c>
       <c r="F400" t="s">
@@ -26886,115 +26886,115 @@
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" t="s">
         <v>1078</v>
       </c>
       <c r="B401" t="s">
         <v>13</v>
       </c>
       <c r="C401" t="s">
         <v>944</v>
       </c>
       <c r="D401" t="s">
         <v>1079</v>
       </c>
       <c r="E401">
         <v>2</v>
       </c>
       <c r="F401" t="s">
         <v>16</v>
       </c>
       <c r="G401" t="s">
         <v>17</v>
       </c>
       <c r="H401">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I401">
         <v>0</v>
       </c>
       <c r="K401" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" t="s">
         <v>1081</v>
       </c>
       <c r="B402" t="s">
         <v>13</v>
       </c>
       <c r="C402" t="s">
         <v>944</v>
       </c>
       <c r="D402" t="s">
         <v>1082</v>
       </c>
       <c r="E402">
         <v>2</v>
       </c>
       <c r="F402" t="s">
         <v>16</v>
       </c>
       <c r="G402" t="s">
         <v>17</v>
       </c>
       <c r="H402">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I402">
         <v>0</v>
       </c>
       <c r="K402" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" t="s">
         <v>1084</v>
       </c>
       <c r="B403" t="s">
         <v>13</v>
       </c>
       <c r="C403" t="s">
         <v>944</v>
       </c>
       <c r="D403" t="s">
         <v>1085</v>
       </c>
       <c r="E403">
         <v>2</v>
       </c>
       <c r="F403" t="s">
         <v>16</v>
       </c>
       <c r="G403" t="s">
         <v>17</v>
       </c>
       <c r="H403">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="I403">
         <v>0</v>
       </c>
       <c r="K403" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" t="s">
         <v>1087</v>
       </c>
       <c r="B404" t="s">
         <v>13</v>
       </c>
       <c r="C404" t="s">
         <v>944</v>
       </c>
       <c r="D404" t="s">
         <v>1088</v>
       </c>
       <c r="E404">
         <v>2</v>
       </c>
       <c r="F404" t="s">
@@ -27014,115 +27014,115 @@
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" t="s">
         <v>1090</v>
       </c>
       <c r="B405" t="s">
         <v>13</v>
       </c>
       <c r="C405" t="s">
         <v>944</v>
       </c>
       <c r="D405" t="s">
         <v>1091</v>
       </c>
       <c r="E405">
         <v>2</v>
       </c>
       <c r="F405" t="s">
         <v>16</v>
       </c>
       <c r="G405" t="s">
         <v>17</v>
       </c>
       <c r="H405">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="I405">
         <v>0</v>
       </c>
       <c r="K405" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" t="s">
         <v>752</v>
       </c>
       <c r="B406" t="s">
         <v>13</v>
       </c>
       <c r="C406" t="s">
         <v>944</v>
       </c>
       <c r="D406" t="s">
         <v>1093</v>
       </c>
       <c r="E406">
         <v>2</v>
       </c>
       <c r="F406" t="s">
         <v>16</v>
       </c>
       <c r="G406" t="s">
         <v>17</v>
       </c>
       <c r="H406">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="I406">
-        <v>27.5</v>
+        <v>30</v>
       </c>
       <c r="K406" t="s">
         <v>1094</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" t="s">
         <v>1095</v>
       </c>
       <c r="B407" t="s">
         <v>13</v>
       </c>
       <c r="C407" t="s">
         <v>944</v>
       </c>
       <c r="D407" t="s">
         <v>1096</v>
       </c>
       <c r="E407">
         <v>2</v>
       </c>
       <c r="F407" t="s">
         <v>16</v>
       </c>
       <c r="G407" t="s">
         <v>17</v>
       </c>
       <c r="H407">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I407">
         <v>0</v>
       </c>
       <c r="K407" t="s">
         <v>1097</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" t="s">
         <v>1098</v>
       </c>
       <c r="B408" t="s">
         <v>13</v>
       </c>
       <c r="C408" t="s">
         <v>944</v>
       </c>
       <c r="D408" t="s">
         <v>1099</v>
       </c>
       <c r="E408">
         <v>2</v>
       </c>
       <c r="F408" t="s">
@@ -27142,211 +27142,211 @@
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" t="s">
         <v>1101</v>
       </c>
       <c r="B409" t="s">
         <v>13</v>
       </c>
       <c r="C409" t="s">
         <v>944</v>
       </c>
       <c r="D409" t="s">
         <v>1102</v>
       </c>
       <c r="E409">
         <v>2</v>
       </c>
       <c r="F409" t="s">
         <v>16</v>
       </c>
       <c r="G409" t="s">
         <v>17</v>
       </c>
       <c r="H409">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I409">
         <v>0</v>
       </c>
       <c r="K409" t="s">
         <v>1103</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" t="s">
         <v>1104</v>
       </c>
       <c r="B410" t="s">
         <v>13</v>
       </c>
       <c r="C410" t="s">
         <v>944</v>
       </c>
       <c r="D410" t="s">
         <v>1105</v>
       </c>
       <c r="E410">
         <v>2</v>
       </c>
       <c r="F410" t="s">
         <v>16</v>
       </c>
       <c r="G410" t="s">
         <v>17</v>
       </c>
       <c r="H410">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I410">
         <v>0</v>
       </c>
       <c r="K410" t="s">
         <v>1106</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" t="s">
         <v>1107</v>
       </c>
       <c r="B411" t="s">
         <v>13</v>
       </c>
       <c r="C411" t="s">
         <v>944</v>
       </c>
       <c r="D411" t="s">
         <v>1108</v>
       </c>
       <c r="E411">
         <v>2</v>
       </c>
       <c r="F411" t="s">
         <v>16</v>
       </c>
       <c r="G411" t="s">
         <v>17</v>
       </c>
       <c r="H411">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I411">
         <v>0</v>
       </c>
       <c r="K411" t="s">
         <v>1109</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" t="s">
         <v>1110</v>
       </c>
       <c r="B412" t="s">
         <v>13</v>
       </c>
       <c r="C412" t="s">
         <v>944</v>
       </c>
       <c r="D412" t="s">
         <v>1111</v>
       </c>
       <c r="E412">
         <v>2</v>
       </c>
       <c r="F412" t="s">
         <v>16</v>
       </c>
       <c r="G412" t="s">
         <v>17</v>
       </c>
       <c r="H412">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I412">
         <v>0</v>
       </c>
       <c r="K412" t="s">
         <v>1112</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" t="s">
         <v>1113</v>
       </c>
       <c r="B413" t="s">
         <v>13</v>
       </c>
       <c r="C413" t="s">
         <v>944</v>
       </c>
       <c r="D413" t="s">
         <v>1114</v>
       </c>
       <c r="E413">
         <v>2</v>
       </c>
       <c r="F413" t="s">
         <v>16</v>
       </c>
       <c r="G413" t="s">
         <v>17</v>
       </c>
       <c r="H413">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I413">
         <v>0</v>
       </c>
       <c r="K413" t="s">
         <v>1115</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" t="s">
         <v>1116</v>
       </c>
       <c r="B414" t="s">
         <v>13</v>
       </c>
       <c r="C414" t="s">
         <v>944</v>
       </c>
       <c r="D414" t="s">
         <v>1117</v>
       </c>
       <c r="E414">
         <v>2</v>
       </c>
       <c r="F414" t="s">
         <v>16</v>
       </c>
       <c r="G414" t="s">
         <v>17</v>
       </c>
       <c r="H414">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="I414">
         <v>0</v>
       </c>
       <c r="K414" t="s">
         <v>1118</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" t="s">
         <v>1119</v>
       </c>
       <c r="B415" t="s">
         <v>13</v>
       </c>
       <c r="C415" t="s">
         <v>944</v>
       </c>
       <c r="D415" t="s">
         <v>1120</v>
       </c>
       <c r="E415">
         <v>2</v>
       </c>
       <c r="F415" t="s">
@@ -27366,51 +27366,51 @@
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" t="s">
         <v>1122</v>
       </c>
       <c r="B416" t="s">
         <v>13</v>
       </c>
       <c r="C416" t="s">
         <v>944</v>
       </c>
       <c r="D416" t="s">
         <v>1123</v>
       </c>
       <c r="E416">
         <v>2</v>
       </c>
       <c r="F416" t="s">
         <v>16</v>
       </c>
       <c r="G416" t="s">
         <v>17</v>
       </c>
       <c r="H416">
-        <v>55</v>
+        <v>4</v>
       </c>
       <c r="I416">
         <v>0</v>
       </c>
       <c r="K416" t="s">
         <v>1124</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" t="s">
         <v>1125</v>
       </c>
       <c r="B417" t="s">
         <v>13</v>
       </c>
       <c r="C417" t="s">
         <v>944</v>
       </c>
       <c r="D417" t="s">
         <v>1126</v>
       </c>
       <c r="E417">
         <v>2</v>
       </c>
       <c r="F417" t="s">
@@ -27430,179 +27430,179 @@
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" t="s">
         <v>1128</v>
       </c>
       <c r="B418" t="s">
         <v>13</v>
       </c>
       <c r="C418" t="s">
         <v>944</v>
       </c>
       <c r="D418" t="s">
         <v>1129</v>
       </c>
       <c r="E418">
         <v>2</v>
       </c>
       <c r="F418" t="s">
         <v>16</v>
       </c>
       <c r="G418" t="s">
         <v>17</v>
       </c>
       <c r="H418">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="I418">
         <v>0</v>
       </c>
       <c r="K418" t="s">
         <v>1130</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" t="s">
         <v>1131</v>
       </c>
       <c r="B419" t="s">
         <v>13</v>
       </c>
       <c r="C419" t="s">
         <v>944</v>
       </c>
       <c r="D419" t="s">
         <v>1132</v>
       </c>
       <c r="E419">
         <v>2</v>
       </c>
       <c r="F419" t="s">
         <v>16</v>
       </c>
       <c r="G419" t="s">
         <v>17</v>
       </c>
       <c r="H419">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="I419">
         <v>0</v>
       </c>
       <c r="K419" t="s">
         <v>1133</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" t="s">
         <v>1134</v>
       </c>
       <c r="B420" t="s">
         <v>13</v>
       </c>
       <c r="C420" t="s">
         <v>944</v>
       </c>
       <c r="D420" t="s">
         <v>1135</v>
       </c>
       <c r="E420">
         <v>2</v>
       </c>
       <c r="F420" t="s">
         <v>16</v>
       </c>
       <c r="G420" t="s">
         <v>17</v>
       </c>
       <c r="H420">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I420">
         <v>0</v>
       </c>
       <c r="K420" t="s">
         <v>1136</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" t="s">
         <v>1137</v>
       </c>
       <c r="B421" t="s">
         <v>13</v>
       </c>
       <c r="C421" t="s">
         <v>944</v>
       </c>
       <c r="D421" t="s">
         <v>1138</v>
       </c>
       <c r="E421">
         <v>2</v>
       </c>
       <c r="F421" t="s">
         <v>16</v>
       </c>
       <c r="G421" t="s">
         <v>17</v>
       </c>
       <c r="H421">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I421">
         <v>0</v>
       </c>
       <c r="K421" t="s">
         <v>1139</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" t="s">
         <v>1140</v>
       </c>
       <c r="B422" t="s">
         <v>13</v>
       </c>
       <c r="C422" t="s">
         <v>944</v>
       </c>
       <c r="D422" t="s">
         <v>1141</v>
       </c>
       <c r="E422">
         <v>2</v>
       </c>
       <c r="F422" t="s">
         <v>16</v>
       </c>
       <c r="G422" t="s">
         <v>17</v>
       </c>
       <c r="H422">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I422">
         <v>0</v>
       </c>
       <c r="K422" t="s">
         <v>1142</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" t="s">
         <v>1143</v>
       </c>
       <c r="B423" t="s">
         <v>13</v>
       </c>
       <c r="C423" t="s">
         <v>944</v>
       </c>
       <c r="D423" t="s">
         <v>1144</v>
       </c>
       <c r="E423">
         <v>2</v>
       </c>
       <c r="F423" t="s">
@@ -27622,51 +27622,51 @@
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" t="s">
         <v>1146</v>
       </c>
       <c r="B424" t="s">
         <v>13</v>
       </c>
       <c r="C424" t="s">
         <v>944</v>
       </c>
       <c r="D424" t="s">
         <v>1147</v>
       </c>
       <c r="E424">
         <v>2</v>
       </c>
       <c r="F424" t="s">
         <v>16</v>
       </c>
       <c r="G424" t="s">
         <v>17</v>
       </c>
       <c r="H424">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="I424">
         <v>0</v>
       </c>
       <c r="K424" t="s">
         <v>1148</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" t="s">
         <v>1149</v>
       </c>
       <c r="B425" t="s">
         <v>13</v>
       </c>
       <c r="C425" t="s">
         <v>944</v>
       </c>
       <c r="D425" t="s">
         <v>1150</v>
       </c>
       <c r="E425">
         <v>2</v>
       </c>
       <c r="F425" t="s">
@@ -27686,307 +27686,307 @@
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" t="s">
         <v>1152</v>
       </c>
       <c r="B426" t="s">
         <v>13</v>
       </c>
       <c r="C426" t="s">
         <v>944</v>
       </c>
       <c r="D426" t="s">
         <v>1153</v>
       </c>
       <c r="E426">
         <v>2</v>
       </c>
       <c r="F426" t="s">
         <v>16</v>
       </c>
       <c r="G426" t="s">
         <v>17</v>
       </c>
       <c r="H426">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I426">
         <v>0</v>
       </c>
       <c r="K426" t="s">
         <v>1154</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" t="s">
         <v>1155</v>
       </c>
       <c r="B427" t="s">
         <v>13</v>
       </c>
       <c r="C427" t="s">
         <v>944</v>
       </c>
       <c r="D427" t="s">
         <v>1156</v>
       </c>
       <c r="E427">
         <v>2</v>
       </c>
       <c r="F427" t="s">
         <v>16</v>
       </c>
       <c r="G427" t="s">
         <v>17</v>
       </c>
       <c r="H427">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="I427">
         <v>0</v>
       </c>
       <c r="K427" t="s">
         <v>1157</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" t="s">
         <v>1158</v>
       </c>
       <c r="B428" t="s">
         <v>13</v>
       </c>
       <c r="C428" t="s">
         <v>944</v>
       </c>
       <c r="D428" t="s">
         <v>1159</v>
       </c>
       <c r="E428">
         <v>2</v>
       </c>
       <c r="F428" t="s">
         <v>16</v>
       </c>
       <c r="G428" t="s">
         <v>17</v>
       </c>
       <c r="H428">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I428">
         <v>0</v>
       </c>
       <c r="K428" t="s">
         <v>1160</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" t="s">
         <v>1161</v>
       </c>
       <c r="B429" t="s">
         <v>13</v>
       </c>
       <c r="C429" t="s">
         <v>944</v>
       </c>
       <c r="D429" t="s">
         <v>1162</v>
       </c>
       <c r="E429">
         <v>2</v>
       </c>
       <c r="F429" t="s">
         <v>16</v>
       </c>
       <c r="G429" t="s">
         <v>17</v>
       </c>
       <c r="H429">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I429">
         <v>0</v>
       </c>
       <c r="K429" t="s">
         <v>1163</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" t="s">
         <v>1164</v>
       </c>
       <c r="B430" t="s">
         <v>13</v>
       </c>
       <c r="C430" t="s">
         <v>944</v>
       </c>
       <c r="D430" t="s">
         <v>1165</v>
       </c>
       <c r="E430">
         <v>2</v>
       </c>
       <c r="F430" t="s">
         <v>16</v>
       </c>
       <c r="G430" t="s">
         <v>17</v>
       </c>
       <c r="H430">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I430">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K430" t="s">
         <v>1166</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" t="s">
         <v>1167</v>
       </c>
       <c r="B431" t="s">
         <v>13</v>
       </c>
       <c r="C431" t="s">
         <v>944</v>
       </c>
       <c r="D431" t="s">
         <v>1168</v>
       </c>
       <c r="E431">
         <v>2</v>
       </c>
       <c r="F431" t="s">
         <v>16</v>
       </c>
       <c r="G431" t="s">
         <v>17</v>
       </c>
       <c r="H431">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I431">
         <v>0</v>
       </c>
       <c r="K431" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" t="s">
         <v>1170</v>
       </c>
       <c r="B432" t="s">
         <v>13</v>
       </c>
       <c r="C432" t="s">
         <v>944</v>
       </c>
       <c r="D432" t="s">
         <v>1171</v>
       </c>
       <c r="E432">
         <v>2</v>
       </c>
       <c r="F432" t="s">
         <v>16</v>
       </c>
       <c r="G432" t="s">
         <v>17</v>
       </c>
       <c r="H432">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I432">
         <v>0</v>
       </c>
       <c r="K432" t="s">
         <v>1172</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" t="s">
         <v>1173</v>
       </c>
       <c r="B433" t="s">
         <v>13</v>
       </c>
       <c r="C433" t="s">
         <v>944</v>
       </c>
       <c r="D433" t="s">
         <v>1174</v>
       </c>
       <c r="E433">
         <v>2</v>
       </c>
       <c r="F433" t="s">
         <v>16</v>
       </c>
       <c r="G433" t="s">
         <v>17</v>
       </c>
       <c r="H433">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I433">
         <v>0</v>
       </c>
       <c r="K433" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" t="s">
         <v>1176</v>
       </c>
       <c r="B434" t="s">
         <v>13</v>
       </c>
       <c r="C434" t="s">
         <v>944</v>
       </c>
       <c r="D434" t="s">
         <v>1177</v>
       </c>
       <c r="E434">
         <v>2</v>
       </c>
       <c r="F434" t="s">
         <v>16</v>
       </c>
       <c r="G434" t="s">
         <v>17</v>
       </c>
       <c r="H434">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I434">
         <v>0</v>
       </c>
       <c r="K434" t="s">
         <v>1178</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" t="s">
         <v>1179</v>
       </c>
       <c r="B435" t="s">
         <v>13</v>
       </c>
       <c r="C435" t="s">
         <v>944</v>
       </c>
       <c r="D435" t="s">
         <v>1180</v>
       </c>
       <c r="E435">
         <v>2</v>
       </c>
       <c r="F435" t="s">
@@ -28006,467 +28006,467 @@
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" t="s">
         <v>1182</v>
       </c>
       <c r="B436" t="s">
         <v>13</v>
       </c>
       <c r="C436" t="s">
         <v>944</v>
       </c>
       <c r="D436" t="s">
         <v>1183</v>
       </c>
       <c r="E436">
         <v>2</v>
       </c>
       <c r="F436" t="s">
         <v>16</v>
       </c>
       <c r="G436" t="s">
         <v>17</v>
       </c>
       <c r="H436">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="I436">
         <v>0</v>
       </c>
       <c r="K436" t="s">
         <v>1184</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" t="s">
         <v>1185</v>
       </c>
       <c r="B437" t="s">
         <v>13</v>
       </c>
       <c r="C437" t="s">
         <v>944</v>
       </c>
       <c r="D437" t="s">
         <v>1186</v>
       </c>
       <c r="E437">
         <v>2</v>
       </c>
       <c r="F437" t="s">
         <v>16</v>
       </c>
       <c r="G437" t="s">
         <v>17</v>
       </c>
       <c r="H437">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I437">
         <v>0</v>
       </c>
       <c r="K437" t="s">
         <v>1187</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" t="s">
         <v>1188</v>
       </c>
       <c r="B438" t="s">
         <v>13</v>
       </c>
       <c r="C438" t="s">
         <v>944</v>
       </c>
       <c r="D438" t="s">
         <v>1189</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="F438" t="s">
         <v>16</v>
       </c>
       <c r="G438" t="s">
         <v>17</v>
       </c>
       <c r="H438">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I438">
         <v>0</v>
       </c>
       <c r="K438" t="s">
         <v>1190</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" t="s">
         <v>1191</v>
       </c>
       <c r="B439" t="s">
         <v>13</v>
       </c>
       <c r="C439" t="s">
         <v>944</v>
       </c>
       <c r="D439" t="s">
         <v>1192</v>
       </c>
       <c r="E439">
         <v>2</v>
       </c>
       <c r="F439" t="s">
         <v>16</v>
       </c>
       <c r="G439" t="s">
         <v>17</v>
       </c>
       <c r="H439">
         <v>54</v>
       </c>
       <c r="I439">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K439" t="s">
         <v>1193</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" t="s">
         <v>1194</v>
       </c>
       <c r="B440" t="s">
         <v>13</v>
       </c>
       <c r="C440" t="s">
         <v>944</v>
       </c>
       <c r="D440" t="s">
         <v>1195</v>
       </c>
       <c r="E440">
         <v>2</v>
       </c>
       <c r="F440" t="s">
         <v>16</v>
       </c>
       <c r="G440" t="s">
         <v>17</v>
       </c>
       <c r="H440">
         <v>53</v>
       </c>
       <c r="I440">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K440" t="s">
         <v>1196</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" t="s">
         <v>1197</v>
       </c>
       <c r="B441" t="s">
         <v>13</v>
       </c>
       <c r="C441" t="s">
         <v>944</v>
       </c>
       <c r="D441" t="s">
         <v>1198</v>
       </c>
       <c r="E441">
         <v>2</v>
       </c>
       <c r="F441" t="s">
         <v>16</v>
       </c>
       <c r="G441" t="s">
         <v>17</v>
       </c>
       <c r="H441">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I441">
         <v>0</v>
       </c>
       <c r="K441" t="s">
         <v>1199</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" t="s">
         <v>1200</v>
       </c>
       <c r="B442" t="s">
         <v>13</v>
       </c>
       <c r="C442" t="s">
         <v>944</v>
       </c>
       <c r="D442" t="s">
         <v>1201</v>
       </c>
       <c r="E442">
         <v>2</v>
       </c>
       <c r="F442" t="s">
         <v>16</v>
       </c>
       <c r="G442" t="s">
         <v>17</v>
       </c>
       <c r="H442">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I442">
         <v>0</v>
       </c>
       <c r="K442" t="s">
         <v>1202</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" t="s">
         <v>1203</v>
       </c>
       <c r="B443" t="s">
         <v>13</v>
       </c>
       <c r="C443" t="s">
         <v>944</v>
       </c>
       <c r="D443" t="s">
         <v>1204</v>
       </c>
       <c r="E443">
         <v>2</v>
       </c>
       <c r="F443" t="s">
         <v>16</v>
       </c>
       <c r="G443" t="s">
         <v>17</v>
       </c>
       <c r="H443">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="I443">
         <v>0</v>
       </c>
       <c r="K443" t="s">
         <v>1205</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" t="s">
         <v>1206</v>
       </c>
       <c r="B444" t="s">
         <v>13</v>
       </c>
       <c r="C444" t="s">
         <v>944</v>
       </c>
       <c r="D444" t="s">
         <v>1207</v>
       </c>
       <c r="E444">
         <v>2</v>
       </c>
       <c r="F444" t="s">
         <v>16</v>
       </c>
       <c r="G444" t="s">
         <v>17</v>
       </c>
       <c r="H444">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I444">
         <v>0</v>
       </c>
       <c r="K444" t="s">
         <v>1208</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" t="s">
         <v>1209</v>
       </c>
       <c r="B445" t="s">
         <v>13</v>
       </c>
       <c r="C445" t="s">
         <v>944</v>
       </c>
       <c r="D445" t="s">
         <v>1210</v>
       </c>
       <c r="E445">
         <v>2</v>
       </c>
       <c r="F445" t="s">
         <v>16</v>
       </c>
       <c r="G445" t="s">
         <v>17</v>
       </c>
       <c r="H445">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I445">
         <v>0</v>
       </c>
       <c r="K445" t="s">
         <v>1211</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" t="s">
         <v>1212</v>
       </c>
       <c r="B446" t="s">
         <v>13</v>
       </c>
       <c r="C446" t="s">
         <v>944</v>
       </c>
       <c r="D446" t="s">
         <v>1213</v>
       </c>
       <c r="E446">
         <v>2</v>
       </c>
       <c r="F446" t="s">
         <v>16</v>
       </c>
       <c r="G446" t="s">
         <v>17</v>
       </c>
       <c r="H446">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="I446">
         <v>0</v>
       </c>
       <c r="K446" t="s">
         <v>1214</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" t="s">
         <v>1215</v>
       </c>
       <c r="B447" t="s">
         <v>13</v>
       </c>
       <c r="C447" t="s">
         <v>944</v>
       </c>
       <c r="D447" t="s">
         <v>1216</v>
       </c>
       <c r="E447">
         <v>2</v>
       </c>
       <c r="F447" t="s">
         <v>16</v>
       </c>
       <c r="G447" t="s">
         <v>17</v>
       </c>
       <c r="H447">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I447">
         <v>0</v>
       </c>
       <c r="K447" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" t="s">
         <v>1218</v>
       </c>
       <c r="B448" t="s">
         <v>13</v>
       </c>
       <c r="C448" t="s">
         <v>944</v>
       </c>
       <c r="D448" t="s">
         <v>1219</v>
       </c>
       <c r="E448">
         <v>2</v>
       </c>
       <c r="F448" t="s">
         <v>16</v>
       </c>
       <c r="G448" t="s">
         <v>17</v>
       </c>
       <c r="H448">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I448">
         <v>0</v>
       </c>
       <c r="K448" t="s">
         <v>1220</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" t="s">
         <v>1221</v>
       </c>
       <c r="B449" t="s">
         <v>13</v>
       </c>
       <c r="C449" t="s">
         <v>944</v>
       </c>
       <c r="D449" t="s">
         <v>1222</v>
       </c>
       <c r="E449">
         <v>2</v>
       </c>
       <c r="F449" t="s">
         <v>16</v>
       </c>
       <c r="G449" t="s">
         <v>17</v>
       </c>
       <c r="H449">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I449">
         <v>0</v>
       </c>
       <c r="K449" t="s">
         <v>1223</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" t="s">
         <v>1224</v>
       </c>
       <c r="B450" t="s">
         <v>13</v>
       </c>
       <c r="C450" t="s">
         <v>944</v>
       </c>
       <c r="D450" t="s">
         <v>1225</v>
       </c>
       <c r="E450">
         <v>2</v>
       </c>
       <c r="F450" t="s">
@@ -28486,307 +28486,307 @@
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" t="s">
         <v>1227</v>
       </c>
       <c r="B451" t="s">
         <v>13</v>
       </c>
       <c r="C451" t="s">
         <v>944</v>
       </c>
       <c r="D451" t="s">
         <v>1228</v>
       </c>
       <c r="E451">
         <v>2</v>
       </c>
       <c r="F451" t="s">
         <v>16</v>
       </c>
       <c r="G451" t="s">
         <v>17</v>
       </c>
       <c r="H451">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I451">
         <v>0</v>
       </c>
       <c r="K451" t="s">
         <v>1229</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" t="s">
         <v>761</v>
       </c>
       <c r="B452" t="s">
         <v>13</v>
       </c>
       <c r="C452" t="s">
         <v>944</v>
       </c>
       <c r="D452" t="s">
         <v>1230</v>
       </c>
       <c r="E452">
         <v>2</v>
       </c>
       <c r="F452" t="s">
         <v>16</v>
       </c>
       <c r="G452" t="s">
         <v>17</v>
       </c>
       <c r="H452">
         <v>16</v>
       </c>
       <c r="I452">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K452" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" t="s">
         <v>1232</v>
       </c>
       <c r="B453" t="s">
         <v>13</v>
       </c>
       <c r="C453" t="s">
         <v>944</v>
       </c>
       <c r="D453" t="s">
         <v>1233</v>
       </c>
       <c r="E453">
         <v>2</v>
       </c>
       <c r="F453" t="s">
         <v>16</v>
       </c>
       <c r="G453" t="s">
         <v>17</v>
       </c>
       <c r="H453">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I453">
         <v>0</v>
       </c>
       <c r="K453" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" t="s">
         <v>1235</v>
       </c>
       <c r="B454" t="s">
         <v>13</v>
       </c>
       <c r="C454" t="s">
         <v>944</v>
       </c>
       <c r="D454" t="s">
         <v>1236</v>
       </c>
       <c r="E454">
         <v>2</v>
       </c>
       <c r="F454" t="s">
         <v>16</v>
       </c>
       <c r="G454" t="s">
         <v>17</v>
       </c>
       <c r="H454">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="I454">
         <v>0</v>
       </c>
       <c r="K454" t="s">
         <v>1237</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" t="s">
         <v>1238</v>
       </c>
       <c r="B455" t="s">
         <v>13</v>
       </c>
       <c r="C455" t="s">
         <v>944</v>
       </c>
       <c r="D455" t="s">
         <v>1239</v>
       </c>
       <c r="E455">
         <v>2</v>
       </c>
       <c r="F455" t="s">
         <v>16</v>
       </c>
       <c r="G455" t="s">
         <v>17</v>
       </c>
       <c r="H455">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I455">
         <v>0</v>
       </c>
       <c r="K455" t="s">
         <v>1240</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" t="s">
         <v>1241</v>
       </c>
       <c r="B456" t="s">
         <v>13</v>
       </c>
       <c r="C456" t="s">
         <v>944</v>
       </c>
       <c r="D456" t="s">
         <v>1242</v>
       </c>
       <c r="E456">
         <v>2</v>
       </c>
       <c r="F456" t="s">
         <v>16</v>
       </c>
       <c r="G456" t="s">
         <v>17</v>
       </c>
       <c r="H456">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I456">
         <v>0</v>
       </c>
       <c r="K456" t="s">
         <v>1243</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" t="s">
         <v>1244</v>
       </c>
       <c r="B457" t="s">
         <v>13</v>
       </c>
       <c r="C457" t="s">
         <v>944</v>
       </c>
       <c r="D457" t="s">
         <v>1245</v>
       </c>
       <c r="E457">
         <v>2</v>
       </c>
       <c r="F457" t="s">
         <v>16</v>
       </c>
       <c r="G457" t="s">
         <v>17</v>
       </c>
       <c r="H457">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I457">
         <v>0</v>
       </c>
       <c r="K457" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" t="s">
         <v>1247</v>
       </c>
       <c r="B458" t="s">
         <v>13</v>
       </c>
       <c r="C458" t="s">
         <v>944</v>
       </c>
       <c r="D458" t="s">
         <v>1248</v>
       </c>
       <c r="E458">
         <v>2</v>
       </c>
       <c r="F458" t="s">
         <v>16</v>
       </c>
       <c r="G458" t="s">
         <v>17</v>
       </c>
       <c r="H458">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I458">
         <v>0</v>
       </c>
       <c r="K458" t="s">
         <v>1249</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" t="s">
         <v>1250</v>
       </c>
       <c r="B459" t="s">
         <v>13</v>
       </c>
       <c r="C459" t="s">
         <v>944</v>
       </c>
       <c r="D459" t="s">
         <v>1251</v>
       </c>
       <c r="E459">
         <v>2</v>
       </c>
       <c r="F459" t="s">
         <v>16</v>
       </c>
       <c r="G459" t="s">
         <v>17</v>
       </c>
       <c r="H459">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I459">
         <v>5</v>
       </c>
       <c r="K459" t="s">
         <v>1252</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" t="s">
         <v>1253</v>
       </c>
       <c r="B460" t="s">
         <v>13</v>
       </c>
       <c r="C460" t="s">
         <v>944</v>
       </c>
       <c r="D460" t="s">
         <v>1254</v>
       </c>
       <c r="E460">
         <v>2</v>
       </c>
       <c r="F460" t="s">
@@ -28934,147 +28934,147 @@
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" t="s">
         <v>545</v>
       </c>
       <c r="B465" t="s">
         <v>13</v>
       </c>
       <c r="C465" t="s">
         <v>944</v>
       </c>
       <c r="D465" t="s">
         <v>1267</v>
       </c>
       <c r="E465">
         <v>2</v>
       </c>
       <c r="F465" t="s">
         <v>16</v>
       </c>
       <c r="G465" t="s">
         <v>17</v>
       </c>
       <c r="H465">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I465">
         <v>0</v>
       </c>
       <c r="K465" t="s">
         <v>1268</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" t="s">
         <v>1269</v>
       </c>
       <c r="B466" t="s">
         <v>13</v>
       </c>
       <c r="C466" t="s">
         <v>944</v>
       </c>
       <c r="D466" t="s">
         <v>1270</v>
       </c>
       <c r="E466">
         <v>2</v>
       </c>
       <c r="F466" t="s">
         <v>16</v>
       </c>
       <c r="G466" t="s">
         <v>17</v>
       </c>
       <c r="H466">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="I466">
         <v>0</v>
       </c>
       <c r="K466" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" t="s">
         <v>1272</v>
       </c>
       <c r="B467" t="s">
         <v>13</v>
       </c>
       <c r="C467" t="s">
         <v>944</v>
       </c>
       <c r="D467" t="s">
         <v>1273</v>
       </c>
       <c r="E467">
         <v>2</v>
       </c>
       <c r="F467" t="s">
         <v>16</v>
       </c>
       <c r="G467" t="s">
         <v>17</v>
       </c>
       <c r="H467">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="I467">
         <v>0</v>
       </c>
       <c r="K467" t="s">
         <v>1274</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" t="s">
         <v>1275</v>
       </c>
       <c r="B468" t="s">
         <v>13</v>
       </c>
       <c r="C468" t="s">
         <v>944</v>
       </c>
       <c r="D468" t="s">
         <v>1276</v>
       </c>
       <c r="E468">
         <v>2</v>
       </c>
       <c r="F468" t="s">
         <v>16</v>
       </c>
       <c r="G468" t="s">
         <v>17</v>
       </c>
       <c r="H468">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I468">
         <v>0</v>
       </c>
       <c r="K468" t="s">
         <v>1277</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" t="s">
         <v>1278</v>
       </c>
       <c r="B469" t="s">
         <v>13</v>
       </c>
       <c r="C469" t="s">
         <v>944</v>
       </c>
       <c r="D469" t="s">
         <v>1279</v>
       </c>
       <c r="E469">
         <v>2</v>
       </c>
       <c r="F469" t="s">
@@ -29094,307 +29094,307 @@
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" t="s">
         <v>1281</v>
       </c>
       <c r="B470" t="s">
         <v>13</v>
       </c>
       <c r="C470" t="s">
         <v>944</v>
       </c>
       <c r="D470" t="s">
         <v>1282</v>
       </c>
       <c r="E470">
         <v>2</v>
       </c>
       <c r="F470" t="s">
         <v>16</v>
       </c>
       <c r="G470" t="s">
         <v>17</v>
       </c>
       <c r="H470">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I470">
         <v>0</v>
       </c>
       <c r="K470" t="s">
         <v>1283</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" t="s">
         <v>1284</v>
       </c>
       <c r="B471" t="s">
         <v>13</v>
       </c>
       <c r="C471" t="s">
         <v>944</v>
       </c>
       <c r="D471" t="s">
         <v>1285</v>
       </c>
       <c r="E471">
         <v>2</v>
       </c>
       <c r="F471" t="s">
         <v>16</v>
       </c>
       <c r="G471" t="s">
         <v>17</v>
       </c>
       <c r="H471">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I471">
         <v>0</v>
       </c>
       <c r="K471" t="s">
         <v>1286</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" t="s">
         <v>1287</v>
       </c>
       <c r="B472" t="s">
         <v>13</v>
       </c>
       <c r="C472" t="s">
         <v>944</v>
       </c>
       <c r="D472" t="s">
         <v>1288</v>
       </c>
       <c r="E472">
         <v>2</v>
       </c>
       <c r="F472" t="s">
         <v>16</v>
       </c>
       <c r="G472" t="s">
         <v>17</v>
       </c>
       <c r="H472">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I472">
         <v>0</v>
       </c>
       <c r="K472" t="s">
         <v>1289</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" t="s">
         <v>772</v>
       </c>
       <c r="B473" t="s">
         <v>13</v>
       </c>
       <c r="C473" t="s">
         <v>944</v>
       </c>
       <c r="D473" t="s">
         <v>1290</v>
       </c>
       <c r="E473">
         <v>2</v>
       </c>
       <c r="F473" t="s">
         <v>16</v>
       </c>
       <c r="G473" t="s">
         <v>17</v>
       </c>
       <c r="H473">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I473">
         <v>0</v>
       </c>
       <c r="K473" t="s">
         <v>1291</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" t="s">
         <v>1292</v>
       </c>
       <c r="B474" t="s">
         <v>13</v>
       </c>
       <c r="C474" t="s">
         <v>944</v>
       </c>
       <c r="D474" t="s">
         <v>1293</v>
       </c>
       <c r="E474">
         <v>2</v>
       </c>
       <c r="F474" t="s">
         <v>16</v>
       </c>
       <c r="G474" t="s">
         <v>17</v>
       </c>
       <c r="H474">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I474">
         <v>0</v>
       </c>
       <c r="K474" t="s">
         <v>1294</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" t="s">
         <v>1295</v>
       </c>
       <c r="B475" t="s">
         <v>13</v>
       </c>
       <c r="C475" t="s">
         <v>944</v>
       </c>
       <c r="D475" t="s">
         <v>1296</v>
       </c>
       <c r="E475">
         <v>2</v>
       </c>
       <c r="F475" t="s">
         <v>16</v>
       </c>
       <c r="G475" t="s">
         <v>17</v>
       </c>
       <c r="H475">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I475">
         <v>0</v>
       </c>
       <c r="K475" t="s">
         <v>1297</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" t="s">
         <v>1298</v>
       </c>
       <c r="B476" t="s">
         <v>13</v>
       </c>
       <c r="C476" t="s">
         <v>944</v>
       </c>
       <c r="D476" t="s">
         <v>1299</v>
       </c>
       <c r="E476">
         <v>2</v>
       </c>
       <c r="F476" t="s">
         <v>16</v>
       </c>
       <c r="G476" t="s">
         <v>17</v>
       </c>
       <c r="H476">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I476">
         <v>0</v>
       </c>
       <c r="K476" t="s">
         <v>1300</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" t="s">
         <v>1301</v>
       </c>
       <c r="B477" t="s">
         <v>13</v>
       </c>
       <c r="C477" t="s">
         <v>944</v>
       </c>
       <c r="D477" t="s">
         <v>1302</v>
       </c>
       <c r="E477">
         <v>2</v>
       </c>
       <c r="F477" t="s">
         <v>16</v>
       </c>
       <c r="G477" t="s">
         <v>17</v>
       </c>
       <c r="H477">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I477">
         <v>0</v>
       </c>
       <c r="K477" t="s">
         <v>1303</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" t="s">
         <v>1304</v>
       </c>
       <c r="B478" t="s">
         <v>13</v>
       </c>
       <c r="C478" t="s">
         <v>944</v>
       </c>
       <c r="D478" t="s">
         <v>1305</v>
       </c>
       <c r="E478">
         <v>2</v>
       </c>
       <c r="F478" t="s">
         <v>16</v>
       </c>
       <c r="G478" t="s">
         <v>17</v>
       </c>
       <c r="H478">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I478">
         <v>0</v>
       </c>
       <c r="K478" t="s">
         <v>1306</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" t="s">
         <v>1307</v>
       </c>
       <c r="B479" t="s">
         <v>13</v>
       </c>
       <c r="C479" t="s">
         <v>944</v>
       </c>
       <c r="D479" t="s">
         <v>1308</v>
       </c>
       <c r="E479">
         <v>2</v>
       </c>
       <c r="F479" t="s">
@@ -29414,118 +29414,118 @@
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" t="s">
         <v>1310</v>
       </c>
       <c r="B480" t="s">
         <v>13</v>
       </c>
       <c r="C480" t="s">
         <v>944</v>
       </c>
       <c r="D480" t="s">
         <v>1311</v>
       </c>
       <c r="E480">
         <v>2</v>
       </c>
       <c r="F480" t="s">
         <v>16</v>
       </c>
       <c r="G480" t="s">
         <v>17</v>
       </c>
       <c r="H480">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I480">
         <v>0</v>
       </c>
       <c r="K480" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" t="s">
         <v>1313</v>
       </c>
       <c r="B481" t="s">
         <v>13</v>
       </c>
       <c r="C481" t="s">
         <v>944</v>
       </c>
       <c r="D481" t="s">
         <v>1314</v>
       </c>
       <c r="E481">
         <v>2</v>
       </c>
       <c r="F481" t="s">
         <v>16</v>
       </c>
       <c r="G481" t="s">
         <v>17</v>
       </c>
       <c r="H481">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I481">
         <v>0</v>
       </c>
       <c r="K481" t="s">
         <v>1315</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" t="s">
         <v>1316</v>
       </c>
       <c r="B482" t="s">
         <v>13</v>
       </c>
       <c r="C482" t="s">
         <v>944</v>
       </c>
       <c r="D482" t="s">
         <v>1317</v>
       </c>
       <c r="E482">
         <v>2</v>
       </c>
       <c r="F482" t="s">
         <v>16</v>
       </c>
       <c r="G482" t="s">
         <v>17</v>
       </c>
       <c r="H482">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I482">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K482" t="s">
         <v>1318</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" t="s">
         <v>1319</v>
       </c>
       <c r="B483" t="s">
         <v>13</v>
       </c>
       <c r="C483" t="s">
         <v>944</v>
       </c>
       <c r="D483" t="s">
         <v>1320</v>
       </c>
       <c r="E483">
         <v>2</v>
       </c>
       <c r="F483" t="s">
         <v>16</v>
       </c>
       <c r="G483" t="s">
@@ -29542,211 +29542,211 @@
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" t="s">
         <v>638</v>
       </c>
       <c r="B484" t="s">
         <v>13</v>
       </c>
       <c r="C484" t="s">
         <v>944</v>
       </c>
       <c r="D484" t="s">
         <v>1322</v>
       </c>
       <c r="E484">
         <v>2</v>
       </c>
       <c r="F484" t="s">
         <v>16</v>
       </c>
       <c r="G484" t="s">
         <v>17</v>
       </c>
       <c r="H484">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I484">
         <v>0</v>
       </c>
       <c r="K484" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" t="s">
         <v>1324</v>
       </c>
       <c r="B485" t="s">
         <v>13</v>
       </c>
       <c r="C485" t="s">
         <v>944</v>
       </c>
       <c r="D485" t="s">
         <v>1325</v>
       </c>
       <c r="E485">
         <v>2</v>
       </c>
       <c r="F485" t="s">
         <v>16</v>
       </c>
       <c r="G485" t="s">
         <v>17</v>
       </c>
       <c r="H485">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I485">
         <v>0</v>
       </c>
       <c r="K485" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" t="s">
         <v>1327</v>
       </c>
       <c r="B486" t="s">
         <v>13</v>
       </c>
       <c r="C486" t="s">
         <v>944</v>
       </c>
       <c r="D486" t="s">
         <v>1328</v>
       </c>
       <c r="E486">
         <v>2</v>
       </c>
       <c r="F486" t="s">
         <v>16</v>
       </c>
       <c r="G486" t="s">
         <v>17</v>
       </c>
       <c r="H486">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I486">
         <v>0</v>
       </c>
       <c r="K486" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" t="s">
         <v>777</v>
       </c>
       <c r="B487" t="s">
         <v>13</v>
       </c>
       <c r="C487" t="s">
         <v>944</v>
       </c>
       <c r="D487" t="s">
         <v>1330</v>
       </c>
       <c r="E487">
         <v>2</v>
       </c>
       <c r="F487" t="s">
         <v>16</v>
       </c>
       <c r="G487" t="s">
         <v>17</v>
       </c>
       <c r="H487">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="I487">
         <v>0</v>
       </c>
       <c r="K487" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" t="s">
         <v>1332</v>
       </c>
       <c r="B488" t="s">
         <v>13</v>
       </c>
       <c r="C488" t="s">
         <v>944</v>
       </c>
       <c r="D488" t="s">
         <v>1333</v>
       </c>
       <c r="E488">
         <v>2</v>
       </c>
       <c r="F488" t="s">
         <v>16</v>
       </c>
       <c r="G488" t="s">
         <v>17</v>
       </c>
       <c r="H488">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I488">
         <v>0</v>
       </c>
       <c r="K488" t="s">
         <v>1334</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" t="s">
         <v>782</v>
       </c>
       <c r="B489" t="s">
         <v>13</v>
       </c>
       <c r="C489" t="s">
         <v>944</v>
       </c>
       <c r="D489" t="s">
         <v>1335</v>
       </c>
       <c r="E489">
         <v>2</v>
       </c>
       <c r="F489" t="s">
         <v>16</v>
       </c>
       <c r="G489" t="s">
         <v>17</v>
       </c>
       <c r="H489">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I489">
         <v>0</v>
       </c>
       <c r="K489" t="s">
         <v>1336</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" t="s">
         <v>1337</v>
       </c>
       <c r="B490" t="s">
         <v>13</v>
       </c>
       <c r="C490" t="s">
         <v>944</v>
       </c>
       <c r="D490" t="s">
         <v>1338</v>
       </c>
       <c r="E490">
         <v>2</v>
       </c>
       <c r="F490" t="s">
@@ -29766,563 +29766,563 @@
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" t="s">
         <v>1340</v>
       </c>
       <c r="B491" t="s">
         <v>13</v>
       </c>
       <c r="C491" t="s">
         <v>944</v>
       </c>
       <c r="D491" t="s">
         <v>1341</v>
       </c>
       <c r="E491">
         <v>2</v>
       </c>
       <c r="F491" t="s">
         <v>16</v>
       </c>
       <c r="G491" t="s">
         <v>17</v>
       </c>
       <c r="H491">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="I491">
         <v>0</v>
       </c>
       <c r="K491" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" t="s">
         <v>1343</v>
       </c>
       <c r="B492" t="s">
         <v>13</v>
       </c>
       <c r="C492" t="s">
         <v>944</v>
       </c>
       <c r="D492" t="s">
         <v>1344</v>
       </c>
       <c r="E492">
         <v>2</v>
       </c>
       <c r="F492" t="s">
         <v>16</v>
       </c>
       <c r="G492" t="s">
         <v>17</v>
       </c>
       <c r="H492">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I492">
         <v>0</v>
       </c>
       <c r="K492" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" t="s">
         <v>1346</v>
       </c>
       <c r="B493" t="s">
         <v>13</v>
       </c>
       <c r="C493" t="s">
         <v>944</v>
       </c>
       <c r="D493" t="s">
         <v>1347</v>
       </c>
       <c r="E493">
         <v>2</v>
       </c>
       <c r="F493" t="s">
         <v>16</v>
       </c>
       <c r="G493" t="s">
         <v>17</v>
       </c>
       <c r="H493">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I493">
         <v>0</v>
       </c>
       <c r="K493" t="s">
         <v>1348</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" t="s">
         <v>1349</v>
       </c>
       <c r="B494" t="s">
         <v>13</v>
       </c>
       <c r="C494" t="s">
         <v>944</v>
       </c>
       <c r="D494" t="s">
         <v>1350</v>
       </c>
       <c r="E494">
         <v>2</v>
       </c>
       <c r="F494" t="s">
         <v>16</v>
       </c>
       <c r="G494" t="s">
         <v>17</v>
       </c>
       <c r="H494">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I494">
         <v>0</v>
       </c>
       <c r="K494" t="s">
         <v>1351</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" t="s">
         <v>1352</v>
       </c>
       <c r="B495" t="s">
         <v>13</v>
       </c>
       <c r="C495" t="s">
         <v>944</v>
       </c>
       <c r="D495" t="s">
         <v>1353</v>
       </c>
       <c r="E495">
         <v>2</v>
       </c>
       <c r="F495" t="s">
         <v>16</v>
       </c>
       <c r="G495" t="s">
         <v>17</v>
       </c>
       <c r="H495">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I495">
         <v>0</v>
       </c>
       <c r="K495" t="s">
         <v>1354</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" t="s">
         <v>1355</v>
       </c>
       <c r="B496" t="s">
         <v>13</v>
       </c>
       <c r="C496" t="s">
         <v>944</v>
       </c>
       <c r="D496" t="s">
         <v>1356</v>
       </c>
       <c r="E496">
         <v>2</v>
       </c>
       <c r="F496" t="s">
         <v>16</v>
       </c>
       <c r="G496" t="s">
         <v>17</v>
       </c>
       <c r="H496">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I496">
         <v>0</v>
       </c>
       <c r="K496" t="s">
         <v>1357</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" t="s">
         <v>1358</v>
       </c>
       <c r="B497" t="s">
         <v>13</v>
       </c>
       <c r="C497" t="s">
         <v>944</v>
       </c>
       <c r="D497" t="s">
         <v>1359</v>
       </c>
       <c r="E497">
         <v>2</v>
       </c>
       <c r="F497" t="s">
         <v>16</v>
       </c>
       <c r="G497" t="s">
         <v>17</v>
       </c>
       <c r="H497">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I497">
         <v>0</v>
       </c>
       <c r="K497" t="s">
         <v>1360</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" t="s">
         <v>1361</v>
       </c>
       <c r="B498" t="s">
         <v>13</v>
       </c>
       <c r="C498" t="s">
         <v>944</v>
       </c>
       <c r="D498" t="s">
         <v>1362</v>
       </c>
       <c r="E498">
         <v>2</v>
       </c>
       <c r="F498" t="s">
         <v>16</v>
       </c>
       <c r="G498" t="s">
         <v>17</v>
       </c>
       <c r="H498">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I498">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K498" t="s">
         <v>1363</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" t="s">
         <v>1364</v>
       </c>
       <c r="B499" t="s">
         <v>13</v>
       </c>
       <c r="C499" t="s">
         <v>944</v>
       </c>
       <c r="D499" t="s">
         <v>1365</v>
       </c>
       <c r="E499">
         <v>2</v>
       </c>
       <c r="F499" t="s">
         <v>16</v>
       </c>
       <c r="G499" t="s">
         <v>17</v>
       </c>
       <c r="H499">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I499">
         <v>0</v>
       </c>
       <c r="K499" t="s">
         <v>1366</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" t="s">
         <v>1367</v>
       </c>
       <c r="B500" t="s">
         <v>13</v>
       </c>
       <c r="C500" t="s">
         <v>944</v>
       </c>
       <c r="D500" t="s">
         <v>1368</v>
       </c>
       <c r="E500">
         <v>2</v>
       </c>
       <c r="F500" t="s">
         <v>16</v>
       </c>
       <c r="G500" t="s">
         <v>17</v>
       </c>
       <c r="H500">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I500">
         <v>0</v>
       </c>
       <c r="K500" t="s">
         <v>1369</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" t="s">
         <v>1370</v>
       </c>
       <c r="B501" t="s">
         <v>13</v>
       </c>
       <c r="C501" t="s">
         <v>944</v>
       </c>
       <c r="D501" t="s">
         <v>1371</v>
       </c>
       <c r="E501">
         <v>2</v>
       </c>
       <c r="F501" t="s">
         <v>16</v>
       </c>
       <c r="G501" t="s">
         <v>17</v>
       </c>
       <c r="H501">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I501">
         <v>0</v>
       </c>
       <c r="K501" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" t="s">
         <v>789</v>
       </c>
       <c r="B502" t="s">
         <v>13</v>
       </c>
       <c r="C502" t="s">
         <v>944</v>
       </c>
       <c r="D502" t="s">
         <v>1373</v>
       </c>
       <c r="E502">
         <v>2</v>
       </c>
       <c r="F502" t="s">
         <v>16</v>
       </c>
       <c r="G502" t="s">
         <v>17</v>
       </c>
       <c r="H502">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="I502">
         <v>0</v>
       </c>
       <c r="K502" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" t="s">
         <v>1375</v>
       </c>
       <c r="B503" t="s">
         <v>13</v>
       </c>
       <c r="C503" t="s">
         <v>944</v>
       </c>
       <c r="D503" t="s">
         <v>1376</v>
       </c>
       <c r="E503">
         <v>2</v>
       </c>
       <c r="F503" t="s">
         <v>16</v>
       </c>
       <c r="G503" t="s">
         <v>17</v>
       </c>
       <c r="H503">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I503">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K503" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" t="s">
         <v>1378</v>
       </c>
       <c r="B504" t="s">
         <v>13</v>
       </c>
       <c r="C504" t="s">
         <v>944</v>
       </c>
       <c r="D504" t="s">
         <v>1379</v>
       </c>
       <c r="E504">
         <v>2</v>
       </c>
       <c r="F504" t="s">
         <v>16</v>
       </c>
       <c r="G504" t="s">
         <v>17</v>
       </c>
       <c r="H504">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I504">
         <v>0</v>
       </c>
       <c r="K504" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" t="s">
         <v>1381</v>
       </c>
       <c r="B505" t="s">
         <v>13</v>
       </c>
       <c r="C505" t="s">
         <v>944</v>
       </c>
       <c r="D505" t="s">
         <v>1382</v>
       </c>
       <c r="E505">
         <v>2</v>
       </c>
       <c r="F505" t="s">
         <v>16</v>
       </c>
       <c r="G505" t="s">
         <v>17</v>
       </c>
       <c r="H505">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I505">
         <v>0</v>
       </c>
       <c r="K505" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" t="s">
         <v>1384</v>
       </c>
       <c r="B506" t="s">
         <v>13</v>
       </c>
       <c r="C506" t="s">
         <v>944</v>
       </c>
       <c r="D506" t="s">
         <v>1385</v>
       </c>
       <c r="E506">
         <v>2</v>
       </c>
       <c r="F506" t="s">
         <v>16</v>
       </c>
       <c r="G506" t="s">
         <v>17</v>
       </c>
       <c r="H506">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="I506">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K506" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" t="s">
         <v>1387</v>
       </c>
       <c r="B507" t="s">
         <v>13</v>
       </c>
       <c r="C507" t="s">
         <v>944</v>
       </c>
       <c r="D507" t="s">
         <v>1388</v>
       </c>
       <c r="E507">
         <v>2</v>
       </c>
       <c r="F507" t="s">
         <v>16</v>
       </c>
       <c r="G507" t="s">
         <v>17</v>
       </c>
       <c r="H507">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I507">
         <v>0</v>
       </c>
       <c r="K507" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" t="s">
         <v>1390</v>
       </c>
       <c r="B508" t="s">
         <v>13</v>
       </c>
       <c r="C508" t="s">
         <v>944</v>
       </c>
       <c r="D508" t="s">
         <v>1391</v>
       </c>
       <c r="E508">
         <v>2</v>
       </c>
       <c r="F508" t="s">
@@ -30342,211 +30342,211 @@
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" t="s">
         <v>1393</v>
       </c>
       <c r="B509" t="s">
         <v>13</v>
       </c>
       <c r="C509" t="s">
         <v>944</v>
       </c>
       <c r="D509" t="s">
         <v>1394</v>
       </c>
       <c r="E509">
         <v>2</v>
       </c>
       <c r="F509" t="s">
         <v>16</v>
       </c>
       <c r="G509" t="s">
         <v>17</v>
       </c>
       <c r="H509">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I509">
         <v>0</v>
       </c>
       <c r="K509" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" t="s">
         <v>1396</v>
       </c>
       <c r="B510" t="s">
         <v>13</v>
       </c>
       <c r="C510" t="s">
         <v>944</v>
       </c>
       <c r="D510" t="s">
         <v>1397</v>
       </c>
       <c r="E510">
         <v>2</v>
       </c>
       <c r="F510" t="s">
         <v>16</v>
       </c>
       <c r="G510" t="s">
         <v>17</v>
       </c>
       <c r="H510">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I510">
         <v>0</v>
       </c>
       <c r="K510" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" t="s">
         <v>1399</v>
       </c>
       <c r="B511" t="s">
         <v>13</v>
       </c>
       <c r="C511" t="s">
         <v>944</v>
       </c>
       <c r="D511" t="s">
         <v>1400</v>
       </c>
       <c r="E511">
         <v>2</v>
       </c>
       <c r="F511" t="s">
         <v>16</v>
       </c>
       <c r="G511" t="s">
         <v>17</v>
       </c>
       <c r="H511">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="I511">
         <v>0</v>
       </c>
       <c r="K511" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" t="s">
         <v>1402</v>
       </c>
       <c r="B512" t="s">
         <v>13</v>
       </c>
       <c r="C512" t="s">
         <v>944</v>
       </c>
       <c r="D512" t="s">
         <v>1403</v>
       </c>
       <c r="E512">
         <v>2</v>
       </c>
       <c r="F512" t="s">
         <v>16</v>
       </c>
       <c r="G512" t="s">
         <v>17</v>
       </c>
       <c r="H512">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="I512">
         <v>0</v>
       </c>
       <c r="K512" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" t="s">
         <v>1405</v>
       </c>
       <c r="B513" t="s">
         <v>13</v>
       </c>
       <c r="C513" t="s">
         <v>944</v>
       </c>
       <c r="D513" t="s">
         <v>1406</v>
       </c>
       <c r="E513">
         <v>2</v>
       </c>
       <c r="F513" t="s">
         <v>16</v>
       </c>
       <c r="G513" t="s">
         <v>17</v>
       </c>
       <c r="H513">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I513">
         <v>0</v>
       </c>
       <c r="K513" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" t="s">
         <v>1408</v>
       </c>
       <c r="B514" t="s">
         <v>13</v>
       </c>
       <c r="C514" t="s">
         <v>944</v>
       </c>
       <c r="D514" t="s">
         <v>1409</v>
       </c>
       <c r="E514">
         <v>2</v>
       </c>
       <c r="F514" t="s">
         <v>16</v>
       </c>
       <c r="G514" t="s">
         <v>17</v>
       </c>
       <c r="H514">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I514">
         <v>0</v>
       </c>
       <c r="K514" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" t="s">
         <v>1411</v>
       </c>
       <c r="B515" t="s">
         <v>13</v>
       </c>
       <c r="C515" t="s">
         <v>944</v>
       </c>
       <c r="D515" t="s">
         <v>1412</v>
       </c>
       <c r="E515">
         <v>2</v>
       </c>
       <c r="F515" t="s">
@@ -30566,51 +30566,51 @@
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" t="s">
         <v>1414</v>
       </c>
       <c r="B516" t="s">
         <v>13</v>
       </c>
       <c r="C516" t="s">
         <v>944</v>
       </c>
       <c r="D516" t="s">
         <v>1415</v>
       </c>
       <c r="E516">
         <v>2</v>
       </c>
       <c r="F516" t="s">
         <v>16</v>
       </c>
       <c r="G516" t="s">
         <v>17</v>
       </c>
       <c r="H516">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I516">
         <v>0</v>
       </c>
       <c r="K516" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" t="s">
         <v>1417</v>
       </c>
       <c r="B517" t="s">
         <v>13</v>
       </c>
       <c r="C517" t="s">
         <v>944</v>
       </c>
       <c r="D517" t="s">
         <v>1418</v>
       </c>
       <c r="E517">
         <v>2</v>
       </c>
       <c r="F517" t="s">
@@ -30630,310 +30630,310 @@
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" t="s">
         <v>1420</v>
       </c>
       <c r="B518" t="s">
         <v>13</v>
       </c>
       <c r="C518" t="s">
         <v>944</v>
       </c>
       <c r="D518" t="s">
         <v>1421</v>
       </c>
       <c r="E518">
         <v>2</v>
       </c>
       <c r="F518" t="s">
         <v>16</v>
       </c>
       <c r="G518" t="s">
         <v>17</v>
       </c>
       <c r="H518">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I518">
         <v>0</v>
       </c>
       <c r="K518" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" t="s">
         <v>1423</v>
       </c>
       <c r="B519" t="s">
         <v>13</v>
       </c>
       <c r="C519" t="s">
         <v>944</v>
       </c>
       <c r="D519" t="s">
         <v>1424</v>
       </c>
       <c r="E519">
         <v>2</v>
       </c>
       <c r="F519" t="s">
         <v>16</v>
       </c>
       <c r="G519" t="s">
         <v>17</v>
       </c>
       <c r="H519">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I519">
         <v>0</v>
       </c>
       <c r="K519" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" t="s">
         <v>1426</v>
       </c>
       <c r="B520" t="s">
         <v>13</v>
       </c>
       <c r="C520" t="s">
         <v>944</v>
       </c>
       <c r="D520" t="s">
         <v>1427</v>
       </c>
       <c r="E520">
         <v>2</v>
       </c>
       <c r="F520" t="s">
         <v>16</v>
       </c>
       <c r="G520" t="s">
         <v>17</v>
       </c>
       <c r="H520">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="I520">
         <v>0</v>
       </c>
       <c r="K520" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" t="s">
         <v>1429</v>
       </c>
       <c r="B521" t="s">
         <v>13</v>
       </c>
       <c r="C521" t="s">
         <v>944</v>
       </c>
       <c r="D521" t="s">
         <v>1430</v>
       </c>
       <c r="E521">
         <v>2</v>
       </c>
       <c r="F521" t="s">
         <v>16</v>
       </c>
       <c r="G521" t="s">
         <v>17</v>
       </c>
       <c r="H521">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I521">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K521" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" t="s">
         <v>645</v>
       </c>
       <c r="B522" t="s">
         <v>13</v>
       </c>
       <c r="C522" t="s">
         <v>944</v>
       </c>
       <c r="D522" t="s">
         <v>1432</v>
       </c>
       <c r="E522">
         <v>2</v>
       </c>
       <c r="F522" t="s">
         <v>16</v>
       </c>
       <c r="G522" t="s">
         <v>17</v>
       </c>
       <c r="H522">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I522">
-        <v>33.1</v>
+        <v>25</v>
       </c>
       <c r="K522" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" t="s">
         <v>1434</v>
       </c>
       <c r="B523" t="s">
         <v>13</v>
       </c>
       <c r="C523" t="s">
         <v>944</v>
       </c>
       <c r="D523" t="s">
         <v>1435</v>
       </c>
       <c r="E523">
         <v>2</v>
       </c>
       <c r="F523" t="s">
         <v>16</v>
       </c>
       <c r="G523" t="s">
         <v>17</v>
       </c>
       <c r="H523">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I523">
         <v>0</v>
       </c>
       <c r="K523" t="s">
         <v>1436</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" t="s">
         <v>1437</v>
       </c>
       <c r="B524" t="s">
         <v>13</v>
       </c>
       <c r="C524" t="s">
         <v>944</v>
       </c>
       <c r="D524" t="s">
         <v>1438</v>
       </c>
       <c r="E524">
         <v>2</v>
       </c>
       <c r="F524" t="s">
         <v>16</v>
       </c>
       <c r="G524" t="s">
         <v>17</v>
       </c>
       <c r="H524">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I524">
         <v>0</v>
       </c>
       <c r="K524" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" t="s">
         <v>1440</v>
       </c>
       <c r="B525" t="s">
         <v>13</v>
       </c>
       <c r="C525" t="s">
         <v>944</v>
       </c>
       <c r="D525" t="s">
         <v>1441</v>
       </c>
       <c r="E525">
         <v>2</v>
       </c>
       <c r="F525" t="s">
         <v>16</v>
       </c>
       <c r="G525" t="s">
         <v>17</v>
       </c>
       <c r="H525">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="I525">
         <v>0</v>
       </c>
       <c r="K525" t="s">
         <v>1442</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" t="s">
         <v>1443</v>
       </c>
       <c r="B526" t="s">
         <v>13</v>
       </c>
       <c r="C526" t="s">
         <v>944</v>
       </c>
       <c r="D526" t="s">
         <v>1444</v>
       </c>
       <c r="E526">
         <v>2</v>
       </c>
       <c r="F526" t="s">
         <v>16</v>
       </c>
       <c r="G526" t="s">
         <v>17</v>
       </c>
       <c r="H526">
         <v>6</v>
       </c>
       <c r="I526">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K526" t="s">
         <v>1445</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" t="s">
         <v>1446</v>
       </c>
       <c r="B527" t="s">
         <v>13</v>
       </c>
       <c r="C527" t="s">
         <v>944</v>
       </c>
       <c r="D527" t="s">
         <v>1447</v>
       </c>
       <c r="E527">
         <v>2</v>
       </c>
       <c r="F527" t="s">
         <v>16</v>
       </c>
       <c r="G527" t="s">
@@ -30950,51 +30950,51 @@
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" t="s">
         <v>1449</v>
       </c>
       <c r="B528" t="s">
         <v>13</v>
       </c>
       <c r="C528" t="s">
         <v>944</v>
       </c>
       <c r="D528" t="s">
         <v>1450</v>
       </c>
       <c r="E528">
         <v>2</v>
       </c>
       <c r="F528" t="s">
         <v>16</v>
       </c>
       <c r="G528" t="s">
         <v>17</v>
       </c>
       <c r="H528">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I528">
         <v>0</v>
       </c>
       <c r="K528" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" t="s">
         <v>1452</v>
       </c>
       <c r="B529" t="s">
         <v>13</v>
       </c>
       <c r="C529" t="s">
         <v>944</v>
       </c>
       <c r="D529" t="s">
         <v>1453</v>
       </c>
       <c r="E529">
         <v>2</v>
       </c>
       <c r="F529" t="s">
@@ -31014,51 +31014,51 @@
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" t="s">
         <v>1455</v>
       </c>
       <c r="B530" t="s">
         <v>13</v>
       </c>
       <c r="C530" t="s">
         <v>944</v>
       </c>
       <c r="D530" t="s">
         <v>1456</v>
       </c>
       <c r="E530">
         <v>2</v>
       </c>
       <c r="F530" t="s">
         <v>16</v>
       </c>
       <c r="G530" t="s">
         <v>17</v>
       </c>
       <c r="H530">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="I530">
         <v>0</v>
       </c>
       <c r="K530" t="s">
         <v>1457</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" t="s">
         <v>1458</v>
       </c>
       <c r="B531" t="s">
         <v>13</v>
       </c>
       <c r="C531" t="s">
         <v>944</v>
       </c>
       <c r="D531" t="s">
         <v>1459</v>
       </c>
       <c r="E531">
         <v>2</v>
       </c>
       <c r="F531" t="s">
@@ -31078,51 +31078,51 @@
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" t="s">
         <v>1461</v>
       </c>
       <c r="B532" t="s">
         <v>13</v>
       </c>
       <c r="C532" t="s">
         <v>944</v>
       </c>
       <c r="D532" t="s">
         <v>1462</v>
       </c>
       <c r="E532">
         <v>2</v>
       </c>
       <c r="F532" t="s">
         <v>16</v>
       </c>
       <c r="G532" t="s">
         <v>17</v>
       </c>
       <c r="H532">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I532">
         <v>0</v>
       </c>
       <c r="K532" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" t="s">
         <v>1464</v>
       </c>
       <c r="B533" t="s">
         <v>13</v>
       </c>
       <c r="C533" t="s">
         <v>944</v>
       </c>
       <c r="D533" t="s">
         <v>1465</v>
       </c>
       <c r="E533">
         <v>2</v>
       </c>
       <c r="F533" t="s">
@@ -31142,339 +31142,339 @@
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" t="s">
         <v>1467</v>
       </c>
       <c r="B534" t="s">
         <v>13</v>
       </c>
       <c r="C534" t="s">
         <v>944</v>
       </c>
       <c r="D534" t="s">
         <v>1468</v>
       </c>
       <c r="E534">
         <v>2</v>
       </c>
       <c r="F534" t="s">
         <v>16</v>
       </c>
       <c r="G534" t="s">
         <v>17</v>
       </c>
       <c r="H534">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="I534">
         <v>0</v>
       </c>
       <c r="K534" t="s">
         <v>1469</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" t="s">
         <v>1470</v>
       </c>
       <c r="B535" t="s">
         <v>13</v>
       </c>
       <c r="C535" t="s">
         <v>944</v>
       </c>
       <c r="D535" t="s">
         <v>1471</v>
       </c>
       <c r="E535">
         <v>2</v>
       </c>
       <c r="F535" t="s">
         <v>16</v>
       </c>
       <c r="G535" t="s">
         <v>17</v>
       </c>
       <c r="H535">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I535">
         <v>0</v>
       </c>
       <c r="K535" t="s">
         <v>1472</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" t="s">
         <v>1473</v>
       </c>
       <c r="B536" t="s">
         <v>13</v>
       </c>
       <c r="C536" t="s">
         <v>944</v>
       </c>
       <c r="D536" t="s">
         <v>1474</v>
       </c>
       <c r="E536">
         <v>2</v>
       </c>
       <c r="F536" t="s">
         <v>16</v>
       </c>
       <c r="G536" t="s">
         <v>17</v>
       </c>
       <c r="H536">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="I536">
         <v>0</v>
       </c>
       <c r="K536" t="s">
         <v>1475</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" t="s">
         <v>1476</v>
       </c>
       <c r="B537" t="s">
         <v>13</v>
       </c>
       <c r="C537" t="s">
         <v>944</v>
       </c>
       <c r="D537" t="s">
         <v>1477</v>
       </c>
       <c r="E537">
         <v>2</v>
       </c>
       <c r="F537" t="s">
         <v>16</v>
       </c>
       <c r="G537" t="s">
         <v>17</v>
       </c>
       <c r="H537">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I537">
         <v>0</v>
       </c>
       <c r="K537" t="s">
         <v>1478</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" t="s">
         <v>1479</v>
       </c>
       <c r="B538" t="s">
         <v>13</v>
       </c>
       <c r="C538" t="s">
         <v>944</v>
       </c>
       <c r="D538" t="s">
         <v>1480</v>
       </c>
       <c r="E538">
         <v>2</v>
       </c>
       <c r="F538" t="s">
         <v>16</v>
       </c>
       <c r="G538" t="s">
         <v>17</v>
       </c>
       <c r="H538">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I538">
         <v>0</v>
       </c>
       <c r="K538" t="s">
         <v>1481</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" t="s">
         <v>1482</v>
       </c>
       <c r="B539" t="s">
         <v>13</v>
       </c>
       <c r="C539" t="s">
         <v>944</v>
       </c>
       <c r="D539" t="s">
         <v>1483</v>
       </c>
       <c r="E539">
         <v>2</v>
       </c>
       <c r="F539" t="s">
         <v>16</v>
       </c>
       <c r="G539" t="s">
         <v>17</v>
       </c>
       <c r="H539">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I539">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K539" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" t="s">
         <v>1485</v>
       </c>
       <c r="B540" t="s">
         <v>13</v>
       </c>
       <c r="C540" t="s">
         <v>944</v>
       </c>
       <c r="D540" t="s">
         <v>1486</v>
       </c>
       <c r="E540">
         <v>2</v>
       </c>
       <c r="F540" t="s">
         <v>16</v>
       </c>
       <c r="G540" t="s">
         <v>17</v>
       </c>
       <c r="H540">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I540">
         <v>0</v>
       </c>
       <c r="K540" t="s">
         <v>1487</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" t="s">
         <v>1488</v>
       </c>
       <c r="B541" t="s">
         <v>13</v>
       </c>
       <c r="C541" t="s">
         <v>944</v>
       </c>
       <c r="D541" t="s">
         <v>1489</v>
       </c>
       <c r="E541">
         <v>2</v>
       </c>
       <c r="F541" t="s">
         <v>16</v>
       </c>
       <c r="G541" t="s">
         <v>17</v>
       </c>
       <c r="H541">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I541">
         <v>0</v>
       </c>
       <c r="K541" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" t="s">
         <v>1491</v>
       </c>
       <c r="B542" t="s">
         <v>13</v>
       </c>
       <c r="C542" t="s">
         <v>944</v>
       </c>
       <c r="D542" t="s">
         <v>1492</v>
       </c>
       <c r="E542">
         <v>2</v>
       </c>
       <c r="F542" t="s">
         <v>16</v>
       </c>
       <c r="G542" t="s">
         <v>17</v>
       </c>
       <c r="H542">
         <v>10</v>
       </c>
       <c r="I542">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K542" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" t="s">
         <v>1494</v>
       </c>
       <c r="B543" t="s">
         <v>13</v>
       </c>
       <c r="C543" t="s">
         <v>944</v>
       </c>
       <c r="D543" t="s">
         <v>1495</v>
       </c>
       <c r="E543">
         <v>2</v>
       </c>
       <c r="F543" t="s">
         <v>16</v>
       </c>
       <c r="G543" t="s">
         <v>17</v>
       </c>
       <c r="H543">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I543">
         <v>0</v>
       </c>
       <c r="K543" t="s">
         <v>1496</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" t="s">
         <v>1497</v>
       </c>
       <c r="B544" t="s">
         <v>13</v>
       </c>
       <c r="C544" t="s">
         <v>944</v>
       </c>
       <c r="D544" t="s">
         <v>1498</v>
       </c>
       <c r="E544">
         <v>2</v>
       </c>
       <c r="F544" t="s">
@@ -31494,179 +31494,179 @@
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" t="s">
         <v>1500</v>
       </c>
       <c r="B545" t="s">
         <v>13</v>
       </c>
       <c r="C545" t="s">
         <v>944</v>
       </c>
       <c r="D545" t="s">
         <v>1501</v>
       </c>
       <c r="E545">
         <v>2</v>
       </c>
       <c r="F545" t="s">
         <v>16</v>
       </c>
       <c r="G545" t="s">
         <v>17</v>
       </c>
       <c r="H545">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I545">
         <v>0</v>
       </c>
       <c r="K545" t="s">
         <v>1502</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" t="s">
         <v>1503</v>
       </c>
       <c r="B546" t="s">
         <v>13</v>
       </c>
       <c r="C546" t="s">
         <v>944</v>
       </c>
       <c r="D546" t="s">
         <v>1504</v>
       </c>
       <c r="E546">
         <v>2</v>
       </c>
       <c r="F546" t="s">
         <v>16</v>
       </c>
       <c r="G546" t="s">
         <v>17</v>
       </c>
       <c r="H546">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I546">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="K546" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="547" spans="1:11">
       <c r="A547" t="s">
         <v>1506</v>
       </c>
       <c r="B547" t="s">
         <v>13</v>
       </c>
       <c r="C547" t="s">
         <v>944</v>
       </c>
       <c r="D547" t="s">
         <v>1507</v>
       </c>
       <c r="E547">
         <v>2</v>
       </c>
       <c r="F547" t="s">
         <v>16</v>
       </c>
       <c r="G547" t="s">
         <v>17</v>
       </c>
       <c r="H547">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I547">
         <v>0</v>
       </c>
       <c r="K547" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="548" spans="1:11">
       <c r="A548" t="s">
         <v>1509</v>
       </c>
       <c r="B548" t="s">
         <v>13</v>
       </c>
       <c r="C548" t="s">
         <v>944</v>
       </c>
       <c r="D548" t="s">
         <v>1510</v>
       </c>
       <c r="E548">
         <v>2</v>
       </c>
       <c r="F548" t="s">
         <v>16</v>
       </c>
       <c r="G548" t="s">
         <v>17</v>
       </c>
       <c r="H548">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I548">
         <v>0</v>
       </c>
       <c r="K548" t="s">
         <v>1511</v>
       </c>
     </row>
     <row r="549" spans="1:11">
       <c r="A549" t="s">
         <v>1512</v>
       </c>
       <c r="B549" t="s">
         <v>13</v>
       </c>
       <c r="C549" t="s">
         <v>944</v>
       </c>
       <c r="D549" t="s">
         <v>1513</v>
       </c>
       <c r="E549">
         <v>2</v>
       </c>
       <c r="F549" t="s">
         <v>16</v>
       </c>
       <c r="G549" t="s">
         <v>17</v>
       </c>
       <c r="H549">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I549">
         <v>0</v>
       </c>
       <c r="K549" t="s">
         <v>1514</v>
       </c>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" t="s">
         <v>1515</v>
       </c>
       <c r="B550" t="s">
         <v>13</v>
       </c>
       <c r="C550" t="s">
         <v>944</v>
       </c>
       <c r="D550" t="s">
         <v>1516</v>
       </c>
       <c r="E550">
         <v>2</v>
       </c>
       <c r="F550" t="s">
@@ -31686,179 +31686,179 @@
       </c>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" t="s">
         <v>1518</v>
       </c>
       <c r="B551" t="s">
         <v>13</v>
       </c>
       <c r="C551" t="s">
         <v>944</v>
       </c>
       <c r="D551" t="s">
         <v>1519</v>
       </c>
       <c r="E551">
         <v>2</v>
       </c>
       <c r="F551" t="s">
         <v>16</v>
       </c>
       <c r="G551" t="s">
         <v>17</v>
       </c>
       <c r="H551">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I551">
         <v>0</v>
       </c>
       <c r="K551" t="s">
         <v>1520</v>
       </c>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" t="s">
         <v>1521</v>
       </c>
       <c r="B552" t="s">
         <v>13</v>
       </c>
       <c r="C552" t="s">
         <v>944</v>
       </c>
       <c r="D552" t="s">
         <v>1522</v>
       </c>
       <c r="E552">
         <v>2</v>
       </c>
       <c r="F552" t="s">
         <v>16</v>
       </c>
       <c r="G552" t="s">
         <v>17</v>
       </c>
       <c r="H552">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I552">
         <v>0</v>
       </c>
       <c r="K552" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="553" spans="1:11">
       <c r="A553" t="s">
         <v>1524</v>
       </c>
       <c r="B553" t="s">
         <v>13</v>
       </c>
       <c r="C553" t="s">
         <v>944</v>
       </c>
       <c r="D553" t="s">
         <v>1525</v>
       </c>
       <c r="E553">
         <v>2</v>
       </c>
       <c r="F553" t="s">
         <v>16</v>
       </c>
       <c r="G553" t="s">
         <v>17</v>
       </c>
       <c r="H553">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I553">
         <v>0</v>
       </c>
       <c r="K553" t="s">
         <v>1526</v>
       </c>
     </row>
     <row r="554" spans="1:11">
       <c r="A554" t="s">
         <v>1527</v>
       </c>
       <c r="B554" t="s">
         <v>13</v>
       </c>
       <c r="C554" t="s">
         <v>944</v>
       </c>
       <c r="D554" t="s">
         <v>1528</v>
       </c>
       <c r="E554">
         <v>2</v>
       </c>
       <c r="F554" t="s">
         <v>16</v>
       </c>
       <c r="G554" t="s">
         <v>17</v>
       </c>
       <c r="H554">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I554">
         <v>0</v>
       </c>
       <c r="K554" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" t="s">
         <v>1530</v>
       </c>
       <c r="B555" t="s">
         <v>13</v>
       </c>
       <c r="C555" t="s">
         <v>944</v>
       </c>
       <c r="D555" t="s">
         <v>1531</v>
       </c>
       <c r="E555">
         <v>2</v>
       </c>
       <c r="F555" t="s">
         <v>16</v>
       </c>
       <c r="G555" t="s">
         <v>17</v>
       </c>
       <c r="H555">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I555">
         <v>0</v>
       </c>
       <c r="K555" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" t="s">
         <v>1533</v>
       </c>
       <c r="B556" t="s">
         <v>13</v>
       </c>
       <c r="C556" t="s">
         <v>944</v>
       </c>
       <c r="D556" t="s">
         <v>1534</v>
       </c>
       <c r="E556">
         <v>2</v>
       </c>
       <c r="F556" t="s">
@@ -31910,51 +31910,51 @@
       </c>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" t="s">
         <v>1539</v>
       </c>
       <c r="B558" t="s">
         <v>13</v>
       </c>
       <c r="C558" t="s">
         <v>944</v>
       </c>
       <c r="D558" t="s">
         <v>1540</v>
       </c>
       <c r="E558">
         <v>2</v>
       </c>
       <c r="F558" t="s">
         <v>16</v>
       </c>
       <c r="G558" t="s">
         <v>17</v>
       </c>
       <c r="H558">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I558">
         <v>0</v>
       </c>
       <c r="K558" t="s">
         <v>1541</v>
       </c>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" t="s">
         <v>1542</v>
       </c>
       <c r="B559" t="s">
         <v>13</v>
       </c>
       <c r="C559" t="s">
         <v>944</v>
       </c>
       <c r="D559" t="s">
         <v>1543</v>
       </c>
       <c r="E559">
         <v>2</v>
       </c>
       <c r="F559" t="s">
@@ -31974,83 +31974,83 @@
       </c>
     </row>
     <row r="560" spans="1:11">
       <c r="A560" t="s">
         <v>1545</v>
       </c>
       <c r="B560" t="s">
         <v>13</v>
       </c>
       <c r="C560" t="s">
         <v>944</v>
       </c>
       <c r="D560" t="s">
         <v>1546</v>
       </c>
       <c r="E560">
         <v>2</v>
       </c>
       <c r="F560" t="s">
         <v>16</v>
       </c>
       <c r="G560" t="s">
         <v>17</v>
       </c>
       <c r="H560">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I560">
         <v>0</v>
       </c>
       <c r="K560" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="561" spans="1:11">
       <c r="A561" t="s">
         <v>1548</v>
       </c>
       <c r="B561" t="s">
         <v>13</v>
       </c>
       <c r="C561" t="s">
         <v>944</v>
       </c>
       <c r="D561" t="s">
         <v>1549</v>
       </c>
       <c r="E561">
         <v>2</v>
       </c>
       <c r="F561" t="s">
         <v>16</v>
       </c>
       <c r="G561" t="s">
         <v>17</v>
       </c>
       <c r="H561">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="I561">
         <v>0</v>
       </c>
       <c r="K561" t="s">
         <v>1550</v>
       </c>
     </row>
     <row r="562" spans="1:11">
       <c r="A562" t="s">
         <v>1551</v>
       </c>
       <c r="B562" t="s">
         <v>13</v>
       </c>
       <c r="C562" t="s">
         <v>944</v>
       </c>
       <c r="D562" t="s">
         <v>1552</v>
       </c>
       <c r="E562">
         <v>2</v>
       </c>
       <c r="F562" t="s">
@@ -32102,51 +32102,51 @@
       </c>
     </row>
     <row r="564" spans="1:11">
       <c r="A564" t="s">
         <v>799</v>
       </c>
       <c r="B564" t="s">
         <v>13</v>
       </c>
       <c r="C564" t="s">
         <v>944</v>
       </c>
       <c r="D564" t="s">
         <v>1557</v>
       </c>
       <c r="E564">
         <v>2</v>
       </c>
       <c r="F564" t="s">
         <v>16</v>
       </c>
       <c r="G564" t="s">
         <v>17</v>
       </c>
       <c r="H564">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I564">
         <v>0</v>
       </c>
       <c r="K564" t="s">
         <v>1558</v>
       </c>
     </row>
     <row r="565" spans="1:11">
       <c r="A565" t="s">
         <v>1559</v>
       </c>
       <c r="B565" t="s">
         <v>13</v>
       </c>
       <c r="C565" t="s">
         <v>944</v>
       </c>
       <c r="D565" t="s">
         <v>1560</v>
       </c>
       <c r="E565">
         <v>2</v>
       </c>
       <c r="F565" t="s">
@@ -32198,435 +32198,435 @@
       </c>
     </row>
     <row r="567" spans="1:11">
       <c r="A567" t="s">
         <v>1565</v>
       </c>
       <c r="B567" t="s">
         <v>13</v>
       </c>
       <c r="C567" t="s">
         <v>944</v>
       </c>
       <c r="D567" t="s">
         <v>1566</v>
       </c>
       <c r="E567">
         <v>2</v>
       </c>
       <c r="F567" t="s">
         <v>16</v>
       </c>
       <c r="G567" t="s">
         <v>17</v>
       </c>
       <c r="H567">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I567">
         <v>0</v>
       </c>
       <c r="K567" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="568" spans="1:11">
       <c r="A568" t="s">
         <v>1568</v>
       </c>
       <c r="B568" t="s">
         <v>13</v>
       </c>
       <c r="C568" t="s">
         <v>944</v>
       </c>
       <c r="D568" t="s">
         <v>1569</v>
       </c>
       <c r="E568">
         <v>2</v>
       </c>
       <c r="F568" t="s">
         <v>16</v>
       </c>
       <c r="G568" t="s">
         <v>17</v>
       </c>
       <c r="H568">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I568">
         <v>0</v>
       </c>
       <c r="K568" t="s">
         <v>1570</v>
       </c>
     </row>
     <row r="569" spans="1:11">
       <c r="A569" t="s">
         <v>1571</v>
       </c>
       <c r="B569" t="s">
         <v>13</v>
       </c>
       <c r="C569" t="s">
         <v>944</v>
       </c>
       <c r="D569" t="s">
         <v>1572</v>
       </c>
       <c r="E569">
         <v>2</v>
       </c>
       <c r="F569" t="s">
         <v>16</v>
       </c>
       <c r="G569" t="s">
         <v>17</v>
       </c>
       <c r="H569">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I569">
         <v>0</v>
       </c>
       <c r="K569" t="s">
         <v>1573</v>
       </c>
     </row>
     <row r="570" spans="1:11">
       <c r="A570" t="s">
         <v>1574</v>
       </c>
       <c r="B570" t="s">
         <v>13</v>
       </c>
       <c r="C570" t="s">
         <v>944</v>
       </c>
       <c r="D570" t="s">
         <v>1575</v>
       </c>
       <c r="E570">
         <v>2</v>
       </c>
       <c r="F570" t="s">
         <v>16</v>
       </c>
       <c r="G570" t="s">
         <v>17</v>
       </c>
       <c r="H570">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I570">
         <v>0</v>
       </c>
       <c r="K570" t="s">
         <v>1576</v>
       </c>
     </row>
     <row r="571" spans="1:11">
       <c r="A571" t="s">
         <v>812</v>
       </c>
       <c r="B571" t="s">
         <v>13</v>
       </c>
       <c r="C571" t="s">
         <v>944</v>
       </c>
       <c r="D571" t="s">
         <v>1577</v>
       </c>
       <c r="E571">
         <v>2</v>
       </c>
       <c r="F571" t="s">
         <v>16</v>
       </c>
       <c r="G571" t="s">
         <v>17</v>
       </c>
       <c r="H571">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I571">
         <v>0</v>
       </c>
       <c r="K571" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="572" spans="1:11">
       <c r="A572" t="s">
         <v>1579</v>
       </c>
       <c r="B572" t="s">
         <v>13</v>
       </c>
       <c r="C572" t="s">
         <v>944</v>
       </c>
       <c r="D572" t="s">
         <v>1580</v>
       </c>
       <c r="E572">
         <v>2</v>
       </c>
       <c r="F572" t="s">
         <v>16</v>
       </c>
       <c r="G572" t="s">
         <v>17</v>
       </c>
       <c r="H572">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I572">
         <v>0</v>
       </c>
       <c r="K572" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="573" spans="1:11">
       <c r="A573" t="s">
         <v>1582</v>
       </c>
       <c r="B573" t="s">
         <v>13</v>
       </c>
       <c r="C573" t="s">
         <v>944</v>
       </c>
       <c r="D573" t="s">
         <v>1583</v>
       </c>
       <c r="E573">
         <v>2</v>
       </c>
       <c r="F573" t="s">
         <v>16</v>
       </c>
       <c r="G573" t="s">
         <v>17</v>
       </c>
       <c r="H573">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I573">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K573" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="574" spans="1:11">
       <c r="A574" t="s">
         <v>1585</v>
       </c>
       <c r="B574" t="s">
         <v>13</v>
       </c>
       <c r="C574" t="s">
         <v>944</v>
       </c>
       <c r="D574" t="s">
         <v>1586</v>
       </c>
       <c r="E574">
         <v>2</v>
       </c>
       <c r="F574" t="s">
         <v>16</v>
       </c>
       <c r="G574" t="s">
         <v>17</v>
       </c>
       <c r="H574">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I574">
         <v>0</v>
       </c>
       <c r="K574" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="575" spans="1:11">
       <c r="A575" t="s">
         <v>1588</v>
       </c>
       <c r="B575" t="s">
         <v>13</v>
       </c>
       <c r="C575" t="s">
         <v>944</v>
       </c>
       <c r="D575" t="s">
         <v>1589</v>
       </c>
       <c r="E575">
         <v>2</v>
       </c>
       <c r="F575" t="s">
         <v>16</v>
       </c>
       <c r="G575" t="s">
         <v>17</v>
       </c>
       <c r="H575">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I575">
         <v>0</v>
       </c>
       <c r="K575" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="576" spans="1:11">
       <c r="A576" t="s">
         <v>560</v>
       </c>
       <c r="B576" t="s">
         <v>13</v>
       </c>
       <c r="C576" t="s">
         <v>944</v>
       </c>
       <c r="D576" t="s">
         <v>1591</v>
       </c>
       <c r="E576">
         <v>2</v>
       </c>
       <c r="F576" t="s">
         <v>16</v>
       </c>
       <c r="G576" t="s">
         <v>17</v>
       </c>
       <c r="H576">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I576">
-        <v>2.5</v>
+        <v>27.5</v>
       </c>
       <c r="K576" t="s">
         <v>1592</v>
       </c>
     </row>
     <row r="577" spans="1:11">
       <c r="A577" t="s">
         <v>1593</v>
       </c>
       <c r="B577" t="s">
         <v>13</v>
       </c>
       <c r="C577" t="s">
         <v>944</v>
       </c>
       <c r="D577" t="s">
         <v>1594</v>
       </c>
       <c r="E577">
         <v>2</v>
       </c>
       <c r="F577" t="s">
         <v>16</v>
       </c>
       <c r="G577" t="s">
         <v>17</v>
       </c>
       <c r="H577">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I577">
         <v>0</v>
       </c>
       <c r="K577" t="s">
         <v>1595</v>
       </c>
     </row>
     <row r="578" spans="1:11">
       <c r="A578" t="s">
         <v>1596</v>
       </c>
       <c r="B578" t="s">
         <v>13</v>
       </c>
       <c r="C578" t="s">
         <v>944</v>
       </c>
       <c r="D578" t="s">
         <v>1597</v>
       </c>
       <c r="E578">
         <v>2</v>
       </c>
       <c r="F578" t="s">
         <v>16</v>
       </c>
       <c r="G578" t="s">
         <v>17</v>
       </c>
       <c r="H578">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I578">
         <v>0</v>
       </c>
       <c r="K578" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="579" spans="1:11">
       <c r="A579" t="s">
         <v>1599</v>
       </c>
       <c r="B579" t="s">
         <v>13</v>
       </c>
       <c r="C579" t="s">
         <v>944</v>
       </c>
       <c r="D579" t="s">
         <v>1600</v>
       </c>
       <c r="E579">
         <v>2</v>
       </c>
       <c r="F579" t="s">
         <v>16</v>
       </c>
       <c r="G579" t="s">
         <v>17</v>
       </c>
       <c r="H579">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I579">
         <v>0</v>
       </c>
       <c r="K579" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="580" spans="1:11">
       <c r="A580" t="s">
         <v>1602</v>
       </c>
       <c r="B580" t="s">
         <v>13</v>
       </c>
       <c r="C580" t="s">
         <v>944</v>
       </c>
       <c r="D580" t="s">
         <v>1603</v>
       </c>
       <c r="E580">
         <v>2</v>
       </c>
       <c r="F580" t="s">
@@ -32678,275 +32678,275 @@
       </c>
     </row>
     <row r="582" spans="1:11">
       <c r="A582" t="s">
         <v>1608</v>
       </c>
       <c r="B582" t="s">
         <v>13</v>
       </c>
       <c r="C582" t="s">
         <v>944</v>
       </c>
       <c r="D582" t="s">
         <v>1609</v>
       </c>
       <c r="E582">
         <v>2</v>
       </c>
       <c r="F582" t="s">
         <v>16</v>
       </c>
       <c r="G582" t="s">
         <v>17</v>
       </c>
       <c r="H582">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I582">
         <v>0</v>
       </c>
       <c r="K582" t="s">
         <v>1610</v>
       </c>
     </row>
     <row r="583" spans="1:11">
       <c r="A583" t="s">
         <v>823</v>
       </c>
       <c r="B583" t="s">
         <v>13</v>
       </c>
       <c r="C583" t="s">
         <v>944</v>
       </c>
       <c r="D583" t="s">
         <v>1611</v>
       </c>
       <c r="E583">
         <v>2</v>
       </c>
       <c r="F583" t="s">
         <v>16</v>
       </c>
       <c r="G583" t="s">
         <v>17</v>
       </c>
       <c r="H583">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I583">
         <v>0</v>
       </c>
       <c r="K583" t="s">
         <v>1612</v>
       </c>
     </row>
     <row r="584" spans="1:11">
       <c r="A584" t="s">
         <v>1613</v>
       </c>
       <c r="B584" t="s">
         <v>13</v>
       </c>
       <c r="C584" t="s">
         <v>944</v>
       </c>
       <c r="D584" t="s">
         <v>1614</v>
       </c>
       <c r="E584">
         <v>2</v>
       </c>
       <c r="F584" t="s">
         <v>16</v>
       </c>
       <c r="G584" t="s">
         <v>17</v>
       </c>
       <c r="H584">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="I584">
         <v>0</v>
       </c>
       <c r="K584" t="s">
         <v>1615</v>
       </c>
     </row>
     <row r="585" spans="1:11">
       <c r="A585" t="s">
         <v>1616</v>
       </c>
       <c r="B585" t="s">
         <v>13</v>
       </c>
       <c r="C585" t="s">
         <v>944</v>
       </c>
       <c r="D585" t="s">
         <v>1617</v>
       </c>
       <c r="E585">
         <v>2</v>
       </c>
       <c r="F585" t="s">
         <v>16</v>
       </c>
       <c r="G585" t="s">
         <v>17</v>
       </c>
       <c r="H585">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I585">
         <v>0</v>
       </c>
       <c r="K585" t="s">
         <v>1618</v>
       </c>
     </row>
     <row r="586" spans="1:11">
       <c r="A586" t="s">
         <v>1619</v>
       </c>
       <c r="B586" t="s">
         <v>13</v>
       </c>
       <c r="C586" t="s">
         <v>944</v>
       </c>
       <c r="D586" t="s">
         <v>1620</v>
       </c>
       <c r="E586">
         <v>2</v>
       </c>
       <c r="F586" t="s">
         <v>16</v>
       </c>
       <c r="G586" t="s">
         <v>17</v>
       </c>
       <c r="H586">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I586">
         <v>0</v>
       </c>
       <c r="K586" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="587" spans="1:11">
       <c r="A587" t="s">
         <v>1622</v>
       </c>
       <c r="B587" t="s">
         <v>13</v>
       </c>
       <c r="C587" t="s">
         <v>944</v>
       </c>
       <c r="D587" t="s">
         <v>1623</v>
       </c>
       <c r="E587">
         <v>2</v>
       </c>
       <c r="F587" t="s">
         <v>16</v>
       </c>
       <c r="G587" t="s">
         <v>17</v>
       </c>
       <c r="H587">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I587">
         <v>0</v>
       </c>
       <c r="K587" t="s">
         <v>1624</v>
       </c>
     </row>
     <row r="588" spans="1:11">
       <c r="A588" t="s">
         <v>826</v>
       </c>
       <c r="B588" t="s">
         <v>13</v>
       </c>
       <c r="C588" t="s">
         <v>944</v>
       </c>
       <c r="D588" t="s">
         <v>1625</v>
       </c>
       <c r="E588">
         <v>2</v>
       </c>
       <c r="F588" t="s">
         <v>16</v>
       </c>
       <c r="G588" t="s">
         <v>17</v>
       </c>
       <c r="H588">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="I588">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K588" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="589" spans="1:11">
       <c r="A589" t="s">
         <v>1627</v>
       </c>
       <c r="B589" t="s">
         <v>13</v>
       </c>
       <c r="C589" t="s">
         <v>944</v>
       </c>
       <c r="D589" t="s">
         <v>1628</v>
       </c>
       <c r="E589">
         <v>2</v>
       </c>
       <c r="F589" t="s">
         <v>16</v>
       </c>
       <c r="G589" t="s">
         <v>17</v>
       </c>
       <c r="H589">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I589">
         <v>0</v>
       </c>
       <c r="K589" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="590" spans="1:11">
       <c r="A590" t="s">
         <v>1630</v>
       </c>
       <c r="B590" t="s">
         <v>13</v>
       </c>
       <c r="C590" t="s">
         <v>944</v>
       </c>
       <c r="D590" t="s">
         <v>1631</v>
       </c>
       <c r="E590">
         <v>2</v>
       </c>
       <c r="F590" t="s">
@@ -32966,243 +32966,243 @@
       </c>
     </row>
     <row r="591" spans="1:11">
       <c r="A591" t="s">
         <v>1633</v>
       </c>
       <c r="B591" t="s">
         <v>13</v>
       </c>
       <c r="C591" t="s">
         <v>944</v>
       </c>
       <c r="D591" t="s">
         <v>1634</v>
       </c>
       <c r="E591">
         <v>2</v>
       </c>
       <c r="F591" t="s">
         <v>16</v>
       </c>
       <c r="G591" t="s">
         <v>17</v>
       </c>
       <c r="H591">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="I591">
         <v>0</v>
       </c>
       <c r="K591" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="592" spans="1:11">
       <c r="A592" t="s">
         <v>1636</v>
       </c>
       <c r="B592" t="s">
         <v>13</v>
       </c>
       <c r="C592" t="s">
         <v>944</v>
       </c>
       <c r="D592" t="s">
         <v>1637</v>
       </c>
       <c r="E592">
         <v>2</v>
       </c>
       <c r="F592" t="s">
         <v>16</v>
       </c>
       <c r="G592" t="s">
         <v>17</v>
       </c>
       <c r="H592">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I592">
         <v>0</v>
       </c>
       <c r="K592" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="593" spans="1:11">
       <c r="A593" t="s">
         <v>1639</v>
       </c>
       <c r="B593" t="s">
         <v>13</v>
       </c>
       <c r="C593" t="s">
         <v>944</v>
       </c>
       <c r="D593" t="s">
         <v>1640</v>
       </c>
       <c r="E593">
         <v>2</v>
       </c>
       <c r="F593" t="s">
         <v>16</v>
       </c>
       <c r="G593" t="s">
         <v>17</v>
       </c>
       <c r="H593">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I593">
         <v>0</v>
       </c>
       <c r="K593" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="594" spans="1:11">
       <c r="A594" t="s">
         <v>1642</v>
       </c>
       <c r="B594" t="s">
         <v>13</v>
       </c>
       <c r="C594" t="s">
         <v>944</v>
       </c>
       <c r="D594" t="s">
         <v>1643</v>
       </c>
       <c r="E594">
         <v>2</v>
       </c>
       <c r="F594" t="s">
         <v>16</v>
       </c>
       <c r="G594" t="s">
         <v>17</v>
       </c>
       <c r="H594">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I594">
         <v>0</v>
       </c>
       <c r="K594" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="595" spans="1:11">
       <c r="A595" t="s">
         <v>835</v>
       </c>
       <c r="B595" t="s">
         <v>13</v>
       </c>
       <c r="C595" t="s">
         <v>944</v>
       </c>
       <c r="D595" t="s">
         <v>1645</v>
       </c>
       <c r="E595">
         <v>2</v>
       </c>
       <c r="F595" t="s">
         <v>16</v>
       </c>
       <c r="G595" t="s">
         <v>17</v>
       </c>
       <c r="H595">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I595">
         <v>0</v>
       </c>
       <c r="K595" t="s">
         <v>1646</v>
       </c>
     </row>
     <row r="596" spans="1:11">
       <c r="A596" t="s">
         <v>1647</v>
       </c>
       <c r="B596" t="s">
         <v>13</v>
       </c>
       <c r="C596" t="s">
         <v>944</v>
       </c>
       <c r="D596" t="s">
         <v>1648</v>
       </c>
       <c r="E596">
         <v>2</v>
       </c>
       <c r="F596" t="s">
         <v>16</v>
       </c>
       <c r="G596" t="s">
         <v>17</v>
       </c>
       <c r="H596">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I596">
         <v>0</v>
       </c>
       <c r="K596" t="s">
         <v>1649</v>
       </c>
     </row>
     <row r="597" spans="1:11">
       <c r="A597" t="s">
         <v>1650</v>
       </c>
       <c r="B597" t="s">
         <v>13</v>
       </c>
       <c r="C597" t="s">
         <v>944</v>
       </c>
       <c r="D597" t="s">
         <v>1651</v>
       </c>
       <c r="E597">
         <v>2</v>
       </c>
       <c r="F597" t="s">
         <v>16</v>
       </c>
       <c r="G597" t="s">
         <v>17</v>
       </c>
       <c r="H597">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I597">
         <v>0</v>
       </c>
       <c r="K597" t="s">
         <v>1652</v>
       </c>
     </row>
     <row r="598" spans="1:11">
       <c r="A598" t="s">
         <v>668</v>
       </c>
       <c r="B598" t="s">
         <v>13</v>
       </c>
       <c r="C598" t="s">
         <v>944</v>
       </c>
       <c r="D598" t="s">
         <v>1653</v>
       </c>
       <c r="E598">
         <v>2</v>
       </c>
       <c r="F598" t="s">
@@ -33222,147 +33222,147 @@
       </c>
     </row>
     <row r="599" spans="1:11">
       <c r="A599" t="s">
         <v>1655</v>
       </c>
       <c r="B599" t="s">
         <v>13</v>
       </c>
       <c r="C599" t="s">
         <v>944</v>
       </c>
       <c r="D599" t="s">
         <v>1656</v>
       </c>
       <c r="E599">
         <v>2</v>
       </c>
       <c r="F599" t="s">
         <v>16</v>
       </c>
       <c r="G599" t="s">
         <v>17</v>
       </c>
       <c r="H599">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I599">
         <v>0</v>
       </c>
       <c r="K599" t="s">
         <v>1657</v>
       </c>
     </row>
     <row r="600" spans="1:11">
       <c r="A600" t="s">
         <v>1658</v>
       </c>
       <c r="B600" t="s">
         <v>13</v>
       </c>
       <c r="C600" t="s">
         <v>944</v>
       </c>
       <c r="D600" t="s">
         <v>1659</v>
       </c>
       <c r="E600">
         <v>2</v>
       </c>
       <c r="F600" t="s">
         <v>16</v>
       </c>
       <c r="G600" t="s">
         <v>17</v>
       </c>
       <c r="H600">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="I600">
         <v>0</v>
       </c>
       <c r="K600" t="s">
         <v>1660</v>
       </c>
     </row>
     <row r="601" spans="1:11">
       <c r="A601" t="s">
         <v>1661</v>
       </c>
       <c r="B601" t="s">
         <v>13</v>
       </c>
       <c r="C601" t="s">
         <v>944</v>
       </c>
       <c r="D601" t="s">
         <v>1662</v>
       </c>
       <c r="E601">
         <v>2</v>
       </c>
       <c r="F601" t="s">
         <v>16</v>
       </c>
       <c r="G601" t="s">
         <v>17</v>
       </c>
       <c r="H601">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I601">
         <v>0</v>
       </c>
       <c r="K601" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="602" spans="1:11">
       <c r="A602" t="s">
         <v>1664</v>
       </c>
       <c r="B602" t="s">
         <v>13</v>
       </c>
       <c r="C602" t="s">
         <v>944</v>
       </c>
       <c r="D602" t="s">
         <v>1665</v>
       </c>
       <c r="E602">
         <v>2</v>
       </c>
       <c r="F602" t="s">
         <v>16</v>
       </c>
       <c r="G602" t="s">
         <v>17</v>
       </c>
       <c r="H602">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I602">
         <v>0</v>
       </c>
       <c r="K602" t="s">
         <v>1666</v>
       </c>
     </row>
     <row r="603" spans="1:11">
       <c r="A603" t="s">
         <v>1667</v>
       </c>
       <c r="B603" t="s">
         <v>13</v>
       </c>
       <c r="C603" t="s">
         <v>944</v>
       </c>
       <c r="D603" t="s">
         <v>1668</v>
       </c>
       <c r="E603">
         <v>2</v>
       </c>
       <c r="F603" t="s">
@@ -33382,51 +33382,51 @@
       </c>
     </row>
     <row r="604" spans="1:11">
       <c r="A604" t="s">
         <v>1670</v>
       </c>
       <c r="B604" t="s">
         <v>13</v>
       </c>
       <c r="C604" t="s">
         <v>944</v>
       </c>
       <c r="D604" t="s">
         <v>1671</v>
       </c>
       <c r="E604">
         <v>2</v>
       </c>
       <c r="F604" t="s">
         <v>16</v>
       </c>
       <c r="G604" t="s">
         <v>17</v>
       </c>
       <c r="H604">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I604">
         <v>0</v>
       </c>
       <c r="K604" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="605" spans="1:11">
       <c r="A605" t="s">
         <v>1673</v>
       </c>
       <c r="B605" t="s">
         <v>13</v>
       </c>
       <c r="C605" t="s">
         <v>944</v>
       </c>
       <c r="D605" t="s">
         <v>1674</v>
       </c>
       <c r="E605">
         <v>2</v>
       </c>
       <c r="F605" t="s">
@@ -33478,54 +33478,54 @@
       </c>
     </row>
     <row r="607" spans="1:11">
       <c r="A607" t="s">
         <v>1679</v>
       </c>
       <c r="B607" t="s">
         <v>13</v>
       </c>
       <c r="C607" t="s">
         <v>944</v>
       </c>
       <c r="D607" t="s">
         <v>1680</v>
       </c>
       <c r="E607">
         <v>2</v>
       </c>
       <c r="F607" t="s">
         <v>16</v>
       </c>
       <c r="G607" t="s">
         <v>17</v>
       </c>
       <c r="H607">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I607">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K607" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="608" spans="1:11">
       <c r="A608" t="s">
         <v>1682</v>
       </c>
       <c r="B608" t="s">
         <v>13</v>
       </c>
       <c r="C608" t="s">
         <v>944</v>
       </c>
       <c r="D608" t="s">
         <v>1683</v>
       </c>
       <c r="E608">
         <v>2</v>
       </c>
       <c r="F608" t="s">
         <v>16</v>
       </c>
       <c r="G608" t="s">
@@ -33542,54 +33542,54 @@
       </c>
     </row>
     <row r="609" spans="1:11">
       <c r="A609" t="s">
         <v>839</v>
       </c>
       <c r="B609" t="s">
         <v>13</v>
       </c>
       <c r="C609" t="s">
         <v>944</v>
       </c>
       <c r="D609" t="s">
         <v>1685</v>
       </c>
       <c r="E609">
         <v>2</v>
       </c>
       <c r="F609" t="s">
         <v>16</v>
       </c>
       <c r="G609" t="s">
         <v>17</v>
       </c>
       <c r="H609">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I609">
-        <v>41.9</v>
+        <v>15</v>
       </c>
       <c r="K609" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="610" spans="1:11">
       <c r="A610" t="s">
         <v>1687</v>
       </c>
       <c r="B610" t="s">
         <v>13</v>
       </c>
       <c r="C610" t="s">
         <v>944</v>
       </c>
       <c r="D610" t="s">
         <v>1688</v>
       </c>
       <c r="E610">
         <v>2</v>
       </c>
       <c r="F610" t="s">
         <v>16</v>
       </c>
       <c r="G610" t="s">
@@ -33606,54 +33606,54 @@
       </c>
     </row>
     <row r="611" spans="1:11">
       <c r="A611" t="s">
         <v>1690</v>
       </c>
       <c r="B611" t="s">
         <v>13</v>
       </c>
       <c r="C611" t="s">
         <v>944</v>
       </c>
       <c r="D611" t="s">
         <v>1691</v>
       </c>
       <c r="E611">
         <v>2</v>
       </c>
       <c r="F611" t="s">
         <v>16</v>
       </c>
       <c r="G611" t="s">
         <v>17</v>
       </c>
       <c r="H611">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I611">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K611" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="612" spans="1:11">
       <c r="A612" t="s">
         <v>1693</v>
       </c>
       <c r="B612" t="s">
         <v>13</v>
       </c>
       <c r="C612" t="s">
         <v>944</v>
       </c>
       <c r="D612" t="s">
         <v>1694</v>
       </c>
       <c r="E612">
         <v>2</v>
       </c>
       <c r="F612" t="s">
         <v>16</v>
       </c>
       <c r="G612" t="s">
@@ -33670,499 +33670,499 @@
       </c>
     </row>
     <row r="613" spans="1:11">
       <c r="A613" t="s">
         <v>1696</v>
       </c>
       <c r="B613" t="s">
         <v>13</v>
       </c>
       <c r="C613" t="s">
         <v>944</v>
       </c>
       <c r="D613" t="s">
         <v>1697</v>
       </c>
       <c r="E613">
         <v>2</v>
       </c>
       <c r="F613" t="s">
         <v>16</v>
       </c>
       <c r="G613" t="s">
         <v>17</v>
       </c>
       <c r="H613">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I613">
         <v>0</v>
       </c>
       <c r="K613" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="614" spans="1:11">
       <c r="A614" t="s">
         <v>1699</v>
       </c>
       <c r="B614" t="s">
         <v>13</v>
       </c>
       <c r="C614" t="s">
         <v>944</v>
       </c>
       <c r="D614" t="s">
         <v>1700</v>
       </c>
       <c r="E614">
         <v>2</v>
       </c>
       <c r="F614" t="s">
         <v>16</v>
       </c>
       <c r="G614" t="s">
         <v>17</v>
       </c>
       <c r="H614">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I614">
         <v>0</v>
       </c>
       <c r="K614" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="615" spans="1:11">
       <c r="A615" t="s">
         <v>1702</v>
       </c>
       <c r="B615" t="s">
         <v>13</v>
       </c>
       <c r="C615" t="s">
         <v>944</v>
       </c>
       <c r="D615" t="s">
         <v>1703</v>
       </c>
       <c r="E615">
         <v>2</v>
       </c>
       <c r="F615" t="s">
         <v>16</v>
       </c>
       <c r="G615" t="s">
         <v>17</v>
       </c>
       <c r="H615">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="I615">
         <v>0</v>
       </c>
       <c r="K615" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="616" spans="1:11">
       <c r="A616" t="s">
         <v>1705</v>
       </c>
       <c r="B616" t="s">
         <v>13</v>
       </c>
       <c r="C616" t="s">
         <v>944</v>
       </c>
       <c r="D616" t="s">
         <v>1706</v>
       </c>
       <c r="E616">
         <v>2</v>
       </c>
       <c r="F616" t="s">
         <v>16</v>
       </c>
       <c r="G616" t="s">
         <v>17</v>
       </c>
       <c r="H616">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I616">
         <v>0</v>
       </c>
       <c r="K616" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="617" spans="1:11">
       <c r="A617" t="s">
         <v>567</v>
       </c>
       <c r="B617" t="s">
         <v>13</v>
       </c>
       <c r="C617" t="s">
         <v>944</v>
       </c>
       <c r="D617" t="s">
         <v>1708</v>
       </c>
       <c r="E617">
         <v>2</v>
       </c>
       <c r="F617" t="s">
         <v>16</v>
       </c>
       <c r="G617" t="s">
         <v>17</v>
       </c>
       <c r="H617">
-        <v>4</v>
+        <v>56</v>
       </c>
       <c r="I617">
-        <v>65</v>
+        <v>30</v>
       </c>
       <c r="K617" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="618" spans="1:11">
       <c r="A618" t="s">
         <v>1710</v>
       </c>
       <c r="B618" t="s">
         <v>13</v>
       </c>
       <c r="C618" t="s">
         <v>944</v>
       </c>
       <c r="D618" t="s">
         <v>1711</v>
       </c>
       <c r="E618">
         <v>2</v>
       </c>
       <c r="F618" t="s">
         <v>16</v>
       </c>
       <c r="G618" t="s">
         <v>17</v>
       </c>
       <c r="H618">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="I618">
         <v>0</v>
       </c>
       <c r="K618" t="s">
         <v>1712</v>
       </c>
     </row>
     <row r="619" spans="1:11">
       <c r="A619" t="s">
         <v>1713</v>
       </c>
       <c r="B619" t="s">
         <v>13</v>
       </c>
       <c r="C619" t="s">
         <v>944</v>
       </c>
       <c r="D619" t="s">
         <v>1714</v>
       </c>
       <c r="E619">
         <v>2</v>
       </c>
       <c r="F619" t="s">
         <v>16</v>
       </c>
       <c r="G619" t="s">
         <v>17</v>
       </c>
       <c r="H619">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I619">
         <v>0</v>
       </c>
       <c r="K619" t="s">
         <v>1715</v>
       </c>
     </row>
     <row r="620" spans="1:11">
       <c r="A620" t="s">
         <v>1716</v>
       </c>
       <c r="B620" t="s">
         <v>13</v>
       </c>
       <c r="C620" t="s">
         <v>944</v>
       </c>
       <c r="D620" t="s">
         <v>1717</v>
       </c>
       <c r="E620">
         <v>2</v>
       </c>
       <c r="F620" t="s">
         <v>16</v>
       </c>
       <c r="G620" t="s">
         <v>17</v>
       </c>
       <c r="H620">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I620">
         <v>0</v>
       </c>
       <c r="K620" t="s">
         <v>1718</v>
       </c>
     </row>
     <row r="621" spans="1:11">
       <c r="A621" t="s">
         <v>1719</v>
       </c>
       <c r="B621" t="s">
         <v>13</v>
       </c>
       <c r="C621" t="s">
         <v>944</v>
       </c>
       <c r="D621" t="s">
         <v>1720</v>
       </c>
       <c r="E621">
         <v>2</v>
       </c>
       <c r="F621" t="s">
         <v>16</v>
       </c>
       <c r="G621" t="s">
         <v>17</v>
       </c>
       <c r="H621">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="I621">
         <v>0</v>
       </c>
       <c r="K621" t="s">
         <v>1721</v>
       </c>
     </row>
     <row r="622" spans="1:11">
       <c r="A622" t="s">
         <v>1722</v>
       </c>
       <c r="B622" t="s">
         <v>13</v>
       </c>
       <c r="C622" t="s">
         <v>944</v>
       </c>
       <c r="D622" t="s">
         <v>1723</v>
       </c>
       <c r="E622">
         <v>2</v>
       </c>
       <c r="F622" t="s">
         <v>16</v>
       </c>
       <c r="G622" t="s">
         <v>17</v>
       </c>
       <c r="H622">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I622">
         <v>0</v>
       </c>
       <c r="K622" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="623" spans="1:11">
       <c r="A623" t="s">
         <v>1725</v>
       </c>
       <c r="B623" t="s">
         <v>13</v>
       </c>
       <c r="C623" t="s">
         <v>944</v>
       </c>
       <c r="D623" t="s">
         <v>1726</v>
       </c>
       <c r="E623">
         <v>2</v>
       </c>
       <c r="F623" t="s">
         <v>16</v>
       </c>
       <c r="G623" t="s">
         <v>17</v>
       </c>
       <c r="H623">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I623">
         <v>0</v>
       </c>
       <c r="K623" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="624" spans="1:11">
       <c r="A624" t="s">
         <v>1728</v>
       </c>
       <c r="B624" t="s">
         <v>13</v>
       </c>
       <c r="C624" t="s">
         <v>944</v>
       </c>
       <c r="D624" t="s">
         <v>1729</v>
       </c>
       <c r="E624">
         <v>2</v>
       </c>
       <c r="F624" t="s">
         <v>16</v>
       </c>
       <c r="G624" t="s">
         <v>17</v>
       </c>
       <c r="H624">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I624">
         <v>0</v>
       </c>
       <c r="K624" t="s">
         <v>1730</v>
       </c>
     </row>
     <row r="625" spans="1:11">
       <c r="A625" t="s">
         <v>1731</v>
       </c>
       <c r="B625" t="s">
         <v>13</v>
       </c>
       <c r="C625" t="s">
         <v>944</v>
       </c>
       <c r="D625" t="s">
         <v>1732</v>
       </c>
       <c r="E625">
         <v>2</v>
       </c>
       <c r="F625" t="s">
         <v>16</v>
       </c>
       <c r="G625" t="s">
         <v>17</v>
       </c>
       <c r="H625">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I625">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K625" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="626" spans="1:11">
       <c r="A626" t="s">
         <v>846</v>
       </c>
       <c r="B626" t="s">
         <v>13</v>
       </c>
       <c r="C626" t="s">
         <v>944</v>
       </c>
       <c r="D626" t="s">
         <v>1734</v>
       </c>
       <c r="E626">
         <v>2</v>
       </c>
       <c r="F626" t="s">
         <v>16</v>
       </c>
       <c r="G626" t="s">
         <v>17</v>
       </c>
       <c r="H626">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I626">
         <v>0</v>
       </c>
       <c r="K626" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="627" spans="1:11">
       <c r="A627" t="s">
         <v>1736</v>
       </c>
       <c r="B627" t="s">
         <v>13</v>
       </c>
       <c r="C627" t="s">
         <v>944</v>
       </c>
       <c r="D627" t="s">
         <v>1737</v>
       </c>
       <c r="E627">
         <v>2</v>
       </c>
       <c r="F627" t="s">
         <v>16</v>
       </c>
       <c r="G627" t="s">
         <v>17</v>
       </c>
       <c r="H627">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I627">
         <v>0</v>
       </c>
       <c r="K627" t="s">
         <v>1738</v>
       </c>
     </row>
     <row r="628" spans="1:11">
       <c r="A628" t="s">
         <v>1739</v>
       </c>
       <c r="B628" t="s">
         <v>13</v>
       </c>
       <c r="C628" t="s">
         <v>944</v>
       </c>
       <c r="D628" t="s">
         <v>1740</v>
       </c>
       <c r="E628">
         <v>2</v>
       </c>
       <c r="F628" t="s">
@@ -34182,275 +34182,275 @@
       </c>
     </row>
     <row r="629" spans="1:11">
       <c r="A629" t="s">
         <v>1742</v>
       </c>
       <c r="B629" t="s">
         <v>13</v>
       </c>
       <c r="C629" t="s">
         <v>944</v>
       </c>
       <c r="D629" t="s">
         <v>1743</v>
       </c>
       <c r="E629">
         <v>2</v>
       </c>
       <c r="F629" t="s">
         <v>16</v>
       </c>
       <c r="G629" t="s">
         <v>17</v>
       </c>
       <c r="H629">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I629">
         <v>0</v>
       </c>
       <c r="K629" t="s">
         <v>1744</v>
       </c>
     </row>
     <row r="630" spans="1:11">
       <c r="A630" t="s">
         <v>1745</v>
       </c>
       <c r="B630" t="s">
         <v>13</v>
       </c>
       <c r="C630" t="s">
         <v>944</v>
       </c>
       <c r="D630" t="s">
         <v>1746</v>
       </c>
       <c r="E630">
         <v>2</v>
       </c>
       <c r="F630" t="s">
         <v>16</v>
       </c>
       <c r="G630" t="s">
         <v>17</v>
       </c>
       <c r="H630">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I630">
         <v>5</v>
       </c>
       <c r="K630" t="s">
         <v>1747</v>
       </c>
     </row>
     <row r="631" spans="1:11">
       <c r="A631" t="s">
         <v>1748</v>
       </c>
       <c r="B631" t="s">
         <v>13</v>
       </c>
       <c r="C631" t="s">
         <v>944</v>
       </c>
       <c r="D631" t="s">
         <v>1749</v>
       </c>
       <c r="E631">
         <v>2</v>
       </c>
       <c r="F631" t="s">
         <v>16</v>
       </c>
       <c r="G631" t="s">
         <v>17</v>
       </c>
       <c r="H631">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I631">
         <v>0</v>
       </c>
       <c r="K631" t="s">
         <v>1750</v>
       </c>
     </row>
     <row r="632" spans="1:11">
       <c r="A632" t="s">
         <v>1751</v>
       </c>
       <c r="B632" t="s">
         <v>13</v>
       </c>
       <c r="C632" t="s">
         <v>944</v>
       </c>
       <c r="D632" t="s">
         <v>1752</v>
       </c>
       <c r="E632">
         <v>2</v>
       </c>
       <c r="F632" t="s">
         <v>16</v>
       </c>
       <c r="G632" t="s">
         <v>17</v>
       </c>
       <c r="H632">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I632">
         <v>0</v>
       </c>
       <c r="K632" t="s">
         <v>1753</v>
       </c>
     </row>
     <row r="633" spans="1:11">
       <c r="A633" t="s">
         <v>1754</v>
       </c>
       <c r="B633" t="s">
         <v>13</v>
       </c>
       <c r="C633" t="s">
         <v>944</v>
       </c>
       <c r="D633" t="s">
         <v>1755</v>
       </c>
       <c r="E633">
         <v>2</v>
       </c>
       <c r="F633" t="s">
         <v>16</v>
       </c>
       <c r="G633" t="s">
         <v>17</v>
       </c>
       <c r="H633">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="I633">
         <v>0</v>
       </c>
       <c r="K633" t="s">
         <v>1756</v>
       </c>
     </row>
     <row r="634" spans="1:11">
       <c r="A634" t="s">
         <v>1757</v>
       </c>
       <c r="B634" t="s">
         <v>13</v>
       </c>
       <c r="C634" t="s">
         <v>944</v>
       </c>
       <c r="D634" t="s">
         <v>1758</v>
       </c>
       <c r="E634">
         <v>2</v>
       </c>
       <c r="F634" t="s">
         <v>16</v>
       </c>
       <c r="G634" t="s">
         <v>17</v>
       </c>
       <c r="H634">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I634">
         <v>0</v>
       </c>
       <c r="K634" t="s">
         <v>1759</v>
       </c>
     </row>
     <row r="635" spans="1:11">
       <c r="A635" t="s">
         <v>1760</v>
       </c>
       <c r="B635" t="s">
         <v>13</v>
       </c>
       <c r="C635" t="s">
         <v>944</v>
       </c>
       <c r="D635" t="s">
         <v>1761</v>
       </c>
       <c r="E635">
         <v>2</v>
       </c>
       <c r="F635" t="s">
         <v>16</v>
       </c>
       <c r="G635" t="s">
         <v>17</v>
       </c>
       <c r="H635">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I635">
         <v>0</v>
       </c>
       <c r="K635" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="636" spans="1:11">
       <c r="A636" t="s">
         <v>849</v>
       </c>
       <c r="B636" t="s">
         <v>13</v>
       </c>
       <c r="C636" t="s">
         <v>944</v>
       </c>
       <c r="D636" t="s">
         <v>1763</v>
       </c>
       <c r="E636">
         <v>2</v>
       </c>
       <c r="F636" t="s">
         <v>16</v>
       </c>
       <c r="G636" t="s">
         <v>17</v>
       </c>
       <c r="H636">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="I636">
         <v>0</v>
       </c>
       <c r="K636" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="637" spans="1:11">
       <c r="A637" t="s">
         <v>1765</v>
       </c>
       <c r="B637" t="s">
         <v>13</v>
       </c>
       <c r="C637" t="s">
         <v>944</v>
       </c>
       <c r="D637" t="s">
         <v>1766</v>
       </c>
       <c r="E637">
         <v>2</v>
       </c>
       <c r="F637" t="s">
@@ -34470,211 +34470,211 @@
       </c>
     </row>
     <row r="638" spans="1:11">
       <c r="A638" t="s">
         <v>689</v>
       </c>
       <c r="B638" t="s">
         <v>13</v>
       </c>
       <c r="C638" t="s">
         <v>944</v>
       </c>
       <c r="D638" t="s">
         <v>1768</v>
       </c>
       <c r="E638">
         <v>2</v>
       </c>
       <c r="F638" t="s">
         <v>16</v>
       </c>
       <c r="G638" t="s">
         <v>17</v>
       </c>
       <c r="H638">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I638">
         <v>0</v>
       </c>
       <c r="K638" t="s">
         <v>1769</v>
       </c>
     </row>
     <row r="639" spans="1:11">
       <c r="A639" t="s">
         <v>852</v>
       </c>
       <c r="B639" t="s">
         <v>13</v>
       </c>
       <c r="C639" t="s">
         <v>944</v>
       </c>
       <c r="D639" t="s">
         <v>1770</v>
       </c>
       <c r="E639">
         <v>2</v>
       </c>
       <c r="F639" t="s">
         <v>16</v>
       </c>
       <c r="G639" t="s">
         <v>17</v>
       </c>
       <c r="H639">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="I639">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K639" t="s">
         <v>1771</v>
       </c>
     </row>
     <row r="640" spans="1:11">
       <c r="A640" t="s">
         <v>692</v>
       </c>
       <c r="B640" t="s">
         <v>13</v>
       </c>
       <c r="C640" t="s">
         <v>944</v>
       </c>
       <c r="D640" t="s">
         <v>1772</v>
       </c>
       <c r="E640">
         <v>2</v>
       </c>
       <c r="F640" t="s">
         <v>16</v>
       </c>
       <c r="G640" t="s">
         <v>17</v>
       </c>
       <c r="H640">
-        <v>56</v>
+        <v>10</v>
       </c>
       <c r="I640">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K640" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="641" spans="1:11">
       <c r="A641" t="s">
         <v>857</v>
       </c>
       <c r="B641" t="s">
         <v>13</v>
       </c>
       <c r="C641" t="s">
         <v>944</v>
       </c>
       <c r="D641" t="s">
         <v>1774</v>
       </c>
       <c r="E641">
         <v>2</v>
       </c>
       <c r="F641" t="s">
         <v>16</v>
       </c>
       <c r="G641" t="s">
         <v>17</v>
       </c>
       <c r="H641">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="I641">
         <v>0</v>
       </c>
       <c r="K641" t="s">
         <v>1775</v>
       </c>
     </row>
     <row r="642" spans="1:11">
       <c r="A642" t="s">
         <v>1776</v>
       </c>
       <c r="B642" t="s">
         <v>13</v>
       </c>
       <c r="C642" t="s">
         <v>944</v>
       </c>
       <c r="D642" t="s">
         <v>1777</v>
       </c>
       <c r="E642">
         <v>2</v>
       </c>
       <c r="F642" t="s">
         <v>16</v>
       </c>
       <c r="G642" t="s">
         <v>17</v>
       </c>
       <c r="H642">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I642">
         <v>0</v>
       </c>
       <c r="K642" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="643" spans="1:11">
       <c r="A643" t="s">
         <v>1779</v>
       </c>
       <c r="B643" t="s">
         <v>13</v>
       </c>
       <c r="C643" t="s">
         <v>944</v>
       </c>
       <c r="D643" t="s">
         <v>1780</v>
       </c>
       <c r="E643">
         <v>2</v>
       </c>
       <c r="F643" t="s">
         <v>16</v>
       </c>
       <c r="G643" t="s">
         <v>17</v>
       </c>
       <c r="H643">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I643">
         <v>0</v>
       </c>
       <c r="K643" t="s">
         <v>1781</v>
       </c>
     </row>
     <row r="644" spans="1:11">
       <c r="A644" t="s">
         <v>1782</v>
       </c>
       <c r="B644" t="s">
         <v>13</v>
       </c>
       <c r="C644" t="s">
         <v>944</v>
       </c>
       <c r="D644" t="s">
         <v>1783</v>
       </c>
       <c r="E644">
         <v>2</v>
       </c>
       <c r="F644" t="s">
@@ -34694,83 +34694,83 @@
       </c>
     </row>
     <row r="645" spans="1:11">
       <c r="A645" t="s">
         <v>1785</v>
       </c>
       <c r="B645" t="s">
         <v>13</v>
       </c>
       <c r="C645" t="s">
         <v>944</v>
       </c>
       <c r="D645" t="s">
         <v>1786</v>
       </c>
       <c r="E645">
         <v>2</v>
       </c>
       <c r="F645" t="s">
         <v>16</v>
       </c>
       <c r="G645" t="s">
         <v>17</v>
       </c>
       <c r="H645">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I645">
         <v>0</v>
       </c>
       <c r="K645" t="s">
         <v>1787</v>
       </c>
     </row>
     <row r="646" spans="1:11">
       <c r="A646" t="s">
         <v>1788</v>
       </c>
       <c r="B646" t="s">
         <v>13</v>
       </c>
       <c r="C646" t="s">
         <v>944</v>
       </c>
       <c r="D646" t="s">
         <v>1789</v>
       </c>
       <c r="E646">
         <v>2</v>
       </c>
       <c r="F646" t="s">
         <v>16</v>
       </c>
       <c r="G646" t="s">
         <v>17</v>
       </c>
       <c r="H646">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I646">
         <v>0</v>
       </c>
       <c r="K646" t="s">
         <v>1790</v>
       </c>
     </row>
     <row r="647" spans="1:11">
       <c r="A647" t="s">
         <v>860</v>
       </c>
       <c r="B647" t="s">
         <v>13</v>
       </c>
       <c r="C647" t="s">
         <v>944</v>
       </c>
       <c r="D647" t="s">
         <v>1791</v>
       </c>
       <c r="E647">
         <v>2</v>
       </c>
       <c r="F647" t="s">
@@ -34790,150 +34790,150 @@
       </c>
     </row>
     <row r="648" spans="1:11">
       <c r="A648" t="s">
         <v>1793</v>
       </c>
       <c r="B648" t="s">
         <v>13</v>
       </c>
       <c r="C648" t="s">
         <v>944</v>
       </c>
       <c r="D648" t="s">
         <v>1794</v>
       </c>
       <c r="E648">
         <v>2</v>
       </c>
       <c r="F648" t="s">
         <v>16</v>
       </c>
       <c r="G648" t="s">
         <v>17</v>
       </c>
       <c r="H648">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I648">
         <v>0</v>
       </c>
       <c r="K648" t="s">
         <v>1795</v>
       </c>
     </row>
     <row r="649" spans="1:11">
       <c r="A649" t="s">
         <v>699</v>
       </c>
       <c r="B649" t="s">
         <v>13</v>
       </c>
       <c r="C649" t="s">
         <v>944</v>
       </c>
       <c r="D649" t="s">
         <v>1796</v>
       </c>
       <c r="E649">
         <v>2</v>
       </c>
       <c r="F649" t="s">
         <v>16</v>
       </c>
       <c r="G649" t="s">
         <v>17</v>
       </c>
       <c r="H649">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I649">
         <v>0</v>
       </c>
       <c r="K649" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="650" spans="1:11">
       <c r="A650" t="s">
         <v>1798</v>
       </c>
       <c r="B650" t="s">
         <v>13</v>
       </c>
       <c r="C650" t="s">
         <v>944</v>
       </c>
       <c r="D650" t="s">
         <v>1799</v>
       </c>
       <c r="E650">
         <v>2</v>
       </c>
       <c r="F650" t="s">
         <v>16</v>
       </c>
       <c r="G650" t="s">
         <v>17</v>
       </c>
       <c r="H650">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I650">
         <v>0</v>
       </c>
       <c r="K650" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="651" spans="1:11">
       <c r="A651" t="s">
         <v>867</v>
       </c>
       <c r="B651" t="s">
         <v>13</v>
       </c>
       <c r="C651" t="s">
         <v>944</v>
       </c>
       <c r="D651" t="s">
         <v>1801</v>
       </c>
       <c r="E651">
         <v>2</v>
       </c>
       <c r="F651" t="s">
         <v>16</v>
       </c>
       <c r="G651" t="s">
         <v>17</v>
       </c>
       <c r="H651">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I651">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K651" t="s">
         <v>1802</v>
       </c>
     </row>
     <row r="652" spans="1:11">
       <c r="A652" t="s">
         <v>702</v>
       </c>
       <c r="B652" t="s">
         <v>13</v>
       </c>
       <c r="C652" t="s">
         <v>944</v>
       </c>
       <c r="D652" t="s">
         <v>1803</v>
       </c>
       <c r="E652">
         <v>2</v>
       </c>
       <c r="F652" t="s">
         <v>16</v>
       </c>
       <c r="G652" t="s">
@@ -34950,179 +34950,179 @@
       </c>
     </row>
     <row r="653" spans="1:11">
       <c r="A653" t="s">
         <v>870</v>
       </c>
       <c r="B653" t="s">
         <v>13</v>
       </c>
       <c r="C653" t="s">
         <v>944</v>
       </c>
       <c r="D653" t="s">
         <v>1805</v>
       </c>
       <c r="E653">
         <v>2</v>
       </c>
       <c r="F653" t="s">
         <v>16</v>
       </c>
       <c r="G653" t="s">
         <v>17</v>
       </c>
       <c r="H653">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I653">
         <v>0</v>
       </c>
       <c r="K653" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="654" spans="1:11">
       <c r="A654" t="s">
         <v>1807</v>
       </c>
       <c r="B654" t="s">
         <v>13</v>
       </c>
       <c r="C654" t="s">
         <v>944</v>
       </c>
       <c r="D654" t="s">
         <v>1808</v>
       </c>
       <c r="E654">
         <v>2</v>
       </c>
       <c r="F654" t="s">
         <v>16</v>
       </c>
       <c r="G654" t="s">
         <v>17</v>
       </c>
       <c r="H654">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I654">
         <v>0</v>
       </c>
       <c r="K654" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="655" spans="1:11">
       <c r="A655" t="s">
         <v>1810</v>
       </c>
       <c r="B655" t="s">
         <v>13</v>
       </c>
       <c r="C655" t="s">
         <v>944</v>
       </c>
       <c r="D655" t="s">
         <v>1811</v>
       </c>
       <c r="E655">
         <v>2</v>
       </c>
       <c r="F655" t="s">
         <v>16</v>
       </c>
       <c r="G655" t="s">
         <v>17</v>
       </c>
       <c r="H655">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I655">
         <v>0</v>
       </c>
       <c r="K655" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="656" spans="1:11">
       <c r="A656" t="s">
         <v>1813</v>
       </c>
       <c r="B656" t="s">
         <v>13</v>
       </c>
       <c r="C656" t="s">
         <v>944</v>
       </c>
       <c r="D656" t="s">
         <v>1814</v>
       </c>
       <c r="E656">
         <v>2</v>
       </c>
       <c r="F656" t="s">
         <v>16</v>
       </c>
       <c r="G656" t="s">
         <v>17</v>
       </c>
       <c r="H656">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I656">
         <v>0</v>
       </c>
       <c r="K656" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="657" spans="1:11">
       <c r="A657" t="s">
         <v>1816</v>
       </c>
       <c r="B657" t="s">
         <v>13</v>
       </c>
       <c r="C657" t="s">
         <v>944</v>
       </c>
       <c r="D657" t="s">
         <v>1817</v>
       </c>
       <c r="E657">
         <v>2</v>
       </c>
       <c r="F657" t="s">
         <v>16</v>
       </c>
       <c r="G657" t="s">
         <v>17</v>
       </c>
       <c r="H657">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I657">
         <v>0</v>
       </c>
       <c r="K657" t="s">
         <v>1818</v>
       </c>
     </row>
     <row r="658" spans="1:11">
       <c r="A658" t="s">
         <v>1819</v>
       </c>
       <c r="B658" t="s">
         <v>13</v>
       </c>
       <c r="C658" t="s">
         <v>944</v>
       </c>
       <c r="D658" t="s">
         <v>1820</v>
       </c>
       <c r="E658">
         <v>2</v>
       </c>
       <c r="F658" t="s">
@@ -35174,147 +35174,147 @@
       </c>
     </row>
     <row r="660" spans="1:11">
       <c r="A660" t="s">
         <v>1825</v>
       </c>
       <c r="B660" t="s">
         <v>13</v>
       </c>
       <c r="C660" t="s">
         <v>944</v>
       </c>
       <c r="D660" t="s">
         <v>1826</v>
       </c>
       <c r="E660">
         <v>2</v>
       </c>
       <c r="F660" t="s">
         <v>16</v>
       </c>
       <c r="G660" t="s">
         <v>17</v>
       </c>
       <c r="H660">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I660">
         <v>0</v>
       </c>
       <c r="K660" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="661" spans="1:11">
       <c r="A661" t="s">
         <v>1828</v>
       </c>
       <c r="B661" t="s">
         <v>13</v>
       </c>
       <c r="C661" t="s">
         <v>944</v>
       </c>
       <c r="D661" t="s">
         <v>1829</v>
       </c>
       <c r="E661">
         <v>2</v>
       </c>
       <c r="F661" t="s">
         <v>16</v>
       </c>
       <c r="G661" t="s">
         <v>17</v>
       </c>
       <c r="H661">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I661">
         <v>0</v>
       </c>
       <c r="K661" t="s">
         <v>1830</v>
       </c>
     </row>
     <row r="662" spans="1:11">
       <c r="A662" t="s">
         <v>877</v>
       </c>
       <c r="B662" t="s">
         <v>13</v>
       </c>
       <c r="C662" t="s">
         <v>944</v>
       </c>
       <c r="D662" t="s">
         <v>1831</v>
       </c>
       <c r="E662">
         <v>2</v>
       </c>
       <c r="F662" t="s">
         <v>16</v>
       </c>
       <c r="G662" t="s">
         <v>17</v>
       </c>
       <c r="H662">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="I662">
         <v>0</v>
       </c>
       <c r="K662" t="s">
         <v>1832</v>
       </c>
     </row>
     <row r="663" spans="1:11">
       <c r="A663" t="s">
         <v>1833</v>
       </c>
       <c r="B663" t="s">
         <v>13</v>
       </c>
       <c r="C663" t="s">
         <v>944</v>
       </c>
       <c r="D663" t="s">
         <v>1834</v>
       </c>
       <c r="E663">
         <v>2</v>
       </c>
       <c r="F663" t="s">
         <v>16</v>
       </c>
       <c r="G663" t="s">
         <v>17</v>
       </c>
       <c r="H663">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I663">
         <v>0</v>
       </c>
       <c r="K663" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="664" spans="1:11">
       <c r="A664" t="s">
         <v>1836</v>
       </c>
       <c r="B664" t="s">
         <v>13</v>
       </c>
       <c r="C664" t="s">
         <v>944</v>
       </c>
       <c r="D664" t="s">
         <v>1837</v>
       </c>
       <c r="E664">
         <v>2</v>
       </c>
       <c r="F664" t="s">
@@ -35334,51 +35334,51 @@
       </c>
     </row>
     <row r="665" spans="1:11">
       <c r="A665" t="s">
         <v>1839</v>
       </c>
       <c r="B665" t="s">
         <v>13</v>
       </c>
       <c r="C665" t="s">
         <v>944</v>
       </c>
       <c r="D665" t="s">
         <v>1840</v>
       </c>
       <c r="E665">
         <v>2</v>
       </c>
       <c r="F665" t="s">
         <v>16</v>
       </c>
       <c r="G665" t="s">
         <v>17</v>
       </c>
       <c r="H665">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I665">
         <v>0</v>
       </c>
       <c r="K665" t="s">
         <v>1841</v>
       </c>
     </row>
     <row r="666" spans="1:11">
       <c r="A666" t="s">
         <v>1842</v>
       </c>
       <c r="B666" t="s">
         <v>13</v>
       </c>
       <c r="C666" t="s">
         <v>944</v>
       </c>
       <c r="D666" t="s">
         <v>1843</v>
       </c>
       <c r="E666">
         <v>2</v>
       </c>
       <c r="F666" t="s">
@@ -35398,211 +35398,211 @@
       </c>
     </row>
     <row r="667" spans="1:11">
       <c r="A667" t="s">
         <v>1845</v>
       </c>
       <c r="B667" t="s">
         <v>13</v>
       </c>
       <c r="C667" t="s">
         <v>944</v>
       </c>
       <c r="D667" t="s">
         <v>1846</v>
       </c>
       <c r="E667">
         <v>2</v>
       </c>
       <c r="F667" t="s">
         <v>16</v>
       </c>
       <c r="G667" t="s">
         <v>17</v>
       </c>
       <c r="H667">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I667">
         <v>0</v>
       </c>
       <c r="K667" t="s">
         <v>1847</v>
       </c>
     </row>
     <row r="668" spans="1:11">
       <c r="A668" t="s">
         <v>1848</v>
       </c>
       <c r="B668" t="s">
         <v>13</v>
       </c>
       <c r="C668" t="s">
         <v>944</v>
       </c>
       <c r="D668" t="s">
         <v>1849</v>
       </c>
       <c r="E668">
         <v>2</v>
       </c>
       <c r="F668" t="s">
         <v>16</v>
       </c>
       <c r="G668" t="s">
         <v>17</v>
       </c>
       <c r="H668">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I668">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K668" t="s">
         <v>1850</v>
       </c>
     </row>
     <row r="669" spans="1:11">
       <c r="A669" t="s">
         <v>531</v>
       </c>
       <c r="B669" t="s">
         <v>13</v>
       </c>
       <c r="C669" t="s">
         <v>944</v>
       </c>
       <c r="D669" t="s">
         <v>1851</v>
       </c>
       <c r="E669">
         <v>2</v>
       </c>
       <c r="F669" t="s">
         <v>16</v>
       </c>
       <c r="G669" t="s">
         <v>17</v>
       </c>
       <c r="H669">
         <v>10</v>
       </c>
       <c r="I669">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K669" t="s">
         <v>1852</v>
       </c>
     </row>
     <row r="670" spans="1:11">
       <c r="A670" t="s">
         <v>1853</v>
       </c>
       <c r="B670" t="s">
         <v>13</v>
       </c>
       <c r="C670" t="s">
         <v>944</v>
       </c>
       <c r="D670" t="s">
         <v>1854</v>
       </c>
       <c r="E670">
         <v>2</v>
       </c>
       <c r="F670" t="s">
         <v>16</v>
       </c>
       <c r="G670" t="s">
         <v>17</v>
       </c>
       <c r="H670">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I670">
         <v>0</v>
       </c>
       <c r="K670" t="s">
         <v>1855</v>
       </c>
     </row>
     <row r="671" spans="1:11">
       <c r="A671" t="s">
         <v>1856</v>
       </c>
       <c r="B671" t="s">
         <v>13</v>
       </c>
       <c r="C671" t="s">
         <v>944</v>
       </c>
       <c r="D671" t="s">
         <v>1857</v>
       </c>
       <c r="E671">
         <v>2</v>
       </c>
       <c r="F671" t="s">
         <v>16</v>
       </c>
       <c r="G671" t="s">
         <v>17</v>
       </c>
       <c r="H671">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="I671">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K671" t="s">
         <v>1858</v>
       </c>
     </row>
     <row r="672" spans="1:11">
       <c r="A672" t="s">
         <v>884</v>
       </c>
       <c r="B672" t="s">
         <v>13</v>
       </c>
       <c r="C672" t="s">
         <v>944</v>
       </c>
       <c r="D672" t="s">
         <v>1859</v>
       </c>
       <c r="E672">
         <v>2</v>
       </c>
       <c r="F672" t="s">
         <v>16</v>
       </c>
       <c r="G672" t="s">
         <v>17</v>
       </c>
       <c r="H672">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I672">
         <v>0</v>
       </c>
       <c r="K672" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="673" spans="1:11">
       <c r="A673" t="s">
         <v>1861</v>
       </c>
       <c r="B673" t="s">
         <v>13</v>
       </c>
       <c r="C673" t="s">
         <v>944</v>
       </c>
       <c r="D673" t="s">
         <v>1862</v>
       </c>
       <c r="E673">
         <v>2</v>
       </c>
       <c r="F673" t="s">
@@ -35622,211 +35622,211 @@
       </c>
     </row>
     <row r="674" spans="1:11">
       <c r="A674" t="s">
         <v>1864</v>
       </c>
       <c r="B674" t="s">
         <v>13</v>
       </c>
       <c r="C674" t="s">
         <v>944</v>
       </c>
       <c r="D674" t="s">
         <v>1865</v>
       </c>
       <c r="E674">
         <v>2</v>
       </c>
       <c r="F674" t="s">
         <v>16</v>
       </c>
       <c r="G674" t="s">
         <v>17</v>
       </c>
       <c r="H674">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I674">
         <v>0</v>
       </c>
       <c r="K674" t="s">
         <v>1866</v>
       </c>
     </row>
     <row r="675" spans="1:11">
       <c r="A675" t="s">
         <v>1867</v>
       </c>
       <c r="B675" t="s">
         <v>13</v>
       </c>
       <c r="C675" t="s">
         <v>944</v>
       </c>
       <c r="D675" t="s">
         <v>1868</v>
       </c>
       <c r="E675">
         <v>2</v>
       </c>
       <c r="F675" t="s">
         <v>16</v>
       </c>
       <c r="G675" t="s">
         <v>17</v>
       </c>
       <c r="H675">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="I675">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K675" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="676" spans="1:11">
       <c r="A676" t="s">
         <v>1870</v>
       </c>
       <c r="B676" t="s">
         <v>13</v>
       </c>
       <c r="C676" t="s">
         <v>944</v>
       </c>
       <c r="D676" t="s">
         <v>1871</v>
       </c>
       <c r="E676">
         <v>2</v>
       </c>
       <c r="F676" t="s">
         <v>16</v>
       </c>
       <c r="G676" t="s">
         <v>17</v>
       </c>
       <c r="H676">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I676">
         <v>0</v>
       </c>
       <c r="K676" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="677" spans="1:11">
       <c r="A677" t="s">
         <v>1873</v>
       </c>
       <c r="B677" t="s">
         <v>13</v>
       </c>
       <c r="C677" t="s">
         <v>944</v>
       </c>
       <c r="D677" t="s">
         <v>1874</v>
       </c>
       <c r="E677">
         <v>2</v>
       </c>
       <c r="F677" t="s">
         <v>16</v>
       </c>
       <c r="G677" t="s">
         <v>17</v>
       </c>
       <c r="H677">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I677">
         <v>0</v>
       </c>
       <c r="K677" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="678" spans="1:11">
       <c r="A678" t="s">
         <v>1876</v>
       </c>
       <c r="B678" t="s">
         <v>13</v>
       </c>
       <c r="C678" t="s">
         <v>944</v>
       </c>
       <c r="D678" t="s">
         <v>1877</v>
       </c>
       <c r="E678">
         <v>2</v>
       </c>
       <c r="F678" t="s">
         <v>16</v>
       </c>
       <c r="G678" t="s">
         <v>17</v>
       </c>
       <c r="H678">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I678">
         <v>0</v>
       </c>
       <c r="K678" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="679" spans="1:11">
       <c r="A679" t="s">
         <v>1879</v>
       </c>
       <c r="B679" t="s">
         <v>13</v>
       </c>
       <c r="C679" t="s">
         <v>944</v>
       </c>
       <c r="D679" t="s">
         <v>1880</v>
       </c>
       <c r="E679">
         <v>2</v>
       </c>
       <c r="F679" t="s">
         <v>16</v>
       </c>
       <c r="G679" t="s">
         <v>17</v>
       </c>
       <c r="H679">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I679">
         <v>0</v>
       </c>
       <c r="K679" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="680" spans="1:11">
       <c r="A680" t="s">
         <v>1882</v>
       </c>
       <c r="B680" t="s">
         <v>13</v>
       </c>
       <c r="C680" t="s">
         <v>944</v>
       </c>
       <c r="D680" t="s">
         <v>1883</v>
       </c>
       <c r="E680">
         <v>2</v>
       </c>
       <c r="F680" t="s">
@@ -35846,115 +35846,115 @@
       </c>
     </row>
     <row r="681" spans="1:11">
       <c r="A681" t="s">
         <v>1885</v>
       </c>
       <c r="B681" t="s">
         <v>13</v>
       </c>
       <c r="C681" t="s">
         <v>944</v>
       </c>
       <c r="D681" t="s">
         <v>1886</v>
       </c>
       <c r="E681">
         <v>2</v>
       </c>
       <c r="F681" t="s">
         <v>16</v>
       </c>
       <c r="G681" t="s">
         <v>17</v>
       </c>
       <c r="H681">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I681">
         <v>0</v>
       </c>
       <c r="K681" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="682" spans="1:11">
       <c r="A682" t="s">
         <v>887</v>
       </c>
       <c r="B682" t="s">
         <v>13</v>
       </c>
       <c r="C682" t="s">
         <v>944</v>
       </c>
       <c r="D682" t="s">
         <v>1888</v>
       </c>
       <c r="E682">
         <v>2</v>
       </c>
       <c r="F682" t="s">
         <v>16</v>
       </c>
       <c r="G682" t="s">
         <v>17</v>
       </c>
       <c r="H682">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I682">
         <v>0</v>
       </c>
       <c r="K682" t="s">
         <v>1889</v>
       </c>
     </row>
     <row r="683" spans="1:11">
       <c r="A683" t="s">
         <v>1890</v>
       </c>
       <c r="B683" t="s">
         <v>13</v>
       </c>
       <c r="C683" t="s">
         <v>944</v>
       </c>
       <c r="D683" t="s">
         <v>1891</v>
       </c>
       <c r="E683">
         <v>2</v>
       </c>
       <c r="F683" t="s">
         <v>16</v>
       </c>
       <c r="G683" t="s">
         <v>17</v>
       </c>
       <c r="H683">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I683">
         <v>0</v>
       </c>
       <c r="K683" t="s">
         <v>1892</v>
       </c>
     </row>
     <row r="684" spans="1:11">
       <c r="A684" t="s">
         <v>1893</v>
       </c>
       <c r="B684" t="s">
         <v>13</v>
       </c>
       <c r="C684" t="s">
         <v>944</v>
       </c>
       <c r="D684" t="s">
         <v>1894</v>
       </c>
       <c r="E684">
         <v>2</v>
       </c>
       <c r="F684" t="s">
@@ -36006,115 +36006,115 @@
       </c>
     </row>
     <row r="686" spans="1:11">
       <c r="A686" t="s">
         <v>1899</v>
       </c>
       <c r="B686" t="s">
         <v>13</v>
       </c>
       <c r="C686" t="s">
         <v>944</v>
       </c>
       <c r="D686" t="s">
         <v>1900</v>
       </c>
       <c r="E686">
         <v>2</v>
       </c>
       <c r="F686" t="s">
         <v>16</v>
       </c>
       <c r="G686" t="s">
         <v>17</v>
       </c>
       <c r="H686">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I686">
         <v>0</v>
       </c>
       <c r="K686" t="s">
         <v>1901</v>
       </c>
     </row>
     <row r="687" spans="1:11">
       <c r="A687" t="s">
         <v>1902</v>
       </c>
       <c r="B687" t="s">
         <v>13</v>
       </c>
       <c r="C687" t="s">
         <v>944</v>
       </c>
       <c r="D687" t="s">
         <v>1903</v>
       </c>
       <c r="E687">
         <v>2</v>
       </c>
       <c r="F687" t="s">
         <v>16</v>
       </c>
       <c r="G687" t="s">
         <v>17</v>
       </c>
       <c r="H687">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I687">
         <v>0</v>
       </c>
       <c r="K687" t="s">
         <v>1904</v>
       </c>
     </row>
     <row r="688" spans="1:11">
       <c r="A688" t="s">
         <v>1905</v>
       </c>
       <c r="B688" t="s">
         <v>13</v>
       </c>
       <c r="C688" t="s">
         <v>944</v>
       </c>
       <c r="D688" t="s">
         <v>1906</v>
       </c>
       <c r="E688">
         <v>2</v>
       </c>
       <c r="F688" t="s">
         <v>16</v>
       </c>
       <c r="G688" t="s">
         <v>17</v>
       </c>
       <c r="H688">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I688">
         <v>0</v>
       </c>
       <c r="K688" t="s">
         <v>1907</v>
       </c>
     </row>
     <row r="689" spans="1:11">
       <c r="A689" t="s">
         <v>1908</v>
       </c>
       <c r="B689" t="s">
         <v>13</v>
       </c>
       <c r="C689" t="s">
         <v>944</v>
       </c>
       <c r="D689" t="s">
         <v>1909</v>
       </c>
       <c r="E689">
         <v>2</v>
       </c>
       <c r="F689" t="s">
@@ -36137,83 +36137,83 @@
       <c r="A690" t="s">
         <v>894</v>
       </c>
       <c r="B690" t="s">
         <v>13</v>
       </c>
       <c r="C690" t="s">
         <v>944</v>
       </c>
       <c r="D690" t="s">
         <v>1911</v>
       </c>
       <c r="E690">
         <v>2</v>
       </c>
       <c r="F690" t="s">
         <v>16</v>
       </c>
       <c r="G690" t="s">
         <v>17</v>
       </c>
       <c r="H690">
         <v>54</v>
       </c>
       <c r="I690">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K690" t="s">
         <v>1912</v>
       </c>
     </row>
     <row r="691" spans="1:11">
       <c r="A691" t="s">
         <v>1913</v>
       </c>
       <c r="B691" t="s">
         <v>13</v>
       </c>
       <c r="C691" t="s">
         <v>944</v>
       </c>
       <c r="D691" t="s">
         <v>1914</v>
       </c>
       <c r="E691">
         <v>2</v>
       </c>
       <c r="F691" t="s">
         <v>16</v>
       </c>
       <c r="G691" t="s">
         <v>17</v>
       </c>
       <c r="H691">
         <v>54</v>
       </c>
       <c r="I691">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K691" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="692" spans="1:11">
       <c r="A692" t="s">
         <v>1916</v>
       </c>
       <c r="B692" t="s">
         <v>13</v>
       </c>
       <c r="C692" t="s">
         <v>944</v>
       </c>
       <c r="D692" t="s">
         <v>1917</v>
       </c>
       <c r="E692">
         <v>2</v>
       </c>
       <c r="F692" t="s">
         <v>16</v>
       </c>
       <c r="G692" t="s">
@@ -36230,147 +36230,147 @@
       </c>
     </row>
     <row r="693" spans="1:11">
       <c r="A693" t="s">
         <v>1919</v>
       </c>
       <c r="B693" t="s">
         <v>13</v>
       </c>
       <c r="C693" t="s">
         <v>944</v>
       </c>
       <c r="D693" t="s">
         <v>1920</v>
       </c>
       <c r="E693">
         <v>2</v>
       </c>
       <c r="F693" t="s">
         <v>16</v>
       </c>
       <c r="G693" t="s">
         <v>17</v>
       </c>
       <c r="H693">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="I693">
         <v>0</v>
       </c>
       <c r="K693" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="694" spans="1:11">
       <c r="A694" t="s">
         <v>1922</v>
       </c>
       <c r="B694" t="s">
         <v>13</v>
       </c>
       <c r="C694" t="s">
         <v>944</v>
       </c>
       <c r="D694" t="s">
         <v>1923</v>
       </c>
       <c r="E694">
         <v>2</v>
       </c>
       <c r="F694" t="s">
         <v>16</v>
       </c>
       <c r="G694" t="s">
         <v>17</v>
       </c>
       <c r="H694">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="I694">
         <v>0</v>
       </c>
       <c r="K694" t="s">
         <v>1924</v>
       </c>
     </row>
     <row r="695" spans="1:11">
       <c r="A695" t="s">
         <v>1925</v>
       </c>
       <c r="B695" t="s">
         <v>13</v>
       </c>
       <c r="C695" t="s">
         <v>944</v>
       </c>
       <c r="D695" t="s">
         <v>1926</v>
       </c>
       <c r="E695">
         <v>2</v>
       </c>
       <c r="F695" t="s">
         <v>16</v>
       </c>
       <c r="G695" t="s">
         <v>17</v>
       </c>
       <c r="H695">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I695">
         <v>0</v>
       </c>
       <c r="K695" t="s">
         <v>1927</v>
       </c>
     </row>
     <row r="696" spans="1:11">
       <c r="A696" t="s">
         <v>901</v>
       </c>
       <c r="B696" t="s">
         <v>13</v>
       </c>
       <c r="C696" t="s">
         <v>944</v>
       </c>
       <c r="D696" t="s">
         <v>1928</v>
       </c>
       <c r="E696">
         <v>2</v>
       </c>
       <c r="F696" t="s">
         <v>16</v>
       </c>
       <c r="G696" t="s">
         <v>17</v>
       </c>
       <c r="H696">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="I696">
         <v>0</v>
       </c>
       <c r="K696" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="697" spans="1:11">
       <c r="A697" t="s">
         <v>1930</v>
       </c>
       <c r="B697" t="s">
         <v>13</v>
       </c>
       <c r="C697" t="s">
         <v>944</v>
       </c>
       <c r="D697" t="s">
         <v>1931</v>
       </c>
       <c r="E697">
         <v>2</v>
       </c>
       <c r="F697" t="s">
@@ -36390,54 +36390,54 @@
       </c>
     </row>
     <row r="698" spans="1:11">
       <c r="A698" t="s">
         <v>1933</v>
       </c>
       <c r="B698" t="s">
         <v>13</v>
       </c>
       <c r="C698" t="s">
         <v>944</v>
       </c>
       <c r="D698" t="s">
         <v>1934</v>
       </c>
       <c r="E698">
         <v>2</v>
       </c>
       <c r="F698" t="s">
         <v>16</v>
       </c>
       <c r="G698" t="s">
         <v>17</v>
       </c>
       <c r="H698">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="I698">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K698" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="699" spans="1:11">
       <c r="A699" t="s">
         <v>1936</v>
       </c>
       <c r="B699" t="s">
         <v>13</v>
       </c>
       <c r="C699" t="s">
         <v>944</v>
       </c>
       <c r="D699" t="s">
         <v>1937</v>
       </c>
       <c r="E699">
         <v>2</v>
       </c>
       <c r="F699" t="s">
         <v>16</v>
       </c>
       <c r="G699" t="s">
@@ -36454,822 +36454,822 @@
       </c>
     </row>
     <row r="700" spans="1:11">
       <c r="A700" t="s">
         <v>1939</v>
       </c>
       <c r="B700" t="s">
         <v>13</v>
       </c>
       <c r="C700" t="s">
         <v>944</v>
       </c>
       <c r="D700" t="s">
         <v>1940</v>
       </c>
       <c r="E700">
         <v>2</v>
       </c>
       <c r="F700" t="s">
         <v>16</v>
       </c>
       <c r="G700" t="s">
         <v>17</v>
       </c>
       <c r="H700">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I700">
         <v>0</v>
       </c>
       <c r="K700" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="701" spans="1:11">
       <c r="A701" t="s">
         <v>1942</v>
       </c>
       <c r="B701" t="s">
         <v>13</v>
       </c>
       <c r="C701" t="s">
         <v>944</v>
       </c>
       <c r="D701" t="s">
         <v>1943</v>
       </c>
       <c r="E701">
         <v>2</v>
       </c>
       <c r="F701" t="s">
         <v>16</v>
       </c>
       <c r="G701" t="s">
         <v>17</v>
       </c>
       <c r="H701">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="I701">
         <v>0</v>
       </c>
       <c r="K701" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="702" spans="1:11">
       <c r="A702" t="s">
         <v>1945</v>
       </c>
       <c r="B702" t="s">
         <v>13</v>
       </c>
       <c r="C702" t="s">
         <v>944</v>
       </c>
       <c r="D702" t="s">
         <v>1946</v>
       </c>
       <c r="E702">
         <v>2</v>
       </c>
       <c r="F702" t="s">
         <v>16</v>
       </c>
       <c r="G702" t="s">
         <v>17</v>
       </c>
       <c r="H702">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I702">
         <v>0</v>
       </c>
       <c r="K702" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="703" spans="1:11">
       <c r="A703" t="s">
         <v>1948</v>
       </c>
       <c r="B703" t="s">
         <v>13</v>
       </c>
       <c r="C703" t="s">
         <v>944</v>
       </c>
       <c r="D703" t="s">
         <v>1949</v>
       </c>
       <c r="E703">
         <v>2</v>
       </c>
       <c r="F703" t="s">
         <v>16</v>
       </c>
       <c r="G703" t="s">
         <v>17</v>
       </c>
       <c r="H703">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I703">
         <v>0</v>
       </c>
       <c r="K703" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="704" spans="1:11">
       <c r="A704" t="s">
         <v>1951</v>
       </c>
       <c r="B704" t="s">
         <v>13</v>
       </c>
       <c r="C704" t="s">
         <v>944</v>
       </c>
       <c r="D704" t="s">
         <v>1952</v>
       </c>
       <c r="E704">
         <v>2</v>
       </c>
       <c r="F704" t="s">
         <v>16</v>
       </c>
       <c r="G704" t="s">
         <v>17</v>
       </c>
       <c r="H704">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I704">
         <v>0</v>
       </c>
       <c r="K704" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="705" spans="1:11">
       <c r="A705" t="s">
         <v>1954</v>
       </c>
       <c r="B705" t="s">
         <v>13</v>
       </c>
       <c r="C705" t="s">
         <v>944</v>
       </c>
       <c r="D705" t="s">
         <v>1955</v>
       </c>
       <c r="E705">
         <v>2</v>
       </c>
       <c r="F705" t="s">
         <v>16</v>
       </c>
       <c r="G705" t="s">
         <v>17</v>
       </c>
       <c r="H705">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I705">
-        <v>47.5</v>
+        <v>0</v>
       </c>
       <c r="K705" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="706" spans="1:11">
       <c r="A706" t="s">
         <v>908</v>
       </c>
       <c r="B706" t="s">
         <v>13</v>
       </c>
       <c r="C706" t="s">
         <v>944</v>
       </c>
       <c r="D706" t="s">
         <v>1957</v>
       </c>
       <c r="E706">
         <v>2</v>
       </c>
       <c r="F706" t="s">
         <v>16</v>
       </c>
       <c r="G706" t="s">
         <v>17</v>
       </c>
       <c r="H706">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I706">
         <v>0</v>
       </c>
       <c r="K706" t="s">
         <v>1958</v>
       </c>
     </row>
     <row r="707" spans="1:11">
       <c r="A707" t="s">
         <v>1959</v>
       </c>
       <c r="B707" t="s">
         <v>13</v>
       </c>
       <c r="C707" t="s">
         <v>944</v>
       </c>
       <c r="D707" t="s">
         <v>1960</v>
       </c>
       <c r="E707">
         <v>2</v>
       </c>
       <c r="F707" t="s">
         <v>16</v>
       </c>
       <c r="G707" t="s">
         <v>17</v>
       </c>
       <c r="H707">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I707">
         <v>0</v>
       </c>
       <c r="K707" t="s">
         <v>1961</v>
       </c>
     </row>
     <row r="708" spans="1:11">
       <c r="A708" t="s">
         <v>1962</v>
       </c>
       <c r="B708" t="s">
         <v>13</v>
       </c>
       <c r="C708" t="s">
         <v>944</v>
       </c>
       <c r="D708" t="s">
         <v>1963</v>
       </c>
       <c r="E708">
         <v>2</v>
       </c>
       <c r="F708" t="s">
         <v>16</v>
       </c>
       <c r="G708" t="s">
         <v>17</v>
       </c>
       <c r="H708">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I708">
         <v>0</v>
       </c>
       <c r="K708" t="s">
         <v>1964</v>
       </c>
     </row>
     <row r="709" spans="1:11">
       <c r="A709" t="s">
         <v>1965</v>
       </c>
       <c r="B709" t="s">
         <v>13</v>
       </c>
       <c r="C709" t="s">
         <v>944</v>
       </c>
       <c r="D709" t="s">
         <v>1966</v>
       </c>
       <c r="E709">
         <v>2</v>
       </c>
       <c r="F709" t="s">
         <v>16</v>
       </c>
       <c r="G709" t="s">
         <v>17</v>
       </c>
       <c r="H709">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I709">
         <v>0</v>
       </c>
       <c r="K709" t="s">
         <v>1967</v>
       </c>
     </row>
     <row r="710" spans="1:11">
       <c r="A710" t="s">
         <v>1968</v>
       </c>
       <c r="B710" t="s">
         <v>13</v>
       </c>
       <c r="C710" t="s">
         <v>944</v>
       </c>
       <c r="D710" t="s">
         <v>1969</v>
       </c>
       <c r="E710">
         <v>2</v>
       </c>
       <c r="F710" t="s">
         <v>16</v>
       </c>
       <c r="G710" t="s">
         <v>17</v>
       </c>
       <c r="H710">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I710">
         <v>0</v>
       </c>
       <c r="K710" t="s">
         <v>1970</v>
       </c>
     </row>
     <row r="711" spans="1:11">
       <c r="A711" t="s">
         <v>1971</v>
       </c>
       <c r="B711" t="s">
         <v>13</v>
       </c>
       <c r="C711" t="s">
         <v>944</v>
       </c>
       <c r="D711" t="s">
         <v>1972</v>
       </c>
       <c r="E711">
         <v>2</v>
       </c>
       <c r="F711" t="s">
         <v>16</v>
       </c>
       <c r="G711" t="s">
         <v>17</v>
       </c>
       <c r="H711">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I711">
         <v>0</v>
       </c>
       <c r="K711" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="712" spans="1:11">
       <c r="A712" t="s">
         <v>1974</v>
       </c>
       <c r="B712" t="s">
         <v>13</v>
       </c>
       <c r="C712" t="s">
         <v>944</v>
       </c>
       <c r="D712" t="s">
         <v>1975</v>
       </c>
       <c r="E712">
         <v>2</v>
       </c>
       <c r="F712" t="s">
         <v>16</v>
       </c>
       <c r="G712" t="s">
         <v>17</v>
       </c>
       <c r="H712">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I712">
         <v>0</v>
       </c>
       <c r="K712" t="s">
         <v>1976</v>
       </c>
     </row>
     <row r="713" spans="1:11">
       <c r="A713" t="s">
         <v>913</v>
       </c>
       <c r="B713" t="s">
         <v>13</v>
       </c>
       <c r="C713" t="s">
         <v>944</v>
       </c>
       <c r="D713" t="s">
         <v>1977</v>
       </c>
       <c r="E713">
         <v>2</v>
       </c>
       <c r="F713" t="s">
         <v>16</v>
       </c>
       <c r="G713" t="s">
         <v>17</v>
       </c>
       <c r="H713">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I713">
         <v>0</v>
       </c>
       <c r="K713" t="s">
         <v>1978</v>
       </c>
     </row>
     <row r="714" spans="1:11">
       <c r="A714" t="s">
         <v>1979</v>
       </c>
       <c r="B714" t="s">
         <v>13</v>
       </c>
       <c r="C714" t="s">
         <v>944</v>
       </c>
       <c r="D714" t="s">
         <v>1980</v>
       </c>
       <c r="E714">
         <v>2</v>
       </c>
       <c r="F714" t="s">
         <v>16</v>
       </c>
       <c r="G714" t="s">
         <v>17</v>
       </c>
       <c r="H714">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I714">
         <v>0</v>
       </c>
       <c r="K714" t="s">
         <v>1981</v>
       </c>
     </row>
     <row r="715" spans="1:11">
       <c r="A715" t="s">
         <v>1982</v>
       </c>
       <c r="B715" t="s">
         <v>13</v>
       </c>
       <c r="C715" t="s">
         <v>944</v>
       </c>
       <c r="D715" t="s">
         <v>1983</v>
       </c>
       <c r="E715">
         <v>2</v>
       </c>
       <c r="F715" t="s">
         <v>16</v>
       </c>
       <c r="G715" t="s">
         <v>17</v>
       </c>
       <c r="H715">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I715">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K715" t="s">
         <v>1984</v>
       </c>
     </row>
     <row r="716" spans="1:11">
       <c r="A716" t="s">
         <v>1985</v>
       </c>
       <c r="B716" t="s">
         <v>13</v>
       </c>
       <c r="C716" t="s">
         <v>944</v>
       </c>
       <c r="D716" t="s">
         <v>1986</v>
       </c>
       <c r="E716">
         <v>2</v>
       </c>
       <c r="F716" t="s">
         <v>16</v>
       </c>
       <c r="G716" t="s">
         <v>17</v>
       </c>
       <c r="H716">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I716">
         <v>0</v>
       </c>
       <c r="K716" t="s">
         <v>1987</v>
       </c>
     </row>
     <row r="717" spans="1:11">
       <c r="A717" t="s">
         <v>1988</v>
       </c>
       <c r="B717" t="s">
         <v>13</v>
       </c>
       <c r="C717" t="s">
         <v>944</v>
       </c>
       <c r="D717" t="s">
         <v>1989</v>
       </c>
       <c r="E717">
         <v>2</v>
       </c>
       <c r="F717" t="s">
         <v>16</v>
       </c>
       <c r="G717" t="s">
         <v>17</v>
       </c>
       <c r="H717">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I717">
         <v>0</v>
       </c>
       <c r="K717" t="s">
         <v>1990</v>
       </c>
     </row>
     <row r="718" spans="1:11">
       <c r="A718" t="s">
         <v>1991</v>
       </c>
       <c r="B718" t="s">
         <v>13</v>
       </c>
       <c r="C718" t="s">
         <v>944</v>
       </c>
       <c r="D718" t="s">
         <v>1992</v>
       </c>
       <c r="E718">
         <v>2</v>
       </c>
       <c r="F718" t="s">
         <v>16</v>
       </c>
       <c r="G718" t="s">
         <v>17</v>
       </c>
       <c r="H718">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I718">
         <v>0</v>
       </c>
       <c r="K718" t="s">
         <v>1993</v>
       </c>
     </row>
     <row r="719" spans="1:11">
       <c r="A719" t="s">
         <v>1994</v>
       </c>
       <c r="B719" t="s">
         <v>13</v>
       </c>
       <c r="C719" t="s">
         <v>944</v>
       </c>
       <c r="D719" t="s">
         <v>1995</v>
       </c>
       <c r="E719">
         <v>2</v>
       </c>
       <c r="F719" t="s">
         <v>16</v>
       </c>
       <c r="G719" t="s">
         <v>17</v>
       </c>
       <c r="H719">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="I719">
         <v>0</v>
       </c>
       <c r="K719" t="s">
         <v>1996</v>
       </c>
     </row>
     <row r="720" spans="1:11">
       <c r="A720" t="s">
         <v>922</v>
       </c>
       <c r="B720" t="s">
         <v>13</v>
       </c>
       <c r="C720" t="s">
         <v>944</v>
       </c>
       <c r="D720" t="s">
         <v>1997</v>
       </c>
       <c r="E720">
         <v>2</v>
       </c>
       <c r="F720" t="s">
         <v>16</v>
       </c>
       <c r="G720" t="s">
         <v>17</v>
       </c>
       <c r="H720">
-        <v>58</v>
+        <v>22</v>
       </c>
       <c r="I720">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K720" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="721" spans="1:11">
       <c r="A721" t="s">
         <v>1999</v>
       </c>
       <c r="B721" t="s">
         <v>13</v>
       </c>
       <c r="C721" t="s">
         <v>944</v>
       </c>
       <c r="D721" t="s">
         <v>2000</v>
       </c>
       <c r="E721">
         <v>2</v>
       </c>
       <c r="F721" t="s">
         <v>16</v>
       </c>
       <c r="G721" t="s">
         <v>17</v>
       </c>
       <c r="H721">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I721">
         <v>0</v>
       </c>
       <c r="K721" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="722" spans="1:11">
       <c r="A722" t="s">
         <v>2002</v>
       </c>
       <c r="B722" t="s">
         <v>13</v>
       </c>
       <c r="C722" t="s">
         <v>944</v>
       </c>
       <c r="D722" t="s">
         <v>2003</v>
       </c>
       <c r="E722">
         <v>2</v>
       </c>
       <c r="F722" t="s">
         <v>16</v>
       </c>
       <c r="G722" t="s">
         <v>17</v>
       </c>
       <c r="H722">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I722">
         <v>0</v>
       </c>
       <c r="K722" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="723" spans="1:11">
       <c r="A723" t="s">
         <v>2005</v>
       </c>
       <c r="B723" t="s">
         <v>13</v>
       </c>
       <c r="C723" t="s">
         <v>944</v>
       </c>
       <c r="D723" t="s">
         <v>2006</v>
       </c>
       <c r="E723">
         <v>2</v>
       </c>
       <c r="F723" t="s">
         <v>16</v>
       </c>
       <c r="G723" t="s">
         <v>17</v>
       </c>
       <c r="H723">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I723">
         <v>0</v>
       </c>
       <c r="K723" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="724" spans="1:11">
       <c r="A724" t="s">
         <v>584</v>
       </c>
       <c r="B724" t="s">
         <v>13</v>
       </c>
       <c r="C724" t="s">
         <v>944</v>
       </c>
       <c r="D724" t="s">
         <v>2008</v>
       </c>
       <c r="E724">
         <v>2</v>
       </c>
       <c r="F724" t="s">
         <v>16</v>
       </c>
       <c r="G724" t="s">
         <v>17</v>
       </c>
       <c r="H724">
         <v>8</v>
       </c>
       <c r="I724">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K724" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="725" spans="1:11">
       <c r="A725" t="s">
         <v>2010</v>
       </c>
       <c r="B725" t="s">
         <v>13</v>
       </c>
       <c r="C725" t="s">
         <v>944</v>
       </c>
       <c r="D725" t="s">
         <v>2011</v>
       </c>
       <c r="E725">
         <v>2</v>
       </c>
       <c r="F725" t="s">
         <v>16</v>
       </c>
       <c r="G725" t="s">
@@ -37286,374 +37286,374 @@
       </c>
     </row>
     <row r="726" spans="1:11">
       <c r="A726" t="s">
         <v>2013</v>
       </c>
       <c r="B726" t="s">
         <v>13</v>
       </c>
       <c r="C726" t="s">
         <v>944</v>
       </c>
       <c r="D726" t="s">
         <v>2014</v>
       </c>
       <c r="E726">
         <v>2</v>
       </c>
       <c r="F726" t="s">
         <v>16</v>
       </c>
       <c r="G726" t="s">
         <v>17</v>
       </c>
       <c r="H726">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I726">
         <v>0</v>
       </c>
       <c r="K726" t="s">
         <v>2015</v>
       </c>
     </row>
     <row r="727" spans="1:11">
       <c r="A727" t="s">
         <v>2016</v>
       </c>
       <c r="B727" t="s">
         <v>13</v>
       </c>
       <c r="C727" t="s">
         <v>944</v>
       </c>
       <c r="D727" t="s">
         <v>2017</v>
       </c>
       <c r="E727">
         <v>2</v>
       </c>
       <c r="F727" t="s">
         <v>16</v>
       </c>
       <c r="G727" t="s">
         <v>17</v>
       </c>
       <c r="H727">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I727">
         <v>0</v>
       </c>
       <c r="K727" t="s">
         <v>2018</v>
       </c>
     </row>
     <row r="728" spans="1:11">
       <c r="A728" t="s">
         <v>2019</v>
       </c>
       <c r="B728" t="s">
         <v>13</v>
       </c>
       <c r="C728" t="s">
         <v>944</v>
       </c>
       <c r="D728" t="s">
         <v>2020</v>
       </c>
       <c r="E728">
         <v>2</v>
       </c>
       <c r="F728" t="s">
         <v>16</v>
       </c>
       <c r="G728" t="s">
         <v>17</v>
       </c>
       <c r="H728">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I728">
         <v>0</v>
       </c>
       <c r="K728" t="s">
         <v>2021</v>
       </c>
     </row>
     <row r="729" spans="1:11">
       <c r="A729" t="s">
         <v>2022</v>
       </c>
       <c r="B729" t="s">
         <v>13</v>
       </c>
       <c r="C729" t="s">
         <v>944</v>
       </c>
       <c r="D729" t="s">
         <v>2023</v>
       </c>
       <c r="E729">
         <v>2</v>
       </c>
       <c r="F729" t="s">
         <v>16</v>
       </c>
       <c r="G729" t="s">
         <v>17</v>
       </c>
       <c r="H729">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I729">
         <v>0</v>
       </c>
       <c r="K729" t="s">
         <v>2024</v>
       </c>
     </row>
     <row r="730" spans="1:11">
       <c r="A730" t="s">
         <v>929</v>
       </c>
       <c r="B730" t="s">
         <v>13</v>
       </c>
       <c r="C730" t="s">
         <v>944</v>
       </c>
       <c r="D730" t="s">
         <v>2025</v>
       </c>
       <c r="E730">
         <v>2</v>
       </c>
       <c r="F730" t="s">
         <v>16</v>
       </c>
       <c r="G730" t="s">
         <v>17</v>
       </c>
       <c r="H730">
         <v>56</v>
       </c>
       <c r="I730">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K730" t="s">
         <v>2026</v>
       </c>
     </row>
     <row r="731" spans="1:11">
       <c r="A731" t="s">
         <v>2027</v>
       </c>
       <c r="B731" t="s">
         <v>13</v>
       </c>
       <c r="C731" t="s">
         <v>944</v>
       </c>
       <c r="D731" t="s">
         <v>2028</v>
       </c>
       <c r="E731">
         <v>2</v>
       </c>
       <c r="F731" t="s">
         <v>16</v>
       </c>
       <c r="G731" t="s">
         <v>17</v>
       </c>
       <c r="H731">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="I731">
         <v>0</v>
       </c>
       <c r="K731" t="s">
         <v>2029</v>
       </c>
     </row>
     <row r="732" spans="1:11">
       <c r="A732" t="s">
         <v>2030</v>
       </c>
       <c r="B732" t="s">
         <v>13</v>
       </c>
       <c r="C732" t="s">
         <v>944</v>
       </c>
       <c r="D732" t="s">
         <v>2031</v>
       </c>
       <c r="E732">
         <v>2</v>
       </c>
       <c r="F732" t="s">
         <v>16</v>
       </c>
       <c r="G732" t="s">
         <v>17</v>
       </c>
       <c r="H732">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I732">
         <v>0</v>
       </c>
       <c r="K732" t="s">
         <v>2032</v>
       </c>
     </row>
     <row r="733" spans="1:11">
       <c r="A733" t="s">
         <v>718</v>
       </c>
       <c r="B733" t="s">
         <v>13</v>
       </c>
       <c r="C733" t="s">
         <v>944</v>
       </c>
       <c r="D733" t="s">
         <v>2033</v>
       </c>
       <c r="E733">
         <v>2</v>
       </c>
       <c r="F733" t="s">
         <v>16</v>
       </c>
       <c r="G733" t="s">
         <v>17</v>
       </c>
       <c r="H733">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I733">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="K733" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="734" spans="1:11">
       <c r="A734" t="s">
         <v>2035</v>
       </c>
       <c r="B734" t="s">
         <v>13</v>
       </c>
       <c r="C734" t="s">
         <v>944</v>
       </c>
       <c r="D734" t="s">
         <v>2036</v>
       </c>
       <c r="E734">
         <v>2</v>
       </c>
       <c r="F734" t="s">
         <v>16</v>
       </c>
       <c r="G734" t="s">
         <v>17</v>
       </c>
       <c r="H734">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I734">
         <v>0</v>
       </c>
       <c r="K734" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="735" spans="1:11">
       <c r="A735" t="s">
         <v>107</v>
       </c>
       <c r="B735" t="s">
         <v>13</v>
       </c>
       <c r="C735" t="s">
         <v>2038</v>
       </c>
       <c r="D735" t="s">
         <v>2039</v>
       </c>
       <c r="E735">
         <v>57</v>
       </c>
       <c r="F735" t="s">
         <v>16</v>
       </c>
       <c r="G735" t="s">
         <v>17</v>
       </c>
       <c r="H735">
         <v>10</v>
       </c>
       <c r="I735">
-        <v>45.6</v>
+        <v>36.7</v>
       </c>
       <c r="K735" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="736" spans="1:11">
       <c r="A736" t="s">
         <v>225</v>
       </c>
       <c r="B736" t="s">
         <v>13</v>
       </c>
       <c r="C736" t="s">
         <v>2041</v>
       </c>
       <c r="D736" t="s">
         <v>2042</v>
       </c>
       <c r="E736">
         <v>26</v>
       </c>
       <c r="F736" t="s">
         <v>16</v>
       </c>
       <c r="G736" t="s">
         <v>17</v>
       </c>
       <c r="H736">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I736">
-        <v>40.6</v>
+        <v>60.8</v>
       </c>
       <c r="K736" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="737" spans="1:11">
       <c r="A737" t="s">
         <v>1836</v>
       </c>
       <c r="B737" t="s">
         <v>13</v>
       </c>
       <c r="C737" t="s">
         <v>2044</v>
       </c>
       <c r="D737" t="s">
         <v>2045</v>
       </c>
       <c r="E737">
         <v>33</v>
       </c>
       <c r="F737" t="s">
         <v>16</v>
       </c>
       <c r="G737" t="s">
@@ -37670,115 +37670,115 @@
       </c>
     </row>
     <row r="738" spans="1:11">
       <c r="A738" t="s">
         <v>215</v>
       </c>
       <c r="B738" t="s">
         <v>13</v>
       </c>
       <c r="C738" t="s">
         <v>2047</v>
       </c>
       <c r="D738" t="s">
         <v>2048</v>
       </c>
       <c r="E738">
         <v>48</v>
       </c>
       <c r="F738" t="s">
         <v>16</v>
       </c>
       <c r="G738" t="s">
         <v>17</v>
       </c>
       <c r="H738">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="I738">
-        <v>1.8</v>
+        <v>3.8</v>
       </c>
       <c r="K738" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="739" spans="1:11">
       <c r="A739" t="s">
         <v>218</v>
       </c>
       <c r="B739" t="s">
         <v>13</v>
       </c>
       <c r="C739" t="s">
         <v>2050</v>
       </c>
       <c r="D739" t="s">
         <v>2051</v>
       </c>
       <c r="E739">
         <v>45</v>
       </c>
       <c r="F739" t="s">
         <v>16</v>
       </c>
       <c r="G739" t="s">
         <v>17</v>
       </c>
       <c r="H739">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="I739">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="K739" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="740" spans="1:11">
       <c r="A740" t="s">
         <v>943</v>
       </c>
       <c r="B740" t="s">
         <v>13</v>
       </c>
       <c r="C740" t="s">
         <v>2053</v>
       </c>
       <c r="D740" t="s">
         <v>2054</v>
       </c>
       <c r="E740">
         <v>3</v>
       </c>
       <c r="F740" t="s">
         <v>16</v>
       </c>
       <c r="G740" t="s">
         <v>17</v>
       </c>
       <c r="H740">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="I740">
         <v>0</v>
       </c>
       <c r="K740" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="741" spans="1:11">
       <c r="A741" t="s">
         <v>947</v>
       </c>
       <c r="B741" t="s">
         <v>13</v>
       </c>
       <c r="C741" t="s">
         <v>2053</v>
       </c>
       <c r="D741" t="s">
         <v>2056</v>
       </c>
       <c r="E741">
         <v>3</v>
       </c>
       <c r="F741" t="s">
@@ -37798,115 +37798,115 @@
       </c>
     </row>
     <row r="742" spans="1:11">
       <c r="A742" t="s">
         <v>950</v>
       </c>
       <c r="B742" t="s">
         <v>13</v>
       </c>
       <c r="C742" t="s">
         <v>2053</v>
       </c>
       <c r="D742" t="s">
         <v>2058</v>
       </c>
       <c r="E742">
         <v>3</v>
       </c>
       <c r="F742" t="s">
         <v>16</v>
       </c>
       <c r="G742" t="s">
         <v>17</v>
       </c>
       <c r="H742">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I742">
         <v>0</v>
       </c>
       <c r="K742" t="s">
         <v>2059</v>
       </c>
     </row>
     <row r="743" spans="1:11">
       <c r="A743" t="s">
         <v>953</v>
       </c>
       <c r="B743" t="s">
         <v>13</v>
       </c>
       <c r="C743" t="s">
         <v>2053</v>
       </c>
       <c r="D743" t="s">
         <v>2060</v>
       </c>
       <c r="E743">
         <v>3</v>
       </c>
       <c r="F743" t="s">
         <v>16</v>
       </c>
       <c r="G743" t="s">
         <v>17</v>
       </c>
       <c r="H743">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I743">
         <v>0</v>
       </c>
       <c r="K743" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="744" spans="1:11">
       <c r="A744" t="s">
         <v>956</v>
       </c>
       <c r="B744" t="s">
         <v>13</v>
       </c>
       <c r="C744" t="s">
         <v>2053</v>
       </c>
       <c r="D744" t="s">
         <v>2062</v>
       </c>
       <c r="E744">
         <v>3</v>
       </c>
       <c r="F744" t="s">
         <v>16</v>
       </c>
       <c r="G744" t="s">
         <v>17</v>
       </c>
       <c r="H744">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="I744">
         <v>0</v>
       </c>
       <c r="K744" t="s">
         <v>2063</v>
       </c>
     </row>
     <row r="745" spans="1:11">
       <c r="A745" t="s">
         <v>959</v>
       </c>
       <c r="B745" t="s">
         <v>13</v>
       </c>
       <c r="C745" t="s">
         <v>2053</v>
       </c>
       <c r="D745" t="s">
         <v>2064</v>
       </c>
       <c r="E745">
         <v>3</v>
       </c>
       <c r="F745" t="s">
@@ -37929,51 +37929,51 @@
       <c r="A746" t="s">
         <v>962</v>
       </c>
       <c r="B746" t="s">
         <v>13</v>
       </c>
       <c r="C746" t="s">
         <v>2053</v>
       </c>
       <c r="D746" t="s">
         <v>2066</v>
       </c>
       <c r="E746">
         <v>3</v>
       </c>
       <c r="F746" t="s">
         <v>16</v>
       </c>
       <c r="G746" t="s">
         <v>17</v>
       </c>
       <c r="H746">
         <v>14</v>
       </c>
       <c r="I746">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="K746" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="747" spans="1:11">
       <c r="A747" t="s">
         <v>965</v>
       </c>
       <c r="B747" t="s">
         <v>13</v>
       </c>
       <c r="C747" t="s">
         <v>2053</v>
       </c>
       <c r="D747" t="s">
         <v>2068</v>
       </c>
       <c r="E747">
         <v>3</v>
       </c>
       <c r="F747" t="s">
         <v>16</v>
       </c>
       <c r="G747" t="s">
@@ -37990,275 +37990,275 @@
       </c>
     </row>
     <row r="748" spans="1:11">
       <c r="A748" t="s">
         <v>968</v>
       </c>
       <c r="B748" t="s">
         <v>13</v>
       </c>
       <c r="C748" t="s">
         <v>2053</v>
       </c>
       <c r="D748" t="s">
         <v>2070</v>
       </c>
       <c r="E748">
         <v>3</v>
       </c>
       <c r="F748" t="s">
         <v>16</v>
       </c>
       <c r="G748" t="s">
         <v>17</v>
       </c>
       <c r="H748">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="I748">
         <v>0</v>
       </c>
       <c r="K748" t="s">
         <v>2071</v>
       </c>
     </row>
     <row r="749" spans="1:11">
       <c r="A749" t="s">
         <v>971</v>
       </c>
       <c r="B749" t="s">
         <v>13</v>
       </c>
       <c r="C749" t="s">
         <v>2053</v>
       </c>
       <c r="D749" t="s">
         <v>2072</v>
       </c>
       <c r="E749">
         <v>3</v>
       </c>
       <c r="F749" t="s">
         <v>16</v>
       </c>
       <c r="G749" t="s">
         <v>17</v>
       </c>
       <c r="H749">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I749">
         <v>0</v>
       </c>
       <c r="K749" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="750" spans="1:11">
       <c r="A750" t="s">
         <v>974</v>
       </c>
       <c r="B750" t="s">
         <v>13</v>
       </c>
       <c r="C750" t="s">
         <v>2053</v>
       </c>
       <c r="D750" t="s">
         <v>2074</v>
       </c>
       <c r="E750">
         <v>3</v>
       </c>
       <c r="F750" t="s">
         <v>16</v>
       </c>
       <c r="G750" t="s">
         <v>17</v>
       </c>
       <c r="H750">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="I750">
         <v>0</v>
       </c>
       <c r="K750" t="s">
         <v>2075</v>
       </c>
     </row>
     <row r="751" spans="1:11">
       <c r="A751" t="s">
         <v>977</v>
       </c>
       <c r="B751" t="s">
         <v>13</v>
       </c>
       <c r="C751" t="s">
         <v>2053</v>
       </c>
       <c r="D751" t="s">
         <v>2076</v>
       </c>
       <c r="E751">
         <v>3</v>
       </c>
       <c r="F751" t="s">
         <v>16</v>
       </c>
       <c r="G751" t="s">
         <v>17</v>
       </c>
       <c r="H751">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I751">
         <v>0</v>
       </c>
       <c r="K751" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="752" spans="1:11">
       <c r="A752" t="s">
         <v>980</v>
       </c>
       <c r="B752" t="s">
         <v>13</v>
       </c>
       <c r="C752" t="s">
         <v>2053</v>
       </c>
       <c r="D752" t="s">
         <v>2078</v>
       </c>
       <c r="E752">
         <v>3</v>
       </c>
       <c r="F752" t="s">
         <v>16</v>
       </c>
       <c r="G752" t="s">
         <v>17</v>
       </c>
       <c r="H752">
-        <v>58</v>
+        <v>20</v>
       </c>
       <c r="I752">
         <v>0</v>
       </c>
       <c r="K752" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="753" spans="1:11">
       <c r="A753" t="s">
         <v>983</v>
       </c>
       <c r="B753" t="s">
         <v>13</v>
       </c>
       <c r="C753" t="s">
         <v>2053</v>
       </c>
       <c r="D753" t="s">
         <v>2080</v>
       </c>
       <c r="E753">
         <v>3</v>
       </c>
       <c r="F753" t="s">
         <v>16</v>
       </c>
       <c r="G753" t="s">
         <v>17</v>
       </c>
       <c r="H753">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="I753">
         <v>0</v>
       </c>
       <c r="K753" t="s">
         <v>2081</v>
       </c>
     </row>
     <row r="754" spans="1:11">
       <c r="A754" t="s">
         <v>986</v>
       </c>
       <c r="B754" t="s">
         <v>13</v>
       </c>
       <c r="C754" t="s">
         <v>2053</v>
       </c>
       <c r="D754" t="s">
         <v>2082</v>
       </c>
       <c r="E754">
         <v>3</v>
       </c>
       <c r="F754" t="s">
         <v>16</v>
       </c>
       <c r="G754" t="s">
         <v>17</v>
       </c>
       <c r="H754">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I754">
         <v>0</v>
       </c>
       <c r="K754" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="755" spans="1:11">
       <c r="A755" t="s">
         <v>989</v>
       </c>
       <c r="B755" t="s">
         <v>13</v>
       </c>
       <c r="C755" t="s">
         <v>2053</v>
       </c>
       <c r="D755" t="s">
         <v>2084</v>
       </c>
       <c r="E755">
         <v>3</v>
       </c>
       <c r="F755" t="s">
         <v>16</v>
       </c>
       <c r="G755" t="s">
         <v>17</v>
       </c>
       <c r="H755">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="I755">
         <v>0</v>
       </c>
       <c r="K755" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="756" spans="1:11">
       <c r="A756" t="s">
         <v>994</v>
       </c>
       <c r="B756" t="s">
         <v>13</v>
       </c>
       <c r="C756" t="s">
         <v>2053</v>
       </c>
       <c r="D756" t="s">
         <v>2086</v>
       </c>
       <c r="E756">
         <v>3</v>
       </c>
       <c r="F756" t="s">
@@ -38278,179 +38278,179 @@
       </c>
     </row>
     <row r="757" spans="1:11">
       <c r="A757" t="s">
         <v>997</v>
       </c>
       <c r="B757" t="s">
         <v>13</v>
       </c>
       <c r="C757" t="s">
         <v>2053</v>
       </c>
       <c r="D757" t="s">
         <v>873</v>
       </c>
       <c r="E757">
         <v>3</v>
       </c>
       <c r="F757" t="s">
         <v>16</v>
       </c>
       <c r="G757" t="s">
         <v>17</v>
       </c>
       <c r="H757">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I757">
         <v>0</v>
       </c>
       <c r="K757" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="758" spans="1:11">
       <c r="A758" t="s">
         <v>1000</v>
       </c>
       <c r="B758" t="s">
         <v>13</v>
       </c>
       <c r="C758" t="s">
         <v>2053</v>
       </c>
       <c r="D758" t="s">
         <v>2089</v>
       </c>
       <c r="E758">
         <v>3</v>
       </c>
       <c r="F758" t="s">
         <v>16</v>
       </c>
       <c r="G758" t="s">
         <v>17</v>
       </c>
       <c r="H758">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="I758">
         <v>0</v>
       </c>
       <c r="K758" t="s">
         <v>2090</v>
       </c>
     </row>
     <row r="759" spans="1:11">
       <c r="A759" t="s">
         <v>1006</v>
       </c>
       <c r="B759" t="s">
         <v>13</v>
       </c>
       <c r="C759" t="s">
         <v>2053</v>
       </c>
       <c r="D759" t="s">
         <v>2091</v>
       </c>
       <c r="E759">
         <v>3</v>
       </c>
       <c r="F759" t="s">
         <v>16</v>
       </c>
       <c r="G759" t="s">
         <v>17</v>
       </c>
       <c r="H759">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I759">
         <v>0</v>
       </c>
       <c r="K759" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="760" spans="1:11">
       <c r="A760" t="s">
         <v>1009</v>
       </c>
       <c r="B760" t="s">
         <v>13</v>
       </c>
       <c r="C760" t="s">
         <v>2053</v>
       </c>
       <c r="D760" t="s">
         <v>2093</v>
       </c>
       <c r="E760">
         <v>3</v>
       </c>
       <c r="F760" t="s">
         <v>16</v>
       </c>
       <c r="G760" t="s">
         <v>17</v>
       </c>
       <c r="H760">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I760">
         <v>0</v>
       </c>
       <c r="K760" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="761" spans="1:11">
       <c r="A761" t="s">
         <v>1012</v>
       </c>
       <c r="B761" t="s">
         <v>13</v>
       </c>
       <c r="C761" t="s">
         <v>2053</v>
       </c>
       <c r="D761" t="s">
         <v>2095</v>
       </c>
       <c r="E761">
         <v>3</v>
       </c>
       <c r="F761" t="s">
         <v>16</v>
       </c>
       <c r="G761" t="s">
         <v>17</v>
       </c>
       <c r="H761">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I761">
         <v>0</v>
       </c>
       <c r="K761" t="s">
         <v>2096</v>
       </c>
     </row>
     <row r="762" spans="1:11">
       <c r="A762" t="s">
         <v>1015</v>
       </c>
       <c r="B762" t="s">
         <v>13</v>
       </c>
       <c r="C762" t="s">
         <v>2053</v>
       </c>
       <c r="D762" t="s">
         <v>2097</v>
       </c>
       <c r="E762">
         <v>3</v>
       </c>
       <c r="F762" t="s">
@@ -38502,83 +38502,83 @@
       </c>
     </row>
     <row r="764" spans="1:11">
       <c r="A764" t="s">
         <v>1021</v>
       </c>
       <c r="B764" t="s">
         <v>13</v>
       </c>
       <c r="C764" t="s">
         <v>2053</v>
       </c>
       <c r="D764" t="s">
         <v>2101</v>
       </c>
       <c r="E764">
         <v>3</v>
       </c>
       <c r="F764" t="s">
         <v>16</v>
       </c>
       <c r="G764" t="s">
         <v>17</v>
       </c>
       <c r="H764">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="I764">
         <v>0</v>
       </c>
       <c r="K764" t="s">
         <v>2102</v>
       </c>
     </row>
     <row r="765" spans="1:11">
       <c r="A765" t="s">
         <v>1024</v>
       </c>
       <c r="B765" t="s">
         <v>13</v>
       </c>
       <c r="C765" t="s">
         <v>2053</v>
       </c>
       <c r="D765" t="s">
         <v>2103</v>
       </c>
       <c r="E765">
         <v>3</v>
       </c>
       <c r="F765" t="s">
         <v>16</v>
       </c>
       <c r="G765" t="s">
         <v>17</v>
       </c>
       <c r="H765">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I765">
         <v>0</v>
       </c>
       <c r="K765" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="766" spans="1:11">
       <c r="A766" t="s">
         <v>1027</v>
       </c>
       <c r="B766" t="s">
         <v>13</v>
       </c>
       <c r="C766" t="s">
         <v>2053</v>
       </c>
       <c r="D766" t="s">
         <v>2105</v>
       </c>
       <c r="E766">
         <v>3</v>
       </c>
       <c r="F766" t="s">
@@ -38598,51 +38598,51 @@
       </c>
     </row>
     <row r="767" spans="1:11">
       <c r="A767" t="s">
         <v>1030</v>
       </c>
       <c r="B767" t="s">
         <v>13</v>
       </c>
       <c r="C767" t="s">
         <v>2053</v>
       </c>
       <c r="D767" t="s">
         <v>2107</v>
       </c>
       <c r="E767">
         <v>3</v>
       </c>
       <c r="F767" t="s">
         <v>16</v>
       </c>
       <c r="G767" t="s">
         <v>17</v>
       </c>
       <c r="H767">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I767">
         <v>0</v>
       </c>
       <c r="K767" t="s">
         <v>2108</v>
       </c>
     </row>
     <row r="768" spans="1:11">
       <c r="A768" t="s">
         <v>1033</v>
       </c>
       <c r="B768" t="s">
         <v>13</v>
       </c>
       <c r="C768" t="s">
         <v>2053</v>
       </c>
       <c r="D768" t="s">
         <v>2109</v>
       </c>
       <c r="E768">
         <v>3</v>
       </c>
       <c r="F768" t="s">
@@ -38665,432 +38665,432 @@
       <c r="A769" t="s">
         <v>1036</v>
       </c>
       <c r="B769" t="s">
         <v>13</v>
       </c>
       <c r="C769" t="s">
         <v>2053</v>
       </c>
       <c r="D769" t="s">
         <v>2111</v>
       </c>
       <c r="E769">
         <v>3</v>
       </c>
       <c r="F769" t="s">
         <v>16</v>
       </c>
       <c r="G769" t="s">
         <v>17</v>
       </c>
       <c r="H769">
         <v>54</v>
       </c>
       <c r="I769">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="K769" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="770" spans="1:11">
       <c r="A770" t="s">
         <v>1039</v>
       </c>
       <c r="B770" t="s">
         <v>13</v>
       </c>
       <c r="C770" t="s">
         <v>2053</v>
       </c>
       <c r="D770" t="s">
         <v>2113</v>
       </c>
       <c r="E770">
         <v>3</v>
       </c>
       <c r="F770" t="s">
         <v>16</v>
       </c>
       <c r="G770" t="s">
         <v>17</v>
       </c>
       <c r="H770">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I770">
         <v>0</v>
       </c>
       <c r="K770" t="s">
         <v>2114</v>
       </c>
     </row>
     <row r="771" spans="1:11">
       <c r="A771" t="s">
         <v>1042</v>
       </c>
       <c r="B771" t="s">
         <v>13</v>
       </c>
       <c r="C771" t="s">
         <v>2053</v>
       </c>
       <c r="D771" t="s">
         <v>2115</v>
       </c>
       <c r="E771">
         <v>3</v>
       </c>
       <c r="F771" t="s">
         <v>16</v>
       </c>
       <c r="G771" t="s">
         <v>17</v>
       </c>
       <c r="H771">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I771">
         <v>0</v>
       </c>
       <c r="K771" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="772" spans="1:11">
       <c r="A772" t="s">
         <v>1045</v>
       </c>
       <c r="B772" t="s">
         <v>13</v>
       </c>
       <c r="C772" t="s">
         <v>2053</v>
       </c>
       <c r="D772" t="s">
         <v>2117</v>
       </c>
       <c r="E772">
         <v>3</v>
       </c>
       <c r="F772" t="s">
         <v>16</v>
       </c>
       <c r="G772" t="s">
         <v>17</v>
       </c>
       <c r="H772">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="I772">
         <v>0</v>
       </c>
       <c r="K772" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="773" spans="1:11">
       <c r="A773" t="s">
         <v>1048</v>
       </c>
       <c r="B773" t="s">
         <v>13</v>
       </c>
       <c r="C773" t="s">
         <v>2053</v>
       </c>
       <c r="D773" t="s">
         <v>2119</v>
       </c>
       <c r="E773">
         <v>3</v>
       </c>
       <c r="F773" t="s">
         <v>16</v>
       </c>
       <c r="G773" t="s">
         <v>17</v>
       </c>
       <c r="H773">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I773">
         <v>0</v>
       </c>
       <c r="K773" t="s">
         <v>2120</v>
       </c>
     </row>
     <row r="774" spans="1:11">
       <c r="A774" t="s">
         <v>1051</v>
       </c>
       <c r="B774" t="s">
         <v>13</v>
       </c>
       <c r="C774" t="s">
         <v>2053</v>
       </c>
       <c r="D774" t="s">
         <v>2121</v>
       </c>
       <c r="E774">
         <v>3</v>
       </c>
       <c r="F774" t="s">
         <v>16</v>
       </c>
       <c r="G774" t="s">
         <v>17</v>
       </c>
       <c r="H774">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="I774">
         <v>0</v>
       </c>
       <c r="K774" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="775" spans="1:11">
       <c r="A775" t="s">
         <v>1054</v>
       </c>
       <c r="B775" t="s">
         <v>13</v>
       </c>
       <c r="C775" t="s">
         <v>2053</v>
       </c>
       <c r="D775" t="s">
         <v>2123</v>
       </c>
       <c r="E775">
         <v>3</v>
       </c>
       <c r="F775" t="s">
         <v>16</v>
       </c>
       <c r="G775" t="s">
         <v>17</v>
       </c>
       <c r="H775">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I775">
         <v>0</v>
       </c>
       <c r="K775" t="s">
         <v>2124</v>
       </c>
     </row>
     <row r="776" spans="1:11">
       <c r="A776" t="s">
         <v>1057</v>
       </c>
       <c r="B776" t="s">
         <v>13</v>
       </c>
       <c r="C776" t="s">
         <v>2053</v>
       </c>
       <c r="D776" t="s">
         <v>2125</v>
       </c>
       <c r="E776">
         <v>3</v>
       </c>
       <c r="F776" t="s">
         <v>16</v>
       </c>
       <c r="G776" t="s">
         <v>17</v>
       </c>
       <c r="H776">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I776">
         <v>0</v>
       </c>
       <c r="K776" t="s">
         <v>2126</v>
       </c>
     </row>
     <row r="777" spans="1:11">
       <c r="A777" t="s">
         <v>1060</v>
       </c>
       <c r="B777" t="s">
         <v>13</v>
       </c>
       <c r="C777" t="s">
         <v>2053</v>
       </c>
       <c r="D777" t="s">
         <v>2127</v>
       </c>
       <c r="E777">
         <v>3</v>
       </c>
       <c r="F777" t="s">
         <v>16</v>
       </c>
       <c r="G777" t="s">
         <v>17</v>
       </c>
       <c r="H777">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I777">
         <v>0</v>
       </c>
       <c r="K777" t="s">
         <v>2128</v>
       </c>
     </row>
     <row r="778" spans="1:11">
       <c r="A778" t="s">
         <v>1063</v>
       </c>
       <c r="B778" t="s">
         <v>13</v>
       </c>
       <c r="C778" t="s">
         <v>2053</v>
       </c>
       <c r="D778" t="s">
         <v>2129</v>
       </c>
       <c r="E778">
         <v>3</v>
       </c>
       <c r="F778" t="s">
         <v>16</v>
       </c>
       <c r="G778" t="s">
         <v>17</v>
       </c>
       <c r="H778">
-        <v>57</v>
+        <v>21</v>
       </c>
       <c r="I778">
         <v>0</v>
       </c>
       <c r="K778" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="779" spans="1:11">
       <c r="A779" t="s">
         <v>1066</v>
       </c>
       <c r="B779" t="s">
         <v>13</v>
       </c>
       <c r="C779" t="s">
         <v>2053</v>
       </c>
       <c r="D779" t="s">
         <v>2131</v>
       </c>
       <c r="E779">
         <v>3</v>
       </c>
       <c r="F779" t="s">
         <v>16</v>
       </c>
       <c r="G779" t="s">
         <v>17</v>
       </c>
       <c r="H779">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I779">
         <v>0</v>
       </c>
       <c r="K779" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="780" spans="1:11">
       <c r="A780" t="s">
         <v>1069</v>
       </c>
       <c r="B780" t="s">
         <v>13</v>
       </c>
       <c r="C780" t="s">
         <v>2053</v>
       </c>
       <c r="D780" t="s">
         <v>2133</v>
       </c>
       <c r="E780">
         <v>3</v>
       </c>
       <c r="F780" t="s">
         <v>16</v>
       </c>
       <c r="G780" t="s">
         <v>17</v>
       </c>
       <c r="H780">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I780">
         <v>0</v>
       </c>
       <c r="K780" t="s">
         <v>2134</v>
       </c>
     </row>
     <row r="781" spans="1:11">
       <c r="A781" t="s">
         <v>1072</v>
       </c>
       <c r="B781" t="s">
         <v>13</v>
       </c>
       <c r="C781" t="s">
         <v>2053</v>
       </c>
       <c r="D781" t="s">
         <v>2135</v>
       </c>
       <c r="E781">
         <v>3</v>
       </c>
       <c r="F781" t="s">
         <v>16</v>
       </c>
       <c r="G781" t="s">
         <v>17</v>
       </c>
       <c r="H781">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I781">
         <v>0</v>
       </c>
       <c r="K781" t="s">
         <v>2136</v>
       </c>
     </row>
     <row r="782" spans="1:11">
       <c r="A782" t="s">
         <v>1075</v>
       </c>
       <c r="B782" t="s">
         <v>13</v>
       </c>
       <c r="C782" t="s">
         <v>2053</v>
       </c>
       <c r="D782" t="s">
         <v>2137</v>
       </c>
       <c r="E782">
         <v>3</v>
       </c>
       <c r="F782" t="s">
@@ -39110,115 +39110,115 @@
       </c>
     </row>
     <row r="783" spans="1:11">
       <c r="A783" t="s">
         <v>1078</v>
       </c>
       <c r="B783" t="s">
         <v>13</v>
       </c>
       <c r="C783" t="s">
         <v>2053</v>
       </c>
       <c r="D783" t="s">
         <v>2139</v>
       </c>
       <c r="E783">
         <v>3</v>
       </c>
       <c r="F783" t="s">
         <v>16</v>
       </c>
       <c r="G783" t="s">
         <v>17</v>
       </c>
       <c r="H783">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I783">
         <v>0</v>
       </c>
       <c r="K783" t="s">
         <v>2140</v>
       </c>
     </row>
     <row r="784" spans="1:11">
       <c r="A784" t="s">
         <v>1081</v>
       </c>
       <c r="B784" t="s">
         <v>13</v>
       </c>
       <c r="C784" t="s">
         <v>2053</v>
       </c>
       <c r="D784" t="s">
         <v>2141</v>
       </c>
       <c r="E784">
         <v>3</v>
       </c>
       <c r="F784" t="s">
         <v>16</v>
       </c>
       <c r="G784" t="s">
         <v>17</v>
       </c>
       <c r="H784">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I784">
         <v>0</v>
       </c>
       <c r="K784" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="785" spans="1:11">
       <c r="A785" t="s">
         <v>1084</v>
       </c>
       <c r="B785" t="s">
         <v>13</v>
       </c>
       <c r="C785" t="s">
         <v>2053</v>
       </c>
       <c r="D785" t="s">
         <v>2143</v>
       </c>
       <c r="E785">
         <v>3</v>
       </c>
       <c r="F785" t="s">
         <v>16</v>
       </c>
       <c r="G785" t="s">
         <v>17</v>
       </c>
       <c r="H785">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="I785">
         <v>0</v>
       </c>
       <c r="K785" t="s">
         <v>2144</v>
       </c>
     </row>
     <row r="786" spans="1:11">
       <c r="A786" t="s">
         <v>1087</v>
       </c>
       <c r="B786" t="s">
         <v>13</v>
       </c>
       <c r="C786" t="s">
         <v>2053</v>
       </c>
       <c r="D786" t="s">
         <v>2145</v>
       </c>
       <c r="E786">
         <v>3</v>
       </c>
       <c r="F786" t="s">
@@ -39238,83 +39238,83 @@
       </c>
     </row>
     <row r="787" spans="1:11">
       <c r="A787" t="s">
         <v>1090</v>
       </c>
       <c r="B787" t="s">
         <v>13</v>
       </c>
       <c r="C787" t="s">
         <v>2053</v>
       </c>
       <c r="D787" t="s">
         <v>2147</v>
       </c>
       <c r="E787">
         <v>3</v>
       </c>
       <c r="F787" t="s">
         <v>16</v>
       </c>
       <c r="G787" t="s">
         <v>17</v>
       </c>
       <c r="H787">
-        <v>55</v>
+        <v>10</v>
       </c>
       <c r="I787">
         <v>0</v>
       </c>
       <c r="K787" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="788" spans="1:11">
       <c r="A788" t="s">
         <v>1095</v>
       </c>
       <c r="B788" t="s">
         <v>13</v>
       </c>
       <c r="C788" t="s">
         <v>2053</v>
       </c>
       <c r="D788" t="s">
         <v>2149</v>
       </c>
       <c r="E788">
         <v>3</v>
       </c>
       <c r="F788" t="s">
         <v>16</v>
       </c>
       <c r="G788" t="s">
         <v>17</v>
       </c>
       <c r="H788">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="I788">
         <v>0</v>
       </c>
       <c r="K788" t="s">
         <v>2150</v>
       </c>
     </row>
     <row r="789" spans="1:11">
       <c r="A789" t="s">
         <v>1098</v>
       </c>
       <c r="B789" t="s">
         <v>13</v>
       </c>
       <c r="C789" t="s">
         <v>2053</v>
       </c>
       <c r="D789" t="s">
         <v>2151</v>
       </c>
       <c r="E789">
         <v>3</v>
       </c>
       <c r="F789" t="s">
@@ -39334,211 +39334,211 @@
       </c>
     </row>
     <row r="790" spans="1:11">
       <c r="A790" t="s">
         <v>1101</v>
       </c>
       <c r="B790" t="s">
         <v>13</v>
       </c>
       <c r="C790" t="s">
         <v>2053</v>
       </c>
       <c r="D790" t="s">
         <v>2153</v>
       </c>
       <c r="E790">
         <v>3</v>
       </c>
       <c r="F790" t="s">
         <v>16</v>
       </c>
       <c r="G790" t="s">
         <v>17</v>
       </c>
       <c r="H790">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I790">
         <v>0</v>
       </c>
       <c r="K790" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="791" spans="1:11">
       <c r="A791" t="s">
         <v>1104</v>
       </c>
       <c r="B791" t="s">
         <v>13</v>
       </c>
       <c r="C791" t="s">
         <v>2053</v>
       </c>
       <c r="D791" t="s">
         <v>2155</v>
       </c>
       <c r="E791">
         <v>3</v>
       </c>
       <c r="F791" t="s">
         <v>16</v>
       </c>
       <c r="G791" t="s">
         <v>17</v>
       </c>
       <c r="H791">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I791">
         <v>0</v>
       </c>
       <c r="K791" t="s">
         <v>2156</v>
       </c>
     </row>
     <row r="792" spans="1:11">
       <c r="A792" t="s">
         <v>1107</v>
       </c>
       <c r="B792" t="s">
         <v>13</v>
       </c>
       <c r="C792" t="s">
         <v>2053</v>
       </c>
       <c r="D792" t="s">
         <v>2157</v>
       </c>
       <c r="E792">
         <v>3</v>
       </c>
       <c r="F792" t="s">
         <v>16</v>
       </c>
       <c r="G792" t="s">
         <v>17</v>
       </c>
       <c r="H792">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I792">
         <v>0</v>
       </c>
       <c r="K792" t="s">
         <v>2158</v>
       </c>
     </row>
     <row r="793" spans="1:11">
       <c r="A793" t="s">
         <v>1110</v>
       </c>
       <c r="B793" t="s">
         <v>13</v>
       </c>
       <c r="C793" t="s">
         <v>2053</v>
       </c>
       <c r="D793" t="s">
         <v>2159</v>
       </c>
       <c r="E793">
         <v>3</v>
       </c>
       <c r="F793" t="s">
         <v>16</v>
       </c>
       <c r="G793" t="s">
         <v>17</v>
       </c>
       <c r="H793">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I793">
         <v>0</v>
       </c>
       <c r="K793" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="794" spans="1:11">
       <c r="A794" t="s">
         <v>1113</v>
       </c>
       <c r="B794" t="s">
         <v>13</v>
       </c>
       <c r="C794" t="s">
         <v>2053</v>
       </c>
       <c r="D794" t="s">
         <v>2161</v>
       </c>
       <c r="E794">
         <v>3</v>
       </c>
       <c r="F794" t="s">
         <v>16</v>
       </c>
       <c r="G794" t="s">
         <v>17</v>
       </c>
       <c r="H794">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I794">
         <v>0</v>
       </c>
       <c r="K794" t="s">
         <v>2162</v>
       </c>
     </row>
     <row r="795" spans="1:11">
       <c r="A795" t="s">
         <v>1116</v>
       </c>
       <c r="B795" t="s">
         <v>13</v>
       </c>
       <c r="C795" t="s">
         <v>2053</v>
       </c>
       <c r="D795" t="s">
         <v>2163</v>
       </c>
       <c r="E795">
         <v>3</v>
       </c>
       <c r="F795" t="s">
         <v>16</v>
       </c>
       <c r="G795" t="s">
         <v>17</v>
       </c>
       <c r="H795">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="I795">
         <v>0</v>
       </c>
       <c r="K795" t="s">
         <v>2164</v>
       </c>
     </row>
     <row r="796" spans="1:11">
       <c r="A796" t="s">
         <v>1119</v>
       </c>
       <c r="B796" t="s">
         <v>13</v>
       </c>
       <c r="C796" t="s">
         <v>2053</v>
       </c>
       <c r="D796" t="s">
         <v>2165</v>
       </c>
       <c r="E796">
         <v>3</v>
       </c>
       <c r="F796" t="s">
@@ -39558,51 +39558,51 @@
       </c>
     </row>
     <row r="797" spans="1:11">
       <c r="A797" t="s">
         <v>1122</v>
       </c>
       <c r="B797" t="s">
         <v>13</v>
       </c>
       <c r="C797" t="s">
         <v>2053</v>
       </c>
       <c r="D797" t="s">
         <v>2167</v>
       </c>
       <c r="E797">
         <v>3</v>
       </c>
       <c r="F797" t="s">
         <v>16</v>
       </c>
       <c r="G797" t="s">
         <v>17</v>
       </c>
       <c r="H797">
-        <v>55</v>
+        <v>4</v>
       </c>
       <c r="I797">
         <v>0</v>
       </c>
       <c r="K797" t="s">
         <v>2168</v>
       </c>
     </row>
     <row r="798" spans="1:11">
       <c r="A798" t="s">
         <v>1125</v>
       </c>
       <c r="B798" t="s">
         <v>13</v>
       </c>
       <c r="C798" t="s">
         <v>2053</v>
       </c>
       <c r="D798" t="s">
         <v>2169</v>
       </c>
       <c r="E798">
         <v>3</v>
       </c>
       <c r="F798" t="s">
@@ -39622,179 +39622,179 @@
       </c>
     </row>
     <row r="799" spans="1:11">
       <c r="A799" t="s">
         <v>1128</v>
       </c>
       <c r="B799" t="s">
         <v>13</v>
       </c>
       <c r="C799" t="s">
         <v>2053</v>
       </c>
       <c r="D799" t="s">
         <v>2171</v>
       </c>
       <c r="E799">
         <v>3</v>
       </c>
       <c r="F799" t="s">
         <v>16</v>
       </c>
       <c r="G799" t="s">
         <v>17</v>
       </c>
       <c r="H799">
-        <v>54</v>
+        <v>10</v>
       </c>
       <c r="I799">
         <v>0</v>
       </c>
       <c r="K799" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="800" spans="1:11">
       <c r="A800" t="s">
         <v>1131</v>
       </c>
       <c r="B800" t="s">
         <v>13</v>
       </c>
       <c r="C800" t="s">
         <v>2053</v>
       </c>
       <c r="D800" t="s">
         <v>2173</v>
       </c>
       <c r="E800">
         <v>3</v>
       </c>
       <c r="F800" t="s">
         <v>16</v>
       </c>
       <c r="G800" t="s">
         <v>17</v>
       </c>
       <c r="H800">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="I800">
         <v>0</v>
       </c>
       <c r="K800" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="801" spans="1:11">
       <c r="A801" t="s">
         <v>1134</v>
       </c>
       <c r="B801" t="s">
         <v>13</v>
       </c>
       <c r="C801" t="s">
         <v>2053</v>
       </c>
       <c r="D801" t="s">
         <v>2175</v>
       </c>
       <c r="E801">
         <v>3</v>
       </c>
       <c r="F801" t="s">
         <v>16</v>
       </c>
       <c r="G801" t="s">
         <v>17</v>
       </c>
       <c r="H801">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I801">
         <v>0</v>
       </c>
       <c r="K801" t="s">
         <v>2176</v>
       </c>
     </row>
     <row r="802" spans="1:11">
       <c r="A802" t="s">
         <v>1137</v>
       </c>
       <c r="B802" t="s">
         <v>13</v>
       </c>
       <c r="C802" t="s">
         <v>2053</v>
       </c>
       <c r="D802" t="s">
         <v>2177</v>
       </c>
       <c r="E802">
         <v>3</v>
       </c>
       <c r="F802" t="s">
         <v>16</v>
       </c>
       <c r="G802" t="s">
         <v>17</v>
       </c>
       <c r="H802">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I802">
         <v>0</v>
       </c>
       <c r="K802" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="803" spans="1:11">
       <c r="A803" t="s">
         <v>1140</v>
       </c>
       <c r="B803" t="s">
         <v>13</v>
       </c>
       <c r="C803" t="s">
         <v>2053</v>
       </c>
       <c r="D803" t="s">
         <v>2179</v>
       </c>
       <c r="E803">
         <v>3</v>
       </c>
       <c r="F803" t="s">
         <v>16</v>
       </c>
       <c r="G803" t="s">
         <v>17</v>
       </c>
       <c r="H803">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I803">
         <v>0</v>
       </c>
       <c r="K803" t="s">
         <v>2180</v>
       </c>
     </row>
     <row r="804" spans="1:11">
       <c r="A804" t="s">
         <v>1143</v>
       </c>
       <c r="B804" t="s">
         <v>13</v>
       </c>
       <c r="C804" t="s">
         <v>2053</v>
       </c>
       <c r="D804" t="s">
         <v>2181</v>
       </c>
       <c r="E804">
         <v>3</v>
       </c>
       <c r="F804" t="s">
@@ -39814,51 +39814,51 @@
       </c>
     </row>
     <row r="805" spans="1:11">
       <c r="A805" t="s">
         <v>1146</v>
       </c>
       <c r="B805" t="s">
         <v>13</v>
       </c>
       <c r="C805" t="s">
         <v>2053</v>
       </c>
       <c r="D805" t="s">
         <v>2183</v>
       </c>
       <c r="E805">
         <v>3</v>
       </c>
       <c r="F805" t="s">
         <v>16</v>
       </c>
       <c r="G805" t="s">
         <v>17</v>
       </c>
       <c r="H805">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="I805">
         <v>0</v>
       </c>
       <c r="K805" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="806" spans="1:11">
       <c r="A806" t="s">
         <v>1149</v>
       </c>
       <c r="B806" t="s">
         <v>13</v>
       </c>
       <c r="C806" t="s">
         <v>2053</v>
       </c>
       <c r="D806" t="s">
         <v>2185</v>
       </c>
       <c r="E806">
         <v>3</v>
       </c>
       <c r="F806" t="s">
@@ -39878,307 +39878,307 @@
       </c>
     </row>
     <row r="807" spans="1:11">
       <c r="A807" t="s">
         <v>1152</v>
       </c>
       <c r="B807" t="s">
         <v>13</v>
       </c>
       <c r="C807" t="s">
         <v>2053</v>
       </c>
       <c r="D807" t="s">
         <v>2187</v>
       </c>
       <c r="E807">
         <v>3</v>
       </c>
       <c r="F807" t="s">
         <v>16</v>
       </c>
       <c r="G807" t="s">
         <v>17</v>
       </c>
       <c r="H807">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I807">
         <v>0</v>
       </c>
       <c r="K807" t="s">
         <v>2188</v>
       </c>
     </row>
     <row r="808" spans="1:11">
       <c r="A808" t="s">
         <v>1155</v>
       </c>
       <c r="B808" t="s">
         <v>13</v>
       </c>
       <c r="C808" t="s">
         <v>2053</v>
       </c>
       <c r="D808" t="s">
         <v>2189</v>
       </c>
       <c r="E808">
         <v>3</v>
       </c>
       <c r="F808" t="s">
         <v>16</v>
       </c>
       <c r="G808" t="s">
         <v>17</v>
       </c>
       <c r="H808">
-        <v>57</v>
+        <v>7</v>
       </c>
       <c r="I808">
         <v>0</v>
       </c>
       <c r="K808" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="809" spans="1:11">
       <c r="A809" t="s">
         <v>1158</v>
       </c>
       <c r="B809" t="s">
         <v>13</v>
       </c>
       <c r="C809" t="s">
         <v>2053</v>
       </c>
       <c r="D809" t="s">
         <v>2191</v>
       </c>
       <c r="E809">
         <v>3</v>
       </c>
       <c r="F809" t="s">
         <v>16</v>
       </c>
       <c r="G809" t="s">
         <v>17</v>
       </c>
       <c r="H809">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I809">
         <v>0</v>
       </c>
       <c r="K809" t="s">
         <v>2192</v>
       </c>
     </row>
     <row r="810" spans="1:11">
       <c r="A810" t="s">
         <v>1161</v>
       </c>
       <c r="B810" t="s">
         <v>13</v>
       </c>
       <c r="C810" t="s">
         <v>2053</v>
       </c>
       <c r="D810" t="s">
         <v>2193</v>
       </c>
       <c r="E810">
         <v>3</v>
       </c>
       <c r="F810" t="s">
         <v>16</v>
       </c>
       <c r="G810" t="s">
         <v>17</v>
       </c>
       <c r="H810">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="I810">
         <v>0</v>
       </c>
       <c r="K810" t="s">
         <v>2194</v>
       </c>
     </row>
     <row r="811" spans="1:11">
       <c r="A811" t="s">
         <v>1164</v>
       </c>
       <c r="B811" t="s">
         <v>13</v>
       </c>
       <c r="C811" t="s">
         <v>2053</v>
       </c>
       <c r="D811" t="s">
         <v>2195</v>
       </c>
       <c r="E811">
         <v>3</v>
       </c>
       <c r="F811" t="s">
         <v>16</v>
       </c>
       <c r="G811" t="s">
         <v>17</v>
       </c>
       <c r="H811">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I811">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K811" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="812" spans="1:11">
       <c r="A812" t="s">
         <v>1167</v>
       </c>
       <c r="B812" t="s">
         <v>13</v>
       </c>
       <c r="C812" t="s">
         <v>2053</v>
       </c>
       <c r="D812" t="s">
         <v>2197</v>
       </c>
       <c r="E812">
         <v>3</v>
       </c>
       <c r="F812" t="s">
         <v>16</v>
       </c>
       <c r="G812" t="s">
         <v>17</v>
       </c>
       <c r="H812">
-        <v>60</v>
+        <v>28</v>
       </c>
       <c r="I812">
         <v>0</v>
       </c>
       <c r="K812" t="s">
         <v>2198</v>
       </c>
     </row>
     <row r="813" spans="1:11">
       <c r="A813" t="s">
         <v>1170</v>
       </c>
       <c r="B813" t="s">
         <v>13</v>
       </c>
       <c r="C813" t="s">
         <v>2053</v>
       </c>
       <c r="D813" t="s">
         <v>2199</v>
       </c>
       <c r="E813">
         <v>3</v>
       </c>
       <c r="F813" t="s">
         <v>16</v>
       </c>
       <c r="G813" t="s">
         <v>17</v>
       </c>
       <c r="H813">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I813">
         <v>0</v>
       </c>
       <c r="K813" t="s">
         <v>2200</v>
       </c>
     </row>
     <row r="814" spans="1:11">
       <c r="A814" t="s">
         <v>1173</v>
       </c>
       <c r="B814" t="s">
         <v>13</v>
       </c>
       <c r="C814" t="s">
         <v>2053</v>
       </c>
       <c r="D814" t="s">
         <v>2201</v>
       </c>
       <c r="E814">
         <v>3</v>
       </c>
       <c r="F814" t="s">
         <v>16</v>
       </c>
       <c r="G814" t="s">
         <v>17</v>
       </c>
       <c r="H814">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I814">
         <v>0</v>
       </c>
       <c r="K814" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="815" spans="1:11">
       <c r="A815" t="s">
         <v>1176</v>
       </c>
       <c r="B815" t="s">
         <v>13</v>
       </c>
       <c r="C815" t="s">
         <v>2053</v>
       </c>
       <c r="D815" t="s">
         <v>2203</v>
       </c>
       <c r="E815">
         <v>3</v>
       </c>
       <c r="F815" t="s">
         <v>16</v>
       </c>
       <c r="G815" t="s">
         <v>17</v>
       </c>
       <c r="H815">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I815">
         <v>0</v>
       </c>
       <c r="K815" t="s">
         <v>2204</v>
       </c>
     </row>
     <row r="816" spans="1:11">
       <c r="A816" t="s">
         <v>1179</v>
       </c>
       <c r="B816" t="s">
         <v>13</v>
       </c>
       <c r="C816" t="s">
         <v>2053</v>
       </c>
       <c r="D816" t="s">
         <v>2205</v>
       </c>
       <c r="E816">
         <v>3</v>
       </c>
       <c r="F816" t="s">
@@ -40198,403 +40198,403 @@
       </c>
     </row>
     <row r="817" spans="1:11">
       <c r="A817" t="s">
         <v>1182</v>
       </c>
       <c r="B817" t="s">
         <v>13</v>
       </c>
       <c r="C817" t="s">
         <v>2053</v>
       </c>
       <c r="D817" t="s">
         <v>2207</v>
       </c>
       <c r="E817">
         <v>3</v>
       </c>
       <c r="F817" t="s">
         <v>16</v>
       </c>
       <c r="G817" t="s">
         <v>17</v>
       </c>
       <c r="H817">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="I817">
         <v>0</v>
       </c>
       <c r="K817" t="s">
         <v>2208</v>
       </c>
     </row>
     <row r="818" spans="1:11">
       <c r="A818" t="s">
         <v>1185</v>
       </c>
       <c r="B818" t="s">
         <v>13</v>
       </c>
       <c r="C818" t="s">
         <v>2053</v>
       </c>
       <c r="D818" t="s">
         <v>2209</v>
       </c>
       <c r="E818">
         <v>3</v>
       </c>
       <c r="F818" t="s">
         <v>16</v>
       </c>
       <c r="G818" t="s">
         <v>17</v>
       </c>
       <c r="H818">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I818">
         <v>0</v>
       </c>
       <c r="K818" t="s">
         <v>2210</v>
       </c>
     </row>
     <row r="819" spans="1:11">
       <c r="A819" t="s">
         <v>1191</v>
       </c>
       <c r="B819" t="s">
         <v>13</v>
       </c>
       <c r="C819" t="s">
         <v>2053</v>
       </c>
       <c r="D819" t="s">
         <v>2211</v>
       </c>
       <c r="E819">
         <v>3</v>
       </c>
       <c r="F819" t="s">
         <v>16</v>
       </c>
       <c r="G819" t="s">
         <v>17</v>
       </c>
       <c r="H819">
         <v>54</v>
       </c>
       <c r="I819">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K819" t="s">
         <v>2212</v>
       </c>
     </row>
     <row r="820" spans="1:11">
       <c r="A820" t="s">
         <v>1194</v>
       </c>
       <c r="B820" t="s">
         <v>13</v>
       </c>
       <c r="C820" t="s">
         <v>2053</v>
       </c>
       <c r="D820" t="s">
         <v>2213</v>
       </c>
       <c r="E820">
         <v>3</v>
       </c>
       <c r="F820" t="s">
         <v>16</v>
       </c>
       <c r="G820" t="s">
         <v>17</v>
       </c>
       <c r="H820">
         <v>53</v>
       </c>
       <c r="I820">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K820" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="821" spans="1:11">
       <c r="A821" t="s">
         <v>1197</v>
       </c>
       <c r="B821" t="s">
         <v>13</v>
       </c>
       <c r="C821" t="s">
         <v>2053</v>
       </c>
       <c r="D821" t="s">
         <v>2215</v>
       </c>
       <c r="E821">
         <v>3</v>
       </c>
       <c r="F821" t="s">
         <v>16</v>
       </c>
       <c r="G821" t="s">
         <v>17</v>
       </c>
       <c r="H821">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="I821">
         <v>0</v>
       </c>
       <c r="K821" t="s">
         <v>2216</v>
       </c>
     </row>
     <row r="822" spans="1:11">
       <c r="A822" t="s">
         <v>1203</v>
       </c>
       <c r="B822" t="s">
         <v>13</v>
       </c>
       <c r="C822" t="s">
         <v>2053</v>
       </c>
       <c r="D822" t="s">
         <v>2217</v>
       </c>
       <c r="E822">
         <v>3</v>
       </c>
       <c r="F822" t="s">
         <v>16</v>
       </c>
       <c r="G822" t="s">
         <v>17</v>
       </c>
       <c r="H822">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="I822">
         <v>0</v>
       </c>
       <c r="K822" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="823" spans="1:11">
       <c r="A823" t="s">
         <v>1206</v>
       </c>
       <c r="B823" t="s">
         <v>13</v>
       </c>
       <c r="C823" t="s">
         <v>2053</v>
       </c>
       <c r="D823" t="s">
         <v>2219</v>
       </c>
       <c r="E823">
         <v>3</v>
       </c>
       <c r="F823" t="s">
         <v>16</v>
       </c>
       <c r="G823" t="s">
         <v>17</v>
       </c>
       <c r="H823">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I823">
         <v>0</v>
       </c>
       <c r="K823" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="824" spans="1:11">
       <c r="A824" t="s">
         <v>1209</v>
       </c>
       <c r="B824" t="s">
         <v>13</v>
       </c>
       <c r="C824" t="s">
         <v>2053</v>
       </c>
       <c r="D824" t="s">
         <v>2221</v>
       </c>
       <c r="E824">
         <v>3</v>
       </c>
       <c r="F824" t="s">
         <v>16</v>
       </c>
       <c r="G824" t="s">
         <v>17</v>
       </c>
       <c r="H824">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I824">
         <v>0</v>
       </c>
       <c r="K824" t="s">
         <v>2222</v>
       </c>
     </row>
     <row r="825" spans="1:11">
       <c r="A825" t="s">
         <v>1212</v>
       </c>
       <c r="B825" t="s">
         <v>13</v>
       </c>
       <c r="C825" t="s">
         <v>2053</v>
       </c>
       <c r="D825" t="s">
         <v>2219</v>
       </c>
       <c r="E825">
         <v>3</v>
       </c>
       <c r="F825" t="s">
         <v>16</v>
       </c>
       <c r="G825" t="s">
         <v>17</v>
       </c>
       <c r="H825">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="I825">
         <v>0</v>
       </c>
       <c r="K825" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="826" spans="1:11">
       <c r="A826" t="s">
         <v>1215</v>
       </c>
       <c r="B826" t="s">
         <v>13</v>
       </c>
       <c r="C826" t="s">
         <v>2053</v>
       </c>
       <c r="D826" t="s">
         <v>2224</v>
       </c>
       <c r="E826">
         <v>3</v>
       </c>
       <c r="F826" t="s">
         <v>16</v>
       </c>
       <c r="G826" t="s">
         <v>17</v>
       </c>
       <c r="H826">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I826">
         <v>0</v>
       </c>
       <c r="K826" t="s">
         <v>2225</v>
       </c>
     </row>
     <row r="827" spans="1:11">
       <c r="A827" t="s">
         <v>1218</v>
       </c>
       <c r="B827" t="s">
         <v>13</v>
       </c>
       <c r="C827" t="s">
         <v>2053</v>
       </c>
       <c r="D827" t="s">
         <v>2226</v>
       </c>
       <c r="E827">
         <v>3</v>
       </c>
       <c r="F827" t="s">
         <v>16</v>
       </c>
       <c r="G827" t="s">
         <v>17</v>
       </c>
       <c r="H827">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I827">
         <v>0</v>
       </c>
       <c r="K827" t="s">
         <v>2227</v>
       </c>
     </row>
     <row r="828" spans="1:11">
       <c r="A828" t="s">
         <v>1221</v>
       </c>
       <c r="B828" t="s">
         <v>13</v>
       </c>
       <c r="C828" t="s">
         <v>2053</v>
       </c>
       <c r="D828" t="s">
         <v>2228</v>
       </c>
       <c r="E828">
         <v>3</v>
       </c>
       <c r="F828" t="s">
         <v>16</v>
       </c>
       <c r="G828" t="s">
         <v>17</v>
       </c>
       <c r="H828">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I828">
         <v>0</v>
       </c>
       <c r="K828" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="829" spans="1:11">
       <c r="A829" t="s">
         <v>1224</v>
       </c>
       <c r="B829" t="s">
         <v>13</v>
       </c>
       <c r="C829" t="s">
         <v>2053</v>
       </c>
       <c r="D829" t="s">
         <v>2230</v>
       </c>
       <c r="E829">
         <v>3</v>
       </c>
       <c r="F829" t="s">
@@ -40614,243 +40614,243 @@
       </c>
     </row>
     <row r="830" spans="1:11">
       <c r="A830" t="s">
         <v>1227</v>
       </c>
       <c r="B830" t="s">
         <v>13</v>
       </c>
       <c r="C830" t="s">
         <v>2053</v>
       </c>
       <c r="D830" t="s">
         <v>2232</v>
       </c>
       <c r="E830">
         <v>3</v>
       </c>
       <c r="F830" t="s">
         <v>16</v>
       </c>
       <c r="G830" t="s">
         <v>17</v>
       </c>
       <c r="H830">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="I830">
         <v>0</v>
       </c>
       <c r="K830" t="s">
         <v>2233</v>
       </c>
     </row>
     <row r="831" spans="1:11">
       <c r="A831" t="s">
         <v>1232</v>
       </c>
       <c r="B831" t="s">
         <v>13</v>
       </c>
       <c r="C831" t="s">
         <v>2053</v>
       </c>
       <c r="D831" t="s">
         <v>2234</v>
       </c>
       <c r="E831">
         <v>3</v>
       </c>
       <c r="F831" t="s">
         <v>16</v>
       </c>
       <c r="G831" t="s">
         <v>17</v>
       </c>
       <c r="H831">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I831">
         <v>0</v>
       </c>
       <c r="K831" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="832" spans="1:11">
       <c r="A832" t="s">
         <v>1235</v>
       </c>
       <c r="B832" t="s">
         <v>13</v>
       </c>
       <c r="C832" t="s">
         <v>2053</v>
       </c>
       <c r="D832" t="s">
         <v>2236</v>
       </c>
       <c r="E832">
         <v>3</v>
       </c>
       <c r="F832" t="s">
         <v>16</v>
       </c>
       <c r="G832" t="s">
         <v>17</v>
       </c>
       <c r="H832">
-        <v>52</v>
+        <v>3</v>
       </c>
       <c r="I832">
         <v>0</v>
       </c>
       <c r="K832" t="s">
         <v>2237</v>
       </c>
     </row>
     <row r="833" spans="1:11">
       <c r="A833" t="s">
         <v>1238</v>
       </c>
       <c r="B833" t="s">
         <v>13</v>
       </c>
       <c r="C833" t="s">
         <v>2053</v>
       </c>
       <c r="D833" t="s">
         <v>2238</v>
       </c>
       <c r="E833">
         <v>3</v>
       </c>
       <c r="F833" t="s">
         <v>16</v>
       </c>
       <c r="G833" t="s">
         <v>17</v>
       </c>
       <c r="H833">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I833">
         <v>0</v>
       </c>
       <c r="K833" t="s">
         <v>2239</v>
       </c>
     </row>
     <row r="834" spans="1:11">
       <c r="A834" t="s">
         <v>1244</v>
       </c>
       <c r="B834" t="s">
         <v>13</v>
       </c>
       <c r="C834" t="s">
         <v>2053</v>
       </c>
       <c r="D834" t="s">
         <v>2240</v>
       </c>
       <c r="E834">
         <v>3</v>
       </c>
       <c r="F834" t="s">
         <v>16</v>
       </c>
       <c r="G834" t="s">
         <v>17</v>
       </c>
       <c r="H834">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I834">
         <v>0</v>
       </c>
       <c r="K834" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="835" spans="1:11">
       <c r="A835" t="s">
         <v>1247</v>
       </c>
       <c r="B835" t="s">
         <v>13</v>
       </c>
       <c r="C835" t="s">
         <v>2053</v>
       </c>
       <c r="D835" t="s">
         <v>2242</v>
       </c>
       <c r="E835">
         <v>3</v>
       </c>
       <c r="F835" t="s">
         <v>16</v>
       </c>
       <c r="G835" t="s">
         <v>17</v>
       </c>
       <c r="H835">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I835">
         <v>0</v>
       </c>
       <c r="K835" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="836" spans="1:11">
       <c r="A836" t="s">
         <v>1250</v>
       </c>
       <c r="B836" t="s">
         <v>13</v>
       </c>
       <c r="C836" t="s">
         <v>2053</v>
       </c>
       <c r="D836" t="s">
         <v>2244</v>
       </c>
       <c r="E836">
         <v>3</v>
       </c>
       <c r="F836" t="s">
         <v>16</v>
       </c>
       <c r="G836" t="s">
         <v>17</v>
       </c>
       <c r="H836">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I836">
         <v>5</v>
       </c>
       <c r="K836" t="s">
         <v>2245</v>
       </c>
     </row>
     <row r="837" spans="1:11">
       <c r="A837" t="s">
         <v>1253</v>
       </c>
       <c r="B837" t="s">
         <v>13</v>
       </c>
       <c r="C837" t="s">
         <v>2053</v>
       </c>
       <c r="D837" t="s">
         <v>2246</v>
       </c>
       <c r="E837">
         <v>3</v>
       </c>
       <c r="F837" t="s">
@@ -40966,115 +40966,115 @@
       </c>
     </row>
     <row r="841" spans="1:11">
       <c r="A841" t="s">
         <v>1269</v>
       </c>
       <c r="B841" t="s">
         <v>13</v>
       </c>
       <c r="C841" t="s">
         <v>2053</v>
       </c>
       <c r="D841" t="s">
         <v>2254</v>
       </c>
       <c r="E841">
         <v>3</v>
       </c>
       <c r="F841" t="s">
         <v>16</v>
       </c>
       <c r="G841" t="s">
         <v>17</v>
       </c>
       <c r="H841">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="I841">
         <v>0</v>
       </c>
       <c r="K841" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="842" spans="1:11">
       <c r="A842" t="s">
         <v>1272</v>
       </c>
       <c r="B842" t="s">
         <v>13</v>
       </c>
       <c r="C842" t="s">
         <v>2053</v>
       </c>
       <c r="D842" t="s">
         <v>2256</v>
       </c>
       <c r="E842">
         <v>3</v>
       </c>
       <c r="F842" t="s">
         <v>16</v>
       </c>
       <c r="G842" t="s">
         <v>17</v>
       </c>
       <c r="H842">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="I842">
         <v>0</v>
       </c>
       <c r="K842" t="s">
         <v>2257</v>
       </c>
     </row>
     <row r="843" spans="1:11">
       <c r="A843" t="s">
         <v>1275</v>
       </c>
       <c r="B843" t="s">
         <v>13</v>
       </c>
       <c r="C843" t="s">
         <v>2053</v>
       </c>
       <c r="D843" t="s">
         <v>2258</v>
       </c>
       <c r="E843">
         <v>3</v>
       </c>
       <c r="F843" t="s">
         <v>16</v>
       </c>
       <c r="G843" t="s">
         <v>17</v>
       </c>
       <c r="H843">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I843">
         <v>0</v>
       </c>
       <c r="K843" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="844" spans="1:11">
       <c r="A844" t="s">
         <v>1278</v>
       </c>
       <c r="B844" t="s">
         <v>13</v>
       </c>
       <c r="C844" t="s">
         <v>2053</v>
       </c>
       <c r="D844" t="s">
         <v>2260</v>
       </c>
       <c r="E844">
         <v>3</v>
       </c>
       <c r="F844" t="s">
@@ -41094,275 +41094,275 @@
       </c>
     </row>
     <row r="845" spans="1:11">
       <c r="A845" t="s">
         <v>1281</v>
       </c>
       <c r="B845" t="s">
         <v>13</v>
       </c>
       <c r="C845" t="s">
         <v>2053</v>
       </c>
       <c r="D845" t="s">
         <v>2262</v>
       </c>
       <c r="E845">
         <v>3</v>
       </c>
       <c r="F845" t="s">
         <v>16</v>
       </c>
       <c r="G845" t="s">
         <v>17</v>
       </c>
       <c r="H845">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I845">
         <v>0</v>
       </c>
       <c r="K845" t="s">
         <v>2263</v>
       </c>
     </row>
     <row r="846" spans="1:11">
       <c r="A846" t="s">
         <v>1284</v>
       </c>
       <c r="B846" t="s">
         <v>13</v>
       </c>
       <c r="C846" t="s">
         <v>2053</v>
       </c>
       <c r="D846" t="s">
         <v>2264</v>
       </c>
       <c r="E846">
         <v>3</v>
       </c>
       <c r="F846" t="s">
         <v>16</v>
       </c>
       <c r="G846" t="s">
         <v>17</v>
       </c>
       <c r="H846">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I846">
         <v>0</v>
       </c>
       <c r="K846" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="847" spans="1:11">
       <c r="A847" t="s">
         <v>1287</v>
       </c>
       <c r="B847" t="s">
         <v>13</v>
       </c>
       <c r="C847" t="s">
         <v>2053</v>
       </c>
       <c r="D847" t="s">
         <v>2266</v>
       </c>
       <c r="E847">
         <v>3</v>
       </c>
       <c r="F847" t="s">
         <v>16</v>
       </c>
       <c r="G847" t="s">
         <v>17</v>
       </c>
       <c r="H847">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I847">
         <v>0</v>
       </c>
       <c r="K847" t="s">
         <v>2267</v>
       </c>
     </row>
     <row r="848" spans="1:11">
       <c r="A848" t="s">
         <v>1292</v>
       </c>
       <c r="B848" t="s">
         <v>13</v>
       </c>
       <c r="C848" t="s">
         <v>2053</v>
       </c>
       <c r="D848" t="s">
         <v>2268</v>
       </c>
       <c r="E848">
         <v>3</v>
       </c>
       <c r="F848" t="s">
         <v>16</v>
       </c>
       <c r="G848" t="s">
         <v>17</v>
       </c>
       <c r="H848">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I848">
         <v>0</v>
       </c>
       <c r="K848" t="s">
         <v>2269</v>
       </c>
     </row>
     <row r="849" spans="1:11">
       <c r="A849" t="s">
         <v>1295</v>
       </c>
       <c r="B849" t="s">
         <v>13</v>
       </c>
       <c r="C849" t="s">
         <v>2053</v>
       </c>
       <c r="D849" t="s">
         <v>2270</v>
       </c>
       <c r="E849">
         <v>3</v>
       </c>
       <c r="F849" t="s">
         <v>16</v>
       </c>
       <c r="G849" t="s">
         <v>17</v>
       </c>
       <c r="H849">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="I849">
         <v>0</v>
       </c>
       <c r="K849" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="850" spans="1:11">
       <c r="A850" t="s">
         <v>1298</v>
       </c>
       <c r="B850" t="s">
         <v>13</v>
       </c>
       <c r="C850" t="s">
         <v>2053</v>
       </c>
       <c r="D850" t="s">
         <v>2272</v>
       </c>
       <c r="E850">
         <v>3</v>
       </c>
       <c r="F850" t="s">
         <v>16</v>
       </c>
       <c r="G850" t="s">
         <v>17</v>
       </c>
       <c r="H850">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="I850">
         <v>0</v>
       </c>
       <c r="K850" t="s">
         <v>2273</v>
       </c>
     </row>
     <row r="851" spans="1:11">
       <c r="A851" t="s">
         <v>1301</v>
       </c>
       <c r="B851" t="s">
         <v>13</v>
       </c>
       <c r="C851" t="s">
         <v>2053</v>
       </c>
       <c r="D851" t="s">
         <v>2274</v>
       </c>
       <c r="E851">
         <v>3</v>
       </c>
       <c r="F851" t="s">
         <v>16</v>
       </c>
       <c r="G851" t="s">
         <v>17</v>
       </c>
       <c r="H851">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I851">
         <v>0</v>
       </c>
       <c r="K851" t="s">
         <v>2275</v>
       </c>
     </row>
     <row r="852" spans="1:11">
       <c r="A852" t="s">
         <v>1304</v>
       </c>
       <c r="B852" t="s">
         <v>13</v>
       </c>
       <c r="C852" t="s">
         <v>2053</v>
       </c>
       <c r="D852" t="s">
         <v>2276</v>
       </c>
       <c r="E852">
         <v>3</v>
       </c>
       <c r="F852" t="s">
         <v>16</v>
       </c>
       <c r="G852" t="s">
         <v>17</v>
       </c>
       <c r="H852">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="I852">
         <v>0</v>
       </c>
       <c r="K852" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="853" spans="1:11">
       <c r="A853" t="s">
         <v>1307</v>
       </c>
       <c r="B853" t="s">
         <v>13</v>
       </c>
       <c r="C853" t="s">
         <v>2053</v>
       </c>
       <c r="D853" t="s">
         <v>2278</v>
       </c>
       <c r="E853">
         <v>3</v>
       </c>
       <c r="F853" t="s">
@@ -41382,118 +41382,118 @@
       </c>
     </row>
     <row r="854" spans="1:11">
       <c r="A854" t="s">
         <v>1310</v>
       </c>
       <c r="B854" t="s">
         <v>13</v>
       </c>
       <c r="C854" t="s">
         <v>2053</v>
       </c>
       <c r="D854" t="s">
         <v>2280</v>
       </c>
       <c r="E854">
         <v>3</v>
       </c>
       <c r="F854" t="s">
         <v>16</v>
       </c>
       <c r="G854" t="s">
         <v>17</v>
       </c>
       <c r="H854">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I854">
         <v>0</v>
       </c>
       <c r="K854" t="s">
         <v>2281</v>
       </c>
     </row>
     <row r="855" spans="1:11">
       <c r="A855" t="s">
         <v>1313</v>
       </c>
       <c r="B855" t="s">
         <v>13</v>
       </c>
       <c r="C855" t="s">
         <v>2053</v>
       </c>
       <c r="D855" t="s">
         <v>2282</v>
       </c>
       <c r="E855">
         <v>3</v>
       </c>
       <c r="F855" t="s">
         <v>16</v>
       </c>
       <c r="G855" t="s">
         <v>17</v>
       </c>
       <c r="H855">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I855">
         <v>0</v>
       </c>
       <c r="K855" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="856" spans="1:11">
       <c r="A856" t="s">
         <v>1316</v>
       </c>
       <c r="B856" t="s">
         <v>13</v>
       </c>
       <c r="C856" t="s">
         <v>2053</v>
       </c>
       <c r="D856" t="s">
         <v>2284</v>
       </c>
       <c r="E856">
         <v>3</v>
       </c>
       <c r="F856" t="s">
         <v>16</v>
       </c>
       <c r="G856" t="s">
         <v>17</v>
       </c>
       <c r="H856">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="I856">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K856" t="s">
         <v>2285</v>
       </c>
     </row>
     <row r="857" spans="1:11">
       <c r="A857" t="s">
         <v>1319</v>
       </c>
       <c r="B857" t="s">
         <v>13</v>
       </c>
       <c r="C857" t="s">
         <v>2053</v>
       </c>
       <c r="D857" t="s">
         <v>2286</v>
       </c>
       <c r="E857">
         <v>3</v>
       </c>
       <c r="F857" t="s">
         <v>16</v>
       </c>
       <c r="G857" t="s">
@@ -41510,115 +41510,115 @@
       </c>
     </row>
     <row r="858" spans="1:11">
       <c r="A858" t="s">
         <v>1324</v>
       </c>
       <c r="B858" t="s">
         <v>13</v>
       </c>
       <c r="C858" t="s">
         <v>2053</v>
       </c>
       <c r="D858" t="s">
         <v>2288</v>
       </c>
       <c r="E858">
         <v>3</v>
       </c>
       <c r="F858" t="s">
         <v>16</v>
       </c>
       <c r="G858" t="s">
         <v>17</v>
       </c>
       <c r="H858">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I858">
         <v>0</v>
       </c>
       <c r="K858" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="859" spans="1:11">
       <c r="A859" t="s">
         <v>1327</v>
       </c>
       <c r="B859" t="s">
         <v>13</v>
       </c>
       <c r="C859" t="s">
         <v>2053</v>
       </c>
       <c r="D859" t="s">
         <v>2290</v>
       </c>
       <c r="E859">
         <v>3</v>
       </c>
       <c r="F859" t="s">
         <v>16</v>
       </c>
       <c r="G859" t="s">
         <v>17</v>
       </c>
       <c r="H859">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I859">
         <v>0</v>
       </c>
       <c r="K859" t="s">
         <v>2291</v>
       </c>
     </row>
     <row r="860" spans="1:11">
       <c r="A860" t="s">
         <v>1332</v>
       </c>
       <c r="B860" t="s">
         <v>13</v>
       </c>
       <c r="C860" t="s">
         <v>2053</v>
       </c>
       <c r="D860" t="s">
         <v>2292</v>
       </c>
       <c r="E860">
         <v>3</v>
       </c>
       <c r="F860" t="s">
         <v>16</v>
       </c>
       <c r="G860" t="s">
         <v>17</v>
       </c>
       <c r="H860">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="I860">
         <v>0</v>
       </c>
       <c r="K860" t="s">
         <v>2293</v>
       </c>
     </row>
     <row r="861" spans="1:11">
       <c r="A861" t="s">
         <v>1337</v>
       </c>
       <c r="B861" t="s">
         <v>13</v>
       </c>
       <c r="C861" t="s">
         <v>2053</v>
       </c>
       <c r="D861" t="s">
         <v>2294</v>
       </c>
       <c r="E861">
         <v>3</v>
       </c>
       <c r="F861" t="s">
@@ -41638,499 +41638,499 @@
       </c>
     </row>
     <row r="862" spans="1:11">
       <c r="A862" t="s">
         <v>1340</v>
       </c>
       <c r="B862" t="s">
         <v>13</v>
       </c>
       <c r="C862" t="s">
         <v>2053</v>
       </c>
       <c r="D862" t="s">
         <v>2296</v>
       </c>
       <c r="E862">
         <v>3</v>
       </c>
       <c r="F862" t="s">
         <v>16</v>
       </c>
       <c r="G862" t="s">
         <v>17</v>
       </c>
       <c r="H862">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="I862">
         <v>0</v>
       </c>
       <c r="K862" t="s">
         <v>2297</v>
       </c>
     </row>
     <row r="863" spans="1:11">
       <c r="A863" t="s">
         <v>1343</v>
       </c>
       <c r="B863" t="s">
         <v>13</v>
       </c>
       <c r="C863" t="s">
         <v>2053</v>
       </c>
       <c r="D863" t="s">
         <v>2298</v>
       </c>
       <c r="E863">
         <v>3</v>
       </c>
       <c r="F863" t="s">
         <v>16</v>
       </c>
       <c r="G863" t="s">
         <v>17</v>
       </c>
       <c r="H863">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="I863">
         <v>0</v>
       </c>
       <c r="K863" t="s">
         <v>2299</v>
       </c>
     </row>
     <row r="864" spans="1:11">
       <c r="A864" t="s">
         <v>1346</v>
       </c>
       <c r="B864" t="s">
         <v>13</v>
       </c>
       <c r="C864" t="s">
         <v>2053</v>
       </c>
       <c r="D864" t="s">
         <v>2300</v>
       </c>
       <c r="E864">
         <v>3</v>
       </c>
       <c r="F864" t="s">
         <v>16</v>
       </c>
       <c r="G864" t="s">
         <v>17</v>
       </c>
       <c r="H864">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I864">
         <v>0</v>
       </c>
       <c r="K864" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="865" spans="1:11">
       <c r="A865" t="s">
         <v>1349</v>
       </c>
       <c r="B865" t="s">
         <v>13</v>
       </c>
       <c r="C865" t="s">
         <v>2053</v>
       </c>
       <c r="D865" t="s">
         <v>2302</v>
       </c>
       <c r="E865">
         <v>3</v>
       </c>
       <c r="F865" t="s">
         <v>16</v>
       </c>
       <c r="G865" t="s">
         <v>17</v>
       </c>
       <c r="H865">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="I865">
         <v>0</v>
       </c>
       <c r="K865" t="s">
         <v>2303</v>
       </c>
     </row>
     <row r="866" spans="1:11">
       <c r="A866" t="s">
         <v>1352</v>
       </c>
       <c r="B866" t="s">
         <v>13</v>
       </c>
       <c r="C866" t="s">
         <v>2053</v>
       </c>
       <c r="D866" t="s">
         <v>2304</v>
       </c>
       <c r="E866">
         <v>3</v>
       </c>
       <c r="F866" t="s">
         <v>16</v>
       </c>
       <c r="G866" t="s">
         <v>17</v>
       </c>
       <c r="H866">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I866">
         <v>0</v>
       </c>
       <c r="K866" t="s">
         <v>2305</v>
       </c>
     </row>
     <row r="867" spans="1:11">
       <c r="A867" t="s">
         <v>1355</v>
       </c>
       <c r="B867" t="s">
         <v>13</v>
       </c>
       <c r="C867" t="s">
         <v>2053</v>
       </c>
       <c r="D867" t="s">
         <v>2306</v>
       </c>
       <c r="E867">
         <v>3</v>
       </c>
       <c r="F867" t="s">
         <v>16</v>
       </c>
       <c r="G867" t="s">
         <v>17</v>
       </c>
       <c r="H867">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I867">
         <v>0</v>
       </c>
       <c r="K867" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="868" spans="1:11">
       <c r="A868" t="s">
         <v>1361</v>
       </c>
       <c r="B868" t="s">
         <v>13</v>
       </c>
       <c r="C868" t="s">
         <v>2053</v>
       </c>
       <c r="D868" t="s">
         <v>2308</v>
       </c>
       <c r="E868">
         <v>3</v>
       </c>
       <c r="F868" t="s">
         <v>16</v>
       </c>
       <c r="G868" t="s">
         <v>17</v>
       </c>
       <c r="H868">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I868">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K868" t="s">
         <v>2309</v>
       </c>
     </row>
     <row r="869" spans="1:11">
       <c r="A869" t="s">
         <v>1364</v>
       </c>
       <c r="B869" t="s">
         <v>13</v>
       </c>
       <c r="C869" t="s">
         <v>2053</v>
       </c>
       <c r="D869" t="s">
         <v>2310</v>
       </c>
       <c r="E869">
         <v>3</v>
       </c>
       <c r="F869" t="s">
         <v>16</v>
       </c>
       <c r="G869" t="s">
         <v>17</v>
       </c>
       <c r="H869">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I869">
         <v>0</v>
       </c>
       <c r="K869" t="s">
         <v>2311</v>
       </c>
     </row>
     <row r="870" spans="1:11">
       <c r="A870" t="s">
         <v>1367</v>
       </c>
       <c r="B870" t="s">
         <v>13</v>
       </c>
       <c r="C870" t="s">
         <v>2053</v>
       </c>
       <c r="D870" t="s">
         <v>2312</v>
       </c>
       <c r="E870">
         <v>3</v>
       </c>
       <c r="F870" t="s">
         <v>16</v>
       </c>
       <c r="G870" t="s">
         <v>17</v>
       </c>
       <c r="H870">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I870">
         <v>0</v>
       </c>
       <c r="K870" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="871" spans="1:11">
       <c r="A871" t="s">
         <v>1370</v>
       </c>
       <c r="B871" t="s">
         <v>13</v>
       </c>
       <c r="C871" t="s">
         <v>2053</v>
       </c>
       <c r="D871" t="s">
         <v>2314</v>
       </c>
       <c r="E871">
         <v>3</v>
       </c>
       <c r="F871" t="s">
         <v>16</v>
       </c>
       <c r="G871" t="s">
         <v>17</v>
       </c>
       <c r="H871">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I871">
         <v>0</v>
       </c>
       <c r="K871" t="s">
         <v>2315</v>
       </c>
     </row>
     <row r="872" spans="1:11">
       <c r="A872" t="s">
         <v>1375</v>
       </c>
       <c r="B872" t="s">
         <v>13</v>
       </c>
       <c r="C872" t="s">
         <v>2053</v>
       </c>
       <c r="D872" t="s">
         <v>2316</v>
       </c>
       <c r="E872">
         <v>3</v>
       </c>
       <c r="F872" t="s">
         <v>16</v>
       </c>
       <c r="G872" t="s">
         <v>17</v>
       </c>
       <c r="H872">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I872">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K872" t="s">
         <v>2317</v>
       </c>
     </row>
     <row r="873" spans="1:11">
       <c r="A873" t="s">
         <v>1378</v>
       </c>
       <c r="B873" t="s">
         <v>13</v>
       </c>
       <c r="C873" t="s">
         <v>2053</v>
       </c>
       <c r="D873" t="s">
         <v>2318</v>
       </c>
       <c r="E873">
         <v>3</v>
       </c>
       <c r="F873" t="s">
         <v>16</v>
       </c>
       <c r="G873" t="s">
         <v>17</v>
       </c>
       <c r="H873">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I873">
         <v>0</v>
       </c>
       <c r="K873" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="874" spans="1:11">
       <c r="A874" t="s">
         <v>1381</v>
       </c>
       <c r="B874" t="s">
         <v>13</v>
       </c>
       <c r="C874" t="s">
         <v>2053</v>
       </c>
       <c r="D874" t="s">
         <v>2320</v>
       </c>
       <c r="E874">
         <v>3</v>
       </c>
       <c r="F874" t="s">
         <v>16</v>
       </c>
       <c r="G874" t="s">
         <v>17</v>
       </c>
       <c r="H874">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I874">
         <v>0</v>
       </c>
       <c r="K874" t="s">
         <v>2321</v>
       </c>
     </row>
     <row r="875" spans="1:11">
       <c r="A875" t="s">
         <v>1384</v>
       </c>
       <c r="B875" t="s">
         <v>13</v>
       </c>
       <c r="C875" t="s">
         <v>2053</v>
       </c>
       <c r="D875" t="s">
         <v>2322</v>
       </c>
       <c r="E875">
         <v>3</v>
       </c>
       <c r="F875" t="s">
         <v>16</v>
       </c>
       <c r="G875" t="s">
         <v>17</v>
       </c>
       <c r="H875">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="I875">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K875" t="s">
         <v>2323</v>
       </c>
     </row>
     <row r="876" spans="1:11">
       <c r="A876" t="s">
         <v>1387</v>
       </c>
       <c r="B876" t="s">
         <v>13</v>
       </c>
       <c r="C876" t="s">
         <v>2053</v>
       </c>
       <c r="D876" t="s">
         <v>2324</v>
       </c>
       <c r="E876">
         <v>3</v>
       </c>
       <c r="F876" t="s">
         <v>16</v>
       </c>
       <c r="G876" t="s">
         <v>17</v>
       </c>
       <c r="H876">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I876">
         <v>0</v>
       </c>
       <c r="K876" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="877" spans="1:11">
       <c r="A877" t="s">
         <v>1390</v>
       </c>
       <c r="B877" t="s">
         <v>13</v>
       </c>
       <c r="C877" t="s">
         <v>2053</v>
       </c>
       <c r="D877" t="s">
         <v>2326</v>
       </c>
       <c r="E877">
         <v>3</v>
       </c>
       <c r="F877" t="s">
@@ -42150,211 +42150,211 @@
       </c>
     </row>
     <row r="878" spans="1:11">
       <c r="A878" t="s">
         <v>1393</v>
       </c>
       <c r="B878" t="s">
         <v>13</v>
       </c>
       <c r="C878" t="s">
         <v>2053</v>
       </c>
       <c r="D878" t="s">
         <v>2328</v>
       </c>
       <c r="E878">
         <v>3</v>
       </c>
       <c r="F878" t="s">
         <v>16</v>
       </c>
       <c r="G878" t="s">
         <v>17</v>
       </c>
       <c r="H878">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I878">
         <v>0</v>
       </c>
       <c r="K878" t="s">
         <v>2329</v>
       </c>
     </row>
     <row r="879" spans="1:11">
       <c r="A879" t="s">
         <v>1396</v>
       </c>
       <c r="B879" t="s">
         <v>13</v>
       </c>
       <c r="C879" t="s">
         <v>2053</v>
       </c>
       <c r="D879" t="s">
         <v>2330</v>
       </c>
       <c r="E879">
         <v>3</v>
       </c>
       <c r="F879" t="s">
         <v>16</v>
       </c>
       <c r="G879" t="s">
         <v>17</v>
       </c>
       <c r="H879">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I879">
         <v>0</v>
       </c>
       <c r="K879" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="880" spans="1:11">
       <c r="A880" t="s">
         <v>1399</v>
       </c>
       <c r="B880" t="s">
         <v>13</v>
       </c>
       <c r="C880" t="s">
         <v>2053</v>
       </c>
       <c r="D880" t="s">
         <v>2332</v>
       </c>
       <c r="E880">
         <v>3</v>
       </c>
       <c r="F880" t="s">
         <v>16</v>
       </c>
       <c r="G880" t="s">
         <v>17</v>
       </c>
       <c r="H880">
-        <v>64</v>
+        <v>57</v>
       </c>
       <c r="I880">
         <v>0</v>
       </c>
       <c r="K880" t="s">
         <v>2333</v>
       </c>
     </row>
     <row r="881" spans="1:11">
       <c r="A881" t="s">
         <v>1402</v>
       </c>
       <c r="B881" t="s">
         <v>13</v>
       </c>
       <c r="C881" t="s">
         <v>2053</v>
       </c>
       <c r="D881" t="s">
         <v>2334</v>
       </c>
       <c r="E881">
         <v>3</v>
       </c>
       <c r="F881" t="s">
         <v>16</v>
       </c>
       <c r="G881" t="s">
         <v>17</v>
       </c>
       <c r="H881">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="I881">
         <v>0</v>
       </c>
       <c r="K881" t="s">
         <v>2335</v>
       </c>
     </row>
     <row r="882" spans="1:11">
       <c r="A882" t="s">
         <v>1405</v>
       </c>
       <c r="B882" t="s">
         <v>13</v>
       </c>
       <c r="C882" t="s">
         <v>2053</v>
       </c>
       <c r="D882" t="s">
         <v>2336</v>
       </c>
       <c r="E882">
         <v>3</v>
       </c>
       <c r="F882" t="s">
         <v>16</v>
       </c>
       <c r="G882" t="s">
         <v>17</v>
       </c>
       <c r="H882">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I882">
         <v>0</v>
       </c>
       <c r="K882" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="883" spans="1:11">
       <c r="A883" t="s">
         <v>1408</v>
       </c>
       <c r="B883" t="s">
         <v>13</v>
       </c>
       <c r="C883" t="s">
         <v>2053</v>
       </c>
       <c r="D883" t="s">
         <v>2336</v>
       </c>
       <c r="E883">
         <v>3</v>
       </c>
       <c r="F883" t="s">
         <v>16</v>
       </c>
       <c r="G883" t="s">
         <v>17</v>
       </c>
       <c r="H883">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="I883">
         <v>0</v>
       </c>
       <c r="K883" t="s">
         <v>2338</v>
       </c>
     </row>
     <row r="884" spans="1:11">
       <c r="A884" t="s">
         <v>1411</v>
       </c>
       <c r="B884" t="s">
         <v>13</v>
       </c>
       <c r="C884" t="s">
         <v>2053</v>
       </c>
       <c r="D884" t="s">
         <v>2336</v>
       </c>
       <c r="E884">
         <v>3</v>
       </c>
       <c r="F884" t="s">
@@ -42374,51 +42374,51 @@
       </c>
     </row>
     <row r="885" spans="1:11">
       <c r="A885" t="s">
         <v>1414</v>
       </c>
       <c r="B885" t="s">
         <v>13</v>
       </c>
       <c r="C885" t="s">
         <v>2053</v>
       </c>
       <c r="D885" t="s">
         <v>2336</v>
       </c>
       <c r="E885">
         <v>3</v>
       </c>
       <c r="F885" t="s">
         <v>16</v>
       </c>
       <c r="G885" t="s">
         <v>17</v>
       </c>
       <c r="H885">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I885">
         <v>0</v>
       </c>
       <c r="K885" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="886" spans="1:11">
       <c r="A886" t="s">
         <v>1417</v>
       </c>
       <c r="B886" t="s">
         <v>13</v>
       </c>
       <c r="C886" t="s">
         <v>2053</v>
       </c>
       <c r="D886" t="s">
         <v>2336</v>
       </c>
       <c r="E886">
         <v>3</v>
       </c>
       <c r="F886" t="s">
@@ -42438,246 +42438,246 @@
       </c>
     </row>
     <row r="887" spans="1:11">
       <c r="A887" t="s">
         <v>1420</v>
       </c>
       <c r="B887" t="s">
         <v>13</v>
       </c>
       <c r="C887" t="s">
         <v>2053</v>
       </c>
       <c r="D887" t="s">
         <v>2336</v>
       </c>
       <c r="E887">
         <v>3</v>
       </c>
       <c r="F887" t="s">
         <v>16</v>
       </c>
       <c r="G887" t="s">
         <v>17</v>
       </c>
       <c r="H887">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="I887">
         <v>0</v>
       </c>
       <c r="K887" t="s">
         <v>2342</v>
       </c>
     </row>
     <row r="888" spans="1:11">
       <c r="A888" t="s">
         <v>1423</v>
       </c>
       <c r="B888" t="s">
         <v>13</v>
       </c>
       <c r="C888" t="s">
         <v>2053</v>
       </c>
       <c r="D888" t="s">
         <v>2336</v>
       </c>
       <c r="E888">
         <v>3</v>
       </c>
       <c r="F888" t="s">
         <v>16</v>
       </c>
       <c r="G888" t="s">
         <v>17</v>
       </c>
       <c r="H888">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I888">
         <v>0</v>
       </c>
       <c r="K888" t="s">
         <v>2343</v>
       </c>
     </row>
     <row r="889" spans="1:11">
       <c r="A889" t="s">
         <v>1426</v>
       </c>
       <c r="B889" t="s">
         <v>13</v>
       </c>
       <c r="C889" t="s">
         <v>2053</v>
       </c>
       <c r="D889" t="s">
         <v>2344</v>
       </c>
       <c r="E889">
         <v>3</v>
       </c>
       <c r="F889" t="s">
         <v>16</v>
       </c>
       <c r="G889" t="s">
         <v>17</v>
       </c>
       <c r="H889">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="I889">
         <v>0</v>
       </c>
       <c r="K889" t="s">
         <v>2345</v>
       </c>
     </row>
     <row r="890" spans="1:11">
       <c r="A890" t="s">
         <v>1429</v>
       </c>
       <c r="B890" t="s">
         <v>13</v>
       </c>
       <c r="C890" t="s">
         <v>2053</v>
       </c>
       <c r="D890" t="s">
         <v>2346</v>
       </c>
       <c r="E890">
         <v>3</v>
       </c>
       <c r="F890" t="s">
         <v>16</v>
       </c>
       <c r="G890" t="s">
         <v>17</v>
       </c>
       <c r="H890">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I890">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K890" t="s">
         <v>2347</v>
       </c>
     </row>
     <row r="891" spans="1:11">
       <c r="A891" t="s">
         <v>1434</v>
       </c>
       <c r="B891" t="s">
         <v>13</v>
       </c>
       <c r="C891" t="s">
         <v>2053</v>
       </c>
       <c r="D891" t="s">
         <v>2348</v>
       </c>
       <c r="E891">
         <v>3</v>
       </c>
       <c r="F891" t="s">
         <v>16</v>
       </c>
       <c r="G891" t="s">
         <v>17</v>
       </c>
       <c r="H891">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I891">
         <v>0</v>
       </c>
       <c r="K891" t="s">
         <v>2349</v>
       </c>
     </row>
     <row r="892" spans="1:11">
       <c r="A892" t="s">
         <v>1437</v>
       </c>
       <c r="B892" t="s">
         <v>13</v>
       </c>
       <c r="C892" t="s">
         <v>2053</v>
       </c>
       <c r="D892" t="s">
         <v>2350</v>
       </c>
       <c r="E892">
         <v>3</v>
       </c>
       <c r="F892" t="s">
         <v>16</v>
       </c>
       <c r="G892" t="s">
         <v>17</v>
       </c>
       <c r="H892">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="I892">
         <v>0</v>
       </c>
       <c r="K892" t="s">
         <v>2351</v>
       </c>
     </row>
     <row r="893" spans="1:11">
       <c r="A893" t="s">
         <v>1443</v>
       </c>
       <c r="B893" t="s">
         <v>13</v>
       </c>
       <c r="C893" t="s">
         <v>2053</v>
       </c>
       <c r="D893" t="s">
         <v>2352</v>
       </c>
       <c r="E893">
         <v>3</v>
       </c>
       <c r="F893" t="s">
         <v>16</v>
       </c>
       <c r="G893" t="s">
         <v>17</v>
       </c>
       <c r="H893">
         <v>6</v>
       </c>
       <c r="I893">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K893" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="894" spans="1:11">
       <c r="A894" t="s">
         <v>1446</v>
       </c>
       <c r="B894" t="s">
         <v>13</v>
       </c>
       <c r="C894" t="s">
         <v>2053</v>
       </c>
       <c r="D894" t="s">
         <v>2354</v>
       </c>
       <c r="E894">
         <v>3</v>
       </c>
       <c r="F894" t="s">
         <v>16</v>
       </c>
       <c r="G894" t="s">
@@ -42694,51 +42694,51 @@
       </c>
     </row>
     <row r="895" spans="1:11">
       <c r="A895" t="s">
         <v>1449</v>
       </c>
       <c r="B895" t="s">
         <v>13</v>
       </c>
       <c r="C895" t="s">
         <v>2053</v>
       </c>
       <c r="D895" t="s">
         <v>2356</v>
       </c>
       <c r="E895">
         <v>3</v>
       </c>
       <c r="F895" t="s">
         <v>16</v>
       </c>
       <c r="G895" t="s">
         <v>17</v>
       </c>
       <c r="H895">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="I895">
         <v>0</v>
       </c>
       <c r="K895" t="s">
         <v>2357</v>
       </c>
     </row>
     <row r="896" spans="1:11">
       <c r="A896" t="s">
         <v>1452</v>
       </c>
       <c r="B896" t="s">
         <v>13</v>
       </c>
       <c r="C896" t="s">
         <v>2053</v>
       </c>
       <c r="D896" t="s">
         <v>2358</v>
       </c>
       <c r="E896">
         <v>3</v>
       </c>
       <c r="F896" t="s">
@@ -42758,51 +42758,51 @@
       </c>
     </row>
     <row r="897" spans="1:11">
       <c r="A897" t="s">
         <v>1455</v>
       </c>
       <c r="B897" t="s">
         <v>13</v>
       </c>
       <c r="C897" t="s">
         <v>2053</v>
       </c>
       <c r="D897" t="s">
         <v>2360</v>
       </c>
       <c r="E897">
         <v>3</v>
       </c>
       <c r="F897" t="s">
         <v>16</v>
       </c>
       <c r="G897" t="s">
         <v>17</v>
       </c>
       <c r="H897">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="I897">
         <v>0</v>
       </c>
       <c r="K897" t="s">
         <v>2361</v>
       </c>
     </row>
     <row r="898" spans="1:11">
       <c r="A898" t="s">
         <v>1458</v>
       </c>
       <c r="B898" t="s">
         <v>13</v>
       </c>
       <c r="C898" t="s">
         <v>2053</v>
       </c>
       <c r="D898" t="s">
         <v>2362</v>
       </c>
       <c r="E898">
         <v>3</v>
       </c>
       <c r="F898" t="s">
@@ -42822,51 +42822,51 @@
       </c>
     </row>
     <row r="899" spans="1:11">
       <c r="A899" t="s">
         <v>1461</v>
       </c>
       <c r="B899" t="s">
         <v>13</v>
       </c>
       <c r="C899" t="s">
         <v>2053</v>
       </c>
       <c r="D899" t="s">
         <v>2364</v>
       </c>
       <c r="E899">
         <v>3</v>
       </c>
       <c r="F899" t="s">
         <v>16</v>
       </c>
       <c r="G899" t="s">
         <v>17</v>
       </c>
       <c r="H899">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="I899">
         <v>0</v>
       </c>
       <c r="K899" t="s">
         <v>2365</v>
       </c>
     </row>
     <row r="900" spans="1:11">
       <c r="A900" t="s">
         <v>1464</v>
       </c>
       <c r="B900" t="s">
         <v>13</v>
       </c>
       <c r="C900" t="s">
         <v>2053</v>
       </c>
       <c r="D900" t="s">
         <v>2366</v>
       </c>
       <c r="E900">
         <v>3</v>
       </c>
       <c r="F900" t="s">
@@ -42886,339 +42886,339 @@
       </c>
     </row>
     <row r="901" spans="1:11">
       <c r="A901" t="s">
         <v>1467</v>
       </c>
       <c r="B901" t="s">
         <v>13</v>
       </c>
       <c r="C901" t="s">
         <v>2053</v>
       </c>
       <c r="D901" t="s">
         <v>2368</v>
       </c>
       <c r="E901">
         <v>3</v>
       </c>
       <c r="F901" t="s">
         <v>16</v>
       </c>
       <c r="G901" t="s">
         <v>17</v>
       </c>
       <c r="H901">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="I901">
         <v>0</v>
       </c>
       <c r="K901" t="s">
         <v>2369</v>
       </c>
     </row>
     <row r="902" spans="1:11">
       <c r="A902" t="s">
         <v>1470</v>
       </c>
       <c r="B902" t="s">
         <v>13</v>
       </c>
       <c r="C902" t="s">
         <v>2053</v>
       </c>
       <c r="D902" t="s">
         <v>2370</v>
       </c>
       <c r="E902">
         <v>3</v>
       </c>
       <c r="F902" t="s">
         <v>16</v>
       </c>
       <c r="G902" t="s">
         <v>17</v>
       </c>
       <c r="H902">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I902">
         <v>0</v>
       </c>
       <c r="K902" t="s">
         <v>2371</v>
       </c>
     </row>
     <row r="903" spans="1:11">
       <c r="A903" t="s">
         <v>1473</v>
       </c>
       <c r="B903" t="s">
         <v>13</v>
       </c>
       <c r="C903" t="s">
         <v>2053</v>
       </c>
       <c r="D903" t="s">
         <v>2372</v>
       </c>
       <c r="E903">
         <v>3</v>
       </c>
       <c r="F903" t="s">
         <v>16</v>
       </c>
       <c r="G903" t="s">
         <v>17</v>
       </c>
       <c r="H903">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="I903">
         <v>0</v>
       </c>
       <c r="K903" t="s">
         <v>2373</v>
       </c>
     </row>
     <row r="904" spans="1:11">
       <c r="A904" t="s">
         <v>1476</v>
       </c>
       <c r="B904" t="s">
         <v>13</v>
       </c>
       <c r="C904" t="s">
         <v>2053</v>
       </c>
       <c r="D904" t="s">
         <v>2374</v>
       </c>
       <c r="E904">
         <v>3</v>
       </c>
       <c r="F904" t="s">
         <v>16</v>
       </c>
       <c r="G904" t="s">
         <v>17</v>
       </c>
       <c r="H904">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="I904">
         <v>0</v>
       </c>
       <c r="K904" t="s">
         <v>2375</v>
       </c>
     </row>
     <row r="905" spans="1:11">
       <c r="A905" t="s">
         <v>1479</v>
       </c>
       <c r="B905" t="s">
         <v>13</v>
       </c>
       <c r="C905" t="s">
         <v>2053</v>
       </c>
       <c r="D905" t="s">
         <v>875</v>
       </c>
       <c r="E905">
         <v>3</v>
       </c>
       <c r="F905" t="s">
         <v>16</v>
       </c>
       <c r="G905" t="s">
         <v>17</v>
       </c>
       <c r="H905">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I905">
         <v>0</v>
       </c>
       <c r="K905" t="s">
         <v>2376</v>
       </c>
     </row>
     <row r="906" spans="1:11">
       <c r="A906" t="s">
         <v>1482</v>
       </c>
       <c r="B906" t="s">
         <v>13</v>
       </c>
       <c r="C906" t="s">
         <v>2053</v>
       </c>
       <c r="D906" t="s">
         <v>875</v>
       </c>
       <c r="E906">
         <v>3</v>
       </c>
       <c r="F906" t="s">
         <v>16</v>
       </c>
       <c r="G906" t="s">
         <v>17</v>
       </c>
       <c r="H906">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I906">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K906" t="s">
         <v>2377</v>
       </c>
     </row>
     <row r="907" spans="1:11">
       <c r="A907" t="s">
         <v>1485</v>
       </c>
       <c r="B907" t="s">
         <v>13</v>
       </c>
       <c r="C907" t="s">
         <v>2053</v>
       </c>
       <c r="D907" t="s">
         <v>875</v>
       </c>
       <c r="E907">
         <v>3</v>
       </c>
       <c r="F907" t="s">
         <v>16</v>
       </c>
       <c r="G907" t="s">
         <v>17</v>
       </c>
       <c r="H907">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I907">
         <v>0</v>
       </c>
       <c r="K907" t="s">
         <v>2378</v>
       </c>
     </row>
     <row r="908" spans="1:11">
       <c r="A908" t="s">
         <v>1488</v>
       </c>
       <c r="B908" t="s">
         <v>13</v>
       </c>
       <c r="C908" t="s">
         <v>2053</v>
       </c>
       <c r="D908" t="s">
         <v>875</v>
       </c>
       <c r="E908">
         <v>3</v>
       </c>
       <c r="F908" t="s">
         <v>16</v>
       </c>
       <c r="G908" t="s">
         <v>17</v>
       </c>
       <c r="H908">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I908">
         <v>0</v>
       </c>
       <c r="K908" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="909" spans="1:11">
       <c r="A909" t="s">
         <v>1491</v>
       </c>
       <c r="B909" t="s">
         <v>13</v>
       </c>
       <c r="C909" t="s">
         <v>2053</v>
       </c>
       <c r="D909" t="s">
         <v>2380</v>
       </c>
       <c r="E909">
         <v>3</v>
       </c>
       <c r="F909" t="s">
         <v>16</v>
       </c>
       <c r="G909" t="s">
         <v>17</v>
       </c>
       <c r="H909">
         <v>10</v>
       </c>
       <c r="I909">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K909" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="910" spans="1:11">
       <c r="A910" t="s">
         <v>1494</v>
       </c>
       <c r="B910" t="s">
         <v>13</v>
       </c>
       <c r="C910" t="s">
         <v>2053</v>
       </c>
       <c r="D910" t="s">
         <v>2374</v>
       </c>
       <c r="E910">
         <v>3</v>
       </c>
       <c r="F910" t="s">
         <v>16</v>
       </c>
       <c r="G910" t="s">
         <v>17</v>
       </c>
       <c r="H910">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I910">
         <v>0</v>
       </c>
       <c r="K910" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="911" spans="1:11">
       <c r="A911" t="s">
         <v>1497</v>
       </c>
       <c r="B911" t="s">
         <v>13</v>
       </c>
       <c r="C911" t="s">
         <v>2053</v>
       </c>
       <c r="D911" t="s">
         <v>875</v>
       </c>
       <c r="E911">
         <v>3</v>
       </c>
       <c r="F911" t="s">
@@ -43238,115 +43238,115 @@
       </c>
     </row>
     <row r="912" spans="1:11">
       <c r="A912" t="s">
         <v>1500</v>
       </c>
       <c r="B912" t="s">
         <v>13</v>
       </c>
       <c r="C912" t="s">
         <v>2053</v>
       </c>
       <c r="D912" t="s">
         <v>2374</v>
       </c>
       <c r="E912">
         <v>3</v>
       </c>
       <c r="F912" t="s">
         <v>16</v>
       </c>
       <c r="G912" t="s">
         <v>17</v>
       </c>
       <c r="H912">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I912">
         <v>0</v>
       </c>
       <c r="K912" t="s">
         <v>2384</v>
       </c>
     </row>
     <row r="913" spans="1:11">
       <c r="A913" t="s">
         <v>1503</v>
       </c>
       <c r="B913" t="s">
         <v>13</v>
       </c>
       <c r="C913" t="s">
         <v>2053</v>
       </c>
       <c r="D913" t="s">
         <v>875</v>
       </c>
       <c r="E913">
         <v>3</v>
       </c>
       <c r="F913" t="s">
         <v>16</v>
       </c>
       <c r="G913" t="s">
         <v>17</v>
       </c>
       <c r="H913">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I913">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="K913" t="s">
         <v>2385</v>
       </c>
     </row>
     <row r="914" spans="1:11">
       <c r="A914" t="s">
         <v>1506</v>
       </c>
       <c r="B914" t="s">
         <v>13</v>
       </c>
       <c r="C914" t="s">
         <v>2053</v>
       </c>
       <c r="D914" t="s">
         <v>2386</v>
       </c>
       <c r="E914">
         <v>3</v>
       </c>
       <c r="F914" t="s">
         <v>16</v>
       </c>
       <c r="G914" t="s">
         <v>17</v>
       </c>
       <c r="H914">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="I914">
         <v>0</v>
       </c>
       <c r="K914" t="s">
         <v>2387</v>
       </c>
     </row>
     <row r="915" spans="1:11">
       <c r="A915" t="s">
         <v>1515</v>
       </c>
       <c r="B915" t="s">
         <v>13</v>
       </c>
       <c r="C915" t="s">
         <v>2053</v>
       </c>
       <c r="D915" t="s">
         <v>2388</v>
       </c>
       <c r="E915">
         <v>3</v>
       </c>
       <c r="F915" t="s">
@@ -43366,147 +43366,147 @@
       </c>
     </row>
     <row r="916" spans="1:11">
       <c r="A916" t="s">
         <v>1518</v>
       </c>
       <c r="B916" t="s">
         <v>13</v>
       </c>
       <c r="C916" t="s">
         <v>2053</v>
       </c>
       <c r="D916" t="s">
         <v>2390</v>
       </c>
       <c r="E916">
         <v>3</v>
       </c>
       <c r="F916" t="s">
         <v>16</v>
       </c>
       <c r="G916" t="s">
         <v>17</v>
       </c>
       <c r="H916">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="I916">
         <v>0</v>
       </c>
       <c r="K916" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="917" spans="1:11">
       <c r="A917" t="s">
         <v>1521</v>
       </c>
       <c r="B917" t="s">
         <v>13</v>
       </c>
       <c r="C917" t="s">
         <v>2053</v>
       </c>
       <c r="D917" t="s">
         <v>2392</v>
       </c>
       <c r="E917">
         <v>3</v>
       </c>
       <c r="F917" t="s">
         <v>16</v>
       </c>
       <c r="G917" t="s">
         <v>17</v>
       </c>
       <c r="H917">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I917">
         <v>0</v>
       </c>
       <c r="K917" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="918" spans="1:11">
       <c r="A918" t="s">
         <v>1524</v>
       </c>
       <c r="B918" t="s">
         <v>13</v>
       </c>
       <c r="C918" t="s">
         <v>2053</v>
       </c>
       <c r="D918" t="s">
         <v>2394</v>
       </c>
       <c r="E918">
         <v>3</v>
       </c>
       <c r="F918" t="s">
         <v>16</v>
       </c>
       <c r="G918" t="s">
         <v>17</v>
       </c>
       <c r="H918">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="I918">
         <v>0</v>
       </c>
       <c r="K918" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="919" spans="1:11">
       <c r="A919" t="s">
         <v>1527</v>
       </c>
       <c r="B919" t="s">
         <v>13</v>
       </c>
       <c r="C919" t="s">
         <v>2053</v>
       </c>
       <c r="D919" t="s">
         <v>2396</v>
       </c>
       <c r="E919">
         <v>3</v>
       </c>
       <c r="F919" t="s">
         <v>16</v>
       </c>
       <c r="G919" t="s">
         <v>17</v>
       </c>
       <c r="H919">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="I919">
         <v>0</v>
       </c>
       <c r="K919" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="920" spans="1:11">
       <c r="A920" t="s">
         <v>1533</v>
       </c>
       <c r="B920" t="s">
         <v>13</v>
       </c>
       <c r="C920" t="s">
         <v>2053</v>
       </c>
       <c r="D920" t="s">
         <v>2398</v>
       </c>
       <c r="E920">
         <v>3</v>
       </c>
       <c r="F920" t="s">
@@ -43558,51 +43558,51 @@
       </c>
     </row>
     <row r="922" spans="1:11">
       <c r="A922" t="s">
         <v>1539</v>
       </c>
       <c r="B922" t="s">
         <v>13</v>
       </c>
       <c r="C922" t="s">
         <v>2053</v>
       </c>
       <c r="D922" t="s">
         <v>2402</v>
       </c>
       <c r="E922">
         <v>3</v>
       </c>
       <c r="F922" t="s">
         <v>16</v>
       </c>
       <c r="G922" t="s">
         <v>17</v>
       </c>
       <c r="H922">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="I922">
         <v>0</v>
       </c>
       <c r="K922" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="923" spans="1:11">
       <c r="A923" t="s">
         <v>1542</v>
       </c>
       <c r="B923" t="s">
         <v>13</v>
       </c>
       <c r="C923" t="s">
         <v>2053</v>
       </c>
       <c r="D923" t="s">
         <v>2404</v>
       </c>
       <c r="E923">
         <v>3</v>
       </c>
       <c r="F923" t="s">
@@ -43622,83 +43622,83 @@
       </c>
     </row>
     <row r="924" spans="1:11">
       <c r="A924" t="s">
         <v>1545</v>
       </c>
       <c r="B924" t="s">
         <v>13</v>
       </c>
       <c r="C924" t="s">
         <v>2053</v>
       </c>
       <c r="D924" t="s">
         <v>2406</v>
       </c>
       <c r="E924">
         <v>3</v>
       </c>
       <c r="F924" t="s">
         <v>16</v>
       </c>
       <c r="G924" t="s">
         <v>17</v>
       </c>
       <c r="H924">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="I924">
         <v>0</v>
       </c>
       <c r="K924" t="s">
         <v>2407</v>
       </c>
     </row>
     <row r="925" spans="1:11">
       <c r="A925" t="s">
         <v>1548</v>
       </c>
       <c r="B925" t="s">
         <v>13</v>
       </c>
       <c r="C925" t="s">
         <v>2053</v>
       </c>
       <c r="D925" t="s">
         <v>2408</v>
       </c>
       <c r="E925">
         <v>3</v>
       </c>
       <c r="F925" t="s">
         <v>16</v>
       </c>
       <c r="G925" t="s">
         <v>17</v>
       </c>
       <c r="H925">
-        <v>101</v>
+        <v>57</v>
       </c>
       <c r="I925">
         <v>0</v>
       </c>
       <c r="K925" t="s">
         <v>2409</v>
       </c>
     </row>
     <row r="926" spans="1:11">
       <c r="A926" t="s">
         <v>1551</v>
       </c>
       <c r="B926" t="s">
         <v>13</v>
       </c>
       <c r="C926" t="s">
         <v>2053</v>
       </c>
       <c r="D926" t="s">
         <v>2410</v>
       </c>
       <c r="E926">
         <v>3</v>
       </c>
       <c r="F926" t="s">
@@ -43814,339 +43814,339 @@
       </c>
     </row>
     <row r="930" spans="1:11">
       <c r="A930" t="s">
         <v>1565</v>
       </c>
       <c r="B930" t="s">
         <v>13</v>
       </c>
       <c r="C930" t="s">
         <v>2053</v>
       </c>
       <c r="D930" t="s">
         <v>2418</v>
       </c>
       <c r="E930">
         <v>3</v>
       </c>
       <c r="F930" t="s">
         <v>16</v>
       </c>
       <c r="G930" t="s">
         <v>17</v>
       </c>
       <c r="H930">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I930">
         <v>0</v>
       </c>
       <c r="K930" t="s">
         <v>2419</v>
       </c>
     </row>
     <row r="931" spans="1:11">
       <c r="A931" t="s">
         <v>1571</v>
       </c>
       <c r="B931" t="s">
         <v>13</v>
       </c>
       <c r="C931" t="s">
         <v>2053</v>
       </c>
       <c r="D931" t="s">
         <v>824</v>
       </c>
       <c r="E931">
         <v>3</v>
       </c>
       <c r="F931" t="s">
         <v>16</v>
       </c>
       <c r="G931" t="s">
         <v>17</v>
       </c>
       <c r="H931">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I931">
         <v>0</v>
       </c>
       <c r="K931" t="s">
         <v>2420</v>
       </c>
     </row>
     <row r="932" spans="1:11">
       <c r="A932" t="s">
         <v>1574</v>
       </c>
       <c r="B932" t="s">
         <v>13</v>
       </c>
       <c r="C932" t="s">
         <v>2053</v>
       </c>
       <c r="D932" t="s">
         <v>2421</v>
       </c>
       <c r="E932">
         <v>3</v>
       </c>
       <c r="F932" t="s">
         <v>16</v>
       </c>
       <c r="G932" t="s">
         <v>17</v>
       </c>
       <c r="H932">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I932">
         <v>0</v>
       </c>
       <c r="K932" t="s">
         <v>2422</v>
       </c>
     </row>
     <row r="933" spans="1:11">
       <c r="A933" t="s">
         <v>1579</v>
       </c>
       <c r="B933" t="s">
         <v>13</v>
       </c>
       <c r="C933" t="s">
         <v>2053</v>
       </c>
       <c r="D933" t="s">
         <v>2423</v>
       </c>
       <c r="E933">
         <v>3</v>
       </c>
       <c r="F933" t="s">
         <v>16</v>
       </c>
       <c r="G933" t="s">
         <v>17</v>
       </c>
       <c r="H933">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="I933">
         <v>0</v>
       </c>
       <c r="K933" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="934" spans="1:11">
       <c r="A934" t="s">
         <v>1582</v>
       </c>
       <c r="B934" t="s">
         <v>13</v>
       </c>
       <c r="C934" t="s">
         <v>2053</v>
       </c>
       <c r="D934" t="s">
         <v>2425</v>
       </c>
       <c r="E934">
         <v>3</v>
       </c>
       <c r="F934" t="s">
         <v>16</v>
       </c>
       <c r="G934" t="s">
         <v>17</v>
       </c>
       <c r="H934">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I934">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K934" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="935" spans="1:11">
       <c r="A935" t="s">
         <v>1585</v>
       </c>
       <c r="B935" t="s">
         <v>13</v>
       </c>
       <c r="C935" t="s">
         <v>2053</v>
       </c>
       <c r="D935" t="s">
         <v>2427</v>
       </c>
       <c r="E935">
         <v>3</v>
       </c>
       <c r="F935" t="s">
         <v>16</v>
       </c>
       <c r="G935" t="s">
         <v>17</v>
       </c>
       <c r="H935">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="I935">
         <v>0</v>
       </c>
       <c r="K935" t="s">
         <v>2428</v>
       </c>
     </row>
     <row r="936" spans="1:11">
       <c r="A936" t="s">
         <v>1588</v>
       </c>
       <c r="B936" t="s">
         <v>13</v>
       </c>
       <c r="C936" t="s">
         <v>2053</v>
       </c>
       <c r="D936" t="s">
         <v>2427</v>
       </c>
       <c r="E936">
         <v>3</v>
       </c>
       <c r="F936" t="s">
         <v>16</v>
       </c>
       <c r="G936" t="s">
         <v>17</v>
       </c>
       <c r="H936">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I936">
         <v>0</v>
       </c>
       <c r="K936" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="937" spans="1:11">
       <c r="A937" t="s">
         <v>1593</v>
       </c>
       <c r="B937" t="s">
         <v>13</v>
       </c>
       <c r="C937" t="s">
         <v>2053</v>
       </c>
       <c r="D937" t="s">
         <v>2427</v>
       </c>
       <c r="E937">
         <v>3</v>
       </c>
       <c r="F937" t="s">
         <v>16</v>
       </c>
       <c r="G937" t="s">
         <v>17</v>
       </c>
       <c r="H937">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="I937">
         <v>0</v>
       </c>
       <c r="K937" t="s">
         <v>2430</v>
       </c>
     </row>
     <row r="938" spans="1:11">
       <c r="A938" t="s">
         <v>1596</v>
       </c>
       <c r="B938" t="s">
         <v>13</v>
       </c>
       <c r="C938" t="s">
         <v>2053</v>
       </c>
       <c r="D938" t="s">
         <v>2427</v>
       </c>
       <c r="E938">
         <v>3</v>
       </c>
       <c r="F938" t="s">
         <v>16</v>
       </c>
       <c r="G938" t="s">
         <v>17</v>
       </c>
       <c r="H938">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I938">
         <v>0</v>
       </c>
       <c r="K938" t="s">
         <v>2431</v>
       </c>
     </row>
     <row r="939" spans="1:11">
       <c r="A939" t="s">
         <v>1599</v>
       </c>
       <c r="B939" t="s">
         <v>13</v>
       </c>
       <c r="C939" t="s">
         <v>2053</v>
       </c>
       <c r="D939" t="s">
         <v>2432</v>
       </c>
       <c r="E939">
         <v>3</v>
       </c>
       <c r="F939" t="s">
         <v>16</v>
       </c>
       <c r="G939" t="s">
         <v>17</v>
       </c>
       <c r="H939">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I939">
         <v>0</v>
       </c>
       <c r="K939" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="940" spans="1:11">
       <c r="A940" t="s">
         <v>1602</v>
       </c>
       <c r="B940" t="s">
         <v>13</v>
       </c>
       <c r="C940" t="s">
         <v>2053</v>
       </c>
       <c r="D940" t="s">
         <v>2434</v>
       </c>
       <c r="E940">
         <v>3</v>
       </c>
       <c r="F940" t="s">
@@ -44198,211 +44198,211 @@
       </c>
     </row>
     <row r="942" spans="1:11">
       <c r="A942" t="s">
         <v>1608</v>
       </c>
       <c r="B942" t="s">
         <v>13</v>
       </c>
       <c r="C942" t="s">
         <v>2053</v>
       </c>
       <c r="D942" t="s">
         <v>2438</v>
       </c>
       <c r="E942">
         <v>3</v>
       </c>
       <c r="F942" t="s">
         <v>16</v>
       </c>
       <c r="G942" t="s">
         <v>17</v>
       </c>
       <c r="H942">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I942">
         <v>0</v>
       </c>
       <c r="K942" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="943" spans="1:11">
       <c r="A943" t="s">
         <v>1613</v>
       </c>
       <c r="B943" t="s">
         <v>13</v>
       </c>
       <c r="C943" t="s">
         <v>2053</v>
       </c>
       <c r="D943" t="s">
         <v>2440</v>
       </c>
       <c r="E943">
         <v>3</v>
       </c>
       <c r="F943" t="s">
         <v>16</v>
       </c>
       <c r="G943" t="s">
         <v>17</v>
       </c>
       <c r="H943">
-        <v>57</v>
+        <v>20</v>
       </c>
       <c r="I943">
         <v>0</v>
       </c>
       <c r="K943" t="s">
         <v>2441</v>
       </c>
     </row>
     <row r="944" spans="1:11">
       <c r="A944" t="s">
         <v>1616</v>
       </c>
       <c r="B944" t="s">
         <v>13</v>
       </c>
       <c r="C944" t="s">
         <v>2053</v>
       </c>
       <c r="D944" t="s">
         <v>2442</v>
       </c>
       <c r="E944">
         <v>3</v>
       </c>
       <c r="F944" t="s">
         <v>16</v>
       </c>
       <c r="G944" t="s">
         <v>17</v>
       </c>
       <c r="H944">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I944">
         <v>0</v>
       </c>
       <c r="K944" t="s">
         <v>2443</v>
       </c>
     </row>
     <row r="945" spans="1:11">
       <c r="A945" t="s">
         <v>1619</v>
       </c>
       <c r="B945" t="s">
         <v>13</v>
       </c>
       <c r="C945" t="s">
         <v>2053</v>
       </c>
       <c r="D945" t="s">
         <v>2444</v>
       </c>
       <c r="E945">
         <v>3</v>
       </c>
       <c r="F945" t="s">
         <v>16</v>
       </c>
       <c r="G945" t="s">
         <v>17</v>
       </c>
       <c r="H945">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I945">
         <v>0</v>
       </c>
       <c r="K945" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="946" spans="1:11">
       <c r="A946" t="s">
         <v>1622</v>
       </c>
       <c r="B946" t="s">
         <v>13</v>
       </c>
       <c r="C946" t="s">
         <v>2053</v>
       </c>
       <c r="D946" t="s">
         <v>2446</v>
       </c>
       <c r="E946">
         <v>3</v>
       </c>
       <c r="F946" t="s">
         <v>16</v>
       </c>
       <c r="G946" t="s">
         <v>17</v>
       </c>
       <c r="H946">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="I946">
         <v>0</v>
       </c>
       <c r="K946" t="s">
         <v>2447</v>
       </c>
     </row>
     <row r="947" spans="1:11">
       <c r="A947" t="s">
         <v>1627</v>
       </c>
       <c r="B947" t="s">
         <v>13</v>
       </c>
       <c r="C947" t="s">
         <v>2053</v>
       </c>
       <c r="D947" t="s">
         <v>2448</v>
       </c>
       <c r="E947">
         <v>3</v>
       </c>
       <c r="F947" t="s">
         <v>16</v>
       </c>
       <c r="G947" t="s">
         <v>17</v>
       </c>
       <c r="H947">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="I947">
         <v>0</v>
       </c>
       <c r="K947" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="948" spans="1:11">
       <c r="A948" t="s">
         <v>1630</v>
       </c>
       <c r="B948" t="s">
         <v>13</v>
       </c>
       <c r="C948" t="s">
         <v>2053</v>
       </c>
       <c r="D948" t="s">
         <v>2350</v>
       </c>
       <c r="E948">
         <v>3</v>
       </c>
       <c r="F948" t="s">
@@ -44422,307 +44422,307 @@
       </c>
     </row>
     <row r="949" spans="1:11">
       <c r="A949" t="s">
         <v>1633</v>
       </c>
       <c r="B949" t="s">
         <v>13</v>
       </c>
       <c r="C949" t="s">
         <v>2053</v>
       </c>
       <c r="D949" t="s">
         <v>2350</v>
       </c>
       <c r="E949">
         <v>3</v>
       </c>
       <c r="F949" t="s">
         <v>16</v>
       </c>
       <c r="G949" t="s">
         <v>17</v>
       </c>
       <c r="H949">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="I949">
         <v>0</v>
       </c>
       <c r="K949" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="950" spans="1:11">
       <c r="A950" t="s">
         <v>1639</v>
       </c>
       <c r="B950" t="s">
         <v>13</v>
       </c>
       <c r="C950" t="s">
         <v>2053</v>
       </c>
       <c r="D950" t="s">
         <v>2452</v>
       </c>
       <c r="E950">
         <v>3</v>
       </c>
       <c r="F950" t="s">
         <v>16</v>
       </c>
       <c r="G950" t="s">
         <v>17</v>
       </c>
       <c r="H950">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="I950">
         <v>0</v>
       </c>
       <c r="K950" t="s">
         <v>2453</v>
       </c>
     </row>
     <row r="951" spans="1:11">
       <c r="A951" t="s">
         <v>1642</v>
       </c>
       <c r="B951" t="s">
         <v>13</v>
       </c>
       <c r="C951" t="s">
         <v>2053</v>
       </c>
       <c r="D951" t="s">
         <v>2454</v>
       </c>
       <c r="E951">
         <v>3</v>
       </c>
       <c r="F951" t="s">
         <v>16</v>
       </c>
       <c r="G951" t="s">
         <v>17</v>
       </c>
       <c r="H951">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I951">
         <v>0</v>
       </c>
       <c r="K951" t="s">
         <v>2455</v>
       </c>
     </row>
     <row r="952" spans="1:11">
       <c r="A952" t="s">
         <v>1647</v>
       </c>
       <c r="B952" t="s">
         <v>13</v>
       </c>
       <c r="C952" t="s">
         <v>2053</v>
       </c>
       <c r="D952" t="s">
         <v>2456</v>
       </c>
       <c r="E952">
         <v>3</v>
       </c>
       <c r="F952" t="s">
         <v>16</v>
       </c>
       <c r="G952" t="s">
         <v>17</v>
       </c>
       <c r="H952">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I952">
         <v>0</v>
       </c>
       <c r="K952" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="953" spans="1:11">
       <c r="A953" t="s">
         <v>1650</v>
       </c>
       <c r="B953" t="s">
         <v>13</v>
       </c>
       <c r="C953" t="s">
         <v>2053</v>
       </c>
       <c r="D953" t="s">
         <v>2458</v>
       </c>
       <c r="E953">
         <v>3</v>
       </c>
       <c r="F953" t="s">
         <v>16</v>
       </c>
       <c r="G953" t="s">
         <v>17</v>
       </c>
       <c r="H953">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I953">
         <v>0</v>
       </c>
       <c r="K953" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="954" spans="1:11">
       <c r="A954" t="s">
         <v>1655</v>
       </c>
       <c r="B954" t="s">
         <v>13</v>
       </c>
       <c r="C954" t="s">
         <v>2053</v>
       </c>
       <c r="D954" t="s">
         <v>2460</v>
       </c>
       <c r="E954">
         <v>3</v>
       </c>
       <c r="F954" t="s">
         <v>16</v>
       </c>
       <c r="G954" t="s">
         <v>17</v>
       </c>
       <c r="H954">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I954">
         <v>0</v>
       </c>
       <c r="K954" t="s">
         <v>2461</v>
       </c>
     </row>
     <row r="955" spans="1:11">
       <c r="A955" t="s">
         <v>1658</v>
       </c>
       <c r="B955" t="s">
         <v>13</v>
       </c>
       <c r="C955" t="s">
         <v>2053</v>
       </c>
       <c r="D955" t="s">
         <v>2462</v>
       </c>
       <c r="E955">
         <v>3</v>
       </c>
       <c r="F955" t="s">
         <v>16</v>
       </c>
       <c r="G955" t="s">
         <v>17</v>
       </c>
       <c r="H955">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="I955">
         <v>0</v>
       </c>
       <c r="K955" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="956" spans="1:11">
       <c r="A956" t="s">
         <v>1661</v>
       </c>
       <c r="B956" t="s">
         <v>13</v>
       </c>
       <c r="C956" t="s">
         <v>2053</v>
       </c>
       <c r="D956" t="s">
         <v>2464</v>
       </c>
       <c r="E956">
         <v>3</v>
       </c>
       <c r="F956" t="s">
         <v>16</v>
       </c>
       <c r="G956" t="s">
         <v>17</v>
       </c>
       <c r="H956">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I956">
         <v>0</v>
       </c>
       <c r="K956" t="s">
         <v>2465</v>
       </c>
     </row>
     <row r="957" spans="1:11">
       <c r="A957" t="s">
         <v>1664</v>
       </c>
       <c r="B957" t="s">
         <v>13</v>
       </c>
       <c r="C957" t="s">
         <v>2053</v>
       </c>
       <c r="D957" t="s">
         <v>2466</v>
       </c>
       <c r="E957">
         <v>3</v>
       </c>
       <c r="F957" t="s">
         <v>16</v>
       </c>
       <c r="G957" t="s">
         <v>17</v>
       </c>
       <c r="H957">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I957">
         <v>0</v>
       </c>
       <c r="K957" t="s">
         <v>2467</v>
       </c>
     </row>
     <row r="958" spans="1:11">
       <c r="A958" t="s">
         <v>1667</v>
       </c>
       <c r="B958" t="s">
         <v>13</v>
       </c>
       <c r="C958" t="s">
         <v>2053</v>
       </c>
       <c r="D958" t="s">
         <v>2468</v>
       </c>
       <c r="E958">
         <v>3</v>
       </c>
       <c r="F958" t="s">
@@ -44742,51 +44742,51 @@
       </c>
     </row>
     <row r="959" spans="1:11">
       <c r="A959" t="s">
         <v>1670</v>
       </c>
       <c r="B959" t="s">
         <v>13</v>
       </c>
       <c r="C959" t="s">
         <v>2053</v>
       </c>
       <c r="D959" t="s">
         <v>2470</v>
       </c>
       <c r="E959">
         <v>3</v>
       </c>
       <c r="F959" t="s">
         <v>16</v>
       </c>
       <c r="G959" t="s">
         <v>17</v>
       </c>
       <c r="H959">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I959">
         <v>0</v>
       </c>
       <c r="K959" t="s">
         <v>2471</v>
       </c>
     </row>
     <row r="960" spans="1:11">
       <c r="A960" t="s">
         <v>1673</v>
       </c>
       <c r="B960" t="s">
         <v>13</v>
       </c>
       <c r="C960" t="s">
         <v>2053</v>
       </c>
       <c r="D960" t="s">
         <v>2472</v>
       </c>
       <c r="E960">
         <v>3</v>
       </c>
       <c r="F960" t="s">
@@ -44838,54 +44838,54 @@
       </c>
     </row>
     <row r="962" spans="1:11">
       <c r="A962" t="s">
         <v>1679</v>
       </c>
       <c r="B962" t="s">
         <v>13</v>
       </c>
       <c r="C962" t="s">
         <v>2053</v>
       </c>
       <c r="D962" t="s">
         <v>2476</v>
       </c>
       <c r="E962">
         <v>3</v>
       </c>
       <c r="F962" t="s">
         <v>16</v>
       </c>
       <c r="G962" t="s">
         <v>17</v>
       </c>
       <c r="H962">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="I962">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K962" t="s">
         <v>2477</v>
       </c>
     </row>
     <row r="963" spans="1:11">
       <c r="A963" t="s">
         <v>1687</v>
       </c>
       <c r="B963" t="s">
         <v>13</v>
       </c>
       <c r="C963" t="s">
         <v>2053</v>
       </c>
       <c r="D963" t="s">
         <v>2478</v>
       </c>
       <c r="E963">
         <v>3</v>
       </c>
       <c r="F963" t="s">
         <v>16</v>
       </c>
       <c r="G963" t="s">
@@ -44934,595 +44934,595 @@
       </c>
     </row>
     <row r="965" spans="1:11">
       <c r="A965" t="s">
         <v>1696</v>
       </c>
       <c r="B965" t="s">
         <v>13</v>
       </c>
       <c r="C965" t="s">
         <v>2053</v>
       </c>
       <c r="D965" t="s">
         <v>2481</v>
       </c>
       <c r="E965">
         <v>3</v>
       </c>
       <c r="F965" t="s">
         <v>16</v>
       </c>
       <c r="G965" t="s">
         <v>17</v>
       </c>
       <c r="H965">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I965">
         <v>0</v>
       </c>
       <c r="K965" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="966" spans="1:11">
       <c r="A966" t="s">
         <v>1699</v>
       </c>
       <c r="B966" t="s">
         <v>13</v>
       </c>
       <c r="C966" t="s">
         <v>2053</v>
       </c>
       <c r="D966" t="s">
         <v>2483</v>
       </c>
       <c r="E966">
         <v>3</v>
       </c>
       <c r="F966" t="s">
         <v>16</v>
       </c>
       <c r="G966" t="s">
         <v>17</v>
       </c>
       <c r="H966">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I966">
         <v>0</v>
       </c>
       <c r="K966" t="s">
         <v>2484</v>
       </c>
     </row>
     <row r="967" spans="1:11">
       <c r="A967" t="s">
         <v>1702</v>
       </c>
       <c r="B967" t="s">
         <v>13</v>
       </c>
       <c r="C967" t="s">
         <v>2053</v>
       </c>
       <c r="D967" t="s">
         <v>2483</v>
       </c>
       <c r="E967">
         <v>3</v>
       </c>
       <c r="F967" t="s">
         <v>16</v>
       </c>
       <c r="G967" t="s">
         <v>17</v>
       </c>
       <c r="H967">
-        <v>56</v>
+        <v>20</v>
       </c>
       <c r="I967">
         <v>0</v>
       </c>
       <c r="K967" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="968" spans="1:11">
       <c r="A968" t="s">
         <v>1705</v>
       </c>
       <c r="B968" t="s">
         <v>13</v>
       </c>
       <c r="C968" t="s">
         <v>2053</v>
       </c>
       <c r="D968" t="s">
         <v>2486</v>
       </c>
       <c r="E968">
         <v>3</v>
       </c>
       <c r="F968" t="s">
         <v>16</v>
       </c>
       <c r="G968" t="s">
         <v>17</v>
       </c>
       <c r="H968">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I968">
         <v>0</v>
       </c>
       <c r="K968" t="s">
         <v>2487</v>
       </c>
     </row>
     <row r="969" spans="1:11">
       <c r="A969" t="s">
         <v>1710</v>
       </c>
       <c r="B969" t="s">
         <v>13</v>
       </c>
       <c r="C969" t="s">
         <v>2053</v>
       </c>
       <c r="D969" t="s">
         <v>2488</v>
       </c>
       <c r="E969">
         <v>3</v>
       </c>
       <c r="F969" t="s">
         <v>16</v>
       </c>
       <c r="G969" t="s">
         <v>17</v>
       </c>
       <c r="H969">
-        <v>16</v>
+        <v>57</v>
       </c>
       <c r="I969">
         <v>0</v>
       </c>
       <c r="K969" t="s">
         <v>2489</v>
       </c>
     </row>
     <row r="970" spans="1:11">
       <c r="A970" t="s">
         <v>1713</v>
       </c>
       <c r="B970" t="s">
         <v>13</v>
       </c>
       <c r="C970" t="s">
         <v>2053</v>
       </c>
       <c r="D970" t="s">
         <v>2490</v>
       </c>
       <c r="E970">
         <v>3</v>
       </c>
       <c r="F970" t="s">
         <v>16</v>
       </c>
       <c r="G970" t="s">
         <v>17</v>
       </c>
       <c r="H970">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I970">
         <v>0</v>
       </c>
       <c r="K970" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="971" spans="1:11">
       <c r="A971" t="s">
         <v>1716</v>
       </c>
       <c r="B971" t="s">
         <v>13</v>
       </c>
       <c r="C971" t="s">
         <v>2053</v>
       </c>
       <c r="D971" t="s">
         <v>2492</v>
       </c>
       <c r="E971">
         <v>3</v>
       </c>
       <c r="F971" t="s">
         <v>16</v>
       </c>
       <c r="G971" t="s">
         <v>17</v>
       </c>
       <c r="H971">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I971">
         <v>0</v>
       </c>
       <c r="K971" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="972" spans="1:11">
       <c r="A972" t="s">
         <v>1719</v>
       </c>
       <c r="B972" t="s">
         <v>13</v>
       </c>
       <c r="C972" t="s">
         <v>2053</v>
       </c>
       <c r="D972" t="s">
         <v>2494</v>
       </c>
       <c r="E972">
         <v>3</v>
       </c>
       <c r="F972" t="s">
         <v>16</v>
       </c>
       <c r="G972" t="s">
         <v>17</v>
       </c>
       <c r="H972">
-        <v>16</v>
+        <v>55</v>
       </c>
       <c r="I972">
         <v>0</v>
       </c>
       <c r="K972" t="s">
         <v>2495</v>
       </c>
     </row>
     <row r="973" spans="1:11">
       <c r="A973" t="s">
         <v>1722</v>
       </c>
       <c r="B973" t="s">
         <v>13</v>
       </c>
       <c r="C973" t="s">
         <v>2053</v>
       </c>
       <c r="D973" t="s">
         <v>2494</v>
       </c>
       <c r="E973">
         <v>3</v>
       </c>
       <c r="F973" t="s">
         <v>16</v>
       </c>
       <c r="G973" t="s">
         <v>17</v>
       </c>
       <c r="H973">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I973">
         <v>0</v>
       </c>
       <c r="K973" t="s">
         <v>2496</v>
       </c>
     </row>
     <row r="974" spans="1:11">
       <c r="A974" t="s">
         <v>1728</v>
       </c>
       <c r="B974" t="s">
         <v>13</v>
       </c>
       <c r="C974" t="s">
         <v>2053</v>
       </c>
       <c r="D974" t="s">
         <v>2497</v>
       </c>
       <c r="E974">
         <v>3</v>
       </c>
       <c r="F974" t="s">
         <v>16</v>
       </c>
       <c r="G974" t="s">
         <v>17</v>
       </c>
       <c r="H974">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I974">
         <v>0</v>
       </c>
       <c r="K974" t="s">
         <v>2498</v>
       </c>
     </row>
     <row r="975" spans="1:11">
       <c r="A975" t="s">
         <v>1731</v>
       </c>
       <c r="B975" t="s">
         <v>13</v>
       </c>
       <c r="C975" t="s">
         <v>2053</v>
       </c>
       <c r="D975" t="s">
         <v>2499</v>
       </c>
       <c r="E975">
         <v>3</v>
       </c>
       <c r="F975" t="s">
         <v>16</v>
       </c>
       <c r="G975" t="s">
         <v>17</v>
       </c>
       <c r="H975">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I975">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K975" t="s">
         <v>2500</v>
       </c>
     </row>
     <row r="976" spans="1:11">
       <c r="A976" t="s">
         <v>1742</v>
       </c>
       <c r="B976" t="s">
         <v>13</v>
       </c>
       <c r="C976" t="s">
         <v>2053</v>
       </c>
       <c r="D976" t="s">
         <v>2501</v>
       </c>
       <c r="E976">
         <v>3</v>
       </c>
       <c r="F976" t="s">
         <v>16</v>
       </c>
       <c r="G976" t="s">
         <v>17</v>
       </c>
       <c r="H976">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I976">
         <v>0</v>
       </c>
       <c r="K976" t="s">
         <v>2502</v>
       </c>
     </row>
     <row r="977" spans="1:11">
       <c r="A977" t="s">
         <v>1745</v>
       </c>
       <c r="B977" t="s">
         <v>13</v>
       </c>
       <c r="C977" t="s">
         <v>2053</v>
       </c>
       <c r="D977" t="s">
         <v>2503</v>
       </c>
       <c r="E977">
         <v>3</v>
       </c>
       <c r="F977" t="s">
         <v>16</v>
       </c>
       <c r="G977" t="s">
         <v>17</v>
       </c>
       <c r="H977">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="I977">
         <v>5</v>
       </c>
       <c r="K977" t="s">
         <v>2504</v>
       </c>
     </row>
     <row r="978" spans="1:11">
       <c r="A978" t="s">
         <v>1748</v>
       </c>
       <c r="B978" t="s">
         <v>13</v>
       </c>
       <c r="C978" t="s">
         <v>2053</v>
       </c>
       <c r="D978" t="s">
         <v>2505</v>
       </c>
       <c r="E978">
         <v>3</v>
       </c>
       <c r="F978" t="s">
         <v>16</v>
       </c>
       <c r="G978" t="s">
         <v>17</v>
       </c>
       <c r="H978">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I978">
         <v>0</v>
       </c>
       <c r="K978" t="s">
         <v>2506</v>
       </c>
     </row>
     <row r="979" spans="1:11">
       <c r="A979" t="s">
         <v>1751</v>
       </c>
       <c r="B979" t="s">
         <v>13</v>
       </c>
       <c r="C979" t="s">
         <v>2053</v>
       </c>
       <c r="D979" t="s">
         <v>2507</v>
       </c>
       <c r="E979">
         <v>3</v>
       </c>
       <c r="F979" t="s">
         <v>16</v>
       </c>
       <c r="G979" t="s">
         <v>17</v>
       </c>
       <c r="H979">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="I979">
         <v>0</v>
       </c>
       <c r="K979" t="s">
         <v>2508</v>
       </c>
     </row>
     <row r="980" spans="1:11">
       <c r="A980" t="s">
         <v>1754</v>
       </c>
       <c r="B980" t="s">
         <v>13</v>
       </c>
       <c r="C980" t="s">
         <v>2053</v>
       </c>
       <c r="D980" t="s">
         <v>2509</v>
       </c>
       <c r="E980">
         <v>3</v>
       </c>
       <c r="F980" t="s">
         <v>16</v>
       </c>
       <c r="G980" t="s">
         <v>17</v>
       </c>
       <c r="H980">
-        <v>8</v>
+        <v>58</v>
       </c>
       <c r="I980">
         <v>0</v>
       </c>
       <c r="K980" t="s">
         <v>2510</v>
       </c>
     </row>
     <row r="981" spans="1:11">
       <c r="A981" t="s">
         <v>1757</v>
       </c>
       <c r="B981" t="s">
         <v>13</v>
       </c>
       <c r="C981" t="s">
         <v>2053</v>
       </c>
       <c r="D981" t="s">
         <v>2511</v>
       </c>
       <c r="E981">
         <v>3</v>
       </c>
       <c r="F981" t="s">
         <v>16</v>
       </c>
       <c r="G981" t="s">
         <v>17</v>
       </c>
       <c r="H981">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I981">
         <v>0</v>
       </c>
       <c r="K981" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="982" spans="1:11">
       <c r="A982" t="s">
         <v>1760</v>
       </c>
       <c r="B982" t="s">
         <v>13</v>
       </c>
       <c r="C982" t="s">
         <v>2053</v>
       </c>
       <c r="D982" t="s">
         <v>850</v>
       </c>
       <c r="E982">
         <v>3</v>
       </c>
       <c r="F982" t="s">
         <v>16</v>
       </c>
       <c r="G982" t="s">
         <v>17</v>
       </c>
       <c r="H982">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="I982">
         <v>0</v>
       </c>
       <c r="K982" t="s">
         <v>2513</v>
       </c>
     </row>
     <row r="983" spans="1:11">
       <c r="A983" t="s">
         <v>1765</v>
       </c>
       <c r="B983" t="s">
         <v>13</v>
       </c>
       <c r="C983" t="s">
         <v>2053</v>
       </c>
       <c r="D983" t="s">
         <v>2514</v>
       </c>
       <c r="E983">
         <v>3</v>
       </c>
       <c r="F983" t="s">
@@ -45542,83 +45542,83 @@
       </c>
     </row>
     <row r="984" spans="1:11">
       <c r="A984" t="s">
         <v>1776</v>
       </c>
       <c r="B984" t="s">
         <v>13</v>
       </c>
       <c r="C984" t="s">
         <v>2053</v>
       </c>
       <c r="D984" t="s">
         <v>2516</v>
       </c>
       <c r="E984">
         <v>3</v>
       </c>
       <c r="F984" t="s">
         <v>16</v>
       </c>
       <c r="G984" t="s">
         <v>17</v>
       </c>
       <c r="H984">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I984">
         <v>0</v>
       </c>
       <c r="K984" t="s">
         <v>2517</v>
       </c>
     </row>
     <row r="985" spans="1:11">
       <c r="A985" t="s">
         <v>1779</v>
       </c>
       <c r="B985" t="s">
         <v>13</v>
       </c>
       <c r="C985" t="s">
         <v>2053</v>
       </c>
       <c r="D985" t="s">
         <v>2518</v>
       </c>
       <c r="E985">
         <v>3</v>
       </c>
       <c r="F985" t="s">
         <v>16</v>
       </c>
       <c r="G985" t="s">
         <v>17</v>
       </c>
       <c r="H985">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="I985">
         <v>0</v>
       </c>
       <c r="K985" t="s">
         <v>2519</v>
       </c>
     </row>
     <row r="986" spans="1:11">
       <c r="A986" t="s">
         <v>1782</v>
       </c>
       <c r="B986" t="s">
         <v>13</v>
       </c>
       <c r="C986" t="s">
         <v>2053</v>
       </c>
       <c r="D986" t="s">
         <v>2520</v>
       </c>
       <c r="E986">
         <v>3</v>
       </c>
       <c r="F986" t="s">
@@ -45638,371 +45638,371 @@
       </c>
     </row>
     <row r="987" spans="1:11">
       <c r="A987" t="s">
         <v>1785</v>
       </c>
       <c r="B987" t="s">
         <v>13</v>
       </c>
       <c r="C987" t="s">
         <v>2053</v>
       </c>
       <c r="D987" t="s">
         <v>2522</v>
       </c>
       <c r="E987">
         <v>3</v>
       </c>
       <c r="F987" t="s">
         <v>16</v>
       </c>
       <c r="G987" t="s">
         <v>17</v>
       </c>
       <c r="H987">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I987">
         <v>0</v>
       </c>
       <c r="K987" t="s">
         <v>2523</v>
       </c>
     </row>
     <row r="988" spans="1:11">
       <c r="A988" t="s">
         <v>1793</v>
       </c>
       <c r="B988" t="s">
         <v>13</v>
       </c>
       <c r="C988" t="s">
         <v>2053</v>
       </c>
       <c r="D988" t="s">
         <v>2524</v>
       </c>
       <c r="E988">
         <v>3</v>
       </c>
       <c r="F988" t="s">
         <v>16</v>
       </c>
       <c r="G988" t="s">
         <v>17</v>
       </c>
       <c r="H988">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I988">
         <v>0</v>
       </c>
       <c r="K988" t="s">
         <v>2525</v>
       </c>
     </row>
     <row r="989" spans="1:11">
       <c r="A989" t="s">
         <v>1798</v>
       </c>
       <c r="B989" t="s">
         <v>13</v>
       </c>
       <c r="C989" t="s">
         <v>2053</v>
       </c>
       <c r="D989" t="s">
         <v>2526</v>
       </c>
       <c r="E989">
         <v>3</v>
       </c>
       <c r="F989" t="s">
         <v>16</v>
       </c>
       <c r="G989" t="s">
         <v>17</v>
       </c>
       <c r="H989">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I989">
         <v>0</v>
       </c>
       <c r="K989" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="990" spans="1:11">
       <c r="A990" t="s">
         <v>1807</v>
       </c>
       <c r="B990" t="s">
         <v>13</v>
       </c>
       <c r="C990" t="s">
         <v>2053</v>
       </c>
       <c r="D990" t="s">
         <v>2528</v>
       </c>
       <c r="E990">
         <v>3</v>
       </c>
       <c r="F990" t="s">
         <v>16</v>
       </c>
       <c r="G990" t="s">
         <v>17</v>
       </c>
       <c r="H990">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I990">
         <v>0</v>
       </c>
       <c r="K990" t="s">
         <v>2529</v>
       </c>
     </row>
     <row r="991" spans="1:11">
       <c r="A991" t="s">
         <v>1810</v>
       </c>
       <c r="B991" t="s">
         <v>13</v>
       </c>
       <c r="C991" t="s">
         <v>2053</v>
       </c>
       <c r="D991" t="s">
         <v>2530</v>
       </c>
       <c r="E991">
         <v>3</v>
       </c>
       <c r="F991" t="s">
         <v>16</v>
       </c>
       <c r="G991" t="s">
         <v>17</v>
       </c>
       <c r="H991">
-        <v>56</v>
+        <v>16</v>
       </c>
       <c r="I991">
         <v>0</v>
       </c>
       <c r="K991" t="s">
         <v>2531</v>
       </c>
     </row>
     <row r="992" spans="1:11">
       <c r="A992" t="s">
         <v>1813</v>
       </c>
       <c r="B992" t="s">
         <v>13</v>
       </c>
       <c r="C992" t="s">
         <v>2053</v>
       </c>
       <c r="D992" t="s">
         <v>2532</v>
       </c>
       <c r="E992">
         <v>3</v>
       </c>
       <c r="F992" t="s">
         <v>16</v>
       </c>
       <c r="G992" t="s">
         <v>17</v>
       </c>
       <c r="H992">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I992">
         <v>0</v>
       </c>
       <c r="K992" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="993" spans="1:11">
       <c r="A993" t="s">
         <v>1816</v>
       </c>
       <c r="B993" t="s">
         <v>13</v>
       </c>
       <c r="C993" t="s">
         <v>2053</v>
       </c>
       <c r="D993" t="s">
         <v>2534</v>
       </c>
       <c r="E993">
         <v>3</v>
       </c>
       <c r="F993" t="s">
         <v>16</v>
       </c>
       <c r="G993" t="s">
         <v>17</v>
       </c>
       <c r="H993">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I993">
         <v>0</v>
       </c>
       <c r="K993" t="s">
         <v>2535</v>
       </c>
     </row>
     <row r="994" spans="1:11">
       <c r="A994" t="s">
         <v>1825</v>
       </c>
       <c r="B994" t="s">
         <v>13</v>
       </c>
       <c r="C994" t="s">
         <v>2053</v>
       </c>
       <c r="D994" t="s">
         <v>2536</v>
       </c>
       <c r="E994">
         <v>3</v>
       </c>
       <c r="F994" t="s">
         <v>16</v>
       </c>
       <c r="G994" t="s">
         <v>17</v>
       </c>
       <c r="H994">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="I994">
         <v>0</v>
       </c>
       <c r="K994" t="s">
         <v>2537</v>
       </c>
     </row>
     <row r="995" spans="1:11">
       <c r="A995" t="s">
         <v>1828</v>
       </c>
       <c r="B995" t="s">
         <v>13</v>
       </c>
       <c r="C995" t="s">
         <v>2053</v>
       </c>
       <c r="D995" t="s">
         <v>2538</v>
       </c>
       <c r="E995">
         <v>3</v>
       </c>
       <c r="F995" t="s">
         <v>16</v>
       </c>
       <c r="G995" t="s">
         <v>17</v>
       </c>
       <c r="H995">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I995">
         <v>0</v>
       </c>
       <c r="K995" t="s">
         <v>2539</v>
       </c>
     </row>
     <row r="996" spans="1:11">
       <c r="A996" t="s">
         <v>1833</v>
       </c>
       <c r="B996" t="s">
         <v>13</v>
       </c>
       <c r="C996" t="s">
         <v>2053</v>
       </c>
       <c r="D996" t="s">
         <v>2540</v>
       </c>
       <c r="E996">
         <v>3</v>
       </c>
       <c r="F996" t="s">
         <v>16</v>
       </c>
       <c r="G996" t="s">
         <v>17</v>
       </c>
       <c r="H996">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="I996">
         <v>0</v>
       </c>
       <c r="K996" t="s">
         <v>2541</v>
       </c>
     </row>
     <row r="997" spans="1:11">
       <c r="A997" t="s">
         <v>1839</v>
       </c>
       <c r="B997" t="s">
         <v>13</v>
       </c>
       <c r="C997" t="s">
         <v>2053</v>
       </c>
       <c r="D997" t="s">
         <v>2542</v>
       </c>
       <c r="E997">
         <v>3</v>
       </c>
       <c r="F997" t="s">
         <v>16</v>
       </c>
       <c r="G997" t="s">
         <v>17</v>
       </c>
       <c r="H997">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I997">
         <v>0</v>
       </c>
       <c r="K997" t="s">
         <v>2543</v>
       </c>
     </row>
     <row r="998" spans="1:11">
       <c r="A998" t="s">
         <v>1842</v>
       </c>
       <c r="B998" t="s">
         <v>13</v>
       </c>
       <c r="C998" t="s">
         <v>2053</v>
       </c>
       <c r="D998" t="s">
         <v>2544</v>
       </c>
       <c r="E998">
         <v>3</v>
       </c>
       <c r="F998" t="s">
@@ -46022,150 +46022,150 @@
       </c>
     </row>
     <row r="999" spans="1:11">
       <c r="A999" t="s">
         <v>1845</v>
       </c>
       <c r="B999" t="s">
         <v>13</v>
       </c>
       <c r="C999" t="s">
         <v>2053</v>
       </c>
       <c r="D999" t="s">
         <v>2546</v>
       </c>
       <c r="E999">
         <v>3</v>
       </c>
       <c r="F999" t="s">
         <v>16</v>
       </c>
       <c r="G999" t="s">
         <v>17</v>
       </c>
       <c r="H999">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I999">
         <v>0</v>
       </c>
       <c r="K999" t="s">
         <v>2547</v>
       </c>
     </row>
     <row r="1000" spans="1:11">
       <c r="A1000" t="s">
         <v>1848</v>
       </c>
       <c r="B1000" t="s">
         <v>13</v>
       </c>
       <c r="C1000" t="s">
         <v>2053</v>
       </c>
       <c r="D1000" t="s">
         <v>2548</v>
       </c>
       <c r="E1000">
         <v>3</v>
       </c>
       <c r="F1000" t="s">
         <v>16</v>
       </c>
       <c r="G1000" t="s">
         <v>17</v>
       </c>
       <c r="H1000">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I1000">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="K1000" t="s">
         <v>2549</v>
       </c>
     </row>
     <row r="1001" spans="1:11">
       <c r="A1001" t="s">
         <v>1853</v>
       </c>
       <c r="B1001" t="s">
         <v>13</v>
       </c>
       <c r="C1001" t="s">
         <v>2053</v>
       </c>
       <c r="D1001" t="s">
         <v>2550</v>
       </c>
       <c r="E1001">
         <v>3</v>
       </c>
       <c r="F1001" t="s">
         <v>16</v>
       </c>
       <c r="G1001" t="s">
         <v>17</v>
       </c>
       <c r="H1001">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I1001">
         <v>0</v>
       </c>
       <c r="K1001" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="1002" spans="1:11">
       <c r="A1002" t="s">
         <v>1856</v>
       </c>
       <c r="B1002" t="s">
         <v>13</v>
       </c>
       <c r="C1002" t="s">
         <v>2053</v>
       </c>
       <c r="D1002" t="s">
         <v>2552</v>
       </c>
       <c r="E1002">
         <v>3</v>
       </c>
       <c r="F1002" t="s">
         <v>16</v>
       </c>
       <c r="G1002" t="s">
         <v>17</v>
       </c>
       <c r="H1002">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="I1002">
-        <v>42.5</v>
+        <v>0</v>
       </c>
       <c r="K1002" t="s">
         <v>2553</v>
       </c>
     </row>
     <row r="1003" spans="1:11">
       <c r="A1003" t="s">
         <v>1861</v>
       </c>
       <c r="B1003" t="s">
         <v>13</v>
       </c>
       <c r="C1003" t="s">
         <v>2053</v>
       </c>
       <c r="D1003" t="s">
         <v>2554</v>
       </c>
       <c r="E1003">
         <v>3</v>
       </c>
       <c r="F1003" t="s">
         <v>16</v>
       </c>
       <c r="G1003" t="s">
@@ -46182,179 +46182,179 @@
       </c>
     </row>
     <row r="1004" spans="1:11">
       <c r="A1004" t="s">
         <v>1867</v>
       </c>
       <c r="B1004" t="s">
         <v>13</v>
       </c>
       <c r="C1004" t="s">
         <v>2053</v>
       </c>
       <c r="D1004" t="s">
         <v>2556</v>
       </c>
       <c r="E1004">
         <v>3</v>
       </c>
       <c r="F1004" t="s">
         <v>16</v>
       </c>
       <c r="G1004" t="s">
         <v>17</v>
       </c>
       <c r="H1004">
-        <v>20</v>
+        <v>56</v>
       </c>
       <c r="I1004">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K1004" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="1005" spans="1:11">
       <c r="A1005" t="s">
         <v>1870</v>
       </c>
       <c r="B1005" t="s">
         <v>13</v>
       </c>
       <c r="C1005" t="s">
         <v>2053</v>
       </c>
       <c r="D1005" t="s">
         <v>2558</v>
       </c>
       <c r="E1005">
         <v>3</v>
       </c>
       <c r="F1005" t="s">
         <v>16</v>
       </c>
       <c r="G1005" t="s">
         <v>17</v>
       </c>
       <c r="H1005">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="I1005">
         <v>0</v>
       </c>
       <c r="K1005" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="1006" spans="1:11">
       <c r="A1006" t="s">
         <v>1873</v>
       </c>
       <c r="B1006" t="s">
         <v>13</v>
       </c>
       <c r="C1006" t="s">
         <v>2053</v>
       </c>
       <c r="D1006" t="s">
         <v>2560</v>
       </c>
       <c r="E1006">
         <v>3</v>
       </c>
       <c r="F1006" t="s">
         <v>16</v>
       </c>
       <c r="G1006" t="s">
         <v>17</v>
       </c>
       <c r="H1006">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="I1006">
         <v>0</v>
       </c>
       <c r="K1006" t="s">
         <v>2561</v>
       </c>
     </row>
     <row r="1007" spans="1:11">
       <c r="A1007" t="s">
         <v>1876</v>
       </c>
       <c r="B1007" t="s">
         <v>13</v>
       </c>
       <c r="C1007" t="s">
         <v>2053</v>
       </c>
       <c r="D1007" t="s">
         <v>2562</v>
       </c>
       <c r="E1007">
         <v>3</v>
       </c>
       <c r="F1007" t="s">
         <v>16</v>
       </c>
       <c r="G1007" t="s">
         <v>17</v>
       </c>
       <c r="H1007">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I1007">
         <v>0</v>
       </c>
       <c r="K1007" t="s">
         <v>2563</v>
       </c>
     </row>
     <row r="1008" spans="1:11">
       <c r="A1008" t="s">
         <v>1879</v>
       </c>
       <c r="B1008" t="s">
         <v>13</v>
       </c>
       <c r="C1008" t="s">
         <v>2053</v>
       </c>
       <c r="D1008" t="s">
         <v>2564</v>
       </c>
       <c r="E1008">
         <v>3</v>
       </c>
       <c r="F1008" t="s">
         <v>16</v>
       </c>
       <c r="G1008" t="s">
         <v>17</v>
       </c>
       <c r="H1008">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I1008">
         <v>0</v>
       </c>
       <c r="K1008" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="1009" spans="1:11">
       <c r="A1009" t="s">
         <v>1882</v>
       </c>
       <c r="B1009" t="s">
         <v>13</v>
       </c>
       <c r="C1009" t="s">
         <v>2053</v>
       </c>
       <c r="D1009" t="s">
         <v>2566</v>
       </c>
       <c r="E1009">
         <v>3</v>
       </c>
       <c r="F1009" t="s">
@@ -46374,51 +46374,51 @@
       </c>
     </row>
     <row r="1010" spans="1:11">
       <c r="A1010" t="s">
         <v>1890</v>
       </c>
       <c r="B1010" t="s">
         <v>13</v>
       </c>
       <c r="C1010" t="s">
         <v>2053</v>
       </c>
       <c r="D1010" t="s">
         <v>2568</v>
       </c>
       <c r="E1010">
         <v>3</v>
       </c>
       <c r="F1010" t="s">
         <v>16</v>
       </c>
       <c r="G1010" t="s">
         <v>17</v>
       </c>
       <c r="H1010">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I1010">
         <v>0</v>
       </c>
       <c r="K1010" t="s">
         <v>2569</v>
       </c>
     </row>
     <row r="1011" spans="1:11">
       <c r="A1011" t="s">
         <v>1893</v>
       </c>
       <c r="B1011" t="s">
         <v>13</v>
       </c>
       <c r="C1011" t="s">
         <v>2053</v>
       </c>
       <c r="D1011" t="s">
         <v>2570</v>
       </c>
       <c r="E1011">
         <v>3</v>
       </c>
       <c r="F1011" t="s">
@@ -46470,51 +46470,51 @@
       </c>
     </row>
     <row r="1013" spans="1:11">
       <c r="A1013" t="s">
         <v>1922</v>
       </c>
       <c r="B1013" t="s">
         <v>13</v>
       </c>
       <c r="C1013" t="s">
         <v>2053</v>
       </c>
       <c r="D1013" t="s">
         <v>2574</v>
       </c>
       <c r="E1013">
         <v>3</v>
       </c>
       <c r="F1013" t="s">
         <v>16</v>
       </c>
       <c r="G1013" t="s">
         <v>17</v>
       </c>
       <c r="H1013">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="I1013">
         <v>0</v>
       </c>
       <c r="K1013" t="s">
         <v>2575</v>
       </c>
     </row>
     <row r="1014" spans="1:11">
       <c r="A1014" t="s">
         <v>1930</v>
       </c>
       <c r="B1014" t="s">
         <v>13</v>
       </c>
       <c r="C1014" t="s">
         <v>2053</v>
       </c>
       <c r="D1014" t="s">
         <v>2576</v>
       </c>
       <c r="E1014">
         <v>3</v>
       </c>
       <c r="F1014" t="s">
@@ -46566,726 +46566,726 @@
       </c>
     </row>
     <row r="1016" spans="1:11">
       <c r="A1016" t="s">
         <v>1939</v>
       </c>
       <c r="B1016" t="s">
         <v>13</v>
       </c>
       <c r="C1016" t="s">
         <v>2053</v>
       </c>
       <c r="D1016" t="s">
         <v>2580</v>
       </c>
       <c r="E1016">
         <v>3</v>
       </c>
       <c r="F1016" t="s">
         <v>16</v>
       </c>
       <c r="G1016" t="s">
         <v>17</v>
       </c>
       <c r="H1016">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="I1016">
         <v>0</v>
       </c>
       <c r="K1016" t="s">
         <v>2581</v>
       </c>
     </row>
     <row r="1017" spans="1:11">
       <c r="A1017" t="s">
         <v>1959</v>
       </c>
       <c r="B1017" t="s">
         <v>13</v>
       </c>
       <c r="C1017" t="s">
         <v>2053</v>
       </c>
       <c r="D1017" t="s">
         <v>2582</v>
       </c>
       <c r="E1017">
         <v>3</v>
       </c>
       <c r="F1017" t="s">
         <v>16</v>
       </c>
       <c r="G1017" t="s">
         <v>17</v>
       </c>
       <c r="H1017">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I1017">
         <v>0</v>
       </c>
       <c r="K1017" t="s">
         <v>2583</v>
       </c>
     </row>
     <row r="1018" spans="1:11">
       <c r="A1018" t="s">
         <v>1962</v>
       </c>
       <c r="B1018" t="s">
         <v>13</v>
       </c>
       <c r="C1018" t="s">
         <v>2053</v>
       </c>
       <c r="D1018" t="s">
         <v>2582</v>
       </c>
       <c r="E1018">
         <v>3</v>
       </c>
       <c r="F1018" t="s">
         <v>16</v>
       </c>
       <c r="G1018" t="s">
         <v>17</v>
       </c>
       <c r="H1018">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="I1018">
         <v>0</v>
       </c>
       <c r="K1018" t="s">
         <v>2584</v>
       </c>
     </row>
     <row r="1019" spans="1:11">
       <c r="A1019" t="s">
         <v>1965</v>
       </c>
       <c r="B1019" t="s">
         <v>13</v>
       </c>
       <c r="C1019" t="s">
         <v>2053</v>
       </c>
       <c r="D1019" t="s">
         <v>2582</v>
       </c>
       <c r="E1019">
         <v>3</v>
       </c>
       <c r="F1019" t="s">
         <v>16</v>
       </c>
       <c r="G1019" t="s">
         <v>17</v>
       </c>
       <c r="H1019">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I1019">
         <v>0</v>
       </c>
       <c r="K1019" t="s">
         <v>2585</v>
       </c>
     </row>
     <row r="1020" spans="1:11">
       <c r="A1020" t="s">
         <v>1968</v>
       </c>
       <c r="B1020" t="s">
         <v>13</v>
       </c>
       <c r="C1020" t="s">
         <v>2053</v>
       </c>
       <c r="D1020" t="s">
         <v>2586</v>
       </c>
       <c r="E1020">
         <v>3</v>
       </c>
       <c r="F1020" t="s">
         <v>16</v>
       </c>
       <c r="G1020" t="s">
         <v>17</v>
       </c>
       <c r="H1020">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I1020">
         <v>0</v>
       </c>
       <c r="K1020" t="s">
         <v>2587</v>
       </c>
     </row>
     <row r="1021" spans="1:11">
       <c r="A1021" t="s">
         <v>1971</v>
       </c>
       <c r="B1021" t="s">
         <v>13</v>
       </c>
       <c r="C1021" t="s">
         <v>2053</v>
       </c>
       <c r="D1021" t="s">
         <v>2472</v>
       </c>
       <c r="E1021">
         <v>3</v>
       </c>
       <c r="F1021" t="s">
         <v>16</v>
       </c>
       <c r="G1021" t="s">
         <v>17</v>
       </c>
       <c r="H1021">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I1021">
         <v>0</v>
       </c>
       <c r="K1021" t="s">
         <v>2588</v>
       </c>
     </row>
     <row r="1022" spans="1:11">
       <c r="A1022" t="s">
         <v>1974</v>
       </c>
       <c r="B1022" t="s">
         <v>13</v>
       </c>
       <c r="C1022" t="s">
         <v>2053</v>
       </c>
       <c r="D1022" t="s">
         <v>2434</v>
       </c>
       <c r="E1022">
         <v>3</v>
       </c>
       <c r="F1022" t="s">
         <v>16</v>
       </c>
       <c r="G1022" t="s">
         <v>17</v>
       </c>
       <c r="H1022">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="I1022">
         <v>0</v>
       </c>
       <c r="K1022" t="s">
         <v>2589</v>
       </c>
     </row>
     <row r="1023" spans="1:11">
       <c r="A1023" t="s">
         <v>1985</v>
       </c>
       <c r="B1023" t="s">
         <v>13</v>
       </c>
       <c r="C1023" t="s">
         <v>2053</v>
       </c>
       <c r="D1023" t="s">
         <v>2590</v>
       </c>
       <c r="E1023">
         <v>3</v>
       </c>
       <c r="F1023" t="s">
         <v>16</v>
       </c>
       <c r="G1023" t="s">
         <v>17</v>
       </c>
       <c r="H1023">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="I1023">
         <v>0</v>
       </c>
       <c r="K1023" t="s">
         <v>2591</v>
       </c>
     </row>
     <row r="1024" spans="1:11">
       <c r="A1024" t="s">
         <v>1988</v>
       </c>
       <c r="B1024" t="s">
         <v>13</v>
       </c>
       <c r="C1024" t="s">
         <v>2053</v>
       </c>
       <c r="D1024" t="s">
         <v>2592</v>
       </c>
       <c r="E1024">
         <v>3</v>
       </c>
       <c r="F1024" t="s">
         <v>16</v>
       </c>
       <c r="G1024" t="s">
         <v>17</v>
       </c>
       <c r="H1024">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I1024">
         <v>0</v>
       </c>
       <c r="K1024" t="s">
         <v>2593</v>
       </c>
     </row>
     <row r="1025" spans="1:11">
       <c r="A1025" t="s">
         <v>1991</v>
       </c>
       <c r="B1025" t="s">
         <v>13</v>
       </c>
       <c r="C1025" t="s">
         <v>2053</v>
       </c>
       <c r="D1025" t="s">
         <v>2472</v>
       </c>
       <c r="E1025">
         <v>3</v>
       </c>
       <c r="F1025" t="s">
         <v>16</v>
       </c>
       <c r="G1025" t="s">
         <v>17</v>
       </c>
       <c r="H1025">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="I1025">
         <v>0</v>
       </c>
       <c r="K1025" t="s">
         <v>2594</v>
       </c>
     </row>
     <row r="1026" spans="1:11">
       <c r="A1026" t="s">
         <v>1999</v>
       </c>
       <c r="B1026" t="s">
         <v>13</v>
       </c>
       <c r="C1026" t="s">
         <v>2053</v>
       </c>
       <c r="D1026" t="s">
         <v>2472</v>
       </c>
       <c r="E1026">
         <v>3</v>
       </c>
       <c r="F1026" t="s">
         <v>16</v>
       </c>
       <c r="G1026" t="s">
         <v>17</v>
       </c>
       <c r="H1026">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="I1026">
         <v>0</v>
       </c>
       <c r="K1026" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="1027" spans="1:11">
       <c r="A1027" t="s">
         <v>2002</v>
       </c>
       <c r="B1027" t="s">
         <v>13</v>
       </c>
       <c r="C1027" t="s">
         <v>2053</v>
       </c>
       <c r="D1027" t="s">
         <v>2596</v>
       </c>
       <c r="E1027">
         <v>3</v>
       </c>
       <c r="F1027" t="s">
         <v>16</v>
       </c>
       <c r="G1027" t="s">
         <v>17</v>
       </c>
       <c r="H1027">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I1027">
         <v>0</v>
       </c>
       <c r="K1027" t="s">
         <v>2597</v>
       </c>
     </row>
     <row r="1028" spans="1:11">
       <c r="A1028" t="s">
         <v>2005</v>
       </c>
       <c r="B1028" t="s">
         <v>13</v>
       </c>
       <c r="C1028" t="s">
         <v>2053</v>
       </c>
       <c r="D1028" t="s">
         <v>2598</v>
       </c>
       <c r="E1028">
         <v>3</v>
       </c>
       <c r="F1028" t="s">
         <v>16</v>
       </c>
       <c r="G1028" t="s">
         <v>17</v>
       </c>
       <c r="H1028">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="I1028">
         <v>0</v>
       </c>
       <c r="K1028" t="s">
         <v>2599</v>
       </c>
     </row>
     <row r="1029" spans="1:11">
       <c r="A1029" t="s">
         <v>2019</v>
       </c>
       <c r="B1029" t="s">
         <v>13</v>
       </c>
       <c r="C1029" t="s">
         <v>2053</v>
       </c>
       <c r="D1029" t="s">
         <v>2600</v>
       </c>
       <c r="E1029">
         <v>3</v>
       </c>
       <c r="F1029" t="s">
         <v>16</v>
       </c>
       <c r="G1029" t="s">
         <v>17</v>
       </c>
       <c r="H1029">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="I1029">
         <v>0</v>
       </c>
       <c r="K1029" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="1030" spans="1:11">
       <c r="A1030" t="s">
         <v>2027</v>
       </c>
       <c r="B1030" t="s">
         <v>13</v>
       </c>
       <c r="C1030" t="s">
         <v>2053</v>
       </c>
       <c r="D1030" t="s">
         <v>2472</v>
       </c>
       <c r="E1030">
         <v>3</v>
       </c>
       <c r="F1030" t="s">
         <v>16</v>
       </c>
       <c r="G1030" t="s">
         <v>17</v>
       </c>
       <c r="H1030">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="I1030">
         <v>0</v>
       </c>
       <c r="K1030" t="s">
         <v>2602</v>
       </c>
     </row>
     <row r="1031" spans="1:11">
       <c r="A1031" t="s">
         <v>2030</v>
       </c>
       <c r="B1031" t="s">
         <v>13</v>
       </c>
       <c r="C1031" t="s">
         <v>2053</v>
       </c>
       <c r="D1031" t="s">
         <v>2582</v>
       </c>
       <c r="E1031">
         <v>3</v>
       </c>
       <c r="F1031" t="s">
         <v>16</v>
       </c>
       <c r="G1031" t="s">
         <v>17</v>
       </c>
       <c r="H1031">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I1031">
         <v>0</v>
       </c>
       <c r="K1031" t="s">
         <v>2603</v>
       </c>
     </row>
     <row r="1032" spans="1:11">
       <c r="A1032" t="s">
         <v>100</v>
       </c>
       <c r="B1032" t="s">
         <v>13</v>
       </c>
       <c r="C1032" t="s">
         <v>2604</v>
       </c>
       <c r="D1032" t="s">
         <v>2605</v>
       </c>
       <c r="E1032">
         <v>39</v>
       </c>
       <c r="F1032" t="s">
         <v>16</v>
       </c>
       <c r="G1032" t="s">
         <v>17</v>
       </c>
       <c r="H1032">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I1032">
-        <v>72.5</v>
+        <v>60</v>
       </c>
       <c r="K1032" t="s">
         <v>2606</v>
       </c>
     </row>
     <row r="1033" spans="1:11">
       <c r="A1033" t="s">
         <v>104</v>
       </c>
       <c r="B1033" t="s">
         <v>13</v>
       </c>
       <c r="C1033" t="s">
         <v>2604</v>
       </c>
       <c r="D1033" t="s">
         <v>2607</v>
       </c>
       <c r="E1033">
         <v>39</v>
       </c>
       <c r="F1033" t="s">
         <v>16</v>
       </c>
       <c r="G1033" t="s">
         <v>17</v>
       </c>
       <c r="H1033">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="I1033">
-        <v>10</v>
+        <v>67.5</v>
       </c>
       <c r="K1033" t="s">
         <v>2608</v>
       </c>
     </row>
     <row r="1034" spans="1:11">
       <c r="A1034" t="s">
         <v>211</v>
       </c>
       <c r="B1034" t="s">
         <v>13</v>
       </c>
       <c r="C1034" t="s">
         <v>2604</v>
       </c>
       <c r="D1034" t="s">
         <v>2609</v>
       </c>
       <c r="E1034">
         <v>39</v>
       </c>
       <c r="F1034" t="s">
         <v>16</v>
       </c>
       <c r="G1034" t="s">
         <v>17</v>
       </c>
       <c r="H1034">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I1034">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="K1034" t="s">
         <v>2610</v>
       </c>
     </row>
     <row r="1035" spans="1:11">
       <c r="A1035" t="s">
         <v>19</v>
       </c>
       <c r="B1035" t="s">
         <v>13</v>
       </c>
       <c r="C1035" t="s">
         <v>2611</v>
       </c>
       <c r="D1035" t="s">
         <v>2612</v>
       </c>
       <c r="E1035">
         <v>34</v>
       </c>
       <c r="F1035" t="s">
         <v>16</v>
       </c>
       <c r="G1035" t="s">
         <v>17</v>
       </c>
       <c r="H1035">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I1035">
-        <v>65</v>
+        <v>69.8</v>
       </c>
       <c r="K1035" t="s">
         <v>2613</v>
       </c>
     </row>
     <row r="1036" spans="1:11">
       <c r="A1036" t="s">
         <v>38</v>
       </c>
       <c r="B1036" t="s">
         <v>13</v>
       </c>
       <c r="C1036" t="s">
         <v>2614</v>
       </c>
       <c r="D1036" t="s">
         <v>2615</v>
       </c>
       <c r="E1036">
         <v>38</v>
       </c>
       <c r="F1036" t="s">
         <v>16</v>
       </c>
       <c r="G1036" t="s">
         <v>17</v>
       </c>
       <c r="H1036">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I1036">
-        <v>88.3</v>
+        <v>87.6</v>
       </c>
       <c r="K1036" t="s">
         <v>2616</v>
       </c>
     </row>
     <row r="1037" spans="1:11">
       <c r="A1037" t="s">
         <v>23</v>
       </c>
       <c r="B1037" t="s">
         <v>13</v>
       </c>
       <c r="C1037" t="s">
         <v>2614</v>
       </c>
       <c r="D1037" t="s">
         <v>2617</v>
       </c>
       <c r="E1037">
         <v>38</v>
       </c>
       <c r="F1037" t="s">
         <v>16</v>
       </c>
       <c r="G1037" t="s">
         <v>17</v>
       </c>
       <c r="H1037">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I1037">
-        <v>58.3</v>
+        <v>54.9</v>
       </c>
       <c r="K1037" t="s">
         <v>2618</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>