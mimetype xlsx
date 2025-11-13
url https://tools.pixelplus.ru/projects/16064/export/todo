--- v0 (2025-10-07)
+++ v1 (2025-11-13)
@@ -12,95 +12,1674 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2507">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
+    <t>https://www.detmir.ru/catalog/index/name/children_sewing_machines/</t>
+  </si>
+  <si>
+    <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+швейная машинка купить  
+швейная машинка купить недорого в москве </t>
+  </si>
+  <si>
+    <t>26.10.2025</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343456</t>
+  </si>
+  <si>
     <t>https://www.detmir.ru/</t>
   </si>
   <si>
-    <t>Внутренняя оптимизация</t>
-[...2 lines deleted...]
-    <t>Оптимизация текста (165 фраз).</t>
+    <t>Оптимизация Title (223 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+купить (встречается в 222 запросах, значимость 2755) 
+шахматы (встречается в 6 запросах, значимость 1221) 
+ингалятор (встречается в 2 запросах, значимость 256) 
+москва (встречается в 34 запросах, значимость 252) 
+манчкин (встречается в 16 запросах, значимость 161) 
+прокладка (встречается в 4 запросах, значимость 145) 
+машинка (встречается в 2 запросах, значимость 121) 
+швейный (встречается в 1 запросе, значимость 120) 
+термометр (встречается в 5 запросах, значимость 97) 
+ртутный (встречается в 4 запросах, значимость 90) 
+урологический (встречается в 2 запросах, значимость 86) 
+котенок (встречается в 7 запросах, значимость 85) 
+мужской (встречается в 2 запросах, значимость 82) 
+конструктор (встречается в 3 запросах, значимость 61) 
+женский (встречается в 1 запросе, значимость 56) 
+медицинский (встречается в 1 запросе, значимость 54) 
+настольный (встречается в 5 запросах, значимость 53) 
+мармелад (встречается в 3 запросах, значимость 44) 
+кот (встречается в 1 запросе, значимость 44) 
+лего (встречается в 2 запросах, значимость 41) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343349</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/uvlazhniteli-vozduha/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ультразвуковой  — не менее 2 раз 
+очиститель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+увлажнитель воздуха купить  
+увлажнитель воздуха купить в москве  
+ультразвуковой увлажнитель воздуха купить  
+очиститель увлажнитель воздуха купить в москве  
+увлажнитель воздуха купить цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343976</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/vozrastnaya_gruppa-adults/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+взрослый  — не менее 3 раз 
+компания  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольные игры для взрослых купить  
+настольные игры для компании взрослых купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343656</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3707533/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+ранний  — не менее 1 раз 
+столичка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тест на беременность на ранних сроках купить  
+тест на беременность до задержки купить  
+тест на беременность купить столички </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343882</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3537984/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+мотоцикл  — не менее 3 раз 
+коляска  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мотоцикл с коляской </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344068</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/trimmer_stryjka/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+борода  — не менее 2 раз 
+ус  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+триммер для бороды и усов купить  
+купить триммер для бороды  
+машинка для стрижки бороды купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343859</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/urological_pads/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+женщина  — не менее 3 раз 
+женский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+прокладки урологические женские купить  
+купить урологические прокладки для женщин в москве  
+купить урологические прокладки для женщин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343839</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvlek_igri/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+интернет  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить настольные игры  
+настольные игры купить москва  
+купить настольные игры интернет магазин  
+настольные игры купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343653</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_aa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аа  — не менее 3 раз 
+купить  — не менее 3 раз 
+пальчиковый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+батарейки аа купить  
+купить пальчиковые батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343698</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/strollers_newborn/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коляску для новорожденного в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344067</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_aaa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ааа  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+батарейки ааа купить  
+батарейки ааа купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343697</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/diagnosticheskie_testy/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тест  — не менее 3 раз 
+беременность  — не менее 3 раз 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+дешевый  — не менее 3 раз 
+цена  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тест на беременность купить  
+тест на беременность купить в аптеке  
+тест на беременность купить в аптеке цена  
+тест на беременность купить недорого  
+дешевые тесты на беременность купить  
+тест на беременность купить цена москва  
+где купить дешевые тесты на беременность </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343883</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_cr2032/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cr2032 батарейка купить  
+cr2032 батарейка купить в москве  
+2032 батарейка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343695</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/1batery/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+батарейка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343693</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chocolate/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+молочный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шоколад  
+шоколад купить в москве  
+молочный шоколад купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344047</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/newyear_sweetset/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+новый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сладости новогодние купить  
+сладости на новый год купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344044</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/games_munchkin/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+московский  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манчкин купить  
+манчкин купить в москве  
+манчкин купить цена  
+манчкин купить в москве цена  
+манчкин купить в москве и московской области </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343679</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet_dry/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+салфетка  — не менее 2 раз 
+цветной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить туалетную бумагу  
+туалетная бумага купить  
+цветная туалетная бумага купить  
+салфетки туалетная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343747</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki/tip_krovatki-transformer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кровать  — не менее 2 раз 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+подросток  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кровать трансформер купить в москве  
+кровать трансформер купить  
+купить кровать трансформер в москве недорого  
+кровать трансформер для подростка купить  
+кровать трансформер для подростка купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343510</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6115674/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+крем  — не менее 2 раз 
+нога  — не менее 3 раз 
+мочевина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить крем для ног с мочевиной </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343826</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/breast_pumps/brand/15261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+медел  — не менее 3 раз 
+swing  — не менее 3 раз 
+электрический  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+молокоотсос medela купить  
+молокоотсос medela swing электрический купить  
+молокоотсос медела купить  
+молокоотсос medela купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343863</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/vertolety_i_samolety/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (12 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+камера  — не менее 2 раз 
+недорого  — не менее 3 раз 
+цена  — не менее 2 раз 
+пульт  — не менее 3 раз 
+управление  — не менее 2 раз 
+профессиональный  — не менее 3 раз 
+мини  — не менее 3 раз 
+радиоуправляемый  — не менее 3 раз 
+вертолет  — не менее 3 раз 
+коптер  — не менее 3 раз 
+видеосъемка  — не менее 3 раз 
+воздух  — не менее 3 раз 
+город  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить квадрокоптер  
+квадрокоптер купить  
+квадрокоптер с камерой купить  
+купить квадрокоптер в москве  
+коптер с камерой купить  
+коптер купить  
+купить коптер  
+квадрокоптер на пульте управления с камерой купить  
+квадрокоптер с камерой купить в москве  
+квадрокоптер цена купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343493</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/battery_123/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+батарейка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cr123a батарейка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343701</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5001630/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+батарейка крона купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343699</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mebels/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская мебель купить в москве  
+детская мебель купить  
+детская мебель купить в интернет  
+детская мебель купить в москве в магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344009</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/military/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+оловянный  — не менее 3 раз 
+купить  — не менее 3 раз 
+неокрашенный  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+интернет  — не менее 2 раз 
+недорого  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+оловянные солдатики купить в москве  
+оловянные солдатики купить  
+солдатики 1 72 купить  
+набор оловянных солдатиков купить  
+коллекционные солдатики купить  
+оловянные солдатики неокрашенные купить в москве  
+солдатики фигурки купить  
+оловянные солдатики купить в интернет  
+солдатики купить в москве недорого  
+солдатики 1 72 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343555</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+doigrai  — не менее 3 раз 
+ru  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коляску в москве  
+купить детскую коляску в москве  
+детские коляски 1 в 1 купить  
+купить коляску в москве недорого  
+детские коляски купить в москве doigrai ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344066</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermometers_room/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+комнатный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термометр комнатный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343878</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/umnie_kolonki/brand/20068/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+яндекс колонка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343713</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/inhalers/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (7 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+домашний  — не менее 2 раз 
+пользование  — не менее 2 раз 
+компрессорный  — не менее 2 раз 
+недорого  — не менее 3 раз 
+аптека  — не менее 3 раз 
+нос  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ингалятор небулайзер купить  
+купить ингалятор в москве  
+ингалятор небулайзер купить в москве  
+ингалятор компрессорный купить  
+ингалятор купить в москве недорого в аптеке  
+купить ингалятор для носа  
+купить ингалятор для домашнего пользования недорого  
+ингалятор компрессорный купить в москве  
+купить ингалятор для домашнего пользования в москве  
+где купить ингалятор </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343898</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chasy_naruchnie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+часы  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские часы  
+детские часы купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344015</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+zewa  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажная туалетная бумага купить  
+влажная туалетная бумага купить в москве  
+влажная туалетная бумага zewa купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343749</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sladosti_pp/sostav_i_ingredienty_bady_pp-bez_sahara/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+диабетик  — не менее 2 раз 
+низкокалорийный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сладости для диабетиков купить  
+низкокалорийные сладости купить  
+сладости без сахара купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344043</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3483868/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+профессиональный  — не менее 1 раз 
+учебный  — не менее 3 раз 
+форте  — не менее 3 раз 
+школа  — не менее 3 раз 
+ученический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ксилофон  
+ксилофон купить  
+ксилофон профессиональный купить  
+купить ксилофон учебный  
+ксилофон форте купить  
+ксилофон музыкальный купить в москве  
+купить ксилофон профессиональный для музыкальной школы  
+купить ксилофон ученический </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343594</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/colour_pencils/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+профессиональный  — не менее 2 раз 
+рисование  — не менее 3 раз 
+художник  — не менее 2 раз 
+художественный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши профессиональные купить  
+художественные цветные карандаши купить  
+профессиональные цветные карандаши для рисования купить  
+цветные карандаши для художников купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344104</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/meshki_dlya_obuvi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+adidas  — не менее 3 раз 
+мальчик  — не менее 2 раз 
+купить  — не менее 3 раз 
+спортивный  — не менее 2 раз 
+адидас  — не менее 3 раз 
+форма  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мешок для обуви adidas для мальчиков купить  
+купить спортивный мешок для обуви  
+купить мешок для сменной обуви адидас  
+купить мешок для спортивной формы и обуви </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344097</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pepper_aqarel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тонировать  — не менее 3 раз 
+бумага  — не менее 3 раз 
+рисование  — не менее 3 раз 
+купить  — не менее 3 раз 
+акварель  — не менее 3 раз 
+плотный  — не менее 3 раз 
+лист  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тонированная бумага для рисования купить  
+купить бумагу для рисования акварелью  
+плотная бумага а5 для рисования купить  
+бумага для рисования а2 в листах купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344092</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/deserty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+необычный  — не менее 3 раз 
+дешево  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить сладости  
+необычные сладости купить  
+купить сладости дешево  
+купить сладости в интернет магазине в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344042</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/budilniki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+будильник  — не менее 3 раз 
+первоклашка  — не менее 3 раз 
+прикольный  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+обучать  — не менее 3 раз 
+механический  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские будильники для первоклашек прикольные купить  
+купить в москве будильник обучающий детский  
+механический детский будильник купить  
+детский будильник купить минск </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344013</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/babymonitor/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+avent  — не менее 3 раз 
+купить  — не менее 3 раз 
+пожилой  — не менее 3 раз 
+человек  — не менее 3 раз 
+motorola  — не менее 3 раз 
+ramili  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радионяня для пожилых людей купить  
+радионяня avent купить  
+радионяня motorola купить  
+радионяня для пожилых людей купить в москве  
+ramili радионяня купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343992</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/156742/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+авента  — не менее 3 раз 
+купить  — не менее 3 раз 
+avent  — не менее 2 раз 
+филипс  — не менее 3 раз 
+philips  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня philips avent купить  
+видеоняня avent купить  
+видеоняня авент купить  
+видеоняня авент филипс купить  
+видеоняня филипс авент купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343984</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3103547/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+трубочка  — не менее 3 раз 
+поильник  — не менее 3 раз 
+avent  — не менее 3 раз 
+купить  — не менее 3 раз 
+сменный  — не менее 3 раз 
+авента  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+трубочка для поильника avent купить  
+сменные трубочки для поильника avent купить  
+трубочки авент для поильника купить  
+трубочка для поильника avent купить москва  
+купить сменные трубочки для поильника авент  
+сменные трубочки для поильника avent купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343966</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playpen_beds/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+jetem  — не менее 3 раз 
+купить  — не менее 1 раз 
+capella  — не менее 3 раз 
+ящик  — не менее 3 раз 
+эко  — не менее 3 раз 
+белый  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить кровать манеж capella  
+jetem манеж кровать купить  
+ящики к кровати манеж эко белый купить  
+манеж кровать купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343905</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1709751/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мама  — не менее 3 раз 
+комфорт  — не менее 3 раз 
+крем  — не менее 3 раз 
+купить  — не менее 3 раз 
+растяжка  — не менее 3 раз 
+mama  — не менее 3 раз 
+comfort  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mama comfort крем от растяжек купить  
+мама комфорт крем купить  
+мама комфорт где купить  
+мама комфорт крем от растяжек где купить  
+купить mama comfort  
+mama comfort купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343833</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lining_cloth/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+непромокаемый  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+ткань  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские пеленки недорого в москве  
+детские пеленки непромокаемые купить  
+купить детские пеленки многоразовые  
+купить ткань для детских пеленок в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343745</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-domino/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+конфета  — не менее 3 раз 
+деревянный  — не менее 3 раз 
+детский  — не менее 1 раз 
+картинка  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить домино недорого  
+детское домино с картинками купить  
+подарочное домино купить  
+конфеты домино где купить  
+деревянное домино купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343676</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4851136/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гибкий  — не менее 3 раз 
+пианино  — не менее 3 раз 
+demiand  — не менее 2 раз 
+купить  — не менее 3 раз 
+радужный  — не менее 3 раз 
+детский  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гибкое пианино demiand купить  
+купить гибкое радужное пианино  
+детское гибкое радужное пианино купить  
+детское гибкое радужное пианино demiand купить  
+гибкое пианино купить в москве детское  
+гибкое пианино для детей купить  
+гибкое пианино demiand купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343613</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/vizibord/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+девочка  — не менее 2 раз 
+дом  — не менее 3 раз 
+недорого  — не менее 3 раз 
+доставка  — не менее 2 раз 
+детский  — не менее 3 раз 
+развивать  — не менее 3 раз 
+доска  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бизиборд дом купить  
+купить бизиборд для девочки  
+бизиборд купить в москве недорого с доставкой  
+детская развивающая доска бизиборд купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343602</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/klavishnye_instrumenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 1 раз 
+пианино  — не менее 2 раз 
+стульчик  — не менее 3 раз 
+микрофон  — не менее 1 раз 
+электронный  — не менее 2 раз 
+синтезатор  — не менее 2 раз 
+наушники  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское пианино со стульчиком  
+пианино детское с микрофоном и стульчиком купить  
+купить детское пианино со стульчиком и микрофоном  
+купить детское электронное пианино  
+детский синтезатор с наушниками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343598</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6151527/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+детский  — не менее 3 раз 
+кухня  — не менее 2 раз 
+игрушечный  — не менее 2 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+магазин  — не менее 1 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня икеа купить  
+икеа детская кухня игрушечная купить  
+детская кухня икеа купить в интернет  
+икеа кухня детская купить в интернет магазине  
+детская кухня икеа купить бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343560</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3525070/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 3 раз 
+стич  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+мультфильм  — не менее 3 раз 
+см  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+большой стич игрушка купить  
+мягкая игрушка стич большой купить  
+купить мягкие игрушки из мультфильма стич  
+большой стич игрушка купить 100 см </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343423</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/brand/6021/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кен  — не менее 3 раз 
+серия  — не менее 3 раз 
+дом  — не менее 3 раз 
+мечта  — не менее 3 раз 
+купить  — не менее 3 раз 
+style  — не менее 3 раз 
+ruby  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+барби 90 х купить  
+barbie ruby купить в москве  
+кукла кен из серии дом мечты купить  
+barbie коллекционная купить  
+barbie style 2021 купить  
+barbie 90 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343397</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/neobichnye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шарик  — не менее 3 раз 
+купить  — не менее 2 раз 
+mag  — не менее 3 раз 
+building  — не менее 3 раз 
+bornimago  — не менее 3 раз 
+палочка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитные шарики конструктор купить  
+магнитные шарики конструктор купить в москве  
+mag building магнитный конструктор купить  
+конструктор магнитный bornimago купить  
+магнитный конструктор с шариками и палочками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343351</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/coloured_paper/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+принтер  — не менее 3 раз 
+купить  — не менее 3 раз 
+двухсторонний  — не менее 3 раз 
+офисный  — не менее 3 раз 
+лист  — не менее 1 раз 
+печать  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветная офисная бумага а4 купить  
+цветная бумага для принтера купить  
+цветная бумага а3 купить  
+двухсторонняя цветная бумага купить  
+цветная офисная бумага купить  
+цветная бумага а2 купить  
+бумага а1 цветная купить  
+цветная бумага 5 листов купить  
+купить двухстороннюю цветную бумагу а4  
+купить бумагу цветную а4 для печати </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344145</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/peper_grafika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бумага  — не менее 3 раз 
+черчение  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+рамка  — не менее 3 раз 
+день  — не менее 3 раз 
+папка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бумага для черчения а4 купить  
+бумага для черчения а2 купить  
+бумага для черчения а4 купить в москве  
+бумага для черчения с рамкой а4 купить  
+бумага для черчения каждый день купить  
+папки бумага для черчения купить  
+бумага для черчения а1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344138</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/highlighter/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+профессиональный  — не менее 3 раз 
+фломастер  — не менее 1 раз 
+рисование  — не менее 1 раз 
+несмываемый  — не менее 3 раз 
+художник  — не менее 3 раз 
+белый  — не менее 3 раз 
+бумага  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить профессиональные фломастеры  
+профессиональные фломастеры для рисования купить  
+фломастеры несмываемые купить  
+купить фломастеры для художников  
+купить белый маркер для рисования на бумаге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344081</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/easels/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+купить  — не менее 3 раз 
+екатеринбург  — не менее 2 раз 
+ярославль  — не менее 2 раз 
+брянск  — не менее 2 раз 
+казань  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мольберт икеа детский купить  
+мольберт детский купить в екатеринбурге  
+мольберт детский купить в ярославле  
+мольберт детский купить в брянске  
+мольберт детский купить в казани </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344026</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/containers_toys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ящик  — не менее 1 раз 
+колесо  — не менее 3 раз 
+купить  — не менее 3 раз 
+колесико  — не менее 3 раз 
+хранение  — не менее 2 раз 
+елочный  — не менее 3 раз 
+летосиб  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ящик для игрушек на колесах купить  
+купить ящик для игрушек на колесиках  
+ящик для хранения елочных игрушек купить  
+летосиб ящик для игрушек купить  
+ящик для новогодних игрушек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344000</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/divan_miagkiy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+диванчик  — не менее 3 раз 
+купить  — не менее 3 раз 
+маленький  — не менее 3 раз 
+комната  — не менее 3 раз 
+дешевый  — не менее 1 раз 
+мебель  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить маленький детский диванчик  
+купить мебель диван детскую  
+детский диванчик купить в москве  
+диванчик в детскую комнату купить  
+купить дешевый детский диванчик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343999</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+купить  — не менее 2 раз 
+бу  — не менее 3 раз 
+стул  — не менее 2 раз 
+один  — не менее 3 раз 
+ножка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стульчик для кормления икеа купить  
+купить стульчик для кормления бу  
+купить стульчик для кормления б у  
+стул для кормления икеа купить  
+стул для кормления на одной ножке купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343970</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+недорого  — не менее 3 раз 
+иваново  — не менее 2 раз 
+тула  — не менее 2 раз 
+спальный  — не менее 3 раз 
+екатеринбург  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское постельное белье недорого в москве  
+детское постельное белье 160х80 купить  
+иваново детское постельное белье купить недорого  
+купить недорого детское постельное белье в туле  
+купить постельное белье 1 5 спальное детское  
+купить детское постельное белье недорого в екатеринбурге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343918</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cots_teenagers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бортик  — не менее 3 раз 
+ящик  — не менее 3 раз 
+купить  — не менее 2 раз 
+мягкий  — не менее 3 раз 
+спинка  — не менее 3 раз 
+массив  — не менее 3 раз 
+недорого  — не менее 3 раз 
+пятигорск  — не менее 3 раз 
+белый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить белую подростковую кровать  
+подростковая кровать с бортиками и ящиками купить  
+купить подростковую кровать с мягкой спинкой  
+купить подростковую кровать из массива  
+купить кровать подростковую недорого в пятигорске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343908</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+кровать  — не менее 1 раз 
+подросток  — не менее 3 раз 
+недорого  — не менее 3 раз 
+бу  — не менее 3 раз 
+матрас  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую кроватку в москве  
+купить детскую кроватку бу  
+купить детскую кроватку б у  
+купить в москве кровать силуэт1 для подростков  
+купить детскую кроватку в москве недорого  
+купить детскую кровать с матрасом в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343904</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4746691/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тест  — не менее 3 раз 
+беременность  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+цена  — не менее 3 раз 
+два  — не менее 3 раз 
+полоска  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+высокочувствительный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+высокочувствительный тест на беременность купить  
+тест на беременность купить в москве  
+тест на беременность купить цена  
+многоразовый тест на беременность купить  
+купить тест на беременность с двумя полосками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343884</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermometers_baby/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электронный  — не менее 2 раз 
+измерение  — не менее 3 раз 
+температура  — не менее 2 раз 
+бесконтактный  — не менее 3 раз 
+тело  — не менее 1 раз 
+медицинский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термометр купить  
+купить электронный термометр  
+купить термометр для измерения температуры тела  
+термометр электронный купить в москве  
+бесконтактный термометр купить в москве  
+термометр бесконтактный медицинский купить  
+купить термометр для измерения температуры  
+термометр медицинский купить в москве  
+купить бесконтактный термометр для измерения </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343877</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pregnant_jeans/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+большой  — не менее 3 раз 
+лямка  — не менее 3 раз 
+женский  — не менее 3 раз 
+узкий  — не менее 2 раз 
+резинка  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить джинсы для беременных большого размера  
+джинсы на лямках женские для беременных купить  
+джинсы узкие женские для беременных купить  
+джинсы на резинке для беременных купить  
+джинсы для беременных купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343860</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pelenalnie_komodi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+новорожденный  — не менее 3 раз 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+откидной  — не менее 3 раз 
+курск  — не менее 2 раз 
+стена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пеленальный столик для новорожденных купить в москве  
+откидной пеленальный столик на стену купить  
+пеленальный столик откидной купить  
+купить пеленальный столик недорого в москве  
+пеленальные столики для новорожденных купить курск </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343730</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/hodunki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталка  — не менее 3 раз 
+купить  — не менее 1 раз 
+минск  — не менее 3 раз 
+бу  — не менее 3 раз 
+колесико  — не менее 3 раз 
+недорого  — не менее 3 раз 
+отдельно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить колесики для ходунков детских  
+ходунки каталка для малышей купить минск  
+купить ходунки каталку для ребенка в минске  
+купить ходунки детские бу  
+ходунки детские купить в минске  
+купить ходунки детские в минске недорого  
+колесики для детских ходунков купить отдельно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343600</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-avtomaty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+пулька  — не менее 3 раз 
+железный  — не менее 3 раз 
+механический  — не менее 3 раз 
+недорого  — не менее 3 раз 
+металлический  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный автомат с пульками ак 47  
+железный игрушечный автомат ак 47 купить  
+купить игрушечный автомат ак47  
+игрушечный автомат с пульками механический купить недорого  
+купить игрушечный автомат ак47 металлический  
+купить игрушечный автомат в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343580</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/doctor_kits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 3 раз 
+чемоданчик  — не менее 3 раз 
+юный  — не менее 3 раз 
+чемодан  — не менее 3 раз 
+учиться  — не менее 3 раз 
+лечить  — не менее 3 раз 
+совтехстром  — не менее 3 раз 
+детский  — не менее 1 раз 
+инструмент  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор доктора в чемоданчике  
+игровой набор юный доктор в чемодане  
+игровой набор доктора учимся лечить в чемодане  
+игровой набор доктор совтехстром  
+детские инструменты в чемодане купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343561</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskie_kuhni/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+девочка  — не менее 2 раз 
+купить  — не менее 3 раз 
+вода  — не менее 2 раз 
+звук  — не менее 2 раз 
+икеа  — не менее 3 раз 
+home  — не менее 3 раз 
+kitchen  — не менее 3 раз 
+плита  — не менее 2 раз 
+свет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+home kitchen детская кухня купить  
+детская кухня с водой и звуком купить  
+игрушечная деревянная кухня для девочек купить  
+детская деревянная кухня купить в москве  
+купить детскую кухню икеа б у  
+детская плита игрушечная купить свет звук </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343558</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/5132/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+марвести  — не менее 3 раз 
+ледженс  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+легендс  — не менее 3 раз 
+мини  — не менее 3 раз 
+герой  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коллекционные фигурки марвел  
+купить фигурки марвел легендс  
+купить фигурки марвел ледженс  
+мини фигурки марвел купить  
+фигурки марвел ледженс купить в москве  
+фигурки марвел 3д купить  
+герои марвел 3д фигурки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343536</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_dlya_kukol/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+николь  — не менее 3 раз 
+бу  — не менее 3 раз 
+реборн  — не менее 3 раз 
+плетеный  — не менее 3 раз 
+дочка  — не менее 3 раз 
+сыночек  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коляску для кукол бу  
+плетеная коляска для кукол купить  
+купить коляску для кукол николь  
+коляски для кукол реборн купить  
+коляска для кукол купить дочки сыночки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343392</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (164 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 дом  — не менее 3 раз 
 конструктор  — не менее 3 раз 
 meccano  — не менее 3 раз 
 металлический  — не менее 3 раз 
 кукла  — не менее 3 раз 
 паол  — не менее 3 раз 
 рейн  — не менее 3 раз 
 кукольный  — не менее 3 раз 
 театр  — не менее 3 раз 
 билет  — не менее 3 раз 
 бауманский  — не менее 3 раз 
 елочный  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 винни  — не менее 3 раз 
 пух  — не менее 3 раз 
 вязаный  — не менее 3 раз 
 плюшевый  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 буран  — не менее 3 раз 
 космический  — не менее 3 раз 
@@ -142,468 +1721,12884 @@
 доктор  — не менее 3 раз 
 стиральный  — не менее 3 раз 
 miele  — не менее 3 раз 
 автомат  — не менее 3 раз 
 мп  — не менее 3 раз 
 томпсон  — не менее 3 раз 
 шмайсер  — не менее 3 раз 
 палочка  — не менее 3 раз 
 ксилофон  — не менее 3 раз 
 бу  — не менее 3 раз 
 октава  — не менее 3 раз 
 хроматический  — не менее 3 раз 
 лампочка  — не менее 3 раз 
 рядом  — не менее 3 раз 
 grig  — не менее 3 раз 
 подставка  — не менее 3 раз 
 профессиональный  — не менее 3 раз 
 металлофон  — не менее 3 раз 
 диатонический  — не менее 3 раз 
 взрослый  — не менее 3 раз 
 соколов  — не менее 3 раз 
 погремушка  — не менее 3 раз 
 серебряный  — не менее 3 раз 
 форма  — не менее 3 раз 
 леденец  — не менее 3 раз 
+каталка  — не менее 3 раз 
+детский  — не менее 3 раз 
+stellar  — не менее 3 раз 
+ладошка  — не менее 3 раз 
 behringer  — не менее 3 раз 
 monopoly  — не менее 3 раз 
 шахматы  — не менее 3 раз 
 магазин  — не менее 3 раз 
 альфа  — не менее 3 раз 
 уно  — не менее 3 раз 
 плюс  — не менее 3 раз 
 конфета  — не менее 3 раз 
 домино  — не менее 3 раз 
 настольный  — не менее 3 раз 
 футбол  — не менее 3 раз 
 кикер  — не менее 3 раз 
 мяч  — не менее 3 раз 
 манчкин  — не менее 3 раз 
 котенок  — не менее 3 раз 
 кошка  — не менее 3 раз 
 кот  — не менее 3 раз 
 питомник  — не менее 3 раз 
 делюкс  — не менее 3 раз 
 цена  — не менее 3 раз 
 порода  — не менее 3 раз 
 недорого  — не менее 3 раз 
 вислоухий  — не менее 3 раз 
 замес  — не менее 3 раз 
 игра  — не менее 3 раз 
 коротколапый  — не менее 3 раз 
-хоккей  — не менее 3 раз 
-[...1 lines deleted...]
-стиг  — не менее 3 раз 
 карточный  — не менее 3 раз 
 постельный  — не менее 3 раз 
 дело  — не менее 3 раз 
 свеча  — не менее 3 раз 
 батарейка  — не менее 3 раз 
 брелка  — не менее 3 раз 
 живой  — не менее 3 раз 
 черепашка  — не менее 3 раз 
 геншин  — не менее 3 раз 
 cgpods  — не менее 3 раз 
 наушники  — не менее 3 раз 
-детский  — не менее 3 раз 
 яндекс  — не менее 3 раз 
 колонка  — не менее 3 раз 
 час  — не менее 3 раз 
 головоломка  — не менее 3 раз 
 дядюшкин  — не менее 3 раз 
 ферма  — не менее 3 раз 
 антисептический  — не менее 3 раз 
 влажный  — не менее 3 раз 
 салфетка  — не менее 3 раз 
 tolli  — не менее 3 раз 
 plus  — не менее 3 раз 
 шампунь  — не менее 3 раз 
 страна  — не менее 3 раз 
 сказка  — не менее 3 раз 
 весна  — не менее 3 раз 
 гигиенический  — не менее 3 раз 
 помада  — не менее 3 раз 
 dermophil  — не менее 3 раз 
 термальный  — не менее 3 раз 
 labello  — не менее 3 раз 
 nivea  — не менее 3 раз 
 men  — не менее 3 раз 
 мыло  — не менее 3 раз 
 клоран  — не менее 3 раз 
+ватный  — не менее 3 раз 
+йод  — не менее 3 раз 
 тинта  — не менее 3 раз 
-ватный  — не менее 3 раз 
 губа  — не менее 3 раз 
-йод  — не менее 3 раз 
 аптека  — не менее 3 раз 
 пустышка  — не менее 3 раз 
 подушка  — не менее 3 раз 
 беременный  — не менее 3 раз 
 пенополистирол  — не менее 3 раз 
 шарик  — не менее 3 раз 
+фото  — не менее 3 раз 
 чехол  — не менее 3 раз 
-обнимашка  — не менее 3 раз 
+образный  — не менее 3 раз 
 мама  — не менее 3 раз 
 комфорт  — не менее 3 раз 
 seni  — не менее 3 раз 
 подгузник  — не менее 3 раз 
 прокладка  — не менее 3 раз 
 женский  — не менее 3 раз 
 мужской  — не менее 3 раз 
 урологический  — не менее 3 раз 
 тен  — не менее 3 раз 
 массажер  — не менее 3 раз 
 лицо  — не менее 3 раз 
 увлажнять  — не менее 3 раз 
 крем  — не менее 3 раз 
 отбеливающий  — не менее 3 раз 
 питательный  — не менее 3 раз 
 косметический  — не менее 3 раз 
 касторовый  — не менее 3 раз 
 масло  — не менее 3 раз 
-валик  — не менее 3 раз 
-[...1 lines deleted...]
-шея  — не менее 3 раз 
 стерилизатор  — не менее 3 раз 
 банка  — не менее 3 раз 
 плазменный  — не менее 3 раз 
 стоматологический  — не менее 3 раз 
 воздух  — не менее 3 раз 
 прибор  — не менее 3 раз 
 уход  — не менее 3 раз 
 кожа  — не менее 3 раз 
 подогреватель  — не менее 3 раз 
 молоко  — не менее 3 раз 
 теленок  — не менее 3 раз 
 термометр  — не менее 3 раз 
 ртутный  — не менее 3 раз 
 медицинский  — не менее 3 раз 
 мясо  — не менее 3 раз 
 измерение  — не менее 3 раз 
 температура  — не менее 3 раз 
 струйный  — не менее 3 раз 
 тест  — не менее 3 раз 
 беременность  — не менее 3 раз 
 экспресс  — не менее 3 раз 
 антисептик  — не менее 3 раз 
 спиртовой  — не менее 3 раз 
 спейсер  — не менее 3 раз 
 ингаляция  — не менее 3 раз 
 аэрокэт  — не менее 3 раз 
 ингалятор  — не менее 3 раз 
 можайск  — не менее 3 раз 
 газоотводный  — не менее 3 раз 
 трубка  — не менее 3 раз 
 колыбель  — не менее 3 раз 
-noony  — не менее 3 раз 
-lula  — не менее 3 раз 
+zibos  — не менее 3 раз 
+ala  — не менее 3 раз 
 комод  — не менее 3 раз 
 маша  — не менее 3 раз 
 медведь  — не менее 3 раз 
 икеа  — не менее 3 раз 
 наполнитель  — не менее 3 раз 
 каюта  — не менее 3 раз 
 уют  — не менее 3 раз 
 видеоняня  — не менее 3 раз 
 xiaomi  — не менее 3 раз 
 радионяня  — не менее 3 раз 
 tommee  — не менее 3 раз 
 tippee  — не менее 3 раз 
 ходунок  — не менее 3 раз 
 дцп  — не менее 3 раз 
 штора  — не менее 3 раз 
 интернет  — не менее 3 раз 
 пиратский  — не менее 3 раз 
 стиль  — не менее 3 раз 
 комплект  — не менее 3 раз 
 мебель  — не менее 3 раз 
 комната  — не менее 3 раз 
 дерево  — не менее 3 раз 
 ковер  — не менее 3 раз 
 светильник  — не менее 3 раз 
 сад  — не менее 3 раз 
 доска  — не менее 3 раз 
 выбор  — не менее 3 раз 
 парта  — не менее 3 раз 
 стол  — не менее 3 раз 
 минск  — не менее 3 раз 
 адвент  — не менее 3 раз 
 календарь  — не менее 3 раз 
 шоколад  — не менее 3 раз 
 пластовый  — не менее 3 раз 
 мармелад  — не менее 3 раз 
 trolli  — не менее 3 раз 
 ударница  — не менее 3 раз 
 жидкий  — не менее 3 раз 
 карамель  — не менее 3 раз 
 слинг  — не менее 3 раз 
 шарф  — не менее 3 раз 
 охота  — не менее 3 раз 
 бауэр  — не менее 3 раз 
-коляска  — не менее 3 раз 
 кресло  — не менее 3 раз 
 чемодан  — не менее 3 раз 
 american  — не менее 3 раз 
 tourister  — не менее 3 раз 
 пищевой  — не менее 3 раз 
 фломастер  — не менее 3 раз 
 бумага  — не менее 3 раз 
 рисование  — не менее 3 раз 
 карандаш  — не менее 3 раз 
 пастель  — не менее 3 раз 
 сухой  — не менее 3 раз 
 крафт  — не менее 3 раз 
 техника  — не менее 3 раз 
 граттаж  — не менее 3 раз 
 многослойный  — не менее 3 раз 
 мешок  — не менее 3 раз 
 обувь  — не менее 3 раз 
 пул  — не менее 3 раз 
 энд  — не менее 3 раз 
 бир  — не менее 3 раз 
 vans  — не менее 3 раз 
 эпоксидный  — не менее 3 раз 
 пластилин  — не менее 3 раз 
 японский  — не менее 3 раз 
 школьный  — не менее 3 раз 
 сумка  — не менее 3 раз 
 петерсон  — не менее 3 раз 
 класс  — не менее 3 раз 
 учебный  — не менее 3 раз 
 пособие  — не менее 3 раз 
 электронный  — не менее 3 раз 
 блокнот  — не менее 3 раз 
 ежедневник  — не менее 3 раз 
 ранец  — не менее 3 раз 
 патрульный  — не менее 3 раз 
 рандосер  — не менее 3 раз 
 глина  — не менее 3 раз 
 сонет  — не менее 3 раз 
 белый  — не менее 3 раз 
 лепка  — не менее 3 раз 
 линейка  — не менее 3 раз 
 цветной  — не менее 3 раз 
 печать  — не менее 3 раз 
 одежда  — не менее 3 раз 
 производитель  — не менее 3 раз 
 малыш  — не менее 3 раз 
 брейк  — не менее 3 раз 
 танец  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+шахматы купить  
 купить шахматы  
-шахматы купить  
-купить коляску  
 купить швейную машинку в москве  
-ингалятор купить  
 мужские урологические прокладки купить  
 манчкин купить котенка  
-манчкин кошка купить  
 купить прокладки женские  
-кукла паола рейна купить </t>
-[...14 lines deleted...]
-    <t xml:space="preserve">У 162 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+термометр медицинский ртутный купить  
+манчкин кот купить  
+пластовый мармелад купить  
+термометр ртутный купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343353</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6022738/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мармелад  — не менее 2 раз 
+сахар  — не менее 2 раз 
+купить  — не менее 3 раз 
+натуральный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад без сахара купить  
+натуральный мармелад без сахара купить  
+мармелад без сахара купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344051</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкие игрушки купить в москве  
+мягкие игрушки купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343435</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/paints_acrylic/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+акриловые краски купить  
+акриловые краски для рисования купить  
+акриловые краски купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344135</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cotton_pads/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+многоразовый  — не менее 3 раз 
+аптека  — не менее 3 раз 
+большой  — не менее 3 раз 
+цветной  — не менее 3 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ватные диски  
+ватные диски купить  
+купить ватные диски дешево  
+ватные диски купить в москве  
+ватные диски где купить  
+ватные диски купить в аптеке  
+большие ватные диски купить  
+многоразовые ватные диски купить  
+цветные ватные диски купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343771</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/accessories_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+дешево  — не менее 3 раз 
+интернет  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьные принадлежности купить  
+где купить школьные принадлежности  
+купить школьные принадлежности дешево в интернет магазине  
+школьные принадлежности купить в интернет магазине  
+школьные принадлежности купить недорого  
+где можно купить школьные принадлежности  
+купить школьные принадлежности дешево  
+купить школьные принадлежности дешево в интернет  
+школьные принадлежности купить в интернет магазине недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344079</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/desks_chairs/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+дом  — не менее 2 раз 
+купить  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+расти  — не менее 3 раз 
+краснодар  — не менее 2 раз 
+оренбург  — не менее 2 раз 
+центр  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую парту со стулом  
+детские парты для дома купить  
+детская парта купить в москве  
+детские парты для дома купить в москве  
+купить детскую парту трансформер  
+детская парта трансформер для дома купить  
+детские парты для дома растущие купить  
+детские парты для дома купить в краснодаре  
+купить детскую парту в оренбурге  
+купи парту магазин детских парт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344031</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/komody_pelenalnye_doski/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+минск  — не менее 3 раз 
+бельевой  — не менее 2 раз 
+бу  — не менее 3 раз 
+пеленальный  — не менее 1 раз 
+столик  — не менее 1 раз 
+недорого  — не менее 3 раз 
+белый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские комоды без пеленального столика купить  
+купить детский комод в минске  
+детские комоды бельевые купить  
+купить детский комод бу  
+купить комод в детскую комнату недорого  
+белый комод в детскую комнату купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343928</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/prikassovye_fntyseptik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+антисептик  — не менее 3 раз 
+рука  — не менее 3 раз 
+купить  — не менее 3 раз 
+спрей  — не менее 3 раз 
+медицинский  — не менее 3 раз 
+гель  — не менее 3 раз 
+спирт  — не менее 3 раз 
+спиртовой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+антисептик для рук купить  
+антисептик спиртовой для рук купить  
+гель антисептик для рук купить  
+антисептик спрей купить  
+купить антисептик для рук спрей  
+антисептик медицинский купить  
+купить спирт антисептик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343894</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/maternity_clothes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+кормить  — не менее 2 раз 
+модный  — не менее 3 раз 
+интернет  — не менее 2 раз 
+нормальный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+одежда для беременных купить в москве  
+где купить одежду для беременных в москве  
+купить одежду для беременных  
+где купить нормальную одежду для беременных  
+модная одежда для беременных купить  
+купить одежду для беременных через интернет  
+одежда для беременных москва купить магазин  
+одежда для беременных и кормящих купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343836</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/hygienic_ipstick/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аптека  — не менее 3 раз 
+губной  — не менее 3 раз 
+мейбелин  — не менее 3 раз 
+bebe  — не менее 3 раз 
+бэби  — не менее 3 раз 
+липс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гигиеническая помада купить в аптеке  
+купить губную гигиеническую помаду  
+где купить гигиеническую помаду  
+купить гигиеническую помаду мейбелин  
+bebe гигиеническая помада купить  
+помада гигиеническая бэби бэби липс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343782</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/towels/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+пончо  — не менее 2 раз 
+рисунок  — не менее 3 раз 
+турецкий  — не менее 3 раз 
+karna  — не менее 3 раз 
+махровый  — не менее 3 раз 
+сад  — не менее 3 раз 
+радуга  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить полотенце пончо детское  
+купить детское полотенце с рисунком  
+детские полотенца турецкие купить  
+детские полотенца karna купить  
+купить махровые полотенца для детского сада  
+детское полотенце радуга купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343767</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/prikassovye_salfetki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+универсальный  — не менее 3 раз 
+дешево  — не менее 3 раз 
+рука  — не менее 3 раз 
+пятерочка  — не менее 3 раз 
+kokoro  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки купить дешево  
+где купить влажные салфетки  
+влажные салфетки универсальные купить  
+влажные салфетки для рук купить  
+влажные салфетки купить в пятерочке  
+kokoro салфетки влажные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343733</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/20068/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колонка  — не менее 3 раз 
+купить  — не менее 3 раз 
+мини  — не менее 3 раз 
+алиса  — не менее 3 раз 
+умный  — не менее 3 раз 
+цена  — не менее 1 раз 
+станция  — не менее 3 раз 
+скидка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+яндекс колонка мини с алисой купить  
+яндекс колонка с алисой купить в москве  
+умная колонка яндекс купить в москве  
+яндекс колонка купить в москве  
+яндекс колонка купить цена  
+умная колонка яндекс станция купить в москве  
+умная колонка яндекс алиса купить в москве  
+яндекс колонка купить со скидкой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343715</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3518695/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+металлофон  — не менее 3 раз 
+москва  — не менее 3 раз 
+музыкальный  — не менее 3 раз 
+инструмент  — не менее 3 раз 
+детский  — не менее 3 раз 
+сад  — не менее 3 раз 
+школа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить металлофон  
+металлофон купить  
+металлофон купить в москве  
+металлофон музыкальный инструмент купить  
+металлофон музыкальный купить  
+купить металлофоны для детского сада  
+купить металлофон для музыкальной школы </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343610</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/211/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сахарный  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+купить  — не менее 3 раз 
+сладкий  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+подвижный  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+spider  — не менее 2 раз 
+man  — не менее 2 раз 
+см  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сахарная фигурка человек паук купить  
+купить сладкую фигурку человека паука москва  
+купить коллекционную фигурку человека паука  
+подвижная фигурка человека паука купить  
+купить игрушки человек паук 1994  
+фигурка spider man 30 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343523</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/military_equipment/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 1 раз 
+heng  — не менее 3 раз 
+long  — не менее 3 раз 
+купить  — не менее 3 раз 
+модель  — не менее 1 раз 
+металл  — не менее 3 раз 
+металлический  — не менее 3 раз 
+танковый  — не менее 3 раз 
+бой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемые модели танков купить в москве  
+радиоуправляемый танк heng long купить  
+купить радиоуправляемые танки 1 16  
+радиоуправляемые танки 1 16 из металла купить  
+радиоуправляемый танк т 34 85 купить  
+металлический радиоуправляемый танк т 34 85 купить  
+радиоуправляемые танки для танкового боя купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343500</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/helicopter/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 1 раз 
+камера  — не менее 2 раз 
+купить  — не менее 3 раз 
+большой  — не менее 3 раз 
+модель  — не менее 3 раз 
+видеокамера  — не менее 3 раз 
+военный  — не менее 2 раз 
+недорого  — не менее 3 раз 
+самовывоз  — не менее 3 раз 
+алиэкспресс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемые вертолеты с камерой купить  
+большие радиоуправляемые вертолеты купить  
+радиоуправляемые модели вертолетов купить в москве  
+радиоуправляемые вертолеты с видеокамерой купить  
+радиоуправляемый военный вертолет купить недорого самовывоз  
+купить радиоуправляемый вертолет на алиэкспресс </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343454</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/children_clothes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+интернет  — не менее 1 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую одежду в интернет магазине  
+купить детскую одежду и обувь  
+купить детскую одежду в интернет магазине москва  
+купить детскую одежду дешево </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344163</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kompiuter_stul/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+школьник  — не менее 2 раз 
+купить  — не менее 2 раз 
+ортопедический  — не менее 3 раз 
+письменный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские компьютерные кресла для школьников купить  
+детское кресло для школьника купить  
+детское кресло для школьника купить в москве  
+купить детское ортопедическое кресло  
+кресло письменное детское купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344070</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/slings/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+кольцо  — не менее 3 раз 
+май  — не менее 1 раз 
+didymos  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+слинг didymos купить  
+май слинг купить  
+купить слинг с кольцами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344062</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/party_stoly/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+стульчик  — не менее 2 раз 
+дом  — не менее 3 раз 
+красноярск  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские парты и столы купить  
+купить детскую парту со стульчиком в москве  
+детские парты для дома купить в красноярске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344033</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/smartchasy_braslety/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+gps  — не менее 2 раз 
+телефон  — не менее 3 раз 
+купить  — не менее 3 раз 
+прослушка  — не менее 3 раз 
+умный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские часы с gps и телефоном купить  
+детские смарт часы с gps купить  
+детские умные часы 4g купить  
+детские часы с прослушкой купить  
+купить детские часы телефон в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344016</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/set_furniture/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+набор  — не менее 1 раз 
+детский  — не менее 1 раз 
+купить  — не менее 3 раз 
+девочка  — не менее 3 раз 
+мальчик  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+набор детской мебели купить  
+детская мебель для девочек купить в москве  
+детская мебель для мальчика купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344011</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3201468/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радионяня  — не менее 3 раз 
+авента  — не менее 3 раз 
+купить  — не менее 3 раз 
+philips  — не менее 3 раз 
+avent  — не менее 3 раз 
+филипс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радионяня авент купить  
+радионяня филипс авент купить  
+радионяня philips avent купить  
+радионяня philips avent scd502 52 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343993</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/scales_baby/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+весы  — не менее 3 раз 
+саша  — не менее 3 раз 
+купить  — не менее 3 раз 
+новорожденный  — не менее 3 раз 
+baby  — не менее 3 раз 
+scale  — не менее 3 раз 
+цена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские весы саша для новорожденных купить  
+детские весы саша купить  
+купить детские весы baby scale bd7760 цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343988</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/drinking_bowl/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+фарфоровый  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поильник купить в аптеке  
+купить поильник фарфоровый  
+поильник взрослый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343967</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/slunyavchiki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+карман  — не менее 2 раз 
+мужчина  — не менее 3 раз 
+новорожденный  — не менее 2 раз 
+срыгивание  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить слюнявчик с карманом  
+купить слюнявчик для мужчины  
+слюнявчики для новорожденных от срыгивания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343961</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pots_urinals/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+купить  — не менее 2 раз 
+эмалированный  — не менее 3 раз 
+крышка  — не менее 3 раз 
+liko  — не менее 3 раз 
+baby  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+горшок детский икеа купить  
+горшок детский эмалированный с крышкой купить  
+купить детский горшок liko baby </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343958</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/namatrassy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+непромокаемый  — не менее 2 раз 
+резинка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские наматрасники  
+непромокаемые наматрасники детские купить  
+наматрасник детский купить в москве  
+детские наматрасники на резинке купить  
+наматрасник 80 160 детский непромокаемый купить  
+наматрасники детские 80х160 купить  
+наматрасник непромокаемый 80х160 детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343930</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kpb/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+бязь  — не менее 2 раз 
+купить  — не менее 3 раз 
+полуторка  — не менее 3 раз 
+полуторный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить постельное белье детское полуторное  
+детское постельное белье бязь купить  
+постельное белье полуторка детское купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343909</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/speicer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+спейсер  — не менее 3 раз 
+ингаляция  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+детский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить спейсер для ингаляций для детей  
+где купить спейсер  
+спейсер детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343896</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3707532/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+clearblue  — не менее 2 раз 
+тест  — не менее 2 раз 
+беременность  — не менее 2 раз 
+купить  — не менее 3 раз 
+горздрав  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где можно купить тест на беременность  
+clearblue тест на беременность купить  
+тест на беременность купить горздрав </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343885</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3397346/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+крем  — не менее 3 раз 
+сосок  — не менее 3 раз 
+medela  — не менее 3 раз 
+purelan  — не менее 3 раз 
+купить  — не менее 3 раз 
+медел  — не менее 3 раз 
+пурелан  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для сосков medela purelan купить  
+крем для сосков медела купить  
+крем для сосков пурелан купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343835</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/teethers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nuby  — не менее 3 раз 
+хоровод  — не менее 3 раз 
+купить  — не менее 2 раз 
+аптека  — не менее 3 раз 
+именной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+прорезыватель для зубов nuby хоровод купить  
+прорезыватель для зубов купить в аптеке  
+прорезыватель для зубов именной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343825</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3766438/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+carmex  — не менее 2 раз 
+бальзам  — не менее 2 раз 
+губа  — не менее 3 раз 
+купить  — не менее 3 раз 
+кармекс  — не менее 3 раз 
+гигиенический  — не менее 3 раз 
+помада  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+carmex бальзам для губ купить  
+кармекс бальзам для губ купить  
+кармекс бальзам для губ купить в москве  
+гигиеническая помада carmex купить  
+бальзам для губ carmex купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343778</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2264491/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+зубной  — не менее 2 раз 
+щетка  — не менее 2 раз 
+sonicare  — не менее 3 раз 
+kids  — не менее 3 раз 
+купить  — не менее 3 раз 
+электрический  — не менее 2 раз 
+филипс  — не менее 3 раз 
+philips  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+philips детская зубная щетка электрическая купить  
+детская зубная щетка sonicare for kids купить  
+купить детскую зубную щетку электрическую филипс  
+детская зубная щетка филипс sonicare купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343776</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shampoos/brand/6241/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+сиберик  — не менее 3 раз 
+натура  — не менее 3 раз 
+natura  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский шампунь натура сиберика  
+купить детский шампунь сиберика  
+детские шампуни natura siberica купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343756</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/dresser_changing/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+купить  — не менее 3 раз 
+щелкунчик  — не менее 3 раз 
+doigrai  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пеленальный столик икеа купить  
+комоды с пеленальным столиком купить щелкунчик  
+пеленальный столик для новорожденных икеа купить  
+комод пеленальный столик купить икеа  
+детские комоды купить doigrai </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343729</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/powder/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+аптека  — не менее 3 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую присыпку в аптеке  
+присыпка детская купить в москве  
+купить детскую присыпку в аптеке дешево </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343726</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3839499/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+умный  — не менее 2 раз 
+колонка  — не менее 2 раз 
+яндекс  — не менее 2 раз 
+станция  — не менее 2 раз 
+купить  — не менее 3 раз 
+алиса  — не менее 2 раз 
+лайт  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+умная колонка яндекс станция купить  
+купить колонку алису яндекс станция  
+яндекс лайт колонка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343714</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6002589/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+шар  — не менее 3 раз 
+лабиринт  — не менее 3 раз 
+москва  — не менее 3 раз 
+головоломка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шар лабиринт  
+шар лабиринт купить  
+купить шар головоломка лабиринт  
+шар лабиринт купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343709</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kids_tablet/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+детский  — не менее 1 раз 
+развивать  — не менее 3 раз 
+турбокидс  — не менее 3 раз 
+обучать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский развивающий планшет  
+купить детский планшет турбокидс  
+купить детский обучающий планшет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343708</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/camera/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+память  — не менее 3 раз 
+купить  — не менее 3 раз 
+вспышка  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат купить в минске  
+детский фотоаппарат с картой памяти купить  
+купить детский фотоаппарат со вспышкой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343685</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kombinirovannie/brand/18404/reviews/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+uno  — не менее 3 раз 
+plus  — не менее 3 раз 
+тутис  — не менее 3 раз 
+уно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutis uno 2 в 1 купить  
+tutis uno 3 2 в 1 купить  
+коляска tutis uno 2 в 1 купить  
+tutis uno plus 2 в 1 купить  
+тутис уно купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343662</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-dzhenga/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 3 раз 
+купить  — не менее 1 раз 
+деревянный  — не менее 3 раз 
+мега  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дженга большая купить  
+дженга большая игра купить  
+мега дженга купить  
+дженга деревянная купить  
+дженга большая купить москва  
+мега дженга купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343660</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+scrabble  — не менее 3 раз 
+игра  — не менее 3 раз 
+скрэббл  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить scrabble  
+scrabble купить  
+scrabble игра купить  
+купить скрэббл  
+скрэббл купить  
+скрэббл игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343646</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/18371/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+alias  — не менее 3 раз 
+party  — не менее 3 раз 
+купить  — не менее 3 раз 
+игра  — не менее 3 раз 
+элиас  — не менее 3 раз 
+вечеринка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+alias party купить  
+купить игру alias party  
+элиас вечеринка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343641</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-alias/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+alias  — не менее 1 раз 
+family  — не менее 3 раз 
+купить  — не менее 2 раз 
+элиас  — не менее 2 раз 
+сумасшедший  — не менее 3 раз 
+версия  — не менее 3 раз 
+джуниор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+alias family купить  
+игра family alias купить  
+элиас сумасшедшая версия купить  
+элиас джуниор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343640</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6105049/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ночник  — не менее 3 раз 
+звездный  — не менее 3 раз 
+небо  — не менее 3 раз 
+купить  — не менее 3 раз 
+проектор  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ночник проектор звездного неба  
+ночник звездное небо купить  
+ночник проектор звездного неба купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343633</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pogremushki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+серебряный  — не менее 3 раз 
+ребенок  — не менее 1 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+серебряная погремушка для новорожденных купить в москве  
+серебряная погремушка купить  
+купить серебряную погремушку для ребенка  
+серебряная погремушка для новорожденных купить  
+погремушки купить дешево </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343615</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2998700/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+школа  — не менее 3 раз 
+тон  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ксилофон для музыкальной школы  
+ксилофон 12 тонов купить  
+купить ксилофон б у для музыкальной школы </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343597</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3195365/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+spin  — не менее 3 раз 
+master  — не менее 3 раз 
+bakugan  — не менее 2 раз 
+dragonoid  — не менее 3 раз 
+maximus  — не менее 3 раз 
+купить  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+максимус  — не менее 3 раз 
+драгоноид  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+spin master bakugan dragonoid maximus купить москва  
+бакуган максимус купить  
+купить бакуган драгоноид максимус </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343545</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3146919/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пони  — не менее 3 раз 
+луна  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+лунный  — не менее 3 раз 
+принцесса  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони луна игрушка купить  
+лунная пони игрушка купить  
+принцесса луна пони игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343516</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/91/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+май  — не менее 3 раз 
+литла  — не менее 3 раз 
+пони  — не менее 3 раз 
+интерактивный  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+little  — не менее 3 раз 
+pony  — не менее 3 раз 
+старый  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+котобук  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+май литл пони интерактивная игрушка купить  
+my little pony старые игрушки купить  
+фигурки котобука пони купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343511</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chuggington/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровозик  — не менее 3 раз 
+чаггингтон  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+интернет  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паровозики чаггингтон купить  
+паровозики чаггингтон купить в москве  
+паровозики чаггингтон купить в интернет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343479</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bitovaja_tehnika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стиральный  — не менее 3 раз 
+машина  — не менее 2 раз 
+купить  — не менее 3 раз 
+вода  — не менее 2 раз 
+бош  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная стиральная машина с водой купить  
+игрушечная стиральная машина купить  
+игрушечная машина стиральная бош купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343468</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+бензин  — не менее 3 раз 
+запчасть  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемые модели машин купить  
+машинка на бензине радиоуправляемые купить  
+машинка на бензине радиоуправляемые купить в москве  
+купить запчасти на радиоуправляемую машинку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343462</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/katery/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 1 раз 
+подводный  — не менее 3 раз 
+лодка  — не менее 3 раз 
+радиоуправление  — не менее 1 раз 
+радиоуправляемый  — не менее 1 раз 
+рыбалка  — не менее 3 раз 
+двс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемый катер для рыбалки  
+купить игрушечную подводную лодку на радиоуправлении  
+купить радиоуправляемый катер с двс в москве  
+радиоуправляемая подводная лодка купить  
+радиоуправляемая подводная лодка купить в москве  
+радиоуправляемая лодка для рыбалки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343451</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plane/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+аэрофлот  — не менее 3 раз 
+боинг  — не менее 3 раз 
+мальчик  — не менее 2 раз 
+самолетик  — не менее 3 раз 
+ариэль  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить самолет игрушечный аэрофлот  
+купить игрушечный самолет боинг  
+мальчик с самолетиком ариэль купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343447</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/razmer_igrushki-bolshie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 3 раз 
+купить  — не менее 2 раз 
+плюшевый  — не менее 1 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+большие мягкие игрушки купить в москве  
+плюшевые игрушки купить в москве  
+плюшевые игрушки купить в москве недорого  
+большие плюшевые игрушки купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343436</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3525075/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+винни  — не менее 3 раз 
+пух  — не менее 3 раз 
+мягкий  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+дисней  — не менее 3 раз 
+мед  — не менее 3 раз 
+желтый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить винни пуха мягкую игрушку дисней  
+винни пух с медом игрушка купить  
+винни пух желтый игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343430</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/331/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+музыкальный  — не менее 3 раз 
+лунтик  — не менее 1 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+пиявка  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+кузя  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+музыкальный лунтик игрушка купить  
+пиявка из лунтика игрушка купить  
+мягкая игрушка кузя из лунтика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343425</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+миниатюрный  — не менее 3 раз 
+коллекция  — не менее 2 раз 
+девочка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить миниатюрную мебель для кукол  
+мебель для кукол коллекция купить  
+купить игрушечную мебель для девочки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343410</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6230705/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+baby  — не менее 3 раз 
+born  — не менее 3 раз 
+см  — не менее 3 раз 
+купить  — не менее 3 раз 
+кукла  — не менее 3 раз 
+zapf  — не менее 3 раз 
+creation  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+baby born 43 см купить  
+кукла baby born 43 см купить  
+zapf creation baby born 43 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343404</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/724/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+surprise  — не менее 3 раз 
+купить  — не менее 3 раз 
+pets  — не менее 3 раз 
+cuddle  — не менее 3 раз 
+pet  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+baby born surprise купить  
+baby born surprise pets купить  
+baby born surprise купить в москве  
+baby born cuddle baby pet купить  
+baby born surprise cuddle baby pet купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343403</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/strana_proizvodstva-kitaj/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аналог  — не менее 3 раз 
+лего  — не менее 1 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструкторы аналоги лего купить в москве  
+конструкторы аналог лего купить интернет  
+конструкторы аналоги лего купить недорого  
+купить конструктор аналог лего в магазине  
+купить конструктор аналог лего в интернет магазине  
+конструкторы аналоги лего купить интернет магазин недорого  
+конструкторы lego аналог купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343366</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/metallicheskie_konstruktory/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+советский  — не менее 3 раз 
+вязники  — не менее 3 раз 
+бу  — не менее 3 раз 
+детский  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить советский конструктор металлический  
+конструктор 1 металлический вязники купить бу  
+советский детский конструктор металлический купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343355</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/wax_crayons/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+восковой  — не менее 2 раз 
+мелок  — не менее 3 раз 
+ламинат  — не менее 3 раз 
+купить  — не менее 2 раз 
+белый  — не менее 3 раз 
+мебель  — не менее 3 раз 
+цветок  — не менее 3 раз 
+titi  — не менее 3 раз 
+ремонт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+восковые мелки для мебели купить  
+восковой мелок для ламината купить  
+восковые мелки 12 цветов купить  
+где купить белые восковые мелки  
+где можно купить восковые мелки  
+мелки восковые titi купить  
+купить восковые мелки для ремонта ламината </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344123</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/notepad_notebook/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+запись  — не менее 3 раз 
+маленький  — не менее 3 раз 
+недорого  — не менее 3 раз 
+интернет  — не менее 2 раз 
+рисование  — не менее 3 раз 
+красивый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить блокнот  
+купить блокнот для записей  
+купить блокнот а4  
+блокнот для рисования купить  
+маленький блокнот купить  
+блокнот купить недорого  
+купить красивый блокнот  
+купить подарочный блокнот  
+блокнот купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344117</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bumpers_crib/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+круглый  — не менее 3 раз 
+купить  — не менее 2 раз 
+сатин  — не менее 2 раз 
+турция  — не менее 3 раз 
+икеа  — не менее 3 раз 
+низкий  — не менее 3 раз 
+новорожденный  — не менее 2 раз 
+одеяло  — не менее 3 раз 
+доска  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бортики в круглую кроватку купить  
+бортики в кроватку купить из сатина турция  
+бортики в кроватку икеа купить  
+низкие бортики в кроватку купить  
+бортики в круглую кроватку для новорожденных купить  
+купить детский одеяло и бортики для детской  
+купить доски для детской кроватки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343915</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3972920/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кислородный  — не менее 3 раз 
+подушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+маска  — не менее 3 раз 
+цена  — не менее 3 раз 
+домашний  — не менее 3 раз 
+пользование  — не менее 3 раз 
+доставка  — не менее 3 раз 
+саратов  — не менее 3 раз 
+тула  — не менее 3 раз 
+самара  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кислородная подушка купить в москве  
+кислородная подушка купить с доставкой  
+кислородная подушка с маской купить  
+кислородная подушка купить цена для домашнего пользования  
+кислородная подушка купить в саратове  
+кислородная подушка купить в туле  
+кислородная подушка купить в самаре </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343881</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/keychain/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ключ  — не менее 3 раз 
+интернет  — не менее 2 раз 
+живой  — не менее 3 раз 
+животное  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить брелки в москве  
+брелки купить в москве  
+купить брелки для ключей  
+брелки для ключей купить в москве  
+брелки купить в интернет магазине  
+брелки с живыми животными купить  
+купить новогодние брелки  
+брелки для ключей купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343705</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+ретро  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+длина  — не менее 3 раз 
+см  — не менее 3 раз 
+моделька  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин игрушки купить  
+игрушечные модели машин купить  
+ретро машины игрушечные купить  
+купить коллекционные игрушечные машины  
+ретро машины игрушечные купить длина 30 см  
+купить модельки машин в москве  
+где купить модельки машин в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343461</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odegda_dlya_kukol/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+барби  — не менее 3 раз 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+недорого  — не менее 3 раз 
+вязаный  — не менее 3 раз 
+весна  — не менее 3 раз 
+дешево  — не менее 3 раз 
+см  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аксессуары для кукол барби купить  
+аксессуары для кукол купить минск  
+аксессуары для кукол барби купить недорого  
+вязаная одежда для кукол купить  
+одежда для кукол весна купить  
+купить одежду куклам подешевле  
+одежда для куклы 45 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343399</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/puppet_theatre/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ширма  — не менее 2 раз 
+кукла  — не менее 1 раз 
+детский  — не менее 3 раз 
+сад  — не менее 3 раз 
+рязань  — не менее 2 раз 
+билет  — не менее 3 раз 
+перчатка  — не менее 3 раз 
+жирафика  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+куклы для кукольного театра купить  
+кукольный театр рязань купить билеты  
+кукольный театр жирафики купить  
+кукольный театр купить игрушки и ширмы  
+купить кукольный театр для детского сада  
+куклы перчатки для кукольного театра купить  
+кукольный театр купить билеты москва 2021  
+купить кукол для кукольного театра недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343387</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/houses/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фанера  — не менее 3 раз 
+plan  — не менее 3 раз 
+toys  — не менее 3 раз 
+викторианский  — не менее 3 раз 
+эпоха  — не менее 3 раз 
+edufun  — не менее 3 раз 
+стеллаж  — не менее 3 раз 
+деревянный  — не менее 3 раз 
+барби  — не менее 3 раз 
+замок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный дом из фанеры купить  
+кукольный дом plan toys купить  
+кукольные дома викторианской эпохи купить в москве  
+edufun кукольный дом с мебелью купить  
+кукольный дом стеллаж купить  
+edufun дом для кукол купить  
+edufun дом для кукол купить в москве  
+деревянный дом для куклы барби купить  
+купить замок с мебелью и куклами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343386</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cotton_swab/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+стерильный  — не менее 3 раз 
+деревянный  — не менее 3 раз 
+детский  — не менее 1 раз 
+набор  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+большой  — не менее 3 раз 
+аптека  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки купить  
+стерильные ватные палочки купить  
+деревянные ватные палочки купить  
+стерильные ватные палочки купить в аптеке  
+ватные палочки купить в москве  
+где купить ватные палочки  
+детские ватные палочки наборы купить  
+многоразовые ватные палочки купить  
+большие ватные палочки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343802</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rectal_tubes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+трубочка  — не менее 1 раз 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+резиновый  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+цена  — не менее 1 раз 
+аккумулятор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+газоотводная трубочка для новорожденных купить  
+купить ректальный катетер  
+катетер ректальный купить  
+трубка газоотводная для аккумулятора купить  
+купить газоотводную трубочку для новорожденного в москве  
+газоотводные трубочки для новорожденных купить в аптеке  
+трубочки газоотводные резиновые для новорожденных купить  
+многоразовые газоотводные трубочки купить  
+газоотводная трубка для новорожденных купить москва  
+газоотводная трубка для новорожденных купить в аптеке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343887</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/blastery/brand/2931/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+longstrike  — не менее 3 раз 
+cs  — не менее 3 раз 
+купить  — не менее 2 раз 
+zombie  — не менее 2 раз 
+strike  — не менее 2 раз 
+sledgefire  — не менее 3 раз 
+modulus  — не менее 3 раз 
+n  — не менее 3 раз 
+модулус  — не менее 3 раз 
+прицел  — не менее 2 раз 
+руб  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nerf longstrike cs 6 купить  
+нерф модулус купить  
+nerf zombie strike купить  
+nerf sledgefire купить  
+nerf modulus купить  
+nerf n strike longstrike купить  
+нерф с прицелом купить  
+нерф купить за 10 руб </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343565</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_for_newborns/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить одежду для малышей в интернет магазине  
+одежда для малышей купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344164</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6080825/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+белый  — не менее 3 раз 
+глина  — не менее 2 раз 
+лепка  — не менее 3 раз 
+купить  — не менее 3 раз 
+das  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+белая глина для лепки купить  
+глина для лепки das купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344129</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/73493/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ранец  — не менее 3 раз 
+дердидас  — не менее 3 раз 
+купить  — не менее 3 раз 
+derdiedas  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ранец derdiedas  
+ранцы дердидас купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344126</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/meshki_dlya_obuvi/brand/12981/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+берлинго  — не менее 3 раз 
+купить  — не менее 3 раз 
+berlingo  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мешок для обуви берлинго купить  
+мешок для обуви berlingo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344098</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rukzaki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+колесико  — не менее 3 раз 
+ранец  — не менее 3 раз 
+de  — не менее 3 раз 
+lune  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьный рюкзак на колесиках  
+ранец de lune купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344094</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/markers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+акварельный  — не менее 3 раз 
+цветок  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+акварельные фломастеры купить  
+купить фломастеры 100 цветов </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344080</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3106593/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+чемодан  — не менее 3 раз 
+trunki  — не менее 3 раз 
+купить  — не менее 3 раз 
+транка  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский чемодан trunki купить  
+чемодан транки детский купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344077</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3777790/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чемодан  — не менее 3 раз 
+самокат  — не менее 2 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чемодан самокат детский купить  
+чемодан самокат детский купить интернет  
+чемодан самокат детский купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344076</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/avtokresla/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+бу  — не менее 3 раз 
+яндекс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское кресло бу  
+детское кресло бу купить в москве  
+детское кресло яндекс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344072</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6104547/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+соленый  — не менее 2 раз 
+карамель  — не менее 2 раз 
+купить  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкая карамель купить  
+соленая карамель купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344058</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pure/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кудашок  — не менее 3 раз 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское пюре купить в минске  
+кудашка для детского питания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344035</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4657500/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+светильник  — не менее 3 раз 
+детский  — не менее 2 раз 
+силиконовый  — не менее 2 раз 
+usb  — не менее 2 раз 
+порт  — не менее 3 раз 
+облако  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить светильник детский силиконовый с usb портом  
+светильник облако в детскую купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344020</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/svetilnik_potolochniy_podvesnoy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+комната  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+потолочный светильник в детскую комнату купить  
+детский потолочный светильник купить  
+детские подвесные светильники купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344019</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mebel_shkolnika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+комната  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская мебель для школьника купить  
+купить мебель для детской комнаты школьника </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344010</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/organayzer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+сумка  — не менее 3 раз 
+шкафчик  — не менее 3 раз 
+детский  — не менее 3 раз 
+сад  — не менее 2 раз 
+расческа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить сумку органайзер в шкафчик детский сад  
+органайзер для расчесок в детский сад купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344007</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3668808/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+весы  — не менее 3 раз 
+эксперимент  — не менее 3 раз 
+купить  — не менее 3 раз 
+экспериментирование  — не менее 3 раз 
+сад  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские весы для экспериментов где купить  
+весы для экспериментирования в детском саду купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343991</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/25161/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+весы  — не менее 2 раз 
+laica  — не менее 2 раз 
+купить  — не менее 3 раз 
+новорожденный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские весы laica купить  
+детские весы для новорожденных купить laica </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343989</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3539046/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+ramili  — не менее 2 раз 
+купить  — не менее 3 раз 
+baby  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня ramili baby rv1500 купить  
+видеоняня ramili rv1500 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343985</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2999374/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+samsung  — не менее 2 раз 
+купить  — не менее 3 раз 
+самсунг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня samsung купить  
+видеоняня самсунг купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343982</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baby_monitors/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+видео  — не менее 2 раз 
+радионяня  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видео радионяня купить  
+радионяня с камерой купить  
+видеоняня купить недорого в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343981</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3643953/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+монитор  — не менее 2 раз 
+дыхание  — не менее 2 раз 
+новорожденный  — не менее 3 раз 
+купить  — не менее 3 раз 
+babysense  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монитор дыхания для новорожденных купить  
+babysense монитор дыхания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343980</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/high_chair_accessories/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ремень  — не менее 2 раз 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+стул  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ремни для стульчика для кормления купить  
+купить ремни для детского стула для кормления </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343972</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/brand/34/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+татамия  — не менее 3 раз 
+купить  — не менее 1 раз 
+стул  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стульчик для кормления татамия купить  
+купить стул для кормления peg perego татамия </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343971</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pots_baby/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+ручка  — не менее 1 раз 
+купить  — не менее 3 раз 
+мягкий  — не менее 2 раз 
+сидение  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+горшок детский с ручками купить  
+детский горшок с мягким сиденьем купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343957</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pledy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шерстяной  — не менее 3 раз 
+купить  — не менее 2 раз 
+меховой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+плед детский шерстяной купить  
+купить детский плед 150х200  
+плед детский меховой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343949</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4768256/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+постельный  — не менее 2 раз 
+белье  — не менее 2 раз 
+резинка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское постельное белье 80х160  
+детское постельное белье 160х80 на резинке купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343943</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/material_postelnoe-satin/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+спальный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить постельное белье детское сатин  
+купить детское постельное белье 1 5 спальное сатин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343940</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/podushki_ortoped/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+год  — не менее 3 раз 
+ортопедический  — не менее 3 раз 
+сон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ортопедическая подушка для сна купить детская  
+купить детские подушки от лет ортопедические </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343933</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolybeli/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+плетеный  — не менее 3 раз 
+купить  — не менее 2 раз 
+переноска  — не менее 3 раз 
+кружевной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+плетеная колыбель купить  
+колыбелька переноска кружевная для детей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343924</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4681149/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+балдахин  — не менее 2 раз 
+кроватка  — не менее 3 раз 
+домик  — не менее 3 раз 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+балдахин на кроватку домик купить  
+купить балдахин на детскую кроватку домик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343922</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shezlongi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кресло  — не менее 3 раз 
+качалка  — не менее 3 раз 
+купить  — не менее 2 раз 
+good  — не менее 3 раз 
+luck  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кресло качалка детское купить в москве  
+good luck шезлонг детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343921</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovat_detskie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+кроватка  — не менее 3 раз 
+год  — не менее 3 раз 
+кровать  — не менее 3 раз 
+матрас  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую кроватку от 3 лет  
+детская кровать с матрасом купить  
+детские кроватки от 2 лет купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343917</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/canopies_holders/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бортик  — не менее 3 раз 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+балдахин и бортики на детскую кроватку купить  
+балдахин на детскую кроватку купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343916</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/classic_manege/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манеж детский деревянный купить  
+манеж деревянный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343913</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/manezhi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+билет  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские манежи купить недорого в москве  
+манеж купить билет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343912</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pokryvalo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подростковый  — не менее 3 раз 
+кровать  — не менее 3 раз 
+детский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить покрывало на подростковую кровать  
+плед на детскую кровать купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343911</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matrasi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+подростковый  — не менее 3 раз 
+кровать  — не менее 2 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+матрас детский 180 90 купить  
+детский матрас купить в москве  
+матрас 90 180 детский купить москва  
+купить матрас на подростковую кровать  
+купить детский матрас бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343910</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bed_2_bunk/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+двухъярусный  — не менее 1 раз 
+подросток  — не менее 3 раз 
+подростковый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подростковую двухъярусную кровать  
+купить кровать двухъярусную для подростков в москве  
+двухъярусная кровать подростковая купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343903</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3143826/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+спейсер  — не менее 3 раз 
+филипс  — не менее 3 раз 
+купить  — не менее 3 раз 
+philips  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+спейсер philips купить  
+спейсер филипс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343895</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4542234/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пластырь  — не менее 3 раз 
+глаз  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пластырь для глаз детский купить  
+пластырь для глаз детский купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343892</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bandages/brand/25661/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магикопласт  — не менее 3 раз 
+детский  — не менее 3 раз 
+пластырь  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магикопласт детские пластыри купить  
+магикопласт купить в москве детские пластыри </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343890</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/209972/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+винди  — не менее 1 раз 
+взрослый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+газоотводная трубка взрослому купить  
+газоотводная трубочка винди купить  
+газоотводная трубка windi купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343888</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/fenshetka/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+расческа  — не менее 3 раз 
+купить  — не менее 3 раз 
+волос  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить фен щетку для волос  
+фен расческа купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343871</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/blender_steamer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+philips  — не менее 3 раз 
+купить  — не менее 3 раз 
+avent  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пароварка блендер philips avent купить  
+пароварка блендер philips купить  
+philips avent пароварка блендер купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343864</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/halaty_dlya_beremennyh/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+домашний  — не менее 2 раз 
+купить  — не менее 3 раз 
+сорочка  — не менее 1 раз 
+кормить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+домашняя одежда для беременных купить  
+сорочка для беременных и кормящих купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343837</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3162865/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+крем  — не менее 2 раз 
+evo  — не менее 2 раз 
+нога  — не менее 3 раз 
+купить  — не менее 3 раз 
+мочевина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем evo для ног купить  
+крем для ног evo с мочевиной купить  
+evo крем для ног мочевина 10 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343827</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cosmetics_for_nipples/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+mustela  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для сосков купить  
+mustela крем для сосков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343820</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5039161/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сосок  — не менее 3 раз 
+ромашка  — не менее 3 раз 
+купить  — не менее 3 раз 
+пустышка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+соска ромашка купить  
+пустышка ромашка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343818</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/dummy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+советский  — не менее 3 раз 
+купить  — не менее 1 раз 
+серебряный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+советские соски купить  
+серебряная соска пустышка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343817</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3901639/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ватный  — не менее 2 раз 
+палочка  — не менее 2 раз 
+бумажный  — не менее 3 раз 
+купить  — не менее 3 раз 
+основа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки бумажные купить  
+ватные палочки на бумажной основе купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343811</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/391001/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ватный  — не менее 2 раз 
+палочка  — не менее 2 раз 
+ультратонкий  — не менее 3 раз 
+babyline  — не менее 2 раз 
+купить  — не менее 3 раз 
+ограничитель  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки ультратонкие babyline купить  
+ватные палочки с ограничителем babyline купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343806</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4971185/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+косметика  — не менее 2 раз 
+markwins  — не менее 2 раз 
+купить  — не менее 3 раз 
+декоративный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская косметика markwins купить  
+детская декоративная косметика markwins купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343792</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/decorative_cosmetics/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+натуральный  — не менее 3 раз 
+безопасный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская декоративная косметика натуральная безопасная купить  
+детская косметика купить натуральная </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343791</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lip_balm/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+увлажнять  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бальзам для губ увлажняющий купить  
+где купить бальзам для губ </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343780</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4065771/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+бальзам  — не менее 3 раз 
+губа  — не менее 3 раз 
+нивея  — не менее 3 раз 
+гигиенический  — не менее 2 раз 
+помада  — не менее 2 раз 
+nivea  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бальзам для губ нивея  
+гигиеническая помада nivea купить  
+гигиеническая помада nivea купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343779</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1688791/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+крепление  — не менее 1 раз 
+купить  — не менее 1 раз 
+крючок  — не менее 3 раз 
+стена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крепление для детской ванночки на ванну купить  
+крючок для детской ванночки на стену купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343770</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shower_gel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+фигурный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский гель для душа  
+купить детские гели для душа  
+гель для душа фигурный купить детский </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343766</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baths/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бу  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую ванночку бу  
+купить детскую ванночку для купания в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343765</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3430032/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шампунь  — не менее 2 раз 
+шаум  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+schauma  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шампунь шаума детский купить  
+детские шампуни schauma купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343758</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1852191/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+шампунь  — не менее 2 раз 
+weleda  — не менее 2 раз 
+купить  — не менее 3 раз 
+велед  — не менее 3 раз 
+календула  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские шампуни weleda купить  
+веледа шампунь детский с календулой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343755</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3192963/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+туалетный  — не менее 2 раз 
+бумага  — не менее 2 раз 
+zewa  — не менее 2 раз 
+купить  — не менее 3 раз 
+just  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+туалетная бумага just 1 купить  
+туалетная бумага zewa купить в москве  
+купить туалетную бумагу zewa just </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343751</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/board_changing/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+складной  — не менее 3 раз 
+столик  — не менее 2 раз 
+купить  — не менее 3 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+складной пеленальный столик купить в москве  
+купить пеленальный столик бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343728</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/diapers_pants/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+yoshioki  — не менее 3 раз 
+komo  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+трусики подгузники komo купить  
+купить подгузники трусики yoshioki </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343724</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3415024/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+яндекс  — не менее 2 раз 
+колонка  — не менее 3 раз 
+мини  — не менее 2 раз 
+купить  — не менее 3 раз 
+алиса  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+яндекс колонка мини купить в москве  
+купить мини колонку алиса яндекс в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343716</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/naushniki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+jbl  — не менее 3 раз 
+купить  — не менее 2 раз 
+голова  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+наушники jbl детские купить в москве  
+купить наушники детские на голову </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343711</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermosi_thermocaps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+батарейка  — не менее 3 раз 
+купить  — не менее 3 раз 
+поильник  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термокружка с поильником купить  
+термокружка на батарейках купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343702</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6015647/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фотоаппарат  — не менее 3 раз 
+зайчик  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат зайчик купить  
+детский фотоаппарат зайчик купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343686</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/forma_nastolki-kartochnaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+интернет  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольные карточные игры купить  
+карточные игры купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343682</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2693931/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+настольный  — не менее 2 раз 
+футбол  — не менее 3 раз 
+пружинка  — не менее 3 раз 
+купить  — не менее 3 раз 
+пружина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольный футбол на пружинах купить  
+настольный футбол на пружинках купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343677</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_3v1/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutis  — не менее 3 раз 
+uno  — не менее 3 раз 
+купить  — не менее 2 раз 
+тутис  — не менее 3 раз 
+уно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тутис уно 3 купить  
+tutis uno 3 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343665</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3207207/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutis  — не менее 2 раз 
+uno  — не менее 3 раз 
+купить  — не менее 3 раз 
+коляска  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutis uno 3 в 1 купить  
+коляска tutis uno 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343663</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sportivnye/tip_sportnstol-hokkej/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ножка  — не менее 3 раз 
+купить  — не менее 3 раз 
+советский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольный хоккей советский купить  
+настольный хоккей на ножках купить  
+настольный хоккей купить в москве магазины </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343654</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-mafia/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+маска  — не менее 3 раз 
+купить  — не менее 2 раз 
+маклер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольная игра мафия с масками купить  
+маклеры и мафия настольная игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343652</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-svintus/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+делюкс  — не менее 3 раз 
+купить  — не менее 1 раз 
+куба  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свинтус в кубе купить  
+свинтус делюкс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343650</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/426451/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+scrabble  — не менее 3 раз 
+junior  — не менее 3 раз 
+купить  — не менее 3 раз 
+игра  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+scrabble junior купить  
+игра scrabble junior купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343648</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-monopoliya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+банковский  — не менее 3 раз 
+купить  — не менее 2 раз 
+карточка  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монополия с банковскими картами купить  
+монополия купить с банковскими карточками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343643</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvivayushchie_kovriki/brand/13/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+развивать  — не менее 3 раз 
+коврик  — не менее 3 раз 
+tiny  — не менее 3 раз 
+love  — не менее 3 раз 
+зоосад  — не менее 3 раз 
+купить  — не менее 3 раз 
+расти  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+развивающий коврик tiny love зоосад купить  
+развивающий коврик tiny love я расту купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343620</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lamps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+ночник  — не менее 2 раз 
+батарейка  — не менее 2 раз 
+купить  — не менее 3 раз 
+фонарик  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светильник на батарейках купить  
+детский ночник на батарейках купить  
+детские фонарики на батарейках купить недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343618</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/svetilnik_nastennye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ночник  — не менее 2 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+комната  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светильники для детской комнаты купить в москве  
+детские настенные светильники купить  
+ночник детский настенный купить  
+настенный ночник купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343617</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3543868/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гибкий  — не менее 3 раз 
+пианино  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+салазар  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гибкое пианино купить в москве  
+гибкое пианино салазар купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343612</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4774316/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ксилофон  — не менее 2 раз 
+инструмент  — не менее 3 раз 
+купить  — не менее 3 раз 
+музыкальный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ксилофон инструмент купить  
+ксилофон музыкальный инструмент купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343596</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2405461/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 1 раз 
+дорогой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский ковер с дорогами купить  
+детский коврик дорога для машинок купить  
+ковер детский с дорогами для машинок купить  
+детский ковер с дорогой для машинок купить  
+купить детский ковер с дорогой  
+детский ковер с дорогами купить в москве  
+детский ковер с дорогой купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343592</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6100022/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+световой  — не менее 3 раз 
+меч  — не менее 3 раз 
+джедай  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный световой меч  
+купить игрушечный меч джедая </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343588</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3472346/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+автомат  — не менее 2 раз 
+ппш  — не менее 3 раз 
+железный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный автомат ппш в москве  
+купить игрушечный автомат ппш железный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343582</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3511821/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 1 раз 
+хватайка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечный автомат с игрушками купить  
+игрушечный автомат хватайка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343581</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/tableware_toy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+купить  — не менее 3 раз 
+набор  — не менее 3 раз 
+пчелка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянная игрушечная посуда купить  
+игрушечный набор посуды пчелка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343573</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-pistolety/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+глушитель  — не менее 3 раз 
+золотистый  — не менее 3 раз 
+пулька  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный пистолет с глушителем  
+купить золотистый игрушечный пистолет с пульками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343569</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shchity_i_mechi_igrushechnye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стоять  — не менее 3 раз 
+меч  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+лук  — не менее 3 раз 
+купить  — не менее 3 раз 
+складной  — не менее 3 раз 
+световой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сколько стоит меч игрушечный и лук купить  
+купить игрушечный складной световой меч </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343568</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3819443/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bakugan  — не менее 3 раз 
+dragonoid  — не менее 3 раз 
+купить  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+драгоноид  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бакуган драгоноид  
+bakugan dragonoid купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343544</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/596/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+черный  — не менее 3 раз 
+пантера  — не менее 3 раз 
+марвести  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурка черная пантера марвел купить  
+черная пантера игрушка марвел купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343537</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2993653/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+little  — не менее 3 раз 
+pony  — не менее 3 раз 
+русалка  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+пинок  — не менее 3 раз 
+пай  — не менее 3 раз 
+интерактивный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пинки пай интерактивная игрушка купить  
+my little pony русалка игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343533</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/611/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+большой  — не менее 3 раз 
+пони  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+мини  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить большую пони игрушку  
+купить мини фигурки пони </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343520</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3192681/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пони  — не менее 3 раз 
+каденс  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+принцесса  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони каденс игрушка купить  
+принцесса каденс пони игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343519</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/634/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровозик  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+купить  — не менее 3 раз 
+робот  — не менее 2 раз 
+поезд  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+роботы поезда игрушки купить  
+паровозики трансформеры купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343485</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/zheleznye_dorogi/material_igr-derevo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+паровоз  — не менее 2 раз 
+купить  — не менее 2 раз 
+паровозик  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный паровозик купить  
+деревянный паровоз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343478</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3145292/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+самолетик  — не менее 2 раз 
+пенопласт  — не менее 3 раз 
+пенопластовый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+самолетик из пенопласта купить  
+пенопластовый самолетик купить  
+самолетик из пенопласта купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343465</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_43/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+металлический  — не менее 3 раз 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин 1 43 купить в москве  
+металлические модели машин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343464</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_24/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+моделька  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин 1 24 купить  
+купить модельки машин 1 24 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343463</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/tematika_transport-passazhirskij/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+санкт  — не менее 3 раз 
+петербург  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин купить в москве  
+модели машин купить санкт петербург </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343458</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4106650/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+светящийся  — не менее 3 раз 
+вертолетик  — не менее 3 раз 
+купить  — не менее 3 раз 
+рогатка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светящийся вертолетик купить  
+светящийся вертолетик с рогаткой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343453</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/zheleznye_dorogi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+германия  — не менее 3 раз 
+купить  — не менее 2 раз 
+piko  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная железная дорога германия купить  
+игрушечная железная дорога piko купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343446</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/614/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+доктор  — не менее 3 раз 
+плюшевый  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доктор плюшева игрушки купить  
+доктор плюшева игрушки купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343445</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/676/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+елочный  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить елочная игрушка чебурашка  
+новогодняя игрушка чебурашка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343439</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/brand/1582/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+дисней  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкие игрушки disney купить  
+мягкие игрушки дисней купить  
+мягкие игрушки дисней купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343433</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3757509/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ширма  — не менее 2 раз 
+кукольный  — не менее 3 раз 
+театр  — не менее 3 раз 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ширма для кукольного театра купить  
+купить ширму для детского кукольного театра </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343427</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/brand/9661/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+испанский  — не менее 3 раз 
+пупс  — не менее 2 раз 
+купить  — не менее 3 раз 
+испания  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+испанские пупсы купить  
+купить пупса испания </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343414</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3638489/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+коляска  — не менее 3 раз 
+кукла  — не менее 3 раз 
+maclaren  — не менее 3 раз 
+купить  — не менее 3 раз 
+макларен  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коляска для кукол maclaren купить  
+коляска для куклы макларен купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343393</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/houses/brand/20711/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукольный  — не менее 3 раз 
+дом  — не менее 3 раз 
+картон  — не менее 3 раз 
+купить  — не менее 3 раз 
+бумажный  — не менее 3 раз 
+кукла  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный дом из картона купить  
+дом для бумажных кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343389</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory_kinetik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+динамический  — не менее 2 раз 
+лабиринт  — не менее 3 раз 
+купить  — не менее 3 раз 
+шарик  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+динамический конструктор лабиринт купить  
+динамический конструктор с шариками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343379</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/brand/18551/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ugears  — не менее 3 раз 
+купить  — не менее 2 раз 
+югерс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный конструктор ugears купить  
+конструктор югерс деревянный купить  
+деревянный конструктор ugears купить в москве  
+конструктор югерс деревянный купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343373</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3448382/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+знаток  — не менее 3 раз 
+электронный  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+купить  — не менее 3 раз 
+схема  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+знаток электронный конструктор 999 купить  
+конструктор электронный знаток 999 схем купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343359</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+дом  — не менее 2 раз 
+бревно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный конструктор купить минск  
+деревянный конструктор дом из бревен купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343354</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/1621/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+мальчик  — не менее 2 раз 
+схема  — не менее 3 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить электронный конструктор для мальчиков 9 лет  
+купить электронный конструктор знаток 999 схем дешево </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343352</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деталь  — не менее 2 раз 
+купить  — не менее 2 раз 
+шахматы  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего шахматы купить  
+конструктор лего детали купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343350</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/glina_skulpt/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (9 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+полимерный  — не менее 3 раз 
+глина  — не менее 3 раз 
+лепка  — не менее 3 раз 
+купить  — не менее 3 раз 
+набор  — не менее 3 раз 
+самозатвердевающий  — не менее 3 раз 
+цветок  — не менее 3 раз 
+натуральный  — не менее 3 раз 
+кукла  — не менее 3 раз 
+скульптурный  — не менее 3 раз 
+станок  — не менее 3 раз 
+готовый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+полимерная глина для лепки купить в москве  
+станок для лепки из глины купить  
+набор для лепки из глины купить  
+самозатвердевающая глина для лепки купить в москве  
+купить полимерную глину для лепки цветов  
+купить натуральную глину для лепки  
+купить полимерную глину для лепки кукол  
+глина для скульптурной лепки купить  
+готовая глина для лепки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344130</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plastic_masses/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+посуда  — не менее 3 раз 
+гончарный  — не менее 3 раз 
+кукла  — не менее 3 раз 
+леонардо  — не менее 3 раз 
+полимерный  — не менее 2 раз 
+сонет  — не менее 3 раз 
+недорого  — не менее 3 раз 
+стекло  — не менее 3 раз 
+серый  — не менее 3 раз 
+белый  — не менее 3 раз 
+обжиг  — не менее 3 раз 
+керамический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить глину для лепки посуды  
+купить гончарную глину для лепки  
+глина для лепки кукол купить  
+купить глину для лепки в леонардо  
+полимерная глина сонет для лепки купить недорого  
+стекло для лепки из полимерной глины купить  
+купить серую глину для лепки  
+купить белую глину для лепки и обжига  
+керамическая глина для лепки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344128</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cardboard/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+двусторонний  — не менее 3 раз 
+плотный  — не менее 3 раз 
+набор  — не менее 3 раз 
+двухсторонний  — не менее 3 раз 
+белый  — не менее 3 раз 
+один  — не менее 3 раз 
+цвет  — не менее 3 раз 
+паспарту  — не менее 3 раз 
+большой  — не менее 3 раз 
+формат  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить цветной картон а3  
+купить цветной картон а4  
+двусторонний цветной картон купить  
+плотный цветной картон купить  
+купить цветной картон для паспарту  
+наборы цветного картона купить  
+цветной картон а2 купить  
+цветной картон а2 купить в москве  
+картон цветной двухсторонний а3 купить  
+наборы цветного и белого картона купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344114</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shtoriy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 2 раз 
+комната  — не менее 2 раз 
+интернет  — не менее 2 раз 
+девочка  — не менее 3 раз 
+недорого  — не менее 3 раз 
+мальчик  — не менее 3 раз 
+звезда  — не менее 3 раз 
+сад  — не менее 2 раз 
+спальня  — не менее 1 раз 
+готовый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские шторы купить  
+шторы в детскую комнату купить в москве  
+шторы в детскую комнату девочке купить  
+шторы в детскую комнату купить  
+шторы в детскую купить интернет магазин  
+купить детские шторы в интернет магазине недорого  
+шторы в детскую комнату мальчику купить  
+купить шторы со звездами в детскую  
+шторы в детский сад в спальню купить  
+купить готовые шторы в детскую комнату </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344003</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odeyala/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+подушка  — не менее 3 раз 
+купить  — не менее 2 раз 
+ватный  — не менее 3 раз 
+пуховый  — не менее 3 раз 
+шелковый  — не менее 3 раз 
+икеа  — не менее 3 раз 
+шерстяной  — не менее 3 раз 
+лоскутный  — не менее 3 раз 
+холлофайбер  — не менее 2 раз 
+арт  — не менее 3 раз 
+постель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское пуховое одеяло  
+одеяло детское 110х140 купить  
+купить детское одеяло 100 на 100  
+одеяла и подушки купить в москве детские  
+купить детское ватное одеяло  
+купить детское шелковое одеяло  
+купить детское ватное одеяло в москве  
+икеа одеяло детское купить  
+одеяло детское шерстяное 110х140 купить  
+купить лоскутное детское одеяло </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343938</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/6991/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bakugan  — не менее 3 раз 
+geogan  — не менее 3 раз 
+купить  — не менее 3 раз 
+battle  — не менее 3 раз 
+planet  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+старый  — не менее 3 раз 
+драго  — не менее 3 раз 
+дракон  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+красный  — не менее 3 раз 
+скорпион  — не менее 3 раз 
+сезон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бакуган старые  
+купить бакуган драго  
+bakugan geogan купить  
+bakugan battle planet купить  
+дракон бакуган купить  
+бакуган старые игрушки купить  
+бакуган красный купить  
+бакуган скорпион купить  
+бакуган купить 2 сезон  
+бакуганы 4 сезона купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343542</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/paints_oil/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масляные краски купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344136</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3094947/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+читательский дневник купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344089</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мармелад  — не менее 3 раз 
+haribo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад haribo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344052</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries1/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343696</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/absorbent_underwear/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+трусики  — не менее 1 раз 
+купить  — не менее 2 раз 
+трусы  — не менее 3 раз 
+пожилой  — не менее 3 раз 
+дешево  — не менее 3 раз 
+лежачий  — не менее 3 раз 
+id  — не менее 3 раз 
+день  — не менее 3 раз 
+first  — не менее 3 раз 
+aid  — не менее 3 раз 
+ночной  — не менее 3 раз 
+недорого  — не менее 3 раз 
+tena  — не менее 3 раз 
+размер  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подгузники трусы д взрослых купить  
+купить подгузники для взрослых  
+купить подгузники для лежачих взрослых в москве  
+купить подгузники трусы для взрослых  
+купить трусы подгузники взрослые недорого  
+купить подгузники для лежачих взрослых  
+трусы подгузники для пожилых купить дешево  
+трусики подгузники для взрослых купить  
+подгузники для взрослых купить в москве  
+подгузники для взрослых каждый день купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343723</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/marmalade/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+жевательный  — не менее 3 раз 
+развес  — не менее 3 раз 
+натуральный  — не менее 1 раз 
+желейный  — не менее 3 раз 
+кг  — не менее 3 раз 
+мармеладный  — не менее 3 раз 
+сказка  — не менее 3 раз 
+интернет  — не менее 2 раз 
+конфета  — не менее 1 раз 
+вологодский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад купить  
+купить мармелад  
+купить мармелад в москве  
+жевательный мармелад купить  
+мармелад жевательный купить в москве  
+желейный мармелад купить  
+мармелад на развес купить  
+мармелад натуральный купить  
+мармелад 1 кг купить  
+купить натуральный мармелад в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344049</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/planshety/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (10 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+планшет  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+недорого  — не менее 3 раз 
+москва  — не менее 3 раз 
+год  — не менее 3 раз 
+цена  — не менее 3 раз 
+игровой  — не менее 3 раз 
+карта  — не менее 3 раз 
+противоударный  — не менее 3 раз 
+турбокидс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский планшет противоударный купить  
+детский планшет с сим картой купить  
+детский игровой планшет купить  
+купить детский планшет для ребенка  
+купить детский планшет недорого  
+купить детский планшет для ребенка 5 лет  
+детский планшет купить в москве для ребенка  
+детский планшет купить в москве недорого  
+планшет детский от 3 лет купить  
+планшет детский от 5 лет купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343692</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (155 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 155 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 конструктор лего купить в москве  
 купить дом конструктор  
-конструктор meccano металлический купить  
 кукла паола рейна купить  
 кукольный театр купить игрушки на руку москва  
 елочная игрушка винни пух купить  
 мягкая игрушка сова купить  
+купить вязаную плюшевую игрушку  
+игрушечный буран космический корабль купить в москве  
 купить швейную машинку в москве  
 купить елочную игрушку мальчик с самолетиком  
 новогодний паровоз купить  
+елочная игрушка паровоз купить  
 новогодний паровозик купить  
 купить модельку машины ваз  
-игрушечная подводная лодка с камерой купить  
 купить радиоуправляемый вертолет  
 лего бэтмен глиноликий фигурка купить  
 фигурка человека паука от хот тойс купить  
 хот тойс купить фигурки марвел  
 keenway игровой набор доктора  
+игрушечная стиральная машина miele купить  
+игрушечный автомат мп 40 купить  
 м416 автомат купить игрушечный  
-игрушечный автомат томпсона купить  
 палочки для ксилофона купить  
 ксилофон купить бу  
 ксилофон 3 5 октавы купить  
-палочки для ксилофона купить москва  
 ксилофон хроматический купить  
 лампочки для ксилофона купить рядом со мной  
 палочки grig для ксилофона купить  
 подставка для ксилофона купить  
 ксилофон профессиональный купить бу  
 соколов погремушка серебряная купить  
 каталка детская stellar ладошки купить  
 купить шахматы  
 шахматы купить  
 шахматы купить москва  
 где купить шахматы  
 набор шахмат купить  
 купить шахматы в магазине в москве  
 конфеты домино где купить в москве  
 настольный футбол кикер купить  
 мяч для настольного футбола купить москва  
 манчкин купить котенка  
 манчкин кошка купить  
 котята манчкин купить в москве  
 манчкин кот купить  
 манчкин кошка купить в москве  
 манчкин делюкс купить  
 манчкин купить котенка цена  
 манчкин купить котенка в москве цена  
 купить котенка породы манчкин  
 манчкин кошка купить цена  
 купить котенка манчкин в москве недорого  
 вислоухий манчкин купить  
-замес манчкин купить  
+настольная игра манчкин делюкс купить  
 манчкин коротколапый купить  
 купить настольный хоккей stiga  
 настольный хоккей стига купить  
 свечи на батарейках купить  
-брелки с живыми черепашками внутри купить  
-геншин брелки купить  
 cgpods наушники детские купить  
 яндекс колонка с часами купить  
 антисептические влажные салфетки tolli plus купить  
 детский шампунь страна сказок купить в москве  
 гигиеническая помада dermophil купить  
 гигиеническая помада dermophil термальная купить  
-гигиеническая помада labello купить в москве  
 nivea men гигиеническая помада купить в москве  
 детское мыло весна купить  
 ватные палочки с йодом купить  
 тинт ватные палочки для губ купить  
-ватные палочки с йодом купить в аптеке  
 пустышка серебряная купить  
 подушка для беременных купить  
 подушка для беременных купить москва  
 подушка для беременных купить москва недорого  
 подушки для беременных купить в интернет магазине  
 где купить подушку для беременных  
 купить подушку для беременных с пенополистиролом  
 подушка для беременных с шариками пенополистирола купить  
 подушка для беременных купить в москве цена  
 где купить подушку для беременных в москве  
 подушка для беременных купить фото  
 купить чехол на подушку для беременных  
 подушка для беременных купить в москве доставка  
 подушка обнимашка для беременных купить в москве  
 подушка для беременных i образная купить  
 подушка для беременных анатомическая купить  
 подушка для беременных новосибирск купить  
 шампунь мама комфорт купить  
 купить подгузники для взрослых xl  
 seni подгузники д взрослых купить  
 купить прокладки женские  
-купить мужские прокладки  
 мужские урологические прокладки купить  
 прокладки тена урологические купить  
 массажер для лица купить  
 купить увлажняющий крем для лица  
 купить отбеливающий крем для лица  
-косметическое касторовое масло купить  
 купить валик для спины и шеи  
 приборы для ухода за кожей лица купить  
 купить подогреватель молока для телят  
 купить детский стиральный порошок  
 стиральный порошок для детского белья купить  
 купить порошок стиральный автомат детский  
-струйный тест на беременность купить  
 мама тест на беременность купить  
 экспресс тест на беременность купить  
 ингалятор купить  
-колыбель zibos ala купить  
 колыбель noony lula купить в москве  
 купить детский комод маша и медведь  
 купить детский комод в интернете  
 купить детский комод икеа  
 купить наполнитель для детских подушек  
 купить детскую подушку каюта уюта  
 купить стульчик для кормления peg perego  
 купить стул для кормления peg perego  
 видеоняня xiaomi купить  
 видеоняня xiaomi купить в москве  
 радионяня tommee tippee купить  
 ходунки для дцп детские купить  
 купить детские шторы  
 детские шторы купить в интернет  
 шторы в детскую в пиратском стиле купить  
 шторы детские комплект купить  
 детские шторы купить икеа  
 мебель для детской комнаты купить в москве  
 купить комплект детской мебели  
+купить детскую мебель бу  
 наборы детской мебели купить в москве  
 ковер икеа детский купить  
 купить светильники для детского сада  
-доска выбора в детском саду купить  
+детские парты и столы купить в минске  
 адвент календарь с шоколадом купить  
 пластовый мармелад купить  
 жидкая карамель купить  
 слинг шарф купить  
 слинг рюкзак купить  
 купить коляску  
 детское кресло икеа купить  
 детский чемодан american tourister купить  
 бумага для рисования карандашом купить  
 крафтовая бумага для рисования купить  
 купить бумагу 10 на 15 для рисования  
 бумага для рисования маслом купить  
 бумага для рисования пастелью сухой купить  
 крафт бумага для рисования купить  
 бумага для рисования в технике граттаж купить  
 многослойный стол для рисования из бумаги купить  
-мешок для обуви пул энд бир купить  
-vans мешок для обуви купить  
 шариковый пластилин купить  
 цветные карандаши акварельные купить  
 японская школьная сумка купить  
 купить картон цветная бумага  
 блокнот ежедневник купить  
 линейка металлическая купить в москве  
 тетрадь в косую линейку купить в москве  
 цветная бумага для печати купить  
 купить цветную бумагу для творчества в листах  
 одежда для малышей с винни пухом купить  
+одежда для брейка для мальчиков купить  
 купить одежду для танцев мальчику </t>
   </si>
   <si>
-    <t>25.09.2025</t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1356539876</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367342727</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_boys/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить зимнюю верхнюю одежду для мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344171</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4802123/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+человек  — не менее 3 раз 
+паук  — не менее 3 раз 
+одежда  — не менее 3 раз 
+мальчик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+человек паук одежда для мальчиков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344170</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_boys/sezon_oio-demisezon/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+верхняя одежда для мальчиков купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344169</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_for_boys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить одежду для мальчика в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344168</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shoes_for_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить обувь для девочки в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344167</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_footwear_boys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+викинг  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить обувь викинг для мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344166</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_girls/brand/19429/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lenne  — не менее 3 раз 
+детский  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lenne детская одежда купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344165</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/ortopedicheskaya_obuv_dlya_detej/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+первый  — не менее 3 раз 
+малыш  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+первая ортопедическая обувь для малыша купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344162</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4912689/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+обувь  — не менее 3 раз 
+супинатор  — не менее 3 раз 
+малыш  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+обувь без супинатора для малышей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344161</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/ortopedicheskaya_obuv_dlya_detej/age-0~5/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+малыш  — не менее 2 раз 
+первый  — не менее 3 раз 
+шаг  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+обувь для малышей ортопедическая первые шаги купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344160</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shoes_for_newborns/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+обувь для малышей купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344159</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskaya_odezhda/brand/19020/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гарри  — не менее 3 раз 
+поттер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+одежда с гарри поттером для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344158</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_for_girls/sizes-152/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+подросток  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить одежду для девочки подростка </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344157</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/palto_d/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+верхний  — не менее 2 раз 
+зима  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+верхняя одежда для девочек зима купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344156</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kurtki_d/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+верхний  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить для девочки зимнюю верхнюю одежду </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344155</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить верхнюю одежду для девочки  
+верхняя одежда для девочек купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344154</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4675598/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+зеленый  — не менее 3 раз 
+цветной  — не менее 3 раз 
+бумага  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+зеленая цветная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344153</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4483663/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бумага  — не менее 3 раз 
+цветной  — не менее 3 раз 
+голографический  — не менее 3 раз 
+самоклеяться  — не менее 3 раз 
+купить  — не менее 3 раз 
+розница  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бумага цветная голографическая самоклеющаяся купить в розницу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344152</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/ofisnaya_bumaga/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+цветной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бумагу цветную 500 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344151</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3682247/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тонированная цветная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344150</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3786330/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цветной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветная копировальная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344149</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/coloured_paper_cardboard/osobennosti_karton-dvustoronnyaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+двусторонняя цветная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344148</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5063029/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бумага  — не менее 2 раз 
+пастель  — не менее 3 раз 
+цветной  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бумага для пастели а3 цветная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344147</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4481508/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+самоклеяться  — не менее 3 раз 
+цветной  — не менее 3 раз 
+бумага  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+самоклеющаяся цветная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344146</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/set_student/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+письменный  — не менее 3 раз 
+принадлежность  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+набор письменных принадлежностей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344144</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/writing_materials/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить письменные принадлежности  
+письменные принадлежности купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344143</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1927181/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+линейка купить 30 см </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344142</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1834141/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+офицерский  — не менее 3 раз 
+линейка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+офицерская линейка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344141</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1834131/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+линейка  — не менее 2 раз 
+закройщик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+линейка закройщика купить  
+линейка закройщика купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344140</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6026869/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гознак  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бумага для черчения гознак а4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344139</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4304944/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+меховой  — не менее 3 раз 
+сумочка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую меховую сумочку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344137</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/handbags_purses/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+силиконовый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить силиконовую сумочку детскую </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344134</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3308740/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+круг  — не менее 3 раз 
+лепка  — не менее 3 раз 
+глина  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+круг для лепки из глины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344133</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3672308/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+голубой  — не менее 3 раз 
+глина  — не менее 2 раз 
+лепка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+голубая глина для лепки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344132</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/2881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+jovi  — не менее 3 раз 
+глина  — не менее 3 раз 
+лепка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+jovi глина для лепки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344131</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3760340/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ранец  — не менее 3 раз 
+hummingbird  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ранец hummingbird купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344127</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/2581/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ранец  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ранец herlitz </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344125</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4500764/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+восковой  — не менее 2 раз 
+мелкий  — не менее 2 раз 
+цветок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+восковые мелки 6 цветов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344124</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1832161/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стакан непроливайка луч купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344122</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/tetrady_bloknot/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+блокнот  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить тетради и блокноты </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344121</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4234287/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блокнот в точку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344120</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4458399/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+блокнот  — не менее 2 раз 
+черный  — не менее 3 раз 
+лист  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блокнот с черными листами купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344119</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2402691/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+блокнот  — не менее 2 раз 
+желание  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блокнот желаний купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344118</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6087010/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+матовый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+картон цветной матовый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344116</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6207725/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+картон  — не менее 2 раз 
+цветной  — не менее 2 раз 
+двухсторонний  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+картон цветной двухсторонний купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344115</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3583355/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ментальный  — не менее 2 раз 
+математика  — не менее 3 раз 
+купить  — не менее 3 раз 
+учебный  — не менее 3 раз 
+пособие  — не менее 3 раз 
+тетрадь  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ментальная математика купить учебное пособие и тетради </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344113</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/teaching_aid/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магнитный  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитные учебные пособия купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344112</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rabochie-tetradi/brand/22672/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+учебный  — не менее 2 раз 
+пособие  — не менее 2 раз 
+класс  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+учебные пособия 5 класс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344111</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/backpacks_911/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сумка  — не менее 3 раз 
+старшеклассник  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьные сумки для старшеклассников купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344110</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/handbags_purses/forma_sumki-plechevaya/pol-malchik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+школьный  — не менее 2 раз 
+мальчик  — не менее 1 раз 
+плечо  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьную сумку для мальчика через плечо </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344109</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/handbags_purses/forma_sumki-plechevaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+школьный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьную сумку через плечо </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344108</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/colour_pencils/brand/4992/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+трехгранный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить трехгранные цветные карандаши </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344107</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6222396/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цветок  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши 48 цветов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344106</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/colour_pencils/brand/2761/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+многоцветный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши многоцветные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344105</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_clothes_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьная одежда для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344103</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьная одежда купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344102</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2044381/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+секрет  — не менее 2 раз 
+пластилин  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+секреты пластилина купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344101</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4832011/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+скульптурный пластилин купить  
+пластилин белый купить  
+скульптурный пластилин купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344100</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plasticine/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пластилин купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344099</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/backpacks_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+женский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить рюкзак женский школьный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344096</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/knap_first/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mcneill  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ранец mcneill купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344095</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/risovanie_cherchenie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+черный  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+черная бумага для рисования купить  
+бумага для рисования а4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344093</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4229291/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+блокнот  — не менее 3 раз 
+ключ  — не менее 3 раз 
+купить  — не менее 3 раз 
+девочка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блокнот с ключом купить для девочек </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344091</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/diary/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+личный  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+личный дневник купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344090</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/easels/tip_doskihudozh-markernaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фломастер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доска для фломастеров купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344088</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5146627/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+спиртовой  — не менее 3 раз 
+фломастер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+спиртовые фломастеры купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344087</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4625311/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фломастер  — не менее 3 раз 
+posca  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фломастеры posca купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344086</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4853869/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фломастер  — не менее 1 раз 
+цветок  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фломастеры 60 цветов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344085</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4595237/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+фломастер  — не менее 3 раз 
+граффити  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить фломастеры для граффити </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344084</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4841068/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фломастер  — не менее 3 раз 
+цветок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фломастеры 80 цветов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344083</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3302122/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+touch  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фломастеры touch купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344082</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/beauty_salon/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+набор  — не менее 2 раз 
+парикмахер  — не менее 3 раз 
+чемодан  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский набор парикмахера в чемодане купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344078</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/suitcases/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+samsonite  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский чемодан samsonite купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344075</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6024662/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+кресло  — не менее 3 раз 
+яндекс  — не менее 3 раз 
+такси  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское кресло яндекс такси купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344074</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/18480/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+кресло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское кресло бюрократ </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344073</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kreslo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+кровать  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кресло кровать детское купить в москве  
+детское кресло кровать купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344071</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3098821/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+коляска  — не менее 2 раз 
+yoyo  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коляска yoyo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344069</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/vid_plyushevye-sobaka/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+переноска  — не менее 2 раз 
+ребенок  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+собачка в переноске игрушка для детей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344065</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4666761/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+куртка  — не менее 3 раз 
+слинг  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+куртка слинг купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344064</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/slings_bags/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+женский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сумка слинг женская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344063</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3170344/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мини карамель купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344061</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/caramel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+палочка  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+карамель на палочке купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344060</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4944787/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шоколад  — не менее 2 раз 
+карамель  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шоколад с карамелью купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344059</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2262121/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад мишки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344057</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6138142/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пластовой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кислый мармелад купить  
+мармелад пластовой купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344056</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3343004/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад яблочный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344055</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/marmalade/brand/19360/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад сказка купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344054</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/marmalad/brand/9881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+харибо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад харибо купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344053</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19360/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+мармелад  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мармелад сказка </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344050</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3194225/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+шоколад  — не менее 3 раз 
+рафаэлло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шоколад рафаэлло  
+шоколад рафаэлло купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344048</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3289435/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+умный  — не менее 3 раз 
+сладость  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+умные сладости купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344046</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3439702/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+адвент  — не менее 3 раз 
+календарь  — не менее 3 раз 
+сладость  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+адвент календарь сладости купить  
+адвент календарь со сладостями купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344045</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/511991/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ягненок  — не менее 2 раз 
+пюре  — не менее 2 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ягненок пюре детское купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344041</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1957451/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+каша  — не менее 2 раз 
+умница  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская каша умница купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344040</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/27091/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+каша  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские каши lino купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344039</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/desserts/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские десерты купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344038</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6022303/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+книга детское питание купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344037</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/suhie_smesi_i_zameniteli_moloka/brand/8931/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+нутрилон  — не менее 1 раз 
+воронеж  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую смесь нутрилон купить воронеж </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344036</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/suhie_smesi_i_zameniteli_moloka/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+производитель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское питание от производителя </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344034</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/party/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+стульчик  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую парту со стульчиком </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344032</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2269691/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+доска  — не менее 3 раз 
+сноуборд  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доска для сноуборда детская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344030</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskie_doski_dlya_risovaniya_stirayushchiesya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+доска  — не менее 3 раз 
+писать  — не менее 3 раз 
+стирать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский доску пиши стирай </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344029</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5131520/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+доска  — не менее 3 раз 
+буква  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую доску с буквами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344028</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5004011/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доска для плавания детская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344027</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3372436/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+фонарик  — не менее 2 раз 
+сирена  — не менее 3 раз 
+детский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить фонарик с сиреной детские </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344025</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2943991/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+брелок  — не менее 3 раз 
+фонарик  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+брелок фонарик детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344024</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6047322/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фонарик  — не менее 1 раз 
+батарейка  — не менее 2 раз 
+новогодний  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские фонарики на батарейках новогодние купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344023</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2321381/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фонарик  — не менее 3 раз 
+klein  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фонарик klein купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344022</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/globes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+светильник  — не менее 3 раз 
+настольный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+глобус светильник настольный детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344021</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3294264/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+часы  — не менее 3 раз 
+элари  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские часы элари купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344018</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3226576/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+elari  — не менее 2 раз 
+детский  — не менее 3 раз 
+часы  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+elari детские часы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344017</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3215576/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 3 раз 
+детский  — не менее 2 раз 
+арт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушку детский будильник арт 10360766 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344014</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3993163/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+ковер  — не менее 3 раз 
+классика  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский ковер классики купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344012</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/containers_small_items/brand/18465/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+органайзер  — не менее 2 раз 
+детский  — не менее 2 раз 
+пеликан  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить органайзер детский пеликан </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344008</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3892459/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+штора  — не менее 3 раз 
+морской  — не менее 3 раз 
+стиль  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские шторы в морском стиле купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344006</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4919866/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+штора  — не менее 2 раз 
+тачка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские шторы тачки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344005</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/fotorulon/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+рулонные шторы детские купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344004</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/109481/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ящик  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+маша  — не менее 3 раз 
+медведь  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ящик для игрушек маша и медведь </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344002</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4037960/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 2 раз 
+ящик  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный ящик для игрушек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344001</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2820721/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+шезлонг  — не менее 2 раз 
+babybjorn  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский шезлонг babybjorn купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343998</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3189304/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чехол  — не менее 3 раз 
+детский  — не менее 3 раз 
+шезлонг  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чехол на детский шезлонг купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343997</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3374307/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+прыгунок  — не менее 3 раз 
+джампер  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский прыгунок джампер купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343996</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3553517/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радионяня  — не менее 2 раз 
+моторола  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радионяня моторола купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343995</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2584881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радионяня  — не менее 2 раз 
+philips  — не менее 2 раз 
+avent  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радионяня philips avent scd506 купить  
+радионяня philips avent scd711 52 купить  
+радионяня philips avent scd506 52 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343994</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3740130/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+весы  — не менее 1 раз 
+гиря  — не менее 2 раз 
+детский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить весы с гирями детские  
+весы игрушечные детские с гирями купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343990</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6020718/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+ramili  — не менее 2 раз 
+baby  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня ramili baby rv500 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343987</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/23504/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 3 раз 
+angeleye  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня angeleye купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343986</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3421563/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+моторола  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня моторола купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343983</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/monitory_dyhania/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить монитор дыхания  
+монитор дыхания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343979</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6206986/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+увлажнитель  — не менее 3 раз 
+воздух  — не менее 3 раз 
+ballu  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить увлажнитель воздуха ballu </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343978</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3543860/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+увлажнитель  — не менее 2 раз 
+воздух  — не менее 2 раз 
+polaris  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить увлажнитель воздуха polaris </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343977</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/brand/73085/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стул  — не менее 2 раз 
+vrost  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стул для кормления vrost купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343975</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/highchairs_classic/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+стул  — не менее 2 раз 
+деревянный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский стул для кормления деревянный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343974</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/highchairs_transformers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+стул  — не менее 3 раз 
+матрешка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить стул трансформер для кормления матрешка </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343973</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/15261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+медел  — не менее 3 раз 
+поильник  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+медела поильник купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343969</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/drinking_bowl/osobennosti_butylochki-s_trubochkoj/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+грузик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поильник с грузиком купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343968</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/children_clubs/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чашка  — не менее 1 раз 
+фарфор  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чашка детская фарфор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343965</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/urinals/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+пластиковый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский пластиковый писсуар </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343964</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3000472/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tommee  — не менее 3 раз 
+tippee  — не менее 3 раз 
+слюнявчик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tommee tippee слюнявчик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343963</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bibs_textile/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+женщина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить слюнявчик для женщин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343962</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3237755/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+горшок  — не менее 2 раз 
+babybjorn  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский горшок babybjorn купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343960</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pots_music/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вид  — не менее 3 раз 
+унитаз  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский горшок в виде унитаза купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343959</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matress_8/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский матрас 80 180 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343956</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/raskladushki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+раскладушка  — не менее 3 раз 
+матрас  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская раскладушка с матрасом купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343955</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matrasi/osobennosti_matrasy-ortopedicheskij/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский ортопедический матрас  
+купить детский ортопедический матрас в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343954</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6121445/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+плед  — не менее 2 раз 
+символика  — не менее 3 раз 
+спартак  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский плед с символикой спартака </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343953</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3498538/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кашемировый  — не менее 3 раз 
+детский  — не менее 3 раз 
+плед  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кашемировый детский плед купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343952</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/592791/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+плед  — не менее 3 раз 
+шерсть  — не менее 3 раз 
+меринос  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские пледы из шерсти мериноса купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343951</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plaid_knitted/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+вязаный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский вязаный плед </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343950</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5105607/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+бамбуковый  — не менее 3 раз 
+одеяло  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское бамбуковое одеяло купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343948</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konverty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+одеяло  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское одеяло для новорожденных на выписку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343947</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4966271/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+клетка  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую одеяло в клетку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343946</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odeyala/brand/71231/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аскон  — не менее 3 раз 
+одеяло  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аскона одеяло детское купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343945</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odeyala/napolnitel_odeyala-sherst/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+верблюжий  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское верблюжье одеяло купить  
+детское одеяло верблюжья шерсть купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343944</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/pol-malchik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское постельное белье для мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343942</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3334790/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+светиться  — не менее 3 раз 
+постельный  — не менее 2 раз 
+белье  — не менее 2 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светящееся постельное белье детское купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343941</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/dlia_sna/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+эффект  — не менее 3 раз 
+память  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская подушка с эффектом памяти купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343939</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4915138/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+латексный  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская латексная подушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343937</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/podushky/brand/25777/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+ортопедический  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская ортопедическая подушка trelax купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343936</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pillows/brand/71231/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аскон  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская подушка аскона купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343935</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3696521/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+бабочка  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская ортопедическая подушка бабочка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343934</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cushion_newborns/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+ортопедический  — не менее 3 раз 
+рождение  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская подушка ортопедическая с рождения купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343932</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pillows/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ортопедический  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская подушка 40х60 купить  
+подушка детская 50х70 купить  
+подушка детская ортопедическая купить москва  
+купить детскую подушку 40 на 40  
+купить детскую подушку 40 на 60 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343931</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki_box/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+кровать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую кровать комод </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343929</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolybeli/osobennosti_kolybeli-podvesnaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+подвесной  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колыбель подвесная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343927</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3139703/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колыбель  — не менее 3 раз 
+козь  — не менее 3 раз 
+тутти  — не менее 3 раз 
+бамбини  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колыбель кози тутти бамбини купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343926</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3679267/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колыбель  — не менее 3 раз 
+ньютон  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колыбель ньютона купить  
+колыбель ньютона купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343925</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/holders_canopies/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+взрослый  — не менее 3 раз 
+кровать  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+держатель для балдахина на взрослую кровать купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343923</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bed_house/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кроватка домик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343920</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki/forma_krovatki-ovalnaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+круглый  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+круглая детская кроватка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343919</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3255410/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+манеж  — не менее 3 раз 
+щенок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манеж для щенков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343914</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4039888/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+манеж  — не менее 3 раз 
+кровать  — не менее 3 раз 
+happy  — не менее 3 раз 
+baby  — не менее 3 раз 
+martin  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манеж кровать happy baby martin купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343907</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2982881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+манеж  — не менее 2 раз 
+кровать  — не менее 2 раз 
+graco  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манеж кровать graco купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343906</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3786485/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+алиса  — не менее 3 раз 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+соляной  — не менее 3 раз 
+грелка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+алиса где купить детскую соляную грелку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343901</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/warmer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+солевой  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская солевая грелка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343900</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/inhalers/brand/24642/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ингалятор  — не менее 3 раз 
+омрон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ингалятор омрон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343899</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3093253/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+газоотводный  — не менее 3 раз 
+трубка  — не менее 3 раз 
+малышок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+газоотводная трубка малышок купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343897</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4542212/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+глазной  — не менее 3 раз 
+пластырь  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+глазной пластырь детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343893</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4756203/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магикопласт  — не менее 3 раз 
+детский  — не менее 3 раз 
+пластырь  — не менее 3 раз 
+кашель  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магикопласт детские пластыри от кашля купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343891</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bandages/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+рисунок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские пластыри с рисунками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343889</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3707624/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электронный  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цифровой тест на беременность купить  
+электронный тест на беременность купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343886</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3665743/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+безртутный  — не менее 3 раз 
+термометр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+безртутный термометр купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343880</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/gidrometr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+термометр  — не менее 3 раз 
+гигрометр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термометр гигрометр купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343879</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3733603/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ушастый  — не менее 2 раз 
+няня  — не менее 2 раз 
+кондиционер  — не менее 2 раз 
+детский  — не менее 2 раз 
+белье  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ушастый нянь кондиционер для детского белья купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343876</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/421091/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ленора  — не менее 3 раз 
+детский  — не менее 2 раз 
+кондиционер  — не менее 2 раз 
+белье  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ленор детский кондиционер для белья купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343875</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3664388/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские стиральные порошки без фосфатов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343874</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4115644/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+чистаун  — не менее 3 раз 
+стиральный  — не менее 3 раз 
+порошок  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чистаун стиральный порошок детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343873</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/washing_powders/brand/1292/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стиральный  — не менее 1 раз 
+babyline  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стиральный порошок babyline детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343872</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sr_va_ukladki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+средства для укладки волос купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343870</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/uhod_lico/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить прибор для ухода за лицом </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343869</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3498571/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+блендер  — не менее 3 раз 
+пароварка  — не менее 3 раз 
+twistshake  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блендеры пароварки twistshake купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343868</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6008380/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+блендер  — не менее 3 раз 
+пароварка  — не менее 3 раз 
+kitfort  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+блендеры пароварки kitfort купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343867</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5045663/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пароварка  — не менее 2 раз 
+блендер  — не менее 2 раз 
+happy  — не менее 2 раз 
+baby  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пароварка блендер happy baby купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343866</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2976671/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+пароварка  — не менее 2 раз 
+блендер  — не менее 2 раз 
+филипс  — не менее 3 раз 
+авента  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пароварку блендер филипс авент </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343865</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/breast_pumps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+молокоотсос купить в аптеке  
+молокоотсос купить в москве в аптеке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343862</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sterilizers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровой  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стерилизатор паровой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343861</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4604429/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+био  — не менее 3 раз 
+ойл  — не менее 3 раз 
+косметический  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+био ойл масло косметическое купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343858</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/oil_cosmetik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где можно купить косметическое масло </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343857</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4113950/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 2 раз 
+авокадо  — не менее 3 раз 
+купить  — не менее 3 раз 
+косметический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло авокадо купить в москве косметическое </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343856</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3441634/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 2 раз 
+виноградный  — не менее 3 раз 
+косточка  — не менее 3 раз 
+косметический  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло виноградной косточки косметическое купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343855</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3639252/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+масло  — не менее 3 раз 
+шиповник  — не менее 3 раз 
+косметический  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масло шиповника косметическое купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343854</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6072866/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пенка  — не менее 3 раз 
+mama  — не менее 2 раз 
+comfort  — не менее 3 раз 
+интимный  — не менее 3 раз 
+гигиена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пенка mama comfort для интимной гигиены купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343853</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4080679/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+крем  — не менее 3 раз 
+лицо  — не менее 3 раз 
+невский  — не менее 3 раз 
+косметика  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить крем для лица невская косметика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343852</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5042261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+крем  — не менее 3 раз 
+лифтинг  — не менее 3 раз 
+лицо  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить крем лифтинг для лица </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343851</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3857715/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+геронтол  — не менее 3 раз 
+крем  — не менее 3 раз 
+лицо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+геронтол крем для лица купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343850</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sunscream/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лицо  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+солнцезащитный крем для лица купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343849</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/face_cream/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для лица купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343848</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/massagery/brand/20676/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+gezatone  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить массажер gezatone </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343847</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4497341/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+массажер  — не менее 2 раз 
+голова  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+массажер для головы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343846</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/elektrobritvy_men/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+новосибирск  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электробритвы мужские купить в новосибирске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343845</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6213574/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электробритва  — не менее 3 раз 
+мужской  — не менее 3 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+магазин  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электробритвы мужские купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343844</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6302807/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электробритва  — не менее 2 раз 
+мужской  — не менее 3 раз 
+хороший  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электробритвы мужские лучшие купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343843</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6190762/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+многоразовый  — не менее 2 раз 
+прокладка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+многоразовые прокладки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343842</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3286004/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить урологические прокладки seni </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343841</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/12031/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+прокладка  — не менее 3 раз 
+олвейс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить прокладки олвейс </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343840</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/absorbent_underwear/brand/20011/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подгузник  — не менее 3 раз 
+сени  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подгузники сени для взрослых в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343838</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4029616/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мама  — не менее 3 раз 
+комфорт  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бандаж мама комфорт купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343834</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4385867/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+theraline  — не менее 2 раз 
+подушка  — не менее 2 раз 
+беременный  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+theraline подушка для беременных купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343832</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pillows_expectant_mothers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+наволочка  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+наволочка для подушки для беременных купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343831</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/5911/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+впитывать  — не менее 3 раз 
+нижний  — не менее 2 раз 
+белье  — не менее 2 раз 
+женщина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+впитывающее нижнее белье depend для женщин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343830</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/foot_cream/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для ног купить интернет магазин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343829</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6171913/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для ног с мочевиной 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343828</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1784491/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+держатель  — не менее 3 раз 
+пустышка  — не менее 3 раз 
+philips  — не менее 3 раз 
+avent  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+держатель для пустышки philips avent купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343824</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3226813/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+воронеж  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пустышка авент 6 18 купить воронеж </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343823</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shroud_shaper/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+корректор  — не менее 3 раз 
+сосок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+корректор сосков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343822</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6170979/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сосок  — не менее 3 раз 
+молочный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+соска молочная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343821</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baby_bottles/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+соска  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бутылочка с соской купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343819</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/holders_pacifiers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+именной  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+именные держатели для пустышек купить  
+именной держатель для пустышки купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343816</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/scissors_manicure/brand/3804/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+нук  — не менее 3 раз 
+ножницы  — не менее 3 раз 
+детский  — не менее 3 раз 
+аптека  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить нук ножницы детские 10256257 в аптеках </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343815</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1927421/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ножницы для левшей детские купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343814</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/scissors/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+творчество  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские ножницы для творчества </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343813</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/scissors_manicure/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+путилково  — не менее 3 раз 
+химки  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+куплю детские ножницы в путилково химки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343812</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4462545/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+черные ватные палочки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343810</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6131571/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ватный  — не менее 2 раз 
+палочка  — не менее 2 раз 
+деревянный  — не менее 3 раз 
+основа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ватные палочки на деревянной основе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343809</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3788730/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ватный  — не менее 3 раз 
+палочка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+я самая ватные палочки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343808</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4031455/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+тинта  — не менее 2 раз 
+ватный  — не менее 3 раз 
+палочка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить тинт в ватных палочках в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343807</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/326091/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+джонсонс  — не менее 3 раз 
+беби  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки джонсонс беби купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343805</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/217222/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+длинный  — не менее 3 раз 
+горло  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+длинные ватные палочки для горла купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343804</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4846979/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+горло  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки для горла купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343803</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3727036/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+мыло  — не менее 2 раз 
+алиса  — не менее 3 раз 
+купить  — не менее 3 раз 
+дешево  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское мыло алиса купить дешево москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343801</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soap_lump/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гр  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мыло детское 200 гр купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343800</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soaps/brand/6241/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+little  — не менее 3 раз 
+siberica  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+little siberica детское мыло купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343799</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3746636/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мыло  — не менее 2 раз 
+детский  — не менее 3 раз 
+тик  — не менее 3 раз 
+свобода  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мыло детское тик так 150г свобода купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343798</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2868371/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тик  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мыло детское тик так купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343797</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soaps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+добавка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское мыло без добавок </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343796</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3760519/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский крем невская косметика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343795</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3439699/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+адвент  — не менее 2 раз 
+календарь  — не менее 2 раз 
+детский  — не менее 3 раз 
+косметика  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+адвент календарь с детской косметикой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343794</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soaps/brand/9261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мыло детское невская косметика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343793</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6119080/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+солнцезащитное молочко spf 50 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343790</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6119079/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+солнцезащитное молочко spf 30 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343789</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sunscreen_milk/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить солнцезащитное молочко  
+солнцезащитное молочко купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343788</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4880799/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гигиенический  — не менее 3 раз 
+помада  — не менее 3 раз 
+гиалурон  — не менее 3 раз 
+evo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гигиеническая помада гиалурон evo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343787</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lip_balm/brand/21194/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гигиенический  — не менее 3 раз 
+помада  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гигиеническая помада фруктовый поцелуй купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343786</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1959731/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гигиеническая помада пантенол купить  
+гигиеническая помада пантенол купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343785</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/winter_cosmetics/brand/3637/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гигиенический  — не менее 2 раз 
+помада  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гигиеническая помада морозко купить  
+гигиеническая помада морозко купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343784</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/aspirators/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аспиратор назальный детский купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343783</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4214895/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+набор  — не менее 3 раз 
+бальзам  — не менее 3 раз 
+губа  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить набор бальзамов для губ </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343781</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3935389/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+revyline  — не менее 3 раз 
+зубной  — не менее 3 раз 
+щетка  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+revyline зубная щетка детская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343777</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/electric_toothbrushes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+xiaomi  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская электрическая зубная щетка купить xiaomi </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343775</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3163552/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные диски 120 шт купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343774</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6067301/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+квадратный  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные диски квадратные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343773</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4817412/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ватный  — не менее 2 раз 
+диск  — не менее 2 раз 
+органический  — не менее 3 раз 
+хлопок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные диски из органического хлопка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343772</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/poloten_kuhny/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+махровый  — не менее 3 раз 
+детский  — не менее 1 раз 
+сад  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить махровое полотенце 40х70 для детского сада </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343769</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4968206/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+полотенце детское 70х140 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343768</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chairs_coasters/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ванночка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подставка под детскую ванночку в ванну купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343764</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/2451/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+шампунь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский шампунь карапуз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343763</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6173834/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+шампунь  — не менее 3 раз 
+джонсон  — не менее 3 раз 
+беби  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский шампунь джонсон беби купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343762</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/schampoo/tip_volos_kosmetika-vyushchiesya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+кудрявый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский шампунь для кудрявых волос </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343761</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3749065/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шампунь  — не менее 2 раз 
+тик  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шампунь тик так детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343760</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/20853/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+шампунь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+levrana детский шампунь купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343759</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3275814/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+шампунь  — не менее 3 раз 
+мустеть  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский шампунь мустела </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343757</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shampoos/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+весна  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шампунь детский весна купить в магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343754</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3819565/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+растворимый  — не менее 3 раз 
+туалетный  — не менее 2 раз 
+бумага  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+растворимая туалетная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343753</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet_dry/brand/18251/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+maneki  — не менее 3 раз 
+туалетный  — не менее 3 раз 
+бумага  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+maneki туалетная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343752</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4217856/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+туалетный  — не менее 3 раз 
+бумага  — не менее 3 раз 
+рулон  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+туалетная бумага 12 рулонов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343750</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1440391/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+туалетный  — не менее 3 раз 
+бумага  — не менее 3 раз 
+zewa  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+туалетная бумага zewa купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343748</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/disposable_diapers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+день  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские пеленки каждый день купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343746</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4604283/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лицо  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки для лица купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343744</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/1salfetky/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+влажный  — не менее 3 раз 
+салфетка  — не менее 3 раз 
+россия  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить влажные салфетки россия </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343743</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4860549/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+клапан для влажных салфеток купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343742</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3778077/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+влажный  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки я самая купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343741</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3739902/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки aura купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343740</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4024131/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки для интимной гигиены купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343739</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/wet_wipes/brand/821/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить влажные салфетки merries </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343738</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3731444/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+влажный  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+лежачий  — не менее 3 раз 
+больной  — не менее 3 раз 
+большой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить влажные салфетки для лежачих больных большие </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343737</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4108003/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+влажный  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+уборка  — не менее 3 раз 
+дом  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить влажные салфетки для уборки дома </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343736</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/box/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+влажный  — не менее 2 раз 
+индивидуальный  — не менее 3 раз 
+упаковка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки в индивидуальной упаковке купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343735</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6188003/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить влажные салфетки для лежачих больных </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343734</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3959987/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пеленальный  — не менее 3 раз 
+столик  — не менее 3 раз 
+кукла  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пеленальный столик для кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343732</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pelenalnye_stoliki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пеленальный  — не менее 3 раз 
+столик  — не менее 3 раз 
+ванночка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пеленальный столик с ванночкой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343731</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2037351/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+присыпка  — не менее 3 раз 
+цинк  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская присыпка с цинком купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343727</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2228541/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+сени  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подгузники сени </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343725</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3188620/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+асепта салфетки детские для зубов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343722</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4824010/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские влажные салфетки без отдушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343721</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3335851/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+салфетка  — не менее 2 раз 
+влажный  — не менее 2 раз 
+детский  — не менее 3 раз 
+джонсон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить салфетки влажные детские джонсон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343720</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/wipes_container/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+влажный  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+контейнер для влажных салфеток купить  
+контейнер для влажных салфеток купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343719</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3190321/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+шар  — не менее 3 раз 
+головоломка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская игрушка шар головоломка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343718</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3839498/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колонка  — не менее 3 раз 
+яндекс  — не менее 3 раз 
+плюс  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колонка яндекс плюс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343717</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4290142/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+наушники  — не менее 3 раз 
+ушко  — не менее 3 раз 
+кошка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские наушники с ушками кошки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343712</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3195530/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шар  — не менее 2 раз 
+original  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шар лабиринт perplexus original купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343710</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3369032/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+брелка  — не менее 3 раз 
+тигренок  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+брелки тигрята купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343707</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3337685/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+брелка  — не менее 3 раз 
+черепаха  — не менее 3 раз 
+живой  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+брелки с черепахами живыми купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343706</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3398300/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+рация  — не менее 3 раз 
+моторола  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская рация моторола купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343704</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/game_walkie-talkies/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+двое  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские рации на двоих купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343703</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/electric_garlands/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+батарейка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гирлянда на батарейках купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343700</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/akkumuliator_batareika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+аккумуляторный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить аккумуляторные батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343694</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2998098/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фотоаппарат  — не менее 3 раз 
+щенячий  — не менее 3 раз 
+патруль  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат щенячий патруль купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343691</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3836772/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фотоаппарат  — не менее 3 раз 
+детский  — не менее 3 раз 
+gsmin  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фотоаппарат детский gsmin купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343690</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/foto_video_tehnika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+видео  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат купить м видео </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343689</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3798456/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фотоаппарат  — не менее 3 раз 
+котик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат котик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343688</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3804590/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hello  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат hello kitty купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343687</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3319456/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+карточный  — не менее 3 раз 
+игра  — не менее 2 раз 
+майнкрафт  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+карточная игра майнкрафт купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343684</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4657062/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+карточный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+карточная игра покер купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343683</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3102374/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+соображария  — не менее 3 раз 
+каникулы  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+соображарий каникулы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343681</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2190821/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+соображарий 5 купить  
+игра соображарий купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343680</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3483815/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+футбол  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игроки для настольного футбола купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343678</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4127792/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ложка уно купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343675</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6161793/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дженга бум купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343674</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6089214/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дженг  — не менее 2 раз 
+задание  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дженга с заданиями купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343673</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3956863/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+настольный  — не менее 2 раз 
+игра  — не менее 2 раз 
+морской  — не менее 2 раз 
+бой  — не менее 2 раз 
+шарик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольная игра морской бой с шариками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343672</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3144935/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+монополия  — не менее 3 раз 
+игра  — не менее 2 раз 
+престол  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монополия игра престолов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343671</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/210342/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+монополия  — не менее 3 раз 
+империя  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монополия империя купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343670</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2251271/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+монополия  — не менее 3 раз 
+банк  — не менее 3 раз 
+граница  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монополия банк без границ купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343669</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4479883/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шахматы 3 в 1 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343668</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6101090/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шахматы  — не менее 2 раз 
+нарды  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шахматы нарды купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343667</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4825704/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шахматы шашки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343666</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski/brand/1551/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutis  — не менее 3 раз 
+uno  — не менее 3 раз 
+plus  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutis uno plus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343664</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_3v1/brand/18404/reviews/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+tutis  — не менее 1 раз 
+uno  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+tutis uno 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343661</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3538403/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подземелье настольная игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343659</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольные игры купить недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343657</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3311865/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игра  — не менее 2 раз 
+джуманджа  — не менее 3 раз 
+настольный  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игра джуманджи настольная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343655</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3184340/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+свинтус большое приключение купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343651</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/17291/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дорожный  — не менее 3 раз 
+scrabble  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дорожный scrabble купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343649</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/brand/19125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+английский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+scrabble на английском купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343647</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2993629/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+классик  — не менее 2 раз 
+monopoly  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игра настольная монополия классика monopoly c1009 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343645</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3121696/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+картина  — не менее 3 раз 
+alec  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+картины alec monopoly купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343644</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/biznes_igry/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+бизнес  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить настольную экономическую игру бизнес </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343642</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3109772/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+пианино  — не менее 2 раз 
+elc  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское пианино elc купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343639</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/keyboard_tools/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+механический  — не менее 3 раз 
+пианино  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское механическое пианино купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343638</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3233296/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+малышарик  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купание  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+малышарики игрушки для купания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343637</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3244442/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+проектор  — не менее 3 раз 
+сон  — не менее 3 раз 
+fisher  — не менее 3 раз 
+price  — не менее 3 раз 
+облако  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+проектор для сна fisher price облако купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343636</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/svetilnik_nastolniy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+ночник  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ночник настольный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343635</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3745988/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ночник  — не менее 2 раз 
+датчик  — не менее 3 раз 
+движение  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ночник с датчиком движения купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343634</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/swimming_baths/brand/3647/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+ванная  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушки для ванной курносики </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343632</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4932833/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+волшебный  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушка для ванны волшебный кран купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343631</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4907361/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+кит  — не менее 3 раз 
+ванная  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушку кит для ванной </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343630</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/158032/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+титаник  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+ванная  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+титаник игрушка для ванной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343629</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6008309/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 2 раз 
+ванная  — не менее 3 раз 
+смешарик  — не менее 3 раз 
+лосяш  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушка для ванной смешарики лосяш купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343628</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4934341/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+подводный  — не менее 1 раз 
+лодка  — не менее 1 раз 
+ванная  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подводная лодка игрушка для ванной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343627</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/tip_aks_kukly-krovat/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+деревянный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить деревянную игрушку кроватку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343626</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bath_toys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+душа  — не менее 3 раз 
+ванна  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушка детский душ для ванны </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343625</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3397440/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+самокат каталка детский 5 в 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343624</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5078066/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+веревочка  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские каталки веревочке купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343623</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3892522/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+развивать  — не менее 3 раз 
+коврик  — не менее 2 раз 
+tiny  — не менее 2 раз 
+love  — не менее 2 раз 
+бохо  — не менее 3 раз 
+шик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+развивающий коврик tiny love бохо шик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343622</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/hanging_educational_toys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+спираль  — не менее 3 раз 
+кроватка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушка спираль на кроватку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343621</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19331/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+ночник  — не менее 3 раз 
+zazu  — не менее 3 раз 
+kids  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский ночник zazu kids </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343619</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/interaktivnye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+говорить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить интерактивную говорящую игрушку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343614</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4455285/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+гибкий  — не менее 3 раз 
+пианино  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить гибкое пианино  
+гибкое пианино купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343611</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mats_blinds/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+икея  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский коврик в ванную в икеи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343609</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvivayushchie_kovriki/brand/19538/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ортопедический  — не менее 3 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коврики ортопедические детские купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343608</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4222942/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 3 раз 
+каталка  — не менее 3 раз 
+гусеница  — не менее 3 раз 
+шарик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушка каталка гусеница с шариками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343606</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rollers_with_handle/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+век  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушки каталки 21 век </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343605</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3763508/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+держатель  — не менее 3 раз 
+детский  — не менее 3 раз 
+мобиль  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+держатель для детского мобиля купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343604</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3665782/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бизиборд  — не менее 2 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бизиборд машина купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343603</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3146969/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ходунок  — не менее 2 раз 
+каталка  — не менее 3 раз 
+vtech  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ходунки каталка vtech купить  
+ходунки каталка vtech 2 в 1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343601</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/158022/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+мини  — не менее 3 раз 
+пианино  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мини пианино  
+мини пианино купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343599</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3083801/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ксилофон купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343595</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/percussion_instruments/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ксилофон  — не менее 2 раз 
+музыкальный  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ксилофон музыкальный инструмент купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343593</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/131554/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+турничок  — не менее 2 раз 
+babygo  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+турничок babygo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343591</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3676378/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+игрушечный  — не менее 1 раз 
+меч  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный самурайский меч </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343590</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3472350/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+меч  — не менее 1 раз 
+самурай  — не менее 2 раз 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить меч самурая игрушечный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343589</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/brand/93/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мушкет  — не менее 3 раз 
+ружье  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечный мушкет ружье купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343587</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/weapon_kits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+военный  — не менее 2 раз 
+набор  — не менее 2 раз 
+ружье  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+военный игрушечный набор купить с ружьем недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343586</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/firearms/tip_oruzhie-ruzhya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+яндекс  — не менее 3 раз 
+маркет  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечное ружье в яндекс маркете </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343585</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4538751/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+автомат м4а4 игрушечный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343584</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/933/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный автомат м16 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343583</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3129069/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+шуруповерт  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный шуруповерт </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343579</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4551508/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 3 раз 
+набор  — не менее 3 раз 
+шеф  — не менее 3 раз 
+повар  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор шеф повар </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343578</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4076639/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+жилет  — не менее 3 раз 
+нерф  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+жилет нерф купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343577</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/weapon_accessories/igrushechnye_patrony_oruzhie-strely/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+нерф  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+нерф патроны купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343576</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskie_kuhni/brand/2001/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+smoby  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня smoby купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343575</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3110230/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+кухня  — не менее 2 раз 
+elc  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня elc купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343574</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/posuda_toys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+набор  — не менее 2 раз 
+детский  — не менее 3 раз 
+керамический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить набор игрушечный детской керамической посуды </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343572</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-revolvery/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+люгер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечный пистолет люгер купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343571</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6157603/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+пистолет  — не менее 3 раз 
+макаров  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+страйкбольный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пистолет макарова игрушечный страйкбольный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343570</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-arbalety_i_luki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечные луки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343567</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3294750/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nerf  — не менее 3 раз 
+феникс  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nerf феникс e9961eu4 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343566</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4870953/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 3 раз 
+набор  — не менее 3 раз 
+маленький  — не менее 3 раз 
+доктор  — не менее 2 раз 
+чемодан  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор маленький доктор в чемодане </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343564</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/578351/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 3 раз 
+набор  — не менее 3 раз 
+доктор  — не менее 3 раз 
+плюшевый  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор доктор плюшева купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343563</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6113125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор доктор в сумке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343562</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3179015/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+кухня  — не менее 2 раз 
+аксессуар  — не менее 3 раз 
+кофеварка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня и аксессуары игрушечные кофеварки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343559</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/play_store/tip_professii-kassa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+деньги  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечную кассу с деньгами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343557</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/play_store/tip_professii-produkty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+еда  — не менее 3 раз 
+детский  — не менее 3 раз 
+кухня  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная еда для детской кухни купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343556</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4853711/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+marvel  — не менее 3 раз 
+legends  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+marvel legends фигурки купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343554</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3345444/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+динозавр индоминус рекс игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343553</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4030546/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+елочный  — не менее 1 раз 
+динозавр  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+елочные игрушки динозавры купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343552</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/vid_plyushevye-dinozavr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+резиновый  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+резиновые динозавры игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343551</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/622/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 2 раз 
+динозавр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушки динозавры купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343550</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9211/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+динозавр  — не менее 3 раз 
+рекс  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+динозавр рекс игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343549</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3216900/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+краб  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бакуган краб </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343548</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3819441/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+арена  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+арена бакуган купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343547</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3483742/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bakugan  — не менее 3 раз 
+trox  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bakugan trox купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343546</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3310708/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+bakugan  — не менее 2 раз 
+salamander  — не менее 3 раз 
+gold  — не менее 3 раз 
+усиление  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+bakugan salamander gold с усилением купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343543</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/624/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 2 раз 
+марвести  — не менее 3 раз 
+купить  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушки марвел купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343541</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6315773/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+календарь  — не менее 2 раз 
+марвести  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+календарь марвел купить с игрушками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343540</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/collectible_figurines/brand/5132/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+коллекционный  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+марвести  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коллекционные фигурки марвел купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343539</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3483643/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+марвести  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурка тора марвел купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343538</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6079600/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+человек  — не менее 3 раз 
+паук  — не менее 3 раз 
+мотоцикл  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+человек паук на мотоцикле игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343535</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3137289/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мягкий  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+человек  — не менее 3 раз 
+паук  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкая игрушка человек паук купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343534</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/transformery/brand/7011/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+робот  — не менее 2 раз 
+купить  — не менее 3 раз 
+оптимус  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+роботы игрушки купить оптимус </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343532</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/18334/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+робот  — не менее 3 раз 
+поезд  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушки роботы поезда трансформеры </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343531</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4113765/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+робот  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+робот змея игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343530</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3002521/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дюк  — не менее 2 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+робот  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дюк игрушка купить роботы </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343529</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/roboty/brand/22165/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пес  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+робот пес игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343528</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3903754/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+робот  — не менее 3 раз 
+валль  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+робот валли купить игрушку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343527</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4227120/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+танцующий  — не менее 3 раз 
+робот  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+танцующий робот игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343526</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/roboty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+динозавр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+робот динозавр игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343525</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/211/brand/7/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+будущее  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+человек паук из будущего лего фигурки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343524</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4050175/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони радуга игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343522</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3126876/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пони  — не менее 3 раз 
+буря  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони буря игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343521</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4050173/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пони  — не менее 3 раз 
+пинок  — не менее 3 раз 
+пай  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони пинки пай игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343518</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6007245/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+интерактивный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пони интерактивная игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343517</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3217040/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+pop  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+гарри  — не менее 3 раз 
+поттер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+pop up игрушки гарри поттер купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343515</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3308752/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+май  — не менее 3 раз 
+литла  — не менее 3 раз 
+пони  — не менее 3 раз 
+рембул  — не менее 3 раз 
+деш  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+май литл пони рембул деш купить игрушку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343514</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3194806/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+спайк  — не менее 3 раз 
+май  — не менее 3 раз 
+литла  — не менее 3 раз 
+пони  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+спайк май литл пони игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343513</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/brand/91/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+май  — не менее 3 раз 
+литла  — не менее 3 раз 
+пони  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+май литл пони мягкая игрушка купить  
+пони мягкая игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343512</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/294/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+робот  — не менее 3 раз 
+прикрытие  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+роботы под прикрытием игрушки купить  
+трансформеры роботы под прикрытием игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343509</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/637/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+dc  — не менее 2 раз 
+бэтмена  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурки dc фигурки бэтмена купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343508</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/669/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+гарри  — не менее 1 раз 
+поттер  — не менее 1 раз 
+лента  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурки гарри поттер лента купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343507</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/19020/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гарри  — не менее 2 раз 
+поттер  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+набор фигурок гарри поттер купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343506</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/tip_transport-gruzovik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+манипулятор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемый грузовик игрушку с манипулятором </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343505</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3211168/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паук игрушка радиоуправляемая купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343504</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3206060/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 3 раз 
+танк  — не менее 2 раз 
+армата  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемый танк армата купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343503</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4551496/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+радиоуправляемый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемый танк тигр </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343502</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/military_equipment/tip_transport-tank/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемая модель танка т 34 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343501</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3439071/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+селфи  — не менее 3 раз 
+коптер  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+селфи коптер купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343499</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6025987/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+радиоуправляемый  — не менее 3 раз 
+модель  — не менее 3 раз 
+подводный  — не менее 3 раз 
+лодка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую модель подводной лодки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343498</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/620211/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+радиоуправляемый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую модель вертолета черная акула </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343497</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4431/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+радиоуправляемый  — не менее 3 раз 
+модель  — не менее 2 раз 
+вертолет  — не менее 2 раз 
+ми  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую модель вертолета ми 24 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343496</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3863939/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемый вертолет ми 24 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343495</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6201539/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+радиоуправляемый  — не менее 3 раз 
+самолет  — не менее 3 раз 
+миг  — не менее 3 раз 
+купить  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемый самолет миг 29 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343494</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3011339/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бугатти  — не менее 3 раз 
+радиоуправляемый  — не менее 3 раз 
+машинка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бугатти радиоуправляемая машинка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343492</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/funkcii_ru-salto_na_360/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+перевертыш  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую машинку перевертыш в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343491</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/tip_transport-vnedorozhnik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+радиоуправляемый  — не менее 1 раз 
+машинка  — не менее 3 раз 
+бездорожье  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую машинку для бездорожья  
+радиоуправляемые машинки 4wd купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343490</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/funkcii_ru-drift/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+быстрый  — не менее 3 раз 
+радиоуправляемый  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+быстрые радиоуправляемые машинки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343489</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4033928/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+кораблик  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить лак кораблик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343488</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3656334/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+настольный  — не менее 2 раз 
+игра  — не менее 2 раз 
+кораблик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольная игра кораблики купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343487</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/29/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+моделька  — не менее 3 раз 
+машина  — не менее 3 раз 
+марк  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить модельку машины марк 2 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343486</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6056553/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровозик  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ингалятор b well паровозик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343484</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3202290/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+небулайзер  — не менее 3 раз 
+паровозик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+небулайзер паровозик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343483</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6121030/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровозик  — не менее 3 раз 
+домино  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паровозик домино игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343482</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4023592/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ингалятор паровозик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343481</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/441/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паровозик  — не менее 1 раз 
+чаггингтон  — не менее 1 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паровозики чаггингтон игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343480</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4717157/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сборная модель паровоза купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343477</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3531566/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аркадий  — не менее 3 раз 
+паровоз  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аркадий паровозов игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343476</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/locomotives/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели паровозов купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343475</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/zheleznye_dorogi/tip_zheldor-poezd/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+елка  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паровозик на елку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343474</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rolling_rocking/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колесо  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колеса для игрушечных машин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343473</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/brand/3645/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+машина  — не менее 3 раз 
+велли  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечные машины велли 1 к 18 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343472</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2836681/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечную машину гелик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343471</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/pitanie_igr-akkumulyator/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+аккумулятор  — не менее 1 раз 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить аккумулятор для радиоуправляемой машинки  
+купить аккумулятор для игрушечной машины </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343470</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3269277/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снегоуборочный  — не менее 3 раз 
+машина  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная снегоуборочная машина купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343469</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2992239/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+самолетик  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурка самолетика ил купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343467</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4723121/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+елочный  — не менее 3 раз 
+металлич  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+елочная игрушка самолетик металлич купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343466</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashiny/tip_transport-pozharnaya_mashina/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модель пожарной машины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343460</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_18/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин 1 18 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343459</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/parkovki_garagi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 1 раз 
+машинка  — не менее 2 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный гараж для машинок в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343457</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4222941/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталка  — не менее 3 раз 
+вертолетик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+каталка вертолетик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343455</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3992494/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная ракета купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343452</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3141986/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+аэропорт  — не менее 3 раз 
+самолет  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный аэропорт с самолетами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343450</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/aircraft_helicopters_precast/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 3 раз 
+купить  — не менее 3 раз 
+компания  — не менее 1 раз 
+azur  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечный самолет купить москва модель компания azur </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343449</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6137528/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+самолет  — не менее 3 раз 
+машинка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный самолет с машинками внутри </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343448</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/181/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+клуб  — не менее 3 раз 
+мауса  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+клуб микки мауса игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343444</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/diamond_mosaic/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+малыш  — не менее 3 раз 
+йод  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+алмазная мозаика малыш йода купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343443</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3396151/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лего  — не менее 3 раз 
+звездный  — не менее 3 раз 
+война  — не менее 3 раз 
+малыш  — не менее 2 раз 
+йод  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего звездные войны малыш йода купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343442</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3405644/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лего  — не менее 3 раз 
+йод  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего мандалорец и малыш йода купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343441</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3785930/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурка малыша йоды купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343440</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/730/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+утка  — не менее 3 раз 
+плюшевый  — не менее 3 раз 
+игрушка  — не менее 1 раз 
+одежда  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+утка плюшевая игрушка в одежде купить  
+уточка купить плюшевая игрушка с одеждой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343438</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/brand/4752/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+dmtoys  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкие игрушки купить dmtoys </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343437</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2999721/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тигр  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+дисней  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тигра мягкая игрушка дисней купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343434</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2583441/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+хрюня  — не менее 3 раз 
+винни  — не менее 3 раз 
+пух  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+хрюня из винни пуха игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343432</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3137222/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тигр  — не менее 3 раз 
+винни  — не менее 3 раз 
+пух  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тигра из винни пуха игрушка мягкая купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343431</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3821695/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный театр буратино купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343429</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6153998/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+перчаточный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить кукольный театр с перчаточными куклами </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343428</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3525076/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+майк  — не менее 3 раз 
+вазовский  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+майк вазовски купить игрушка мягкая </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343426</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4491441/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+стич  — не менее 2 раз 
+розовый  — не менее 3 раз 
+большой  — не менее 3 раз 
+мягкий  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стич розовый большая мягкая игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343424</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/dizain_plyushevye-na_ruku/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукольный  — не менее 3 раз 
+театр  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушки для кукольного театра на руку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343422</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4081198/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукла  — не менее 2 раз 
+зимний  — не менее 3 раз 
+одежда  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла в зимней одежде купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343421</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4552268/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+barbie fashionistas 180 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343420</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3869149/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+адвент  — не менее 3 раз 
+календарь  — не менее 3 раз 
+barbie  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+адвент календарь barbie купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343419</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3869183/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+barbie  — не менее 2 раз 
+look  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+barbie look 2021 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343418</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4764190/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мебель для кукол 15 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343417</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/material_igr-derevo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сборная  — не менее 3 раз 
+фанера  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сборная мебель для кукол из фанеры купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343416</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6000723/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукла  — не менее 2 раз 
+лола  — не менее 3 раз 
+чемодан  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла лол чемодан купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343415</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pups/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+немецкий  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+немецкие пупсы купить  
+купить немецкую куклу пупса </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343413</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19021/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пупси  — не менее 3 раз 
+слайм  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пупси слайм купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343412</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kollekcionnye_kukly/brand/6021/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+барби  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коллекционные барби купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343411</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6225499/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мечта  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+barbie дом мечты купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343409</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3948089/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дом  — не менее 1 раз 
+колесо  — не менее 2 раз 
+лола  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дом на колесах для кукол лол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343408</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3211734/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+зимний  — не менее 3 раз 
+дом  — не менее 3 раз 
+кукла  — не менее 2 раз 
+лола  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+зимний дом кукол лол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343407</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3940104/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дом  — не менее 3 раз 
+кукла  — не менее 2 раз 
+лифт  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дом для куклы с лифтом купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343406</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3193128/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+baby  — не менее 3 раз 
+born  — не менее 3 раз 
+mini  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+baby born mini купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343405</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3199383/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукла  — не менее 2 раз 
+barbie  — не менее 2 раз 
+мода  — не менее 3 раз 
+аксессуар  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла barbie мода с аксессуарами gdj40 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343402</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/725/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+аксессуар  — не менее 3 раз 
+кукла  — не менее 3 раз 
+беби  — не менее 3 раз 
+анабель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить аксессуары для куклы беби анабель </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343401</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9161/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукла  — не менее 3 раз 
+штеффи  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+аксессуар  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла штеффи с детьми и аксессуарами купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343400</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/723/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукла  — не менее 3 раз 
+лола  — не менее 3 раз 
+купить  — не менее 3 раз 
+dmtoys  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла лол купить dmtoys </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343398</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kukly_lol/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лола  — не менее 2 раз 
+шар  — не менее 1 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла лол в шаре купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343396</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+одежда  — не менее 2 раз 
+переодевание  — не менее 3 раз 
+купить  — не менее 2 раз 
+набор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла с одеждой для переодевания купить набор </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343395</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_dlya_kukol/brand/71970/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+buggy boom коляска для кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343394</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/72830/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+кукла  — не менее 3 раз 
+карапуз  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить куклу царевны карапуз </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343391</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3856438/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hello  — не менее 1 раз 
+kitty  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла карапуз hello kitty купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343390</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3496821/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукольный  — не менее 3 раз 
+дом  — не менее 3 раз 
+барби  — не менее 3 раз 
+лифт  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный дом барби с лифтом купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343388</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/20163/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магнитный  — не менее 1 раз 
+деталь  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитный конструктор 200 деталей купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343385</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3770006/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+металлический  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+космический  — не менее 3 раз 
+шаттл  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+металлический конструктор космический шаттл купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343384</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nexoknights/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lego nexo knights купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343383</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/164642/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lego  — не менее 2 раз 
+mindstorms  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lego mindstorms купить  
+lego ev3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343382</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/23525/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+lego  — не менее 1 раз 
+education  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+lego education купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343381</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3889784/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+динамический  — не менее 3 раз 
+лабиринт  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+динамический конструктор лабиринт с шариками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343380</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/vozrastnaya_gruppa-adults/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 2 раз 
+взрозрослый  — не менее 3 раз 
+механизм  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный конструктор для взрозрослых с механизмом купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343378</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3335065/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+часы  — не менее 2 раз 
+конструктор  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянные часы конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343377</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3976822/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+игрушечный  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить деревянный конструктор игрушечный мебель </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343376</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3201160/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 2 раз 
+сейф  — не менее 3 раз 
+конструктор  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный сейф конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343375</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/brand/19813/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+механический  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянный механический конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343374</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6082198/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+адвент  — не менее 3 раз 
+календарь  — не менее 3 раз 
+лего  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+адвент календарь лего купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343372</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6008111/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лего  — не менее 3 раз 
+календарь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего календарь купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343371</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego_boost/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+конструктор  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструктор lego boost купить  
+lego boost купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343369</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/super_heroes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мини  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего мини фигурки марвел купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343368</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3018843/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лего  — не менее 3 раз 
+программировать  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего программируемый конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343367</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego/vid_konstrukt-robot/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+робототехника  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего робототехника конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343365</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego_duplo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукольный  — не менее 3 раз 
+дом  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный дом лего дупло купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343364</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego_technic/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+машина  — не менее 3 раз 
+аналог  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить лего модель машины аналоги </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343363</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6153782/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электронный  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+знаток  — не менее 3 раз 
+цвет  — не менее 3 раз 
+свет  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электронный конструктор знаток цвет и свет купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343362</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6187488/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электронный  — не менее 3 раз 
+конструктор  — не менее 3 раз 
+умный  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электронный конструктор умная машина купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343361</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3448381/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+электронный конструктор знаток 320 схем купить  
+электронный конструктор 320 схем купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343360</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4081588/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+конструктор  — не менее 3 раз 
+малыш  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструктор малыш 2 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343358</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/2201/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитный конструктор magformers купить в москве  
+магнитный конструктор magformers купить  
+магформерс конструктор купить  
+магнитный конструктор магформерс купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343357</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/18551/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ugears  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструктор ugears купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343356</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sportivnye/tip_sportnstol-futbol/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (14 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+ребенок  — не менее 3 раз 
+недорого  — не менее 3 раз 
+дом  — не менее 3 раз 
+ножка  — не менее 3 раз 
+интернет  — не менее 1 раз 
+профессиональный  — не менее 3 раз 
+большой  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+дешево  — не менее 3 раз 
+профессионал  — не менее 3 раз 
+коммерция  — не менее 3 раз 
+скидка  — не менее 2 раз 
+детский  — не менее 3 раз 
+полесье  — не менее 3 раз 
+дочка  — не менее 3 раз 
+сыночек  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольный футбол на ножках купить  
+игра футбол настольная на ножках купить  
+куплю настольный футбол дешево  
+настольный футбол купить москва  
+настольный футбол купить в москве взрослый  
+настольный футбол большой купить  
+настольный футбол купить в москве недорого  
+купить настольный футбол для детей в москве  
+купить настольный футбол для дома  
+купить настольный футбол для коммерции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343658</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/radio_controlled_airplanes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+конструктор  — не менее 2 раз 
+большой  — не менее 3 раз 
+реактивный  — не менее 3 раз 
+недорого  — не менее 3 раз 
+дешево  — не менее 3 раз 
+двигатель  — не менее 3 раз 
+размер  — не менее 2 раз 
+истребитель  — не менее 3 раз 
+бензиновый  — не менее 3 раз 
+двс  — не менее 3 раз 
+бензин  — не менее 3 раз 
+готовый  — не менее 3 раз 
+комплект  — не менее 3 раз 
+интернет  — не менее 2 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемые модели самолетов больших размеров купить  
+купить большой радиоуправляемый самолет  
+купить радиоуправляемый самолет с двс готовый комплект  
+радиоуправляемые модели самолетов купить в москве  
+купить радиоуправляемый самолет с двс  
+радиоуправляемые модели самолетов купить  
+радиоуправляемый самолет с бензиновым двигателем купить  
+купить бу радиоуправляемый самолет  
+радиоуправляемые самолеты купить в интернет магазине  
+радиоуправляемые самолеты на бензине купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343370</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovat_podrostkam/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (15 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подросток  — не менее 3 раз 
+мальчик  — не менее 3 раз 
+девочка  — не менее 3 раз 
+матрас  — не менее 3 раз 
+ящик  — не менее 3 раз 
+тахта  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+самара  — не менее 2 раз 
+подростковый  — не менее 3 раз 
+бортик  — не менее 3 раз 
+недорого  — не менее 3 раз 
+детский  — не менее 3 раз 
+тула  — не менее 2 раз 
+подъемные  — не менее 3 раз 
+механизм  — не менее 3 раз 
+воронеж  — не менее 2 раз 
+екатеринбург  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить кровать для подростка  
+кровать подростковая купить  
+купить кровать для девочки подростка  
+купить кровать для подростка в москве  
+кровать подростковая с ящиками купить  
+кровать для подростка мальчика купить  
+кровать для подростка мальчика купить москва  
+купить подростковую кровать в воронеже  
+купить кровать с матрасом для подростка  
+купить кровать подростковую для мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343902</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/carpets/komnata-detskaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+комната  — не менее 1 раз 
+купить  — не менее 2 раз 
+стена  — не менее 3 раз 
+пол  — не менее 3 раз 
+сад  — не менее 3 раз 
+девочка  — не менее 3 раз 
+интернет  — не менее 2 раз 
+круглый  — не менее 2 раз 
+леруа  — не менее 3 раз 
+мерлен  — не менее 3 раз 
+большой  — не менее 3 раз 
+безворсовый  — не менее 3 раз 
+рисунок  — не менее 3 раз 
+недорого  — не менее 3 раз 
+палас  — не менее 3 раз 
+шерстяной  — не менее 3 раз 
+натуральный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ковер в детскую комнату  
+купить детский ковер  
+ковер детский круглый купить  
+ковер в детскую комнату купить москва  
+детские ковры на пол купить в москве  
+коврик в детскую комнату купить  
+купить детский ковер на пол  
+купить детский ковер в москве  
+купить детский ковер в интернет магазине  
+ковер детский безворсовый купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343607</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nightlights_projectors/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+комната  — не менее 3 раз 
+розетка  — не менее 3 раз 
+новосибирск  — не менее 2 раз 
+воронеж  — не менее 2 раз 
+регулировка  — не менее 3 раз 
+свет  — не менее 3 раз 
+светильник  — не менее 2 раз 
+спальня  — не менее 3 раз 
+светодиодный  — не менее 3 раз 
+лампа  — не менее 3 раз 
+батарейка  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+домик  — не менее 3 раз 
+тумбочка  — не менее 3 раз 
+недорого  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ночник  
+купить ночник в розетку  
+купить ночник в спальню  
+ночник на батарейках купить  
+светодиодный ночник купить  
+купить светильник ночник  
+ночник купить москва  
+3d ночник купить  
+ночник купить интернет магазин  
+ночник купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343616</t>
   </si>
   <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Проверьте и скорректируйте распределение</t>
   </si>
   <si>
     <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16064/todo/1049362395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -918,51 +14913,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K6"/>
+  <dimension ref="A1:K828"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -980,130 +14975,21508 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>415</v>
+        <v>40</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5">
-        <v>247</v>
+        <v>861</v>
       </c>
       <c r="F5" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5">
         <v>28</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7">
+        <v>23</v>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>17</v>
+      </c>
+      <c r="K7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:11">
+      <c r="A8" t="s">
+        <v>30</v>
+      </c>
+      <c r="B8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>31</v>
+      </c>
+      <c r="E8">
+        <v>28</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="K8" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="9" spans="1:11">
+      <c r="A9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9">
+        <v>17</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="K9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="10" spans="1:11">
+      <c r="A10" t="s">
+        <v>37</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
+        <v>38</v>
+      </c>
+      <c r="E10">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>17</v>
+      </c>
+      <c r="K10" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
+        <v>14</v>
+      </c>
+      <c r="D11" t="s">
+        <v>41</v>
+      </c>
+      <c r="E11">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="12" spans="1:11">
+      <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" t="s">
+        <v>44</v>
+      </c>
+      <c r="E12">
+        <v>23</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="K12" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13" spans="1:11">
+      <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>14</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13">
+        <v>15</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="K13" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:11">
+      <c r="A14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>50</v>
+      </c>
+      <c r="E14">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="K14" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:11">
+      <c r="A15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B15" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+      <c r="K15" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="16" spans="1:11">
+      <c r="A16" t="s">
+        <v>55</v>
+      </c>
+      <c r="B16" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16">
+        <v>35</v>
+      </c>
+      <c r="F16" t="s">
+        <v>16</v>
+      </c>
+      <c r="G16" t="s">
+        <v>17</v>
+      </c>
+      <c r="K16" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11">
+      <c r="A17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" t="s">
+        <v>13</v>
+      </c>
+      <c r="C17" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>17</v>
+      </c>
+      <c r="K17" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11">
+      <c r="A18" t="s">
+        <v>62</v>
+      </c>
+      <c r="B18" t="s">
+        <v>13</v>
+      </c>
+      <c r="C18" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18">
+        <v>11</v>
+      </c>
+      <c r="F18" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" t="s">
+        <v>17</v>
+      </c>
+      <c r="K18" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11">
+      <c r="A19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>14</v>
+      </c>
+      <c r="D19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E19">
+        <v>11</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="K19" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11">
+      <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
+        <v>13</v>
+      </c>
+      <c r="C20" t="s">
+        <v>14</v>
+      </c>
+      <c r="D20" t="s">
+        <v>69</v>
+      </c>
+      <c r="E20">
+        <v>11</v>
+      </c>
+      <c r="F20" t="s">
+        <v>16</v>
+      </c>
+      <c r="G20" t="s">
+        <v>17</v>
+      </c>
+      <c r="K20" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11">
+      <c r="A21" t="s">
+        <v>71</v>
+      </c>
+      <c r="B21" t="s">
+        <v>13</v>
+      </c>
+      <c r="C21" t="s">
+        <v>14</v>
+      </c>
+      <c r="D21" t="s">
+        <v>72</v>
+      </c>
+      <c r="E21">
+        <v>10</v>
+      </c>
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+      <c r="G21" t="s">
+        <v>17</v>
+      </c>
+      <c r="K21" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11">
+      <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" t="s">
+        <v>24</v>
+      </c>
+      <c r="D22" t="s">
+        <v>75</v>
+      </c>
+      <c r="E22">
+        <v>12</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="K22" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11">
+      <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" t="s">
+        <v>24</v>
+      </c>
+      <c r="D23" t="s">
+        <v>78</v>
+      </c>
+      <c r="E23">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>17</v>
+      </c>
+      <c r="K23" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11">
+      <c r="A24" t="s">
+        <v>80</v>
+      </c>
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" t="s">
+        <v>81</v>
+      </c>
+      <c r="E24">
+        <v>7</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+      <c r="G24" t="s">
+        <v>17</v>
+      </c>
+      <c r="K24" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11">
+      <c r="A25" t="s">
+        <v>83</v>
+      </c>
+      <c r="B25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C25" t="s">
+        <v>24</v>
+      </c>
+      <c r="D25" t="s">
+        <v>84</v>
+      </c>
+      <c r="E25">
+        <v>10</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>17</v>
+      </c>
+      <c r="K25" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11">
+      <c r="A26" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>88</v>
+      </c>
+      <c r="E26">
+        <v>70</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+      <c r="G26" t="s">
+        <v>17</v>
+      </c>
+      <c r="K26" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11">
+      <c r="A27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" t="s">
+        <v>91</v>
+      </c>
+      <c r="E27">
+        <v>6</v>
+      </c>
+      <c r="F27" t="s">
+        <v>16</v>
+      </c>
+      <c r="G27" t="s">
+        <v>17</v>
+      </c>
+      <c r="K27" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11">
+      <c r="A28" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" t="s">
+        <v>13</v>
+      </c>
+      <c r="C28" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28" t="s">
+        <v>94</v>
+      </c>
+      <c r="E28">
+        <v>6</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>17</v>
+      </c>
+      <c r="K28" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11">
+      <c r="A29" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>14</v>
+      </c>
+      <c r="D29" t="s">
+        <v>97</v>
+      </c>
+      <c r="E29">
+        <v>7</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="K29" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11">
+      <c r="A30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" t="s">
+        <v>100</v>
+      </c>
+      <c r="E30">
+        <v>17</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="K30" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11">
+      <c r="A31" t="s">
+        <v>102</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>24</v>
+      </c>
+      <c r="D31" t="s">
+        <v>103</v>
+      </c>
+      <c r="E31">
+        <v>8</v>
+      </c>
+      <c r="F31" t="s">
+        <v>16</v>
+      </c>
+      <c r="G31" t="s">
+        <v>17</v>
+      </c>
+      <c r="K31" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11">
+      <c r="A32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B32" t="s">
+        <v>13</v>
+      </c>
+      <c r="C32" t="s">
+        <v>34</v>
+      </c>
+      <c r="D32" t="s">
+        <v>106</v>
+      </c>
+      <c r="E32">
+        <v>5</v>
+      </c>
+      <c r="F32" t="s">
+        <v>16</v>
+      </c>
+      <c r="G32" t="s">
+        <v>17</v>
+      </c>
+      <c r="K32" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11">
+      <c r="A33" t="s">
+        <v>108</v>
+      </c>
+      <c r="B33" t="s">
+        <v>13</v>
+      </c>
+      <c r="C33" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" t="s">
+        <v>109</v>
+      </c>
+      <c r="E33">
+        <v>5</v>
+      </c>
+      <c r="F33" t="s">
+        <v>16</v>
+      </c>
+      <c r="G33" t="s">
+        <v>17</v>
+      </c>
+      <c r="K33" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11">
+      <c r="A34" t="s">
+        <v>111</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
+        <v>112</v>
+      </c>
+      <c r="D34" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="K34" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11">
+      <c r="A35" t="s">
+        <v>115</v>
+      </c>
+      <c r="B35" t="s">
+        <v>13</v>
+      </c>
+      <c r="C35" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" t="s">
+        <v>116</v>
+      </c>
+      <c r="E35">
+        <v>6</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="K35" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11">
+      <c r="A36" t="s">
+        <v>118</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>14</v>
+      </c>
+      <c r="D36" t="s">
+        <v>119</v>
+      </c>
+      <c r="E36">
+        <v>6</v>
+      </c>
+      <c r="F36" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" t="s">
+        <v>17</v>
+      </c>
+      <c r="K36" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11">
+      <c r="A37" t="s">
+        <v>121</v>
+      </c>
+      <c r="B37" t="s">
+        <v>13</v>
+      </c>
+      <c r="C37" t="s">
+        <v>24</v>
+      </c>
+      <c r="D37" t="s">
+        <v>122</v>
+      </c>
+      <c r="E37">
+        <v>7</v>
+      </c>
+      <c r="F37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" t="s">
+        <v>17</v>
+      </c>
+      <c r="K37" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11">
+      <c r="A38" t="s">
+        <v>124</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
+        <v>56</v>
+      </c>
+      <c r="D38" t="s">
+        <v>125</v>
+      </c>
+      <c r="E38">
+        <v>13</v>
+      </c>
+      <c r="F38" t="s">
+        <v>16</v>
+      </c>
+      <c r="G38" t="s">
+        <v>17</v>
+      </c>
+      <c r="K38" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11">
+      <c r="A39" t="s">
+        <v>127</v>
+      </c>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39" t="s">
+        <v>129</v>
+      </c>
+      <c r="E39">
+        <v>8</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>17</v>
+      </c>
+      <c r="K39" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11">
+      <c r="A40" t="s">
+        <v>131</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>128</v>
+      </c>
+      <c r="D40" t="s">
+        <v>132</v>
+      </c>
+      <c r="E40">
+        <v>8</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="K40" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11">
+      <c r="A41" t="s">
+        <v>134</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>128</v>
+      </c>
+      <c r="D41" t="s">
+        <v>135</v>
+      </c>
+      <c r="E41">
+        <v>8</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>17</v>
+      </c>
+      <c r="K41" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11">
+      <c r="A42" t="s">
+        <v>137</v>
+      </c>
+      <c r="B42" t="s">
+        <v>13</v>
+      </c>
+      <c r="C42" t="s">
+        <v>128</v>
+      </c>
+      <c r="D42" t="s">
+        <v>138</v>
+      </c>
+      <c r="E42">
+        <v>8</v>
+      </c>
+      <c r="F42" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" t="s">
+        <v>17</v>
+      </c>
+      <c r="K42" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11">
+      <c r="A43" t="s">
+        <v>140</v>
+      </c>
+      <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
+        <v>128</v>
+      </c>
+      <c r="D43" t="s">
+        <v>141</v>
+      </c>
+      <c r="E43">
+        <v>8</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>17</v>
+      </c>
+      <c r="K43" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11">
+      <c r="A44" t="s">
+        <v>143</v>
+      </c>
+      <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>128</v>
+      </c>
+      <c r="D44" t="s">
+        <v>144</v>
+      </c>
+      <c r="E44">
+        <v>8</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>17</v>
+      </c>
+      <c r="K44" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11">
+      <c r="A45" t="s">
+        <v>146</v>
+      </c>
+      <c r="B45" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" t="s">
+        <v>128</v>
+      </c>
+      <c r="D45" t="s">
+        <v>147</v>
+      </c>
+      <c r="E45">
+        <v>8</v>
+      </c>
+      <c r="F45" t="s">
+        <v>16</v>
+      </c>
+      <c r="G45" t="s">
+        <v>17</v>
+      </c>
+      <c r="K45" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11">
+      <c r="A46" t="s">
+        <v>149</v>
+      </c>
+      <c r="B46" t="s">
+        <v>13</v>
+      </c>
+      <c r="C46" t="s">
+        <v>128</v>
+      </c>
+      <c r="D46" t="s">
+        <v>150</v>
+      </c>
+      <c r="E46">
+        <v>8</v>
+      </c>
+      <c r="F46" t="s">
+        <v>16</v>
+      </c>
+      <c r="G46" t="s">
+        <v>17</v>
+      </c>
+      <c r="K46" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11">
+      <c r="A47" t="s">
+        <v>152</v>
+      </c>
+      <c r="B47" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" t="s">
+        <v>128</v>
+      </c>
+      <c r="D47" t="s">
+        <v>153</v>
+      </c>
+      <c r="E47">
+        <v>8</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>17</v>
+      </c>
+      <c r="K47" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11">
+      <c r="A48" t="s">
+        <v>155</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" t="s">
+        <v>156</v>
+      </c>
+      <c r="E48">
+        <v>8</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="K48" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11">
+      <c r="A49" t="s">
+        <v>158</v>
+      </c>
+      <c r="B49" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" t="s">
+        <v>128</v>
+      </c>
+      <c r="D49" t="s">
+        <v>159</v>
+      </c>
+      <c r="E49">
+        <v>8</v>
+      </c>
+      <c r="F49" t="s">
+        <v>16</v>
+      </c>
+      <c r="G49" t="s">
+        <v>17</v>
+      </c>
+      <c r="K49" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11">
+      <c r="A50" t="s">
+        <v>161</v>
+      </c>
+      <c r="B50" t="s">
+        <v>13</v>
+      </c>
+      <c r="C50" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" t="s">
+        <v>162</v>
+      </c>
+      <c r="E50">
+        <v>8</v>
+      </c>
+      <c r="F50" t="s">
+        <v>16</v>
+      </c>
+      <c r="G50" t="s">
+        <v>17</v>
+      </c>
+      <c r="K50" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11">
+      <c r="A51" t="s">
+        <v>164</v>
+      </c>
+      <c r="B51" t="s">
+        <v>13</v>
+      </c>
+      <c r="C51" t="s">
+        <v>128</v>
+      </c>
+      <c r="D51" t="s">
+        <v>165</v>
+      </c>
+      <c r="E51">
+        <v>8</v>
+      </c>
+      <c r="F51" t="s">
+        <v>16</v>
+      </c>
+      <c r="G51" t="s">
+        <v>17</v>
+      </c>
+      <c r="K51" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11">
+      <c r="A52" t="s">
+        <v>167</v>
+      </c>
+      <c r="B52" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>128</v>
+      </c>
+      <c r="D52" t="s">
+        <v>168</v>
+      </c>
+      <c r="E52">
+        <v>8</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>17</v>
+      </c>
+      <c r="K52" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11">
+      <c r="A53" t="s">
+        <v>170</v>
+      </c>
+      <c r="B53" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" t="s">
+        <v>128</v>
+      </c>
+      <c r="D53" t="s">
+        <v>171</v>
+      </c>
+      <c r="E53">
+        <v>8</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>17</v>
+      </c>
+      <c r="K53" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11">
+      <c r="A54" t="s">
+        <v>173</v>
+      </c>
+      <c r="B54" t="s">
+        <v>13</v>
+      </c>
+      <c r="C54" t="s">
+        <v>128</v>
+      </c>
+      <c r="D54" t="s">
+        <v>174</v>
+      </c>
+      <c r="E54">
+        <v>8</v>
+      </c>
+      <c r="F54" t="s">
+        <v>16</v>
+      </c>
+      <c r="G54" t="s">
+        <v>17</v>
+      </c>
+      <c r="K54" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11">
+      <c r="A55" t="s">
+        <v>176</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>128</v>
+      </c>
+      <c r="D55" t="s">
+        <v>177</v>
+      </c>
+      <c r="E55">
+        <v>8</v>
+      </c>
+      <c r="F55" t="s">
+        <v>16</v>
+      </c>
+      <c r="G55" t="s">
+        <v>17</v>
+      </c>
+      <c r="K55" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11">
+      <c r="A56" t="s">
+        <v>179</v>
+      </c>
+      <c r="B56" t="s">
+        <v>13</v>
+      </c>
+      <c r="C56" t="s">
+        <v>128</v>
+      </c>
+      <c r="D56" t="s">
+        <v>180</v>
+      </c>
+      <c r="E56">
+        <v>8</v>
+      </c>
+      <c r="F56" t="s">
+        <v>16</v>
+      </c>
+      <c r="G56" t="s">
+        <v>17</v>
+      </c>
+      <c r="K56" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11">
+      <c r="A57" t="s">
+        <v>182</v>
+      </c>
+      <c r="B57" t="s">
+        <v>13</v>
+      </c>
+      <c r="C57" t="s">
+        <v>128</v>
+      </c>
+      <c r="D57" t="s">
+        <v>183</v>
+      </c>
+      <c r="E57">
+        <v>8</v>
+      </c>
+      <c r="F57" t="s">
+        <v>16</v>
+      </c>
+      <c r="G57" t="s">
+        <v>17</v>
+      </c>
+      <c r="K57" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11">
+      <c r="A58" t="s">
+        <v>185</v>
+      </c>
+      <c r="B58" t="s">
+        <v>13</v>
+      </c>
+      <c r="C58" t="s">
+        <v>186</v>
+      </c>
+      <c r="D58" t="s">
+        <v>187</v>
+      </c>
+      <c r="E58">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" t="s">
+        <v>17</v>
+      </c>
+      <c r="K58" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11">
+      <c r="A59" t="s">
+        <v>189</v>
+      </c>
+      <c r="B59" t="s">
+        <v>13</v>
+      </c>
+      <c r="C59" t="s">
+        <v>186</v>
+      </c>
+      <c r="D59" t="s">
+        <v>190</v>
+      </c>
+      <c r="E59">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
+        <v>16</v>
+      </c>
+      <c r="G59" t="s">
+        <v>17</v>
+      </c>
+      <c r="K59" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11">
+      <c r="A60" t="s">
+        <v>192</v>
+      </c>
+      <c r="B60" t="s">
+        <v>13</v>
+      </c>
+      <c r="C60" t="s">
+        <v>186</v>
+      </c>
+      <c r="D60" t="s">
+        <v>193</v>
+      </c>
+      <c r="E60">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
+        <v>16</v>
+      </c>
+      <c r="G60" t="s">
+        <v>17</v>
+      </c>
+      <c r="K60" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11">
+      <c r="A61" t="s">
+        <v>195</v>
+      </c>
+      <c r="B61" t="s">
+        <v>13</v>
+      </c>
+      <c r="C61" t="s">
+        <v>186</v>
+      </c>
+      <c r="D61" t="s">
+        <v>196</v>
+      </c>
+      <c r="E61">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" t="s">
+        <v>17</v>
+      </c>
+      <c r="K61" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11">
+      <c r="A62" t="s">
+        <v>198</v>
+      </c>
+      <c r="B62" t="s">
+        <v>13</v>
+      </c>
+      <c r="C62" t="s">
+        <v>186</v>
+      </c>
+      <c r="D62" t="s">
+        <v>199</v>
+      </c>
+      <c r="E62">
+        <v>10</v>
+      </c>
+      <c r="F62" t="s">
+        <v>16</v>
+      </c>
+      <c r="G62" t="s">
+        <v>17</v>
+      </c>
+      <c r="K62" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11">
+      <c r="A63" t="s">
+        <v>201</v>
+      </c>
+      <c r="B63" t="s">
+        <v>13</v>
+      </c>
+      <c r="C63" t="s">
+        <v>186</v>
+      </c>
+      <c r="D63" t="s">
+        <v>202</v>
+      </c>
+      <c r="E63">
+        <v>10</v>
+      </c>
+      <c r="F63" t="s">
+        <v>16</v>
+      </c>
+      <c r="G63" t="s">
+        <v>17</v>
+      </c>
+      <c r="K63" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11">
+      <c r="A64" t="s">
+        <v>204</v>
+      </c>
+      <c r="B64" t="s">
+        <v>13</v>
+      </c>
+      <c r="C64" t="s">
+        <v>186</v>
+      </c>
+      <c r="D64" t="s">
+        <v>205</v>
+      </c>
+      <c r="E64">
+        <v>10</v>
+      </c>
+      <c r="F64" t="s">
+        <v>16</v>
+      </c>
+      <c r="G64" t="s">
+        <v>17</v>
+      </c>
+      <c r="K64" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11">
+      <c r="A65" t="s">
+        <v>207</v>
+      </c>
+      <c r="B65" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" t="s">
+        <v>186</v>
+      </c>
+      <c r="D65" t="s">
+        <v>208</v>
+      </c>
+      <c r="E65">
+        <v>10</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>17</v>
+      </c>
+      <c r="K65" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11">
+      <c r="A66" t="s">
+        <v>210</v>
+      </c>
+      <c r="B66" t="s">
+        <v>13</v>
+      </c>
+      <c r="C66" t="s">
+        <v>186</v>
+      </c>
+      <c r="D66" t="s">
+        <v>211</v>
+      </c>
+      <c r="E66">
+        <v>10</v>
+      </c>
+      <c r="F66" t="s">
+        <v>16</v>
+      </c>
+      <c r="G66" t="s">
+        <v>17</v>
+      </c>
+      <c r="K66" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11">
+      <c r="A67" t="s">
+        <v>213</v>
+      </c>
+      <c r="B67" t="s">
+        <v>13</v>
+      </c>
+      <c r="C67" t="s">
+        <v>186</v>
+      </c>
+      <c r="D67" t="s">
+        <v>214</v>
+      </c>
+      <c r="E67">
+        <v>10</v>
+      </c>
+      <c r="F67" t="s">
+        <v>16</v>
+      </c>
+      <c r="G67" t="s">
+        <v>17</v>
+      </c>
+      <c r="K67" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11">
+      <c r="A68" t="s">
+        <v>216</v>
+      </c>
+      <c r="B68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" t="s">
+        <v>186</v>
+      </c>
+      <c r="D68" t="s">
+        <v>217</v>
+      </c>
+      <c r="E68">
+        <v>10</v>
+      </c>
+      <c r="F68" t="s">
+        <v>16</v>
+      </c>
+      <c r="G68" t="s">
+        <v>17</v>
+      </c>
+      <c r="K68" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11">
+      <c r="A69" t="s">
+        <v>219</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" t="s">
+        <v>186</v>
+      </c>
+      <c r="D69" t="s">
+        <v>220</v>
+      </c>
+      <c r="E69">
+        <v>10</v>
+      </c>
+      <c r="F69" t="s">
+        <v>16</v>
+      </c>
+      <c r="G69" t="s">
+        <v>17</v>
+      </c>
+      <c r="K69" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11">
+      <c r="A70" t="s">
+        <v>222</v>
+      </c>
+      <c r="B70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" t="s">
+        <v>186</v>
+      </c>
+      <c r="D70" t="s">
+        <v>223</v>
+      </c>
+      <c r="E70">
+        <v>10</v>
+      </c>
+      <c r="F70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G70" t="s">
+        <v>17</v>
+      </c>
+      <c r="K70" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11">
+      <c r="A71" t="s">
+        <v>225</v>
+      </c>
+      <c r="B71" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" t="s">
+        <v>186</v>
+      </c>
+      <c r="D71" t="s">
+        <v>226</v>
+      </c>
+      <c r="E71">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>16</v>
+      </c>
+      <c r="G71" t="s">
+        <v>17</v>
+      </c>
+      <c r="K71" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11">
+      <c r="A72" t="s">
+        <v>228</v>
+      </c>
+      <c r="B72" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" t="s">
+        <v>186</v>
+      </c>
+      <c r="D72" t="s">
+        <v>229</v>
+      </c>
+      <c r="E72">
+        <v>10</v>
+      </c>
+      <c r="F72" t="s">
+        <v>16</v>
+      </c>
+      <c r="G72" t="s">
+        <v>17</v>
+      </c>
+      <c r="K72" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11">
+      <c r="A73" t="s">
+        <v>231</v>
+      </c>
+      <c r="B73" t="s">
+        <v>13</v>
+      </c>
+      <c r="C73" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" t="s">
+        <v>232</v>
+      </c>
+      <c r="E73">
+        <v>10</v>
+      </c>
+      <c r="F73" t="s">
+        <v>16</v>
+      </c>
+      <c r="G73" t="s">
+        <v>17</v>
+      </c>
+      <c r="K73" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11">
+      <c r="A74" t="s">
+        <v>234</v>
+      </c>
+      <c r="B74" t="s">
+        <v>13</v>
+      </c>
+      <c r="C74" t="s">
+        <v>186</v>
+      </c>
+      <c r="D74" t="s">
+        <v>235</v>
+      </c>
+      <c r="E74">
+        <v>10</v>
+      </c>
+      <c r="F74" t="s">
+        <v>16</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+      <c r="K74" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11">
+      <c r="A75" t="s">
+        <v>237</v>
+      </c>
+      <c r="B75" t="s">
+        <v>13</v>
+      </c>
+      <c r="C75" t="s">
+        <v>186</v>
+      </c>
+      <c r="D75" t="s">
+        <v>238</v>
+      </c>
+      <c r="E75">
+        <v>10</v>
+      </c>
+      <c r="F75" t="s">
+        <v>16</v>
+      </c>
+      <c r="G75" t="s">
+        <v>17</v>
+      </c>
+      <c r="K75" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11">
+      <c r="A76" t="s">
+        <v>240</v>
+      </c>
+      <c r="B76" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" t="s">
+        <v>186</v>
+      </c>
+      <c r="D76" t="s">
+        <v>241</v>
+      </c>
+      <c r="E76">
+        <v>10</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="K76" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11">
+      <c r="A77" t="s">
+        <v>243</v>
+      </c>
+      <c r="B77" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" t="s">
+        <v>186</v>
+      </c>
+      <c r="D77" t="s">
+        <v>244</v>
+      </c>
+      <c r="E77">
+        <v>10</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>17</v>
+      </c>
+      <c r="K77" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11">
+      <c r="A78" t="s">
+        <v>19</v>
+      </c>
+      <c r="B78" t="s">
+        <v>13</v>
+      </c>
+      <c r="C78" t="s">
+        <v>246</v>
+      </c>
+      <c r="D78" t="s">
+        <v>247</v>
+      </c>
+      <c r="E78">
+        <v>405</v>
+      </c>
+      <c r="F78" t="s">
+        <v>16</v>
+      </c>
+      <c r="G78" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78">
+        <v>3</v>
+      </c>
+      <c r="I78">
+        <v>28</v>
+      </c>
+      <c r="K78" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11">
+      <c r="A79" t="s">
+        <v>249</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>14</v>
+      </c>
+      <c r="D79" t="s">
+        <v>250</v>
+      </c>
+      <c r="E79">
+        <v>5</v>
+      </c>
+      <c r="F79" t="s">
+        <v>16</v>
+      </c>
+      <c r="G79" t="s">
+        <v>17</v>
+      </c>
+      <c r="K79" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11">
+      <c r="A80" t="s">
+        <v>252</v>
+      </c>
+      <c r="B80" t="s">
+        <v>13</v>
+      </c>
+      <c r="C80" t="s">
+        <v>14</v>
+      </c>
+      <c r="D80" t="s">
+        <v>253</v>
+      </c>
+      <c r="E80">
+        <v>5</v>
+      </c>
+      <c r="F80" t="s">
+        <v>16</v>
+      </c>
+      <c r="G80" t="s">
+        <v>17</v>
+      </c>
+      <c r="K80" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11">
+      <c r="A81" t="s">
+        <v>255</v>
+      </c>
+      <c r="B81" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>34</v>
+      </c>
+      <c r="D81" t="s">
+        <v>256</v>
+      </c>
+      <c r="E81">
+        <v>4</v>
+      </c>
+      <c r="F81" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" t="s">
+        <v>17</v>
+      </c>
+      <c r="K81" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11">
+      <c r="A82" t="s">
+        <v>258</v>
+      </c>
+      <c r="B82" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" t="s">
+        <v>112</v>
+      </c>
+      <c r="D82" t="s">
+        <v>259</v>
+      </c>
+      <c r="E82">
+        <v>15</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="K82" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11">
+      <c r="A83" t="s">
+        <v>261</v>
+      </c>
+      <c r="B83" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>56</v>
+      </c>
+      <c r="D83" t="s">
+        <v>262</v>
+      </c>
+      <c r="E83">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>16</v>
+      </c>
+      <c r="G83" t="s">
+        <v>17</v>
+      </c>
+      <c r="K83" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11">
+      <c r="A84" t="s">
+        <v>264</v>
+      </c>
+      <c r="B84" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" t="s">
+        <v>56</v>
+      </c>
+      <c r="D84" t="s">
+        <v>265</v>
+      </c>
+      <c r="E84">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>16</v>
+      </c>
+      <c r="G84" t="s">
+        <v>17</v>
+      </c>
+      <c r="K84" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11">
+      <c r="A85" t="s">
+        <v>267</v>
+      </c>
+      <c r="B85" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" t="s">
+        <v>56</v>
+      </c>
+      <c r="D85" t="s">
+        <v>268</v>
+      </c>
+      <c r="E85">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>16</v>
+      </c>
+      <c r="G85" t="s">
+        <v>17</v>
+      </c>
+      <c r="K85" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11">
+      <c r="A86" t="s">
+        <v>270</v>
+      </c>
+      <c r="B86" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" t="s">
+        <v>56</v>
+      </c>
+      <c r="D86" t="s">
+        <v>271</v>
+      </c>
+      <c r="E86">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>17</v>
+      </c>
+      <c r="K86" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11">
+      <c r="A87" t="s">
+        <v>273</v>
+      </c>
+      <c r="B87" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" t="s">
+        <v>56</v>
+      </c>
+      <c r="D87" t="s">
+        <v>274</v>
+      </c>
+      <c r="E87">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>16</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="K87" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11">
+      <c r="A88" t="s">
+        <v>276</v>
+      </c>
+      <c r="B88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" t="s">
+        <v>56</v>
+      </c>
+      <c r="D88" t="s">
+        <v>277</v>
+      </c>
+      <c r="E88">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="K88" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11">
+      <c r="A89" t="s">
+        <v>279</v>
+      </c>
+      <c r="B89" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" t="s">
+        <v>56</v>
+      </c>
+      <c r="D89" t="s">
+        <v>280</v>
+      </c>
+      <c r="E89">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>16</v>
+      </c>
+      <c r="G89" t="s">
+        <v>17</v>
+      </c>
+      <c r="K89" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11">
+      <c r="A90" t="s">
+        <v>282</v>
+      </c>
+      <c r="B90" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" t="s">
+        <v>56</v>
+      </c>
+      <c r="D90" t="s">
+        <v>283</v>
+      </c>
+      <c r="E90">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>16</v>
+      </c>
+      <c r="G90" t="s">
+        <v>17</v>
+      </c>
+      <c r="K90" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11">
+      <c r="A91" t="s">
+        <v>285</v>
+      </c>
+      <c r="B91" t="s">
+        <v>13</v>
+      </c>
+      <c r="C91" t="s">
+        <v>56</v>
+      </c>
+      <c r="D91" t="s">
+        <v>286</v>
+      </c>
+      <c r="E91">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>16</v>
+      </c>
+      <c r="G91" t="s">
+        <v>17</v>
+      </c>
+      <c r="K91" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11">
+      <c r="A92" t="s">
+        <v>288</v>
+      </c>
+      <c r="B92" t="s">
+        <v>13</v>
+      </c>
+      <c r="C92" t="s">
+        <v>56</v>
+      </c>
+      <c r="D92" t="s">
+        <v>289</v>
+      </c>
+      <c r="E92">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>16</v>
+      </c>
+      <c r="G92" t="s">
+        <v>17</v>
+      </c>
+      <c r="K92" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11">
+      <c r="A93" t="s">
+        <v>291</v>
+      </c>
+      <c r="B93" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" t="s">
+        <v>56</v>
+      </c>
+      <c r="D93" t="s">
+        <v>292</v>
+      </c>
+      <c r="E93">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>16</v>
+      </c>
+      <c r="G93" t="s">
+        <v>17</v>
+      </c>
+      <c r="K93" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11">
+      <c r="A94" t="s">
+        <v>294</v>
+      </c>
+      <c r="B94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" t="s">
+        <v>56</v>
+      </c>
+      <c r="D94" t="s">
+        <v>295</v>
+      </c>
+      <c r="E94">
+        <v>12</v>
+      </c>
+      <c r="F94" t="s">
+        <v>16</v>
+      </c>
+      <c r="G94" t="s">
+        <v>17</v>
+      </c>
+      <c r="K94" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11">
+      <c r="A95" t="s">
+        <v>297</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
+        <v>56</v>
+      </c>
+      <c r="D95" t="s">
+        <v>298</v>
+      </c>
+      <c r="E95">
+        <v>12</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" t="s">
+        <v>17</v>
+      </c>
+      <c r="K95" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11">
+      <c r="A96" t="s">
+        <v>300</v>
+      </c>
+      <c r="B96" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" t="s">
+        <v>24</v>
+      </c>
+      <c r="D96" t="s">
+        <v>301</v>
+      </c>
+      <c r="E96">
+        <v>6</v>
+      </c>
+      <c r="F96" t="s">
+        <v>16</v>
+      </c>
+      <c r="G96" t="s">
+        <v>17</v>
+      </c>
+      <c r="K96" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" t="s">
+        <v>303</v>
+      </c>
+      <c r="B97" t="s">
+        <v>13</v>
+      </c>
+      <c r="C97" t="s">
+        <v>24</v>
+      </c>
+      <c r="D97" t="s">
+        <v>304</v>
+      </c>
+      <c r="E97">
+        <v>6</v>
+      </c>
+      <c r="F97" t="s">
+        <v>16</v>
+      </c>
+      <c r="G97" t="s">
+        <v>17</v>
+      </c>
+      <c r="K97" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" t="s">
+        <v>306</v>
+      </c>
+      <c r="B98" t="s">
+        <v>13</v>
+      </c>
+      <c r="C98" t="s">
+        <v>24</v>
+      </c>
+      <c r="D98" t="s">
+        <v>307</v>
+      </c>
+      <c r="E98">
+        <v>6</v>
+      </c>
+      <c r="F98" t="s">
+        <v>16</v>
+      </c>
+      <c r="G98" t="s">
+        <v>17</v>
+      </c>
+      <c r="K98" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" t="s">
+        <v>309</v>
+      </c>
+      <c r="B99" t="s">
+        <v>13</v>
+      </c>
+      <c r="C99" t="s">
+        <v>24</v>
+      </c>
+      <c r="D99" t="s">
+        <v>310</v>
+      </c>
+      <c r="E99">
+        <v>6</v>
+      </c>
+      <c r="F99" t="s">
+        <v>16</v>
+      </c>
+      <c r="G99" t="s">
+        <v>17</v>
+      </c>
+      <c r="K99" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" t="s">
+        <v>312</v>
+      </c>
+      <c r="B100" t="s">
+        <v>13</v>
+      </c>
+      <c r="C100" t="s">
+        <v>24</v>
+      </c>
+      <c r="D100" t="s">
+        <v>313</v>
+      </c>
+      <c r="E100">
+        <v>6</v>
+      </c>
+      <c r="F100" t="s">
+        <v>16</v>
+      </c>
+      <c r="G100" t="s">
+        <v>17</v>
+      </c>
+      <c r="K100" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" t="s">
+        <v>315</v>
+      </c>
+      <c r="B101" t="s">
+        <v>13</v>
+      </c>
+      <c r="C101" t="s">
+        <v>24</v>
+      </c>
+      <c r="D101" t="s">
+        <v>316</v>
+      </c>
+      <c r="E101">
+        <v>6</v>
+      </c>
+      <c r="F101" t="s">
+        <v>16</v>
+      </c>
+      <c r="G101" t="s">
+        <v>17</v>
+      </c>
+      <c r="K101" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" t="s">
+        <v>318</v>
+      </c>
+      <c r="B102" t="s">
+        <v>13</v>
+      </c>
+      <c r="C102" t="s">
+        <v>24</v>
+      </c>
+      <c r="D102" t="s">
+        <v>319</v>
+      </c>
+      <c r="E102">
+        <v>6</v>
+      </c>
+      <c r="F102" t="s">
+        <v>16</v>
+      </c>
+      <c r="G102" t="s">
+        <v>17</v>
+      </c>
+      <c r="K102" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" t="s">
+        <v>321</v>
+      </c>
+      <c r="B103" t="s">
+        <v>13</v>
+      </c>
+      <c r="C103" t="s">
+        <v>24</v>
+      </c>
+      <c r="D103" t="s">
+        <v>322</v>
+      </c>
+      <c r="E103">
+        <v>6</v>
+      </c>
+      <c r="F103" t="s">
+        <v>16</v>
+      </c>
+      <c r="G103" t="s">
+        <v>17</v>
+      </c>
+      <c r="K103" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" t="s">
+        <v>324</v>
+      </c>
+      <c r="B104" t="s">
+        <v>13</v>
+      </c>
+      <c r="C104" t="s">
+        <v>24</v>
+      </c>
+      <c r="D104" t="s">
+        <v>325</v>
+      </c>
+      <c r="E104">
+        <v>6</v>
+      </c>
+      <c r="F104" t="s">
+        <v>16</v>
+      </c>
+      <c r="G104" t="s">
+        <v>17</v>
+      </c>
+      <c r="K104" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" t="s">
+        <v>327</v>
+      </c>
+      <c r="B105" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" t="s">
+        <v>24</v>
+      </c>
+      <c r="D105" t="s">
+        <v>328</v>
+      </c>
+      <c r="E105">
+        <v>6</v>
+      </c>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" t="s">
+        <v>17</v>
+      </c>
+      <c r="K105" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" t="s">
+        <v>330</v>
+      </c>
+      <c r="B106" t="s">
+        <v>13</v>
+      </c>
+      <c r="C106" t="s">
+        <v>24</v>
+      </c>
+      <c r="D106" t="s">
+        <v>331</v>
+      </c>
+      <c r="E106">
+        <v>6</v>
+      </c>
+      <c r="F106" t="s">
+        <v>16</v>
+      </c>
+      <c r="G106" t="s">
+        <v>17</v>
+      </c>
+      <c r="K106" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="107" spans="1:11">
+      <c r="A107" t="s">
+        <v>333</v>
+      </c>
+      <c r="B107" t="s">
+        <v>13</v>
+      </c>
+      <c r="C107" t="s">
+        <v>24</v>
+      </c>
+      <c r="D107" t="s">
+        <v>334</v>
+      </c>
+      <c r="E107">
+        <v>6</v>
+      </c>
+      <c r="F107" t="s">
+        <v>16</v>
+      </c>
+      <c r="G107" t="s">
+        <v>17</v>
+      </c>
+      <c r="K107" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="108" spans="1:11">
+      <c r="A108" t="s">
+        <v>336</v>
+      </c>
+      <c r="B108" t="s">
+        <v>13</v>
+      </c>
+      <c r="C108" t="s">
+        <v>24</v>
+      </c>
+      <c r="D108" t="s">
+        <v>337</v>
+      </c>
+      <c r="E108">
+        <v>6</v>
+      </c>
+      <c r="F108" t="s">
+        <v>16</v>
+      </c>
+      <c r="G108" t="s">
+        <v>17</v>
+      </c>
+      <c r="K108" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="109" spans="1:11">
+      <c r="A109" t="s">
+        <v>339</v>
+      </c>
+      <c r="B109" t="s">
+        <v>13</v>
+      </c>
+      <c r="C109" t="s">
+        <v>24</v>
+      </c>
+      <c r="D109" t="s">
+        <v>340</v>
+      </c>
+      <c r="E109">
+        <v>6</v>
+      </c>
+      <c r="F109" t="s">
+        <v>16</v>
+      </c>
+      <c r="G109" t="s">
+        <v>17</v>
+      </c>
+      <c r="K109" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="110" spans="1:11">
+      <c r="A110" t="s">
+        <v>342</v>
+      </c>
+      <c r="B110" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" t="s">
+        <v>24</v>
+      </c>
+      <c r="D110" t="s">
+        <v>343</v>
+      </c>
+      <c r="E110">
+        <v>6</v>
+      </c>
+      <c r="F110" t="s">
+        <v>16</v>
+      </c>
+      <c r="G110" t="s">
+        <v>17</v>
+      </c>
+      <c r="K110" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="111" spans="1:11">
+      <c r="A111" t="s">
+        <v>345</v>
+      </c>
+      <c r="B111" t="s">
+        <v>13</v>
+      </c>
+      <c r="C111" t="s">
+        <v>24</v>
+      </c>
+      <c r="D111" t="s">
+        <v>346</v>
+      </c>
+      <c r="E111">
+        <v>6</v>
+      </c>
+      <c r="F111" t="s">
+        <v>16</v>
+      </c>
+      <c r="G111" t="s">
+        <v>17</v>
+      </c>
+      <c r="K111" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="112" spans="1:11">
+      <c r="A112" t="s">
+        <v>348</v>
+      </c>
+      <c r="B112" t="s">
+        <v>13</v>
+      </c>
+      <c r="C112" t="s">
+        <v>24</v>
+      </c>
+      <c r="D112" t="s">
+        <v>349</v>
+      </c>
+      <c r="E112">
+        <v>6</v>
+      </c>
+      <c r="F112" t="s">
+        <v>16</v>
+      </c>
+      <c r="G112" t="s">
+        <v>17</v>
+      </c>
+      <c r="K112" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="113" spans="1:11">
+      <c r="A113" t="s">
+        <v>351</v>
+      </c>
+      <c r="B113" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" t="s">
+        <v>24</v>
+      </c>
+      <c r="D113" t="s">
+        <v>352</v>
+      </c>
+      <c r="E113">
+        <v>6</v>
+      </c>
+      <c r="F113" t="s">
+        <v>16</v>
+      </c>
+      <c r="G113" t="s">
+        <v>17</v>
+      </c>
+      <c r="K113" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="114" spans="1:11">
+      <c r="A114" t="s">
+        <v>354</v>
+      </c>
+      <c r="B114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" t="s">
+        <v>24</v>
+      </c>
+      <c r="D114" t="s">
+        <v>355</v>
+      </c>
+      <c r="E114">
+        <v>6</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>17</v>
+      </c>
+      <c r="K114" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="115" spans="1:11">
+      <c r="A115" t="s">
+        <v>357</v>
+      </c>
+      <c r="B115" t="s">
+        <v>13</v>
+      </c>
+      <c r="C115" t="s">
+        <v>24</v>
+      </c>
+      <c r="D115" t="s">
+        <v>358</v>
+      </c>
+      <c r="E115">
+        <v>6</v>
+      </c>
+      <c r="F115" t="s">
+        <v>16</v>
+      </c>
+      <c r="G115" t="s">
+        <v>17</v>
+      </c>
+      <c r="K115" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="116" spans="1:11">
+      <c r="A116" t="s">
+        <v>360</v>
+      </c>
+      <c r="B116" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" t="s">
+        <v>24</v>
+      </c>
+      <c r="D116" t="s">
+        <v>361</v>
+      </c>
+      <c r="E116">
+        <v>6</v>
+      </c>
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>17</v>
+      </c>
+      <c r="K116" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="117" spans="1:11">
+      <c r="A117" t="s">
+        <v>363</v>
+      </c>
+      <c r="B117" t="s">
+        <v>13</v>
+      </c>
+      <c r="C117" t="s">
+        <v>24</v>
+      </c>
+      <c r="D117" t="s">
+        <v>364</v>
+      </c>
+      <c r="E117">
+        <v>6</v>
+      </c>
+      <c r="F117" t="s">
+        <v>16</v>
+      </c>
+      <c r="G117" t="s">
+        <v>17</v>
+      </c>
+      <c r="K117" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="118" spans="1:11">
+      <c r="A118" t="s">
+        <v>366</v>
+      </c>
+      <c r="B118" t="s">
+        <v>13</v>
+      </c>
+      <c r="C118" t="s">
+        <v>24</v>
+      </c>
+      <c r="D118" t="s">
+        <v>367</v>
+      </c>
+      <c r="E118">
+        <v>6</v>
+      </c>
+      <c r="F118" t="s">
+        <v>16</v>
+      </c>
+      <c r="G118" t="s">
+        <v>17</v>
+      </c>
+      <c r="K118" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="119" spans="1:11">
+      <c r="A119" t="s">
+        <v>369</v>
+      </c>
+      <c r="B119" t="s">
+        <v>13</v>
+      </c>
+      <c r="C119" t="s">
+        <v>24</v>
+      </c>
+      <c r="D119" t="s">
+        <v>370</v>
+      </c>
+      <c r="E119">
+        <v>6</v>
+      </c>
+      <c r="F119" t="s">
+        <v>16</v>
+      </c>
+      <c r="G119" t="s">
+        <v>17</v>
+      </c>
+      <c r="K119" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="120" spans="1:11">
+      <c r="A120" t="s">
+        <v>372</v>
+      </c>
+      <c r="B120" t="s">
+        <v>13</v>
+      </c>
+      <c r="C120" t="s">
+        <v>24</v>
+      </c>
+      <c r="D120" t="s">
+        <v>373</v>
+      </c>
+      <c r="E120">
+        <v>6</v>
+      </c>
+      <c r="F120" t="s">
+        <v>16</v>
+      </c>
+      <c r="G120" t="s">
+        <v>17</v>
+      </c>
+      <c r="K120" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="121" spans="1:11">
+      <c r="A121" t="s">
+        <v>375</v>
+      </c>
+      <c r="B121" t="s">
+        <v>13</v>
+      </c>
+      <c r="C121" t="s">
+        <v>24</v>
+      </c>
+      <c r="D121" t="s">
+        <v>376</v>
+      </c>
+      <c r="E121">
+        <v>6</v>
+      </c>
+      <c r="F121" t="s">
+        <v>16</v>
+      </c>
+      <c r="G121" t="s">
+        <v>17</v>
+      </c>
+      <c r="K121" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="122" spans="1:11">
+      <c r="A122" t="s">
+        <v>378</v>
+      </c>
+      <c r="B122" t="s">
+        <v>13</v>
+      </c>
+      <c r="C122" t="s">
+        <v>24</v>
+      </c>
+      <c r="D122" t="s">
+        <v>379</v>
+      </c>
+      <c r="E122">
+        <v>6</v>
+      </c>
+      <c r="F122" t="s">
+        <v>16</v>
+      </c>
+      <c r="G122" t="s">
+        <v>17</v>
+      </c>
+      <c r="K122" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="123" spans="1:11">
+      <c r="A123" t="s">
+        <v>381</v>
+      </c>
+      <c r="B123" t="s">
+        <v>13</v>
+      </c>
+      <c r="C123" t="s">
+        <v>24</v>
+      </c>
+      <c r="D123" t="s">
+        <v>382</v>
+      </c>
+      <c r="E123">
+        <v>6</v>
+      </c>
+      <c r="F123" t="s">
+        <v>16</v>
+      </c>
+      <c r="G123" t="s">
+        <v>17</v>
+      </c>
+      <c r="K123" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="124" spans="1:11">
+      <c r="A124" t="s">
+        <v>384</v>
+      </c>
+      <c r="B124" t="s">
+        <v>13</v>
+      </c>
+      <c r="C124" t="s">
+        <v>24</v>
+      </c>
+      <c r="D124" t="s">
+        <v>385</v>
+      </c>
+      <c r="E124">
+        <v>6</v>
+      </c>
+      <c r="F124" t="s">
+        <v>16</v>
+      </c>
+      <c r="G124" t="s">
+        <v>17</v>
+      </c>
+      <c r="K124" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="125" spans="1:11">
+      <c r="A125" t="s">
+        <v>387</v>
+      </c>
+      <c r="B125" t="s">
+        <v>13</v>
+      </c>
+      <c r="C125" t="s">
+        <v>24</v>
+      </c>
+      <c r="D125" t="s">
+        <v>388</v>
+      </c>
+      <c r="E125">
+        <v>6</v>
+      </c>
+      <c r="F125" t="s">
+        <v>16</v>
+      </c>
+      <c r="G125" t="s">
+        <v>17</v>
+      </c>
+      <c r="K125" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="126" spans="1:11">
+      <c r="A126" t="s">
+        <v>390</v>
+      </c>
+      <c r="B126" t="s">
+        <v>13</v>
+      </c>
+      <c r="C126" t="s">
+        <v>24</v>
+      </c>
+      <c r="D126" t="s">
+        <v>391</v>
+      </c>
+      <c r="E126">
+        <v>6</v>
+      </c>
+      <c r="F126" t="s">
+        <v>16</v>
+      </c>
+      <c r="G126" t="s">
+        <v>17</v>
+      </c>
+      <c r="K126" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="127" spans="1:11">
+      <c r="A127" t="s">
+        <v>393</v>
+      </c>
+      <c r="B127" t="s">
+        <v>13</v>
+      </c>
+      <c r="C127" t="s">
+        <v>24</v>
+      </c>
+      <c r="D127" t="s">
+        <v>394</v>
+      </c>
+      <c r="E127">
+        <v>6</v>
+      </c>
+      <c r="F127" t="s">
+        <v>16</v>
+      </c>
+      <c r="G127" t="s">
+        <v>17</v>
+      </c>
+      <c r="K127" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="128" spans="1:11">
+      <c r="A128" t="s">
+        <v>396</v>
+      </c>
+      <c r="B128" t="s">
+        <v>13</v>
+      </c>
+      <c r="C128" t="s">
+        <v>24</v>
+      </c>
+      <c r="D128" t="s">
+        <v>397</v>
+      </c>
+      <c r="E128">
+        <v>6</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+      <c r="G128" t="s">
+        <v>17</v>
+      </c>
+      <c r="K128" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="129" spans="1:11">
+      <c r="A129" t="s">
+        <v>399</v>
+      </c>
+      <c r="B129" t="s">
+        <v>13</v>
+      </c>
+      <c r="C129" t="s">
+        <v>24</v>
+      </c>
+      <c r="D129" t="s">
+        <v>400</v>
+      </c>
+      <c r="E129">
+        <v>6</v>
+      </c>
+      <c r="F129" t="s">
+        <v>16</v>
+      </c>
+      <c r="G129" t="s">
+        <v>17</v>
+      </c>
+      <c r="K129" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="130" spans="1:11">
+      <c r="A130" t="s">
+        <v>402</v>
+      </c>
+      <c r="B130" t="s">
+        <v>13</v>
+      </c>
+      <c r="C130" t="s">
+        <v>24</v>
+      </c>
+      <c r="D130" t="s">
+        <v>403</v>
+      </c>
+      <c r="E130">
+        <v>6</v>
+      </c>
+      <c r="F130" t="s">
+        <v>16</v>
+      </c>
+      <c r="G130" t="s">
+        <v>17</v>
+      </c>
+      <c r="K130" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="131" spans="1:11">
+      <c r="A131" t="s">
+        <v>405</v>
+      </c>
+      <c r="B131" t="s">
+        <v>13</v>
+      </c>
+      <c r="C131" t="s">
+        <v>24</v>
+      </c>
+      <c r="D131" t="s">
+        <v>406</v>
+      </c>
+      <c r="E131">
+        <v>6</v>
+      </c>
+      <c r="F131" t="s">
+        <v>16</v>
+      </c>
+      <c r="G131" t="s">
+        <v>17</v>
+      </c>
+      <c r="K131" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="132" spans="1:11">
+      <c r="A132" t="s">
+        <v>408</v>
+      </c>
+      <c r="B132" t="s">
+        <v>13</v>
+      </c>
+      <c r="C132" t="s">
+        <v>24</v>
+      </c>
+      <c r="D132" t="s">
+        <v>409</v>
+      </c>
+      <c r="E132">
+        <v>6</v>
+      </c>
+      <c r="F132" t="s">
+        <v>16</v>
+      </c>
+      <c r="G132" t="s">
+        <v>17</v>
+      </c>
+      <c r="K132" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="133" spans="1:11">
+      <c r="A133" t="s">
+        <v>411</v>
+      </c>
+      <c r="B133" t="s">
+        <v>13</v>
+      </c>
+      <c r="C133" t="s">
+        <v>24</v>
+      </c>
+      <c r="D133" t="s">
+        <v>412</v>
+      </c>
+      <c r="E133">
+        <v>6</v>
+      </c>
+      <c r="F133" t="s">
+        <v>16</v>
+      </c>
+      <c r="G133" t="s">
+        <v>17</v>
+      </c>
+      <c r="K133" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="134" spans="1:11">
+      <c r="A134" t="s">
+        <v>414</v>
+      </c>
+      <c r="B134" t="s">
+        <v>13</v>
+      </c>
+      <c r="C134" t="s">
+        <v>24</v>
+      </c>
+      <c r="D134" t="s">
+        <v>415</v>
+      </c>
+      <c r="E134">
+        <v>6</v>
+      </c>
+      <c r="F134" t="s">
+        <v>16</v>
+      </c>
+      <c r="G134" t="s">
+        <v>17</v>
+      </c>
+      <c r="K134" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="135" spans="1:11">
+      <c r="A135" t="s">
+        <v>417</v>
+      </c>
+      <c r="B135" t="s">
+        <v>13</v>
+      </c>
+      <c r="C135" t="s">
+        <v>24</v>
+      </c>
+      <c r="D135" t="s">
+        <v>418</v>
+      </c>
+      <c r="E135">
+        <v>6</v>
+      </c>
+      <c r="F135" t="s">
+        <v>16</v>
+      </c>
+      <c r="G135" t="s">
+        <v>17</v>
+      </c>
+      <c r="K135" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="136" spans="1:11">
+      <c r="A136" t="s">
+        <v>420</v>
+      </c>
+      <c r="B136" t="s">
+        <v>13</v>
+      </c>
+      <c r="C136" t="s">
+        <v>24</v>
+      </c>
+      <c r="D136" t="s">
+        <v>421</v>
+      </c>
+      <c r="E136">
+        <v>6</v>
+      </c>
+      <c r="F136" t="s">
+        <v>16</v>
+      </c>
+      <c r="G136" t="s">
+        <v>17</v>
+      </c>
+      <c r="K136" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="137" spans="1:11">
+      <c r="A137" t="s">
+        <v>423</v>
+      </c>
+      <c r="B137" t="s">
+        <v>13</v>
+      </c>
+      <c r="C137" t="s">
+        <v>24</v>
+      </c>
+      <c r="D137" t="s">
+        <v>424</v>
+      </c>
+      <c r="E137">
+        <v>6</v>
+      </c>
+      <c r="F137" t="s">
+        <v>16</v>
+      </c>
+      <c r="G137" t="s">
+        <v>17</v>
+      </c>
+      <c r="K137" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="138" spans="1:11">
+      <c r="A138" t="s">
+        <v>426</v>
+      </c>
+      <c r="B138" t="s">
+        <v>13</v>
+      </c>
+      <c r="C138" t="s">
+        <v>24</v>
+      </c>
+      <c r="D138" t="s">
+        <v>427</v>
+      </c>
+      <c r="E138">
+        <v>6</v>
+      </c>
+      <c r="F138" t="s">
+        <v>16</v>
+      </c>
+      <c r="G138" t="s">
+        <v>17</v>
+      </c>
+      <c r="K138" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="139" spans="1:11">
+      <c r="A139" t="s">
+        <v>429</v>
+      </c>
+      <c r="B139" t="s">
+        <v>13</v>
+      </c>
+      <c r="C139" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" t="s">
+        <v>430</v>
+      </c>
+      <c r="E139">
+        <v>6</v>
+      </c>
+      <c r="F139" t="s">
+        <v>16</v>
+      </c>
+      <c r="G139" t="s">
+        <v>17</v>
+      </c>
+      <c r="K139" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="140" spans="1:11">
+      <c r="A140" t="s">
+        <v>432</v>
+      </c>
+      <c r="B140" t="s">
+        <v>13</v>
+      </c>
+      <c r="C140" t="s">
+        <v>24</v>
+      </c>
+      <c r="D140" t="s">
+        <v>433</v>
+      </c>
+      <c r="E140">
+        <v>6</v>
+      </c>
+      <c r="F140" t="s">
+        <v>16</v>
+      </c>
+      <c r="G140" t="s">
+        <v>17</v>
+      </c>
+      <c r="K140" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="141" spans="1:11">
+      <c r="A141" t="s">
+        <v>435</v>
+      </c>
+      <c r="B141" t="s">
+        <v>13</v>
+      </c>
+      <c r="C141" t="s">
+        <v>24</v>
+      </c>
+      <c r="D141" t="s">
+        <v>436</v>
+      </c>
+      <c r="E141">
+        <v>6</v>
+      </c>
+      <c r="F141" t="s">
+        <v>16</v>
+      </c>
+      <c r="G141" t="s">
+        <v>17</v>
+      </c>
+      <c r="K141" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="142" spans="1:11">
+      <c r="A142" t="s">
+        <v>438</v>
+      </c>
+      <c r="B142" t="s">
+        <v>13</v>
+      </c>
+      <c r="C142" t="s">
+        <v>24</v>
+      </c>
+      <c r="D142" t="s">
+        <v>439</v>
+      </c>
+      <c r="E142">
+        <v>6</v>
+      </c>
+      <c r="F142" t="s">
+        <v>16</v>
+      </c>
+      <c r="G142" t="s">
+        <v>17</v>
+      </c>
+      <c r="K142" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="143" spans="1:11">
+      <c r="A143" t="s">
+        <v>441</v>
+      </c>
+      <c r="B143" t="s">
+        <v>13</v>
+      </c>
+      <c r="C143" t="s">
+        <v>24</v>
+      </c>
+      <c r="D143" t="s">
+        <v>442</v>
+      </c>
+      <c r="E143">
+        <v>6</v>
+      </c>
+      <c r="F143" t="s">
+        <v>16</v>
+      </c>
+      <c r="G143" t="s">
+        <v>17</v>
+      </c>
+      <c r="K143" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="144" spans="1:11">
+      <c r="A144" t="s">
+        <v>444</v>
+      </c>
+      <c r="B144" t="s">
+        <v>13</v>
+      </c>
+      <c r="C144" t="s">
+        <v>24</v>
+      </c>
+      <c r="D144" t="s">
+        <v>445</v>
+      </c>
+      <c r="E144">
+        <v>6</v>
+      </c>
+      <c r="F144" t="s">
+        <v>16</v>
+      </c>
+      <c r="G144" t="s">
+        <v>17</v>
+      </c>
+      <c r="K144" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="145" spans="1:11">
+      <c r="A145" t="s">
+        <v>447</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>24</v>
+      </c>
+      <c r="D145" t="s">
+        <v>448</v>
+      </c>
+      <c r="E145">
+        <v>6</v>
+      </c>
+      <c r="F145" t="s">
+        <v>16</v>
+      </c>
+      <c r="G145" t="s">
+        <v>17</v>
+      </c>
+      <c r="K145" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="146" spans="1:11">
+      <c r="A146" t="s">
+        <v>450</v>
+      </c>
+      <c r="B146" t="s">
+        <v>13</v>
+      </c>
+      <c r="C146" t="s">
+        <v>112</v>
+      </c>
+      <c r="D146" t="s">
+        <v>451</v>
+      </c>
+      <c r="E146">
+        <v>14</v>
+      </c>
+      <c r="F146" t="s">
+        <v>16</v>
+      </c>
+      <c r="G146" t="s">
+        <v>17</v>
+      </c>
+      <c r="K146" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="147" spans="1:11">
+      <c r="A147" t="s">
+        <v>453</v>
+      </c>
+      <c r="B147" t="s">
+        <v>13</v>
+      </c>
+      <c r="C147" t="s">
+        <v>112</v>
+      </c>
+      <c r="D147" t="s">
+        <v>454</v>
+      </c>
+      <c r="E147">
+        <v>14</v>
+      </c>
+      <c r="F147" t="s">
+        <v>16</v>
+      </c>
+      <c r="G147" t="s">
+        <v>17</v>
+      </c>
+      <c r="K147" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="148" spans="1:11">
+      <c r="A148" t="s">
+        <v>456</v>
+      </c>
+      <c r="B148" t="s">
+        <v>13</v>
+      </c>
+      <c r="C148" t="s">
+        <v>112</v>
+      </c>
+      <c r="D148" t="s">
+        <v>457</v>
+      </c>
+      <c r="E148">
+        <v>14</v>
+      </c>
+      <c r="F148" t="s">
+        <v>16</v>
+      </c>
+      <c r="G148" t="s">
+        <v>17</v>
+      </c>
+      <c r="K148" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="149" spans="1:11">
+      <c r="A149" t="s">
+        <v>459</v>
+      </c>
+      <c r="B149" t="s">
+        <v>13</v>
+      </c>
+      <c r="C149" t="s">
+        <v>112</v>
+      </c>
+      <c r="D149" t="s">
+        <v>460</v>
+      </c>
+      <c r="E149">
+        <v>14</v>
+      </c>
+      <c r="F149" t="s">
+        <v>16</v>
+      </c>
+      <c r="G149" t="s">
+        <v>17</v>
+      </c>
+      <c r="K149" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="150" spans="1:11">
+      <c r="A150" t="s">
+        <v>462</v>
+      </c>
+      <c r="B150" t="s">
+        <v>13</v>
+      </c>
+      <c r="C150" t="s">
+        <v>112</v>
+      </c>
+      <c r="D150" t="s">
+        <v>463</v>
+      </c>
+      <c r="E150">
+        <v>14</v>
+      </c>
+      <c r="F150" t="s">
+        <v>16</v>
+      </c>
+      <c r="G150" t="s">
+        <v>17</v>
+      </c>
+      <c r="K150" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="151" spans="1:11">
+      <c r="A151" t="s">
+        <v>465</v>
+      </c>
+      <c r="B151" t="s">
+        <v>13</v>
+      </c>
+      <c r="C151" t="s">
+        <v>112</v>
+      </c>
+      <c r="D151" t="s">
+        <v>466</v>
+      </c>
+      <c r="E151">
+        <v>14</v>
+      </c>
+      <c r="F151" t="s">
+        <v>16</v>
+      </c>
+      <c r="G151" t="s">
+        <v>17</v>
+      </c>
+      <c r="K151" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="152" spans="1:11">
+      <c r="A152" t="s">
+        <v>468</v>
+      </c>
+      <c r="B152" t="s">
+        <v>13</v>
+      </c>
+      <c r="C152" t="s">
+        <v>112</v>
+      </c>
+      <c r="D152" t="s">
+        <v>469</v>
+      </c>
+      <c r="E152">
+        <v>14</v>
+      </c>
+      <c r="F152" t="s">
+        <v>16</v>
+      </c>
+      <c r="G152" t="s">
+        <v>17</v>
+      </c>
+      <c r="K152" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="153" spans="1:11">
+      <c r="A153" t="s">
+        <v>471</v>
+      </c>
+      <c r="B153" t="s">
+        <v>13</v>
+      </c>
+      <c r="C153" t="s">
+        <v>112</v>
+      </c>
+      <c r="D153" t="s">
+        <v>472</v>
+      </c>
+      <c r="E153">
+        <v>14</v>
+      </c>
+      <c r="F153" t="s">
+        <v>16</v>
+      </c>
+      <c r="G153" t="s">
+        <v>17</v>
+      </c>
+      <c r="K153" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="154" spans="1:11">
+      <c r="A154" t="s">
+        <v>474</v>
+      </c>
+      <c r="B154" t="s">
+        <v>13</v>
+      </c>
+      <c r="C154" t="s">
+        <v>112</v>
+      </c>
+      <c r="D154" t="s">
+        <v>475</v>
+      </c>
+      <c r="E154">
+        <v>14</v>
+      </c>
+      <c r="F154" t="s">
+        <v>16</v>
+      </c>
+      <c r="G154" t="s">
+        <v>17</v>
+      </c>
+      <c r="K154" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="155" spans="1:11">
+      <c r="A155" t="s">
+        <v>477</v>
+      </c>
+      <c r="B155" t="s">
+        <v>13</v>
+      </c>
+      <c r="C155" t="s">
+        <v>478</v>
+      </c>
+      <c r="D155" t="s">
+        <v>479</v>
+      </c>
+      <c r="E155">
+        <v>17</v>
+      </c>
+      <c r="F155" t="s">
+        <v>16</v>
+      </c>
+      <c r="G155" t="s">
+        <v>17</v>
+      </c>
+      <c r="K155" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="156" spans="1:11">
+      <c r="A156" t="s">
+        <v>481</v>
+      </c>
+      <c r="B156" t="s">
+        <v>13</v>
+      </c>
+      <c r="C156" t="s">
+        <v>478</v>
+      </c>
+      <c r="D156" t="s">
+        <v>482</v>
+      </c>
+      <c r="E156">
+        <v>16</v>
+      </c>
+      <c r="F156" t="s">
+        <v>16</v>
+      </c>
+      <c r="G156" t="s">
+        <v>17</v>
+      </c>
+      <c r="K156" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="157" spans="1:11">
+      <c r="A157" t="s">
+        <v>484</v>
+      </c>
+      <c r="B157" t="s">
+        <v>13</v>
+      </c>
+      <c r="C157" t="s">
+        <v>478</v>
+      </c>
+      <c r="D157" t="s">
+        <v>485</v>
+      </c>
+      <c r="E157">
+        <v>16</v>
+      </c>
+      <c r="F157" t="s">
+        <v>16</v>
+      </c>
+      <c r="G157" t="s">
+        <v>17</v>
+      </c>
+      <c r="K157" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="158" spans="1:11">
+      <c r="A158" t="s">
+        <v>487</v>
+      </c>
+      <c r="B158" t="s">
+        <v>13</v>
+      </c>
+      <c r="C158" t="s">
+        <v>14</v>
+      </c>
+      <c r="D158" t="s">
+        <v>488</v>
+      </c>
+      <c r="E158">
+        <v>4</v>
+      </c>
+      <c r="F158" t="s">
+        <v>16</v>
+      </c>
+      <c r="G158" t="s">
+        <v>17</v>
+      </c>
+      <c r="K158" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="159" spans="1:11">
+      <c r="A159" t="s">
+        <v>490</v>
+      </c>
+      <c r="B159" t="s">
+        <v>13</v>
+      </c>
+      <c r="C159" t="s">
+        <v>14</v>
+      </c>
+      <c r="D159" t="s">
+        <v>491</v>
+      </c>
+      <c r="E159">
+        <v>4</v>
+      </c>
+      <c r="F159" t="s">
+        <v>16</v>
+      </c>
+      <c r="G159" t="s">
+        <v>17</v>
+      </c>
+      <c r="K159" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="160" spans="1:11">
+      <c r="A160" t="s">
+        <v>493</v>
+      </c>
+      <c r="B160" t="s">
+        <v>13</v>
+      </c>
+      <c r="C160" t="s">
+        <v>14</v>
+      </c>
+      <c r="D160" t="s">
+        <v>494</v>
+      </c>
+      <c r="E160">
+        <v>4</v>
+      </c>
+      <c r="F160" t="s">
+        <v>16</v>
+      </c>
+      <c r="G160" t="s">
+        <v>17</v>
+      </c>
+      <c r="K160" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="161" spans="1:11">
+      <c r="A161" t="s">
+        <v>496</v>
+      </c>
+      <c r="B161" t="s">
+        <v>13</v>
+      </c>
+      <c r="C161" t="s">
+        <v>14</v>
+      </c>
+      <c r="D161" t="s">
+        <v>497</v>
+      </c>
+      <c r="E161">
+        <v>4</v>
+      </c>
+      <c r="F161" t="s">
+        <v>16</v>
+      </c>
+      <c r="G161" t="s">
+        <v>17</v>
+      </c>
+      <c r="K161" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="162" spans="1:11">
+      <c r="A162" t="s">
+        <v>499</v>
+      </c>
+      <c r="B162" t="s">
+        <v>13</v>
+      </c>
+      <c r="C162" t="s">
+        <v>14</v>
+      </c>
+      <c r="D162" t="s">
+        <v>500</v>
+      </c>
+      <c r="E162">
+        <v>4</v>
+      </c>
+      <c r="F162" t="s">
+        <v>16</v>
+      </c>
+      <c r="G162" t="s">
+        <v>17</v>
+      </c>
+      <c r="K162" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="163" spans="1:11">
+      <c r="A163" t="s">
+        <v>502</v>
+      </c>
+      <c r="B163" t="s">
+        <v>13</v>
+      </c>
+      <c r="C163" t="s">
+        <v>14</v>
+      </c>
+      <c r="D163" t="s">
+        <v>503</v>
+      </c>
+      <c r="E163">
+        <v>4</v>
+      </c>
+      <c r="F163" t="s">
+        <v>16</v>
+      </c>
+      <c r="G163" t="s">
+        <v>17</v>
+      </c>
+      <c r="K163" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="164" spans="1:11">
+      <c r="A164" t="s">
+        <v>505</v>
+      </c>
+      <c r="B164" t="s">
+        <v>13</v>
+      </c>
+      <c r="C164" t="s">
+        <v>14</v>
+      </c>
+      <c r="D164" t="s">
+        <v>506</v>
+      </c>
+      <c r="E164">
+        <v>4</v>
+      </c>
+      <c r="F164" t="s">
+        <v>16</v>
+      </c>
+      <c r="G164" t="s">
+        <v>17</v>
+      </c>
+      <c r="K164" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="165" spans="1:11">
+      <c r="A165" t="s">
+        <v>508</v>
+      </c>
+      <c r="B165" t="s">
+        <v>13</v>
+      </c>
+      <c r="C165" t="s">
+        <v>14</v>
+      </c>
+      <c r="D165" t="s">
+        <v>509</v>
+      </c>
+      <c r="E165">
+        <v>4</v>
+      </c>
+      <c r="F165" t="s">
+        <v>16</v>
+      </c>
+      <c r="G165" t="s">
+        <v>17</v>
+      </c>
+      <c r="K165" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="166" spans="1:11">
+      <c r="A166" t="s">
+        <v>511</v>
+      </c>
+      <c r="B166" t="s">
+        <v>13</v>
+      </c>
+      <c r="C166" t="s">
+        <v>14</v>
+      </c>
+      <c r="D166" t="s">
+        <v>512</v>
+      </c>
+      <c r="E166">
+        <v>4</v>
+      </c>
+      <c r="F166" t="s">
+        <v>16</v>
+      </c>
+      <c r="G166" t="s">
+        <v>17</v>
+      </c>
+      <c r="K166" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="167" spans="1:11">
+      <c r="A167" t="s">
+        <v>514</v>
+      </c>
+      <c r="B167" t="s">
+        <v>13</v>
+      </c>
+      <c r="C167" t="s">
+        <v>14</v>
+      </c>
+      <c r="D167" t="s">
+        <v>515</v>
+      </c>
+      <c r="E167">
+        <v>4</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+      <c r="G167" t="s">
+        <v>17</v>
+      </c>
+      <c r="K167" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="168" spans="1:11">
+      <c r="A168" t="s">
+        <v>517</v>
+      </c>
+      <c r="B168" t="s">
+        <v>13</v>
+      </c>
+      <c r="C168" t="s">
+        <v>14</v>
+      </c>
+      <c r="D168" t="s">
+        <v>518</v>
+      </c>
+      <c r="E168">
+        <v>4</v>
+      </c>
+      <c r="F168" t="s">
+        <v>16</v>
+      </c>
+      <c r="G168" t="s">
+        <v>17</v>
+      </c>
+      <c r="K168" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="169" spans="1:11">
+      <c r="A169" t="s">
+        <v>520</v>
+      </c>
+      <c r="B169" t="s">
+        <v>13</v>
+      </c>
+      <c r="C169" t="s">
+        <v>14</v>
+      </c>
+      <c r="D169" t="s">
+        <v>521</v>
+      </c>
+      <c r="E169">
+        <v>4</v>
+      </c>
+      <c r="F169" t="s">
+        <v>16</v>
+      </c>
+      <c r="G169" t="s">
+        <v>17</v>
+      </c>
+      <c r="K169" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="170" spans="1:11">
+      <c r="A170" t="s">
+        <v>523</v>
+      </c>
+      <c r="B170" t="s">
+        <v>13</v>
+      </c>
+      <c r="C170" t="s">
+        <v>14</v>
+      </c>
+      <c r="D170" t="s">
+        <v>524</v>
+      </c>
+      <c r="E170">
+        <v>4</v>
+      </c>
+      <c r="F170" t="s">
+        <v>16</v>
+      </c>
+      <c r="G170" t="s">
+        <v>17</v>
+      </c>
+      <c r="K170" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="171" spans="1:11">
+      <c r="A171" t="s">
+        <v>526</v>
+      </c>
+      <c r="B171" t="s">
+        <v>13</v>
+      </c>
+      <c r="C171" t="s">
+        <v>14</v>
+      </c>
+      <c r="D171" t="s">
+        <v>527</v>
+      </c>
+      <c r="E171">
+        <v>4</v>
+      </c>
+      <c r="F171" t="s">
+        <v>16</v>
+      </c>
+      <c r="G171" t="s">
+        <v>17</v>
+      </c>
+      <c r="K171" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="172" spans="1:11">
+      <c r="A172" t="s">
+        <v>529</v>
+      </c>
+      <c r="B172" t="s">
+        <v>13</v>
+      </c>
+      <c r="C172" t="s">
+        <v>14</v>
+      </c>
+      <c r="D172" t="s">
+        <v>530</v>
+      </c>
+      <c r="E172">
+        <v>4</v>
+      </c>
+      <c r="F172" t="s">
+        <v>16</v>
+      </c>
+      <c r="G172" t="s">
+        <v>17</v>
+      </c>
+      <c r="K172" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="173" spans="1:11">
+      <c r="A173" t="s">
+        <v>532</v>
+      </c>
+      <c r="B173" t="s">
+        <v>13</v>
+      </c>
+      <c r="C173" t="s">
+        <v>14</v>
+      </c>
+      <c r="D173" t="s">
+        <v>533</v>
+      </c>
+      <c r="E173">
+        <v>4</v>
+      </c>
+      <c r="F173" t="s">
+        <v>16</v>
+      </c>
+      <c r="G173" t="s">
+        <v>17</v>
+      </c>
+      <c r="K173" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="174" spans="1:11">
+      <c r="A174" t="s">
+        <v>535</v>
+      </c>
+      <c r="B174" t="s">
+        <v>13</v>
+      </c>
+      <c r="C174" t="s">
+        <v>14</v>
+      </c>
+      <c r="D174" t="s">
+        <v>536</v>
+      </c>
+      <c r="E174">
+        <v>4</v>
+      </c>
+      <c r="F174" t="s">
+        <v>16</v>
+      </c>
+      <c r="G174" t="s">
+        <v>17</v>
+      </c>
+      <c r="K174" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="175" spans="1:11">
+      <c r="A175" t="s">
+        <v>538</v>
+      </c>
+      <c r="B175" t="s">
+        <v>13</v>
+      </c>
+      <c r="C175" t="s">
+        <v>14</v>
+      </c>
+      <c r="D175" t="s">
+        <v>539</v>
+      </c>
+      <c r="E175">
+        <v>4</v>
+      </c>
+      <c r="F175" t="s">
+        <v>16</v>
+      </c>
+      <c r="G175" t="s">
+        <v>17</v>
+      </c>
+      <c r="K175" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="176" spans="1:11">
+      <c r="A176" t="s">
+        <v>541</v>
+      </c>
+      <c r="B176" t="s">
+        <v>13</v>
+      </c>
+      <c r="C176" t="s">
+        <v>14</v>
+      </c>
+      <c r="D176" t="s">
+        <v>542</v>
+      </c>
+      <c r="E176">
+        <v>4</v>
+      </c>
+      <c r="F176" t="s">
+        <v>16</v>
+      </c>
+      <c r="G176" t="s">
+        <v>17</v>
+      </c>
+      <c r="K176" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="177" spans="1:11">
+      <c r="A177" t="s">
+        <v>544</v>
+      </c>
+      <c r="B177" t="s">
+        <v>13</v>
+      </c>
+      <c r="C177" t="s">
+        <v>14</v>
+      </c>
+      <c r="D177" t="s">
+        <v>545</v>
+      </c>
+      <c r="E177">
+        <v>4</v>
+      </c>
+      <c r="F177" t="s">
+        <v>16</v>
+      </c>
+      <c r="G177" t="s">
+        <v>17</v>
+      </c>
+      <c r="K177" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="178" spans="1:11">
+      <c r="A178" t="s">
+        <v>547</v>
+      </c>
+      <c r="B178" t="s">
+        <v>13</v>
+      </c>
+      <c r="C178" t="s">
+        <v>14</v>
+      </c>
+      <c r="D178" t="s">
+        <v>548</v>
+      </c>
+      <c r="E178">
+        <v>4</v>
+      </c>
+      <c r="F178" t="s">
+        <v>16</v>
+      </c>
+      <c r="G178" t="s">
+        <v>17</v>
+      </c>
+      <c r="K178" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="179" spans="1:11">
+      <c r="A179" t="s">
+        <v>550</v>
+      </c>
+      <c r="B179" t="s">
+        <v>13</v>
+      </c>
+      <c r="C179" t="s">
+        <v>14</v>
+      </c>
+      <c r="D179" t="s">
+        <v>551</v>
+      </c>
+      <c r="E179">
+        <v>4</v>
+      </c>
+      <c r="F179" t="s">
+        <v>16</v>
+      </c>
+      <c r="G179" t="s">
+        <v>17</v>
+      </c>
+      <c r="K179" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="180" spans="1:11">
+      <c r="A180" t="s">
+        <v>553</v>
+      </c>
+      <c r="B180" t="s">
+        <v>13</v>
+      </c>
+      <c r="C180" t="s">
+        <v>14</v>
+      </c>
+      <c r="D180" t="s">
+        <v>554</v>
+      </c>
+      <c r="E180">
+        <v>4</v>
+      </c>
+      <c r="F180" t="s">
+        <v>16</v>
+      </c>
+      <c r="G180" t="s">
+        <v>17</v>
+      </c>
+      <c r="K180" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="181" spans="1:11">
+      <c r="A181" t="s">
+        <v>556</v>
+      </c>
+      <c r="B181" t="s">
+        <v>13</v>
+      </c>
+      <c r="C181" t="s">
+        <v>14</v>
+      </c>
+      <c r="D181" t="s">
+        <v>557</v>
+      </c>
+      <c r="E181">
+        <v>4</v>
+      </c>
+      <c r="F181" t="s">
+        <v>16</v>
+      </c>
+      <c r="G181" t="s">
+        <v>17</v>
+      </c>
+      <c r="K181" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="182" spans="1:11">
+      <c r="A182" t="s">
+        <v>559</v>
+      </c>
+      <c r="B182" t="s">
+        <v>13</v>
+      </c>
+      <c r="C182" t="s">
+        <v>14</v>
+      </c>
+      <c r="D182" t="s">
+        <v>560</v>
+      </c>
+      <c r="E182">
+        <v>4</v>
+      </c>
+      <c r="F182" t="s">
+        <v>16</v>
+      </c>
+      <c r="G182" t="s">
+        <v>17</v>
+      </c>
+      <c r="K182" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="183" spans="1:11">
+      <c r="A183" t="s">
+        <v>562</v>
+      </c>
+      <c r="B183" t="s">
+        <v>13</v>
+      </c>
+      <c r="C183" t="s">
+        <v>14</v>
+      </c>
+      <c r="D183" t="s">
+        <v>563</v>
+      </c>
+      <c r="E183">
+        <v>4</v>
+      </c>
+      <c r="F183" t="s">
+        <v>16</v>
+      </c>
+      <c r="G183" t="s">
+        <v>17</v>
+      </c>
+      <c r="K183" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="184" spans="1:11">
+      <c r="A184" t="s">
+        <v>565</v>
+      </c>
+      <c r="B184" t="s">
+        <v>13</v>
+      </c>
+      <c r="C184" t="s">
+        <v>14</v>
+      </c>
+      <c r="D184" t="s">
+        <v>566</v>
+      </c>
+      <c r="E184">
+        <v>4</v>
+      </c>
+      <c r="F184" t="s">
+        <v>16</v>
+      </c>
+      <c r="G184" t="s">
+        <v>17</v>
+      </c>
+      <c r="K184" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="185" spans="1:11">
+      <c r="A185" t="s">
+        <v>568</v>
+      </c>
+      <c r="B185" t="s">
+        <v>13</v>
+      </c>
+      <c r="C185" t="s">
+        <v>14</v>
+      </c>
+      <c r="D185" t="s">
+        <v>569</v>
+      </c>
+      <c r="E185">
+        <v>4</v>
+      </c>
+      <c r="F185" t="s">
+        <v>16</v>
+      </c>
+      <c r="G185" t="s">
+        <v>17</v>
+      </c>
+      <c r="K185" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="186" spans="1:11">
+      <c r="A186" t="s">
+        <v>571</v>
+      </c>
+      <c r="B186" t="s">
+        <v>13</v>
+      </c>
+      <c r="C186" t="s">
+        <v>14</v>
+      </c>
+      <c r="D186" t="s">
+        <v>572</v>
+      </c>
+      <c r="E186">
+        <v>4</v>
+      </c>
+      <c r="F186" t="s">
+        <v>16</v>
+      </c>
+      <c r="G186" t="s">
+        <v>17</v>
+      </c>
+      <c r="K186" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="187" spans="1:11">
+      <c r="A187" t="s">
+        <v>574</v>
+      </c>
+      <c r="B187" t="s">
+        <v>13</v>
+      </c>
+      <c r="C187" t="s">
+        <v>14</v>
+      </c>
+      <c r="D187" t="s">
+        <v>575</v>
+      </c>
+      <c r="E187">
+        <v>4</v>
+      </c>
+      <c r="F187" t="s">
+        <v>16</v>
+      </c>
+      <c r="G187" t="s">
+        <v>17</v>
+      </c>
+      <c r="K187" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="188" spans="1:11">
+      <c r="A188" t="s">
+        <v>577</v>
+      </c>
+      <c r="B188" t="s">
+        <v>13</v>
+      </c>
+      <c r="C188" t="s">
+        <v>14</v>
+      </c>
+      <c r="D188" t="s">
+        <v>578</v>
+      </c>
+      <c r="E188">
+        <v>4</v>
+      </c>
+      <c r="F188" t="s">
+        <v>16</v>
+      </c>
+      <c r="G188" t="s">
+        <v>17</v>
+      </c>
+      <c r="K188" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="189" spans="1:11">
+      <c r="A189" t="s">
+        <v>580</v>
+      </c>
+      <c r="B189" t="s">
+        <v>13</v>
+      </c>
+      <c r="C189" t="s">
+        <v>14</v>
+      </c>
+      <c r="D189" t="s">
+        <v>581</v>
+      </c>
+      <c r="E189">
+        <v>4</v>
+      </c>
+      <c r="F189" t="s">
+        <v>16</v>
+      </c>
+      <c r="G189" t="s">
+        <v>17</v>
+      </c>
+      <c r="K189" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="190" spans="1:11">
+      <c r="A190" t="s">
+        <v>583</v>
+      </c>
+      <c r="B190" t="s">
+        <v>13</v>
+      </c>
+      <c r="C190" t="s">
+        <v>14</v>
+      </c>
+      <c r="D190" t="s">
+        <v>584</v>
+      </c>
+      <c r="E190">
+        <v>4</v>
+      </c>
+      <c r="F190" t="s">
+        <v>16</v>
+      </c>
+      <c r="G190" t="s">
+        <v>17</v>
+      </c>
+      <c r="K190" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="191" spans="1:11">
+      <c r="A191" t="s">
+        <v>586</v>
+      </c>
+      <c r="B191" t="s">
+        <v>13</v>
+      </c>
+      <c r="C191" t="s">
+        <v>14</v>
+      </c>
+      <c r="D191" t="s">
+        <v>587</v>
+      </c>
+      <c r="E191">
+        <v>4</v>
+      </c>
+      <c r="F191" t="s">
+        <v>16</v>
+      </c>
+      <c r="G191" t="s">
+        <v>17</v>
+      </c>
+      <c r="K191" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="192" spans="1:11">
+      <c r="A192" t="s">
+        <v>589</v>
+      </c>
+      <c r="B192" t="s">
+        <v>13</v>
+      </c>
+      <c r="C192" t="s">
+        <v>14</v>
+      </c>
+      <c r="D192" t="s">
+        <v>590</v>
+      </c>
+      <c r="E192">
+        <v>4</v>
+      </c>
+      <c r="F192" t="s">
+        <v>16</v>
+      </c>
+      <c r="G192" t="s">
+        <v>17</v>
+      </c>
+      <c r="K192" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="193" spans="1:11">
+      <c r="A193" t="s">
+        <v>592</v>
+      </c>
+      <c r="B193" t="s">
+        <v>13</v>
+      </c>
+      <c r="C193" t="s">
+        <v>14</v>
+      </c>
+      <c r="D193" t="s">
+        <v>593</v>
+      </c>
+      <c r="E193">
+        <v>4</v>
+      </c>
+      <c r="F193" t="s">
+        <v>16</v>
+      </c>
+      <c r="G193" t="s">
+        <v>17</v>
+      </c>
+      <c r="K193" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="194" spans="1:11">
+      <c r="A194" t="s">
+        <v>595</v>
+      </c>
+      <c r="B194" t="s">
+        <v>13</v>
+      </c>
+      <c r="C194" t="s">
+        <v>14</v>
+      </c>
+      <c r="D194" t="s">
+        <v>596</v>
+      </c>
+      <c r="E194">
+        <v>4</v>
+      </c>
+      <c r="F194" t="s">
+        <v>16</v>
+      </c>
+      <c r="G194" t="s">
+        <v>17</v>
+      </c>
+      <c r="K194" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="195" spans="1:11">
+      <c r="A195" t="s">
+        <v>598</v>
+      </c>
+      <c r="B195" t="s">
+        <v>13</v>
+      </c>
+      <c r="C195" t="s">
+        <v>14</v>
+      </c>
+      <c r="D195" t="s">
+        <v>599</v>
+      </c>
+      <c r="E195">
+        <v>4</v>
+      </c>
+      <c r="F195" t="s">
+        <v>16</v>
+      </c>
+      <c r="G195" t="s">
+        <v>17</v>
+      </c>
+      <c r="K195" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="196" spans="1:11">
+      <c r="A196" t="s">
+        <v>601</v>
+      </c>
+      <c r="B196" t="s">
+        <v>13</v>
+      </c>
+      <c r="C196" t="s">
+        <v>14</v>
+      </c>
+      <c r="D196" t="s">
+        <v>602</v>
+      </c>
+      <c r="E196">
+        <v>4</v>
+      </c>
+      <c r="F196" t="s">
+        <v>16</v>
+      </c>
+      <c r="G196" t="s">
+        <v>17</v>
+      </c>
+      <c r="K196" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="197" spans="1:11">
+      <c r="A197" t="s">
+        <v>604</v>
+      </c>
+      <c r="B197" t="s">
+        <v>13</v>
+      </c>
+      <c r="C197" t="s">
+        <v>14</v>
+      </c>
+      <c r="D197" t="s">
+        <v>605</v>
+      </c>
+      <c r="E197">
+        <v>4</v>
+      </c>
+      <c r="F197" t="s">
+        <v>16</v>
+      </c>
+      <c r="G197" t="s">
+        <v>17</v>
+      </c>
+      <c r="K197" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="198" spans="1:11">
+      <c r="A198" t="s">
+        <v>607</v>
+      </c>
+      <c r="B198" t="s">
+        <v>13</v>
+      </c>
+      <c r="C198" t="s">
+        <v>14</v>
+      </c>
+      <c r="D198" t="s">
+        <v>608</v>
+      </c>
+      <c r="E198">
+        <v>4</v>
+      </c>
+      <c r="F198" t="s">
+        <v>16</v>
+      </c>
+      <c r="G198" t="s">
+        <v>17</v>
+      </c>
+      <c r="K198" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="199" spans="1:11">
+      <c r="A199" t="s">
+        <v>610</v>
+      </c>
+      <c r="B199" t="s">
+        <v>13</v>
+      </c>
+      <c r="C199" t="s">
+        <v>14</v>
+      </c>
+      <c r="D199" t="s">
+        <v>611</v>
+      </c>
+      <c r="E199">
+        <v>4</v>
+      </c>
+      <c r="F199" t="s">
+        <v>16</v>
+      </c>
+      <c r="G199" t="s">
+        <v>17</v>
+      </c>
+      <c r="K199" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="200" spans="1:11">
+      <c r="A200" t="s">
+        <v>613</v>
+      </c>
+      <c r="B200" t="s">
+        <v>13</v>
+      </c>
+      <c r="C200" t="s">
+        <v>14</v>
+      </c>
+      <c r="D200" t="s">
+        <v>614</v>
+      </c>
+      <c r="E200">
+        <v>4</v>
+      </c>
+      <c r="F200" t="s">
+        <v>16</v>
+      </c>
+      <c r="G200" t="s">
+        <v>17</v>
+      </c>
+      <c r="K200" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="201" spans="1:11">
+      <c r="A201" t="s">
+        <v>616</v>
+      </c>
+      <c r="B201" t="s">
+        <v>13</v>
+      </c>
+      <c r="C201" t="s">
+        <v>14</v>
+      </c>
+      <c r="D201" t="s">
+        <v>617</v>
+      </c>
+      <c r="E201">
+        <v>4</v>
+      </c>
+      <c r="F201" t="s">
+        <v>16</v>
+      </c>
+      <c r="G201" t="s">
+        <v>17</v>
+      </c>
+      <c r="K201" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="202" spans="1:11">
+      <c r="A202" t="s">
+        <v>619</v>
+      </c>
+      <c r="B202" t="s">
+        <v>13</v>
+      </c>
+      <c r="C202" t="s">
+        <v>14</v>
+      </c>
+      <c r="D202" t="s">
+        <v>620</v>
+      </c>
+      <c r="E202">
+        <v>4</v>
+      </c>
+      <c r="F202" t="s">
+        <v>16</v>
+      </c>
+      <c r="G202" t="s">
+        <v>17</v>
+      </c>
+      <c r="K202" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="203" spans="1:11">
+      <c r="A203" t="s">
+        <v>622</v>
+      </c>
+      <c r="B203" t="s">
+        <v>13</v>
+      </c>
+      <c r="C203" t="s">
+        <v>14</v>
+      </c>
+      <c r="D203" t="s">
+        <v>623</v>
+      </c>
+      <c r="E203">
+        <v>4</v>
+      </c>
+      <c r="F203" t="s">
+        <v>16</v>
+      </c>
+      <c r="G203" t="s">
+        <v>17</v>
+      </c>
+      <c r="K203" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="204" spans="1:11">
+      <c r="A204" t="s">
+        <v>625</v>
+      </c>
+      <c r="B204" t="s">
+        <v>13</v>
+      </c>
+      <c r="C204" t="s">
+        <v>14</v>
+      </c>
+      <c r="D204" t="s">
+        <v>626</v>
+      </c>
+      <c r="E204">
+        <v>4</v>
+      </c>
+      <c r="F204" t="s">
+        <v>16</v>
+      </c>
+      <c r="G204" t="s">
+        <v>17</v>
+      </c>
+      <c r="K204" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="205" spans="1:11">
+      <c r="A205" t="s">
+        <v>628</v>
+      </c>
+      <c r="B205" t="s">
+        <v>13</v>
+      </c>
+      <c r="C205" t="s">
+        <v>14</v>
+      </c>
+      <c r="D205" t="s">
+        <v>629</v>
+      </c>
+      <c r="E205">
+        <v>4</v>
+      </c>
+      <c r="F205" t="s">
+        <v>16</v>
+      </c>
+      <c r="G205" t="s">
+        <v>17</v>
+      </c>
+      <c r="K205" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="206" spans="1:11">
+      <c r="A206" t="s">
+        <v>631</v>
+      </c>
+      <c r="B206" t="s">
+        <v>13</v>
+      </c>
+      <c r="C206" t="s">
+        <v>14</v>
+      </c>
+      <c r="D206" t="s">
+        <v>632</v>
+      </c>
+      <c r="E206">
+        <v>4</v>
+      </c>
+      <c r="F206" t="s">
+        <v>16</v>
+      </c>
+      <c r="G206" t="s">
+        <v>17</v>
+      </c>
+      <c r="K206" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="207" spans="1:11">
+      <c r="A207" t="s">
+        <v>634</v>
+      </c>
+      <c r="B207" t="s">
+        <v>13</v>
+      </c>
+      <c r="C207" t="s">
+        <v>14</v>
+      </c>
+      <c r="D207" t="s">
+        <v>635</v>
+      </c>
+      <c r="E207">
+        <v>4</v>
+      </c>
+      <c r="F207" t="s">
+        <v>16</v>
+      </c>
+      <c r="G207" t="s">
+        <v>17</v>
+      </c>
+      <c r="K207" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="208" spans="1:11">
+      <c r="A208" t="s">
+        <v>637</v>
+      </c>
+      <c r="B208" t="s">
+        <v>13</v>
+      </c>
+      <c r="C208" t="s">
+        <v>14</v>
+      </c>
+      <c r="D208" t="s">
+        <v>638</v>
+      </c>
+      <c r="E208">
+        <v>4</v>
+      </c>
+      <c r="F208" t="s">
+        <v>16</v>
+      </c>
+      <c r="G208" t="s">
+        <v>17</v>
+      </c>
+      <c r="K208" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="209" spans="1:11">
+      <c r="A209" t="s">
+        <v>640</v>
+      </c>
+      <c r="B209" t="s">
+        <v>13</v>
+      </c>
+      <c r="C209" t="s">
+        <v>14</v>
+      </c>
+      <c r="D209" t="s">
+        <v>641</v>
+      </c>
+      <c r="E209">
+        <v>4</v>
+      </c>
+      <c r="F209" t="s">
+        <v>16</v>
+      </c>
+      <c r="G209" t="s">
+        <v>17</v>
+      </c>
+      <c r="K209" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="210" spans="1:11">
+      <c r="A210" t="s">
+        <v>643</v>
+      </c>
+      <c r="B210" t="s">
+        <v>13</v>
+      </c>
+      <c r="C210" t="s">
+        <v>14</v>
+      </c>
+      <c r="D210" t="s">
+        <v>644</v>
+      </c>
+      <c r="E210">
+        <v>4</v>
+      </c>
+      <c r="F210" t="s">
+        <v>16</v>
+      </c>
+      <c r="G210" t="s">
+        <v>17</v>
+      </c>
+      <c r="K210" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="211" spans="1:11">
+      <c r="A211" t="s">
+        <v>646</v>
+      </c>
+      <c r="B211" t="s">
+        <v>13</v>
+      </c>
+      <c r="C211" t="s">
+        <v>14</v>
+      </c>
+      <c r="D211" t="s">
+        <v>647</v>
+      </c>
+      <c r="E211">
+        <v>4</v>
+      </c>
+      <c r="F211" t="s">
+        <v>16</v>
+      </c>
+      <c r="G211" t="s">
+        <v>17</v>
+      </c>
+      <c r="K211" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="212" spans="1:11">
+      <c r="A212" t="s">
+        <v>649</v>
+      </c>
+      <c r="B212" t="s">
+        <v>13</v>
+      </c>
+      <c r="C212" t="s">
+        <v>14</v>
+      </c>
+      <c r="D212" t="s">
+        <v>650</v>
+      </c>
+      <c r="E212">
+        <v>4</v>
+      </c>
+      <c r="F212" t="s">
+        <v>16</v>
+      </c>
+      <c r="G212" t="s">
+        <v>17</v>
+      </c>
+      <c r="K212" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="213" spans="1:11">
+      <c r="A213" t="s">
+        <v>652</v>
+      </c>
+      <c r="B213" t="s">
+        <v>13</v>
+      </c>
+      <c r="C213" t="s">
+        <v>14</v>
+      </c>
+      <c r="D213" t="s">
+        <v>653</v>
+      </c>
+      <c r="E213">
+        <v>4</v>
+      </c>
+      <c r="F213" t="s">
+        <v>16</v>
+      </c>
+      <c r="G213" t="s">
+        <v>17</v>
+      </c>
+      <c r="K213" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="214" spans="1:11">
+      <c r="A214" t="s">
+        <v>655</v>
+      </c>
+      <c r="B214" t="s">
+        <v>13</v>
+      </c>
+      <c r="C214" t="s">
+        <v>14</v>
+      </c>
+      <c r="D214" t="s">
+        <v>656</v>
+      </c>
+      <c r="E214">
+        <v>4</v>
+      </c>
+      <c r="F214" t="s">
+        <v>16</v>
+      </c>
+      <c r="G214" t="s">
+        <v>17</v>
+      </c>
+      <c r="K214" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="215" spans="1:11">
+      <c r="A215" t="s">
+        <v>658</v>
+      </c>
+      <c r="B215" t="s">
+        <v>13</v>
+      </c>
+      <c r="C215" t="s">
+        <v>14</v>
+      </c>
+      <c r="D215" t="s">
+        <v>659</v>
+      </c>
+      <c r="E215">
+        <v>4</v>
+      </c>
+      <c r="F215" t="s">
+        <v>16</v>
+      </c>
+      <c r="G215" t="s">
+        <v>17</v>
+      </c>
+      <c r="K215" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="216" spans="1:11">
+      <c r="A216" t="s">
+        <v>661</v>
+      </c>
+      <c r="B216" t="s">
+        <v>13</v>
+      </c>
+      <c r="C216" t="s">
+        <v>14</v>
+      </c>
+      <c r="D216" t="s">
+        <v>662</v>
+      </c>
+      <c r="E216">
+        <v>4</v>
+      </c>
+      <c r="F216" t="s">
+        <v>16</v>
+      </c>
+      <c r="G216" t="s">
+        <v>17</v>
+      </c>
+      <c r="K216" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="217" spans="1:11">
+      <c r="A217" t="s">
+        <v>664</v>
+      </c>
+      <c r="B217" t="s">
+        <v>13</v>
+      </c>
+      <c r="C217" t="s">
+        <v>14</v>
+      </c>
+      <c r="D217" t="s">
+        <v>665</v>
+      </c>
+      <c r="E217">
+        <v>4</v>
+      </c>
+      <c r="F217" t="s">
+        <v>16</v>
+      </c>
+      <c r="G217" t="s">
+        <v>17</v>
+      </c>
+      <c r="K217" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="218" spans="1:11">
+      <c r="A218" t="s">
+        <v>667</v>
+      </c>
+      <c r="B218" t="s">
+        <v>13</v>
+      </c>
+      <c r="C218" t="s">
+        <v>14</v>
+      </c>
+      <c r="D218" t="s">
+        <v>668</v>
+      </c>
+      <c r="E218">
+        <v>4</v>
+      </c>
+      <c r="F218" t="s">
+        <v>16</v>
+      </c>
+      <c r="G218" t="s">
+        <v>17</v>
+      </c>
+      <c r="K218" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="219" spans="1:11">
+      <c r="A219" t="s">
+        <v>670</v>
+      </c>
+      <c r="B219" t="s">
+        <v>13</v>
+      </c>
+      <c r="C219" t="s">
+        <v>14</v>
+      </c>
+      <c r="D219" t="s">
+        <v>671</v>
+      </c>
+      <c r="E219">
+        <v>4</v>
+      </c>
+      <c r="F219" t="s">
+        <v>16</v>
+      </c>
+      <c r="G219" t="s">
+        <v>17</v>
+      </c>
+      <c r="K219" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="220" spans="1:11">
+      <c r="A220" t="s">
+        <v>673</v>
+      </c>
+      <c r="B220" t="s">
+        <v>13</v>
+      </c>
+      <c r="C220" t="s">
+        <v>14</v>
+      </c>
+      <c r="D220" t="s">
+        <v>674</v>
+      </c>
+      <c r="E220">
+        <v>4</v>
+      </c>
+      <c r="F220" t="s">
+        <v>16</v>
+      </c>
+      <c r="G220" t="s">
+        <v>17</v>
+      </c>
+      <c r="K220" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="221" spans="1:11">
+      <c r="A221" t="s">
+        <v>676</v>
+      </c>
+      <c r="B221" t="s">
+        <v>13</v>
+      </c>
+      <c r="C221" t="s">
+        <v>14</v>
+      </c>
+      <c r="D221" t="s">
+        <v>677</v>
+      </c>
+      <c r="E221">
+        <v>4</v>
+      </c>
+      <c r="F221" t="s">
+        <v>16</v>
+      </c>
+      <c r="G221" t="s">
+        <v>17</v>
+      </c>
+      <c r="K221" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="222" spans="1:11">
+      <c r="A222" t="s">
+        <v>679</v>
+      </c>
+      <c r="B222" t="s">
+        <v>13</v>
+      </c>
+      <c r="C222" t="s">
+        <v>14</v>
+      </c>
+      <c r="D222" t="s">
+        <v>680</v>
+      </c>
+      <c r="E222">
+        <v>4</v>
+      </c>
+      <c r="F222" t="s">
+        <v>16</v>
+      </c>
+      <c r="G222" t="s">
+        <v>17</v>
+      </c>
+      <c r="K222" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="223" spans="1:11">
+      <c r="A223" t="s">
+        <v>682</v>
+      </c>
+      <c r="B223" t="s">
+        <v>13</v>
+      </c>
+      <c r="C223" t="s">
+        <v>14</v>
+      </c>
+      <c r="D223" t="s">
+        <v>683</v>
+      </c>
+      <c r="E223">
+        <v>4</v>
+      </c>
+      <c r="F223" t="s">
+        <v>16</v>
+      </c>
+      <c r="G223" t="s">
+        <v>17</v>
+      </c>
+      <c r="K223" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="224" spans="1:11">
+      <c r="A224" t="s">
+        <v>685</v>
+      </c>
+      <c r="B224" t="s">
+        <v>13</v>
+      </c>
+      <c r="C224" t="s">
+        <v>14</v>
+      </c>
+      <c r="D224" t="s">
+        <v>686</v>
+      </c>
+      <c r="E224">
+        <v>4</v>
+      </c>
+      <c r="F224" t="s">
+        <v>16</v>
+      </c>
+      <c r="G224" t="s">
+        <v>17</v>
+      </c>
+      <c r="K224" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="225" spans="1:11">
+      <c r="A225" t="s">
+        <v>688</v>
+      </c>
+      <c r="B225" t="s">
+        <v>13</v>
+      </c>
+      <c r="C225" t="s">
+        <v>14</v>
+      </c>
+      <c r="D225" t="s">
+        <v>689</v>
+      </c>
+      <c r="E225">
+        <v>4</v>
+      </c>
+      <c r="F225" t="s">
+        <v>16</v>
+      </c>
+      <c r="G225" t="s">
+        <v>17</v>
+      </c>
+      <c r="K225" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="226" spans="1:11">
+      <c r="A226" t="s">
+        <v>691</v>
+      </c>
+      <c r="B226" t="s">
+        <v>13</v>
+      </c>
+      <c r="C226" t="s">
+        <v>14</v>
+      </c>
+      <c r="D226" t="s">
+        <v>692</v>
+      </c>
+      <c r="E226">
+        <v>4</v>
+      </c>
+      <c r="F226" t="s">
+        <v>16</v>
+      </c>
+      <c r="G226" t="s">
+        <v>17</v>
+      </c>
+      <c r="K226" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="227" spans="1:11">
+      <c r="A227" t="s">
+        <v>694</v>
+      </c>
+      <c r="B227" t="s">
+        <v>13</v>
+      </c>
+      <c r="C227" t="s">
+        <v>14</v>
+      </c>
+      <c r="D227" t="s">
+        <v>695</v>
+      </c>
+      <c r="E227">
+        <v>4</v>
+      </c>
+      <c r="F227" t="s">
+        <v>16</v>
+      </c>
+      <c r="G227" t="s">
+        <v>17</v>
+      </c>
+      <c r="K227" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="228" spans="1:11">
+      <c r="A228" t="s">
+        <v>697</v>
+      </c>
+      <c r="B228" t="s">
+        <v>13</v>
+      </c>
+      <c r="C228" t="s">
+        <v>14</v>
+      </c>
+      <c r="D228" t="s">
+        <v>698</v>
+      </c>
+      <c r="E228">
+        <v>4</v>
+      </c>
+      <c r="F228" t="s">
+        <v>16</v>
+      </c>
+      <c r="G228" t="s">
+        <v>17</v>
+      </c>
+      <c r="K228" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="229" spans="1:11">
+      <c r="A229" t="s">
+        <v>700</v>
+      </c>
+      <c r="B229" t="s">
+        <v>13</v>
+      </c>
+      <c r="C229" t="s">
+        <v>14</v>
+      </c>
+      <c r="D229" t="s">
+        <v>701</v>
+      </c>
+      <c r="E229">
+        <v>4</v>
+      </c>
+      <c r="F229" t="s">
+        <v>16</v>
+      </c>
+      <c r="G229" t="s">
+        <v>17</v>
+      </c>
+      <c r="K229" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="230" spans="1:11">
+      <c r="A230" t="s">
+        <v>703</v>
+      </c>
+      <c r="B230" t="s">
+        <v>13</v>
+      </c>
+      <c r="C230" t="s">
+        <v>14</v>
+      </c>
+      <c r="D230" t="s">
+        <v>704</v>
+      </c>
+      <c r="E230">
+        <v>4</v>
+      </c>
+      <c r="F230" t="s">
+        <v>16</v>
+      </c>
+      <c r="G230" t="s">
+        <v>17</v>
+      </c>
+      <c r="K230" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="231" spans="1:11">
+      <c r="A231" t="s">
+        <v>706</v>
+      </c>
+      <c r="B231" t="s">
+        <v>13</v>
+      </c>
+      <c r="C231" t="s">
+        <v>14</v>
+      </c>
+      <c r="D231" t="s">
+        <v>707</v>
+      </c>
+      <c r="E231">
+        <v>4</v>
+      </c>
+      <c r="F231" t="s">
+        <v>16</v>
+      </c>
+      <c r="G231" t="s">
+        <v>17</v>
+      </c>
+      <c r="K231" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="232" spans="1:11">
+      <c r="A232" t="s">
+        <v>709</v>
+      </c>
+      <c r="B232" t="s">
+        <v>13</v>
+      </c>
+      <c r="C232" t="s">
+        <v>14</v>
+      </c>
+      <c r="D232" t="s">
+        <v>710</v>
+      </c>
+      <c r="E232">
+        <v>4</v>
+      </c>
+      <c r="F232" t="s">
+        <v>16</v>
+      </c>
+      <c r="G232" t="s">
+        <v>17</v>
+      </c>
+      <c r="K232" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="233" spans="1:11">
+      <c r="A233" t="s">
+        <v>712</v>
+      </c>
+      <c r="B233" t="s">
+        <v>13</v>
+      </c>
+      <c r="C233" t="s">
+        <v>14</v>
+      </c>
+      <c r="D233" t="s">
+        <v>713</v>
+      </c>
+      <c r="E233">
+        <v>4</v>
+      </c>
+      <c r="F233" t="s">
+        <v>16</v>
+      </c>
+      <c r="G233" t="s">
+        <v>17</v>
+      </c>
+      <c r="K233" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="234" spans="1:11">
+      <c r="A234" t="s">
+        <v>715</v>
+      </c>
+      <c r="B234" t="s">
+        <v>13</v>
+      </c>
+      <c r="C234" t="s">
+        <v>14</v>
+      </c>
+      <c r="D234" t="s">
+        <v>716</v>
+      </c>
+      <c r="E234">
+        <v>4</v>
+      </c>
+      <c r="F234" t="s">
+        <v>16</v>
+      </c>
+      <c r="G234" t="s">
+        <v>17</v>
+      </c>
+      <c r="K234" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="235" spans="1:11">
+      <c r="A235" t="s">
+        <v>718</v>
+      </c>
+      <c r="B235" t="s">
+        <v>13</v>
+      </c>
+      <c r="C235" t="s">
+        <v>14</v>
+      </c>
+      <c r="D235" t="s">
+        <v>719</v>
+      </c>
+      <c r="E235">
+        <v>4</v>
+      </c>
+      <c r="F235" t="s">
+        <v>16</v>
+      </c>
+      <c r="G235" t="s">
+        <v>17</v>
+      </c>
+      <c r="K235" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="236" spans="1:11">
+      <c r="A236" t="s">
+        <v>721</v>
+      </c>
+      <c r="B236" t="s">
+        <v>13</v>
+      </c>
+      <c r="C236" t="s">
+        <v>14</v>
+      </c>
+      <c r="D236" t="s">
+        <v>722</v>
+      </c>
+      <c r="E236">
+        <v>4</v>
+      </c>
+      <c r="F236" t="s">
+        <v>16</v>
+      </c>
+      <c r="G236" t="s">
+        <v>17</v>
+      </c>
+      <c r="K236" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="237" spans="1:11">
+      <c r="A237" t="s">
+        <v>724</v>
+      </c>
+      <c r="B237" t="s">
+        <v>13</v>
+      </c>
+      <c r="C237" t="s">
+        <v>14</v>
+      </c>
+      <c r="D237" t="s">
+        <v>725</v>
+      </c>
+      <c r="E237">
+        <v>4</v>
+      </c>
+      <c r="F237" t="s">
+        <v>16</v>
+      </c>
+      <c r="G237" t="s">
+        <v>17</v>
+      </c>
+      <c r="K237" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="238" spans="1:11">
+      <c r="A238" t="s">
+        <v>727</v>
+      </c>
+      <c r="B238" t="s">
+        <v>13</v>
+      </c>
+      <c r="C238" t="s">
+        <v>14</v>
+      </c>
+      <c r="D238" t="s">
+        <v>728</v>
+      </c>
+      <c r="E238">
+        <v>4</v>
+      </c>
+      <c r="F238" t="s">
+        <v>16</v>
+      </c>
+      <c r="G238" t="s">
+        <v>17</v>
+      </c>
+      <c r="K238" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="239" spans="1:11">
+      <c r="A239" t="s">
+        <v>730</v>
+      </c>
+      <c r="B239" t="s">
+        <v>13</v>
+      </c>
+      <c r="C239" t="s">
+        <v>14</v>
+      </c>
+      <c r="D239" t="s">
+        <v>731</v>
+      </c>
+      <c r="E239">
+        <v>4</v>
+      </c>
+      <c r="F239" t="s">
+        <v>16</v>
+      </c>
+      <c r="G239" t="s">
+        <v>17</v>
+      </c>
+      <c r="K239" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="240" spans="1:11">
+      <c r="A240" t="s">
+        <v>733</v>
+      </c>
+      <c r="B240" t="s">
+        <v>13</v>
+      </c>
+      <c r="C240" t="s">
+        <v>14</v>
+      </c>
+      <c r="D240" t="s">
+        <v>734</v>
+      </c>
+      <c r="E240">
+        <v>4</v>
+      </c>
+      <c r="F240" t="s">
+        <v>16</v>
+      </c>
+      <c r="G240" t="s">
+        <v>17</v>
+      </c>
+      <c r="K240" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="241" spans="1:11">
+      <c r="A241" t="s">
+        <v>736</v>
+      </c>
+      <c r="B241" t="s">
+        <v>13</v>
+      </c>
+      <c r="C241" t="s">
+        <v>14</v>
+      </c>
+      <c r="D241" t="s">
+        <v>737</v>
+      </c>
+      <c r="E241">
+        <v>4</v>
+      </c>
+      <c r="F241" t="s">
+        <v>16</v>
+      </c>
+      <c r="G241" t="s">
+        <v>17</v>
+      </c>
+      <c r="K241" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="242" spans="1:11">
+      <c r="A242" t="s">
+        <v>739</v>
+      </c>
+      <c r="B242" t="s">
+        <v>13</v>
+      </c>
+      <c r="C242" t="s">
+        <v>14</v>
+      </c>
+      <c r="D242" t="s">
+        <v>740</v>
+      </c>
+      <c r="E242">
+        <v>4</v>
+      </c>
+      <c r="F242" t="s">
+        <v>16</v>
+      </c>
+      <c r="G242" t="s">
+        <v>17</v>
+      </c>
+      <c r="K242" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="243" spans="1:11">
+      <c r="A243" t="s">
+        <v>742</v>
+      </c>
+      <c r="B243" t="s">
+        <v>13</v>
+      </c>
+      <c r="C243" t="s">
+        <v>14</v>
+      </c>
+      <c r="D243" t="s">
+        <v>743</v>
+      </c>
+      <c r="E243">
+        <v>4</v>
+      </c>
+      <c r="F243" t="s">
+        <v>16</v>
+      </c>
+      <c r="G243" t="s">
+        <v>17</v>
+      </c>
+      <c r="K243" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="244" spans="1:11">
+      <c r="A244" t="s">
+        <v>745</v>
+      </c>
+      <c r="B244" t="s">
+        <v>13</v>
+      </c>
+      <c r="C244" t="s">
+        <v>14</v>
+      </c>
+      <c r="D244" t="s">
+        <v>746</v>
+      </c>
+      <c r="E244">
+        <v>4</v>
+      </c>
+      <c r="F244" t="s">
+        <v>16</v>
+      </c>
+      <c r="G244" t="s">
+        <v>17</v>
+      </c>
+      <c r="K244" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="245" spans="1:11">
+      <c r="A245" t="s">
+        <v>748</v>
+      </c>
+      <c r="B245" t="s">
+        <v>13</v>
+      </c>
+      <c r="C245" t="s">
+        <v>14</v>
+      </c>
+      <c r="D245" t="s">
+        <v>749</v>
+      </c>
+      <c r="E245">
+        <v>4</v>
+      </c>
+      <c r="F245" t="s">
+        <v>16</v>
+      </c>
+      <c r="G245" t="s">
+        <v>17</v>
+      </c>
+      <c r="K245" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="246" spans="1:11">
+      <c r="A246" t="s">
+        <v>751</v>
+      </c>
+      <c r="B246" t="s">
+        <v>13</v>
+      </c>
+      <c r="C246" t="s">
+        <v>14</v>
+      </c>
+      <c r="D246" t="s">
+        <v>752</v>
+      </c>
+      <c r="E246">
+        <v>4</v>
+      </c>
+      <c r="F246" t="s">
+        <v>16</v>
+      </c>
+      <c r="G246" t="s">
+        <v>17</v>
+      </c>
+      <c r="K246" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="247" spans="1:11">
+      <c r="A247" t="s">
+        <v>754</v>
+      </c>
+      <c r="B247" t="s">
+        <v>13</v>
+      </c>
+      <c r="C247" t="s">
+        <v>14</v>
+      </c>
+      <c r="D247" t="s">
+        <v>755</v>
+      </c>
+      <c r="E247">
+        <v>4</v>
+      </c>
+      <c r="F247" t="s">
+        <v>16</v>
+      </c>
+      <c r="G247" t="s">
+        <v>17</v>
+      </c>
+      <c r="K247" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="248" spans="1:11">
+      <c r="A248" t="s">
+        <v>757</v>
+      </c>
+      <c r="B248" t="s">
+        <v>13</v>
+      </c>
+      <c r="C248" t="s">
+        <v>14</v>
+      </c>
+      <c r="D248" t="s">
+        <v>758</v>
+      </c>
+      <c r="E248">
+        <v>4</v>
+      </c>
+      <c r="F248" t="s">
+        <v>16</v>
+      </c>
+      <c r="G248" t="s">
+        <v>17</v>
+      </c>
+      <c r="K248" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="249" spans="1:11">
+      <c r="A249" t="s">
+        <v>760</v>
+      </c>
+      <c r="B249" t="s">
+        <v>13</v>
+      </c>
+      <c r="C249" t="s">
+        <v>14</v>
+      </c>
+      <c r="D249" t="s">
+        <v>761</v>
+      </c>
+      <c r="E249">
+        <v>4</v>
+      </c>
+      <c r="F249" t="s">
+        <v>16</v>
+      </c>
+      <c r="G249" t="s">
+        <v>17</v>
+      </c>
+      <c r="K249" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="250" spans="1:11">
+      <c r="A250" t="s">
+        <v>763</v>
+      </c>
+      <c r="B250" t="s">
+        <v>13</v>
+      </c>
+      <c r="C250" t="s">
+        <v>14</v>
+      </c>
+      <c r="D250" t="s">
+        <v>764</v>
+      </c>
+      <c r="E250">
+        <v>4</v>
+      </c>
+      <c r="F250" t="s">
+        <v>16</v>
+      </c>
+      <c r="G250" t="s">
+        <v>17</v>
+      </c>
+      <c r="K250" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="251" spans="1:11">
+      <c r="A251" t="s">
+        <v>766</v>
+      </c>
+      <c r="B251" t="s">
+        <v>13</v>
+      </c>
+      <c r="C251" t="s">
+        <v>14</v>
+      </c>
+      <c r="D251" t="s">
+        <v>767</v>
+      </c>
+      <c r="E251">
+        <v>4</v>
+      </c>
+      <c r="F251" t="s">
+        <v>16</v>
+      </c>
+      <c r="G251" t="s">
+        <v>17</v>
+      </c>
+      <c r="K251" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="252" spans="1:11">
+      <c r="A252" t="s">
+        <v>769</v>
+      </c>
+      <c r="B252" t="s">
+        <v>13</v>
+      </c>
+      <c r="C252" t="s">
+        <v>14</v>
+      </c>
+      <c r="D252" t="s">
+        <v>770</v>
+      </c>
+      <c r="E252">
+        <v>4</v>
+      </c>
+      <c r="F252" t="s">
+        <v>16</v>
+      </c>
+      <c r="G252" t="s">
+        <v>17</v>
+      </c>
+      <c r="K252" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="253" spans="1:11">
+      <c r="A253" t="s">
+        <v>772</v>
+      </c>
+      <c r="B253" t="s">
+        <v>13</v>
+      </c>
+      <c r="C253" t="s">
+        <v>14</v>
+      </c>
+      <c r="D253" t="s">
+        <v>773</v>
+      </c>
+      <c r="E253">
+        <v>4</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+      <c r="G253" t="s">
+        <v>17</v>
+      </c>
+      <c r="K253" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="254" spans="1:11">
+      <c r="A254" t="s">
+        <v>775</v>
+      </c>
+      <c r="B254" t="s">
+        <v>13</v>
+      </c>
+      <c r="C254" t="s">
+        <v>14</v>
+      </c>
+      <c r="D254" t="s">
+        <v>776</v>
+      </c>
+      <c r="E254">
+        <v>4</v>
+      </c>
+      <c r="F254" t="s">
+        <v>16</v>
+      </c>
+      <c r="G254" t="s">
+        <v>17</v>
+      </c>
+      <c r="K254" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="255" spans="1:11">
+      <c r="A255" t="s">
+        <v>778</v>
+      </c>
+      <c r="B255" t="s">
+        <v>13</v>
+      </c>
+      <c r="C255" t="s">
+        <v>14</v>
+      </c>
+      <c r="D255" t="s">
+        <v>779</v>
+      </c>
+      <c r="E255">
+        <v>4</v>
+      </c>
+      <c r="F255" t="s">
+        <v>16</v>
+      </c>
+      <c r="G255" t="s">
+        <v>17</v>
+      </c>
+      <c r="K255" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="256" spans="1:11">
+      <c r="A256" t="s">
+        <v>781</v>
+      </c>
+      <c r="B256" t="s">
+        <v>13</v>
+      </c>
+      <c r="C256" t="s">
+        <v>14</v>
+      </c>
+      <c r="D256" t="s">
+        <v>782</v>
+      </c>
+      <c r="E256">
+        <v>4</v>
+      </c>
+      <c r="F256" t="s">
+        <v>16</v>
+      </c>
+      <c r="G256" t="s">
+        <v>17</v>
+      </c>
+      <c r="K256" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="257" spans="1:11">
+      <c r="A257" t="s">
+        <v>784</v>
+      </c>
+      <c r="B257" t="s">
+        <v>13</v>
+      </c>
+      <c r="C257" t="s">
+        <v>14</v>
+      </c>
+      <c r="D257" t="s">
+        <v>785</v>
+      </c>
+      <c r="E257">
+        <v>4</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+      <c r="G257" t="s">
+        <v>17</v>
+      </c>
+      <c r="K257" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="258" spans="1:11">
+      <c r="A258" t="s">
+        <v>787</v>
+      </c>
+      <c r="B258" t="s">
+        <v>13</v>
+      </c>
+      <c r="C258" t="s">
+        <v>14</v>
+      </c>
+      <c r="D258" t="s">
+        <v>788</v>
+      </c>
+      <c r="E258">
+        <v>4</v>
+      </c>
+      <c r="F258" t="s">
+        <v>16</v>
+      </c>
+      <c r="G258" t="s">
+        <v>17</v>
+      </c>
+      <c r="K258" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="259" spans="1:11">
+      <c r="A259" t="s">
+        <v>790</v>
+      </c>
+      <c r="B259" t="s">
+        <v>13</v>
+      </c>
+      <c r="C259" t="s">
+        <v>14</v>
+      </c>
+      <c r="D259" t="s">
+        <v>791</v>
+      </c>
+      <c r="E259">
+        <v>4</v>
+      </c>
+      <c r="F259" t="s">
+        <v>16</v>
+      </c>
+      <c r="G259" t="s">
+        <v>17</v>
+      </c>
+      <c r="K259" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="260" spans="1:11">
+      <c r="A260" t="s">
+        <v>793</v>
+      </c>
+      <c r="B260" t="s">
+        <v>13</v>
+      </c>
+      <c r="C260" t="s">
+        <v>14</v>
+      </c>
+      <c r="D260" t="s">
+        <v>794</v>
+      </c>
+      <c r="E260">
+        <v>4</v>
+      </c>
+      <c r="F260" t="s">
+        <v>16</v>
+      </c>
+      <c r="G260" t="s">
+        <v>17</v>
+      </c>
+      <c r="K260" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="261" spans="1:11">
+      <c r="A261" t="s">
+        <v>796</v>
+      </c>
+      <c r="B261" t="s">
+        <v>13</v>
+      </c>
+      <c r="C261" t="s">
+        <v>14</v>
+      </c>
+      <c r="D261" t="s">
+        <v>797</v>
+      </c>
+      <c r="E261">
+        <v>4</v>
+      </c>
+      <c r="F261" t="s">
+        <v>16</v>
+      </c>
+      <c r="G261" t="s">
+        <v>17</v>
+      </c>
+      <c r="K261" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="262" spans="1:11">
+      <c r="A262" t="s">
+        <v>799</v>
+      </c>
+      <c r="B262" t="s">
+        <v>13</v>
+      </c>
+      <c r="C262" t="s">
+        <v>14</v>
+      </c>
+      <c r="D262" t="s">
+        <v>800</v>
+      </c>
+      <c r="E262">
+        <v>4</v>
+      </c>
+      <c r="F262" t="s">
+        <v>16</v>
+      </c>
+      <c r="G262" t="s">
+        <v>17</v>
+      </c>
+      <c r="K262" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="263" spans="1:11">
+      <c r="A263" t="s">
+        <v>802</v>
+      </c>
+      <c r="B263" t="s">
+        <v>13</v>
+      </c>
+      <c r="C263" t="s">
+        <v>14</v>
+      </c>
+      <c r="D263" t="s">
+        <v>803</v>
+      </c>
+      <c r="E263">
+        <v>4</v>
+      </c>
+      <c r="F263" t="s">
+        <v>16</v>
+      </c>
+      <c r="G263" t="s">
+        <v>17</v>
+      </c>
+      <c r="K263" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="264" spans="1:11">
+      <c r="A264" t="s">
+        <v>805</v>
+      </c>
+      <c r="B264" t="s">
+        <v>13</v>
+      </c>
+      <c r="C264" t="s">
+        <v>14</v>
+      </c>
+      <c r="D264" t="s">
+        <v>806</v>
+      </c>
+      <c r="E264">
+        <v>4</v>
+      </c>
+      <c r="F264" t="s">
+        <v>16</v>
+      </c>
+      <c r="G264" t="s">
+        <v>17</v>
+      </c>
+      <c r="K264" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="265" spans="1:11">
+      <c r="A265" t="s">
+        <v>808</v>
+      </c>
+      <c r="B265" t="s">
+        <v>13</v>
+      </c>
+      <c r="C265" t="s">
+        <v>14</v>
+      </c>
+      <c r="D265" t="s">
+        <v>809</v>
+      </c>
+      <c r="E265">
+        <v>4</v>
+      </c>
+      <c r="F265" t="s">
+        <v>16</v>
+      </c>
+      <c r="G265" t="s">
+        <v>17</v>
+      </c>
+      <c r="K265" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="266" spans="1:11">
+      <c r="A266" t="s">
+        <v>811</v>
+      </c>
+      <c r="B266" t="s">
+        <v>13</v>
+      </c>
+      <c r="C266" t="s">
+        <v>14</v>
+      </c>
+      <c r="D266" t="s">
+        <v>812</v>
+      </c>
+      <c r="E266">
+        <v>4</v>
+      </c>
+      <c r="F266" t="s">
+        <v>16</v>
+      </c>
+      <c r="G266" t="s">
+        <v>17</v>
+      </c>
+      <c r="K266" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="267" spans="1:11">
+      <c r="A267" t="s">
+        <v>814</v>
+      </c>
+      <c r="B267" t="s">
+        <v>13</v>
+      </c>
+      <c r="C267" t="s">
+        <v>14</v>
+      </c>
+      <c r="D267" t="s">
+        <v>815</v>
+      </c>
+      <c r="E267">
+        <v>4</v>
+      </c>
+      <c r="F267" t="s">
+        <v>16</v>
+      </c>
+      <c r="G267" t="s">
+        <v>17</v>
+      </c>
+      <c r="K267" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="268" spans="1:11">
+      <c r="A268" t="s">
+        <v>817</v>
+      </c>
+      <c r="B268" t="s">
+        <v>13</v>
+      </c>
+      <c r="C268" t="s">
+        <v>14</v>
+      </c>
+      <c r="D268" t="s">
+        <v>818</v>
+      </c>
+      <c r="E268">
+        <v>4</v>
+      </c>
+      <c r="F268" t="s">
+        <v>16</v>
+      </c>
+      <c r="G268" t="s">
+        <v>17</v>
+      </c>
+      <c r="K268" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="269" spans="1:11">
+      <c r="A269" t="s">
+        <v>820</v>
+      </c>
+      <c r="B269" t="s">
+        <v>13</v>
+      </c>
+      <c r="C269" t="s">
+        <v>14</v>
+      </c>
+      <c r="D269" t="s">
+        <v>821</v>
+      </c>
+      <c r="E269">
+        <v>4</v>
+      </c>
+      <c r="F269" t="s">
+        <v>16</v>
+      </c>
+      <c r="G269" t="s">
+        <v>17</v>
+      </c>
+      <c r="K269" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="270" spans="1:11">
+      <c r="A270" t="s">
+        <v>823</v>
+      </c>
+      <c r="B270" t="s">
+        <v>13</v>
+      </c>
+      <c r="C270" t="s">
+        <v>14</v>
+      </c>
+      <c r="D270" t="s">
+        <v>824</v>
+      </c>
+      <c r="E270">
+        <v>4</v>
+      </c>
+      <c r="F270" t="s">
+        <v>16</v>
+      </c>
+      <c r="G270" t="s">
+        <v>17</v>
+      </c>
+      <c r="K270" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="271" spans="1:11">
+      <c r="A271" t="s">
+        <v>826</v>
+      </c>
+      <c r="B271" t="s">
+        <v>13</v>
+      </c>
+      <c r="C271" t="s">
+        <v>14</v>
+      </c>
+      <c r="D271" t="s">
+        <v>827</v>
+      </c>
+      <c r="E271">
+        <v>4</v>
+      </c>
+      <c r="F271" t="s">
+        <v>16</v>
+      </c>
+      <c r="G271" t="s">
+        <v>17</v>
+      </c>
+      <c r="K271" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="272" spans="1:11">
+      <c r="A272" t="s">
+        <v>829</v>
+      </c>
+      <c r="B272" t="s">
+        <v>13</v>
+      </c>
+      <c r="C272" t="s">
+        <v>830</v>
+      </c>
+      <c r="D272" t="s">
+        <v>831</v>
+      </c>
+      <c r="E272">
+        <v>18</v>
+      </c>
+      <c r="F272" t="s">
+        <v>16</v>
+      </c>
+      <c r="G272" t="s">
+        <v>17</v>
+      </c>
+      <c r="K272" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="273" spans="1:11">
+      <c r="A273" t="s">
+        <v>833</v>
+      </c>
+      <c r="B273" t="s">
+        <v>13</v>
+      </c>
+      <c r="C273" t="s">
+        <v>830</v>
+      </c>
+      <c r="D273" t="s">
+        <v>834</v>
+      </c>
+      <c r="E273">
+        <v>18</v>
+      </c>
+      <c r="F273" t="s">
+        <v>16</v>
+      </c>
+      <c r="G273" t="s">
+        <v>17</v>
+      </c>
+      <c r="K273" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="274" spans="1:11">
+      <c r="A274" t="s">
+        <v>836</v>
+      </c>
+      <c r="B274" t="s">
+        <v>13</v>
+      </c>
+      <c r="C274" t="s">
+        <v>830</v>
+      </c>
+      <c r="D274" t="s">
+        <v>837</v>
+      </c>
+      <c r="E274">
+        <v>18</v>
+      </c>
+      <c r="F274" t="s">
+        <v>16</v>
+      </c>
+      <c r="G274" t="s">
+        <v>17</v>
+      </c>
+      <c r="K274" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="275" spans="1:11">
+      <c r="A275" t="s">
+        <v>839</v>
+      </c>
+      <c r="B275" t="s">
+        <v>13</v>
+      </c>
+      <c r="C275" t="s">
+        <v>830</v>
+      </c>
+      <c r="D275" t="s">
+        <v>840</v>
+      </c>
+      <c r="E275">
+        <v>18</v>
+      </c>
+      <c r="F275" t="s">
+        <v>16</v>
+      </c>
+      <c r="G275" t="s">
+        <v>17</v>
+      </c>
+      <c r="K275" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="276" spans="1:11">
+      <c r="A276" t="s">
+        <v>842</v>
+      </c>
+      <c r="B276" t="s">
+        <v>13</v>
+      </c>
+      <c r="C276" t="s">
+        <v>830</v>
+      </c>
+      <c r="D276" t="s">
+        <v>843</v>
+      </c>
+      <c r="E276">
+        <v>18</v>
+      </c>
+      <c r="F276" t="s">
+        <v>16</v>
+      </c>
+      <c r="G276" t="s">
+        <v>17</v>
+      </c>
+      <c r="K276" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="277" spans="1:11">
+      <c r="A277" t="s">
+        <v>845</v>
+      </c>
+      <c r="B277" t="s">
+        <v>13</v>
+      </c>
+      <c r="C277" t="s">
+        <v>830</v>
+      </c>
+      <c r="D277" t="s">
+        <v>846</v>
+      </c>
+      <c r="E277">
+        <v>18</v>
+      </c>
+      <c r="F277" t="s">
+        <v>16</v>
+      </c>
+      <c r="G277" t="s">
+        <v>17</v>
+      </c>
+      <c r="K277" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="278" spans="1:11">
+      <c r="A278" t="s">
+        <v>848</v>
+      </c>
+      <c r="B278" t="s">
+        <v>13</v>
+      </c>
+      <c r="C278" t="s">
+        <v>34</v>
+      </c>
+      <c r="D278" t="s">
+        <v>849</v>
+      </c>
+      <c r="E278">
+        <v>3</v>
+      </c>
+      <c r="F278" t="s">
+        <v>16</v>
+      </c>
+      <c r="G278" t="s">
+        <v>17</v>
+      </c>
+      <c r="K278" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="279" spans="1:11">
+      <c r="A279" t="s">
+        <v>851</v>
+      </c>
+      <c r="B279" t="s">
+        <v>13</v>
+      </c>
+      <c r="C279" t="s">
+        <v>34</v>
+      </c>
+      <c r="D279" t="s">
+        <v>852</v>
+      </c>
+      <c r="E279">
+        <v>3</v>
+      </c>
+      <c r="F279" t="s">
+        <v>16</v>
+      </c>
+      <c r="G279" t="s">
+        <v>17</v>
+      </c>
+      <c r="K279" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="280" spans="1:11">
+      <c r="A280" t="s">
+        <v>854</v>
+      </c>
+      <c r="B280" t="s">
+        <v>13</v>
+      </c>
+      <c r="C280" t="s">
+        <v>34</v>
+      </c>
+      <c r="D280" t="s">
+        <v>855</v>
+      </c>
+      <c r="E280">
+        <v>3</v>
+      </c>
+      <c r="F280" t="s">
+        <v>16</v>
+      </c>
+      <c r="G280" t="s">
+        <v>17</v>
+      </c>
+      <c r="K280" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="281" spans="1:11">
+      <c r="A281" t="s">
+        <v>857</v>
+      </c>
+      <c r="B281" t="s">
+        <v>13</v>
+      </c>
+      <c r="C281" t="s">
+        <v>34</v>
+      </c>
+      <c r="D281" t="s">
+        <v>858</v>
+      </c>
+      <c r="E281">
+        <v>3</v>
+      </c>
+      <c r="F281" t="s">
+        <v>16</v>
+      </c>
+      <c r="G281" t="s">
+        <v>17</v>
+      </c>
+      <c r="K281" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="282" spans="1:11">
+      <c r="A282" t="s">
+        <v>860</v>
+      </c>
+      <c r="B282" t="s">
+        <v>13</v>
+      </c>
+      <c r="C282" t="s">
+        <v>861</v>
+      </c>
+      <c r="D282" t="s">
+        <v>862</v>
+      </c>
+      <c r="E282">
+        <v>27</v>
+      </c>
+      <c r="F282" t="s">
+        <v>16</v>
+      </c>
+      <c r="G282" t="s">
+        <v>17</v>
+      </c>
+      <c r="K282" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="283" spans="1:11">
+      <c r="A283" t="s">
+        <v>864</v>
+      </c>
+      <c r="B283" t="s">
+        <v>13</v>
+      </c>
+      <c r="C283" t="s">
+        <v>861</v>
+      </c>
+      <c r="D283" t="s">
+        <v>865</v>
+      </c>
+      <c r="E283">
+        <v>25</v>
+      </c>
+      <c r="F283" t="s">
+        <v>16</v>
+      </c>
+      <c r="G283" t="s">
+        <v>17</v>
+      </c>
+      <c r="K283" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="284" spans="1:11">
+      <c r="A284" t="s">
+        <v>867</v>
+      </c>
+      <c r="B284" t="s">
+        <v>13</v>
+      </c>
+      <c r="C284" t="s">
+        <v>868</v>
+      </c>
+      <c r="D284" t="s">
+        <v>869</v>
+      </c>
+      <c r="E284">
+        <v>20</v>
+      </c>
+      <c r="F284" t="s">
+        <v>16</v>
+      </c>
+      <c r="G284" t="s">
+        <v>17</v>
+      </c>
+      <c r="K284" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="285" spans="1:11">
+      <c r="A285" t="s">
+        <v>19</v>
+      </c>
+      <c r="B285" t="s">
+        <v>13</v>
+      </c>
+      <c r="C285" t="s">
+        <v>871</v>
+      </c>
+      <c r="D285" t="s">
+        <v>872</v>
+      </c>
+      <c r="E285">
+        <v>233</v>
+      </c>
+      <c r="F285" t="s">
+        <v>16</v>
+      </c>
+      <c r="G285" t="s">
+        <v>17</v>
+      </c>
+      <c r="H285">
+        <v>3</v>
+      </c>
+      <c r="I285">
+        <v>28</v>
+      </c>
+      <c r="K285" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="286" spans="1:11">
+      <c r="A286" t="s">
+        <v>874</v>
+      </c>
+      <c r="B286" t="s">
+        <v>13</v>
+      </c>
+      <c r="C286" t="s">
+        <v>34</v>
+      </c>
+      <c r="D286" t="s">
+        <v>875</v>
+      </c>
+      <c r="E286">
+        <v>2</v>
+      </c>
+      <c r="F286" t="s">
+        <v>16</v>
+      </c>
+      <c r="G286" t="s">
+        <v>17</v>
+      </c>
+      <c r="K286" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="287" spans="1:11">
+      <c r="A287" t="s">
+        <v>877</v>
+      </c>
+      <c r="B287" t="s">
+        <v>13</v>
+      </c>
+      <c r="C287" t="s">
+        <v>34</v>
+      </c>
+      <c r="D287" t="s">
+        <v>878</v>
+      </c>
+      <c r="E287">
+        <v>2</v>
+      </c>
+      <c r="F287" t="s">
+        <v>16</v>
+      </c>
+      <c r="G287" t="s">
+        <v>17</v>
+      </c>
+      <c r="K287" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="288" spans="1:11">
+      <c r="A288" t="s">
+        <v>880</v>
+      </c>
+      <c r="B288" t="s">
+        <v>13</v>
+      </c>
+      <c r="C288" t="s">
+        <v>34</v>
+      </c>
+      <c r="D288" t="s">
+        <v>881</v>
+      </c>
+      <c r="E288">
+        <v>2</v>
+      </c>
+      <c r="F288" t="s">
+        <v>16</v>
+      </c>
+      <c r="G288" t="s">
+        <v>17</v>
+      </c>
+      <c r="K288" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="289" spans="1:11">
+      <c r="A289" t="s">
+        <v>883</v>
+      </c>
+      <c r="B289" t="s">
+        <v>13</v>
+      </c>
+      <c r="C289" t="s">
+        <v>34</v>
+      </c>
+      <c r="D289" t="s">
+        <v>884</v>
+      </c>
+      <c r="E289">
+        <v>2</v>
+      </c>
+      <c r="F289" t="s">
+        <v>16</v>
+      </c>
+      <c r="G289" t="s">
+        <v>17</v>
+      </c>
+      <c r="K289" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="290" spans="1:11">
+      <c r="A290" t="s">
+        <v>886</v>
+      </c>
+      <c r="B290" t="s">
+        <v>13</v>
+      </c>
+      <c r="C290" t="s">
+        <v>34</v>
+      </c>
+      <c r="D290" t="s">
+        <v>887</v>
+      </c>
+      <c r="E290">
+        <v>2</v>
+      </c>
+      <c r="F290" t="s">
+        <v>16</v>
+      </c>
+      <c r="G290" t="s">
+        <v>17</v>
+      </c>
+      <c r="K290" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="291" spans="1:11">
+      <c r="A291" t="s">
+        <v>889</v>
+      </c>
+      <c r="B291" t="s">
+        <v>13</v>
+      </c>
+      <c r="C291" t="s">
+        <v>34</v>
+      </c>
+      <c r="D291" t="s">
+        <v>890</v>
+      </c>
+      <c r="E291">
+        <v>2</v>
+      </c>
+      <c r="F291" t="s">
+        <v>16</v>
+      </c>
+      <c r="G291" t="s">
+        <v>17</v>
+      </c>
+      <c r="K291" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="292" spans="1:11">
+      <c r="A292" t="s">
+        <v>892</v>
+      </c>
+      <c r="B292" t="s">
+        <v>13</v>
+      </c>
+      <c r="C292" t="s">
+        <v>34</v>
+      </c>
+      <c r="D292" t="s">
+        <v>893</v>
+      </c>
+      <c r="E292">
+        <v>2</v>
+      </c>
+      <c r="F292" t="s">
+        <v>16</v>
+      </c>
+      <c r="G292" t="s">
+        <v>17</v>
+      </c>
+      <c r="K292" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="293" spans="1:11">
+      <c r="A293" t="s">
+        <v>895</v>
+      </c>
+      <c r="B293" t="s">
+        <v>13</v>
+      </c>
+      <c r="C293" t="s">
+        <v>34</v>
+      </c>
+      <c r="D293" t="s">
+        <v>896</v>
+      </c>
+      <c r="E293">
+        <v>2</v>
+      </c>
+      <c r="F293" t="s">
+        <v>16</v>
+      </c>
+      <c r="G293" t="s">
+        <v>17</v>
+      </c>
+      <c r="K293" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="294" spans="1:11">
+      <c r="A294" t="s">
+        <v>898</v>
+      </c>
+      <c r="B294" t="s">
+        <v>13</v>
+      </c>
+      <c r="C294" t="s">
+        <v>34</v>
+      </c>
+      <c r="D294" t="s">
+        <v>899</v>
+      </c>
+      <c r="E294">
+        <v>2</v>
+      </c>
+      <c r="F294" t="s">
+        <v>16</v>
+      </c>
+      <c r="G294" t="s">
+        <v>17</v>
+      </c>
+      <c r="K294" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="295" spans="1:11">
+      <c r="A295" t="s">
+        <v>901</v>
+      </c>
+      <c r="B295" t="s">
+        <v>13</v>
+      </c>
+      <c r="C295" t="s">
+        <v>34</v>
+      </c>
+      <c r="D295" t="s">
+        <v>902</v>
+      </c>
+      <c r="E295">
+        <v>2</v>
+      </c>
+      <c r="F295" t="s">
+        <v>16</v>
+      </c>
+      <c r="G295" t="s">
+        <v>17</v>
+      </c>
+      <c r="K295" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="296" spans="1:11">
+      <c r="A296" t="s">
+        <v>904</v>
+      </c>
+      <c r="B296" t="s">
+        <v>13</v>
+      </c>
+      <c r="C296" t="s">
+        <v>34</v>
+      </c>
+      <c r="D296" t="s">
+        <v>905</v>
+      </c>
+      <c r="E296">
+        <v>2</v>
+      </c>
+      <c r="F296" t="s">
+        <v>16</v>
+      </c>
+      <c r="G296" t="s">
+        <v>17</v>
+      </c>
+      <c r="K296" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="297" spans="1:11">
+      <c r="A297" t="s">
+        <v>907</v>
+      </c>
+      <c r="B297" t="s">
+        <v>13</v>
+      </c>
+      <c r="C297" t="s">
+        <v>34</v>
+      </c>
+      <c r="D297" t="s">
+        <v>908</v>
+      </c>
+      <c r="E297">
+        <v>2</v>
+      </c>
+      <c r="F297" t="s">
+        <v>16</v>
+      </c>
+      <c r="G297" t="s">
+        <v>17</v>
+      </c>
+      <c r="K297" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="298" spans="1:11">
+      <c r="A298" t="s">
+        <v>910</v>
+      </c>
+      <c r="B298" t="s">
+        <v>13</v>
+      </c>
+      <c r="C298" t="s">
+        <v>34</v>
+      </c>
+      <c r="D298" t="s">
+        <v>911</v>
+      </c>
+      <c r="E298">
+        <v>2</v>
+      </c>
+      <c r="F298" t="s">
+        <v>16</v>
+      </c>
+      <c r="G298" t="s">
+        <v>17</v>
+      </c>
+      <c r="K298" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="299" spans="1:11">
+      <c r="A299" t="s">
+        <v>913</v>
+      </c>
+      <c r="B299" t="s">
+        <v>13</v>
+      </c>
+      <c r="C299" t="s">
+        <v>34</v>
+      </c>
+      <c r="D299" t="s">
+        <v>914</v>
+      </c>
+      <c r="E299">
+        <v>2</v>
+      </c>
+      <c r="F299" t="s">
+        <v>16</v>
+      </c>
+      <c r="G299" t="s">
+        <v>17</v>
+      </c>
+      <c r="K299" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="300" spans="1:11">
+      <c r="A300" t="s">
+        <v>916</v>
+      </c>
+      <c r="B300" t="s">
+        <v>13</v>
+      </c>
+      <c r="C300" t="s">
+        <v>34</v>
+      </c>
+      <c r="D300" t="s">
+        <v>917</v>
+      </c>
+      <c r="E300">
+        <v>2</v>
+      </c>
+      <c r="F300" t="s">
+        <v>16</v>
+      </c>
+      <c r="G300" t="s">
+        <v>17</v>
+      </c>
+      <c r="K300" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="301" spans="1:11">
+      <c r="A301" t="s">
+        <v>919</v>
+      </c>
+      <c r="B301" t="s">
+        <v>13</v>
+      </c>
+      <c r="C301" t="s">
+        <v>34</v>
+      </c>
+      <c r="D301" t="s">
+        <v>920</v>
+      </c>
+      <c r="E301">
+        <v>2</v>
+      </c>
+      <c r="F301" t="s">
+        <v>16</v>
+      </c>
+      <c r="G301" t="s">
+        <v>17</v>
+      </c>
+      <c r="K301" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="302" spans="1:11">
+      <c r="A302" t="s">
+        <v>922</v>
+      </c>
+      <c r="B302" t="s">
+        <v>13</v>
+      </c>
+      <c r="C302" t="s">
+        <v>34</v>
+      </c>
+      <c r="D302" t="s">
+        <v>923</v>
+      </c>
+      <c r="E302">
+        <v>2</v>
+      </c>
+      <c r="F302" t="s">
+        <v>16</v>
+      </c>
+      <c r="G302" t="s">
+        <v>17</v>
+      </c>
+      <c r="K302" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="303" spans="1:11">
+      <c r="A303" t="s">
+        <v>925</v>
+      </c>
+      <c r="B303" t="s">
+        <v>13</v>
+      </c>
+      <c r="C303" t="s">
+        <v>34</v>
+      </c>
+      <c r="D303" t="s">
+        <v>926</v>
+      </c>
+      <c r="E303">
+        <v>2</v>
+      </c>
+      <c r="F303" t="s">
+        <v>16</v>
+      </c>
+      <c r="G303" t="s">
+        <v>17</v>
+      </c>
+      <c r="K303" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="304" spans="1:11">
+      <c r="A304" t="s">
+        <v>928</v>
+      </c>
+      <c r="B304" t="s">
+        <v>13</v>
+      </c>
+      <c r="C304" t="s">
+        <v>34</v>
+      </c>
+      <c r="D304" t="s">
+        <v>929</v>
+      </c>
+      <c r="E304">
+        <v>2</v>
+      </c>
+      <c r="F304" t="s">
+        <v>16</v>
+      </c>
+      <c r="G304" t="s">
+        <v>17</v>
+      </c>
+      <c r="K304" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="305" spans="1:11">
+      <c r="A305" t="s">
+        <v>931</v>
+      </c>
+      <c r="B305" t="s">
+        <v>13</v>
+      </c>
+      <c r="C305" t="s">
+        <v>34</v>
+      </c>
+      <c r="D305" t="s">
+        <v>932</v>
+      </c>
+      <c r="E305">
+        <v>2</v>
+      </c>
+      <c r="F305" t="s">
+        <v>16</v>
+      </c>
+      <c r="G305" t="s">
+        <v>17</v>
+      </c>
+      <c r="K305" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="306" spans="1:11">
+      <c r="A306" t="s">
+        <v>934</v>
+      </c>
+      <c r="B306" t="s">
+        <v>13</v>
+      </c>
+      <c r="C306" t="s">
+        <v>34</v>
+      </c>
+      <c r="D306" t="s">
+        <v>935</v>
+      </c>
+      <c r="E306">
+        <v>2</v>
+      </c>
+      <c r="F306" t="s">
+        <v>16</v>
+      </c>
+      <c r="G306" t="s">
+        <v>17</v>
+      </c>
+      <c r="K306" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="307" spans="1:11">
+      <c r="A307" t="s">
+        <v>937</v>
+      </c>
+      <c r="B307" t="s">
+        <v>13</v>
+      </c>
+      <c r="C307" t="s">
+        <v>34</v>
+      </c>
+      <c r="D307" t="s">
+        <v>938</v>
+      </c>
+      <c r="E307">
+        <v>2</v>
+      </c>
+      <c r="F307" t="s">
+        <v>16</v>
+      </c>
+      <c r="G307" t="s">
+        <v>17</v>
+      </c>
+      <c r="K307" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="308" spans="1:11">
+      <c r="A308" t="s">
+        <v>940</v>
+      </c>
+      <c r="B308" t="s">
+        <v>13</v>
+      </c>
+      <c r="C308" t="s">
+        <v>34</v>
+      </c>
+      <c r="D308" t="s">
+        <v>941</v>
+      </c>
+      <c r="E308">
+        <v>2</v>
+      </c>
+      <c r="F308" t="s">
+        <v>16</v>
+      </c>
+      <c r="G308" t="s">
+        <v>17</v>
+      </c>
+      <c r="K308" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="309" spans="1:11">
+      <c r="A309" t="s">
+        <v>943</v>
+      </c>
+      <c r="B309" t="s">
+        <v>13</v>
+      </c>
+      <c r="C309" t="s">
+        <v>34</v>
+      </c>
+      <c r="D309" t="s">
+        <v>944</v>
+      </c>
+      <c r="E309">
+        <v>2</v>
+      </c>
+      <c r="F309" t="s">
+        <v>16</v>
+      </c>
+      <c r="G309" t="s">
+        <v>17</v>
+      </c>
+      <c r="K309" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="310" spans="1:11">
+      <c r="A310" t="s">
+        <v>946</v>
+      </c>
+      <c r="B310" t="s">
+        <v>13</v>
+      </c>
+      <c r="C310" t="s">
+        <v>34</v>
+      </c>
+      <c r="D310" t="s">
+        <v>947</v>
+      </c>
+      <c r="E310">
+        <v>2</v>
+      </c>
+      <c r="F310" t="s">
+        <v>16</v>
+      </c>
+      <c r="G310" t="s">
+        <v>17</v>
+      </c>
+      <c r="K310" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="311" spans="1:11">
+      <c r="A311" t="s">
+        <v>949</v>
+      </c>
+      <c r="B311" t="s">
+        <v>13</v>
+      </c>
+      <c r="C311" t="s">
+        <v>34</v>
+      </c>
+      <c r="D311" t="s">
+        <v>950</v>
+      </c>
+      <c r="E311">
+        <v>2</v>
+      </c>
+      <c r="F311" t="s">
+        <v>16</v>
+      </c>
+      <c r="G311" t="s">
+        <v>17</v>
+      </c>
+      <c r="K311" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="312" spans="1:11">
+      <c r="A312" t="s">
+        <v>952</v>
+      </c>
+      <c r="B312" t="s">
+        <v>13</v>
+      </c>
+      <c r="C312" t="s">
+        <v>34</v>
+      </c>
+      <c r="D312" t="s">
+        <v>953</v>
+      </c>
+      <c r="E312">
+        <v>2</v>
+      </c>
+      <c r="F312" t="s">
+        <v>16</v>
+      </c>
+      <c r="G312" t="s">
+        <v>17</v>
+      </c>
+      <c r="K312" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="313" spans="1:11">
+      <c r="A313" t="s">
+        <v>955</v>
+      </c>
+      <c r="B313" t="s">
+        <v>13</v>
+      </c>
+      <c r="C313" t="s">
+        <v>34</v>
+      </c>
+      <c r="D313" t="s">
+        <v>956</v>
+      </c>
+      <c r="E313">
+        <v>2</v>
+      </c>
+      <c r="F313" t="s">
+        <v>16</v>
+      </c>
+      <c r="G313" t="s">
+        <v>17</v>
+      </c>
+      <c r="K313" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="314" spans="1:11">
+      <c r="A314" t="s">
+        <v>958</v>
+      </c>
+      <c r="B314" t="s">
+        <v>13</v>
+      </c>
+      <c r="C314" t="s">
+        <v>34</v>
+      </c>
+      <c r="D314" t="s">
+        <v>959</v>
+      </c>
+      <c r="E314">
+        <v>2</v>
+      </c>
+      <c r="F314" t="s">
+        <v>16</v>
+      </c>
+      <c r="G314" t="s">
+        <v>17</v>
+      </c>
+      <c r="K314" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="315" spans="1:11">
+      <c r="A315" t="s">
+        <v>961</v>
+      </c>
+      <c r="B315" t="s">
+        <v>13</v>
+      </c>
+      <c r="C315" t="s">
+        <v>34</v>
+      </c>
+      <c r="D315" t="s">
+        <v>962</v>
+      </c>
+      <c r="E315">
+        <v>2</v>
+      </c>
+      <c r="F315" t="s">
+        <v>16</v>
+      </c>
+      <c r="G315" t="s">
+        <v>17</v>
+      </c>
+      <c r="K315" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="316" spans="1:11">
+      <c r="A316" t="s">
+        <v>964</v>
+      </c>
+      <c r="B316" t="s">
+        <v>13</v>
+      </c>
+      <c r="C316" t="s">
+        <v>34</v>
+      </c>
+      <c r="D316" t="s">
+        <v>965</v>
+      </c>
+      <c r="E316">
+        <v>2</v>
+      </c>
+      <c r="F316" t="s">
+        <v>16</v>
+      </c>
+      <c r="G316" t="s">
+        <v>17</v>
+      </c>
+      <c r="K316" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="317" spans="1:11">
+      <c r="A317" t="s">
+        <v>967</v>
+      </c>
+      <c r="B317" t="s">
+        <v>13</v>
+      </c>
+      <c r="C317" t="s">
+        <v>34</v>
+      </c>
+      <c r="D317" t="s">
+        <v>968</v>
+      </c>
+      <c r="E317">
+        <v>2</v>
+      </c>
+      <c r="F317" t="s">
+        <v>16</v>
+      </c>
+      <c r="G317" t="s">
+        <v>17</v>
+      </c>
+      <c r="K317" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="318" spans="1:11">
+      <c r="A318" t="s">
+        <v>970</v>
+      </c>
+      <c r="B318" t="s">
+        <v>13</v>
+      </c>
+      <c r="C318" t="s">
+        <v>34</v>
+      </c>
+      <c r="D318" t="s">
+        <v>971</v>
+      </c>
+      <c r="E318">
+        <v>2</v>
+      </c>
+      <c r="F318" t="s">
+        <v>16</v>
+      </c>
+      <c r="G318" t="s">
+        <v>17</v>
+      </c>
+      <c r="K318" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="319" spans="1:11">
+      <c r="A319" t="s">
+        <v>973</v>
+      </c>
+      <c r="B319" t="s">
+        <v>13</v>
+      </c>
+      <c r="C319" t="s">
+        <v>34</v>
+      </c>
+      <c r="D319" t="s">
+        <v>974</v>
+      </c>
+      <c r="E319">
+        <v>2</v>
+      </c>
+      <c r="F319" t="s">
+        <v>16</v>
+      </c>
+      <c r="G319" t="s">
+        <v>17</v>
+      </c>
+      <c r="K319" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="320" spans="1:11">
+      <c r="A320" t="s">
+        <v>976</v>
+      </c>
+      <c r="B320" t="s">
+        <v>13</v>
+      </c>
+      <c r="C320" t="s">
+        <v>34</v>
+      </c>
+      <c r="D320" t="s">
+        <v>977</v>
+      </c>
+      <c r="E320">
+        <v>2</v>
+      </c>
+      <c r="F320" t="s">
+        <v>16</v>
+      </c>
+      <c r="G320" t="s">
+        <v>17</v>
+      </c>
+      <c r="K320" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="321" spans="1:11">
+      <c r="A321" t="s">
+        <v>979</v>
+      </c>
+      <c r="B321" t="s">
+        <v>13</v>
+      </c>
+      <c r="C321" t="s">
+        <v>34</v>
+      </c>
+      <c r="D321" t="s">
+        <v>980</v>
+      </c>
+      <c r="E321">
+        <v>2</v>
+      </c>
+      <c r="F321" t="s">
+        <v>16</v>
+      </c>
+      <c r="G321" t="s">
+        <v>17</v>
+      </c>
+      <c r="K321" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="322" spans="1:11">
+      <c r="A322" t="s">
+        <v>982</v>
+      </c>
+      <c r="B322" t="s">
+        <v>13</v>
+      </c>
+      <c r="C322" t="s">
+        <v>34</v>
+      </c>
+      <c r="D322" t="s">
+        <v>983</v>
+      </c>
+      <c r="E322">
+        <v>2</v>
+      </c>
+      <c r="F322" t="s">
+        <v>16</v>
+      </c>
+      <c r="G322" t="s">
+        <v>17</v>
+      </c>
+      <c r="K322" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="323" spans="1:11">
+      <c r="A323" t="s">
+        <v>985</v>
+      </c>
+      <c r="B323" t="s">
+        <v>13</v>
+      </c>
+      <c r="C323" t="s">
+        <v>34</v>
+      </c>
+      <c r="D323" t="s">
+        <v>986</v>
+      </c>
+      <c r="E323">
+        <v>2</v>
+      </c>
+      <c r="F323" t="s">
+        <v>16</v>
+      </c>
+      <c r="G323" t="s">
+        <v>17</v>
+      </c>
+      <c r="K323" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="324" spans="1:11">
+      <c r="A324" t="s">
+        <v>988</v>
+      </c>
+      <c r="B324" t="s">
+        <v>13</v>
+      </c>
+      <c r="C324" t="s">
+        <v>34</v>
+      </c>
+      <c r="D324" t="s">
+        <v>989</v>
+      </c>
+      <c r="E324">
+        <v>2</v>
+      </c>
+      <c r="F324" t="s">
+        <v>16</v>
+      </c>
+      <c r="G324" t="s">
+        <v>17</v>
+      </c>
+      <c r="K324" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="325" spans="1:11">
+      <c r="A325" t="s">
+        <v>991</v>
+      </c>
+      <c r="B325" t="s">
+        <v>13</v>
+      </c>
+      <c r="C325" t="s">
+        <v>34</v>
+      </c>
+      <c r="D325" t="s">
+        <v>992</v>
+      </c>
+      <c r="E325">
+        <v>2</v>
+      </c>
+      <c r="F325" t="s">
+        <v>16</v>
+      </c>
+      <c r="G325" t="s">
+        <v>17</v>
+      </c>
+      <c r="K325" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="326" spans="1:11">
+      <c r="A326" t="s">
+        <v>994</v>
+      </c>
+      <c r="B326" t="s">
+        <v>13</v>
+      </c>
+      <c r="C326" t="s">
+        <v>34</v>
+      </c>
+      <c r="D326" t="s">
+        <v>995</v>
+      </c>
+      <c r="E326">
+        <v>2</v>
+      </c>
+      <c r="F326" t="s">
+        <v>16</v>
+      </c>
+      <c r="G326" t="s">
+        <v>17</v>
+      </c>
+      <c r="K326" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="327" spans="1:11">
+      <c r="A327" t="s">
+        <v>997</v>
+      </c>
+      <c r="B327" t="s">
+        <v>13</v>
+      </c>
+      <c r="C327" t="s">
+        <v>34</v>
+      </c>
+      <c r="D327" t="s">
+        <v>998</v>
+      </c>
+      <c r="E327">
+        <v>2</v>
+      </c>
+      <c r="F327" t="s">
+        <v>16</v>
+      </c>
+      <c r="G327" t="s">
+        <v>17</v>
+      </c>
+      <c r="K327" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="328" spans="1:11">
+      <c r="A328" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B328" t="s">
+        <v>13</v>
+      </c>
+      <c r="C328" t="s">
+        <v>34</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E328">
+        <v>2</v>
+      </c>
+      <c r="F328" t="s">
+        <v>16</v>
+      </c>
+      <c r="G328" t="s">
+        <v>17</v>
+      </c>
+      <c r="K328" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="329" spans="1:11">
+      <c r="A329" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B329" t="s">
+        <v>13</v>
+      </c>
+      <c r="C329" t="s">
+        <v>34</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E329">
+        <v>2</v>
+      </c>
+      <c r="F329" t="s">
+        <v>16</v>
+      </c>
+      <c r="G329" t="s">
+        <v>17</v>
+      </c>
+      <c r="K329" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="330" spans="1:11">
+      <c r="A330" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B330" t="s">
+        <v>13</v>
+      </c>
+      <c r="C330" t="s">
+        <v>34</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E330">
+        <v>2</v>
+      </c>
+      <c r="F330" t="s">
+        <v>16</v>
+      </c>
+      <c r="G330" t="s">
+        <v>17</v>
+      </c>
+      <c r="K330" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="331" spans="1:11">
+      <c r="A331" t="s">
+        <v>1009</v>
+      </c>
+      <c r="B331" t="s">
+        <v>13</v>
+      </c>
+      <c r="C331" t="s">
+        <v>34</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E331">
+        <v>2</v>
+      </c>
+      <c r="F331" t="s">
+        <v>16</v>
+      </c>
+      <c r="G331" t="s">
+        <v>17</v>
+      </c>
+      <c r="K331" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="332" spans="1:11">
+      <c r="A332" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B332" t="s">
+        <v>13</v>
+      </c>
+      <c r="C332" t="s">
+        <v>34</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1013</v>
+      </c>
+      <c r="E332">
+        <v>2</v>
+      </c>
+      <c r="F332" t="s">
+        <v>16</v>
+      </c>
+      <c r="G332" t="s">
+        <v>17</v>
+      </c>
+      <c r="K332" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="333" spans="1:11">
+      <c r="A333" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B333" t="s">
+        <v>13</v>
+      </c>
+      <c r="C333" t="s">
+        <v>34</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E333">
+        <v>2</v>
+      </c>
+      <c r="F333" t="s">
+        <v>16</v>
+      </c>
+      <c r="G333" t="s">
+        <v>17</v>
+      </c>
+      <c r="K333" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="334" spans="1:11">
+      <c r="A334" t="s">
+        <v>1018</v>
+      </c>
+      <c r="B334" t="s">
+        <v>13</v>
+      </c>
+      <c r="C334" t="s">
+        <v>34</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1019</v>
+      </c>
+      <c r="E334">
+        <v>2</v>
+      </c>
+      <c r="F334" t="s">
+        <v>16</v>
+      </c>
+      <c r="G334" t="s">
+        <v>17</v>
+      </c>
+      <c r="K334" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="335" spans="1:11">
+      <c r="A335" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B335" t="s">
+        <v>13</v>
+      </c>
+      <c r="C335" t="s">
+        <v>34</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1022</v>
+      </c>
+      <c r="E335">
+        <v>2</v>
+      </c>
+      <c r="F335" t="s">
+        <v>16</v>
+      </c>
+      <c r="G335" t="s">
+        <v>17</v>
+      </c>
+      <c r="K335" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="336" spans="1:11">
+      <c r="A336" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B336" t="s">
+        <v>13</v>
+      </c>
+      <c r="C336" t="s">
+        <v>34</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E336">
+        <v>2</v>
+      </c>
+      <c r="F336" t="s">
+        <v>16</v>
+      </c>
+      <c r="G336" t="s">
+        <v>17</v>
+      </c>
+      <c r="K336" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="337" spans="1:11">
+      <c r="A337" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B337" t="s">
+        <v>13</v>
+      </c>
+      <c r="C337" t="s">
+        <v>34</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E337">
+        <v>2</v>
+      </c>
+      <c r="F337" t="s">
+        <v>16</v>
+      </c>
+      <c r="G337" t="s">
+        <v>17</v>
+      </c>
+      <c r="K337" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="338" spans="1:11">
+      <c r="A338" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B338" t="s">
+        <v>13</v>
+      </c>
+      <c r="C338" t="s">
+        <v>34</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E338">
+        <v>2</v>
+      </c>
+      <c r="F338" t="s">
+        <v>16</v>
+      </c>
+      <c r="G338" t="s">
+        <v>17</v>
+      </c>
+      <c r="K338" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="339" spans="1:11">
+      <c r="A339" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B339" t="s">
+        <v>13</v>
+      </c>
+      <c r="C339" t="s">
+        <v>34</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E339">
+        <v>2</v>
+      </c>
+      <c r="F339" t="s">
+        <v>16</v>
+      </c>
+      <c r="G339" t="s">
+        <v>17</v>
+      </c>
+      <c r="K339" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="340" spans="1:11">
+      <c r="A340" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B340" t="s">
+        <v>13</v>
+      </c>
+      <c r="C340" t="s">
+        <v>34</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E340">
+        <v>2</v>
+      </c>
+      <c r="F340" t="s">
+        <v>16</v>
+      </c>
+      <c r="G340" t="s">
+        <v>17</v>
+      </c>
+      <c r="K340" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="341" spans="1:11">
+      <c r="A341" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B341" t="s">
+        <v>13</v>
+      </c>
+      <c r="C341" t="s">
+        <v>34</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E341">
+        <v>2</v>
+      </c>
+      <c r="F341" t="s">
+        <v>16</v>
+      </c>
+      <c r="G341" t="s">
+        <v>17</v>
+      </c>
+      <c r="K341" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="342" spans="1:11">
+      <c r="A342" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B342" t="s">
+        <v>13</v>
+      </c>
+      <c r="C342" t="s">
+        <v>34</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E342">
+        <v>2</v>
+      </c>
+      <c r="F342" t="s">
+        <v>16</v>
+      </c>
+      <c r="G342" t="s">
+        <v>17</v>
+      </c>
+      <c r="K342" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="343" spans="1:11">
+      <c r="A343" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B343" t="s">
+        <v>13</v>
+      </c>
+      <c r="C343" t="s">
+        <v>34</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E343">
+        <v>2</v>
+      </c>
+      <c r="F343" t="s">
+        <v>16</v>
+      </c>
+      <c r="G343" t="s">
+        <v>17</v>
+      </c>
+      <c r="K343" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="344" spans="1:11">
+      <c r="A344" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B344" t="s">
+        <v>13</v>
+      </c>
+      <c r="C344" t="s">
+        <v>34</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E344">
+        <v>2</v>
+      </c>
+      <c r="F344" t="s">
+        <v>16</v>
+      </c>
+      <c r="G344" t="s">
+        <v>17</v>
+      </c>
+      <c r="K344" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="345" spans="1:11">
+      <c r="A345" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B345" t="s">
+        <v>13</v>
+      </c>
+      <c r="C345" t="s">
+        <v>34</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E345">
+        <v>2</v>
+      </c>
+      <c r="F345" t="s">
+        <v>16</v>
+      </c>
+      <c r="G345" t="s">
+        <v>17</v>
+      </c>
+      <c r="K345" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="346" spans="1:11">
+      <c r="A346" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B346" t="s">
+        <v>13</v>
+      </c>
+      <c r="C346" t="s">
+        <v>34</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E346">
+        <v>2</v>
+      </c>
+      <c r="F346" t="s">
+        <v>16</v>
+      </c>
+      <c r="G346" t="s">
+        <v>17</v>
+      </c>
+      <c r="K346" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="347" spans="1:11">
+      <c r="A347" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B347" t="s">
+        <v>13</v>
+      </c>
+      <c r="C347" t="s">
+        <v>34</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1058</v>
+      </c>
+      <c r="E347">
+        <v>2</v>
+      </c>
+      <c r="F347" t="s">
+        <v>16</v>
+      </c>
+      <c r="G347" t="s">
+        <v>17</v>
+      </c>
+      <c r="K347" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="348" spans="1:11">
+      <c r="A348" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B348" t="s">
+        <v>13</v>
+      </c>
+      <c r="C348" t="s">
+        <v>34</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E348">
+        <v>2</v>
+      </c>
+      <c r="F348" t="s">
+        <v>16</v>
+      </c>
+      <c r="G348" t="s">
+        <v>17</v>
+      </c>
+      <c r="K348" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="349" spans="1:11">
+      <c r="A349" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B349" t="s">
+        <v>13</v>
+      </c>
+      <c r="C349" t="s">
+        <v>34</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1064</v>
+      </c>
+      <c r="E349">
+        <v>2</v>
+      </c>
+      <c r="F349" t="s">
+        <v>16</v>
+      </c>
+      <c r="G349" t="s">
+        <v>17</v>
+      </c>
+      <c r="K349" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="350" spans="1:11">
+      <c r="A350" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B350" t="s">
+        <v>13</v>
+      </c>
+      <c r="C350" t="s">
+        <v>34</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E350">
+        <v>2</v>
+      </c>
+      <c r="F350" t="s">
+        <v>16</v>
+      </c>
+      <c r="G350" t="s">
+        <v>17</v>
+      </c>
+      <c r="K350" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="351" spans="1:11">
+      <c r="A351" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B351" t="s">
+        <v>13</v>
+      </c>
+      <c r="C351" t="s">
+        <v>34</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1070</v>
+      </c>
+      <c r="E351">
+        <v>2</v>
+      </c>
+      <c r="F351" t="s">
+        <v>16</v>
+      </c>
+      <c r="G351" t="s">
+        <v>17</v>
+      </c>
+      <c r="K351" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="352" spans="1:11">
+      <c r="A352" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B352" t="s">
+        <v>13</v>
+      </c>
+      <c r="C352" t="s">
+        <v>34</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E352">
+        <v>2</v>
+      </c>
+      <c r="F352" t="s">
+        <v>16</v>
+      </c>
+      <c r="G352" t="s">
+        <v>17</v>
+      </c>
+      <c r="K352" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="353" spans="1:11">
+      <c r="A353" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B353" t="s">
+        <v>13</v>
+      </c>
+      <c r="C353" t="s">
+        <v>34</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E353">
+        <v>2</v>
+      </c>
+      <c r="F353" t="s">
+        <v>16</v>
+      </c>
+      <c r="G353" t="s">
+        <v>17</v>
+      </c>
+      <c r="K353" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="354" spans="1:11">
+      <c r="A354" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B354" t="s">
+        <v>13</v>
+      </c>
+      <c r="C354" t="s">
+        <v>34</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E354">
+        <v>2</v>
+      </c>
+      <c r="F354" t="s">
+        <v>16</v>
+      </c>
+      <c r="G354" t="s">
+        <v>17</v>
+      </c>
+      <c r="K354" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="355" spans="1:11">
+      <c r="A355" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B355" t="s">
+        <v>13</v>
+      </c>
+      <c r="C355" t="s">
+        <v>34</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E355">
+        <v>2</v>
+      </c>
+      <c r="F355" t="s">
+        <v>16</v>
+      </c>
+      <c r="G355" t="s">
+        <v>17</v>
+      </c>
+      <c r="K355" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="356" spans="1:11">
+      <c r="A356" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B356" t="s">
+        <v>13</v>
+      </c>
+      <c r="C356" t="s">
+        <v>34</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E356">
+        <v>2</v>
+      </c>
+      <c r="F356" t="s">
+        <v>16</v>
+      </c>
+      <c r="G356" t="s">
+        <v>17</v>
+      </c>
+      <c r="K356" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="357" spans="1:11">
+      <c r="A357" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B357" t="s">
+        <v>13</v>
+      </c>
+      <c r="C357" t="s">
+        <v>34</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E357">
+        <v>2</v>
+      </c>
+      <c r="F357" t="s">
+        <v>16</v>
+      </c>
+      <c r="G357" t="s">
+        <v>17</v>
+      </c>
+      <c r="K357" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="358" spans="1:11">
+      <c r="A358" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B358" t="s">
+        <v>13</v>
+      </c>
+      <c r="C358" t="s">
+        <v>34</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E358">
+        <v>2</v>
+      </c>
+      <c r="F358" t="s">
+        <v>16</v>
+      </c>
+      <c r="G358" t="s">
+        <v>17</v>
+      </c>
+      <c r="K358" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="359" spans="1:11">
+      <c r="A359" t="s">
+        <v>1093</v>
+      </c>
+      <c r="B359" t="s">
+        <v>13</v>
+      </c>
+      <c r="C359" t="s">
+        <v>34</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E359">
+        <v>2</v>
+      </c>
+      <c r="F359" t="s">
+        <v>16</v>
+      </c>
+      <c r="G359" t="s">
+        <v>17</v>
+      </c>
+      <c r="K359" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="360" spans="1:11">
+      <c r="A360" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B360" t="s">
+        <v>13</v>
+      </c>
+      <c r="C360" t="s">
+        <v>34</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E360">
+        <v>2</v>
+      </c>
+      <c r="F360" t="s">
+        <v>16</v>
+      </c>
+      <c r="G360" t="s">
+        <v>17</v>
+      </c>
+      <c r="K360" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="361" spans="1:11">
+      <c r="A361" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B361" t="s">
+        <v>13</v>
+      </c>
+      <c r="C361" t="s">
+        <v>34</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E361">
+        <v>2</v>
+      </c>
+      <c r="F361" t="s">
+        <v>16</v>
+      </c>
+      <c r="G361" t="s">
+        <v>17</v>
+      </c>
+      <c r="K361" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="362" spans="1:11">
+      <c r="A362" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B362" t="s">
+        <v>13</v>
+      </c>
+      <c r="C362" t="s">
+        <v>34</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E362">
+        <v>2</v>
+      </c>
+      <c r="F362" t="s">
+        <v>16</v>
+      </c>
+      <c r="G362" t="s">
+        <v>17</v>
+      </c>
+      <c r="K362" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="363" spans="1:11">
+      <c r="A363" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B363" t="s">
+        <v>13</v>
+      </c>
+      <c r="C363" t="s">
+        <v>34</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E363">
+        <v>2</v>
+      </c>
+      <c r="F363" t="s">
+        <v>16</v>
+      </c>
+      <c r="G363" t="s">
+        <v>17</v>
+      </c>
+      <c r="K363" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="364" spans="1:11">
+      <c r="A364" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B364" t="s">
+        <v>13</v>
+      </c>
+      <c r="C364" t="s">
+        <v>34</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E364">
+        <v>2</v>
+      </c>
+      <c r="F364" t="s">
+        <v>16</v>
+      </c>
+      <c r="G364" t="s">
+        <v>17</v>
+      </c>
+      <c r="K364" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="365" spans="1:11">
+      <c r="A365" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B365" t="s">
+        <v>13</v>
+      </c>
+      <c r="C365" t="s">
+        <v>34</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E365">
+        <v>2</v>
+      </c>
+      <c r="F365" t="s">
+        <v>16</v>
+      </c>
+      <c r="G365" t="s">
+        <v>17</v>
+      </c>
+      <c r="K365" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="366" spans="1:11">
+      <c r="A366" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B366" t="s">
+        <v>13</v>
+      </c>
+      <c r="C366" t="s">
+        <v>34</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E366">
+        <v>2</v>
+      </c>
+      <c r="F366" t="s">
+        <v>16</v>
+      </c>
+      <c r="G366" t="s">
+        <v>17</v>
+      </c>
+      <c r="K366" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="367" spans="1:11">
+      <c r="A367" t="s">
+        <v>1117</v>
+      </c>
+      <c r="B367" t="s">
+        <v>13</v>
+      </c>
+      <c r="C367" t="s">
+        <v>34</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E367">
+        <v>2</v>
+      </c>
+      <c r="F367" t="s">
+        <v>16</v>
+      </c>
+      <c r="G367" t="s">
+        <v>17</v>
+      </c>
+      <c r="K367" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="368" spans="1:11">
+      <c r="A368" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B368" t="s">
+        <v>13</v>
+      </c>
+      <c r="C368" t="s">
+        <v>34</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E368">
+        <v>2</v>
+      </c>
+      <c r="F368" t="s">
+        <v>16</v>
+      </c>
+      <c r="G368" t="s">
+        <v>17</v>
+      </c>
+      <c r="K368" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="369" spans="1:11">
+      <c r="A369" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B369" t="s">
+        <v>13</v>
+      </c>
+      <c r="C369" t="s">
+        <v>34</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E369">
+        <v>2</v>
+      </c>
+      <c r="F369" t="s">
+        <v>16</v>
+      </c>
+      <c r="G369" t="s">
+        <v>17</v>
+      </c>
+      <c r="K369" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="370" spans="1:11">
+      <c r="A370" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B370" t="s">
+        <v>13</v>
+      </c>
+      <c r="C370" t="s">
+        <v>34</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E370">
+        <v>2</v>
+      </c>
+      <c r="F370" t="s">
+        <v>16</v>
+      </c>
+      <c r="G370" t="s">
+        <v>17</v>
+      </c>
+      <c r="K370" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="371" spans="1:11">
+      <c r="A371" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B371" t="s">
+        <v>13</v>
+      </c>
+      <c r="C371" t="s">
+        <v>34</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1130</v>
+      </c>
+      <c r="E371">
+        <v>2</v>
+      </c>
+      <c r="F371" t="s">
+        <v>16</v>
+      </c>
+      <c r="G371" t="s">
+        <v>17</v>
+      </c>
+      <c r="K371" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="372" spans="1:11">
+      <c r="A372" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B372" t="s">
+        <v>13</v>
+      </c>
+      <c r="C372" t="s">
+        <v>34</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E372">
+        <v>2</v>
+      </c>
+      <c r="F372" t="s">
+        <v>16</v>
+      </c>
+      <c r="G372" t="s">
+        <v>17</v>
+      </c>
+      <c r="K372" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="373" spans="1:11">
+      <c r="A373" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B373" t="s">
+        <v>13</v>
+      </c>
+      <c r="C373" t="s">
+        <v>34</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E373">
+        <v>2</v>
+      </c>
+      <c r="F373" t="s">
+        <v>16</v>
+      </c>
+      <c r="G373" t="s">
+        <v>17</v>
+      </c>
+      <c r="K373" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="374" spans="1:11">
+      <c r="A374" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B374" t="s">
+        <v>13</v>
+      </c>
+      <c r="C374" t="s">
+        <v>34</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E374">
+        <v>2</v>
+      </c>
+      <c r="F374" t="s">
+        <v>16</v>
+      </c>
+      <c r="G374" t="s">
+        <v>17</v>
+      </c>
+      <c r="K374" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="375" spans="1:11">
+      <c r="A375" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B375" t="s">
+        <v>13</v>
+      </c>
+      <c r="C375" t="s">
+        <v>34</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1142</v>
+      </c>
+      <c r="E375">
+        <v>2</v>
+      </c>
+      <c r="F375" t="s">
+        <v>16</v>
+      </c>
+      <c r="G375" t="s">
+        <v>17</v>
+      </c>
+      <c r="K375" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="376" spans="1:11">
+      <c r="A376" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B376" t="s">
+        <v>13</v>
+      </c>
+      <c r="C376" t="s">
+        <v>34</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E376">
+        <v>2</v>
+      </c>
+      <c r="F376" t="s">
+        <v>16</v>
+      </c>
+      <c r="G376" t="s">
+        <v>17</v>
+      </c>
+      <c r="K376" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="377" spans="1:11">
+      <c r="A377" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B377" t="s">
+        <v>13</v>
+      </c>
+      <c r="C377" t="s">
+        <v>34</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1148</v>
+      </c>
+      <c r="E377">
+        <v>2</v>
+      </c>
+      <c r="F377" t="s">
+        <v>16</v>
+      </c>
+      <c r="G377" t="s">
+        <v>17</v>
+      </c>
+      <c r="K377" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="378" spans="1:11">
+      <c r="A378" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B378" t="s">
+        <v>13</v>
+      </c>
+      <c r="C378" t="s">
+        <v>34</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1151</v>
+      </c>
+      <c r="E378">
+        <v>2</v>
+      </c>
+      <c r="F378" t="s">
+        <v>16</v>
+      </c>
+      <c r="G378" t="s">
+        <v>17</v>
+      </c>
+      <c r="K378" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="379" spans="1:11">
+      <c r="A379" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B379" t="s">
+        <v>13</v>
+      </c>
+      <c r="C379" t="s">
+        <v>34</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E379">
+        <v>2</v>
+      </c>
+      <c r="F379" t="s">
+        <v>16</v>
+      </c>
+      <c r="G379" t="s">
+        <v>17</v>
+      </c>
+      <c r="K379" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="380" spans="1:11">
+      <c r="A380" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B380" t="s">
+        <v>13</v>
+      </c>
+      <c r="C380" t="s">
+        <v>34</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1157</v>
+      </c>
+      <c r="E380">
+        <v>2</v>
+      </c>
+      <c r="F380" t="s">
+        <v>16</v>
+      </c>
+      <c r="G380" t="s">
+        <v>17</v>
+      </c>
+      <c r="K380" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="381" spans="1:11">
+      <c r="A381" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B381" t="s">
+        <v>13</v>
+      </c>
+      <c r="C381" t="s">
+        <v>34</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E381">
+        <v>2</v>
+      </c>
+      <c r="F381" t="s">
+        <v>16</v>
+      </c>
+      <c r="G381" t="s">
+        <v>17</v>
+      </c>
+      <c r="K381" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="382" spans="1:11">
+      <c r="A382" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B382" t="s">
+        <v>13</v>
+      </c>
+      <c r="C382" t="s">
+        <v>34</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1163</v>
+      </c>
+      <c r="E382">
+        <v>2</v>
+      </c>
+      <c r="F382" t="s">
+        <v>16</v>
+      </c>
+      <c r="G382" t="s">
+        <v>17</v>
+      </c>
+      <c r="K382" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="383" spans="1:11">
+      <c r="A383" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B383" t="s">
+        <v>13</v>
+      </c>
+      <c r="C383" t="s">
+        <v>34</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1166</v>
+      </c>
+      <c r="E383">
+        <v>2</v>
+      </c>
+      <c r="F383" t="s">
+        <v>16</v>
+      </c>
+      <c r="G383" t="s">
+        <v>17</v>
+      </c>
+      <c r="K383" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="384" spans="1:11">
+      <c r="A384" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B384" t="s">
+        <v>13</v>
+      </c>
+      <c r="C384" t="s">
+        <v>34</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E384">
+        <v>2</v>
+      </c>
+      <c r="F384" t="s">
+        <v>16</v>
+      </c>
+      <c r="G384" t="s">
+        <v>17</v>
+      </c>
+      <c r="K384" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="385" spans="1:11">
+      <c r="A385" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B385" t="s">
+        <v>13</v>
+      </c>
+      <c r="C385" t="s">
+        <v>34</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E385">
+        <v>2</v>
+      </c>
+      <c r="F385" t="s">
+        <v>16</v>
+      </c>
+      <c r="G385" t="s">
+        <v>17</v>
+      </c>
+      <c r="K385" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="386" spans="1:11">
+      <c r="A386" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B386" t="s">
+        <v>13</v>
+      </c>
+      <c r="C386" t="s">
+        <v>34</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E386">
+        <v>2</v>
+      </c>
+      <c r="F386" t="s">
+        <v>16</v>
+      </c>
+      <c r="G386" t="s">
+        <v>17</v>
+      </c>
+      <c r="K386" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="387" spans="1:11">
+      <c r="A387" t="s">
+        <v>1177</v>
+      </c>
+      <c r="B387" t="s">
+        <v>13</v>
+      </c>
+      <c r="C387" t="s">
+        <v>34</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1178</v>
+      </c>
+      <c r="E387">
+        <v>2</v>
+      </c>
+      <c r="F387" t="s">
+        <v>16</v>
+      </c>
+      <c r="G387" t="s">
+        <v>17</v>
+      </c>
+      <c r="K387" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="388" spans="1:11">
+      <c r="A388" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B388" t="s">
+        <v>13</v>
+      </c>
+      <c r="C388" t="s">
+        <v>34</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1181</v>
+      </c>
+      <c r="E388">
+        <v>2</v>
+      </c>
+      <c r="F388" t="s">
+        <v>16</v>
+      </c>
+      <c r="G388" t="s">
+        <v>17</v>
+      </c>
+      <c r="K388" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="389" spans="1:11">
+      <c r="A389" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B389" t="s">
+        <v>13</v>
+      </c>
+      <c r="C389" t="s">
+        <v>34</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E389">
+        <v>2</v>
+      </c>
+      <c r="F389" t="s">
+        <v>16</v>
+      </c>
+      <c r="G389" t="s">
+        <v>17</v>
+      </c>
+      <c r="K389" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="390" spans="1:11">
+      <c r="A390" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B390" t="s">
+        <v>13</v>
+      </c>
+      <c r="C390" t="s">
+        <v>34</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1187</v>
+      </c>
+      <c r="E390">
+        <v>2</v>
+      </c>
+      <c r="F390" t="s">
+        <v>16</v>
+      </c>
+      <c r="G390" t="s">
+        <v>17</v>
+      </c>
+      <c r="K390" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="391" spans="1:11">
+      <c r="A391" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B391" t="s">
+        <v>13</v>
+      </c>
+      <c r="C391" t="s">
+        <v>34</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1190</v>
+      </c>
+      <c r="E391">
+        <v>2</v>
+      </c>
+      <c r="F391" t="s">
+        <v>16</v>
+      </c>
+      <c r="G391" t="s">
+        <v>17</v>
+      </c>
+      <c r="K391" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="392" spans="1:11">
+      <c r="A392" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B392" t="s">
+        <v>13</v>
+      </c>
+      <c r="C392" t="s">
+        <v>34</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E392">
+        <v>2</v>
+      </c>
+      <c r="F392" t="s">
+        <v>16</v>
+      </c>
+      <c r="G392" t="s">
+        <v>17</v>
+      </c>
+      <c r="K392" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="393" spans="1:11">
+      <c r="A393" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B393" t="s">
+        <v>13</v>
+      </c>
+      <c r="C393" t="s">
+        <v>34</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1196</v>
+      </c>
+      <c r="E393">
+        <v>2</v>
+      </c>
+      <c r="F393" t="s">
+        <v>16</v>
+      </c>
+      <c r="G393" t="s">
+        <v>17</v>
+      </c>
+      <c r="K393" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="394" spans="1:11">
+      <c r="A394" t="s">
+        <v>1198</v>
+      </c>
+      <c r="B394" t="s">
+        <v>13</v>
+      </c>
+      <c r="C394" t="s">
+        <v>34</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1199</v>
+      </c>
+      <c r="E394">
+        <v>2</v>
+      </c>
+      <c r="F394" t="s">
+        <v>16</v>
+      </c>
+      <c r="G394" t="s">
+        <v>17</v>
+      </c>
+      <c r="K394" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="395" spans="1:11">
+      <c r="A395" t="s">
+        <v>1201</v>
+      </c>
+      <c r="B395" t="s">
+        <v>13</v>
+      </c>
+      <c r="C395" t="s">
+        <v>34</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1202</v>
+      </c>
+      <c r="E395">
+        <v>2</v>
+      </c>
+      <c r="F395" t="s">
+        <v>16</v>
+      </c>
+      <c r="G395" t="s">
+        <v>17</v>
+      </c>
+      <c r="K395" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="396" spans="1:11">
+      <c r="A396" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B396" t="s">
+        <v>13</v>
+      </c>
+      <c r="C396" t="s">
+        <v>34</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E396">
+        <v>2</v>
+      </c>
+      <c r="F396" t="s">
+        <v>16</v>
+      </c>
+      <c r="G396" t="s">
+        <v>17</v>
+      </c>
+      <c r="K396" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="397" spans="1:11">
+      <c r="A397" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B397" t="s">
+        <v>13</v>
+      </c>
+      <c r="C397" t="s">
+        <v>34</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E397">
+        <v>2</v>
+      </c>
+      <c r="F397" t="s">
+        <v>16</v>
+      </c>
+      <c r="G397" t="s">
+        <v>17</v>
+      </c>
+      <c r="K397" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="398" spans="1:11">
+      <c r="A398" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B398" t="s">
+        <v>13</v>
+      </c>
+      <c r="C398" t="s">
+        <v>34</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1211</v>
+      </c>
+      <c r="E398">
+        <v>2</v>
+      </c>
+      <c r="F398" t="s">
+        <v>16</v>
+      </c>
+      <c r="G398" t="s">
+        <v>17</v>
+      </c>
+      <c r="K398" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="399" spans="1:11">
+      <c r="A399" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B399" t="s">
+        <v>13</v>
+      </c>
+      <c r="C399" t="s">
+        <v>34</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E399">
+        <v>2</v>
+      </c>
+      <c r="F399" t="s">
+        <v>16</v>
+      </c>
+      <c r="G399" t="s">
+        <v>17</v>
+      </c>
+      <c r="K399" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="400" spans="1:11">
+      <c r="A400" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B400" t="s">
+        <v>13</v>
+      </c>
+      <c r="C400" t="s">
+        <v>34</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1217</v>
+      </c>
+      <c r="E400">
+        <v>2</v>
+      </c>
+      <c r="F400" t="s">
+        <v>16</v>
+      </c>
+      <c r="G400" t="s">
+        <v>17</v>
+      </c>
+      <c r="K400" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="401" spans="1:11">
+      <c r="A401" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B401" t="s">
+        <v>13</v>
+      </c>
+      <c r="C401" t="s">
+        <v>34</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1220</v>
+      </c>
+      <c r="E401">
+        <v>2</v>
+      </c>
+      <c r="F401" t="s">
+        <v>16</v>
+      </c>
+      <c r="G401" t="s">
+        <v>17</v>
+      </c>
+      <c r="K401" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="402" spans="1:11">
+      <c r="A402" t="s">
+        <v>1222</v>
+      </c>
+      <c r="B402" t="s">
+        <v>13</v>
+      </c>
+      <c r="C402" t="s">
+        <v>34</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1223</v>
+      </c>
+      <c r="E402">
+        <v>2</v>
+      </c>
+      <c r="F402" t="s">
+        <v>16</v>
+      </c>
+      <c r="G402" t="s">
+        <v>17</v>
+      </c>
+      <c r="K402" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="403" spans="1:11">
+      <c r="A403" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B403" t="s">
+        <v>13</v>
+      </c>
+      <c r="C403" t="s">
+        <v>34</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1226</v>
+      </c>
+      <c r="E403">
+        <v>2</v>
+      </c>
+      <c r="F403" t="s">
+        <v>16</v>
+      </c>
+      <c r="G403" t="s">
+        <v>17</v>
+      </c>
+      <c r="K403" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="404" spans="1:11">
+      <c r="A404" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B404" t="s">
+        <v>13</v>
+      </c>
+      <c r="C404" t="s">
+        <v>34</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1229</v>
+      </c>
+      <c r="E404">
+        <v>2</v>
+      </c>
+      <c r="F404" t="s">
+        <v>16</v>
+      </c>
+      <c r="G404" t="s">
+        <v>17</v>
+      </c>
+      <c r="K404" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="405" spans="1:11">
+      <c r="A405" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B405" t="s">
+        <v>13</v>
+      </c>
+      <c r="C405" t="s">
+        <v>34</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1232</v>
+      </c>
+      <c r="E405">
+        <v>2</v>
+      </c>
+      <c r="F405" t="s">
+        <v>16</v>
+      </c>
+      <c r="G405" t="s">
+        <v>17</v>
+      </c>
+      <c r="K405" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="406" spans="1:11">
+      <c r="A406" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B406" t="s">
+        <v>13</v>
+      </c>
+      <c r="C406" t="s">
+        <v>34</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E406">
+        <v>2</v>
+      </c>
+      <c r="F406" t="s">
+        <v>16</v>
+      </c>
+      <c r="G406" t="s">
+        <v>17</v>
+      </c>
+      <c r="K406" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="407" spans="1:11">
+      <c r="A407" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B407" t="s">
+        <v>13</v>
+      </c>
+      <c r="C407" t="s">
+        <v>34</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1238</v>
+      </c>
+      <c r="E407">
+        <v>2</v>
+      </c>
+      <c r="F407" t="s">
+        <v>16</v>
+      </c>
+      <c r="G407" t="s">
+        <v>17</v>
+      </c>
+      <c r="K407" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="408" spans="1:11">
+      <c r="A408" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B408" t="s">
+        <v>13</v>
+      </c>
+      <c r="C408" t="s">
+        <v>34</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1241</v>
+      </c>
+      <c r="E408">
+        <v>2</v>
+      </c>
+      <c r="F408" t="s">
+        <v>16</v>
+      </c>
+      <c r="G408" t="s">
+        <v>17</v>
+      </c>
+      <c r="K408" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="409" spans="1:11">
+      <c r="A409" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B409" t="s">
+        <v>13</v>
+      </c>
+      <c r="C409" t="s">
+        <v>34</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E409">
+        <v>2</v>
+      </c>
+      <c r="F409" t="s">
+        <v>16</v>
+      </c>
+      <c r="G409" t="s">
+        <v>17</v>
+      </c>
+      <c r="K409" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="410" spans="1:11">
+      <c r="A410" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B410" t="s">
+        <v>13</v>
+      </c>
+      <c r="C410" t="s">
+        <v>34</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1247</v>
+      </c>
+      <c r="E410">
+        <v>2</v>
+      </c>
+      <c r="F410" t="s">
+        <v>16</v>
+      </c>
+      <c r="G410" t="s">
+        <v>17</v>
+      </c>
+      <c r="K410" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="411" spans="1:11">
+      <c r="A411" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B411" t="s">
+        <v>13</v>
+      </c>
+      <c r="C411" t="s">
+        <v>34</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1250</v>
+      </c>
+      <c r="E411">
+        <v>2</v>
+      </c>
+      <c r="F411" t="s">
+        <v>16</v>
+      </c>
+      <c r="G411" t="s">
+        <v>17</v>
+      </c>
+      <c r="K411" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="412" spans="1:11">
+      <c r="A412" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B412" t="s">
+        <v>13</v>
+      </c>
+      <c r="C412" t="s">
+        <v>34</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E412">
+        <v>2</v>
+      </c>
+      <c r="F412" t="s">
+        <v>16</v>
+      </c>
+      <c r="G412" t="s">
+        <v>17</v>
+      </c>
+      <c r="K412" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="413" spans="1:11">
+      <c r="A413" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B413" t="s">
+        <v>13</v>
+      </c>
+      <c r="C413" t="s">
+        <v>34</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1256</v>
+      </c>
+      <c r="E413">
+        <v>2</v>
+      </c>
+      <c r="F413" t="s">
+        <v>16</v>
+      </c>
+      <c r="G413" t="s">
+        <v>17</v>
+      </c>
+      <c r="K413" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="414" spans="1:11">
+      <c r="A414" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B414" t="s">
+        <v>13</v>
+      </c>
+      <c r="C414" t="s">
+        <v>34</v>
+      </c>
+      <c r="D414" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E414">
+        <v>2</v>
+      </c>
+      <c r="F414" t="s">
+        <v>16</v>
+      </c>
+      <c r="G414" t="s">
+        <v>17</v>
+      </c>
+      <c r="K414" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="415" spans="1:11">
+      <c r="A415" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B415" t="s">
+        <v>13</v>
+      </c>
+      <c r="C415" t="s">
+        <v>34</v>
+      </c>
+      <c r="D415" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E415">
+        <v>2</v>
+      </c>
+      <c r="F415" t="s">
+        <v>16</v>
+      </c>
+      <c r="G415" t="s">
+        <v>17</v>
+      </c>
+      <c r="K415" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="416" spans="1:11">
+      <c r="A416" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B416" t="s">
+        <v>13</v>
+      </c>
+      <c r="C416" t="s">
+        <v>34</v>
+      </c>
+      <c r="D416" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E416">
+        <v>2</v>
+      </c>
+      <c r="F416" t="s">
+        <v>16</v>
+      </c>
+      <c r="G416" t="s">
+        <v>17</v>
+      </c>
+      <c r="K416" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="417" spans="1:11">
+      <c r="A417" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B417" t="s">
+        <v>13</v>
+      </c>
+      <c r="C417" t="s">
+        <v>34</v>
+      </c>
+      <c r="D417" t="s">
+        <v>1268</v>
+      </c>
+      <c r="E417">
+        <v>2</v>
+      </c>
+      <c r="F417" t="s">
+        <v>16</v>
+      </c>
+      <c r="G417" t="s">
+        <v>17</v>
+      </c>
+      <c r="K417" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="418" spans="1:11">
+      <c r="A418" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B418" t="s">
+        <v>13</v>
+      </c>
+      <c r="C418" t="s">
+        <v>34</v>
+      </c>
+      <c r="D418" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E418">
+        <v>2</v>
+      </c>
+      <c r="F418" t="s">
+        <v>16</v>
+      </c>
+      <c r="G418" t="s">
+        <v>17</v>
+      </c>
+      <c r="K418" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="419" spans="1:11">
+      <c r="A419" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B419" t="s">
+        <v>13</v>
+      </c>
+      <c r="C419" t="s">
+        <v>34</v>
+      </c>
+      <c r="D419" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E419">
+        <v>2</v>
+      </c>
+      <c r="F419" t="s">
+        <v>16</v>
+      </c>
+      <c r="G419" t="s">
+        <v>17</v>
+      </c>
+      <c r="K419" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="420" spans="1:11">
+      <c r="A420" t="s">
+        <v>1276</v>
+      </c>
+      <c r="B420" t="s">
+        <v>13</v>
+      </c>
+      <c r="C420" t="s">
+        <v>34</v>
+      </c>
+      <c r="D420" t="s">
+        <v>1277</v>
+      </c>
+      <c r="E420">
+        <v>2</v>
+      </c>
+      <c r="F420" t="s">
+        <v>16</v>
+      </c>
+      <c r="G420" t="s">
+        <v>17</v>
+      </c>
+      <c r="K420" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="421" spans="1:11">
+      <c r="A421" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B421" t="s">
+        <v>13</v>
+      </c>
+      <c r="C421" t="s">
+        <v>34</v>
+      </c>
+      <c r="D421" t="s">
+        <v>1280</v>
+      </c>
+      <c r="E421">
+        <v>2</v>
+      </c>
+      <c r="F421" t="s">
+        <v>16</v>
+      </c>
+      <c r="G421" t="s">
+        <v>17</v>
+      </c>
+      <c r="K421" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="422" spans="1:11">
+      <c r="A422" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B422" t="s">
+        <v>13</v>
+      </c>
+      <c r="C422" t="s">
+        <v>34</v>
+      </c>
+      <c r="D422" t="s">
+        <v>1283</v>
+      </c>
+      <c r="E422">
+        <v>2</v>
+      </c>
+      <c r="F422" t="s">
+        <v>16</v>
+      </c>
+      <c r="G422" t="s">
+        <v>17</v>
+      </c>
+      <c r="K422" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="423" spans="1:11">
+      <c r="A423" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B423" t="s">
+        <v>13</v>
+      </c>
+      <c r="C423" t="s">
+        <v>34</v>
+      </c>
+      <c r="D423" t="s">
+        <v>1286</v>
+      </c>
+      <c r="E423">
+        <v>2</v>
+      </c>
+      <c r="F423" t="s">
+        <v>16</v>
+      </c>
+      <c r="G423" t="s">
+        <v>17</v>
+      </c>
+      <c r="K423" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="424" spans="1:11">
+      <c r="A424" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B424" t="s">
+        <v>13</v>
+      </c>
+      <c r="C424" t="s">
+        <v>34</v>
+      </c>
+      <c r="D424" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E424">
+        <v>2</v>
+      </c>
+      <c r="F424" t="s">
+        <v>16</v>
+      </c>
+      <c r="G424" t="s">
+        <v>17</v>
+      </c>
+      <c r="K424" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="425" spans="1:11">
+      <c r="A425" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B425" t="s">
+        <v>13</v>
+      </c>
+      <c r="C425" t="s">
+        <v>34</v>
+      </c>
+      <c r="D425" t="s">
+        <v>1292</v>
+      </c>
+      <c r="E425">
+        <v>2</v>
+      </c>
+      <c r="F425" t="s">
+        <v>16</v>
+      </c>
+      <c r="G425" t="s">
+        <v>17</v>
+      </c>
+      <c r="K425" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="426" spans="1:11">
+      <c r="A426" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B426" t="s">
+        <v>13</v>
+      </c>
+      <c r="C426" t="s">
+        <v>34</v>
+      </c>
+      <c r="D426" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E426">
+        <v>2</v>
+      </c>
+      <c r="F426" t="s">
+        <v>16</v>
+      </c>
+      <c r="G426" t="s">
+        <v>17</v>
+      </c>
+      <c r="K426" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="427" spans="1:11">
+      <c r="A427" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B427" t="s">
+        <v>13</v>
+      </c>
+      <c r="C427" t="s">
+        <v>34</v>
+      </c>
+      <c r="D427" t="s">
+        <v>1298</v>
+      </c>
+      <c r="E427">
+        <v>2</v>
+      </c>
+      <c r="F427" t="s">
+        <v>16</v>
+      </c>
+      <c r="G427" t="s">
+        <v>17</v>
+      </c>
+      <c r="K427" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="428" spans="1:11">
+      <c r="A428" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B428" t="s">
+        <v>13</v>
+      </c>
+      <c r="C428" t="s">
+        <v>34</v>
+      </c>
+      <c r="D428" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E428">
+        <v>2</v>
+      </c>
+      <c r="F428" t="s">
+        <v>16</v>
+      </c>
+      <c r="G428" t="s">
+        <v>17</v>
+      </c>
+      <c r="K428" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="429" spans="1:11">
+      <c r="A429" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B429" t="s">
+        <v>13</v>
+      </c>
+      <c r="C429" t="s">
+        <v>34</v>
+      </c>
+      <c r="D429" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E429">
+        <v>2</v>
+      </c>
+      <c r="F429" t="s">
+        <v>16</v>
+      </c>
+      <c r="G429" t="s">
+        <v>17</v>
+      </c>
+      <c r="K429" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="430" spans="1:11">
+      <c r="A430" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B430" t="s">
+        <v>13</v>
+      </c>
+      <c r="C430" t="s">
+        <v>34</v>
+      </c>
+      <c r="D430" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E430">
+        <v>2</v>
+      </c>
+      <c r="F430" t="s">
+        <v>16</v>
+      </c>
+      <c r="G430" t="s">
+        <v>17</v>
+      </c>
+      <c r="K430" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="431" spans="1:11">
+      <c r="A431" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B431" t="s">
+        <v>13</v>
+      </c>
+      <c r="C431" t="s">
+        <v>34</v>
+      </c>
+      <c r="D431" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E431">
+        <v>2</v>
+      </c>
+      <c r="F431" t="s">
+        <v>16</v>
+      </c>
+      <c r="G431" t="s">
+        <v>17</v>
+      </c>
+      <c r="K431" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="432" spans="1:11">
+      <c r="A432" t="s">
+        <v>1312</v>
+      </c>
+      <c r="B432" t="s">
+        <v>13</v>
+      </c>
+      <c r="C432" t="s">
+        <v>34</v>
+      </c>
+      <c r="D432" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E432">
+        <v>2</v>
+      </c>
+      <c r="F432" t="s">
+        <v>16</v>
+      </c>
+      <c r="G432" t="s">
+        <v>17</v>
+      </c>
+      <c r="K432" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="433" spans="1:11">
+      <c r="A433" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B433" t="s">
+        <v>13</v>
+      </c>
+      <c r="C433" t="s">
+        <v>34</v>
+      </c>
+      <c r="D433" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E433">
+        <v>2</v>
+      </c>
+      <c r="F433" t="s">
+        <v>16</v>
+      </c>
+      <c r="G433" t="s">
+        <v>17</v>
+      </c>
+      <c r="K433" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="434" spans="1:11">
+      <c r="A434" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B434" t="s">
+        <v>13</v>
+      </c>
+      <c r="C434" t="s">
+        <v>34</v>
+      </c>
+      <c r="D434" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E434">
+        <v>2</v>
+      </c>
+      <c r="F434" t="s">
+        <v>16</v>
+      </c>
+      <c r="G434" t="s">
+        <v>17</v>
+      </c>
+      <c r="K434" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="435" spans="1:11">
+      <c r="A435" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B435" t="s">
+        <v>13</v>
+      </c>
+      <c r="C435" t="s">
+        <v>34</v>
+      </c>
+      <c r="D435" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E435">
+        <v>2</v>
+      </c>
+      <c r="F435" t="s">
+        <v>16</v>
+      </c>
+      <c r="G435" t="s">
+        <v>17</v>
+      </c>
+      <c r="K435" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="436" spans="1:11">
+      <c r="A436" t="s">
+        <v>1324</v>
+      </c>
+      <c r="B436" t="s">
+        <v>13</v>
+      </c>
+      <c r="C436" t="s">
+        <v>34</v>
+      </c>
+      <c r="D436" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E436">
+        <v>2</v>
+      </c>
+      <c r="F436" t="s">
+        <v>16</v>
+      </c>
+      <c r="G436" t="s">
+        <v>17</v>
+      </c>
+      <c r="K436" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="437" spans="1:11">
+      <c r="A437" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B437" t="s">
+        <v>13</v>
+      </c>
+      <c r="C437" t="s">
+        <v>34</v>
+      </c>
+      <c r="D437" t="s">
+        <v>1328</v>
+      </c>
+      <c r="E437">
+        <v>2</v>
+      </c>
+      <c r="F437" t="s">
+        <v>16</v>
+      </c>
+      <c r="G437" t="s">
+        <v>17</v>
+      </c>
+      <c r="K437" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="438" spans="1:11">
+      <c r="A438" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B438" t="s">
+        <v>13</v>
+      </c>
+      <c r="C438" t="s">
+        <v>34</v>
+      </c>
+      <c r="D438" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E438">
+        <v>2</v>
+      </c>
+      <c r="F438" t="s">
+        <v>16</v>
+      </c>
+      <c r="G438" t="s">
+        <v>17</v>
+      </c>
+      <c r="K438" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="439" spans="1:11">
+      <c r="A439" t="s">
+        <v>1333</v>
+      </c>
+      <c r="B439" t="s">
+        <v>13</v>
+      </c>
+      <c r="C439" t="s">
+        <v>34</v>
+      </c>
+      <c r="D439" t="s">
+        <v>1334</v>
+      </c>
+      <c r="E439">
+        <v>2</v>
+      </c>
+      <c r="F439" t="s">
+        <v>16</v>
+      </c>
+      <c r="G439" t="s">
+        <v>17</v>
+      </c>
+      <c r="K439" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="440" spans="1:11">
+      <c r="A440" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B440" t="s">
+        <v>13</v>
+      </c>
+      <c r="C440" t="s">
+        <v>34</v>
+      </c>
+      <c r="D440" t="s">
+        <v>1337</v>
+      </c>
+      <c r="E440">
+        <v>2</v>
+      </c>
+      <c r="F440" t="s">
+        <v>16</v>
+      </c>
+      <c r="G440" t="s">
+        <v>17</v>
+      </c>
+      <c r="K440" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="441" spans="1:11">
+      <c r="A441" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B441" t="s">
+        <v>13</v>
+      </c>
+      <c r="C441" t="s">
+        <v>34</v>
+      </c>
+      <c r="D441" t="s">
+        <v>1340</v>
+      </c>
+      <c r="E441">
+        <v>2</v>
+      </c>
+      <c r="F441" t="s">
+        <v>16</v>
+      </c>
+      <c r="G441" t="s">
+        <v>17</v>
+      </c>
+      <c r="K441" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="442" spans="1:11">
+      <c r="A442" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B442" t="s">
+        <v>13</v>
+      </c>
+      <c r="C442" t="s">
+        <v>34</v>
+      </c>
+      <c r="D442" t="s">
+        <v>1343</v>
+      </c>
+      <c r="E442">
+        <v>2</v>
+      </c>
+      <c r="F442" t="s">
+        <v>16</v>
+      </c>
+      <c r="G442" t="s">
+        <v>17</v>
+      </c>
+      <c r="K442" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="443" spans="1:11">
+      <c r="A443" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B443" t="s">
+        <v>13</v>
+      </c>
+      <c r="C443" t="s">
+        <v>34</v>
+      </c>
+      <c r="D443" t="s">
+        <v>1346</v>
+      </c>
+      <c r="E443">
+        <v>2</v>
+      </c>
+      <c r="F443" t="s">
+        <v>16</v>
+      </c>
+      <c r="G443" t="s">
+        <v>17</v>
+      </c>
+      <c r="K443" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="444" spans="1:11">
+      <c r="A444" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B444" t="s">
+        <v>13</v>
+      </c>
+      <c r="C444" t="s">
+        <v>34</v>
+      </c>
+      <c r="D444" t="s">
+        <v>1349</v>
+      </c>
+      <c r="E444">
+        <v>2</v>
+      </c>
+      <c r="F444" t="s">
+        <v>16</v>
+      </c>
+      <c r="G444" t="s">
+        <v>17</v>
+      </c>
+      <c r="K444" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="445" spans="1:11">
+      <c r="A445" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B445" t="s">
+        <v>13</v>
+      </c>
+      <c r="C445" t="s">
+        <v>34</v>
+      </c>
+      <c r="D445" t="s">
+        <v>1352</v>
+      </c>
+      <c r="E445">
+        <v>2</v>
+      </c>
+      <c r="F445" t="s">
+        <v>16</v>
+      </c>
+      <c r="G445" t="s">
+        <v>17</v>
+      </c>
+      <c r="K445" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="446" spans="1:11">
+      <c r="A446" t="s">
+        <v>1354</v>
+      </c>
+      <c r="B446" t="s">
+        <v>13</v>
+      </c>
+      <c r="C446" t="s">
+        <v>34</v>
+      </c>
+      <c r="D446" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E446">
+        <v>2</v>
+      </c>
+      <c r="F446" t="s">
+        <v>16</v>
+      </c>
+      <c r="G446" t="s">
+        <v>17</v>
+      </c>
+      <c r="K446" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="447" spans="1:11">
+      <c r="A447" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B447" t="s">
+        <v>13</v>
+      </c>
+      <c r="C447" t="s">
+        <v>34</v>
+      </c>
+      <c r="D447" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E447">
+        <v>2</v>
+      </c>
+      <c r="F447" t="s">
+        <v>16</v>
+      </c>
+      <c r="G447" t="s">
+        <v>17</v>
+      </c>
+      <c r="K447" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="448" spans="1:11">
+      <c r="A448" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B448" t="s">
+        <v>13</v>
+      </c>
+      <c r="C448" t="s">
+        <v>34</v>
+      </c>
+      <c r="D448" t="s">
+        <v>1361</v>
+      </c>
+      <c r="E448">
+        <v>2</v>
+      </c>
+      <c r="F448" t="s">
+        <v>16</v>
+      </c>
+      <c r="G448" t="s">
+        <v>17</v>
+      </c>
+      <c r="K448" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="449" spans="1:11">
+      <c r="A449" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B449" t="s">
+        <v>13</v>
+      </c>
+      <c r="C449" t="s">
+        <v>34</v>
+      </c>
+      <c r="D449" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E449">
+        <v>2</v>
+      </c>
+      <c r="F449" t="s">
+        <v>16</v>
+      </c>
+      <c r="G449" t="s">
+        <v>17</v>
+      </c>
+      <c r="K449" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="450" spans="1:11">
+      <c r="A450" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B450" t="s">
+        <v>13</v>
+      </c>
+      <c r="C450" t="s">
+        <v>34</v>
+      </c>
+      <c r="D450" t="s">
+        <v>1367</v>
+      </c>
+      <c r="E450">
+        <v>2</v>
+      </c>
+      <c r="F450" t="s">
+        <v>16</v>
+      </c>
+      <c r="G450" t="s">
+        <v>17</v>
+      </c>
+      <c r="K450" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="451" spans="1:11">
+      <c r="A451" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B451" t="s">
+        <v>13</v>
+      </c>
+      <c r="C451" t="s">
+        <v>34</v>
+      </c>
+      <c r="D451" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E451">
+        <v>2</v>
+      </c>
+      <c r="F451" t="s">
+        <v>16</v>
+      </c>
+      <c r="G451" t="s">
+        <v>17</v>
+      </c>
+      <c r="K451" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="452" spans="1:11">
+      <c r="A452" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B452" t="s">
+        <v>13</v>
+      </c>
+      <c r="C452" t="s">
+        <v>34</v>
+      </c>
+      <c r="D452" t="s">
+        <v>1373</v>
+      </c>
+      <c r="E452">
+        <v>2</v>
+      </c>
+      <c r="F452" t="s">
+        <v>16</v>
+      </c>
+      <c r="G452" t="s">
+        <v>17</v>
+      </c>
+      <c r="K452" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="453" spans="1:11">
+      <c r="A453" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B453" t="s">
+        <v>13</v>
+      </c>
+      <c r="C453" t="s">
+        <v>34</v>
+      </c>
+      <c r="D453" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E453">
+        <v>2</v>
+      </c>
+      <c r="F453" t="s">
+        <v>16</v>
+      </c>
+      <c r="G453" t="s">
+        <v>17</v>
+      </c>
+      <c r="K453" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="454" spans="1:11">
+      <c r="A454" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B454" t="s">
+        <v>13</v>
+      </c>
+      <c r="C454" t="s">
+        <v>34</v>
+      </c>
+      <c r="D454" t="s">
+        <v>1379</v>
+      </c>
+      <c r="E454">
+        <v>2</v>
+      </c>
+      <c r="F454" t="s">
+        <v>16</v>
+      </c>
+      <c r="G454" t="s">
+        <v>17</v>
+      </c>
+      <c r="K454" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="455" spans="1:11">
+      <c r="A455" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B455" t="s">
+        <v>13</v>
+      </c>
+      <c r="C455" t="s">
+        <v>34</v>
+      </c>
+      <c r="D455" t="s">
+        <v>1382</v>
+      </c>
+      <c r="E455">
+        <v>2</v>
+      </c>
+      <c r="F455" t="s">
+        <v>16</v>
+      </c>
+      <c r="G455" t="s">
+        <v>17</v>
+      </c>
+      <c r="K455" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="456" spans="1:11">
+      <c r="A456" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B456" t="s">
+        <v>13</v>
+      </c>
+      <c r="C456" t="s">
+        <v>34</v>
+      </c>
+      <c r="D456" t="s">
+        <v>1385</v>
+      </c>
+      <c r="E456">
+        <v>2</v>
+      </c>
+      <c r="F456" t="s">
+        <v>16</v>
+      </c>
+      <c r="G456" t="s">
+        <v>17</v>
+      </c>
+      <c r="K456" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="457" spans="1:11">
+      <c r="A457" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B457" t="s">
+        <v>13</v>
+      </c>
+      <c r="C457" t="s">
+        <v>34</v>
+      </c>
+      <c r="D457" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E457">
+        <v>2</v>
+      </c>
+      <c r="F457" t="s">
+        <v>16</v>
+      </c>
+      <c r="G457" t="s">
+        <v>17</v>
+      </c>
+      <c r="K457" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="458" spans="1:11">
+      <c r="A458" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B458" t="s">
+        <v>13</v>
+      </c>
+      <c r="C458" t="s">
+        <v>34</v>
+      </c>
+      <c r="D458" t="s">
+        <v>1391</v>
+      </c>
+      <c r="E458">
+        <v>2</v>
+      </c>
+      <c r="F458" t="s">
+        <v>16</v>
+      </c>
+      <c r="G458" t="s">
+        <v>17</v>
+      </c>
+      <c r="K458" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="459" spans="1:11">
+      <c r="A459" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B459" t="s">
+        <v>13</v>
+      </c>
+      <c r="C459" t="s">
+        <v>34</v>
+      </c>
+      <c r="D459" t="s">
+        <v>1394</v>
+      </c>
+      <c r="E459">
+        <v>2</v>
+      </c>
+      <c r="F459" t="s">
+        <v>16</v>
+      </c>
+      <c r="G459" t="s">
+        <v>17</v>
+      </c>
+      <c r="K459" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="460" spans="1:11">
+      <c r="A460" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B460" t="s">
+        <v>13</v>
+      </c>
+      <c r="C460" t="s">
+        <v>34</v>
+      </c>
+      <c r="D460" t="s">
+        <v>1397</v>
+      </c>
+      <c r="E460">
+        <v>2</v>
+      </c>
+      <c r="F460" t="s">
+        <v>16</v>
+      </c>
+      <c r="G460" t="s">
+        <v>17</v>
+      </c>
+      <c r="K460" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="461" spans="1:11">
+      <c r="A461" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B461" t="s">
+        <v>13</v>
+      </c>
+      <c r="C461" t="s">
+        <v>34</v>
+      </c>
+      <c r="D461" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E461">
+        <v>2</v>
+      </c>
+      <c r="F461" t="s">
+        <v>16</v>
+      </c>
+      <c r="G461" t="s">
+        <v>17</v>
+      </c>
+      <c r="K461" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="462" spans="1:11">
+      <c r="A462" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B462" t="s">
+        <v>13</v>
+      </c>
+      <c r="C462" t="s">
+        <v>34</v>
+      </c>
+      <c r="D462" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E462">
+        <v>2</v>
+      </c>
+      <c r="F462" t="s">
+        <v>16</v>
+      </c>
+      <c r="G462" t="s">
+        <v>17</v>
+      </c>
+      <c r="K462" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="463" spans="1:11">
+      <c r="A463" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B463" t="s">
+        <v>13</v>
+      </c>
+      <c r="C463" t="s">
+        <v>34</v>
+      </c>
+      <c r="D463" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E463">
+        <v>2</v>
+      </c>
+      <c r="F463" t="s">
+        <v>16</v>
+      </c>
+      <c r="G463" t="s">
+        <v>17</v>
+      </c>
+      <c r="K463" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="464" spans="1:11">
+      <c r="A464" t="s">
+        <v>1408</v>
+      </c>
+      <c r="B464" t="s">
+        <v>13</v>
+      </c>
+      <c r="C464" t="s">
+        <v>34</v>
+      </c>
+      <c r="D464" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E464">
+        <v>2</v>
+      </c>
+      <c r="F464" t="s">
+        <v>16</v>
+      </c>
+      <c r="G464" t="s">
+        <v>17</v>
+      </c>
+      <c r="K464" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="465" spans="1:11">
+      <c r="A465" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B465" t="s">
+        <v>13</v>
+      </c>
+      <c r="C465" t="s">
+        <v>34</v>
+      </c>
+      <c r="D465" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E465">
+        <v>2</v>
+      </c>
+      <c r="F465" t="s">
+        <v>16</v>
+      </c>
+      <c r="G465" t="s">
+        <v>17</v>
+      </c>
+      <c r="K465" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="466" spans="1:11">
+      <c r="A466" t="s">
+        <v>1414</v>
+      </c>
+      <c r="B466" t="s">
+        <v>13</v>
+      </c>
+      <c r="C466" t="s">
+        <v>34</v>
+      </c>
+      <c r="D466" t="s">
+        <v>1415</v>
+      </c>
+      <c r="E466">
+        <v>2</v>
+      </c>
+      <c r="F466" t="s">
+        <v>16</v>
+      </c>
+      <c r="G466" t="s">
+        <v>17</v>
+      </c>
+      <c r="K466" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="467" spans="1:11">
+      <c r="A467" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B467" t="s">
+        <v>13</v>
+      </c>
+      <c r="C467" t="s">
+        <v>34</v>
+      </c>
+      <c r="D467" t="s">
+        <v>1418</v>
+      </c>
+      <c r="E467">
+        <v>2</v>
+      </c>
+      <c r="F467" t="s">
+        <v>16</v>
+      </c>
+      <c r="G467" t="s">
+        <v>17</v>
+      </c>
+      <c r="K467" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="468" spans="1:11">
+      <c r="A468" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B468" t="s">
+        <v>13</v>
+      </c>
+      <c r="C468" t="s">
+        <v>34</v>
+      </c>
+      <c r="D468" t="s">
+        <v>1421</v>
+      </c>
+      <c r="E468">
+        <v>2</v>
+      </c>
+      <c r="F468" t="s">
+        <v>16</v>
+      </c>
+      <c r="G468" t="s">
+        <v>17</v>
+      </c>
+      <c r="K468" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="469" spans="1:11">
+      <c r="A469" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B469" t="s">
+        <v>13</v>
+      </c>
+      <c r="C469" t="s">
+        <v>34</v>
+      </c>
+      <c r="D469" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E469">
+        <v>2</v>
+      </c>
+      <c r="F469" t="s">
+        <v>16</v>
+      </c>
+      <c r="G469" t="s">
+        <v>17</v>
+      </c>
+      <c r="K469" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="470" spans="1:11">
+      <c r="A470" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B470" t="s">
+        <v>13</v>
+      </c>
+      <c r="C470" t="s">
+        <v>34</v>
+      </c>
+      <c r="D470" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E470">
+        <v>2</v>
+      </c>
+      <c r="F470" t="s">
+        <v>16</v>
+      </c>
+      <c r="G470" t="s">
+        <v>17</v>
+      </c>
+      <c r="K470" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="471" spans="1:11">
+      <c r="A471" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B471" t="s">
+        <v>13</v>
+      </c>
+      <c r="C471" t="s">
+        <v>34</v>
+      </c>
+      <c r="D471" t="s">
+        <v>1430</v>
+      </c>
+      <c r="E471">
+        <v>2</v>
+      </c>
+      <c r="F471" t="s">
+        <v>16</v>
+      </c>
+      <c r="G471" t="s">
+        <v>17</v>
+      </c>
+      <c r="K471" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="472" spans="1:11">
+      <c r="A472" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B472" t="s">
+        <v>13</v>
+      </c>
+      <c r="C472" t="s">
+        <v>34</v>
+      </c>
+      <c r="D472" t="s">
+        <v>1433</v>
+      </c>
+      <c r="E472">
+        <v>2</v>
+      </c>
+      <c r="F472" t="s">
+        <v>16</v>
+      </c>
+      <c r="G472" t="s">
+        <v>17</v>
+      </c>
+      <c r="K472" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="473" spans="1:11">
+      <c r="A473" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B473" t="s">
+        <v>13</v>
+      </c>
+      <c r="C473" t="s">
+        <v>34</v>
+      </c>
+      <c r="D473" t="s">
+        <v>1436</v>
+      </c>
+      <c r="E473">
+        <v>2</v>
+      </c>
+      <c r="F473" t="s">
+        <v>16</v>
+      </c>
+      <c r="G473" t="s">
+        <v>17</v>
+      </c>
+      <c r="K473" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="474" spans="1:11">
+      <c r="A474" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B474" t="s">
+        <v>13</v>
+      </c>
+      <c r="C474" t="s">
+        <v>34</v>
+      </c>
+      <c r="D474" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E474">
+        <v>2</v>
+      </c>
+      <c r="F474" t="s">
+        <v>16</v>
+      </c>
+      <c r="G474" t="s">
+        <v>17</v>
+      </c>
+      <c r="K474" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="475" spans="1:11">
+      <c r="A475" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B475" t="s">
+        <v>13</v>
+      </c>
+      <c r="C475" t="s">
+        <v>34</v>
+      </c>
+      <c r="D475" t="s">
+        <v>1442</v>
+      </c>
+      <c r="E475">
+        <v>2</v>
+      </c>
+      <c r="F475" t="s">
+        <v>16</v>
+      </c>
+      <c r="G475" t="s">
+        <v>17</v>
+      </c>
+      <c r="K475" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="476" spans="1:11">
+      <c r="A476" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B476" t="s">
+        <v>13</v>
+      </c>
+      <c r="C476" t="s">
+        <v>34</v>
+      </c>
+      <c r="D476" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E476">
+        <v>2</v>
+      </c>
+      <c r="F476" t="s">
+        <v>16</v>
+      </c>
+      <c r="G476" t="s">
+        <v>17</v>
+      </c>
+      <c r="K476" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="477" spans="1:11">
+      <c r="A477" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B477" t="s">
+        <v>13</v>
+      </c>
+      <c r="C477" t="s">
+        <v>34</v>
+      </c>
+      <c r="D477" t="s">
+        <v>1448</v>
+      </c>
+      <c r="E477">
+        <v>2</v>
+      </c>
+      <c r="F477" t="s">
+        <v>16</v>
+      </c>
+      <c r="G477" t="s">
+        <v>17</v>
+      </c>
+      <c r="K477" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="478" spans="1:11">
+      <c r="A478" t="s">
+        <v>1450</v>
+      </c>
+      <c r="B478" t="s">
+        <v>13</v>
+      </c>
+      <c r="C478" t="s">
+        <v>34</v>
+      </c>
+      <c r="D478" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E478">
+        <v>2</v>
+      </c>
+      <c r="F478" t="s">
+        <v>16</v>
+      </c>
+      <c r="G478" t="s">
+        <v>17</v>
+      </c>
+      <c r="K478" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="479" spans="1:11">
+      <c r="A479" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B479" t="s">
+        <v>13</v>
+      </c>
+      <c r="C479" t="s">
+        <v>34</v>
+      </c>
+      <c r="D479" t="s">
+        <v>1454</v>
+      </c>
+      <c r="E479">
+        <v>2</v>
+      </c>
+      <c r="F479" t="s">
+        <v>16</v>
+      </c>
+      <c r="G479" t="s">
+        <v>17</v>
+      </c>
+      <c r="K479" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="480" spans="1:11">
+      <c r="A480" t="s">
+        <v>1456</v>
+      </c>
+      <c r="B480" t="s">
+        <v>13</v>
+      </c>
+      <c r="C480" t="s">
+        <v>34</v>
+      </c>
+      <c r="D480" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E480">
+        <v>2</v>
+      </c>
+      <c r="F480" t="s">
+        <v>16</v>
+      </c>
+      <c r="G480" t="s">
+        <v>17</v>
+      </c>
+      <c r="K480" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="481" spans="1:11">
+      <c r="A481" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B481" t="s">
+        <v>13</v>
+      </c>
+      <c r="C481" t="s">
+        <v>34</v>
+      </c>
+      <c r="D481" t="s">
+        <v>1460</v>
+      </c>
+      <c r="E481">
+        <v>2</v>
+      </c>
+      <c r="F481" t="s">
+        <v>16</v>
+      </c>
+      <c r="G481" t="s">
+        <v>17</v>
+      </c>
+      <c r="K481" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="482" spans="1:11">
+      <c r="A482" t="s">
+        <v>1462</v>
+      </c>
+      <c r="B482" t="s">
+        <v>13</v>
+      </c>
+      <c r="C482" t="s">
+        <v>34</v>
+      </c>
+      <c r="D482" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E482">
+        <v>2</v>
+      </c>
+      <c r="F482" t="s">
+        <v>16</v>
+      </c>
+      <c r="G482" t="s">
+        <v>17</v>
+      </c>
+      <c r="K482" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="483" spans="1:11">
+      <c r="A483" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B483" t="s">
+        <v>13</v>
+      </c>
+      <c r="C483" t="s">
+        <v>34</v>
+      </c>
+      <c r="D483" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E483">
+        <v>2</v>
+      </c>
+      <c r="F483" t="s">
+        <v>16</v>
+      </c>
+      <c r="G483" t="s">
+        <v>17</v>
+      </c>
+      <c r="K483" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="484" spans="1:11">
+      <c r="A484" t="s">
+        <v>1468</v>
+      </c>
+      <c r="B484" t="s">
+        <v>13</v>
+      </c>
+      <c r="C484" t="s">
+        <v>34</v>
+      </c>
+      <c r="D484" t="s">
+        <v>1469</v>
+      </c>
+      <c r="E484">
+        <v>2</v>
+      </c>
+      <c r="F484" t="s">
+        <v>16</v>
+      </c>
+      <c r="G484" t="s">
+        <v>17</v>
+      </c>
+      <c r="K484" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="485" spans="1:11">
+      <c r="A485" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B485" t="s">
+        <v>13</v>
+      </c>
+      <c r="C485" t="s">
+        <v>34</v>
+      </c>
+      <c r="D485" t="s">
+        <v>1472</v>
+      </c>
+      <c r="E485">
+        <v>2</v>
+      </c>
+      <c r="F485" t="s">
+        <v>16</v>
+      </c>
+      <c r="G485" t="s">
+        <v>17</v>
+      </c>
+      <c r="K485" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="486" spans="1:11">
+      <c r="A486" t="s">
+        <v>1474</v>
+      </c>
+      <c r="B486" t="s">
+        <v>13</v>
+      </c>
+      <c r="C486" t="s">
+        <v>34</v>
+      </c>
+      <c r="D486" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E486">
+        <v>2</v>
+      </c>
+      <c r="F486" t="s">
+        <v>16</v>
+      </c>
+      <c r="G486" t="s">
+        <v>17</v>
+      </c>
+      <c r="K486" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="487" spans="1:11">
+      <c r="A487" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B487" t="s">
+        <v>13</v>
+      </c>
+      <c r="C487" t="s">
+        <v>34</v>
+      </c>
+      <c r="D487" t="s">
+        <v>1478</v>
+      </c>
+      <c r="E487">
+        <v>2</v>
+      </c>
+      <c r="F487" t="s">
+        <v>16</v>
+      </c>
+      <c r="G487" t="s">
+        <v>17</v>
+      </c>
+      <c r="K487" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="488" spans="1:11">
+      <c r="A488" t="s">
+        <v>1480</v>
+      </c>
+      <c r="B488" t="s">
+        <v>13</v>
+      </c>
+      <c r="C488" t="s">
+        <v>34</v>
+      </c>
+      <c r="D488" t="s">
+        <v>1481</v>
+      </c>
+      <c r="E488">
+        <v>2</v>
+      </c>
+      <c r="F488" t="s">
+        <v>16</v>
+      </c>
+      <c r="G488" t="s">
+        <v>17</v>
+      </c>
+      <c r="K488" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="489" spans="1:11">
+      <c r="A489" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B489" t="s">
+        <v>13</v>
+      </c>
+      <c r="C489" t="s">
+        <v>34</v>
+      </c>
+      <c r="D489" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E489">
+        <v>2</v>
+      </c>
+      <c r="F489" t="s">
+        <v>16</v>
+      </c>
+      <c r="G489" t="s">
+        <v>17</v>
+      </c>
+      <c r="K489" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="490" spans="1:11">
+      <c r="A490" t="s">
+        <v>1486</v>
+      </c>
+      <c r="B490" t="s">
+        <v>13</v>
+      </c>
+      <c r="C490" t="s">
+        <v>34</v>
+      </c>
+      <c r="D490" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E490">
+        <v>2</v>
+      </c>
+      <c r="F490" t="s">
+        <v>16</v>
+      </c>
+      <c r="G490" t="s">
+        <v>17</v>
+      </c>
+      <c r="K490" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="491" spans="1:11">
+      <c r="A491" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B491" t="s">
+        <v>13</v>
+      </c>
+      <c r="C491" t="s">
+        <v>34</v>
+      </c>
+      <c r="D491" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E491">
+        <v>2</v>
+      </c>
+      <c r="F491" t="s">
+        <v>16</v>
+      </c>
+      <c r="G491" t="s">
+        <v>17</v>
+      </c>
+      <c r="K491" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="492" spans="1:11">
+      <c r="A492" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B492" t="s">
+        <v>13</v>
+      </c>
+      <c r="C492" t="s">
+        <v>34</v>
+      </c>
+      <c r="D492" t="s">
+        <v>1493</v>
+      </c>
+      <c r="E492">
+        <v>2</v>
+      </c>
+      <c r="F492" t="s">
+        <v>16</v>
+      </c>
+      <c r="G492" t="s">
+        <v>17</v>
+      </c>
+      <c r="K492" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="493" spans="1:11">
+      <c r="A493" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B493" t="s">
+        <v>13</v>
+      </c>
+      <c r="C493" t="s">
+        <v>34</v>
+      </c>
+      <c r="D493" t="s">
+        <v>1496</v>
+      </c>
+      <c r="E493">
+        <v>2</v>
+      </c>
+      <c r="F493" t="s">
+        <v>16</v>
+      </c>
+      <c r="G493" t="s">
+        <v>17</v>
+      </c>
+      <c r="K493" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="494" spans="1:11">
+      <c r="A494" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B494" t="s">
+        <v>13</v>
+      </c>
+      <c r="C494" t="s">
+        <v>34</v>
+      </c>
+      <c r="D494" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E494">
+        <v>2</v>
+      </c>
+      <c r="F494" t="s">
+        <v>16</v>
+      </c>
+      <c r="G494" t="s">
+        <v>17</v>
+      </c>
+      <c r="K494" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="495" spans="1:11">
+      <c r="A495" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B495" t="s">
+        <v>13</v>
+      </c>
+      <c r="C495" t="s">
+        <v>34</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1502</v>
+      </c>
+      <c r="E495">
+        <v>2</v>
+      </c>
+      <c r="F495" t="s">
+        <v>16</v>
+      </c>
+      <c r="G495" t="s">
+        <v>17</v>
+      </c>
+      <c r="K495" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="496" spans="1:11">
+      <c r="A496" t="s">
+        <v>1504</v>
+      </c>
+      <c r="B496" t="s">
+        <v>13</v>
+      </c>
+      <c r="C496" t="s">
+        <v>34</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1505</v>
+      </c>
+      <c r="E496">
+        <v>2</v>
+      </c>
+      <c r="F496" t="s">
+        <v>16</v>
+      </c>
+      <c r="G496" t="s">
+        <v>17</v>
+      </c>
+      <c r="K496" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="497" spans="1:11">
+      <c r="A497" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B497" t="s">
+        <v>13</v>
+      </c>
+      <c r="C497" t="s">
+        <v>34</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E497">
+        <v>2</v>
+      </c>
+      <c r="F497" t="s">
+        <v>16</v>
+      </c>
+      <c r="G497" t="s">
+        <v>17</v>
+      </c>
+      <c r="K497" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="498" spans="1:11">
+      <c r="A498" t="s">
+        <v>1510</v>
+      </c>
+      <c r="B498" t="s">
+        <v>13</v>
+      </c>
+      <c r="C498" t="s">
+        <v>34</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1511</v>
+      </c>
+      <c r="E498">
+        <v>2</v>
+      </c>
+      <c r="F498" t="s">
+        <v>16</v>
+      </c>
+      <c r="G498" t="s">
+        <v>17</v>
+      </c>
+      <c r="K498" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="499" spans="1:11">
+      <c r="A499" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B499" t="s">
+        <v>13</v>
+      </c>
+      <c r="C499" t="s">
+        <v>34</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E499">
+        <v>2</v>
+      </c>
+      <c r="F499" t="s">
+        <v>16</v>
+      </c>
+      <c r="G499" t="s">
+        <v>17</v>
+      </c>
+      <c r="K499" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="500" spans="1:11">
+      <c r="A500" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B500" t="s">
+        <v>13</v>
+      </c>
+      <c r="C500" t="s">
+        <v>34</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E500">
+        <v>2</v>
+      </c>
+      <c r="F500" t="s">
+        <v>16</v>
+      </c>
+      <c r="G500" t="s">
+        <v>17</v>
+      </c>
+      <c r="K500" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="501" spans="1:11">
+      <c r="A501" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B501" t="s">
+        <v>13</v>
+      </c>
+      <c r="C501" t="s">
+        <v>34</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E501">
+        <v>2</v>
+      </c>
+      <c r="F501" t="s">
+        <v>16</v>
+      </c>
+      <c r="G501" t="s">
+        <v>17</v>
+      </c>
+      <c r="K501" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="502" spans="1:11">
+      <c r="A502" t="s">
+        <v>1522</v>
+      </c>
+      <c r="B502" t="s">
+        <v>13</v>
+      </c>
+      <c r="C502" t="s">
+        <v>34</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1523</v>
+      </c>
+      <c r="E502">
+        <v>2</v>
+      </c>
+      <c r="F502" t="s">
+        <v>16</v>
+      </c>
+      <c r="G502" t="s">
+        <v>17</v>
+      </c>
+      <c r="K502" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="503" spans="1:11">
+      <c r="A503" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B503" t="s">
+        <v>13</v>
+      </c>
+      <c r="C503" t="s">
+        <v>34</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E503">
+        <v>2</v>
+      </c>
+      <c r="F503" t="s">
+        <v>16</v>
+      </c>
+      <c r="G503" t="s">
+        <v>17</v>
+      </c>
+      <c r="K503" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="504" spans="1:11">
+      <c r="A504" t="s">
+        <v>1528</v>
+      </c>
+      <c r="B504" t="s">
+        <v>13</v>
+      </c>
+      <c r="C504" t="s">
+        <v>34</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1529</v>
+      </c>
+      <c r="E504">
+        <v>2</v>
+      </c>
+      <c r="F504" t="s">
+        <v>16</v>
+      </c>
+      <c r="G504" t="s">
+        <v>17</v>
+      </c>
+      <c r="K504" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="505" spans="1:11">
+      <c r="A505" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B505" t="s">
+        <v>13</v>
+      </c>
+      <c r="C505" t="s">
+        <v>34</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E505">
+        <v>2</v>
+      </c>
+      <c r="F505" t="s">
+        <v>16</v>
+      </c>
+      <c r="G505" t="s">
+        <v>17</v>
+      </c>
+      <c r="K505" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="506" spans="1:11">
+      <c r="A506" t="s">
+        <v>1534</v>
+      </c>
+      <c r="B506" t="s">
+        <v>13</v>
+      </c>
+      <c r="C506" t="s">
+        <v>34</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1535</v>
+      </c>
+      <c r="E506">
+        <v>2</v>
+      </c>
+      <c r="F506" t="s">
+        <v>16</v>
+      </c>
+      <c r="G506" t="s">
+        <v>17</v>
+      </c>
+      <c r="K506" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="507" spans="1:11">
+      <c r="A507" t="s">
+        <v>1537</v>
+      </c>
+      <c r="B507" t="s">
+        <v>13</v>
+      </c>
+      <c r="C507" t="s">
+        <v>34</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1538</v>
+      </c>
+      <c r="E507">
+        <v>2</v>
+      </c>
+      <c r="F507" t="s">
+        <v>16</v>
+      </c>
+      <c r="G507" t="s">
+        <v>17</v>
+      </c>
+      <c r="K507" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="508" spans="1:11">
+      <c r="A508" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B508" t="s">
+        <v>13</v>
+      </c>
+      <c r="C508" t="s">
+        <v>34</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1541</v>
+      </c>
+      <c r="E508">
+        <v>2</v>
+      </c>
+      <c r="F508" t="s">
+        <v>16</v>
+      </c>
+      <c r="G508" t="s">
+        <v>17</v>
+      </c>
+      <c r="K508" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="509" spans="1:11">
+      <c r="A509" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B509" t="s">
+        <v>13</v>
+      </c>
+      <c r="C509" t="s">
+        <v>34</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E509">
+        <v>2</v>
+      </c>
+      <c r="F509" t="s">
+        <v>16</v>
+      </c>
+      <c r="G509" t="s">
+        <v>17</v>
+      </c>
+      <c r="K509" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="510" spans="1:11">
+      <c r="A510" t="s">
+        <v>1546</v>
+      </c>
+      <c r="B510" t="s">
+        <v>13</v>
+      </c>
+      <c r="C510" t="s">
+        <v>34</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E510">
+        <v>2</v>
+      </c>
+      <c r="F510" t="s">
+        <v>16</v>
+      </c>
+      <c r="G510" t="s">
+        <v>17</v>
+      </c>
+      <c r="K510" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="511" spans="1:11">
+      <c r="A511" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B511" t="s">
+        <v>13</v>
+      </c>
+      <c r="C511" t="s">
+        <v>34</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1550</v>
+      </c>
+      <c r="E511">
+        <v>2</v>
+      </c>
+      <c r="F511" t="s">
+        <v>16</v>
+      </c>
+      <c r="G511" t="s">
+        <v>17</v>
+      </c>
+      <c r="K511" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="512" spans="1:11">
+      <c r="A512" t="s">
+        <v>1552</v>
+      </c>
+      <c r="B512" t="s">
+        <v>13</v>
+      </c>
+      <c r="C512" t="s">
+        <v>34</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E512">
+        <v>2</v>
+      </c>
+      <c r="F512" t="s">
+        <v>16</v>
+      </c>
+      <c r="G512" t="s">
+        <v>17</v>
+      </c>
+      <c r="K512" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="513" spans="1:11">
+      <c r="A513" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B513" t="s">
+        <v>13</v>
+      </c>
+      <c r="C513" t="s">
+        <v>34</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1556</v>
+      </c>
+      <c r="E513">
+        <v>2</v>
+      </c>
+      <c r="F513" t="s">
+        <v>16</v>
+      </c>
+      <c r="G513" t="s">
+        <v>17</v>
+      </c>
+      <c r="K513" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="514" spans="1:11">
+      <c r="A514" t="s">
+        <v>1558</v>
+      </c>
+      <c r="B514" t="s">
+        <v>13</v>
+      </c>
+      <c r="C514" t="s">
+        <v>34</v>
+      </c>
+      <c r="D514" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E514">
+        <v>2</v>
+      </c>
+      <c r="F514" t="s">
+        <v>16</v>
+      </c>
+      <c r="G514" t="s">
+        <v>17</v>
+      </c>
+      <c r="K514" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="515" spans="1:11">
+      <c r="A515" t="s">
+        <v>1561</v>
+      </c>
+      <c r="B515" t="s">
+        <v>13</v>
+      </c>
+      <c r="C515" t="s">
+        <v>34</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1562</v>
+      </c>
+      <c r="E515">
+        <v>2</v>
+      </c>
+      <c r="F515" t="s">
+        <v>16</v>
+      </c>
+      <c r="G515" t="s">
+        <v>17</v>
+      </c>
+      <c r="K515" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="516" spans="1:11">
+      <c r="A516" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B516" t="s">
+        <v>13</v>
+      </c>
+      <c r="C516" t="s">
+        <v>34</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E516">
+        <v>2</v>
+      </c>
+      <c r="F516" t="s">
+        <v>16</v>
+      </c>
+      <c r="G516" t="s">
+        <v>17</v>
+      </c>
+      <c r="K516" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="517" spans="1:11">
+      <c r="A517" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B517" t="s">
+        <v>13</v>
+      </c>
+      <c r="C517" t="s">
+        <v>34</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1568</v>
+      </c>
+      <c r="E517">
+        <v>2</v>
+      </c>
+      <c r="F517" t="s">
+        <v>16</v>
+      </c>
+      <c r="G517" t="s">
+        <v>17</v>
+      </c>
+      <c r="K517" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="518" spans="1:11">
+      <c r="A518" t="s">
+        <v>1570</v>
+      </c>
+      <c r="B518" t="s">
+        <v>13</v>
+      </c>
+      <c r="C518" t="s">
+        <v>34</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E518">
+        <v>2</v>
+      </c>
+      <c r="F518" t="s">
+        <v>16</v>
+      </c>
+      <c r="G518" t="s">
+        <v>17</v>
+      </c>
+      <c r="K518" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="519" spans="1:11">
+      <c r="A519" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B519" t="s">
+        <v>13</v>
+      </c>
+      <c r="C519" t="s">
+        <v>34</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E519">
+        <v>2</v>
+      </c>
+      <c r="F519" t="s">
+        <v>16</v>
+      </c>
+      <c r="G519" t="s">
+        <v>17</v>
+      </c>
+      <c r="K519" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="520" spans="1:11">
+      <c r="A520" t="s">
+        <v>1576</v>
+      </c>
+      <c r="B520" t="s">
+        <v>13</v>
+      </c>
+      <c r="C520" t="s">
+        <v>34</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E520">
+        <v>2</v>
+      </c>
+      <c r="F520" t="s">
+        <v>16</v>
+      </c>
+      <c r="G520" t="s">
+        <v>17</v>
+      </c>
+      <c r="K520" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="521" spans="1:11">
+      <c r="A521" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B521" t="s">
+        <v>13</v>
+      </c>
+      <c r="C521" t="s">
+        <v>34</v>
+      </c>
+      <c r="D521" t="s">
+        <v>1580</v>
+      </c>
+      <c r="E521">
+        <v>2</v>
+      </c>
+      <c r="F521" t="s">
+        <v>16</v>
+      </c>
+      <c r="G521" t="s">
+        <v>17</v>
+      </c>
+      <c r="K521" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="522" spans="1:11">
+      <c r="A522" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B522" t="s">
+        <v>13</v>
+      </c>
+      <c r="C522" t="s">
+        <v>34</v>
+      </c>
+      <c r="D522" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E522">
+        <v>2</v>
+      </c>
+      <c r="F522" t="s">
+        <v>16</v>
+      </c>
+      <c r="G522" t="s">
+        <v>17</v>
+      </c>
+      <c r="K522" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="523" spans="1:11">
+      <c r="A523" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B523" t="s">
+        <v>13</v>
+      </c>
+      <c r="C523" t="s">
+        <v>34</v>
+      </c>
+      <c r="D523" t="s">
+        <v>1586</v>
+      </c>
+      <c r="E523">
+        <v>2</v>
+      </c>
+      <c r="F523" t="s">
+        <v>16</v>
+      </c>
+      <c r="G523" t="s">
+        <v>17</v>
+      </c>
+      <c r="K523" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="524" spans="1:11">
+      <c r="A524" t="s">
+        <v>1588</v>
+      </c>
+      <c r="B524" t="s">
+        <v>13</v>
+      </c>
+      <c r="C524" t="s">
+        <v>34</v>
+      </c>
+      <c r="D524" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E524">
+        <v>2</v>
+      </c>
+      <c r="F524" t="s">
+        <v>16</v>
+      </c>
+      <c r="G524" t="s">
+        <v>17</v>
+      </c>
+      <c r="K524" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="525" spans="1:11">
+      <c r="A525" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B525" t="s">
+        <v>13</v>
+      </c>
+      <c r="C525" t="s">
+        <v>34</v>
+      </c>
+      <c r="D525" t="s">
+        <v>1592</v>
+      </c>
+      <c r="E525">
+        <v>2</v>
+      </c>
+      <c r="F525" t="s">
+        <v>16</v>
+      </c>
+      <c r="G525" t="s">
+        <v>17</v>
+      </c>
+      <c r="K525" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="526" spans="1:11">
+      <c r="A526" t="s">
+        <v>1594</v>
+      </c>
+      <c r="B526" t="s">
+        <v>13</v>
+      </c>
+      <c r="C526" t="s">
+        <v>34</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E526">
+        <v>2</v>
+      </c>
+      <c r="F526" t="s">
+        <v>16</v>
+      </c>
+      <c r="G526" t="s">
+        <v>17</v>
+      </c>
+      <c r="K526" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="527" spans="1:11">
+      <c r="A527" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B527" t="s">
+        <v>13</v>
+      </c>
+      <c r="C527" t="s">
+        <v>34</v>
+      </c>
+      <c r="D527" t="s">
+        <v>1598</v>
+      </c>
+      <c r="E527">
+        <v>2</v>
+      </c>
+      <c r="F527" t="s">
+        <v>16</v>
+      </c>
+      <c r="G527" t="s">
+        <v>17</v>
+      </c>
+      <c r="K527" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="528" spans="1:11">
+      <c r="A528" t="s">
+        <v>1600</v>
+      </c>
+      <c r="B528" t="s">
+        <v>13</v>
+      </c>
+      <c r="C528" t="s">
+        <v>34</v>
+      </c>
+      <c r="D528" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E528">
+        <v>2</v>
+      </c>
+      <c r="F528" t="s">
+        <v>16</v>
+      </c>
+      <c r="G528" t="s">
+        <v>17</v>
+      </c>
+      <c r="K528" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="529" spans="1:11">
+      <c r="A529" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B529" t="s">
+        <v>13</v>
+      </c>
+      <c r="C529" t="s">
+        <v>34</v>
+      </c>
+      <c r="D529" t="s">
+        <v>1604</v>
+      </c>
+      <c r="E529">
+        <v>2</v>
+      </c>
+      <c r="F529" t="s">
+        <v>16</v>
+      </c>
+      <c r="G529" t="s">
+        <v>17</v>
+      </c>
+      <c r="K529" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="530" spans="1:11">
+      <c r="A530" t="s">
+        <v>1606</v>
+      </c>
+      <c r="B530" t="s">
+        <v>13</v>
+      </c>
+      <c r="C530" t="s">
+        <v>34</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E530">
+        <v>2</v>
+      </c>
+      <c r="F530" t="s">
+        <v>16</v>
+      </c>
+      <c r="G530" t="s">
+        <v>17</v>
+      </c>
+      <c r="K530" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="531" spans="1:11">
+      <c r="A531" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B531" t="s">
+        <v>13</v>
+      </c>
+      <c r="C531" t="s">
+        <v>34</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1610</v>
+      </c>
+      <c r="E531">
+        <v>2</v>
+      </c>
+      <c r="F531" t="s">
+        <v>16</v>
+      </c>
+      <c r="G531" t="s">
+        <v>17</v>
+      </c>
+      <c r="K531" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="532" spans="1:11">
+      <c r="A532" t="s">
+        <v>1612</v>
+      </c>
+      <c r="B532" t="s">
+        <v>13</v>
+      </c>
+      <c r="C532" t="s">
+        <v>34</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E532">
+        <v>2</v>
+      </c>
+      <c r="F532" t="s">
+        <v>16</v>
+      </c>
+      <c r="G532" t="s">
+        <v>17</v>
+      </c>
+      <c r="K532" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="533" spans="1:11">
+      <c r="A533" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B533" t="s">
+        <v>13</v>
+      </c>
+      <c r="C533" t="s">
+        <v>34</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1616</v>
+      </c>
+      <c r="E533">
+        <v>2</v>
+      </c>
+      <c r="F533" t="s">
+        <v>16</v>
+      </c>
+      <c r="G533" t="s">
+        <v>17</v>
+      </c>
+      <c r="K533" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="534" spans="1:11">
+      <c r="A534" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B534" t="s">
+        <v>13</v>
+      </c>
+      <c r="C534" t="s">
+        <v>34</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E534">
+        <v>2</v>
+      </c>
+      <c r="F534" t="s">
+        <v>16</v>
+      </c>
+      <c r="G534" t="s">
+        <v>17</v>
+      </c>
+      <c r="K534" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="535" spans="1:11">
+      <c r="A535" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B535" t="s">
+        <v>13</v>
+      </c>
+      <c r="C535" t="s">
+        <v>34</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1622</v>
+      </c>
+      <c r="E535">
+        <v>2</v>
+      </c>
+      <c r="F535" t="s">
+        <v>16</v>
+      </c>
+      <c r="G535" t="s">
+        <v>17</v>
+      </c>
+      <c r="K535" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="536" spans="1:11">
+      <c r="A536" t="s">
+        <v>1624</v>
+      </c>
+      <c r="B536" t="s">
+        <v>13</v>
+      </c>
+      <c r="C536" t="s">
+        <v>34</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E536">
+        <v>2</v>
+      </c>
+      <c r="F536" t="s">
+        <v>16</v>
+      </c>
+      <c r="G536" t="s">
+        <v>17</v>
+      </c>
+      <c r="K536" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="537" spans="1:11">
+      <c r="A537" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B537" t="s">
+        <v>13</v>
+      </c>
+      <c r="C537" t="s">
+        <v>34</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1628</v>
+      </c>
+      <c r="E537">
+        <v>2</v>
+      </c>
+      <c r="F537" t="s">
+        <v>16</v>
+      </c>
+      <c r="G537" t="s">
+        <v>17</v>
+      </c>
+      <c r="K537" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="538" spans="1:11">
+      <c r="A538" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B538" t="s">
+        <v>13</v>
+      </c>
+      <c r="C538" t="s">
+        <v>34</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E538">
+        <v>2</v>
+      </c>
+      <c r="F538" t="s">
+        <v>16</v>
+      </c>
+      <c r="G538" t="s">
+        <v>17</v>
+      </c>
+      <c r="K538" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="539" spans="1:11">
+      <c r="A539" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B539" t="s">
+        <v>13</v>
+      </c>
+      <c r="C539" t="s">
+        <v>34</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1634</v>
+      </c>
+      <c r="E539">
+        <v>2</v>
+      </c>
+      <c r="F539" t="s">
+        <v>16</v>
+      </c>
+      <c r="G539" t="s">
+        <v>17</v>
+      </c>
+      <c r="K539" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="540" spans="1:11">
+      <c r="A540" t="s">
+        <v>1636</v>
+      </c>
+      <c r="B540" t="s">
+        <v>13</v>
+      </c>
+      <c r="C540" t="s">
+        <v>34</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E540">
+        <v>2</v>
+      </c>
+      <c r="F540" t="s">
+        <v>16</v>
+      </c>
+      <c r="G540" t="s">
+        <v>17</v>
+      </c>
+      <c r="K540" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="541" spans="1:11">
+      <c r="A541" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B541" t="s">
+        <v>13</v>
+      </c>
+      <c r="C541" t="s">
+        <v>34</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1640</v>
+      </c>
+      <c r="E541">
+        <v>2</v>
+      </c>
+      <c r="F541" t="s">
+        <v>16</v>
+      </c>
+      <c r="G541" t="s">
+        <v>17</v>
+      </c>
+      <c r="K541" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="542" spans="1:11">
+      <c r="A542" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B542" t="s">
+        <v>13</v>
+      </c>
+      <c r="C542" t="s">
+        <v>34</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E542">
+        <v>2</v>
+      </c>
+      <c r="F542" t="s">
+        <v>16</v>
+      </c>
+      <c r="G542" t="s">
+        <v>17</v>
+      </c>
+      <c r="K542" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="543" spans="1:11">
+      <c r="A543" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B543" t="s">
+        <v>13</v>
+      </c>
+      <c r="C543" t="s">
+        <v>34</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1646</v>
+      </c>
+      <c r="E543">
+        <v>2</v>
+      </c>
+      <c r="F543" t="s">
+        <v>16</v>
+      </c>
+      <c r="G543" t="s">
+        <v>17</v>
+      </c>
+      <c r="K543" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="544" spans="1:11">
+      <c r="A544" t="s">
+        <v>1648</v>
+      </c>
+      <c r="B544" t="s">
+        <v>13</v>
+      </c>
+      <c r="C544" t="s">
+        <v>34</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E544">
+        <v>2</v>
+      </c>
+      <c r="F544" t="s">
+        <v>16</v>
+      </c>
+      <c r="G544" t="s">
+        <v>17</v>
+      </c>
+      <c r="K544" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="545" spans="1:11">
+      <c r="A545" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B545" t="s">
+        <v>13</v>
+      </c>
+      <c r="C545" t="s">
+        <v>34</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E545">
+        <v>2</v>
+      </c>
+      <c r="F545" t="s">
+        <v>16</v>
+      </c>
+      <c r="G545" t="s">
+        <v>17</v>
+      </c>
+      <c r="K545" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="546" spans="1:11">
+      <c r="A546" t="s">
+        <v>1654</v>
+      </c>
+      <c r="B546" t="s">
+        <v>13</v>
+      </c>
+      <c r="C546" t="s">
+        <v>34</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1655</v>
+      </c>
+      <c r="E546">
+        <v>2</v>
+      </c>
+      <c r="F546" t="s">
+        <v>16</v>
+      </c>
+      <c r="G546" t="s">
+        <v>17</v>
+      </c>
+      <c r="K546" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="547" spans="1:11">
+      <c r="A547" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B547" t="s">
+        <v>13</v>
+      </c>
+      <c r="C547" t="s">
+        <v>34</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E547">
+        <v>2</v>
+      </c>
+      <c r="F547" t="s">
+        <v>16</v>
+      </c>
+      <c r="G547" t="s">
+        <v>17</v>
+      </c>
+      <c r="K547" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="548" spans="1:11">
+      <c r="A548" t="s">
+        <v>1660</v>
+      </c>
+      <c r="B548" t="s">
+        <v>13</v>
+      </c>
+      <c r="C548" t="s">
+        <v>34</v>
+      </c>
+      <c r="D548" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E548">
+        <v>2</v>
+      </c>
+      <c r="F548" t="s">
+        <v>16</v>
+      </c>
+      <c r="G548" t="s">
+        <v>17</v>
+      </c>
+      <c r="K548" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="549" spans="1:11">
+      <c r="A549" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B549" t="s">
+        <v>13</v>
+      </c>
+      <c r="C549" t="s">
+        <v>34</v>
+      </c>
+      <c r="D549" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E549">
+        <v>2</v>
+      </c>
+      <c r="F549" t="s">
+        <v>16</v>
+      </c>
+      <c r="G549" t="s">
+        <v>17</v>
+      </c>
+      <c r="K549" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="550" spans="1:11">
+      <c r="A550" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B550" t="s">
+        <v>13</v>
+      </c>
+      <c r="C550" t="s">
+        <v>34</v>
+      </c>
+      <c r="D550" t="s">
+        <v>1667</v>
+      </c>
+      <c r="E550">
+        <v>2</v>
+      </c>
+      <c r="F550" t="s">
+        <v>16</v>
+      </c>
+      <c r="G550" t="s">
+        <v>17</v>
+      </c>
+      <c r="K550" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="551" spans="1:11">
+      <c r="A551" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B551" t="s">
+        <v>13</v>
+      </c>
+      <c r="C551" t="s">
+        <v>34</v>
+      </c>
+      <c r="D551" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E551">
+        <v>2</v>
+      </c>
+      <c r="F551" t="s">
+        <v>16</v>
+      </c>
+      <c r="G551" t="s">
+        <v>17</v>
+      </c>
+      <c r="K551" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="552" spans="1:11">
+      <c r="A552" t="s">
+        <v>1672</v>
+      </c>
+      <c r="B552" t="s">
+        <v>13</v>
+      </c>
+      <c r="C552" t="s">
+        <v>34</v>
+      </c>
+      <c r="D552" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E552">
+        <v>2</v>
+      </c>
+      <c r="F552" t="s">
+        <v>16</v>
+      </c>
+      <c r="G552" t="s">
+        <v>17</v>
+      </c>
+      <c r="K552" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="553" spans="1:11">
+      <c r="A553" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B553" t="s">
+        <v>13</v>
+      </c>
+      <c r="C553" t="s">
+        <v>34</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E553">
+        <v>2</v>
+      </c>
+      <c r="F553" t="s">
+        <v>16</v>
+      </c>
+      <c r="G553" t="s">
+        <v>17</v>
+      </c>
+      <c r="K553" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="554" spans="1:11">
+      <c r="A554" t="s">
+        <v>1678</v>
+      </c>
+      <c r="B554" t="s">
+        <v>13</v>
+      </c>
+      <c r="C554" t="s">
+        <v>34</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1679</v>
+      </c>
+      <c r="E554">
+        <v>2</v>
+      </c>
+      <c r="F554" t="s">
+        <v>16</v>
+      </c>
+      <c r="G554" t="s">
+        <v>17</v>
+      </c>
+      <c r="K554" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="555" spans="1:11">
+      <c r="A555" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B555" t="s">
+        <v>13</v>
+      </c>
+      <c r="C555" t="s">
+        <v>34</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E555">
+        <v>2</v>
+      </c>
+      <c r="F555" t="s">
+        <v>16</v>
+      </c>
+      <c r="G555" t="s">
+        <v>17</v>
+      </c>
+      <c r="K555" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="556" spans="1:11">
+      <c r="A556" t="s">
+        <v>1684</v>
+      </c>
+      <c r="B556" t="s">
+        <v>13</v>
+      </c>
+      <c r="C556" t="s">
+        <v>34</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1685</v>
+      </c>
+      <c r="E556">
+        <v>2</v>
+      </c>
+      <c r="F556" t="s">
+        <v>16</v>
+      </c>
+      <c r="G556" t="s">
+        <v>17</v>
+      </c>
+      <c r="K556" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="557" spans="1:11">
+      <c r="A557" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B557" t="s">
+        <v>13</v>
+      </c>
+      <c r="C557" t="s">
+        <v>34</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E557">
+        <v>2</v>
+      </c>
+      <c r="F557" t="s">
+        <v>16</v>
+      </c>
+      <c r="G557" t="s">
+        <v>17</v>
+      </c>
+      <c r="K557" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="558" spans="1:11">
+      <c r="A558" t="s">
+        <v>1690</v>
+      </c>
+      <c r="B558" t="s">
+        <v>13</v>
+      </c>
+      <c r="C558" t="s">
+        <v>34</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1691</v>
+      </c>
+      <c r="E558">
+        <v>2</v>
+      </c>
+      <c r="F558" t="s">
+        <v>16</v>
+      </c>
+      <c r="G558" t="s">
+        <v>17</v>
+      </c>
+      <c r="K558" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="559" spans="1:11">
+      <c r="A559" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B559" t="s">
+        <v>13</v>
+      </c>
+      <c r="C559" t="s">
+        <v>34</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1694</v>
+      </c>
+      <c r="E559">
+        <v>2</v>
+      </c>
+      <c r="F559" t="s">
+        <v>16</v>
+      </c>
+      <c r="G559" t="s">
+        <v>17</v>
+      </c>
+      <c r="K559" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="560" spans="1:11">
+      <c r="A560" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B560" t="s">
+        <v>13</v>
+      </c>
+      <c r="C560" t="s">
+        <v>34</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1697</v>
+      </c>
+      <c r="E560">
+        <v>2</v>
+      </c>
+      <c r="F560" t="s">
+        <v>16</v>
+      </c>
+      <c r="G560" t="s">
+        <v>17</v>
+      </c>
+      <c r="K560" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="561" spans="1:11">
+      <c r="A561" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B561" t="s">
+        <v>13</v>
+      </c>
+      <c r="C561" t="s">
+        <v>34</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E561">
+        <v>2</v>
+      </c>
+      <c r="F561" t="s">
+        <v>16</v>
+      </c>
+      <c r="G561" t="s">
+        <v>17</v>
+      </c>
+      <c r="K561" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="562" spans="1:11">
+      <c r="A562" t="s">
+        <v>1702</v>
+      </c>
+      <c r="B562" t="s">
+        <v>13</v>
+      </c>
+      <c r="C562" t="s">
+        <v>34</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E562">
+        <v>2</v>
+      </c>
+      <c r="F562" t="s">
+        <v>16</v>
+      </c>
+      <c r="G562" t="s">
+        <v>17</v>
+      </c>
+      <c r="K562" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="563" spans="1:11">
+      <c r="A563" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B563" t="s">
+        <v>13</v>
+      </c>
+      <c r="C563" t="s">
+        <v>34</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E563">
+        <v>2</v>
+      </c>
+      <c r="F563" t="s">
+        <v>16</v>
+      </c>
+      <c r="G563" t="s">
+        <v>17</v>
+      </c>
+      <c r="K563" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="564" spans="1:11">
+      <c r="A564" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B564" t="s">
+        <v>13</v>
+      </c>
+      <c r="C564" t="s">
+        <v>34</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E564">
+        <v>2</v>
+      </c>
+      <c r="F564" t="s">
+        <v>16</v>
+      </c>
+      <c r="G564" t="s">
+        <v>17</v>
+      </c>
+      <c r="K564" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="565" spans="1:11">
+      <c r="A565" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B565" t="s">
+        <v>13</v>
+      </c>
+      <c r="C565" t="s">
+        <v>34</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1712</v>
+      </c>
+      <c r="E565">
+        <v>2</v>
+      </c>
+      <c r="F565" t="s">
+        <v>16</v>
+      </c>
+      <c r="G565" t="s">
+        <v>17</v>
+      </c>
+      <c r="K565" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="566" spans="1:11">
+      <c r="A566" t="s">
+        <v>1714</v>
+      </c>
+      <c r="B566" t="s">
+        <v>13</v>
+      </c>
+      <c r="C566" t="s">
+        <v>34</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E566">
+        <v>2</v>
+      </c>
+      <c r="F566" t="s">
+        <v>16</v>
+      </c>
+      <c r="G566" t="s">
+        <v>17</v>
+      </c>
+      <c r="K566" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="567" spans="1:11">
+      <c r="A567" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B567" t="s">
+        <v>13</v>
+      </c>
+      <c r="C567" t="s">
+        <v>34</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E567">
+        <v>2</v>
+      </c>
+      <c r="F567" t="s">
+        <v>16</v>
+      </c>
+      <c r="G567" t="s">
+        <v>17</v>
+      </c>
+      <c r="K567" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="568" spans="1:11">
+      <c r="A568" t="s">
+        <v>1720</v>
+      </c>
+      <c r="B568" t="s">
+        <v>13</v>
+      </c>
+      <c r="C568" t="s">
+        <v>34</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E568">
+        <v>2</v>
+      </c>
+      <c r="F568" t="s">
+        <v>16</v>
+      </c>
+      <c r="G568" t="s">
+        <v>17</v>
+      </c>
+      <c r="K568" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="569" spans="1:11">
+      <c r="A569" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B569" t="s">
+        <v>13</v>
+      </c>
+      <c r="C569" t="s">
+        <v>34</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E569">
+        <v>2</v>
+      </c>
+      <c r="F569" t="s">
+        <v>16</v>
+      </c>
+      <c r="G569" t="s">
+        <v>17</v>
+      </c>
+      <c r="K569" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="570" spans="1:11">
+      <c r="A570" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B570" t="s">
+        <v>13</v>
+      </c>
+      <c r="C570" t="s">
+        <v>34</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E570">
+        <v>2</v>
+      </c>
+      <c r="F570" t="s">
+        <v>16</v>
+      </c>
+      <c r="G570" t="s">
+        <v>17</v>
+      </c>
+      <c r="K570" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="571" spans="1:11">
+      <c r="A571" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B571" t="s">
+        <v>13</v>
+      </c>
+      <c r="C571" t="s">
+        <v>34</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1730</v>
+      </c>
+      <c r="E571">
+        <v>2</v>
+      </c>
+      <c r="F571" t="s">
+        <v>16</v>
+      </c>
+      <c r="G571" t="s">
+        <v>17</v>
+      </c>
+      <c r="K571" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="572" spans="1:11">
+      <c r="A572" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B572" t="s">
+        <v>13</v>
+      </c>
+      <c r="C572" t="s">
+        <v>34</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1733</v>
+      </c>
+      <c r="E572">
+        <v>2</v>
+      </c>
+      <c r="F572" t="s">
+        <v>16</v>
+      </c>
+      <c r="G572" t="s">
+        <v>17</v>
+      </c>
+      <c r="K572" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="573" spans="1:11">
+      <c r="A573" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B573" t="s">
+        <v>13</v>
+      </c>
+      <c r="C573" t="s">
+        <v>34</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E573">
+        <v>2</v>
+      </c>
+      <c r="F573" t="s">
+        <v>16</v>
+      </c>
+      <c r="G573" t="s">
+        <v>17</v>
+      </c>
+      <c r="K573" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="574" spans="1:11">
+      <c r="A574" t="s">
+        <v>1738</v>
+      </c>
+      <c r="B574" t="s">
+        <v>13</v>
+      </c>
+      <c r="C574" t="s">
+        <v>34</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1739</v>
+      </c>
+      <c r="E574">
+        <v>2</v>
+      </c>
+      <c r="F574" t="s">
+        <v>16</v>
+      </c>
+      <c r="G574" t="s">
+        <v>17</v>
+      </c>
+      <c r="K574" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="575" spans="1:11">
+      <c r="A575" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B575" t="s">
+        <v>13</v>
+      </c>
+      <c r="C575" t="s">
+        <v>34</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1742</v>
+      </c>
+      <c r="E575">
+        <v>2</v>
+      </c>
+      <c r="F575" t="s">
+        <v>16</v>
+      </c>
+      <c r="G575" t="s">
+        <v>17</v>
+      </c>
+      <c r="K575" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="576" spans="1:11">
+      <c r="A576" t="s">
+        <v>1744</v>
+      </c>
+      <c r="B576" t="s">
+        <v>13</v>
+      </c>
+      <c r="C576" t="s">
+        <v>34</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1745</v>
+      </c>
+      <c r="E576">
+        <v>2</v>
+      </c>
+      <c r="F576" t="s">
+        <v>16</v>
+      </c>
+      <c r="G576" t="s">
+        <v>17</v>
+      </c>
+      <c r="K576" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="577" spans="1:11">
+      <c r="A577" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B577" t="s">
+        <v>13</v>
+      </c>
+      <c r="C577" t="s">
+        <v>34</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1748</v>
+      </c>
+      <c r="E577">
+        <v>2</v>
+      </c>
+      <c r="F577" t="s">
+        <v>16</v>
+      </c>
+      <c r="G577" t="s">
+        <v>17</v>
+      </c>
+      <c r="K577" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="578" spans="1:11">
+      <c r="A578" t="s">
+        <v>1750</v>
+      </c>
+      <c r="B578" t="s">
+        <v>13</v>
+      </c>
+      <c r="C578" t="s">
+        <v>34</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1751</v>
+      </c>
+      <c r="E578">
+        <v>2</v>
+      </c>
+      <c r="F578" t="s">
+        <v>16</v>
+      </c>
+      <c r="G578" t="s">
+        <v>17</v>
+      </c>
+      <c r="K578" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="579" spans="1:11">
+      <c r="A579" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B579" t="s">
+        <v>13</v>
+      </c>
+      <c r="C579" t="s">
+        <v>34</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1754</v>
+      </c>
+      <c r="E579">
+        <v>2</v>
+      </c>
+      <c r="F579" t="s">
+        <v>16</v>
+      </c>
+      <c r="G579" t="s">
+        <v>17</v>
+      </c>
+      <c r="K579" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="580" spans="1:11">
+      <c r="A580" t="s">
+        <v>1756</v>
+      </c>
+      <c r="B580" t="s">
+        <v>13</v>
+      </c>
+      <c r="C580" t="s">
+        <v>34</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E580">
+        <v>2</v>
+      </c>
+      <c r="F580" t="s">
+        <v>16</v>
+      </c>
+      <c r="G580" t="s">
+        <v>17</v>
+      </c>
+      <c r="K580" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="581" spans="1:11">
+      <c r="A581" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B581" t="s">
+        <v>13</v>
+      </c>
+      <c r="C581" t="s">
+        <v>34</v>
+      </c>
+      <c r="D581" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E581">
+        <v>2</v>
+      </c>
+      <c r="F581" t="s">
+        <v>16</v>
+      </c>
+      <c r="G581" t="s">
+        <v>17</v>
+      </c>
+      <c r="K581" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="582" spans="1:11">
+      <c r="A582" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B582" t="s">
+        <v>13</v>
+      </c>
+      <c r="C582" t="s">
+        <v>34</v>
+      </c>
+      <c r="D582" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E582">
+        <v>2</v>
+      </c>
+      <c r="F582" t="s">
+        <v>16</v>
+      </c>
+      <c r="G582" t="s">
+        <v>17</v>
+      </c>
+      <c r="K582" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="583" spans="1:11">
+      <c r="A583" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B583" t="s">
+        <v>13</v>
+      </c>
+      <c r="C583" t="s">
+        <v>34</v>
+      </c>
+      <c r="D583" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E583">
+        <v>2</v>
+      </c>
+      <c r="F583" t="s">
+        <v>16</v>
+      </c>
+      <c r="G583" t="s">
+        <v>17</v>
+      </c>
+      <c r="K583" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="584" spans="1:11">
+      <c r="A584" t="s">
+        <v>1768</v>
+      </c>
+      <c r="B584" t="s">
+        <v>13</v>
+      </c>
+      <c r="C584" t="s">
+        <v>34</v>
+      </c>
+      <c r="D584" t="s">
+        <v>1769</v>
+      </c>
+      <c r="E584">
+        <v>2</v>
+      </c>
+      <c r="F584" t="s">
+        <v>16</v>
+      </c>
+      <c r="G584" t="s">
+        <v>17</v>
+      </c>
+      <c r="K584" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="585" spans="1:11">
+      <c r="A585" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B585" t="s">
+        <v>13</v>
+      </c>
+      <c r="C585" t="s">
+        <v>34</v>
+      </c>
+      <c r="D585" t="s">
+        <v>1772</v>
+      </c>
+      <c r="E585">
+        <v>2</v>
+      </c>
+      <c r="F585" t="s">
+        <v>16</v>
+      </c>
+      <c r="G585" t="s">
+        <v>17</v>
+      </c>
+      <c r="K585" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="586" spans="1:11">
+      <c r="A586" t="s">
+        <v>1774</v>
+      </c>
+      <c r="B586" t="s">
+        <v>13</v>
+      </c>
+      <c r="C586" t="s">
+        <v>34</v>
+      </c>
+      <c r="D586" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E586">
+        <v>2</v>
+      </c>
+      <c r="F586" t="s">
+        <v>16</v>
+      </c>
+      <c r="G586" t="s">
+        <v>17</v>
+      </c>
+      <c r="K586" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="587" spans="1:11">
+      <c r="A587" t="s">
+        <v>1777</v>
+      </c>
+      <c r="B587" t="s">
+        <v>13</v>
+      </c>
+      <c r="C587" t="s">
+        <v>34</v>
+      </c>
+      <c r="D587" t="s">
+        <v>1778</v>
+      </c>
+      <c r="E587">
+        <v>2</v>
+      </c>
+      <c r="F587" t="s">
+        <v>16</v>
+      </c>
+      <c r="G587" t="s">
+        <v>17</v>
+      </c>
+      <c r="K587" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="588" spans="1:11">
+      <c r="A588" t="s">
+        <v>1780</v>
+      </c>
+      <c r="B588" t="s">
+        <v>13</v>
+      </c>
+      <c r="C588" t="s">
+        <v>34</v>
+      </c>
+      <c r="D588" t="s">
+        <v>1781</v>
+      </c>
+      <c r="E588">
+        <v>2</v>
+      </c>
+      <c r="F588" t="s">
+        <v>16</v>
+      </c>
+      <c r="G588" t="s">
+        <v>17</v>
+      </c>
+      <c r="K588" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="589" spans="1:11">
+      <c r="A589" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B589" t="s">
+        <v>13</v>
+      </c>
+      <c r="C589" t="s">
+        <v>34</v>
+      </c>
+      <c r="D589" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E589">
+        <v>2</v>
+      </c>
+      <c r="F589" t="s">
+        <v>16</v>
+      </c>
+      <c r="G589" t="s">
+        <v>17</v>
+      </c>
+      <c r="K589" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="590" spans="1:11">
+      <c r="A590" t="s">
+        <v>1786</v>
+      </c>
+      <c r="B590" t="s">
+        <v>13</v>
+      </c>
+      <c r="C590" t="s">
+        <v>34</v>
+      </c>
+      <c r="D590" t="s">
+        <v>1787</v>
+      </c>
+      <c r="E590">
+        <v>2</v>
+      </c>
+      <c r="F590" t="s">
+        <v>16</v>
+      </c>
+      <c r="G590" t="s">
+        <v>17</v>
+      </c>
+      <c r="K590" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="591" spans="1:11">
+      <c r="A591" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B591" t="s">
+        <v>13</v>
+      </c>
+      <c r="C591" t="s">
+        <v>34</v>
+      </c>
+      <c r="D591" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E591">
+        <v>2</v>
+      </c>
+      <c r="F591" t="s">
+        <v>16</v>
+      </c>
+      <c r="G591" t="s">
+        <v>17</v>
+      </c>
+      <c r="K591" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="592" spans="1:11">
+      <c r="A592" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B592" t="s">
+        <v>13</v>
+      </c>
+      <c r="C592" t="s">
+        <v>34</v>
+      </c>
+      <c r="D592" t="s">
+        <v>1793</v>
+      </c>
+      <c r="E592">
+        <v>2</v>
+      </c>
+      <c r="F592" t="s">
+        <v>16</v>
+      </c>
+      <c r="G592" t="s">
+        <v>17</v>
+      </c>
+      <c r="K592" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="593" spans="1:11">
+      <c r="A593" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B593" t="s">
+        <v>13</v>
+      </c>
+      <c r="C593" t="s">
+        <v>34</v>
+      </c>
+      <c r="D593" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E593">
+        <v>2</v>
+      </c>
+      <c r="F593" t="s">
+        <v>16</v>
+      </c>
+      <c r="G593" t="s">
+        <v>17</v>
+      </c>
+      <c r="K593" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="594" spans="1:11">
+      <c r="A594" t="s">
+        <v>1798</v>
+      </c>
+      <c r="B594" t="s">
+        <v>13</v>
+      </c>
+      <c r="C594" t="s">
+        <v>34</v>
+      </c>
+      <c r="D594" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E594">
+        <v>2</v>
+      </c>
+      <c r="F594" t="s">
+        <v>16</v>
+      </c>
+      <c r="G594" t="s">
+        <v>17</v>
+      </c>
+      <c r="K594" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="595" spans="1:11">
+      <c r="A595" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B595" t="s">
+        <v>13</v>
+      </c>
+      <c r="C595" t="s">
+        <v>34</v>
+      </c>
+      <c r="D595" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E595">
+        <v>2</v>
+      </c>
+      <c r="F595" t="s">
+        <v>16</v>
+      </c>
+      <c r="G595" t="s">
+        <v>17</v>
+      </c>
+      <c r="K595" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="596" spans="1:11">
+      <c r="A596" t="s">
+        <v>1804</v>
+      </c>
+      <c r="B596" t="s">
+        <v>13</v>
+      </c>
+      <c r="C596" t="s">
+        <v>34</v>
+      </c>
+      <c r="D596" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E596">
+        <v>2</v>
+      </c>
+      <c r="F596" t="s">
+        <v>16</v>
+      </c>
+      <c r="G596" t="s">
+        <v>17</v>
+      </c>
+      <c r="K596" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="597" spans="1:11">
+      <c r="A597" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B597" t="s">
+        <v>13</v>
+      </c>
+      <c r="C597" t="s">
+        <v>34</v>
+      </c>
+      <c r="D597" t="s">
+        <v>1808</v>
+      </c>
+      <c r="E597">
+        <v>2</v>
+      </c>
+      <c r="F597" t="s">
+        <v>16</v>
+      </c>
+      <c r="G597" t="s">
+        <v>17</v>
+      </c>
+      <c r="K597" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="598" spans="1:11">
+      <c r="A598" t="s">
+        <v>1810</v>
+      </c>
+      <c r="B598" t="s">
+        <v>13</v>
+      </c>
+      <c r="C598" t="s">
+        <v>34</v>
+      </c>
+      <c r="D598" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E598">
+        <v>2</v>
+      </c>
+      <c r="F598" t="s">
+        <v>16</v>
+      </c>
+      <c r="G598" t="s">
+        <v>17</v>
+      </c>
+      <c r="K598" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="599" spans="1:11">
+      <c r="A599" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B599" t="s">
+        <v>13</v>
+      </c>
+      <c r="C599" t="s">
+        <v>34</v>
+      </c>
+      <c r="D599" t="s">
+        <v>1814</v>
+      </c>
+      <c r="E599">
+        <v>2</v>
+      </c>
+      <c r="F599" t="s">
+        <v>16</v>
+      </c>
+      <c r="G599" t="s">
+        <v>17</v>
+      </c>
+      <c r="K599" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="600" spans="1:11">
+      <c r="A600" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B600" t="s">
+        <v>13</v>
+      </c>
+      <c r="C600" t="s">
+        <v>34</v>
+      </c>
+      <c r="D600" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E600">
+        <v>2</v>
+      </c>
+      <c r="F600" t="s">
+        <v>16</v>
+      </c>
+      <c r="G600" t="s">
+        <v>17</v>
+      </c>
+      <c r="K600" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="601" spans="1:11">
+      <c r="A601" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B601" t="s">
+        <v>13</v>
+      </c>
+      <c r="C601" t="s">
+        <v>34</v>
+      </c>
+      <c r="D601" t="s">
+        <v>1820</v>
+      </c>
+      <c r="E601">
+        <v>2</v>
+      </c>
+      <c r="F601" t="s">
+        <v>16</v>
+      </c>
+      <c r="G601" t="s">
+        <v>17</v>
+      </c>
+      <c r="K601" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="602" spans="1:11">
+      <c r="A602" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B602" t="s">
+        <v>13</v>
+      </c>
+      <c r="C602" t="s">
+        <v>34</v>
+      </c>
+      <c r="D602" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E602">
+        <v>2</v>
+      </c>
+      <c r="F602" t="s">
+        <v>16</v>
+      </c>
+      <c r="G602" t="s">
+        <v>17</v>
+      </c>
+      <c r="K602" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="603" spans="1:11">
+      <c r="A603" t="s">
+        <v>1825</v>
+      </c>
+      <c r="B603" t="s">
+        <v>13</v>
+      </c>
+      <c r="C603" t="s">
+        <v>34</v>
+      </c>
+      <c r="D603" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E603">
+        <v>2</v>
+      </c>
+      <c r="F603" t="s">
+        <v>16</v>
+      </c>
+      <c r="G603" t="s">
+        <v>17</v>
+      </c>
+      <c r="K603" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="604" spans="1:11">
+      <c r="A604" t="s">
+        <v>1828</v>
+      </c>
+      <c r="B604" t="s">
+        <v>13</v>
+      </c>
+      <c r="C604" t="s">
+        <v>34</v>
+      </c>
+      <c r="D604" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E604">
+        <v>2</v>
+      </c>
+      <c r="F604" t="s">
+        <v>16</v>
+      </c>
+      <c r="G604" t="s">
+        <v>17</v>
+      </c>
+      <c r="K604" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="605" spans="1:11">
+      <c r="A605" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B605" t="s">
+        <v>13</v>
+      </c>
+      <c r="C605" t="s">
+        <v>34</v>
+      </c>
+      <c r="D605" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E605">
+        <v>2</v>
+      </c>
+      <c r="F605" t="s">
+        <v>16</v>
+      </c>
+      <c r="G605" t="s">
+        <v>17</v>
+      </c>
+      <c r="K605" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="606" spans="1:11">
+      <c r="A606" t="s">
+        <v>1834</v>
+      </c>
+      <c r="B606" t="s">
+        <v>13</v>
+      </c>
+      <c r="C606" t="s">
+        <v>34</v>
+      </c>
+      <c r="D606" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E606">
+        <v>2</v>
+      </c>
+      <c r="F606" t="s">
+        <v>16</v>
+      </c>
+      <c r="G606" t="s">
+        <v>17</v>
+      </c>
+      <c r="K606" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="607" spans="1:11">
+      <c r="A607" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B607" t="s">
+        <v>13</v>
+      </c>
+      <c r="C607" t="s">
+        <v>34</v>
+      </c>
+      <c r="D607" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E607">
+        <v>2</v>
+      </c>
+      <c r="F607" t="s">
+        <v>16</v>
+      </c>
+      <c r="G607" t="s">
+        <v>17</v>
+      </c>
+      <c r="K607" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="608" spans="1:11">
+      <c r="A608" t="s">
+        <v>1840</v>
+      </c>
+      <c r="B608" t="s">
+        <v>13</v>
+      </c>
+      <c r="C608" t="s">
+        <v>34</v>
+      </c>
+      <c r="D608" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E608">
+        <v>2</v>
+      </c>
+      <c r="F608" t="s">
+        <v>16</v>
+      </c>
+      <c r="G608" t="s">
+        <v>17</v>
+      </c>
+      <c r="K608" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="609" spans="1:11">
+      <c r="A609" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B609" t="s">
+        <v>13</v>
+      </c>
+      <c r="C609" t="s">
+        <v>34</v>
+      </c>
+      <c r="D609" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E609">
+        <v>2</v>
+      </c>
+      <c r="F609" t="s">
+        <v>16</v>
+      </c>
+      <c r="G609" t="s">
+        <v>17</v>
+      </c>
+      <c r="K609" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="610" spans="1:11">
+      <c r="A610" t="s">
+        <v>1846</v>
+      </c>
+      <c r="B610" t="s">
+        <v>13</v>
+      </c>
+      <c r="C610" t="s">
+        <v>34</v>
+      </c>
+      <c r="D610" t="s">
+        <v>1847</v>
+      </c>
+      <c r="E610">
+        <v>2</v>
+      </c>
+      <c r="F610" t="s">
+        <v>16</v>
+      </c>
+      <c r="G610" t="s">
+        <v>17</v>
+      </c>
+      <c r="K610" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="611" spans="1:11">
+      <c r="A611" t="s">
+        <v>1849</v>
+      </c>
+      <c r="B611" t="s">
+        <v>13</v>
+      </c>
+      <c r="C611" t="s">
+        <v>34</v>
+      </c>
+      <c r="D611" t="s">
+        <v>1850</v>
+      </c>
+      <c r="E611">
+        <v>2</v>
+      </c>
+      <c r="F611" t="s">
+        <v>16</v>
+      </c>
+      <c r="G611" t="s">
+        <v>17</v>
+      </c>
+      <c r="K611" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="612" spans="1:11">
+      <c r="A612" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B612" t="s">
+        <v>13</v>
+      </c>
+      <c r="C612" t="s">
+        <v>34</v>
+      </c>
+      <c r="D612" t="s">
+        <v>1853</v>
+      </c>
+      <c r="E612">
+        <v>2</v>
+      </c>
+      <c r="F612" t="s">
+        <v>16</v>
+      </c>
+      <c r="G612" t="s">
+        <v>17</v>
+      </c>
+      <c r="K612" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="613" spans="1:11">
+      <c r="A613" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B613" t="s">
+        <v>13</v>
+      </c>
+      <c r="C613" t="s">
+        <v>34</v>
+      </c>
+      <c r="D613" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E613">
+        <v>2</v>
+      </c>
+      <c r="F613" t="s">
+        <v>16</v>
+      </c>
+      <c r="G613" t="s">
+        <v>17</v>
+      </c>
+      <c r="K613" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="614" spans="1:11">
+      <c r="A614" t="s">
+        <v>1858</v>
+      </c>
+      <c r="B614" t="s">
+        <v>13</v>
+      </c>
+      <c r="C614" t="s">
+        <v>34</v>
+      </c>
+      <c r="D614" t="s">
+        <v>1859</v>
+      </c>
+      <c r="E614">
+        <v>2</v>
+      </c>
+      <c r="F614" t="s">
+        <v>16</v>
+      </c>
+      <c r="G614" t="s">
+        <v>17</v>
+      </c>
+      <c r="K614" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="615" spans="1:11">
+      <c r="A615" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B615" t="s">
+        <v>13</v>
+      </c>
+      <c r="C615" t="s">
+        <v>34</v>
+      </c>
+      <c r="D615" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E615">
+        <v>2</v>
+      </c>
+      <c r="F615" t="s">
+        <v>16</v>
+      </c>
+      <c r="G615" t="s">
+        <v>17</v>
+      </c>
+      <c r="K615" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="616" spans="1:11">
+      <c r="A616" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B616" t="s">
+        <v>13</v>
+      </c>
+      <c r="C616" t="s">
+        <v>34</v>
+      </c>
+      <c r="D616" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E616">
+        <v>2</v>
+      </c>
+      <c r="F616" t="s">
+        <v>16</v>
+      </c>
+      <c r="G616" t="s">
+        <v>17</v>
+      </c>
+      <c r="K616" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="617" spans="1:11">
+      <c r="A617" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B617" t="s">
+        <v>13</v>
+      </c>
+      <c r="C617" t="s">
+        <v>34</v>
+      </c>
+      <c r="D617" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E617">
+        <v>2</v>
+      </c>
+      <c r="F617" t="s">
+        <v>16</v>
+      </c>
+      <c r="G617" t="s">
+        <v>17</v>
+      </c>
+      <c r="K617" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="618" spans="1:11">
+      <c r="A618" t="s">
+        <v>1870</v>
+      </c>
+      <c r="B618" t="s">
+        <v>13</v>
+      </c>
+      <c r="C618" t="s">
+        <v>34</v>
+      </c>
+      <c r="D618" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E618">
+        <v>2</v>
+      </c>
+      <c r="F618" t="s">
+        <v>16</v>
+      </c>
+      <c r="G618" t="s">
+        <v>17</v>
+      </c>
+      <c r="K618" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="619" spans="1:11">
+      <c r="A619" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B619" t="s">
+        <v>13</v>
+      </c>
+      <c r="C619" t="s">
+        <v>34</v>
+      </c>
+      <c r="D619" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E619">
+        <v>2</v>
+      </c>
+      <c r="F619" t="s">
+        <v>16</v>
+      </c>
+      <c r="G619" t="s">
+        <v>17</v>
+      </c>
+      <c r="K619" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="620" spans="1:11">
+      <c r="A620" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B620" t="s">
+        <v>13</v>
+      </c>
+      <c r="C620" t="s">
+        <v>34</v>
+      </c>
+      <c r="D620" t="s">
+        <v>1877</v>
+      </c>
+      <c r="E620">
+        <v>2</v>
+      </c>
+      <c r="F620" t="s">
+        <v>16</v>
+      </c>
+      <c r="G620" t="s">
+        <v>17</v>
+      </c>
+      <c r="K620" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="621" spans="1:11">
+      <c r="A621" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B621" t="s">
+        <v>13</v>
+      </c>
+      <c r="C621" t="s">
+        <v>34</v>
+      </c>
+      <c r="D621" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E621">
+        <v>2</v>
+      </c>
+      <c r="F621" t="s">
+        <v>16</v>
+      </c>
+      <c r="G621" t="s">
+        <v>17</v>
+      </c>
+      <c r="K621" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="622" spans="1:11">
+      <c r="A622" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B622" t="s">
+        <v>13</v>
+      </c>
+      <c r="C622" t="s">
+        <v>34</v>
+      </c>
+      <c r="D622" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E622">
+        <v>2</v>
+      </c>
+      <c r="F622" t="s">
+        <v>16</v>
+      </c>
+      <c r="G622" t="s">
+        <v>17</v>
+      </c>
+      <c r="K622" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="623" spans="1:11">
+      <c r="A623" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B623" t="s">
+        <v>13</v>
+      </c>
+      <c r="C623" t="s">
+        <v>34</v>
+      </c>
+      <c r="D623" t="s">
+        <v>1886</v>
+      </c>
+      <c r="E623">
+        <v>2</v>
+      </c>
+      <c r="F623" t="s">
+        <v>16</v>
+      </c>
+      <c r="G623" t="s">
+        <v>17</v>
+      </c>
+      <c r="K623" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="624" spans="1:11">
+      <c r="A624" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B624" t="s">
+        <v>13</v>
+      </c>
+      <c r="C624" t="s">
+        <v>34</v>
+      </c>
+      <c r="D624" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E624">
+        <v>2</v>
+      </c>
+      <c r="F624" t="s">
+        <v>16</v>
+      </c>
+      <c r="G624" t="s">
+        <v>17</v>
+      </c>
+      <c r="K624" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="625" spans="1:11">
+      <c r="A625" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B625" t="s">
+        <v>13</v>
+      </c>
+      <c r="C625" t="s">
+        <v>34</v>
+      </c>
+      <c r="D625" t="s">
+        <v>1892</v>
+      </c>
+      <c r="E625">
+        <v>2</v>
+      </c>
+      <c r="F625" t="s">
+        <v>16</v>
+      </c>
+      <c r="G625" t="s">
+        <v>17</v>
+      </c>
+      <c r="K625" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="626" spans="1:11">
+      <c r="A626" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B626" t="s">
+        <v>13</v>
+      </c>
+      <c r="C626" t="s">
+        <v>34</v>
+      </c>
+      <c r="D626" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E626">
+        <v>2</v>
+      </c>
+      <c r="F626" t="s">
+        <v>16</v>
+      </c>
+      <c r="G626" t="s">
+        <v>17</v>
+      </c>
+      <c r="K626" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="627" spans="1:11">
+      <c r="A627" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B627" t="s">
+        <v>13</v>
+      </c>
+      <c r="C627" t="s">
+        <v>34</v>
+      </c>
+      <c r="D627" t="s">
+        <v>1898</v>
+      </c>
+      <c r="E627">
+        <v>2</v>
+      </c>
+      <c r="F627" t="s">
+        <v>16</v>
+      </c>
+      <c r="G627" t="s">
+        <v>17</v>
+      </c>
+      <c r="K627" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="628" spans="1:11">
+      <c r="A628" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B628" t="s">
+        <v>13</v>
+      </c>
+      <c r="C628" t="s">
+        <v>34</v>
+      </c>
+      <c r="D628" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E628">
+        <v>2</v>
+      </c>
+      <c r="F628" t="s">
+        <v>16</v>
+      </c>
+      <c r="G628" t="s">
+        <v>17</v>
+      </c>
+      <c r="K628" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="629" spans="1:11">
+      <c r="A629" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B629" t="s">
+        <v>13</v>
+      </c>
+      <c r="C629" t="s">
+        <v>34</v>
+      </c>
+      <c r="D629" t="s">
+        <v>1904</v>
+      </c>
+      <c r="E629">
+        <v>2</v>
+      </c>
+      <c r="F629" t="s">
+        <v>16</v>
+      </c>
+      <c r="G629" t="s">
+        <v>17</v>
+      </c>
+      <c r="K629" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="630" spans="1:11">
+      <c r="A630" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B630" t="s">
+        <v>13</v>
+      </c>
+      <c r="C630" t="s">
+        <v>34</v>
+      </c>
+      <c r="D630" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E630">
+        <v>2</v>
+      </c>
+      <c r="F630" t="s">
+        <v>16</v>
+      </c>
+      <c r="G630" t="s">
+        <v>17</v>
+      </c>
+      <c r="K630" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="631" spans="1:11">
+      <c r="A631" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B631" t="s">
+        <v>13</v>
+      </c>
+      <c r="C631" t="s">
+        <v>34</v>
+      </c>
+      <c r="D631" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E631">
+        <v>2</v>
+      </c>
+      <c r="F631" t="s">
+        <v>16</v>
+      </c>
+      <c r="G631" t="s">
+        <v>17</v>
+      </c>
+      <c r="K631" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="632" spans="1:11">
+      <c r="A632" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B632" t="s">
+        <v>13</v>
+      </c>
+      <c r="C632" t="s">
+        <v>34</v>
+      </c>
+      <c r="D632" t="s">
+        <v>1913</v>
+      </c>
+      <c r="E632">
+        <v>2</v>
+      </c>
+      <c r="F632" t="s">
+        <v>16</v>
+      </c>
+      <c r="G632" t="s">
+        <v>17</v>
+      </c>
+      <c r="K632" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="633" spans="1:11">
+      <c r="A633" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B633" t="s">
+        <v>13</v>
+      </c>
+      <c r="C633" t="s">
+        <v>34</v>
+      </c>
+      <c r="D633" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E633">
+        <v>2</v>
+      </c>
+      <c r="F633" t="s">
+        <v>16</v>
+      </c>
+      <c r="G633" t="s">
+        <v>17</v>
+      </c>
+      <c r="K633" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="634" spans="1:11">
+      <c r="A634" t="s">
+        <v>1918</v>
+      </c>
+      <c r="B634" t="s">
+        <v>13</v>
+      </c>
+      <c r="C634" t="s">
+        <v>34</v>
+      </c>
+      <c r="D634" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E634">
+        <v>2</v>
+      </c>
+      <c r="F634" t="s">
+        <v>16</v>
+      </c>
+      <c r="G634" t="s">
+        <v>17</v>
+      </c>
+      <c r="K634" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="635" spans="1:11">
+      <c r="A635" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B635" t="s">
+        <v>13</v>
+      </c>
+      <c r="C635" t="s">
+        <v>34</v>
+      </c>
+      <c r="D635" t="s">
+        <v>1922</v>
+      </c>
+      <c r="E635">
+        <v>2</v>
+      </c>
+      <c r="F635" t="s">
+        <v>16</v>
+      </c>
+      <c r="G635" t="s">
+        <v>17</v>
+      </c>
+      <c r="K635" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="636" spans="1:11">
+      <c r="A636" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B636" t="s">
+        <v>13</v>
+      </c>
+      <c r="C636" t="s">
+        <v>34</v>
+      </c>
+      <c r="D636" t="s">
+        <v>1925</v>
+      </c>
+      <c r="E636">
+        <v>2</v>
+      </c>
+      <c r="F636" t="s">
+        <v>16</v>
+      </c>
+      <c r="G636" t="s">
+        <v>17</v>
+      </c>
+      <c r="K636" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="637" spans="1:11">
+      <c r="A637" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B637" t="s">
+        <v>13</v>
+      </c>
+      <c r="C637" t="s">
+        <v>34</v>
+      </c>
+      <c r="D637" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E637">
+        <v>2</v>
+      </c>
+      <c r="F637" t="s">
+        <v>16</v>
+      </c>
+      <c r="G637" t="s">
+        <v>17</v>
+      </c>
+      <c r="K637" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="638" spans="1:11">
+      <c r="A638" t="s">
+        <v>1930</v>
+      </c>
+      <c r="B638" t="s">
+        <v>13</v>
+      </c>
+      <c r="C638" t="s">
+        <v>34</v>
+      </c>
+      <c r="D638" t="s">
+        <v>1931</v>
+      </c>
+      <c r="E638">
+        <v>2</v>
+      </c>
+      <c r="F638" t="s">
+        <v>16</v>
+      </c>
+      <c r="G638" t="s">
+        <v>17</v>
+      </c>
+      <c r="K638" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="639" spans="1:11">
+      <c r="A639" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B639" t="s">
+        <v>13</v>
+      </c>
+      <c r="C639" t="s">
+        <v>34</v>
+      </c>
+      <c r="D639" t="s">
+        <v>1934</v>
+      </c>
+      <c r="E639">
+        <v>2</v>
+      </c>
+      <c r="F639" t="s">
+        <v>16</v>
+      </c>
+      <c r="G639" t="s">
+        <v>17</v>
+      </c>
+      <c r="K639" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="640" spans="1:11">
+      <c r="A640" t="s">
+        <v>1936</v>
+      </c>
+      <c r="B640" t="s">
+        <v>13</v>
+      </c>
+      <c r="C640" t="s">
+        <v>34</v>
+      </c>
+      <c r="D640" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E640">
+        <v>2</v>
+      </c>
+      <c r="F640" t="s">
+        <v>16</v>
+      </c>
+      <c r="G640" t="s">
+        <v>17</v>
+      </c>
+      <c r="K640" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="641" spans="1:11">
+      <c r="A641" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B641" t="s">
+        <v>13</v>
+      </c>
+      <c r="C641" t="s">
+        <v>34</v>
+      </c>
+      <c r="D641" t="s">
+        <v>1940</v>
+      </c>
+      <c r="E641">
+        <v>2</v>
+      </c>
+      <c r="F641" t="s">
+        <v>16</v>
+      </c>
+      <c r="G641" t="s">
+        <v>17</v>
+      </c>
+      <c r="K641" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="642" spans="1:11">
+      <c r="A642" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B642" t="s">
+        <v>13</v>
+      </c>
+      <c r="C642" t="s">
+        <v>34</v>
+      </c>
+      <c r="D642" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E642">
+        <v>2</v>
+      </c>
+      <c r="F642" t="s">
+        <v>16</v>
+      </c>
+      <c r="G642" t="s">
+        <v>17</v>
+      </c>
+      <c r="K642" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="643" spans="1:11">
+      <c r="A643" t="s">
+        <v>1945</v>
+      </c>
+      <c r="B643" t="s">
+        <v>13</v>
+      </c>
+      <c r="C643" t="s">
+        <v>34</v>
+      </c>
+      <c r="D643" t="s">
+        <v>1946</v>
+      </c>
+      <c r="E643">
+        <v>2</v>
+      </c>
+      <c r="F643" t="s">
+        <v>16</v>
+      </c>
+      <c r="G643" t="s">
+        <v>17</v>
+      </c>
+      <c r="K643" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="644" spans="1:11">
+      <c r="A644" t="s">
+        <v>1948</v>
+      </c>
+      <c r="B644" t="s">
+        <v>13</v>
+      </c>
+      <c r="C644" t="s">
+        <v>34</v>
+      </c>
+      <c r="D644" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E644">
+        <v>2</v>
+      </c>
+      <c r="F644" t="s">
+        <v>16</v>
+      </c>
+      <c r="G644" t="s">
+        <v>17</v>
+      </c>
+      <c r="K644" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="645" spans="1:11">
+      <c r="A645" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B645" t="s">
+        <v>13</v>
+      </c>
+      <c r="C645" t="s">
+        <v>34</v>
+      </c>
+      <c r="D645" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E645">
+        <v>2</v>
+      </c>
+      <c r="F645" t="s">
+        <v>16</v>
+      </c>
+      <c r="G645" t="s">
+        <v>17</v>
+      </c>
+      <c r="K645" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="646" spans="1:11">
+      <c r="A646" t="s">
+        <v>1954</v>
+      </c>
+      <c r="B646" t="s">
+        <v>13</v>
+      </c>
+      <c r="C646" t="s">
+        <v>34</v>
+      </c>
+      <c r="D646" t="s">
+        <v>1955</v>
+      </c>
+      <c r="E646">
+        <v>2</v>
+      </c>
+      <c r="F646" t="s">
+        <v>16</v>
+      </c>
+      <c r="G646" t="s">
+        <v>17</v>
+      </c>
+      <c r="K646" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="647" spans="1:11">
+      <c r="A647" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B647" t="s">
+        <v>13</v>
+      </c>
+      <c r="C647" t="s">
+        <v>34</v>
+      </c>
+      <c r="D647" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E647">
+        <v>2</v>
+      </c>
+      <c r="F647" t="s">
+        <v>16</v>
+      </c>
+      <c r="G647" t="s">
+        <v>17</v>
+      </c>
+      <c r="K647" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="648" spans="1:11">
+      <c r="A648" t="s">
+        <v>1960</v>
+      </c>
+      <c r="B648" t="s">
+        <v>13</v>
+      </c>
+      <c r="C648" t="s">
+        <v>34</v>
+      </c>
+      <c r="D648" t="s">
+        <v>1961</v>
+      </c>
+      <c r="E648">
+        <v>2</v>
+      </c>
+      <c r="F648" t="s">
+        <v>16</v>
+      </c>
+      <c r="G648" t="s">
+        <v>17</v>
+      </c>
+      <c r="K648" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="649" spans="1:11">
+      <c r="A649" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B649" t="s">
+        <v>13</v>
+      </c>
+      <c r="C649" t="s">
+        <v>34</v>
+      </c>
+      <c r="D649" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E649">
+        <v>2</v>
+      </c>
+      <c r="F649" t="s">
+        <v>16</v>
+      </c>
+      <c r="G649" t="s">
+        <v>17</v>
+      </c>
+      <c r="K649" t="s">
+        <v>1965</v>
+      </c>
+    </row>
+    <row r="650" spans="1:11">
+      <c r="A650" t="s">
+        <v>1966</v>
+      </c>
+      <c r="B650" t="s">
+        <v>13</v>
+      </c>
+      <c r="C650" t="s">
+        <v>34</v>
+      </c>
+      <c r="D650" t="s">
+        <v>1967</v>
+      </c>
+      <c r="E650">
+        <v>2</v>
+      </c>
+      <c r="F650" t="s">
+        <v>16</v>
+      </c>
+      <c r="G650" t="s">
+        <v>17</v>
+      </c>
+      <c r="K650" t="s">
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="651" spans="1:11">
+      <c r="A651" t="s">
+        <v>1969</v>
+      </c>
+      <c r="B651" t="s">
+        <v>13</v>
+      </c>
+      <c r="C651" t="s">
+        <v>34</v>
+      </c>
+      <c r="D651" t="s">
+        <v>1970</v>
+      </c>
+      <c r="E651">
+        <v>2</v>
+      </c>
+      <c r="F651" t="s">
+        <v>16</v>
+      </c>
+      <c r="G651" t="s">
+        <v>17</v>
+      </c>
+      <c r="K651" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="652" spans="1:11">
+      <c r="A652" t="s">
+        <v>1972</v>
+      </c>
+      <c r="B652" t="s">
+        <v>13</v>
+      </c>
+      <c r="C652" t="s">
+        <v>34</v>
+      </c>
+      <c r="D652" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E652">
+        <v>2</v>
+      </c>
+      <c r="F652" t="s">
+        <v>16</v>
+      </c>
+      <c r="G652" t="s">
+        <v>17</v>
+      </c>
+      <c r="K652" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="653" spans="1:11">
+      <c r="A653" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B653" t="s">
+        <v>13</v>
+      </c>
+      <c r="C653" t="s">
+        <v>34</v>
+      </c>
+      <c r="D653" t="s">
+        <v>1976</v>
+      </c>
+      <c r="E653">
+        <v>2</v>
+      </c>
+      <c r="F653" t="s">
+        <v>16</v>
+      </c>
+      <c r="G653" t="s">
+        <v>17</v>
+      </c>
+      <c r="K653" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="654" spans="1:11">
+      <c r="A654" t="s">
+        <v>1978</v>
+      </c>
+      <c r="B654" t="s">
+        <v>13</v>
+      </c>
+      <c r="C654" t="s">
+        <v>34</v>
+      </c>
+      <c r="D654" t="s">
+        <v>1979</v>
+      </c>
+      <c r="E654">
+        <v>2</v>
+      </c>
+      <c r="F654" t="s">
+        <v>16</v>
+      </c>
+      <c r="G654" t="s">
+        <v>17</v>
+      </c>
+      <c r="K654" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="655" spans="1:11">
+      <c r="A655" t="s">
+        <v>1981</v>
+      </c>
+      <c r="B655" t="s">
+        <v>13</v>
+      </c>
+      <c r="C655" t="s">
+        <v>34</v>
+      </c>
+      <c r="D655" t="s">
+        <v>1982</v>
+      </c>
+      <c r="E655">
+        <v>2</v>
+      </c>
+      <c r="F655" t="s">
+        <v>16</v>
+      </c>
+      <c r="G655" t="s">
+        <v>17</v>
+      </c>
+      <c r="K655" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="656" spans="1:11">
+      <c r="A656" t="s">
+        <v>1984</v>
+      </c>
+      <c r="B656" t="s">
+        <v>13</v>
+      </c>
+      <c r="C656" t="s">
+        <v>34</v>
+      </c>
+      <c r="D656" t="s">
+        <v>1985</v>
+      </c>
+      <c r="E656">
+        <v>2</v>
+      </c>
+      <c r="F656" t="s">
+        <v>16</v>
+      </c>
+      <c r="G656" t="s">
+        <v>17</v>
+      </c>
+      <c r="K656" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="657" spans="1:11">
+      <c r="A657" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B657" t="s">
+        <v>13</v>
+      </c>
+      <c r="C657" t="s">
+        <v>34</v>
+      </c>
+      <c r="D657" t="s">
+        <v>1988</v>
+      </c>
+      <c r="E657">
+        <v>2</v>
+      </c>
+      <c r="F657" t="s">
+        <v>16</v>
+      </c>
+      <c r="G657" t="s">
+        <v>17</v>
+      </c>
+      <c r="K657" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="658" spans="1:11">
+      <c r="A658" t="s">
+        <v>1990</v>
+      </c>
+      <c r="B658" t="s">
+        <v>13</v>
+      </c>
+      <c r="C658" t="s">
+        <v>34</v>
+      </c>
+      <c r="D658" t="s">
+        <v>1991</v>
+      </c>
+      <c r="E658">
+        <v>2</v>
+      </c>
+      <c r="F658" t="s">
+        <v>16</v>
+      </c>
+      <c r="G658" t="s">
+        <v>17</v>
+      </c>
+      <c r="K658" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="659" spans="1:11">
+      <c r="A659" t="s">
+        <v>1993</v>
+      </c>
+      <c r="B659" t="s">
+        <v>13</v>
+      </c>
+      <c r="C659" t="s">
+        <v>34</v>
+      </c>
+      <c r="D659" t="s">
+        <v>1994</v>
+      </c>
+      <c r="E659">
+        <v>2</v>
+      </c>
+      <c r="F659" t="s">
+        <v>16</v>
+      </c>
+      <c r="G659" t="s">
+        <v>17</v>
+      </c>
+      <c r="K659" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="660" spans="1:11">
+      <c r="A660" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B660" t="s">
+        <v>13</v>
+      </c>
+      <c r="C660" t="s">
+        <v>34</v>
+      </c>
+      <c r="D660" t="s">
+        <v>1997</v>
+      </c>
+      <c r="E660">
+        <v>2</v>
+      </c>
+      <c r="F660" t="s">
+        <v>16</v>
+      </c>
+      <c r="G660" t="s">
+        <v>17</v>
+      </c>
+      <c r="K660" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="661" spans="1:11">
+      <c r="A661" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B661" t="s">
+        <v>13</v>
+      </c>
+      <c r="C661" t="s">
+        <v>34</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2000</v>
+      </c>
+      <c r="E661">
+        <v>2</v>
+      </c>
+      <c r="F661" t="s">
+        <v>16</v>
+      </c>
+      <c r="G661" t="s">
+        <v>17</v>
+      </c>
+      <c r="K661" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="662" spans="1:11">
+      <c r="A662" t="s">
+        <v>2002</v>
+      </c>
+      <c r="B662" t="s">
+        <v>13</v>
+      </c>
+      <c r="C662" t="s">
+        <v>34</v>
+      </c>
+      <c r="D662" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E662">
+        <v>2</v>
+      </c>
+      <c r="F662" t="s">
+        <v>16</v>
+      </c>
+      <c r="G662" t="s">
+        <v>17</v>
+      </c>
+      <c r="K662" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="663" spans="1:11">
+      <c r="A663" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B663" t="s">
+        <v>13</v>
+      </c>
+      <c r="C663" t="s">
+        <v>34</v>
+      </c>
+      <c r="D663" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E663">
+        <v>2</v>
+      </c>
+      <c r="F663" t="s">
+        <v>16</v>
+      </c>
+      <c r="G663" t="s">
+        <v>17</v>
+      </c>
+      <c r="K663" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="664" spans="1:11">
+      <c r="A664" t="s">
+        <v>2008</v>
+      </c>
+      <c r="B664" t="s">
+        <v>13</v>
+      </c>
+      <c r="C664" t="s">
+        <v>34</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2009</v>
+      </c>
+      <c r="E664">
+        <v>2</v>
+      </c>
+      <c r="F664" t="s">
+        <v>16</v>
+      </c>
+      <c r="G664" t="s">
+        <v>17</v>
+      </c>
+      <c r="K664" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="665" spans="1:11">
+      <c r="A665" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B665" t="s">
+        <v>13</v>
+      </c>
+      <c r="C665" t="s">
+        <v>34</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2012</v>
+      </c>
+      <c r="E665">
+        <v>2</v>
+      </c>
+      <c r="F665" t="s">
+        <v>16</v>
+      </c>
+      <c r="G665" t="s">
+        <v>17</v>
+      </c>
+      <c r="K665" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="666" spans="1:11">
+      <c r="A666" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B666" t="s">
+        <v>13</v>
+      </c>
+      <c r="C666" t="s">
+        <v>34</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2015</v>
+      </c>
+      <c r="E666">
+        <v>2</v>
+      </c>
+      <c r="F666" t="s">
+        <v>16</v>
+      </c>
+      <c r="G666" t="s">
+        <v>17</v>
+      </c>
+      <c r="K666" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="667" spans="1:11">
+      <c r="A667" t="s">
+        <v>2017</v>
+      </c>
+      <c r="B667" t="s">
+        <v>13</v>
+      </c>
+      <c r="C667" t="s">
+        <v>34</v>
+      </c>
+      <c r="D667" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E667">
+        <v>2</v>
+      </c>
+      <c r="F667" t="s">
+        <v>16</v>
+      </c>
+      <c r="G667" t="s">
+        <v>17</v>
+      </c>
+      <c r="K667" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="668" spans="1:11">
+      <c r="A668" t="s">
+        <v>2020</v>
+      </c>
+      <c r="B668" t="s">
+        <v>13</v>
+      </c>
+      <c r="C668" t="s">
+        <v>34</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2021</v>
+      </c>
+      <c r="E668">
+        <v>2</v>
+      </c>
+      <c r="F668" t="s">
+        <v>16</v>
+      </c>
+      <c r="G668" t="s">
+        <v>17</v>
+      </c>
+      <c r="K668" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="669" spans="1:11">
+      <c r="A669" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B669" t="s">
+        <v>13</v>
+      </c>
+      <c r="C669" t="s">
+        <v>34</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E669">
+        <v>2</v>
+      </c>
+      <c r="F669" t="s">
+        <v>16</v>
+      </c>
+      <c r="G669" t="s">
+        <v>17</v>
+      </c>
+      <c r="K669" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="670" spans="1:11">
+      <c r="A670" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B670" t="s">
+        <v>13</v>
+      </c>
+      <c r="C670" t="s">
+        <v>34</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E670">
+        <v>2</v>
+      </c>
+      <c r="F670" t="s">
+        <v>16</v>
+      </c>
+      <c r="G670" t="s">
+        <v>17</v>
+      </c>
+      <c r="K670" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="671" spans="1:11">
+      <c r="A671" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B671" t="s">
+        <v>13</v>
+      </c>
+      <c r="C671" t="s">
+        <v>34</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2030</v>
+      </c>
+      <c r="E671">
+        <v>2</v>
+      </c>
+      <c r="F671" t="s">
+        <v>16</v>
+      </c>
+      <c r="G671" t="s">
+        <v>17</v>
+      </c>
+      <c r="K671" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="672" spans="1:11">
+      <c r="A672" t="s">
+        <v>2032</v>
+      </c>
+      <c r="B672" t="s">
+        <v>13</v>
+      </c>
+      <c r="C672" t="s">
+        <v>34</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E672">
+        <v>2</v>
+      </c>
+      <c r="F672" t="s">
+        <v>16</v>
+      </c>
+      <c r="G672" t="s">
+        <v>17</v>
+      </c>
+      <c r="K672" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="673" spans="1:11">
+      <c r="A673" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B673" t="s">
+        <v>13</v>
+      </c>
+      <c r="C673" t="s">
+        <v>34</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2036</v>
+      </c>
+      <c r="E673">
+        <v>2</v>
+      </c>
+      <c r="F673" t="s">
+        <v>16</v>
+      </c>
+      <c r="G673" t="s">
+        <v>17</v>
+      </c>
+      <c r="K673" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="674" spans="1:11">
+      <c r="A674" t="s">
+        <v>2038</v>
+      </c>
+      <c r="B674" t="s">
+        <v>13</v>
+      </c>
+      <c r="C674" t="s">
+        <v>34</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2039</v>
+      </c>
+      <c r="E674">
+        <v>2</v>
+      </c>
+      <c r="F674" t="s">
+        <v>16</v>
+      </c>
+      <c r="G674" t="s">
+        <v>17</v>
+      </c>
+      <c r="K674" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="675" spans="1:11">
+      <c r="A675" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B675" t="s">
+        <v>13</v>
+      </c>
+      <c r="C675" t="s">
+        <v>34</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2042</v>
+      </c>
+      <c r="E675">
+        <v>2</v>
+      </c>
+      <c r="F675" t="s">
+        <v>16</v>
+      </c>
+      <c r="G675" t="s">
+        <v>17</v>
+      </c>
+      <c r="K675" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="676" spans="1:11">
+      <c r="A676" t="s">
+        <v>2044</v>
+      </c>
+      <c r="B676" t="s">
+        <v>13</v>
+      </c>
+      <c r="C676" t="s">
+        <v>34</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2045</v>
+      </c>
+      <c r="E676">
+        <v>2</v>
+      </c>
+      <c r="F676" t="s">
+        <v>16</v>
+      </c>
+      <c r="G676" t="s">
+        <v>17</v>
+      </c>
+      <c r="K676" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="677" spans="1:11">
+      <c r="A677" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B677" t="s">
+        <v>13</v>
+      </c>
+      <c r="C677" t="s">
+        <v>34</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E677">
+        <v>2</v>
+      </c>
+      <c r="F677" t="s">
+        <v>16</v>
+      </c>
+      <c r="G677" t="s">
+        <v>17</v>
+      </c>
+      <c r="K677" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="678" spans="1:11">
+      <c r="A678" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B678" t="s">
+        <v>13</v>
+      </c>
+      <c r="C678" t="s">
+        <v>34</v>
+      </c>
+      <c r="D678" t="s">
+        <v>2051</v>
+      </c>
+      <c r="E678">
+        <v>2</v>
+      </c>
+      <c r="F678" t="s">
+        <v>16</v>
+      </c>
+      <c r="G678" t="s">
+        <v>17</v>
+      </c>
+      <c r="K678" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="679" spans="1:11">
+      <c r="A679" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B679" t="s">
+        <v>13</v>
+      </c>
+      <c r="C679" t="s">
+        <v>34</v>
+      </c>
+      <c r="D679" t="s">
+        <v>2054</v>
+      </c>
+      <c r="E679">
+        <v>2</v>
+      </c>
+      <c r="F679" t="s">
+        <v>16</v>
+      </c>
+      <c r="G679" t="s">
+        <v>17</v>
+      </c>
+      <c r="K679" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="680" spans="1:11">
+      <c r="A680" t="s">
+        <v>2056</v>
+      </c>
+      <c r="B680" t="s">
+        <v>13</v>
+      </c>
+      <c r="C680" t="s">
+        <v>34</v>
+      </c>
+      <c r="D680" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E680">
+        <v>2</v>
+      </c>
+      <c r="F680" t="s">
+        <v>16</v>
+      </c>
+      <c r="G680" t="s">
+        <v>17</v>
+      </c>
+      <c r="K680" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="681" spans="1:11">
+      <c r="A681" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B681" t="s">
+        <v>13</v>
+      </c>
+      <c r="C681" t="s">
+        <v>34</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2060</v>
+      </c>
+      <c r="E681">
+        <v>2</v>
+      </c>
+      <c r="F681" t="s">
+        <v>16</v>
+      </c>
+      <c r="G681" t="s">
+        <v>17</v>
+      </c>
+      <c r="K681" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="682" spans="1:11">
+      <c r="A682" t="s">
+        <v>2062</v>
+      </c>
+      <c r="B682" t="s">
+        <v>13</v>
+      </c>
+      <c r="C682" t="s">
+        <v>34</v>
+      </c>
+      <c r="D682" t="s">
+        <v>2063</v>
+      </c>
+      <c r="E682">
+        <v>2</v>
+      </c>
+      <c r="F682" t="s">
+        <v>16</v>
+      </c>
+      <c r="G682" t="s">
+        <v>17</v>
+      </c>
+      <c r="K682" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="683" spans="1:11">
+      <c r="A683" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B683" t="s">
+        <v>13</v>
+      </c>
+      <c r="C683" t="s">
+        <v>34</v>
+      </c>
+      <c r="D683" t="s">
+        <v>2066</v>
+      </c>
+      <c r="E683">
+        <v>2</v>
+      </c>
+      <c r="F683" t="s">
+        <v>16</v>
+      </c>
+      <c r="G683" t="s">
+        <v>17</v>
+      </c>
+      <c r="K683" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="684" spans="1:11">
+      <c r="A684" t="s">
+        <v>2068</v>
+      </c>
+      <c r="B684" t="s">
+        <v>13</v>
+      </c>
+      <c r="C684" t="s">
+        <v>34</v>
+      </c>
+      <c r="D684" t="s">
+        <v>2069</v>
+      </c>
+      <c r="E684">
+        <v>2</v>
+      </c>
+      <c r="F684" t="s">
+        <v>16</v>
+      </c>
+      <c r="G684" t="s">
+        <v>17</v>
+      </c>
+      <c r="K684" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="685" spans="1:11">
+      <c r="A685" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B685" t="s">
+        <v>13</v>
+      </c>
+      <c r="C685" t="s">
+        <v>34</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2072</v>
+      </c>
+      <c r="E685">
+        <v>2</v>
+      </c>
+      <c r="F685" t="s">
+        <v>16</v>
+      </c>
+      <c r="G685" t="s">
+        <v>17</v>
+      </c>
+      <c r="K685" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="686" spans="1:11">
+      <c r="A686" t="s">
+        <v>2074</v>
+      </c>
+      <c r="B686" t="s">
+        <v>13</v>
+      </c>
+      <c r="C686" t="s">
+        <v>34</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2075</v>
+      </c>
+      <c r="E686">
+        <v>2</v>
+      </c>
+      <c r="F686" t="s">
+        <v>16</v>
+      </c>
+      <c r="G686" t="s">
+        <v>17</v>
+      </c>
+      <c r="K686" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="687" spans="1:11">
+      <c r="A687" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B687" t="s">
+        <v>13</v>
+      </c>
+      <c r="C687" t="s">
+        <v>34</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E687">
+        <v>2</v>
+      </c>
+      <c r="F687" t="s">
+        <v>16</v>
+      </c>
+      <c r="G687" t="s">
+        <v>17</v>
+      </c>
+      <c r="K687" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="688" spans="1:11">
+      <c r="A688" t="s">
+        <v>2080</v>
+      </c>
+      <c r="B688" t="s">
+        <v>13</v>
+      </c>
+      <c r="C688" t="s">
+        <v>34</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2081</v>
+      </c>
+      <c r="E688">
+        <v>2</v>
+      </c>
+      <c r="F688" t="s">
+        <v>16</v>
+      </c>
+      <c r="G688" t="s">
+        <v>17</v>
+      </c>
+      <c r="K688" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="689" spans="1:11">
+      <c r="A689" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B689" t="s">
+        <v>13</v>
+      </c>
+      <c r="C689" t="s">
+        <v>34</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2084</v>
+      </c>
+      <c r="E689">
+        <v>2</v>
+      </c>
+      <c r="F689" t="s">
+        <v>16</v>
+      </c>
+      <c r="G689" t="s">
+        <v>17</v>
+      </c>
+      <c r="K689" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="690" spans="1:11">
+      <c r="A690" t="s">
+        <v>2086</v>
+      </c>
+      <c r="B690" t="s">
+        <v>13</v>
+      </c>
+      <c r="C690" t="s">
+        <v>34</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2087</v>
+      </c>
+      <c r="E690">
+        <v>2</v>
+      </c>
+      <c r="F690" t="s">
+        <v>16</v>
+      </c>
+      <c r="G690" t="s">
+        <v>17</v>
+      </c>
+      <c r="K690" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="691" spans="1:11">
+      <c r="A691" t="s">
+        <v>2089</v>
+      </c>
+      <c r="B691" t="s">
+        <v>13</v>
+      </c>
+      <c r="C691" t="s">
+        <v>34</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E691">
+        <v>2</v>
+      </c>
+      <c r="F691" t="s">
+        <v>16</v>
+      </c>
+      <c r="G691" t="s">
+        <v>17</v>
+      </c>
+      <c r="K691" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="692" spans="1:11">
+      <c r="A692" t="s">
+        <v>2092</v>
+      </c>
+      <c r="B692" t="s">
+        <v>13</v>
+      </c>
+      <c r="C692" t="s">
+        <v>34</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2093</v>
+      </c>
+      <c r="E692">
+        <v>2</v>
+      </c>
+      <c r="F692" t="s">
+        <v>16</v>
+      </c>
+      <c r="G692" t="s">
+        <v>17</v>
+      </c>
+      <c r="K692" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="693" spans="1:11">
+      <c r="A693" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B693" t="s">
+        <v>13</v>
+      </c>
+      <c r="C693" t="s">
+        <v>34</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2096</v>
+      </c>
+      <c r="E693">
+        <v>2</v>
+      </c>
+      <c r="F693" t="s">
+        <v>16</v>
+      </c>
+      <c r="G693" t="s">
+        <v>17</v>
+      </c>
+      <c r="K693" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="694" spans="1:11">
+      <c r="A694" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B694" t="s">
+        <v>13</v>
+      </c>
+      <c r="C694" t="s">
+        <v>34</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2099</v>
+      </c>
+      <c r="E694">
+        <v>2</v>
+      </c>
+      <c r="F694" t="s">
+        <v>16</v>
+      </c>
+      <c r="G694" t="s">
+        <v>17</v>
+      </c>
+      <c r="K694" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="695" spans="1:11">
+      <c r="A695" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B695" t="s">
+        <v>13</v>
+      </c>
+      <c r="C695" t="s">
+        <v>34</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E695">
+        <v>2</v>
+      </c>
+      <c r="F695" t="s">
+        <v>16</v>
+      </c>
+      <c r="G695" t="s">
+        <v>17</v>
+      </c>
+      <c r="K695" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="696" spans="1:11">
+      <c r="A696" t="s">
+        <v>2104</v>
+      </c>
+      <c r="B696" t="s">
+        <v>13</v>
+      </c>
+      <c r="C696" t="s">
+        <v>34</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2105</v>
+      </c>
+      <c r="E696">
+        <v>2</v>
+      </c>
+      <c r="F696" t="s">
+        <v>16</v>
+      </c>
+      <c r="G696" t="s">
+        <v>17</v>
+      </c>
+      <c r="K696" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="697" spans="1:11">
+      <c r="A697" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B697" t="s">
+        <v>13</v>
+      </c>
+      <c r="C697" t="s">
+        <v>34</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2108</v>
+      </c>
+      <c r="E697">
+        <v>2</v>
+      </c>
+      <c r="F697" t="s">
+        <v>16</v>
+      </c>
+      <c r="G697" t="s">
+        <v>17</v>
+      </c>
+      <c r="K697" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="698" spans="1:11">
+      <c r="A698" t="s">
+        <v>2110</v>
+      </c>
+      <c r="B698" t="s">
+        <v>13</v>
+      </c>
+      <c r="C698" t="s">
+        <v>34</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2111</v>
+      </c>
+      <c r="E698">
+        <v>2</v>
+      </c>
+      <c r="F698" t="s">
+        <v>16</v>
+      </c>
+      <c r="G698" t="s">
+        <v>17</v>
+      </c>
+      <c r="K698" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="699" spans="1:11">
+      <c r="A699" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B699" t="s">
+        <v>13</v>
+      </c>
+      <c r="C699" t="s">
+        <v>34</v>
+      </c>
+      <c r="D699" t="s">
+        <v>2114</v>
+      </c>
+      <c r="E699">
+        <v>2</v>
+      </c>
+      <c r="F699" t="s">
+        <v>16</v>
+      </c>
+      <c r="G699" t="s">
+        <v>17</v>
+      </c>
+      <c r="K699" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="700" spans="1:11">
+      <c r="A700" t="s">
+        <v>2116</v>
+      </c>
+      <c r="B700" t="s">
+        <v>13</v>
+      </c>
+      <c r="C700" t="s">
+        <v>34</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2117</v>
+      </c>
+      <c r="E700">
+        <v>2</v>
+      </c>
+      <c r="F700" t="s">
+        <v>16</v>
+      </c>
+      <c r="G700" t="s">
+        <v>17</v>
+      </c>
+      <c r="K700" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="701" spans="1:11">
+      <c r="A701" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B701" t="s">
+        <v>13</v>
+      </c>
+      <c r="C701" t="s">
+        <v>34</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E701">
+        <v>2</v>
+      </c>
+      <c r="F701" t="s">
+        <v>16</v>
+      </c>
+      <c r="G701" t="s">
+        <v>17</v>
+      </c>
+      <c r="K701" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="702" spans="1:11">
+      <c r="A702" t="s">
+        <v>2122</v>
+      </c>
+      <c r="B702" t="s">
+        <v>13</v>
+      </c>
+      <c r="C702" t="s">
+        <v>34</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E702">
+        <v>2</v>
+      </c>
+      <c r="F702" t="s">
+        <v>16</v>
+      </c>
+      <c r="G702" t="s">
+        <v>17</v>
+      </c>
+      <c r="K702" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="703" spans="1:11">
+      <c r="A703" t="s">
+        <v>2125</v>
+      </c>
+      <c r="B703" t="s">
+        <v>13</v>
+      </c>
+      <c r="C703" t="s">
+        <v>34</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E703">
+        <v>2</v>
+      </c>
+      <c r="F703" t="s">
+        <v>16</v>
+      </c>
+      <c r="G703" t="s">
+        <v>17</v>
+      </c>
+      <c r="K703" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="704" spans="1:11">
+      <c r="A704" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B704" t="s">
+        <v>13</v>
+      </c>
+      <c r="C704" t="s">
+        <v>34</v>
+      </c>
+      <c r="D704" t="s">
+        <v>2129</v>
+      </c>
+      <c r="E704">
+        <v>2</v>
+      </c>
+      <c r="F704" t="s">
+        <v>16</v>
+      </c>
+      <c r="G704" t="s">
+        <v>17</v>
+      </c>
+      <c r="K704" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="705" spans="1:11">
+      <c r="A705" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B705" t="s">
+        <v>13</v>
+      </c>
+      <c r="C705" t="s">
+        <v>34</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2132</v>
+      </c>
+      <c r="E705">
+        <v>2</v>
+      </c>
+      <c r="F705" t="s">
+        <v>16</v>
+      </c>
+      <c r="G705" t="s">
+        <v>17</v>
+      </c>
+      <c r="K705" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="706" spans="1:11">
+      <c r="A706" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B706" t="s">
+        <v>13</v>
+      </c>
+      <c r="C706" t="s">
+        <v>34</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2135</v>
+      </c>
+      <c r="E706">
+        <v>2</v>
+      </c>
+      <c r="F706" t="s">
+        <v>16</v>
+      </c>
+      <c r="G706" t="s">
+        <v>17</v>
+      </c>
+      <c r="K706" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="707" spans="1:11">
+      <c r="A707" t="s">
+        <v>2137</v>
+      </c>
+      <c r="B707" t="s">
+        <v>13</v>
+      </c>
+      <c r="C707" t="s">
+        <v>34</v>
+      </c>
+      <c r="D707" t="s">
+        <v>2138</v>
+      </c>
+      <c r="E707">
+        <v>2</v>
+      </c>
+      <c r="F707" t="s">
+        <v>16</v>
+      </c>
+      <c r="G707" t="s">
+        <v>17</v>
+      </c>
+      <c r="K707" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="708" spans="1:11">
+      <c r="A708" t="s">
+        <v>2140</v>
+      </c>
+      <c r="B708" t="s">
+        <v>13</v>
+      </c>
+      <c r="C708" t="s">
+        <v>34</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2141</v>
+      </c>
+      <c r="E708">
+        <v>2</v>
+      </c>
+      <c r="F708" t="s">
+        <v>16</v>
+      </c>
+      <c r="G708" t="s">
+        <v>17</v>
+      </c>
+      <c r="K708" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="709" spans="1:11">
+      <c r="A709" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B709" t="s">
+        <v>13</v>
+      </c>
+      <c r="C709" t="s">
+        <v>34</v>
+      </c>
+      <c r="D709" t="s">
+        <v>2144</v>
+      </c>
+      <c r="E709">
+        <v>2</v>
+      </c>
+      <c r="F709" t="s">
+        <v>16</v>
+      </c>
+      <c r="G709" t="s">
+        <v>17</v>
+      </c>
+      <c r="K709" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="710" spans="1:11">
+      <c r="A710" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B710" t="s">
+        <v>13</v>
+      </c>
+      <c r="C710" t="s">
+        <v>34</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2147</v>
+      </c>
+      <c r="E710">
+        <v>2</v>
+      </c>
+      <c r="F710" t="s">
+        <v>16</v>
+      </c>
+      <c r="G710" t="s">
+        <v>17</v>
+      </c>
+      <c r="K710" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="711" spans="1:11">
+      <c r="A711" t="s">
+        <v>2149</v>
+      </c>
+      <c r="B711" t="s">
+        <v>13</v>
+      </c>
+      <c r="C711" t="s">
+        <v>34</v>
+      </c>
+      <c r="D711" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E711">
+        <v>2</v>
+      </c>
+      <c r="F711" t="s">
+        <v>16</v>
+      </c>
+      <c r="G711" t="s">
+        <v>17</v>
+      </c>
+      <c r="K711" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="712" spans="1:11">
+      <c r="A712" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B712" t="s">
+        <v>13</v>
+      </c>
+      <c r="C712" t="s">
+        <v>34</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2153</v>
+      </c>
+      <c r="E712">
+        <v>2</v>
+      </c>
+      <c r="F712" t="s">
+        <v>16</v>
+      </c>
+      <c r="G712" t="s">
+        <v>17</v>
+      </c>
+      <c r="K712" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="713" spans="1:11">
+      <c r="A713" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B713" t="s">
+        <v>13</v>
+      </c>
+      <c r="C713" t="s">
+        <v>34</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E713">
+        <v>2</v>
+      </c>
+      <c r="F713" t="s">
+        <v>16</v>
+      </c>
+      <c r="G713" t="s">
+        <v>17</v>
+      </c>
+      <c r="K713" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="714" spans="1:11">
+      <c r="A714" t="s">
+        <v>2158</v>
+      </c>
+      <c r="B714" t="s">
+        <v>13</v>
+      </c>
+      <c r="C714" t="s">
+        <v>34</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2159</v>
+      </c>
+      <c r="E714">
+        <v>2</v>
+      </c>
+      <c r="F714" t="s">
+        <v>16</v>
+      </c>
+      <c r="G714" t="s">
+        <v>17</v>
+      </c>
+      <c r="K714" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="715" spans="1:11">
+      <c r="A715" t="s">
+        <v>2161</v>
+      </c>
+      <c r="B715" t="s">
+        <v>13</v>
+      </c>
+      <c r="C715" t="s">
+        <v>34</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2162</v>
+      </c>
+      <c r="E715">
+        <v>2</v>
+      </c>
+      <c r="F715" t="s">
+        <v>16</v>
+      </c>
+      <c r="G715" t="s">
+        <v>17</v>
+      </c>
+      <c r="K715" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="716" spans="1:11">
+      <c r="A716" t="s">
+        <v>2164</v>
+      </c>
+      <c r="B716" t="s">
+        <v>13</v>
+      </c>
+      <c r="C716" t="s">
+        <v>34</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2165</v>
+      </c>
+      <c r="E716">
+        <v>2</v>
+      </c>
+      <c r="F716" t="s">
+        <v>16</v>
+      </c>
+      <c r="G716" t="s">
+        <v>17</v>
+      </c>
+      <c r="K716" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="717" spans="1:11">
+      <c r="A717" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B717" t="s">
+        <v>13</v>
+      </c>
+      <c r="C717" t="s">
+        <v>34</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2168</v>
+      </c>
+      <c r="E717">
+        <v>2</v>
+      </c>
+      <c r="F717" t="s">
+        <v>16</v>
+      </c>
+      <c r="G717" t="s">
+        <v>17</v>
+      </c>
+      <c r="K717" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="718" spans="1:11">
+      <c r="A718" t="s">
+        <v>2170</v>
+      </c>
+      <c r="B718" t="s">
+        <v>13</v>
+      </c>
+      <c r="C718" t="s">
+        <v>34</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2171</v>
+      </c>
+      <c r="E718">
+        <v>2</v>
+      </c>
+      <c r="F718" t="s">
+        <v>16</v>
+      </c>
+      <c r="G718" t="s">
+        <v>17</v>
+      </c>
+      <c r="K718" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="719" spans="1:11">
+      <c r="A719" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B719" t="s">
+        <v>13</v>
+      </c>
+      <c r="C719" t="s">
+        <v>34</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2174</v>
+      </c>
+      <c r="E719">
+        <v>2</v>
+      </c>
+      <c r="F719" t="s">
+        <v>16</v>
+      </c>
+      <c r="G719" t="s">
+        <v>17</v>
+      </c>
+      <c r="K719" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="720" spans="1:11">
+      <c r="A720" t="s">
+        <v>2176</v>
+      </c>
+      <c r="B720" t="s">
+        <v>13</v>
+      </c>
+      <c r="C720" t="s">
+        <v>34</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E720">
+        <v>2</v>
+      </c>
+      <c r="F720" t="s">
+        <v>16</v>
+      </c>
+      <c r="G720" t="s">
+        <v>17</v>
+      </c>
+      <c r="K720" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="721" spans="1:11">
+      <c r="A721" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B721" t="s">
+        <v>13</v>
+      </c>
+      <c r="C721" t="s">
+        <v>34</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2180</v>
+      </c>
+      <c r="E721">
+        <v>2</v>
+      </c>
+      <c r="F721" t="s">
+        <v>16</v>
+      </c>
+      <c r="G721" t="s">
+        <v>17</v>
+      </c>
+      <c r="K721" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="722" spans="1:11">
+      <c r="A722" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B722" t="s">
+        <v>13</v>
+      </c>
+      <c r="C722" t="s">
+        <v>34</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2183</v>
+      </c>
+      <c r="E722">
+        <v>2</v>
+      </c>
+      <c r="F722" t="s">
+        <v>16</v>
+      </c>
+      <c r="G722" t="s">
+        <v>17</v>
+      </c>
+      <c r="K722" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="723" spans="1:11">
+      <c r="A723" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B723" t="s">
+        <v>13</v>
+      </c>
+      <c r="C723" t="s">
+        <v>34</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2186</v>
+      </c>
+      <c r="E723">
+        <v>2</v>
+      </c>
+      <c r="F723" t="s">
+        <v>16</v>
+      </c>
+      <c r="G723" t="s">
+        <v>17</v>
+      </c>
+      <c r="K723" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="724" spans="1:11">
+      <c r="A724" t="s">
+        <v>2188</v>
+      </c>
+      <c r="B724" t="s">
+        <v>13</v>
+      </c>
+      <c r="C724" t="s">
+        <v>34</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2189</v>
+      </c>
+      <c r="E724">
+        <v>2</v>
+      </c>
+      <c r="F724" t="s">
+        <v>16</v>
+      </c>
+      <c r="G724" t="s">
+        <v>17</v>
+      </c>
+      <c r="K724" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="725" spans="1:11">
+      <c r="A725" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B725" t="s">
+        <v>13</v>
+      </c>
+      <c r="C725" t="s">
+        <v>34</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E725">
+        <v>2</v>
+      </c>
+      <c r="F725" t="s">
+        <v>16</v>
+      </c>
+      <c r="G725" t="s">
+        <v>17</v>
+      </c>
+      <c r="K725" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="726" spans="1:11">
+      <c r="A726" t="s">
+        <v>2194</v>
+      </c>
+      <c r="B726" t="s">
+        <v>13</v>
+      </c>
+      <c r="C726" t="s">
+        <v>34</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2195</v>
+      </c>
+      <c r="E726">
+        <v>2</v>
+      </c>
+      <c r="F726" t="s">
+        <v>16</v>
+      </c>
+      <c r="G726" t="s">
+        <v>17</v>
+      </c>
+      <c r="K726" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="727" spans="1:11">
+      <c r="A727" t="s">
+        <v>2197</v>
+      </c>
+      <c r="B727" t="s">
+        <v>13</v>
+      </c>
+      <c r="C727" t="s">
+        <v>34</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2198</v>
+      </c>
+      <c r="E727">
+        <v>2</v>
+      </c>
+      <c r="F727" t="s">
+        <v>16</v>
+      </c>
+      <c r="G727" t="s">
+        <v>17</v>
+      </c>
+      <c r="K727" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="728" spans="1:11">
+      <c r="A728" t="s">
+        <v>2200</v>
+      </c>
+      <c r="B728" t="s">
+        <v>13</v>
+      </c>
+      <c r="C728" t="s">
+        <v>34</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E728">
+        <v>2</v>
+      </c>
+      <c r="F728" t="s">
+        <v>16</v>
+      </c>
+      <c r="G728" t="s">
+        <v>17</v>
+      </c>
+      <c r="K728" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="729" spans="1:11">
+      <c r="A729" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B729" t="s">
+        <v>13</v>
+      </c>
+      <c r="C729" t="s">
+        <v>34</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2204</v>
+      </c>
+      <c r="E729">
+        <v>2</v>
+      </c>
+      <c r="F729" t="s">
+        <v>16</v>
+      </c>
+      <c r="G729" t="s">
+        <v>17</v>
+      </c>
+      <c r="K729" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="730" spans="1:11">
+      <c r="A730" t="s">
+        <v>2206</v>
+      </c>
+      <c r="B730" t="s">
+        <v>13</v>
+      </c>
+      <c r="C730" t="s">
+        <v>34</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2207</v>
+      </c>
+      <c r="E730">
+        <v>2</v>
+      </c>
+      <c r="F730" t="s">
+        <v>16</v>
+      </c>
+      <c r="G730" t="s">
+        <v>17</v>
+      </c>
+      <c r="K730" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="731" spans="1:11">
+      <c r="A731" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B731" t="s">
+        <v>13</v>
+      </c>
+      <c r="C731" t="s">
+        <v>34</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2210</v>
+      </c>
+      <c r="E731">
+        <v>2</v>
+      </c>
+      <c r="F731" t="s">
+        <v>16</v>
+      </c>
+      <c r="G731" t="s">
+        <v>17</v>
+      </c>
+      <c r="K731" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="732" spans="1:11">
+      <c r="A732" t="s">
+        <v>2212</v>
+      </c>
+      <c r="B732" t="s">
+        <v>13</v>
+      </c>
+      <c r="C732" t="s">
+        <v>34</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2213</v>
+      </c>
+      <c r="E732">
+        <v>2</v>
+      </c>
+      <c r="F732" t="s">
+        <v>16</v>
+      </c>
+      <c r="G732" t="s">
+        <v>17</v>
+      </c>
+      <c r="K732" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="733" spans="1:11">
+      <c r="A733" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B733" t="s">
+        <v>13</v>
+      </c>
+      <c r="C733" t="s">
+        <v>34</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2216</v>
+      </c>
+      <c r="E733">
+        <v>2</v>
+      </c>
+      <c r="F733" t="s">
+        <v>16</v>
+      </c>
+      <c r="G733" t="s">
+        <v>17</v>
+      </c>
+      <c r="K733" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="734" spans="1:11">
+      <c r="A734" t="s">
+        <v>2218</v>
+      </c>
+      <c r="B734" t="s">
+        <v>13</v>
+      </c>
+      <c r="C734" t="s">
+        <v>34</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2219</v>
+      </c>
+      <c r="E734">
+        <v>2</v>
+      </c>
+      <c r="F734" t="s">
+        <v>16</v>
+      </c>
+      <c r="G734" t="s">
+        <v>17</v>
+      </c>
+      <c r="K734" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="735" spans="1:11">
+      <c r="A735" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B735" t="s">
+        <v>13</v>
+      </c>
+      <c r="C735" t="s">
+        <v>34</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2222</v>
+      </c>
+      <c r="E735">
+        <v>2</v>
+      </c>
+      <c r="F735" t="s">
+        <v>16</v>
+      </c>
+      <c r="G735" t="s">
+        <v>17</v>
+      </c>
+      <c r="K735" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="736" spans="1:11">
+      <c r="A736" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B736" t="s">
+        <v>13</v>
+      </c>
+      <c r="C736" t="s">
+        <v>34</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2225</v>
+      </c>
+      <c r="E736">
+        <v>2</v>
+      </c>
+      <c r="F736" t="s">
+        <v>16</v>
+      </c>
+      <c r="G736" t="s">
+        <v>17</v>
+      </c>
+      <c r="K736" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="737" spans="1:11">
+      <c r="A737" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B737" t="s">
+        <v>13</v>
+      </c>
+      <c r="C737" t="s">
+        <v>34</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2228</v>
+      </c>
+      <c r="E737">
+        <v>2</v>
+      </c>
+      <c r="F737" t="s">
+        <v>16</v>
+      </c>
+      <c r="G737" t="s">
+        <v>17</v>
+      </c>
+      <c r="K737" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="738" spans="1:11">
+      <c r="A738" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B738" t="s">
+        <v>13</v>
+      </c>
+      <c r="C738" t="s">
+        <v>34</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E738">
+        <v>2</v>
+      </c>
+      <c r="F738" t="s">
+        <v>16</v>
+      </c>
+      <c r="G738" t="s">
+        <v>17</v>
+      </c>
+      <c r="K738" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="739" spans="1:11">
+      <c r="A739" t="s">
+        <v>2233</v>
+      </c>
+      <c r="B739" t="s">
+        <v>13</v>
+      </c>
+      <c r="C739" t="s">
+        <v>34</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2234</v>
+      </c>
+      <c r="E739">
+        <v>2</v>
+      </c>
+      <c r="F739" t="s">
+        <v>16</v>
+      </c>
+      <c r="G739" t="s">
+        <v>17</v>
+      </c>
+      <c r="K739" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="740" spans="1:11">
+      <c r="A740" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B740" t="s">
+        <v>13</v>
+      </c>
+      <c r="C740" t="s">
+        <v>34</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2237</v>
+      </c>
+      <c r="E740">
+        <v>2</v>
+      </c>
+      <c r="F740" t="s">
+        <v>16</v>
+      </c>
+      <c r="G740" t="s">
+        <v>17</v>
+      </c>
+      <c r="K740" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="741" spans="1:11">
+      <c r="A741" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B741" t="s">
+        <v>13</v>
+      </c>
+      <c r="C741" t="s">
+        <v>34</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2240</v>
+      </c>
+      <c r="E741">
+        <v>2</v>
+      </c>
+      <c r="F741" t="s">
+        <v>16</v>
+      </c>
+      <c r="G741" t="s">
+        <v>17</v>
+      </c>
+      <c r="K741" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="742" spans="1:11">
+      <c r="A742" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B742" t="s">
+        <v>13</v>
+      </c>
+      <c r="C742" t="s">
+        <v>34</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2243</v>
+      </c>
+      <c r="E742">
+        <v>2</v>
+      </c>
+      <c r="F742" t="s">
+        <v>16</v>
+      </c>
+      <c r="G742" t="s">
+        <v>17</v>
+      </c>
+      <c r="K742" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="743" spans="1:11">
+      <c r="A743" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B743" t="s">
+        <v>13</v>
+      </c>
+      <c r="C743" t="s">
+        <v>34</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2246</v>
+      </c>
+      <c r="E743">
+        <v>2</v>
+      </c>
+      <c r="F743" t="s">
+        <v>16</v>
+      </c>
+      <c r="G743" t="s">
+        <v>17</v>
+      </c>
+      <c r="K743" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="744" spans="1:11">
+      <c r="A744" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B744" t="s">
+        <v>13</v>
+      </c>
+      <c r="C744" t="s">
+        <v>34</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2249</v>
+      </c>
+      <c r="E744">
+        <v>2</v>
+      </c>
+      <c r="F744" t="s">
+        <v>16</v>
+      </c>
+      <c r="G744" t="s">
+        <v>17</v>
+      </c>
+      <c r="K744" t="s">
+        <v>2250</v>
+      </c>
+    </row>
+    <row r="745" spans="1:11">
+      <c r="A745" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B745" t="s">
+        <v>13</v>
+      </c>
+      <c r="C745" t="s">
+        <v>34</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E745">
+        <v>2</v>
+      </c>
+      <c r="F745" t="s">
+        <v>16</v>
+      </c>
+      <c r="G745" t="s">
+        <v>17</v>
+      </c>
+      <c r="K745" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="746" spans="1:11">
+      <c r="A746" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B746" t="s">
+        <v>13</v>
+      </c>
+      <c r="C746" t="s">
+        <v>34</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2255</v>
+      </c>
+      <c r="E746">
+        <v>2</v>
+      </c>
+      <c r="F746" t="s">
+        <v>16</v>
+      </c>
+      <c r="G746" t="s">
+        <v>17</v>
+      </c>
+      <c r="K746" t="s">
+        <v>2256</v>
+      </c>
+    </row>
+    <row r="747" spans="1:11">
+      <c r="A747" t="s">
+        <v>2257</v>
+      </c>
+      <c r="B747" t="s">
+        <v>13</v>
+      </c>
+      <c r="C747" t="s">
+        <v>34</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2258</v>
+      </c>
+      <c r="E747">
+        <v>2</v>
+      </c>
+      <c r="F747" t="s">
+        <v>16</v>
+      </c>
+      <c r="G747" t="s">
+        <v>17</v>
+      </c>
+      <c r="K747" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="748" spans="1:11">
+      <c r="A748" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B748" t="s">
+        <v>13</v>
+      </c>
+      <c r="C748" t="s">
+        <v>34</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2261</v>
+      </c>
+      <c r="E748">
+        <v>2</v>
+      </c>
+      <c r="F748" t="s">
+        <v>16</v>
+      </c>
+      <c r="G748" t="s">
+        <v>17</v>
+      </c>
+      <c r="K748" t="s">
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="749" spans="1:11">
+      <c r="A749" t="s">
+        <v>2263</v>
+      </c>
+      <c r="B749" t="s">
+        <v>13</v>
+      </c>
+      <c r="C749" t="s">
+        <v>34</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2264</v>
+      </c>
+      <c r="E749">
+        <v>2</v>
+      </c>
+      <c r="F749" t="s">
+        <v>16</v>
+      </c>
+      <c r="G749" t="s">
+        <v>17</v>
+      </c>
+      <c r="K749" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="750" spans="1:11">
+      <c r="A750" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B750" t="s">
+        <v>13</v>
+      </c>
+      <c r="C750" t="s">
+        <v>34</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2267</v>
+      </c>
+      <c r="E750">
+        <v>2</v>
+      </c>
+      <c r="F750" t="s">
+        <v>16</v>
+      </c>
+      <c r="G750" t="s">
+        <v>17</v>
+      </c>
+      <c r="K750" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="751" spans="1:11">
+      <c r="A751" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B751" t="s">
+        <v>13</v>
+      </c>
+      <c r="C751" t="s">
+        <v>34</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2270</v>
+      </c>
+      <c r="E751">
+        <v>2</v>
+      </c>
+      <c r="F751" t="s">
+        <v>16</v>
+      </c>
+      <c r="G751" t="s">
+        <v>17</v>
+      </c>
+      <c r="K751" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="752" spans="1:11">
+      <c r="A752" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B752" t="s">
+        <v>13</v>
+      </c>
+      <c r="C752" t="s">
+        <v>34</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2273</v>
+      </c>
+      <c r="E752">
+        <v>2</v>
+      </c>
+      <c r="F752" t="s">
+        <v>16</v>
+      </c>
+      <c r="G752" t="s">
+        <v>17</v>
+      </c>
+      <c r="K752" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="753" spans="1:11">
+      <c r="A753" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B753" t="s">
+        <v>13</v>
+      </c>
+      <c r="C753" t="s">
+        <v>34</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2276</v>
+      </c>
+      <c r="E753">
+        <v>2</v>
+      </c>
+      <c r="F753" t="s">
+        <v>16</v>
+      </c>
+      <c r="G753" t="s">
+        <v>17</v>
+      </c>
+      <c r="K753" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="754" spans="1:11">
+      <c r="A754" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B754" t="s">
+        <v>13</v>
+      </c>
+      <c r="C754" t="s">
+        <v>34</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2279</v>
+      </c>
+      <c r="E754">
+        <v>2</v>
+      </c>
+      <c r="F754" t="s">
+        <v>16</v>
+      </c>
+      <c r="G754" t="s">
+        <v>17</v>
+      </c>
+      <c r="K754" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="755" spans="1:11">
+      <c r="A755" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B755" t="s">
+        <v>13</v>
+      </c>
+      <c r="C755" t="s">
+        <v>34</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E755">
+        <v>2</v>
+      </c>
+      <c r="F755" t="s">
+        <v>16</v>
+      </c>
+      <c r="G755" t="s">
+        <v>17</v>
+      </c>
+      <c r="K755" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="756" spans="1:11">
+      <c r="A756" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B756" t="s">
+        <v>13</v>
+      </c>
+      <c r="C756" t="s">
+        <v>34</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2285</v>
+      </c>
+      <c r="E756">
+        <v>2</v>
+      </c>
+      <c r="F756" t="s">
+        <v>16</v>
+      </c>
+      <c r="G756" t="s">
+        <v>17</v>
+      </c>
+      <c r="K756" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="757" spans="1:11">
+      <c r="A757" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B757" t="s">
+        <v>13</v>
+      </c>
+      <c r="C757" t="s">
+        <v>34</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2288</v>
+      </c>
+      <c r="E757">
+        <v>2</v>
+      </c>
+      <c r="F757" t="s">
+        <v>16</v>
+      </c>
+      <c r="G757" t="s">
+        <v>17</v>
+      </c>
+      <c r="K757" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="758" spans="1:11">
+      <c r="A758" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B758" t="s">
+        <v>13</v>
+      </c>
+      <c r="C758" t="s">
+        <v>34</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2291</v>
+      </c>
+      <c r="E758">
+        <v>2</v>
+      </c>
+      <c r="F758" t="s">
+        <v>16</v>
+      </c>
+      <c r="G758" t="s">
+        <v>17</v>
+      </c>
+      <c r="K758" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="759" spans="1:11">
+      <c r="A759" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B759" t="s">
+        <v>13</v>
+      </c>
+      <c r="C759" t="s">
+        <v>34</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2294</v>
+      </c>
+      <c r="E759">
+        <v>2</v>
+      </c>
+      <c r="F759" t="s">
+        <v>16</v>
+      </c>
+      <c r="G759" t="s">
+        <v>17</v>
+      </c>
+      <c r="K759" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="760" spans="1:11">
+      <c r="A760" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B760" t="s">
+        <v>13</v>
+      </c>
+      <c r="C760" t="s">
+        <v>34</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E760">
+        <v>2</v>
+      </c>
+      <c r="F760" t="s">
+        <v>16</v>
+      </c>
+      <c r="G760" t="s">
+        <v>17</v>
+      </c>
+      <c r="K760" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+    <row r="761" spans="1:11">
+      <c r="A761" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B761" t="s">
+        <v>13</v>
+      </c>
+      <c r="C761" t="s">
+        <v>34</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2300</v>
+      </c>
+      <c r="E761">
+        <v>2</v>
+      </c>
+      <c r="F761" t="s">
+        <v>16</v>
+      </c>
+      <c r="G761" t="s">
+        <v>17</v>
+      </c>
+      <c r="K761" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="762" spans="1:11">
+      <c r="A762" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B762" t="s">
+        <v>13</v>
+      </c>
+      <c r="C762" t="s">
+        <v>34</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2303</v>
+      </c>
+      <c r="E762">
+        <v>2</v>
+      </c>
+      <c r="F762" t="s">
+        <v>16</v>
+      </c>
+      <c r="G762" t="s">
+        <v>17</v>
+      </c>
+      <c r="K762" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="763" spans="1:11">
+      <c r="A763" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B763" t="s">
+        <v>13</v>
+      </c>
+      <c r="C763" t="s">
+        <v>34</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2306</v>
+      </c>
+      <c r="E763">
+        <v>2</v>
+      </c>
+      <c r="F763" t="s">
+        <v>16</v>
+      </c>
+      <c r="G763" t="s">
+        <v>17</v>
+      </c>
+      <c r="K763" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="764" spans="1:11">
+      <c r="A764" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B764" t="s">
+        <v>13</v>
+      </c>
+      <c r="C764" t="s">
+        <v>34</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2309</v>
+      </c>
+      <c r="E764">
+        <v>2</v>
+      </c>
+      <c r="F764" t="s">
+        <v>16</v>
+      </c>
+      <c r="G764" t="s">
+        <v>17</v>
+      </c>
+      <c r="K764" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="765" spans="1:11">
+      <c r="A765" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B765" t="s">
+        <v>13</v>
+      </c>
+      <c r="C765" t="s">
+        <v>34</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E765">
+        <v>2</v>
+      </c>
+      <c r="F765" t="s">
+        <v>16</v>
+      </c>
+      <c r="G765" t="s">
+        <v>17</v>
+      </c>
+      <c r="K765" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="766" spans="1:11">
+      <c r="A766" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B766" t="s">
+        <v>13</v>
+      </c>
+      <c r="C766" t="s">
+        <v>34</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2315</v>
+      </c>
+      <c r="E766">
+        <v>2</v>
+      </c>
+      <c r="F766" t="s">
+        <v>16</v>
+      </c>
+      <c r="G766" t="s">
+        <v>17</v>
+      </c>
+      <c r="K766" t="s">
+        <v>2316</v>
+      </c>
+    </row>
+    <row r="767" spans="1:11">
+      <c r="A767" t="s">
+        <v>2317</v>
+      </c>
+      <c r="B767" t="s">
+        <v>13</v>
+      </c>
+      <c r="C767" t="s">
+        <v>34</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2318</v>
+      </c>
+      <c r="E767">
+        <v>2</v>
+      </c>
+      <c r="F767" t="s">
+        <v>16</v>
+      </c>
+      <c r="G767" t="s">
+        <v>17</v>
+      </c>
+      <c r="K767" t="s">
+        <v>2319</v>
+      </c>
+    </row>
+    <row r="768" spans="1:11">
+      <c r="A768" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B768" t="s">
+        <v>13</v>
+      </c>
+      <c r="C768" t="s">
+        <v>34</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2321</v>
+      </c>
+      <c r="E768">
+        <v>2</v>
+      </c>
+      <c r="F768" t="s">
+        <v>16</v>
+      </c>
+      <c r="G768" t="s">
+        <v>17</v>
+      </c>
+      <c r="K768" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="769" spans="1:11">
+      <c r="A769" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B769" t="s">
+        <v>13</v>
+      </c>
+      <c r="C769" t="s">
+        <v>34</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2324</v>
+      </c>
+      <c r="E769">
+        <v>2</v>
+      </c>
+      <c r="F769" t="s">
+        <v>16</v>
+      </c>
+      <c r="G769" t="s">
+        <v>17</v>
+      </c>
+      <c r="K769" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="770" spans="1:11">
+      <c r="A770" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B770" t="s">
+        <v>13</v>
+      </c>
+      <c r="C770" t="s">
+        <v>34</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2327</v>
+      </c>
+      <c r="E770">
+        <v>2</v>
+      </c>
+      <c r="F770" t="s">
+        <v>16</v>
+      </c>
+      <c r="G770" t="s">
+        <v>17</v>
+      </c>
+      <c r="K770" t="s">
+        <v>2328</v>
+      </c>
+    </row>
+    <row r="771" spans="1:11">
+      <c r="A771" t="s">
+        <v>2329</v>
+      </c>
+      <c r="B771" t="s">
+        <v>13</v>
+      </c>
+      <c r="C771" t="s">
+        <v>34</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2330</v>
+      </c>
+      <c r="E771">
+        <v>2</v>
+      </c>
+      <c r="F771" t="s">
+        <v>16</v>
+      </c>
+      <c r="G771" t="s">
+        <v>17</v>
+      </c>
+      <c r="K771" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="772" spans="1:11">
+      <c r="A772" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B772" t="s">
+        <v>13</v>
+      </c>
+      <c r="C772" t="s">
+        <v>34</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2333</v>
+      </c>
+      <c r="E772">
+        <v>2</v>
+      </c>
+      <c r="F772" t="s">
+        <v>16</v>
+      </c>
+      <c r="G772" t="s">
+        <v>17</v>
+      </c>
+      <c r="K772" t="s">
+        <v>2334</v>
+      </c>
+    </row>
+    <row r="773" spans="1:11">
+      <c r="A773" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B773" t="s">
+        <v>13</v>
+      </c>
+      <c r="C773" t="s">
+        <v>34</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2336</v>
+      </c>
+      <c r="E773">
+        <v>2</v>
+      </c>
+      <c r="F773" t="s">
+        <v>16</v>
+      </c>
+      <c r="G773" t="s">
+        <v>17</v>
+      </c>
+      <c r="K773" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="774" spans="1:11">
+      <c r="A774" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B774" t="s">
+        <v>13</v>
+      </c>
+      <c r="C774" t="s">
+        <v>34</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2339</v>
+      </c>
+      <c r="E774">
+        <v>2</v>
+      </c>
+      <c r="F774" t="s">
+        <v>16</v>
+      </c>
+      <c r="G774" t="s">
+        <v>17</v>
+      </c>
+      <c r="K774" t="s">
+        <v>2340</v>
+      </c>
+    </row>
+    <row r="775" spans="1:11">
+      <c r="A775" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B775" t="s">
+        <v>13</v>
+      </c>
+      <c r="C775" t="s">
+        <v>34</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2342</v>
+      </c>
+      <c r="E775">
+        <v>2</v>
+      </c>
+      <c r="F775" t="s">
+        <v>16</v>
+      </c>
+      <c r="G775" t="s">
+        <v>17</v>
+      </c>
+      <c r="K775" t="s">
+        <v>2343</v>
+      </c>
+    </row>
+    <row r="776" spans="1:11">
+      <c r="A776" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B776" t="s">
+        <v>13</v>
+      </c>
+      <c r="C776" t="s">
+        <v>34</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2345</v>
+      </c>
+      <c r="E776">
+        <v>2</v>
+      </c>
+      <c r="F776" t="s">
+        <v>16</v>
+      </c>
+      <c r="G776" t="s">
+        <v>17</v>
+      </c>
+      <c r="K776" t="s">
+        <v>2346</v>
+      </c>
+    </row>
+    <row r="777" spans="1:11">
+      <c r="A777" t="s">
+        <v>2347</v>
+      </c>
+      <c r="B777" t="s">
+        <v>13</v>
+      </c>
+      <c r="C777" t="s">
+        <v>34</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2348</v>
+      </c>
+      <c r="E777">
+        <v>2</v>
+      </c>
+      <c r="F777" t="s">
+        <v>16</v>
+      </c>
+      <c r="G777" t="s">
+        <v>17</v>
+      </c>
+      <c r="K777" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="778" spans="1:11">
+      <c r="A778" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B778" t="s">
+        <v>13</v>
+      </c>
+      <c r="C778" t="s">
+        <v>34</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2351</v>
+      </c>
+      <c r="E778">
+        <v>2</v>
+      </c>
+      <c r="F778" t="s">
+        <v>16</v>
+      </c>
+      <c r="G778" t="s">
+        <v>17</v>
+      </c>
+      <c r="K778" t="s">
+        <v>2352</v>
+      </c>
+    </row>
+    <row r="779" spans="1:11">
+      <c r="A779" t="s">
+        <v>2353</v>
+      </c>
+      <c r="B779" t="s">
+        <v>13</v>
+      </c>
+      <c r="C779" t="s">
+        <v>34</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2354</v>
+      </c>
+      <c r="E779">
+        <v>2</v>
+      </c>
+      <c r="F779" t="s">
+        <v>16</v>
+      </c>
+      <c r="G779" t="s">
+        <v>17</v>
+      </c>
+      <c r="K779" t="s">
+        <v>2355</v>
+      </c>
+    </row>
+    <row r="780" spans="1:11">
+      <c r="A780" t="s">
+        <v>2356</v>
+      </c>
+      <c r="B780" t="s">
+        <v>13</v>
+      </c>
+      <c r="C780" t="s">
+        <v>34</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2357</v>
+      </c>
+      <c r="E780">
+        <v>2</v>
+      </c>
+      <c r="F780" t="s">
+        <v>16</v>
+      </c>
+      <c r="G780" t="s">
+        <v>17</v>
+      </c>
+      <c r="K780" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="781" spans="1:11">
+      <c r="A781" t="s">
+        <v>2359</v>
+      </c>
+      <c r="B781" t="s">
+        <v>13</v>
+      </c>
+      <c r="C781" t="s">
+        <v>34</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2360</v>
+      </c>
+      <c r="E781">
+        <v>2</v>
+      </c>
+      <c r="F781" t="s">
+        <v>16</v>
+      </c>
+      <c r="G781" t="s">
+        <v>17</v>
+      </c>
+      <c r="K781" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="782" spans="1:11">
+      <c r="A782" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B782" t="s">
+        <v>13</v>
+      </c>
+      <c r="C782" t="s">
+        <v>34</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2363</v>
+      </c>
+      <c r="E782">
+        <v>2</v>
+      </c>
+      <c r="F782" t="s">
+        <v>16</v>
+      </c>
+      <c r="G782" t="s">
+        <v>17</v>
+      </c>
+      <c r="K782" t="s">
+        <v>2364</v>
+      </c>
+    </row>
+    <row r="783" spans="1:11">
+      <c r="A783" t="s">
+        <v>2365</v>
+      </c>
+      <c r="B783" t="s">
+        <v>13</v>
+      </c>
+      <c r="C783" t="s">
+        <v>34</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2366</v>
+      </c>
+      <c r="E783">
+        <v>2</v>
+      </c>
+      <c r="F783" t="s">
+        <v>16</v>
+      </c>
+      <c r="G783" t="s">
+        <v>17</v>
+      </c>
+      <c r="K783" t="s">
+        <v>2367</v>
+      </c>
+    </row>
+    <row r="784" spans="1:11">
+      <c r="A784" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B784" t="s">
+        <v>13</v>
+      </c>
+      <c r="C784" t="s">
+        <v>34</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2369</v>
+      </c>
+      <c r="E784">
+        <v>2</v>
+      </c>
+      <c r="F784" t="s">
+        <v>16</v>
+      </c>
+      <c r="G784" t="s">
+        <v>17</v>
+      </c>
+      <c r="K784" t="s">
+        <v>2370</v>
+      </c>
+    </row>
+    <row r="785" spans="1:11">
+      <c r="A785" t="s">
+        <v>2371</v>
+      </c>
+      <c r="B785" t="s">
+        <v>13</v>
+      </c>
+      <c r="C785" t="s">
+        <v>34</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2372</v>
+      </c>
+      <c r="E785">
+        <v>2</v>
+      </c>
+      <c r="F785" t="s">
+        <v>16</v>
+      </c>
+      <c r="G785" t="s">
+        <v>17</v>
+      </c>
+      <c r="K785" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="786" spans="1:11">
+      <c r="A786" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B786" t="s">
+        <v>13</v>
+      </c>
+      <c r="C786" t="s">
+        <v>34</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2375</v>
+      </c>
+      <c r="E786">
+        <v>2</v>
+      </c>
+      <c r="F786" t="s">
+        <v>16</v>
+      </c>
+      <c r="G786" t="s">
+        <v>17</v>
+      </c>
+      <c r="K786" t="s">
+        <v>2376</v>
+      </c>
+    </row>
+    <row r="787" spans="1:11">
+      <c r="A787" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B787" t="s">
+        <v>13</v>
+      </c>
+      <c r="C787" t="s">
+        <v>34</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2378</v>
+      </c>
+      <c r="E787">
+        <v>2</v>
+      </c>
+      <c r="F787" t="s">
+        <v>16</v>
+      </c>
+      <c r="G787" t="s">
+        <v>17</v>
+      </c>
+      <c r="K787" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="788" spans="1:11">
+      <c r="A788" t="s">
+        <v>2380</v>
+      </c>
+      <c r="B788" t="s">
+        <v>13</v>
+      </c>
+      <c r="C788" t="s">
+        <v>34</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2381</v>
+      </c>
+      <c r="E788">
+        <v>2</v>
+      </c>
+      <c r="F788" t="s">
+        <v>16</v>
+      </c>
+      <c r="G788" t="s">
+        <v>17</v>
+      </c>
+      <c r="K788" t="s">
+        <v>2382</v>
+      </c>
+    </row>
+    <row r="789" spans="1:11">
+      <c r="A789" t="s">
+        <v>2383</v>
+      </c>
+      <c r="B789" t="s">
+        <v>13</v>
+      </c>
+      <c r="C789" t="s">
+        <v>34</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E789">
+        <v>2</v>
+      </c>
+      <c r="F789" t="s">
+        <v>16</v>
+      </c>
+      <c r="G789" t="s">
+        <v>17</v>
+      </c>
+      <c r="K789" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="790" spans="1:11">
+      <c r="A790" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B790" t="s">
+        <v>13</v>
+      </c>
+      <c r="C790" t="s">
+        <v>34</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2387</v>
+      </c>
+      <c r="E790">
+        <v>2</v>
+      </c>
+      <c r="F790" t="s">
+        <v>16</v>
+      </c>
+      <c r="G790" t="s">
+        <v>17</v>
+      </c>
+      <c r="K790" t="s">
+        <v>2388</v>
+      </c>
+    </row>
+    <row r="791" spans="1:11">
+      <c r="A791" t="s">
+        <v>2389</v>
+      </c>
+      <c r="B791" t="s">
+        <v>13</v>
+      </c>
+      <c r="C791" t="s">
+        <v>34</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E791">
+        <v>2</v>
+      </c>
+      <c r="F791" t="s">
+        <v>16</v>
+      </c>
+      <c r="G791" t="s">
+        <v>17</v>
+      </c>
+      <c r="K791" t="s">
+        <v>2391</v>
+      </c>
+    </row>
+    <row r="792" spans="1:11">
+      <c r="A792" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B792" t="s">
+        <v>13</v>
+      </c>
+      <c r="C792" t="s">
+        <v>34</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2393</v>
+      </c>
+      <c r="E792">
+        <v>2</v>
+      </c>
+      <c r="F792" t="s">
+        <v>16</v>
+      </c>
+      <c r="G792" t="s">
+        <v>17</v>
+      </c>
+      <c r="K792" t="s">
+        <v>2394</v>
+      </c>
+    </row>
+    <row r="793" spans="1:11">
+      <c r="A793" t="s">
+        <v>2395</v>
+      </c>
+      <c r="B793" t="s">
+        <v>13</v>
+      </c>
+      <c r="C793" t="s">
+        <v>34</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2396</v>
+      </c>
+      <c r="E793">
+        <v>2</v>
+      </c>
+      <c r="F793" t="s">
+        <v>16</v>
+      </c>
+      <c r="G793" t="s">
+        <v>17</v>
+      </c>
+      <c r="K793" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="794" spans="1:11">
+      <c r="A794" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B794" t="s">
+        <v>13</v>
+      </c>
+      <c r="C794" t="s">
+        <v>34</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2399</v>
+      </c>
+      <c r="E794">
+        <v>2</v>
+      </c>
+      <c r="F794" t="s">
+        <v>16</v>
+      </c>
+      <c r="G794" t="s">
+        <v>17</v>
+      </c>
+      <c r="K794" t="s">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="795" spans="1:11">
+      <c r="A795" t="s">
+        <v>2401</v>
+      </c>
+      <c r="B795" t="s">
+        <v>13</v>
+      </c>
+      <c r="C795" t="s">
+        <v>34</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E795">
+        <v>2</v>
+      </c>
+      <c r="F795" t="s">
+        <v>16</v>
+      </c>
+      <c r="G795" t="s">
+        <v>17</v>
+      </c>
+      <c r="K795" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="796" spans="1:11">
+      <c r="A796" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B796" t="s">
+        <v>13</v>
+      </c>
+      <c r="C796" t="s">
+        <v>34</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2405</v>
+      </c>
+      <c r="E796">
+        <v>2</v>
+      </c>
+      <c r="F796" t="s">
+        <v>16</v>
+      </c>
+      <c r="G796" t="s">
+        <v>17</v>
+      </c>
+      <c r="K796" t="s">
+        <v>2406</v>
+      </c>
+    </row>
+    <row r="797" spans="1:11">
+      <c r="A797" t="s">
+        <v>2407</v>
+      </c>
+      <c r="B797" t="s">
+        <v>13</v>
+      </c>
+      <c r="C797" t="s">
+        <v>34</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2408</v>
+      </c>
+      <c r="E797">
+        <v>2</v>
+      </c>
+      <c r="F797" t="s">
+        <v>16</v>
+      </c>
+      <c r="G797" t="s">
+        <v>17</v>
+      </c>
+      <c r="K797" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="798" spans="1:11">
+      <c r="A798" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B798" t="s">
+        <v>13</v>
+      </c>
+      <c r="C798" t="s">
+        <v>34</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2411</v>
+      </c>
+      <c r="E798">
+        <v>2</v>
+      </c>
+      <c r="F798" t="s">
+        <v>16</v>
+      </c>
+      <c r="G798" t="s">
+        <v>17</v>
+      </c>
+      <c r="K798" t="s">
+        <v>2412</v>
+      </c>
+    </row>
+    <row r="799" spans="1:11">
+      <c r="A799" t="s">
+        <v>2413</v>
+      </c>
+      <c r="B799" t="s">
+        <v>13</v>
+      </c>
+      <c r="C799" t="s">
+        <v>34</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2414</v>
+      </c>
+      <c r="E799">
+        <v>2</v>
+      </c>
+      <c r="F799" t="s">
+        <v>16</v>
+      </c>
+      <c r="G799" t="s">
+        <v>17</v>
+      </c>
+      <c r="K799" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="800" spans="1:11">
+      <c r="A800" t="s">
+        <v>2416</v>
+      </c>
+      <c r="B800" t="s">
+        <v>13</v>
+      </c>
+      <c r="C800" t="s">
+        <v>34</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2417</v>
+      </c>
+      <c r="E800">
+        <v>2</v>
+      </c>
+      <c r="F800" t="s">
+        <v>16</v>
+      </c>
+      <c r="G800" t="s">
+        <v>17</v>
+      </c>
+      <c r="K800" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="801" spans="1:11">
+      <c r="A801" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B801" t="s">
+        <v>13</v>
+      </c>
+      <c r="C801" t="s">
+        <v>34</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E801">
+        <v>2</v>
+      </c>
+      <c r="F801" t="s">
+        <v>16</v>
+      </c>
+      <c r="G801" t="s">
+        <v>17</v>
+      </c>
+      <c r="K801" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="802" spans="1:11">
+      <c r="A802" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B802" t="s">
+        <v>13</v>
+      </c>
+      <c r="C802" t="s">
+        <v>34</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E802">
+        <v>2</v>
+      </c>
+      <c r="F802" t="s">
+        <v>16</v>
+      </c>
+      <c r="G802" t="s">
+        <v>17</v>
+      </c>
+      <c r="K802" t="s">
+        <v>2424</v>
+      </c>
+    </row>
+    <row r="803" spans="1:11">
+      <c r="A803" t="s">
+        <v>2425</v>
+      </c>
+      <c r="B803" t="s">
+        <v>13</v>
+      </c>
+      <c r="C803" t="s">
+        <v>34</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2426</v>
+      </c>
+      <c r="E803">
+        <v>2</v>
+      </c>
+      <c r="F803" t="s">
+        <v>16</v>
+      </c>
+      <c r="G803" t="s">
+        <v>17</v>
+      </c>
+      <c r="K803" t="s">
+        <v>2427</v>
+      </c>
+    </row>
+    <row r="804" spans="1:11">
+      <c r="A804" t="s">
+        <v>2428</v>
+      </c>
+      <c r="B804" t="s">
+        <v>13</v>
+      </c>
+      <c r="C804" t="s">
+        <v>34</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E804">
+        <v>2</v>
+      </c>
+      <c r="F804" t="s">
+        <v>16</v>
+      </c>
+      <c r="G804" t="s">
+        <v>17</v>
+      </c>
+      <c r="K804" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="805" spans="1:11">
+      <c r="A805" t="s">
+        <v>2431</v>
+      </c>
+      <c r="B805" t="s">
+        <v>13</v>
+      </c>
+      <c r="C805" t="s">
+        <v>34</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E805">
+        <v>2</v>
+      </c>
+      <c r="F805" t="s">
+        <v>16</v>
+      </c>
+      <c r="G805" t="s">
+        <v>17</v>
+      </c>
+      <c r="K805" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="806" spans="1:11">
+      <c r="A806" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B806" t="s">
+        <v>13</v>
+      </c>
+      <c r="C806" t="s">
+        <v>34</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E806">
+        <v>2</v>
+      </c>
+      <c r="F806" t="s">
+        <v>16</v>
+      </c>
+      <c r="G806" t="s">
+        <v>17</v>
+      </c>
+      <c r="K806" t="s">
+        <v>2436</v>
+      </c>
+    </row>
+    <row r="807" spans="1:11">
+      <c r="A807" t="s">
+        <v>2437</v>
+      </c>
+      <c r="B807" t="s">
+        <v>13</v>
+      </c>
+      <c r="C807" t="s">
+        <v>34</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2438</v>
+      </c>
+      <c r="E807">
+        <v>2</v>
+      </c>
+      <c r="F807" t="s">
+        <v>16</v>
+      </c>
+      <c r="G807" t="s">
+        <v>17</v>
+      </c>
+      <c r="K807" t="s">
+        <v>2439</v>
+      </c>
+    </row>
+    <row r="808" spans="1:11">
+      <c r="A808" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B808" t="s">
+        <v>13</v>
+      </c>
+      <c r="C808" t="s">
+        <v>34</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E808">
+        <v>2</v>
+      </c>
+      <c r="F808" t="s">
+        <v>16</v>
+      </c>
+      <c r="G808" t="s">
+        <v>17</v>
+      </c>
+      <c r="K808" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="809" spans="1:11">
+      <c r="A809" t="s">
+        <v>2443</v>
+      </c>
+      <c r="B809" t="s">
+        <v>13</v>
+      </c>
+      <c r="C809" t="s">
+        <v>34</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2444</v>
+      </c>
+      <c r="E809">
+        <v>2</v>
+      </c>
+      <c r="F809" t="s">
+        <v>16</v>
+      </c>
+      <c r="G809" t="s">
+        <v>17</v>
+      </c>
+      <c r="K809" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="810" spans="1:11">
+      <c r="A810" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B810" t="s">
+        <v>13</v>
+      </c>
+      <c r="C810" t="s">
+        <v>34</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E810">
+        <v>2</v>
+      </c>
+      <c r="F810" t="s">
+        <v>16</v>
+      </c>
+      <c r="G810" t="s">
+        <v>17</v>
+      </c>
+      <c r="K810" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="811" spans="1:11">
+      <c r="A811" t="s">
+        <v>2449</v>
+      </c>
+      <c r="B811" t="s">
+        <v>13</v>
+      </c>
+      <c r="C811" t="s">
+        <v>34</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2450</v>
+      </c>
+      <c r="E811">
+        <v>2</v>
+      </c>
+      <c r="F811" t="s">
+        <v>16</v>
+      </c>
+      <c r="G811" t="s">
+        <v>17</v>
+      </c>
+      <c r="K811" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="812" spans="1:11">
+      <c r="A812" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B812" t="s">
+        <v>13</v>
+      </c>
+      <c r="C812" t="s">
+        <v>34</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2453</v>
+      </c>
+      <c r="E812">
+        <v>2</v>
+      </c>
+      <c r="F812" t="s">
+        <v>16</v>
+      </c>
+      <c r="G812" t="s">
+        <v>17</v>
+      </c>
+      <c r="K812" t="s">
+        <v>2454</v>
+      </c>
+    </row>
+    <row r="813" spans="1:11">
+      <c r="A813" t="s">
+        <v>2455</v>
+      </c>
+      <c r="B813" t="s">
+        <v>13</v>
+      </c>
+      <c r="C813" t="s">
+        <v>34</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E813">
+        <v>2</v>
+      </c>
+      <c r="F813" t="s">
+        <v>16</v>
+      </c>
+      <c r="G813" t="s">
+        <v>17</v>
+      </c>
+      <c r="K813" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="814" spans="1:11">
+      <c r="A814" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B814" t="s">
+        <v>13</v>
+      </c>
+      <c r="C814" t="s">
+        <v>34</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2459</v>
+      </c>
+      <c r="E814">
+        <v>2</v>
+      </c>
+      <c r="F814" t="s">
+        <v>16</v>
+      </c>
+      <c r="G814" t="s">
+        <v>17</v>
+      </c>
+      <c r="K814" t="s">
+        <v>2460</v>
+      </c>
+    </row>
+    <row r="815" spans="1:11">
+      <c r="A815" t="s">
+        <v>2461</v>
+      </c>
+      <c r="B815" t="s">
+        <v>13</v>
+      </c>
+      <c r="C815" t="s">
+        <v>34</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2462</v>
+      </c>
+      <c r="E815">
+        <v>2</v>
+      </c>
+      <c r="F815" t="s">
+        <v>16</v>
+      </c>
+      <c r="G815" t="s">
+        <v>17</v>
+      </c>
+      <c r="K815" t="s">
+        <v>2463</v>
+      </c>
+    </row>
+    <row r="816" spans="1:11">
+      <c r="A816" t="s">
+        <v>2464</v>
+      </c>
+      <c r="B816" t="s">
+        <v>13</v>
+      </c>
+      <c r="C816" t="s">
+        <v>34</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2465</v>
+      </c>
+      <c r="E816">
+        <v>2</v>
+      </c>
+      <c r="F816" t="s">
+        <v>16</v>
+      </c>
+      <c r="G816" t="s">
+        <v>17</v>
+      </c>
+      <c r="K816" t="s">
+        <v>2466</v>
+      </c>
+    </row>
+    <row r="817" spans="1:11">
+      <c r="A817" t="s">
+        <v>2467</v>
+      </c>
+      <c r="B817" t="s">
+        <v>13</v>
+      </c>
+      <c r="C817" t="s">
+        <v>34</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2468</v>
+      </c>
+      <c r="E817">
+        <v>2</v>
+      </c>
+      <c r="F817" t="s">
+        <v>16</v>
+      </c>
+      <c r="G817" t="s">
+        <v>17</v>
+      </c>
+      <c r="K817" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="818" spans="1:11">
+      <c r="A818" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B818" t="s">
+        <v>13</v>
+      </c>
+      <c r="C818" t="s">
+        <v>34</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2471</v>
+      </c>
+      <c r="E818">
+        <v>2</v>
+      </c>
+      <c r="F818" t="s">
+        <v>16</v>
+      </c>
+      <c r="G818" t="s">
+        <v>17</v>
+      </c>
+      <c r="K818" t="s">
+        <v>2472</v>
+      </c>
+    </row>
+    <row r="819" spans="1:11">
+      <c r="A819" t="s">
+        <v>2473</v>
+      </c>
+      <c r="B819" t="s">
+        <v>13</v>
+      </c>
+      <c r="C819" t="s">
+        <v>34</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2474</v>
+      </c>
+      <c r="E819">
+        <v>2</v>
+      </c>
+      <c r="F819" t="s">
+        <v>16</v>
+      </c>
+      <c r="G819" t="s">
+        <v>17</v>
+      </c>
+      <c r="K819" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="820" spans="1:11">
+      <c r="A820" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B820" t="s">
+        <v>13</v>
+      </c>
+      <c r="C820" t="s">
+        <v>34</v>
+      </c>
+      <c r="D820" t="s">
+        <v>2477</v>
+      </c>
+      <c r="E820">
+        <v>2</v>
+      </c>
+      <c r="F820" t="s">
+        <v>16</v>
+      </c>
+      <c r="G820" t="s">
+        <v>17</v>
+      </c>
+      <c r="K820" t="s">
+        <v>2478</v>
+      </c>
+    </row>
+    <row r="821" spans="1:11">
+      <c r="A821" t="s">
+        <v>2479</v>
+      </c>
+      <c r="B821" t="s">
+        <v>13</v>
+      </c>
+      <c r="C821" t="s">
+        <v>34</v>
+      </c>
+      <c r="D821" t="s">
+        <v>2480</v>
+      </c>
+      <c r="E821">
+        <v>2</v>
+      </c>
+      <c r="F821" t="s">
+        <v>16</v>
+      </c>
+      <c r="G821" t="s">
+        <v>17</v>
+      </c>
+      <c r="K821" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="822" spans="1:11">
+      <c r="A822" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B822" t="s">
+        <v>13</v>
+      </c>
+      <c r="C822" t="s">
+        <v>34</v>
+      </c>
+      <c r="D822" t="s">
+        <v>2483</v>
+      </c>
+      <c r="E822">
+        <v>2</v>
+      </c>
+      <c r="F822" t="s">
+        <v>16</v>
+      </c>
+      <c r="G822" t="s">
+        <v>17</v>
+      </c>
+      <c r="K822" t="s">
+        <v>2484</v>
+      </c>
+    </row>
+    <row r="823" spans="1:11">
+      <c r="A823" t="s">
+        <v>2485</v>
+      </c>
+      <c r="B823" t="s">
+        <v>13</v>
+      </c>
+      <c r="C823" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D823" t="s">
+        <v>2487</v>
+      </c>
+      <c r="E823">
+        <v>28</v>
+      </c>
+      <c r="F823" t="s">
+        <v>16</v>
+      </c>
+      <c r="G823" t="s">
+        <v>17</v>
+      </c>
+      <c r="K823" t="s">
+        <v>2488</v>
+      </c>
+    </row>
+    <row r="824" spans="1:11">
+      <c r="A824" t="s">
+        <v>2489</v>
+      </c>
+      <c r="B824" t="s">
+        <v>13</v>
+      </c>
+      <c r="C824" t="s">
+        <v>2486</v>
+      </c>
+      <c r="D824" t="s">
+        <v>2490</v>
+      </c>
+      <c r="E824">
+        <v>28</v>
+      </c>
+      <c r="F824" t="s">
+        <v>16</v>
+      </c>
+      <c r="G824" t="s">
+        <v>17</v>
+      </c>
+      <c r="K824" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="825" spans="1:11">
+      <c r="A825" t="s">
+        <v>2492</v>
+      </c>
+      <c r="B825" t="s">
+        <v>13</v>
+      </c>
+      <c r="C825" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D825" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E825">
+        <v>34</v>
+      </c>
+      <c r="F825" t="s">
+        <v>16</v>
+      </c>
+      <c r="G825" t="s">
+        <v>17</v>
+      </c>
+      <c r="K825" t="s">
+        <v>2495</v>
+      </c>
+    </row>
+    <row r="826" spans="1:11">
+      <c r="A826" t="s">
+        <v>2496</v>
+      </c>
+      <c r="B826" t="s">
+        <v>13</v>
+      </c>
+      <c r="C826" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2497</v>
+      </c>
+      <c r="E826">
+        <v>30</v>
+      </c>
+      <c r="F826" t="s">
+        <v>16</v>
+      </c>
+      <c r="G826" t="s">
+        <v>17</v>
+      </c>
+      <c r="K826" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="827" spans="1:11">
+      <c r="A827" t="s">
+        <v>2499</v>
+      </c>
+      <c r="B827" t="s">
+        <v>13</v>
+      </c>
+      <c r="C827" t="s">
+        <v>2500</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E827">
+        <v>32</v>
+      </c>
+      <c r="F827" t="s">
+        <v>16</v>
+      </c>
+      <c r="G827" t="s">
+        <v>17</v>
+      </c>
+      <c r="K827" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="828" spans="1:11">
+      <c r="A828" t="s">
+        <v>19</v>
+      </c>
+      <c r="B828" t="s">
+        <v>2503</v>
+      </c>
+      <c r="C828" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E828">
+        <v>0</v>
+      </c>
+      <c r="F828" t="s">
+        <v>16</v>
+      </c>
+      <c r="G828" t="s">
+        <v>17</v>
+      </c>
+      <c r="H828">
+        <v>3</v>
+      </c>
+      <c r="I828">
+        <v>28</v>
+      </c>
+      <c r="K828" t="s">
+        <v>2506</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">