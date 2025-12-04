--- v1 (2025-11-13)
+++ v2 (2025-12-04)
@@ -15010,54 +15010,54 @@
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>861</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I5">
-        <v>28</v>
+        <v>29.6</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
@@ -16914,54 +16914,54 @@
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>19</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
         <v>246</v>
       </c>
       <c r="D78" t="s">
         <v>247</v>
       </c>
       <c r="E78">
         <v>405</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I78">
-        <v>28</v>
+        <v>29.6</v>
       </c>
       <c r="K78" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>249</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" t="s">
         <v>250</v>
       </c>
       <c r="E79">
         <v>5</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
@@ -22302,54 +22302,54 @@
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
         <v>19</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
         <v>871</v>
       </c>
       <c r="D285" t="s">
         <v>872</v>
       </c>
       <c r="E285">
         <v>233</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
       <c r="H285">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I285">
-        <v>28</v>
+        <v>29.6</v>
       </c>
       <c r="K285" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
         <v>874</v>
       </c>
       <c r="B286" t="s">
         <v>13</v>
       </c>
       <c r="C286" t="s">
         <v>34</v>
       </c>
       <c r="D286" t="s">
         <v>875</v>
       </c>
       <c r="E286">
         <v>2</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
@@ -36426,54 +36426,54 @@
       </c>
     </row>
     <row r="828" spans="1:11">
       <c r="A828" t="s">
         <v>19</v>
       </c>
       <c r="B828" t="s">
         <v>2503</v>
       </c>
       <c r="C828" t="s">
         <v>2504</v>
       </c>
       <c r="D828" t="s">
         <v>2505</v>
       </c>
       <c r="E828">
         <v>0</v>
       </c>
       <c r="F828" t="s">
         <v>16</v>
       </c>
       <c r="G828" t="s">
         <v>17</v>
       </c>
       <c r="H828">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I828">
-        <v>28</v>
+        <v>29.6</v>
       </c>
       <c r="K828" t="s">
         <v>2506</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>