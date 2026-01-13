--- v2 (2025-12-04)
+++ v3 (2026-01-13)
@@ -15010,54 +15010,54 @@
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
         <v>861</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I5">
-        <v>29.6</v>
+        <v>32.2</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
         <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
@@ -16914,54 +16914,54 @@
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
         <v>19</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
         <v>246</v>
       </c>
       <c r="D78" t="s">
         <v>247</v>
       </c>
       <c r="E78">
         <v>405</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I78">
-        <v>29.6</v>
+        <v>32.2</v>
       </c>
       <c r="K78" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>249</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
         <v>14</v>
       </c>
       <c r="D79" t="s">
         <v>250</v>
       </c>
       <c r="E79">
         <v>5</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
@@ -22302,54 +22302,54 @@
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
         <v>19</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
         <v>871</v>
       </c>
       <c r="D285" t="s">
         <v>872</v>
       </c>
       <c r="E285">
         <v>233</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
       </c>
       <c r="H285">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I285">
-        <v>29.6</v>
+        <v>32.2</v>
       </c>
       <c r="K285" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
         <v>874</v>
       </c>
       <c r="B286" t="s">
         <v>13</v>
       </c>
       <c r="C286" t="s">
         <v>34</v>
       </c>
       <c r="D286" t="s">
         <v>875</v>
       </c>
       <c r="E286">
         <v>2</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
@@ -36426,54 +36426,54 @@
       </c>
     </row>
     <row r="828" spans="1:11">
       <c r="A828" t="s">
         <v>19</v>
       </c>
       <c r="B828" t="s">
         <v>2503</v>
       </c>
       <c r="C828" t="s">
         <v>2504</v>
       </c>
       <c r="D828" t="s">
         <v>2505</v>
       </c>
       <c r="E828">
         <v>0</v>
       </c>
       <c r="F828" t="s">
         <v>16</v>
       </c>
       <c r="G828" t="s">
         <v>17</v>
       </c>
       <c r="H828">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I828">
-        <v>29.6</v>
+        <v>32.2</v>
       </c>
       <c r="K828" t="s">
         <v>2506</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>