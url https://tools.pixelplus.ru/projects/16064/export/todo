--- v3 (2026-01-13)
+++ v4 (2026-02-14)
@@ -12,1674 +12,626 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2507">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2542">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
-    <t>https://www.detmir.ru/catalog/index/name/children_sewing_machines/</t>
+    <t>https://www.detmir.ru/product/index/id/3857715/</t>
   </si>
   <si>
     <t>Внутренняя оптимизация</t>
   </si>
   <si>
-    <t>Оптимизация текста (2 фразы).</t>
-[...11 lines deleted...]
-    <t>26.10.2025</t>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+геронтол  — не менее 3 раз 
+крем  — не менее 3 раз 
+лицо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+геронтол крем для лица купить </t>
+  </si>
+  <si>
+    <t>01.02.2026</t>
   </si>
   <si>
     <t>Не выполнена</t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343456</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102007</t>
   </si>
   <si>
     <t>https://www.detmir.ru/</t>
   </si>
   <si>
     <t>Оптимизация Title (223 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-купить (встречается в 222 запросах, значимость 2755) 
-[...21 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343349</t>
+купить (встречается в 222 запросах, значимость 2541) 
+шахматы (встречается в 6 запросах, значимость 1019) 
+манчкин (встречается в 16 запросах, значимость 291) 
+москва (встречается в 34 запросах, значимость 263) 
+термометр (встречается в 5 запросах, значимость 183) 
+ртутный (встречается в 4 запросах, значимость 180) 
+котенок (встречается в 7 запросах, значимость 151) 
+ингалятор (встречается в 2 запросах, значимость 146) 
+медицинский (встречается в 1 запросе, значимость 134) 
+машинка (встречается в 2 запросах, значимость 116) 
+швейный (встречается в 1 запросе, значимость 115) 
+коляска (встречается в 1 запросе, значимость 114) 
+прокладка (встречается в 4 запросах, значимость 109) 
+кошка (встречается в 3 запросах, значимость 98) 
+Слова в Title, которых нет в продвигаемых запросах (оценить удаление):  
+мир  
+товар </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101510</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/uvlazhniteli-vozduha/</t>
   </si>
   <si>
-    <t>Оптимизация текста (3 фразы).</t>
+    <t>Оптимизация текста (4 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 ультразвуковой  — не менее 2 раз 
 очиститель  — не менее 3 раз 
+цена  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 увлажнитель воздуха купить  
 увлажнитель воздуха купить в москве  
 ультразвуковой увлажнитель воздуха купить  
 очиститель увлажнитель воздуха купить в москве  
 увлажнитель воздуха купить цена </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343976</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343656</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102135</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/children_sewing_machines/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+швейная машинка купить  
+швейная машинка купить недорого в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101613</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvlek_igri/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить настольные игры  
+настольные игры купить  
+настольные игры купить москва  
+купить настольные игры интернет магазин  
+настольные игры купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101807</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_cr2032/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cr2032 батарейка купить  
+2032 батарейка купить  
+cr2032 батарейка купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101851</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3707533/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 ранний  — не менее 1 раз 
 столичка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+тест на беременность до задержки купить  
 тест на беременность на ранних сроках купить  
-тест на беременность до задержки купить  
 тест на беременность купить столички </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343882</t>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344068</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102040</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_aa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+аа  — не менее 3 раз 
+купить  — не менее 2 раз 
+пальчиковый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+батарейки аа купить  
+купить пальчиковые батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101854</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6115674/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+крем  — не менее 2 раз 
+нога  — не менее 3 раз 
+мочевина  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить крем для ног с мочевиной </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101984</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries_aaa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ааа  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+батарейки ааа купить  
+батарейки ааа купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101853</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/urological_pads/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+женщина  — не менее 3 раз 
+женский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить урологические прокладки для женщин в москве  
+прокладки урологические женские купить  
+купить урологические прокладки для женщин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101996</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/diagnosticheskie_testy/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+беременность  — не менее 2 раз 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+дешевый  — не менее 2 раз 
+цена  — не менее 1 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тест на беременность купить  
+тест на беременность купить в аптеке  
+тест на беременность купить в аптеке цена  
+дешевые тесты на беременность купить  
+тест на беременность купить цена москва  
+тест на беременность купить недорого  
+где купить дешевые тесты на беременность </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102041</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/trimmer_stryjka/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 борода  — не менее 2 раз 
 ус  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 триммер для бороды и усов купить  
 купить триммер для бороды  
 машинка для стрижки бороды купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343859</t>
-[...19 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/razvlek_igri/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102016</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3537984/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+мотоцикл  — не менее 3 раз 
+коляска  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мотоцикл с коляской </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102233</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/1batery/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101849</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermometers_room/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+комнатный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термометр комнатный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102036</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/umnie_kolonki/brand/20068/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+яндекс колонка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101868</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3766438/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+carmex  — не менее 2 раз 
+бальзам  — не менее 2 раз 
+губа  — не менее 3 раз 
+купить  — не менее 3 раз 
+кармекс  — не менее 3 раз 
+гигиенический  — не менее 3 раз 
+помада  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+carmex бальзам для губ купить  
+кармекс бальзам для губ купить  
+бальзам для губ carmex купить в москве  
+гигиеническая помада carmex купить  
+кармекс бальзам для губ купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101938</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/games_munchkin/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-интернет  — не менее 2 раз 
-[...149 lines deleted...]
-купить  — не менее 1 раз 
+цена  — не менее 1 раз 
 московский  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 манчкин купить  
 манчкин купить в москве  
 манчкин купить цена  
 манчкин купить в москве цена  
 манчкин купить в москве и московской области </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343679</t>
-[...25 lines deleted...]
-кровать  — не менее 2 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101832</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chocolate/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+молочный  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шоколад  
+шоколад купить в москве  
+молочный шоколад купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102211</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2202271/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить манчкин </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101831</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/vertolety_i_samolety/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (10 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-недорого  — не менее 3 раз 
-[...55 lines deleted...]
-купить  — не менее 3 раз 
 камера  — не менее 2 раз 
 недорого  — не менее 3 раз 
 цена  — не менее 2 раз 
 пульт  — не менее 3 раз 
-управление  — не менее 2 раз 
+управление  — не менее 1 раз 
 профессиональный  — не менее 3 раз 
 мини  — не менее 3 раз 
 радиоуправляемый  — не менее 3 раз 
-вертолет  — не менее 3 раз 
 коптер  — не менее 3 раз 
 видеосъемка  — не менее 3 раз 
 воздух  — не менее 3 раз 
-город  — не менее 3 раз 
-[...1 lines deleted...]
-купить квадрокоптер  
+Добавить фразы или наиболее близкие к точному вхождению написания:
+квадрокоптер с камерой купить  
 квадрокоптер купить  
-квадрокоптер с камерой купить  
+купить коптер  
+коптер купить  
+коптер с камерой купить  
 купить квадрокоптер в москве  
-коптер с камерой купить  
-[...1 lines deleted...]
-купить коптер  
+квадрокоптер с камерой купить в москве  
 квадрокоптер на пульте управления с камерой купить  
-квадрокоптер с камерой купить в москве  
-[...123 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343713</t>
+мини квадрокоптер купить  
+купить коптер для видеосъемки с воздуха </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101649</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/inhalers/</t>
   </si>
   <si>
     <t>Оптимизация текста (7 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 домашний  — не менее 2 раз 
 пользование  — не менее 2 раз 
 компрессорный  — не менее 2 раз 
 недорого  — не менее 3 раз 
 аптека  — не менее 3 раз 
 нос  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ингалятор небулайзер купить  
 купить ингалятор в москве  
 ингалятор небулайзер купить в москве  
-ингалятор компрессорный купить  
-ингалятор купить в москве недорого в аптеке  
 купить ингалятор для носа  
 купить ингалятор для домашнего пользования недорого  
+где купить ингалятор  
 ингалятор компрессорный купить в москве  
-купить ингалятор для домашнего пользования в москве  
-[...13 lines deleted...]
-часы  — не менее 3 раз 
+ингалятор купить в москве недорого в аптеке  
+ингалятор компрессорный купить  
+купить ингалятор для домашнего пользования в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102056</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/military/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (5 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+оловянный  — не менее 3 раз 
+купить  — не менее 2 раз 
+неокрашенный  — не менее 3 раз 
+интернет  — не менее 2 раз 
 недорого  — не менее 3 раз 
-Добавить фразы или наиболее близкие к точному вхождению написания:
-[...291 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+коллекционный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+оловянные солдатики купить  
+оловянные солдатики купить в москве  
+солдатики 1 72 купить  
+набор оловянных солдатиков купить  
+коллекционные солдатики купить  
+оловянные солдатики неокрашенные купить в москве  
+оловянные солдатики купить в интернет  
+солдатики купить в москве недорого  
+солдатики 1 72 купить в москве  
+оловянные солдатики купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101702</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet_dry/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+салфетка  — не менее 2 раз 
+цветной  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+туалетная бумага купить  
+купить туалетную бумагу  
+цветная туалетная бумага купить  
+салфетки туалетная бумага купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101906</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki/tip_krovatki-transformer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кровать  — не менее 2 раз 
 купить  — не менее 2 раз 
 недорого  — не менее 3 раз 
-непромокаемый  — не менее 3 раз 
-[...62 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+подросток  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кровать трансформер купить  
+кровать трансформер купить в москве  
+купить кровать трансформер в москве недорого  
+кровать трансформер для подростка купить  
+кровать трансформер для подростка купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101666</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego_minifigures/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+лего  — не менее 3 раз 
+фигурка  — не менее 3 раз 
 купить  — не менее 2 раз 
-девочка  — не менее 2 раз 
-[...619 lines deleted...]
-    <t>Оптимизация текста (164 фразы).</t>
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего фигурки купить  
+лего минифигурки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101533</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (167 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 дом  — не менее 3 раз 
 конструктор  — не менее 3 раз 
 meccano  — не менее 3 раз 
 металлический  — не менее 3 раз 
 кукла  — не менее 3 раз 
 паол  — не менее 3 раз 
 рейн  — не менее 3 раз 
 кукольный  — не менее 3 раз 
 театр  — не менее 3 раз 
 билет  — не менее 3 раз 
 бауманский  — не менее 3 раз 
 елочный  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 винни  — не менее 3 раз 
 пух  — не менее 3 раз 
 вязаный  — не менее 3 раз 
 плюшевый  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 буран  — не менее 3 раз 
 космический  — не менее 3 раз 
@@ -1721,146 +673,149 @@
 доктор  — не менее 3 раз 
 стиральный  — не менее 3 раз 
 miele  — не менее 3 раз 
 автомат  — не менее 3 раз 
 мп  — не менее 3 раз 
 томпсон  — не менее 3 раз 
 шмайсер  — не менее 3 раз 
 палочка  — не менее 3 раз 
 ксилофон  — не менее 3 раз 
 бу  — не менее 3 раз 
 октава  — не менее 3 раз 
 хроматический  — не менее 3 раз 
 лампочка  — не менее 3 раз 
 рядом  — не менее 3 раз 
 grig  — не менее 3 раз 
 подставка  — не менее 3 раз 
 профессиональный  — не менее 3 раз 
 металлофон  — не менее 3 раз 
 диатонический  — не менее 3 раз 
 взрослый  — не менее 3 раз 
 соколов  — не менее 3 раз 
 погремушка  — не менее 3 раз 
 серебряный  — не менее 3 раз 
 форма  — не менее 3 раз 
 леденец  — не менее 3 раз 
-каталка  — не менее 3 раз 
-[...2 lines deleted...]
-ладошка  — не менее 3 раз 
 behringer  — не менее 3 раз 
 monopoly  — не менее 3 раз 
 шахматы  — не менее 3 раз 
 магазин  — не менее 3 раз 
 альфа  — не менее 3 раз 
 уно  — не менее 3 раз 
 плюс  — не менее 3 раз 
 конфета  — не менее 3 раз 
 домино  — не менее 3 раз 
 настольный  — не менее 3 раз 
 футбол  — не менее 3 раз 
 кикер  — не менее 3 раз 
 мяч  — не менее 3 раз 
 манчкин  — не менее 3 раз 
 котенок  — не менее 3 раз 
 кошка  — не менее 3 раз 
 кот  — не менее 3 раз 
 питомник  — не менее 3 раз 
 делюкс  — не менее 3 раз 
 цена  — не менее 3 раз 
 порода  — не менее 3 раз 
 недорого  — не менее 3 раз 
 вислоухий  — не менее 3 раз 
 замес  — не менее 3 раз 
 игра  — не менее 3 раз 
 коротколапый  — не менее 3 раз 
 карточный  — не менее 3 раз 
 постельный  — не менее 3 раз 
 дело  — не менее 3 раз 
 свеча  — не менее 3 раз 
 батарейка  — не менее 3 раз 
 брелка  — не менее 3 раз 
 живой  — не менее 3 раз 
 черепашка  — не менее 3 раз 
 геншин  — не менее 3 раз 
 cgpods  — не менее 3 раз 
 наушники  — не менее 3 раз 
+детский  — не менее 3 раз 
 яндекс  — не менее 3 раз 
 колонка  — не менее 3 раз 
 час  — не менее 3 раз 
 головоломка  — не менее 3 раз 
 дядюшкин  — не менее 3 раз 
 ферма  — не менее 3 раз 
 антисептический  — не менее 3 раз 
 влажный  — не менее 3 раз 
 салфетка  — не менее 3 раз 
 tolli  — не менее 3 раз 
 plus  — не менее 3 раз 
 шампунь  — не менее 3 раз 
 страна  — не менее 3 раз 
 сказка  — не менее 3 раз 
 весна  — не менее 3 раз 
 гигиенический  — не менее 3 раз 
 помада  — не менее 3 раз 
 dermophil  — не менее 3 раз 
 термальный  — не менее 3 раз 
 labello  — не менее 3 раз 
 nivea  — не менее 3 раз 
 men  — не менее 3 раз 
 мыло  — не менее 3 раз 
 клоран  — не менее 3 раз 
 ватный  — не менее 3 раз 
 йод  — не менее 3 раз 
 тинта  — не менее 3 раз 
 губа  — не менее 3 раз 
 аптека  — не менее 3 раз 
 пустышка  — не менее 3 раз 
 подушка  — не менее 3 раз 
 беременный  — не менее 3 раз 
 пенополистирол  — не менее 3 раз 
 шарик  — не менее 3 раз 
 фото  — не менее 3 раз 
 чехол  — не менее 3 раз 
+доставка  — не менее 3 раз 
 образный  — не менее 3 раз 
+анатомический  — не менее 3 раз 
 мама  — не менее 3 раз 
 комфорт  — не менее 3 раз 
+подгузник  — не менее 3 раз 
+xl  — не менее 3 раз 
 seni  — не менее 3 раз 
-подгузник  — не менее 3 раз 
 прокладка  — не менее 3 раз 
 женский  — не менее 3 раз 
 мужской  — не менее 3 раз 
 урологический  — не менее 3 раз 
 тен  — не менее 3 раз 
 массажер  — не менее 3 раз 
 лицо  — не менее 3 раз 
 увлажнять  — не менее 3 раз 
 крем  — не менее 3 раз 
 отбеливающий  — не менее 3 раз 
 питательный  — не менее 3 раз 
 косметический  — не менее 3 раз 
 касторовый  — не менее 3 раз 
 масло  — не менее 3 раз 
+валик  — не менее 3 раз 
+спина  — не менее 3 раз 
+шея  — не менее 3 раз 
 стерилизатор  — не менее 3 раз 
 банка  — не менее 3 раз 
 плазменный  — не менее 3 раз 
 стоматологический  — не менее 3 раз 
 воздух  — не менее 3 раз 
 прибор  — не менее 3 раз 
 уход  — не менее 3 раз 
 кожа  — не менее 3 раз 
 подогреватель  — не менее 3 раз 
 молоко  — не менее 3 раз 
 теленок  — не менее 3 раз 
 термометр  — не менее 3 раз 
 ртутный  — не менее 3 раз 
 медицинский  — не менее 3 раз 
 мясо  — не менее 3 раз 
 измерение  — не менее 3 раз 
 температура  — не менее 3 раз 
 струйный  — не менее 3 раз 
 тест  — не менее 3 раз 
 беременность  — не менее 3 раз 
 экспресс  — не менее 3 раз 
 антисептик  — не менее 3 раз 
 спиртовой  — не менее 3 раз 
 спейсер  — не менее 3 раз 
 ингаляция  — не менее 3 раз 
@@ -1891,12714 +846,13966 @@
 пиратский  — не менее 3 раз 
 стиль  — не менее 3 раз 
 комплект  — не менее 3 раз 
 мебель  — не менее 3 раз 
 комната  — не менее 3 раз 
 дерево  — не менее 3 раз 
 ковер  — не менее 3 раз 
 светильник  — не менее 3 раз 
 сад  — не менее 3 раз 
 доска  — не менее 3 раз 
 выбор  — не менее 3 раз 
 парта  — не менее 3 раз 
 стол  — не менее 3 раз 
 минск  — не менее 3 раз 
 адвент  — не менее 3 раз 
 календарь  — не менее 3 раз 
 шоколад  — не менее 3 раз 
 пластовый  — не менее 3 раз 
 мармелад  — не менее 3 раз 
 trolli  — не менее 3 раз 
 ударница  — не менее 3 раз 
 жидкий  — не менее 3 раз 
 карамель  — не менее 3 раз 
 слинг  — не менее 3 раз 
 шарф  — не менее 3 раз 
+рюкзак  — не менее 3 раз 
 охота  — не менее 3 раз 
 бауэр  — не менее 3 раз 
-кресло  — не менее 3 раз 
+коляска  — не менее 3 раз 
 чемодан  — не менее 3 раз 
 american  — не менее 3 раз 
 tourister  — не менее 3 раз 
 пищевой  — не менее 3 раз 
 фломастер  — не менее 3 раз 
 бумага  — не менее 3 раз 
 рисование  — не менее 3 раз 
 карандаш  — не менее 3 раз 
 пастель  — не менее 3 раз 
 сухой  — не менее 3 раз 
-крафт  — не менее 3 раз 
 техника  — не менее 3 раз 
 граттаж  — не менее 3 раз 
 многослойный  — не менее 3 раз 
 мешок  — не менее 3 раз 
 обувь  — не менее 3 раз 
 пул  — не менее 3 раз 
 энд  — не менее 3 раз 
 бир  — не менее 3 раз 
 vans  — не менее 3 раз 
 эпоксидный  — не менее 3 раз 
 пластилин  — не менее 3 раз 
 японский  — не менее 3 раз 
 школьный  — не менее 3 раз 
 сумка  — не менее 3 раз 
 петерсон  — не менее 3 раз 
 класс  — не менее 3 раз 
 учебный  — не менее 3 раз 
 пособие  — не менее 3 раз 
 электронный  — не менее 3 раз 
 блокнот  — не менее 3 раз 
 ежедневник  — не менее 3 раз 
 ранец  — не менее 3 раз 
 патрульный  — не менее 3 раз 
 рандосер  — не менее 3 раз 
 глина  — не менее 3 раз 
 сонет  — не менее 3 раз 
 белый  — не менее 3 раз 
 лепка  — не менее 3 раз 
 линейка  — не менее 3 раз 
 цветной  — не менее 3 раз 
 печать  — не менее 3 раз 
+творчество  — не менее 3 раз 
+лист  — не менее 3 раз 
 одежда  — не менее 3 раз 
 производитель  — не менее 3 раз 
-малыш  — не менее 3 раз 
 брейк  — не менее 3 раз 
 танец  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шахматы купить  
 купить шахматы  
+ингалятор купить  
+манчкин купить котенка  
+термометр медицинский ртутный купить  
 купить швейную машинку в москве  
+купить коляску  
 мужские урологические прокладки купить  
-манчкин купить котенка  
-[...3 lines deleted...]
-пластовый мармелад купить  
+манчкин кошка купить  
 термометр ртутный купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343353</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101514</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/peper_grafika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бумага  — не менее 3 раз 
+черчение  — не менее 3 раз 
+купить  — не менее 3 раз 
+рамка  — не менее 3 раз 
+день  — не менее 3 раз 
+папка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бумага для черчения а2 купить  
+бумага для черчения с рамкой а4 купить  
+бумага для черчения каждый день купить  
+папки бумага для черчения купить  
+бумага для черчения а1 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102307</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/colour_pencils/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+рисование  — не менее 3 раз 
+профессиональный  — не менее 2 раз 
+художник  — не менее 2 раз 
+художественный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши профессиональные купить  
+цветные карандаши для рисования купить  
+профессиональные цветные карандаши для рисования купить  
+набор цветных карандашей купить  
+цветные карандаши для художников купить  
+художественные цветные карандаши купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102272</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/deserty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+необычный  — не менее 3 раз 
+дешево  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить сладости  
+необычные сладости купить  
+купить сладости дешево  
+купить сладости в интернет магазине в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102205</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/smartchasy_braslety/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+телефон  — не менее 3 раз 
+gps  — не менее 2 раз 
+прослушка  — не менее 3 раз 
+умный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские часы с gps и телефоном купить  
+купить детские часы телефон  
+купить детские часы телефон в москве  
+детские смарт часы с gps купить  
+детские часы с прослушкой купить  
+детские умные часы 4g купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102180</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/156742/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+авента  — не менее 3 раз 
+купить  — не менее 3 раз 
+avent  — не менее 2 раз 
+филипс  — не менее 3 раз 
+philips  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня авент филипс купить  
+видеоняня авент купить  
+видеоняня avent купить  
+видеоняня philips avent купить  
+видеоняня филипс авент купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102143</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+бу  — не менее 3 раз 
+стул  — не менее 1 раз 
+один  — не менее 3 раз 
+ножка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить стульчик для кормления бу  
+купить стульчик для кормления б у  
+купить детский стул для кормления  
+стул для кормления на одной ножке купить  
+купить стул для кормления бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102131</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kpb/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подростковый  — не менее 3 раз 
+кровать  — не менее 3 раз 
+детский  — не менее 2 раз 
+бязь  — не менее 2 раз 
+полуторка  — не менее 3 раз 
+полуторный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить комплект постельного белья на подростковую кровать  
+детское постельное белье бязь купить  
+постельное белье полуторка детское купить  
+купить постельное белье детское полуторное </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102067</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermometers_baby/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+электронный  — не менее 2 раз 
+измерение  — не менее 3 раз 
+температура  — не менее 2 раз 
+бесконтактный  — не менее 3 раз 
+медицинский  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термометр купить  
+купить электронный термометр  
+купить термометр для измерения температуры тела  
+термометр медицинский купить в москве  
+термометр бесконтактный медицинский купить  
+купить термометр для измерения температуры  
+бесконтактный термометр купить в москве  
+термометр электронный купить в москве  
+купить бесконтактный термометр для измерения </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102035</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/board_changing/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+столик  — не менее 2 раз 
+складной  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пеленальный столик  
+пеленальный столик складной купить  
+пеленальный столик трансформер купить  
+складной пеленальный столик купить в москве  
+купить пеленальный столик бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101884</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-domino/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+конфета  — не менее 3 раз 
+купить  — не менее 1 раз 
+деревянный  — не менее 3 раз 
+детский  — не менее 1 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское домино с картинками купить  
+подарочное домино купить  
+деревянное домино купить  
+конфеты домино где купить  
+купить домино недорого  
+купить домино в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101828</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-dzhenga/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 3 раз 
+купить  — не менее 1 раз 
+деревянный  — не менее 3 раз 
+мега  — не менее 3 раз 
+брусочек  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дженга большая купить  
+игра из деревянных брусочков дженга купить  
+дженга деревянная купить  
+мега дженга купить  
+дженга большая купить москва  
+мега дженга купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101816</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19125/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+scrabble  — не менее 3 раз 
+игра  — не менее 3 раз 
+настольный  — не менее 3 раз 
+скрэббл  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить scrabble  
+scrabble купить  
+scrabble настольная игра купить  
+scrabble игра купить  
+купить скрэббл  
+скрэббл купить  
+scrabble купить москва  
+скрэббл игра купить  
+скрэббл настольная игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101798</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4851136/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гибкий  — не менее 3 раз 
+пианино  — не менее 3 раз 
+demiand  — не менее 2 раз 
+купить  — не менее 3 раз 
+радужный  — не менее 3 раз 
+детский  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гибкое пианино demiand купить  
+купить гибкое радужное пианино  
+детское гибкое радужное пианино купить  
+детское гибкое радужное пианино demiand купить  
+гибкое пианино купить в москве детское  
+гибкое пианино для детей купить  
+гибкое пианино demiand купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101761</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/klavishnye_instrumenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пианино  — не менее 2 раз 
+детский  — не менее 1 раз 
+микрофон  — не менее 1 раз 
+купить  — не менее 3 раз 
+стульчик  — не менее 2 раз 
+электронный  — не менее 2 раз 
+синтезатор  — не менее 1 раз 
+наушники  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пианино детское с микрофоном купить  
+купить детское пианино со стульчиком  
+купить детское электронное пианино  
+детский синтезатор с наушниками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101746</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6151527/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+детский  — не менее 3 раз 
+кухня  — не менее 2 раз 
+игрушечный  — не менее 2 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+магазин  — не менее 1 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня икеа купить  
+икеа детская кухня игрушечная купить  
+детская кухня икеа купить в интернет  
+икеа кухня детская купить в интернет магазине  
+детская кухня икеа купить бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101708</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/91/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+май  — не менее 3 раз 
+литла  — не менее 3 раз 
+пони  — не менее 3 раз 
+интерактивный  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+новый  — не менее 3 раз 
+поколение  — не менее 3 раз 
+набор  — не менее 3 раз 
+hasbro  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+котобук  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+май литл пони интерактивная игрушка купить  
+my little pony новое поколение игрушки купить  
+купить набор игрушки my little pony hasbro  
+фигурки котобука пони купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101667</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/katery/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+рыбалка  — не менее 3 раз 
+двс  — не менее 3 раз 
+подводный  — не менее 3 раз 
+лодка  — не менее 3 раз 
+модель  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемый катер для рыбалки  
+купить радиоуправляемый катер с двс в москве  
+радиоуправляемая подводная лодка купить  
+радиоуправляемые модели лодок купить  
+радиоуправляемая подводная лодка купить в москве  
+радиоуправляемая лодка для рыбалки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101608</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/razmer_igrushki-bolshie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 2 раз 
+купить  — не менее 2 раз 
+плюшевый  — не менее 1 раз 
+недорого  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+большие мягкие игрушки купить в москве  
+большая плюшевая игрушка купить  
+плюшевые игрушки купить в москве  
+плюшевые игрушки купить в москве недорого  
+купить в интернет магазине плюшевую игрушку  
+большие плюшевые игрушки купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101592</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/331/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+говорить  — не менее 3 раз 
+музыкальный  — не менее 3 раз 
+пиявка  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+кузя  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкая игрушка кузя из лунтика купить  
+купить игрушку лунтик говорящую в москве  
+музыкальный лунтик игрушка купить  
+пиявка из лунтика игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101582</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/brand/6021/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кен  — не менее 3 раз 
+серия  — не менее 3 раз 
+дом  — не менее 3 раз 
+мечта  — не менее 3 раз 
+купить  — не менее 3 раз 
+style  — не менее 3 раз 
+ruby  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+барби 90 х купить  
+barbie 90 купить  
+кукла кен из серии дом мечты купить  
+barbie коллекционная купить  
+barbie style 2021 купить  
+barbie ruby купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101557</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деталь  — не менее 2 раз 
+купить  — не менее 2 раз 
+интернет  — не менее 2 раз 
+дешево  — не менее 3 раз 
+шахматы  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего шахматы купить  
+купить лего дешево  
+конструктор лего детали купить  
+купить лего в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101511</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/coloured_paper/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цветной  — не менее 3 раз 
+бумага  — не менее 3 раз 
+купить  — не менее 3 раз 
+принтер  — не менее 3 раз 
+офисный  — не менее 3 раз 
+двухсторонний  — не менее 3 раз 
+печать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветная бумага для принтера а4 купить  
+цветная бумага для принтера купить  
+цветная бумага купить москва  
+цветная офисная бумага купить  
+цветная бумага а2 купить  
+бумага а1 цветная купить  
+цветная офисная бумага а4 купить  
+купить двухстороннюю цветную бумагу а4  
+купить бумагу цветную а4 для печати </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102314</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/highlighter/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+профессиональный  — не менее 3 раз 
+фломастер  — не менее 1 раз 
+рисование  — не менее 1 раз 
+несмываемый  — не менее 3 раз 
+художник  — не менее 3 раз 
+белый  — не менее 3 раз 
+бумага  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить профессиональные фломастеры  
+профессиональные фломастеры для рисования купить  
+фломастеры несмываемые купить  
+купить фломастеры для художников  
+купить белый маркер для рисования на бумаге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102245</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/budilniki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+первоклашка  — не менее 3 раз 
+прикольный  — не менее 3 раз 
+купить  — не менее 3 раз 
+электронный  — не менее 2 раз 
+обучать  — не менее 3 раз 
+механический  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские будильники для первоклашек прикольные купить  
+будильник купить электронный детский  
+купить в москве будильник обучающий детский  
+механический детский будильник купить  
+детский будильник купить минск </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102177</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/divan_miagkiy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+детский  — не менее 3 раз 
+диванчик  — не менее 1 раз 
+маленький  — не менее 3 раз 
+комната  — не менее 3 раз 
+дешевый  — не менее 2 раз 
+мебель  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский диванчик  
+детский диванчик купить в москве  
+купить маленький детский диванчик  
+диванчик в детскую комнату купить  
+купить дешевый детский диванчик  
+купить мебель диван детскую </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102162</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/babymonitor/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+avent  — не менее 3 раз 
+купить  — не менее 3 раз 
+пожилой  — не менее 3 раз 
+человек  — не менее 3 раз 
+хороший  — не менее 3 раз 
+motorola  — не менее 3 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радионяня для пожилых людей купить  
+радионяня avent купить  
+купить хорошую радионяню  
+радионяня motorola купить  
+радионяня для пожилых людей купить в москве  
+радионяня купить бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102154</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cots_teenagers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+бортик  — не менее 3 раз 
+ящик  — не менее 3 раз 
+купить  — не менее 2 раз 
+мягкий  — не менее 3 раз 
+спинка  — не менее 3 раз 
+массив  — не менее 3 раз 
+недорого  — не менее 3 раз 
+пятигорск  — не менее 3 раз 
+белый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подростковая кровать с бортиками и ящиками купить  
+купить подростковую кровать с мягкой спинкой  
+купить подростковую кровать из массива  
+купить кровать подростковую недорого в пятигорске  
+купить белую подростковую кровать </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102066</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playpen_beds/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+jetem  — не менее 3 раз 
+купить  — не менее 1 раз 
+capella  — не менее 3 раз 
+бу  — не менее 3 раз 
+ящик  — не менее 3 раз 
+эко  — не менее 3 раз 
+белый  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+jetem манеж кровать купить  
+купить кровать манеж capella  
+купить манеж кровать бу  
+ящики к кровати манеж эко белый купить  
+манеж кровать купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102063</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rectal_tubes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+казань  — не менее 2 раз 
+аккумулятор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ректальный катетер  
+катетер ректальный купить  
+трубка газоотводная для аккумулятора купить  
+газоотводные трубочки для новорожденных купить в аптеке  
+многоразовые газоотводные трубочки купить  
+газоотводная трубка для новорожденных купить москва  
+газоотводная трубка для новорожденных купить в аптеке  
+газоотводная трубка для новорожденных купить москва многоразовая  
+газоотводная трубка взрослому купить в москве  
+газоотводная трубка для новорожденных 15 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102045</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4746691/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тест  — не менее 2 раз 
+беременность  — не менее 2 раз 
+купить  — не менее 3 раз 
+цена  — не менее 3 раз 
+два  — не менее 3 раз 
+полоска  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+высокочувствительный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+высокочувствительный тест на беременность купить  
+купить тест на беременность с двумя полосками  
+многоразовый тест на беременность купить  
+тест на беременность купить в москве  
+тест на беременность купить цена </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102042</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pregnant_jeans/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+большой  — не менее 3 раз 
+размер  — не менее 1 раз 
+лямка  — не менее 3 раз 
+женский  — не менее 3 раз 
+узкий  — не менее 3 раз 
+резинка  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить джинсы для беременных большого размера  
+джинсы на лямках женские для беременных купить  
+джинсы узкие женские для беременных купить  
+джинсы на резинке для беременных купить  
+джинсы для беременных купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102017</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/hodunki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталка  — не менее 3 раз 
+минск  — не менее 3 раз 
+бу  — не менее 3 раз 
+колесико  — не менее 3 раз 
+недорого  — не менее 3 раз 
+отдельно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ходунки каталка для малышей купить минск  
+купить ходунки каталку для ребенка в минске  
+купить ходунки детские бу  
+ходунки детские купить в минске  
+купить колесики для ходунков детских  
+купить ходунки детские в минске недорого  
+колесики для детских ходунков купить отдельно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101748</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/5132/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+марвести  — не менее 3 раз 
+ледженс  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+легендс  — не менее 3 раз 
+мини  — не менее 3 раз 
+герой  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мини фигурки марвел купить  
+купить фигурки марвел ледженс  
+купить коллекционные фигурки марвел  
+купить фигурки марвел легендс  
+фигурки марвел ледженс купить в москве  
+фигурки марвел 3д купить  
+герои марвел 3д фигурки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101685</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6022738/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-мармелад  — не менее 2 раз 
-сахар  — не менее 2 раз 
+мармелад  — не менее 3 раз 
+сахар  — не менее 3 раз 
 купить  — не менее 3 раз 
 натуральный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мармелад без сахара купить  
 натуральный мармелад без сахара купить  
 мармелад без сахара купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344051</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102215</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+zewa  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажная туалетная бумага купить  
+влажная туалетная бумага купить в москве  
+влажная туалетная бумага zewa купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101908</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3678960/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колонка  — не менее 2 раз 
+яндекс  — не менее 2 раз 
+макс  — не менее 2 раз 
+купить  — не менее 3 раз 
+станция  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колонка яндекс макс купить  
+колонка яндекс станция макс купить  
+яндекс колонка макс купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101871</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/paints_acrylic/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+акриловые краски для рисования купить  
+акриловые краски купить  
+акриловые краски купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102304</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/penali/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пенал </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102268</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/strollers_newborn/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коляску для новорожденного в москве  
+купить коляску для новорожденного </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102231</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/battery_123/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+cr123a батарейка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101856</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/notepad_notebook/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+запись  — не менее 3 раз 
+маленький  — не менее 3 раз 
 недорого  — не менее 3 раз 
-Добавить фразы или наиболее близкие к точному вхождению написания:
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344135</t>
+интернет  — не менее 2 раз 
+рисование  — не менее 3 раз 
+красивый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить блокнот  
+купить блокнот для записей  
+купить блокнот а4  
+маленький блокнот купить  
+блокнот для рисования купить  
+купить красивый блокнот  
+купить подарочный блокнот  
+блокнот купить недорого  
+блокнот купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102286</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/cotton_pads/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 многоразовый  — не менее 3 раз 
 аптека  — не менее 3 раз 
 большой  — не менее 3 раз 
 цветной  — не менее 3 раз 
 дешево  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные диски купить  
 купить ватные диски  
-ватные диски купить  
+ватные диски купить в москве  
 купить ватные диски дешево  
-ватные диски купить в москве  
+ватные диски купить в аптеке  
+многоразовые ватные диски купить  
 ватные диски где купить  
-ватные диски купить в аптеке  
 большие ватные диски купить  
-многоразовые ватные диски купить  
 цветные ватные диски купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343771</t>
-[...7 lines deleted...]
-купить  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101931</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/children_clothes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+интернет  — не менее 1 раз 
+недорого  — не менее 3 раз 
+розница  — не менее 3 раз 
 дешево  — не менее 3 раз 
-интернет  — не менее 2 раз 
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344079</t>
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую одежду в интернет магазине  
+купить детскую одежду недорого  
+купить детскую одежду в интернет магазине москва  
+купить детскую одежду розница  
+купить детскую одежду дешево </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102330</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/desks_chairs/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 детский  — не менее 3 раз 
-дом  — не менее 2 раз 
-купить  — не менее 3 раз 
 трансформер  — не менее 3 раз 
+дом  — не менее 3 раз 
 расти  — не менее 3 раз 
 краснодар  — не менее 2 раз 
 оренбург  — не менее 2 раз 
 центр  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить детскую парту со стулом  
-[...2 lines deleted...]
-детские парты для дома купить в москве  
 купить детскую парту трансформер  
 детская парта трансформер для дома купить  
 детские парты для дома растущие купить  
 детские парты для дома купить в краснодаре  
 купить детскую парту в оренбурге  
-купи парту магазин детских парт </t>
-[...14 lines deleted...]
-столик  — не менее 1 раз 
+купи парту магазин детских парт  
+парты для детского центра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102192</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/easels/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+икеа  — не менее 3 раз 
+купить  — не менее 3 раз 
+двухсторонний  — не менее 2 раз 
+магнитный  — не менее 1 раз 
+маркерный  — не менее 3 раз 
+екатеринбург  — не менее 2 раз 
+век  — не менее 3 раз 
+казань  — не менее 2 раз 
+рисование  — не менее 3 раз 
+мел  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мольберт икеа детский купить  
+мольберт детский двухсторонний магнитно маркерный купить  
+мольберт детский купить в екатеринбурге  
+21 век мольберт детский купить  
+мольберт детский купить в казани  
+купить детскую доску для рисования мелом </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102187</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
 недорого  — не менее 3 раз 
-белый  — не менее 2 раз 
-[...9 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343928</t>
+иваново  — не менее 2 раз 
+тула  — не менее 2 раз 
+дешево  — не менее 3 раз 
+спальный  — не менее 3 раз 
+екатеринбург  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить постельное белье 1 5 спальное детское  
+купить детское постельное белье недорого в москве  
+детское постельное белье 160х80 купить  
+иваново детское постельное белье купить недорого  
+купить недорого детское постельное белье в туле  
+купить детское постельное белье дешево  
+купить детское постельное белье недорого в екатеринбурге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102076</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bumpers_crib/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+круглый  — не менее 3 раз 
+купить  — не менее 2 раз 
+сатин  — не менее 2 раз 
+турция  — не менее 3 раз 
+икеа  — не менее 3 раз 
+низкий  — не менее 3 раз 
+новорожденный  — не менее 2 раз 
+доска  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бортики в круглую кроватку купить  
+бортики в кроватку купить из сатина турция  
+бортики в кроватку икеа купить  
+низкие бортики в кроватку купить  
+бортики в круглую кроватку для новорожденных купить  
+купить доски для детской кроватки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102073</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/prikassovye_fntyseptik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 антисептик  — не менее 3 раз 
 рука  — не менее 3 раз 
 купить  — не менее 3 раз 
 спрей  — не менее 3 раз 
 медицинский  — не менее 3 раз 
 гель  — не менее 3 раз 
 спирт  — не менее 3 раз 
 спиртовой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 антисептик для рук купить  
 антисептик спиртовой для рук купить  
+антисептик спрей купить  
+антисептик медицинский купить  
 гель антисептик для рук купить  
-антисептик спрей купить  
-[...29 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343836</t>
+купить спирт антисептик  
+купить антисептик для рук спрей </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102052</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/hygienic_ipstick/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 аптека  — не менее 3 раз 
 губной  — не менее 3 раз 
 мейбелин  — не менее 3 раз 
 bebe  — не менее 3 раз 
 бэби  — не менее 3 раз 
 липс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить гигиеническую помаду  
 гигиеническая помада купить в аптеке  
 купить губную гигиеническую помаду  
-где купить гигиеническую помаду  
 купить гигиеническую помаду мейбелин  
 bebe гигиеническая помада купить  
 помада гигиеническая бэби бэби липс купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343782</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101942</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/towels/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 пончо  — не менее 2 раз 
 рисунок  — не менее 3 раз 
 турецкий  — не менее 3 раз 
 karna  — не менее 3 раз 
 махровый  — не менее 3 раз 
 сад  — не менее 3 раз 
 радуга  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить полотенце пончо детское  
 купить детское полотенце с рисунком  
 детские полотенца турецкие купить  
 детские полотенца karna купить  
 купить махровые полотенца для детского сада  
 детское полотенце радуга купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343767</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101925</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/prikassovye_salfetki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 универсальный  — не менее 3 раз 
 дешево  — не менее 3 раз 
 рука  — не менее 3 раз 
 пятерочка  — не менее 3 раз 
 kokoro  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить влажные салфетки  
+влажные салфетки купить в пятерочке  
+влажные салфетки универсальные купить  
 влажные салфетки купить дешево  
-где купить влажные салфетки  
-влажные салфетки универсальные купить  
 влажные салфетки для рук купить  
-влажные салфетки купить в пятерочке  
 kokoro салфетки влажные купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343733</t>
-[...26 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343715</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101890</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pelenalnie_komodi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+новорожденный  — не менее 3 раз 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+белый  — не менее 2 раз 
+откидной  — не менее 3 раз 
+курск  — не менее 2 раз 
+стена  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пеленальный столик для новорожденных купить в москве  
+откидной пеленальный столик на стену купить  
+купить пеленальный столик недорого в москве  
+пеленальный столик белый купить  
+пеленальный столик откидной купить  
+пеленальные столики для новорожденных купить курск </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101886</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3518695/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 металлофон  — не менее 3 раз 
-москва  — не менее 3 раз 
-музыкальный  — не менее 3 раз 
+детский  — не менее 3 раз 
+музыкальный  — не менее 2 раз 
 инструмент  — не менее 3 раз 
-детский  — не менее 3 раз 
 сад  — не менее 3 раз 
 школа  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить металлофон  
 металлофон купить  
 металлофон купить в москве  
+металлофон детский купить в москве  
+металлофон музыкальный купить  
 металлофон музыкальный инструмент купить  
-металлофон музыкальный купить  
 купить металлофоны для детского сада  
 купить металлофон для музыкальной школы </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343610</t>
-[...53 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343500</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101758</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3483868/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+профессиональный  — не менее 1 раз 
+учебный  — не менее 3 раз 
+форте  — не менее 3 раз 
+школа  — не менее 3 раз 
+ученический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ксилофон  
+ксилофон купить  
+ксилофон профессиональный купить  
+ксилофон форте купить  
+деревянный ксилофон купить  
+купить ксилофон учебный  
+ксилофон музыкальный купить в москве  
+купить ксилофон профессиональный для музыкальной школы  
+купить ксилофон ученический  
+где купить ксилофон </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101742</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/doctor_kits/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игровой  — не менее 3 раз 
+uraltoys  — не менее 3 раз 
+халат  — не менее 3 раз 
+юный  — не менее 3 раз 
+чемодан  — не менее 3 раз 
+учиться  — не менее 3 раз 
+лечить  — не менее 3 раз 
+совтехстром  — не менее 3 раз 
+инструмент  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+набор доктора 8102 игровой набор uraltoys  
+игровой набор доктора с халатом  
+игровой набор юный доктор в чемодане  
+игровой набор доктора учимся лечить в чемодане  
+игровой набор доктора с халатом и чемоданом  
+игровой набор доктор совтехстром  
+детские инструменты в чемодане купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101709</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/helicopter/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-радиоуправляемый  — не менее 1 раз 
 камера  — не менее 2 раз 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 большой  — не менее 3 раз 
 модель  — не менее 3 раз 
 видеокамера  — не менее 3 раз 
 военный  — не менее 2 раз 
 недорого  — не менее 3 раз 
 самовывоз  — не менее 3 раз 
 алиэкспресс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радиоуправляемые вертолеты с камерой купить  
 большие радиоуправляемые вертолеты купить  
 радиоуправляемые модели вертолетов купить в москве  
 радиоуправляемые вертолеты с видеокамерой купить  
 радиоуправляемый военный вертолет купить недорого самовывоз  
 купить радиоуправляемый вертолет на алиэкспресс </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343454</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/children_clothes/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101612</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rukzaki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
-интернет  — не менее 1 раз 
-[...8 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344163</t>
+колесико  — не менее 3 раз 
+ранец  — не менее 1 раз 
+de  — не менее 3 раз 
+lune  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьный рюкзак на колесиках  
+школьный рюкзак купить в москве  
+ранец de lune купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102257</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pepper_aqarel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тонировать  — не менее 3 раз 
+бумага  — не менее 3 раз 
+рисование  — не менее 3 раз 
+купить  — не менее 3 раз 
+плотный  — не менее 3 раз 
+лист  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тонированная бумага для рисования купить  
+плотная бумага а5 для рисования купить  
+бумага для рисования а2 в листах купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102255</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kreslo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+кровать  — не менее 3 раз 
+купить  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+мягкий  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское кресло кровать купить  
+кресло кровать детское купить в москве  
+детское кресло игрушка купить  
+купить детскую мягкую игрушку кресло </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102236</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kompiuter_stul/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 школьник  — не менее 2 раз 
 купить  — не менее 2 раз 
 ортопедический  — не менее 3 раз 
 письменный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-детские компьютерные кресла для школьников купить  
 детское кресло для школьника купить  
 детское кресло для школьника купить в москве  
 купить детское ортопедическое кресло  
 кресло письменное детское купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344070</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/slings/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102235</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-кольцо  — не менее 3 раз 
-[...48 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344016</t>
+недорого  — не менее 3 раз 
+doigrai  — не менее 3 раз 
+ru  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую коляску в москве  
+купить коляску в москве  
+купить коляску в москве недорого  
+детские коляски 1 в 1 купить  
+детские коляски купить в москве doigrai ru </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102230</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sladosti_pp/sostav_i_ingredienty_bady_pp-bez_sahara/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+диабетик  — не менее 2 раз 
+низкокалорийный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+низкокалорийные сладости купить  
+сладости для диабетиков купить  
+сладости без сахара купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102206</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baby_food_milk/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить детское питание  
+детское питание купить интернет магазин  
+где можно купить детское питание </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102196</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/set_furniture/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 набор  — не менее 1 раз 
-детский  — не менее 1 раз 
 купить  — не менее 3 раз 
 девочка  — не менее 3 раз 
 мальчик  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 набор детской мебели купить  
 детская мебель для девочек купить в москве  
 детская мебель для мальчика купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344011</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102175</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/containers_toys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ящик  — не менее 1 раз 
+хранение  — не менее 2 раз 
+елочный  — не менее 3 раз 
+купить  — не менее 3 раз 
+летосиб  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ящик для новогодних игрушек купить  
+ящик для хранения елочных игрушек купить  
+летосиб ящик для игрушек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102163</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3201468/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-радионяня  — не менее 3 раз 
+радионяня  — не менее 2 раз 
 авента  — не менее 3 раз 
 купить  — не менее 3 раз 
-philips  — не менее 3 раз 
-avent  — не менее 3 раз 
+philips  — не менее 2 раз 
+avent  — не менее 2 раз 
 филипс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радионяня авент купить  
+радионяня philips avent купить  
 радионяня филипс авент купить  
-радионяня philips avent купить  
 радионяня philips avent scd502 52 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343993</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102155</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/scales_baby/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 3 раз 
-весы  — не менее 3 раз 
 саша  — не менее 3 раз 
 купить  — не менее 3 раз 
-новорожденный  — не менее 3 раз 
+новорожденный  — не менее 2 раз 
 baby  — не менее 3 раз 
 scale  — не менее 3 раз 
-цена  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские весы саша для новорожденных купить  
 детские весы саша купить  
 купить детские весы baby scale bd7760 цена </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343988</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102150</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/brand/34/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+peg  — не менее 3 раз 
+perego  — не менее 3 раз 
+tatamia  — не менее 3 раз 
+татамия  — не менее 3 раз 
+стул  — не менее 1 раз 
+siesta  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стульчик для кормления татамия купить  
+купить стульчик для кормления peg perego tatamia  
+купить стул для кормления peg perego siesta  
+стул для кормления peg perego tatamia купить  
+купить стул для кормления peg perego татамия </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102132</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/drinking_bowl/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 аптека  — не менее 3 раз 
 фарфоровый  — не менее 3 раз 
 взрослый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 поильник купить в аптеке  
 купить поильник фарфоровый  
 поильник взрослый купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343967</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102127</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3103547/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+трубочка  — не менее 2 раз 
+поильник  — не менее 3 раз 
+avent  — не менее 2 раз 
+купить  — не менее 3 раз 
+сменный  — не менее 3 раз 
+авента  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+трубочка для поильника avent купить  
+сменные трубочки для поильника avent купить  
+трубочки авент для поильника купить  
+трубочка для поильника avent купить москва  
+купить сменные трубочки для поильника авент  
+сменные трубочки для поильника avent купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102126</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/slunyavchiki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 карман  — не менее 2 раз 
 мужчина  — не менее 3 раз 
 новорожденный  — не менее 2 раз 
 срыгивание  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить слюнявчик с карманом  
 купить слюнявчик для мужчины  
 слюнявчики для новорожденных от срыгивания купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343961</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102120</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pots_urinals/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 икеа  — не менее 3 раз 
 купить  — не менее 2 раз 
 эмалированный  — не менее 3 раз 
 крышка  — не менее 3 раз 
 liko  — не менее 3 раз 
 baby  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 горшок детский икеа купить  
 горшок детский эмалированный с крышкой купить  
 купить детский горшок liko baby </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343958</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102118</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pledy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шерстяной  — не менее 3 раз 
+купить  — не менее 2 раз 
+плюш  — не менее 2 раз 
+меховой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+плед детский шерстяной купить  
+плед детский меховой купить  
+детский плед купить в москве с доставкой  
+купить детский плед 150х200  
+детские пледы из плюша купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102107</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/namatrassy/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-непромокаемый  — не менее 2 раз 
+непромокаемый  — не менее 3 раз 
 резинка  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детские наматрасники  
 непромокаемые наматрасники детские купить  
 наматрасник детский купить в москве  
 детские наматрасники на резинке купить  
 наматрасник 80 160 детский непромокаемый купить  
 наматрасники детские 80х160 купить  
 наматрасник непромокаемый 80х160 детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343930</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343909</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102089</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/speicer/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 спейсер  — не менее 3 раз 
 ингаляция  — не менее 3 раз 
 ребенок  — не менее 3 раз 
 детский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить спейсер для ингаляций для детей  
-где купить спейсер  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343896</t>
+спейсер детский купить  
+где купить спейсер </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102054</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3707532/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 clearblue  — не менее 2 раз 
 тест  — не менее 2 раз 
 беременность  — не менее 2 раз 
 купить  — не менее 3 раз 
 горздрав  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 где можно купить тест на беременность  
-clearblue тест на беременность купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343885</t>
+тест на беременность купить горздрав  
+clearblue тест на беременность купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102043</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/halaty_dlya_beremennyh/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+домашний  — не менее 2 раз 
+купить  — не менее 3 раз 
+пижама  — не менее 2 раз 
+женский  — не менее 3 раз 
+кормить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сорочка для беременных и кормящих купить  
+домашняя одежда для беременных купить  
+купить пижаму женскую для беременных </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101994</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3397346/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-крем  — не менее 3 раз 
-[...3 lines deleted...]
-купить  — не менее 3 раз 
+купить  — не менее 1 раз 
 медел  — не менее 3 раз 
 пурелан  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 крем для сосков medela purelan купить  
 крем для сосков медела купить  
 крем для сосков пурелан купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343835</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101991</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1709751/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мама  — не менее 3 раз 
+комфорт  — не менее 3 раз 
+купить  — не менее 3 раз 
+крем  — не менее 2 раз 
+растяжка  — не менее 3 раз 
+mama  — не менее 2 раз 
+comfort  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мама комфорт где купить  
+мама комфорт крем от растяжек где купить  
+купить mama comfort  
+mama comfort купить  
+mama comfort крем от растяжек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101989</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/teethers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 nuby  — не менее 3 раз 
 хоровод  — не менее 3 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 аптека  — не менее 3 раз 
 именной  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 прорезыватель для зубов nuby хоровод купить  
 прорезыватель для зубов купить в аптеке  
 прорезыватель для зубов именной купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343825</t>
-[...22 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343778</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101983</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2264491/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 зубной  — не менее 2 раз 
 щетка  — не менее 2 раз 
 sonicare  — не менее 3 раз 
 kids  — не менее 3 раз 
 купить  — не менее 3 раз 
 электрический  — не менее 2 раз 
 филипс  — не менее 3 раз 
 philips  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-philips детская зубная щетка электрическая купить  
 детская зубная щетка sonicare for kids купить  
 купить детскую зубную щетку электрическую филипс  
+philips детская зубная щетка электрическая купить  
 детская зубная щетка филипс sonicare купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343776</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343756</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101936</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/electric_toothbrushes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ультразвуковой  — не менее 2 раз 
+купить  — не менее 2 раз 
+xiaomi  — не менее 3 раз 
+зарядка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские ультразвуковые зубные щетки купить  
+детская электрическая зубная щетка купить xiaomi  
+купить электрическую детскую зубную щетку с зарядкой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101935</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lining_cloth/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+непромокаемый  — не менее 3 раз 
+купить  — не менее 2 раз 
+многоразовый  — не менее 3 раз 
+ткань  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские пеленки непромокаемые купить  
+купить детские пеленки многоразовые  
+купить ткань для детских пеленок в москве  
+непромокаемая пеленка многоразовая детская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101903</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/dresser_changing/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 икеа  — не менее 3 раз 
-купить  — не менее 3 раз 
 щелкунчик  — не менее 3 раз 
-doigrai  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пеленальный столик икеа купить  
+купить комод с пеленальным столиком в москве  
 комоды с пеленальным столиком купить щелкунчик  
 пеленальный столик для новорожденных икеа купить  
 комод пеленальный столик купить икеа  
-детские комоды купить doigrai </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343729</t>
+купить детский пеленальный комод москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101885</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/powder/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 аптека  — не менее 3 раз 
 дешево  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить детскую присыпку в аптеке  
 присыпка детская купить в москве  
-купить детскую присыпку в аптеке дешево </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343726</t>
+купить детскую присыпку в аптеке дешево  
+купить детскую присыпку в аптеке </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101882</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3839499/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 умный  — не менее 2 раз 
 колонка  — не менее 2 раз 
 яндекс  — не менее 2 раз 
 станция  — не менее 2 раз 
 купить  — не менее 3 раз 
-алиса  — не менее 2 раз 
+алиса  — не менее 3 раз 
 лайт  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-умная колонка яндекс станция купить  
+яндекс лайт колонка купить  
 купить колонку алису яндекс станция  
-яндекс лайт колонка купить </t>
-[...60 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343685</t>
+умная колонка яндекс станция купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101869</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kombinirovannie/brand/18404/reviews/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+tutis  — не менее 3 раз 
 uno  — не менее 3 раз 
 plus  — не менее 3 раз 
-тутис  — не менее 3 раз 
+тутис  — не менее 2 раз 
 уно  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 tutis uno 2 в 1 купить  
 tutis uno 3 2 в 1 купить  
 коляска tutis uno 2 в 1 купить  
 tutis uno plus 2 в 1 купить  
 тутис уно купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343662</t>
-[...41 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343646</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101818</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/18371/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 alias  — не менее 3 раз 
 party  — не менее 3 раз 
 купить  — не менее 3 раз 
-игра  — не менее 3 раз 
+игра  — не менее 2 раз 
 элиас  — не менее 3 раз 
 вечеринка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 alias party купить  
 купить игру alias party  
 элиас вечеринка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343641</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101793</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-alias/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 alias  — не менее 1 раз 
 family  — не менее 3 раз 
 купить  — не менее 2 раз 
 элиас  — не менее 2 раз 
 сумасшедший  — не менее 3 раз 
 версия  — не менее 3 раз 
 джуниор  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 alias family купить  
 игра family alias купить  
 элиас сумасшедшая версия купить  
 элиас джуниор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343640</t>
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343633</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101792</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lamps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+ночник  — не менее 2 раз 
+батарейка  — не менее 2 раз 
+купить  — не менее 3 раз 
+светодиодный  — не менее 1 раз 
+фонарик  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светильник на батарейках купить  
+детский ночник на батарейках купить  
+светильник светодиодный детский купить  
+детские фонарики на батарейках купить недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101766</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pogremushki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 серебряный  — не менее 3 раз 
 ребенок  — не менее 1 раз 
 дешево  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 серебряная погремушка для новорожденных купить в москве  
 серебряная погремушка купить  
+серебряная погремушка для новорожденных купить  
 купить серебряную погремушку для ребенка  
-серебряная погремушка для новорожденных купить  
 погремушки купить дешево </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343615</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101763</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/vizibord/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+большой  — не менее 3 раз 
+дешево  — не менее 3 раз 
+мастерская  — не менее 2 раз 
+развивайка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бизиборд купить большой  
+бизиборд купить дешево  
+мастерская бизибордов развивайка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101750</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2998700/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+купить  — не менее 3 раз 
+ксилофон  — не менее 3 раз 
+музыкальный  — не менее 2 раз 
 школа  — не менее 3 раз 
-тон  — не менее 2 раз 
+тон  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить ксилофон для музыкальной школы  
 ксилофон 12 тонов купить  
 купить ксилофон б у для музыкальной школы </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343597</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101745</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3186567/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+nerf  — не менее 2 раз 
+титан  — не менее 2 раз 
+купить  — не менее 3 раз 
+нерф  — не менее 3 раз 
+элита  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nerf титан купить  
+нерф титан купить  
+купить нерф элит титан </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101713</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskie_kuhni/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вода  — не менее 2 раз 
+звук  — не менее 2 раз 
+купить  — не менее 3 раз 
+икеа  — не менее 3 раз 
+плита  — не менее 2 раз 
+свет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кухня с водой и звуком купить  
+купить детскую кухню икеа б у  
+детская плита игрушечная купить свет звук </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101707</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3195365/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 spin  — не менее 3 раз 
 master  — не менее 3 раз 
 bakugan  — не менее 2 раз 
 dragonoid  — не менее 3 раз 
 maximus  — не менее 3 раз 
 купить  — не менее 3 раз 
 бакуган  — не менее 3 раз 
 максимус  — не менее 3 раз 
 драгоноид  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бакуган драгоноид максимус  
 spin master bakugan dragonoid maximus купить москва  
-бакуган максимус купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343545</t>
+бакуган максимус купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101694</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3146919/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пони  — не менее 3 раз 
 луна  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 лунный  — не менее 3 раз 
 принцесса  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пони луна игрушка купить  
 лунная пони игрушка купить  
 принцесса луна пони игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343516</t>
-[...63 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343468</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101671</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rolling_rocking/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колесо  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+купить  — не менее 3 раз 
+трансформер  — не менее 3 раз 
+ходунок  — не менее 3 раз 
+вид  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+колеса для игрушечных машин купить  
+каталки детские трансформеры купить  
+ходунки детские в виде машины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101631</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mashini/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 бензин  — не менее 3 раз 
 запчасть  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую машинку  
 радиоуправляемые модели машин купить  
 машинка на бензине радиоуправляемые купить  
 машинка на бензине радиоуправляемые купить в москве  
 купить запчасти на радиоуправляемую машинку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343462</t>
-[...24 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343451</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101619</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/plane/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 аэрофлот  — не менее 3 раз 
 боинг  — не менее 3 раз 
 мальчик  — не менее 2 раз 
 самолетик  — не менее 3 раз 
 ариэль  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить самолет игрушечный аэрофлот  
 купить игрушечный самолет боинг  
 мальчик с самолетиком ариэль купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343447</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343436</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101605</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3525075/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
 винни  — не менее 3 раз 
 пух  — не менее 3 раз 
+мед  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
 мягкий  — не менее 2 раз 
-игрушка  — не менее 2 раз 
-[...1 lines deleted...]
-мед  — не менее 3 раз 
+фильм  — не менее 3 раз 
 желтый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить винни пуха мягкую игрушку дисней  
 винни пух с медом игрушка купить  
+мягкая игрушка из фильма винни пух купить  
 винни пух желтый игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343430</t>
-[...59 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343404</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101586</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/724/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 surprise  — не менее 3 раз 
 купить  — не менее 3 раз 
 pets  — не менее 3 раз 
 cuddle  — не менее 3 раз 
 pet  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 baby born surprise купить  
+baby born surprise купить в москве  
 baby born surprise pets купить  
-baby born surprise купить в москве  
 baby born cuddle baby pet купить  
 baby born surprise cuddle baby pet купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343403</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101561</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odegda_dlya_kukol/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+минск  — не менее 3 раз 
+вязаный  — не менее 3 раз 
+см  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+аксессуары для кукол купить минск  
+вязаная одежда для кукол купить  
+одежда для кукол 50 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101558</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_dlya_kukol/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+николь  — не менее 3 раз 
+бу  — не менее 3 раз 
+плетеный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить коляску для кукол николь  
+купить коляску для кукол бу  
+плетеная коляска для кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101552</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/strana_proizvodstva-kitaj/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 аналог  — не менее 3 раз 
-лего  — не менее 1 раз 
-купить  — не менее 3 раз 
+лего  — не менее 3 раз 
+купить  — не менее 2 раз 
 интернет  — не менее 2 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 конструкторы аналоги лего купить в москве  
 конструкторы аналог лего купить интернет  
 конструкторы аналоги лего купить недорого  
 купить конструктор аналог лего в магазине  
 купить конструктор аналог лего в интернет магазине  
 конструкторы аналоги лего купить интернет магазин недорого  
 конструкторы lego аналог купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343366</t>
-[...6 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101526</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/neobichnye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шарик  — не менее 3 раз 
 купить  — не менее 2 раз 
-советский  — не менее 3 раз 
-[...9 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343355</t>
+mag  — не менее 3 раз 
+building  — не менее 3 раз 
+bornimago  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитные шарики конструктор купить  
+магнитные шарики конструктор купить в москве  
+mag building магнитный конструктор купить  
+конструктор магнитный bornimago купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101512</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/wax_crayons/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 восковой  — не менее 2 раз 
 мелок  — не менее 3 раз 
 ламинат  — не менее 3 раз 
 купить  — не менее 2 раз 
 белый  — не менее 3 раз 
 мебель  — не менее 3 раз 
 цветок  — не менее 3 раз 
 titi  — не менее 3 раз 
 ремонт  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+восковой мелок для ламината купить  
+где купить белые восковые мелки  
 восковые мелки для мебели купить  
-восковой мелок для ламината купить  
+где можно купить восковые мелки  
 восковые мелки 12 цветов купить  
-где купить белые восковые мелки  
-где можно купить восковые мелки  
 мелки восковые titi купить  
 купить восковые мелки для ремонта ламината </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344123</t>
-[...9 lines deleted...]
-маленький  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102292</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/meshki_dlya_obuvi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+adidas  — не менее 3 раз 
+мальчик  — не менее 2 раз 
+спортивный  — не менее 2 раз 
+адидас  — не менее 3 раз 
+че  — не менее 3 раз 
+плечо  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мешок для сменной обуви  
+мешок для обуви купить в москве  
+мешок для сменной обуви купить в москве  
+где купить мешок для обуви  
+мешок для обуви adidas для мальчиков купить  
+где можно купить мешок для обуви  
+купить спортивный мешок для обуви  
+купить мешок для сменной обуви адидас  
+купить мешок для обуви че через плечо </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102262</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krovatki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+кровать  — не менее 2 раз 
+подросток  — не менее 3 раз 
 недорого  — не менее 3 раз 
+бу  — не менее 3 раз 
 интернет  — не менее 2 раз 
-рисование  — не менее 3 раз 
-[...40 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343915</t>
+матрас  — не менее 3 раз 
+мебель  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую кроватку в москве  
+купить детскую кроватку для новорожденных в москве  
+купить детскую кроватку б у  
+купить детскую кроватку бу  
+детская мебель для новорожденных купить  
+купить в москве кровать силуэт1 для подростков  
+купить детскую кроватку в москве недорого  
+детские кроватки купить в интернет магазине недорого  
+купить детскую кровать с матрасом в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102062</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3972920/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-кислородный  — не менее 3 раз 
-[...3 lines deleted...]
-маска  — не менее 3 раз 
+кислородный  — не менее 2 раз 
+подушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+маска  — не менее 2 раз 
 цена  — не менее 3 раз 
 домашний  — не менее 3 раз 
 пользование  — не менее 3 раз 
-доставка  — не менее 3 раз 
-[...2 lines deleted...]
-самара  — не менее 3 раз 
+доставка  — не менее 2 раз 
+саратов  — не менее 2 раз 
+тула  — не менее 2 раз 
+самара  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кислородная подушка купить в москве  
-кислородная подушка купить с доставкой  
 кислородная подушка с маской купить  
 кислородная подушка купить цена для домашнего пользования  
+кислородная подушка купить с доставкой  
 кислородная подушка купить в саратове  
 кислородная подушка купить в туле  
 кислородная подушка купить в самаре </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343881</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102039</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/maternity_clothes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+кормить  — не менее 2 раз 
+модный  — не менее 3 раз 
+интернет  — не менее 2 раз 
+нормальный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить одежду для беременных в москве  
+одежда для беременных купить в москве  
+где купить стильную одежду для беременных  
+купить одежду для беременных  
+одежда для беременных москва купить магазин  
+где можно купить одежду для беременных  
+одежда для беременных и кормящих купить  
+модная одежда для беременных купить  
+купить одежду для беременных через интернет  
+где купить нормальную одежду для беременных </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101992</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cotton_swab/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+стерильный  — не менее 3 раз 
+деревянный  — не менее 3 раз 
+многоразовый  — не менее 3 раз 
+большой  — не менее 3 раз 
+аптека  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ватные палочки купить  
+стерильные ватные палочки купить в аптеке  
+ватные палочки купить в москве  
+стерильные ватные палочки купить  
+деревянные ватные палочки купить  
+где купить ватные палочки  
+многоразовые ватные палочки купить  
+большие ватные палочки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101961</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/20068/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+колонка  — не менее 3 раз 
+купить  — не менее 3 раз 
+мини  — не менее 3 раз 
+алиса  — не менее 3 раз 
+умный  — не менее 3 раз 
+цена  — не менее 1 раз 
+станция  — не менее 3 раз 
+недорого  — не менее 3 раз 
+скидка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+яндекс колонка с алисой купить в москве  
+яндекс колонка купить в москве  
+умная колонка яндекс купить в москве  
+яндекс колонка мини с алисой купить  
+яндекс колонка купить цена  
+умная колонка яндекс станция купить в москве  
+умная колонка яндекс алиса купить в москве  
+яндекс колонка купить недорого  
+яндекс колонка купить со скидкой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101870</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/keychain/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 ключ  — не менее 3 раз 
 интернет  — не менее 2 раз 
 живой  — не менее 3 раз 
 животное  — не менее 3 раз 
 новогодний  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-где купить брелки в москве  
+брелки с живыми животными купить  
 брелки купить в москве  
 купить брелки для ключей  
 брелки для ключей купить в москве  
 брелки купить в интернет магазине  
-брелки с живыми животными купить  
+где купить брелки в москве  
 купить новогодние брелки  
 брелки для ключей купить в москве недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343705</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101860</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-avtomaty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+автомат  — не менее 2 раз 
+пулька  — не менее 3 раз 
+железный  — не менее 3 раз 
+прицел  — не менее 3 раз 
+механический  — не менее 3 раз 
+недорого  — не менее 3 раз 
+металлический  — не менее 3 раз 
+калашников  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный автомат калашникова с пульками  
+купить игрушечный автомат с пульками ак 47  
+железный игрушечный автомат ак 47 купить  
+игрушечный автомат с пульками купить прицелом  
+купить игрушечный автомат ак47  
+игрушечный автомат с пульками механический купить недорого  
+купить игрушечный автомат ак47 металлический  
+купить игрушечный автомат в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101730</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/211/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сахарный  — не менее 3 раз 
+фигурка  — не менее 3 раз 
+купить  — не менее 3 раз 
+сладкий  — не менее 3 раз 
+коллекционный  — не менее 3 раз 
+подвижный  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+вселенная  — не менее 3 раз 
+spider  — не менее 2 раз 
+man  — не менее 2 раз 
+см  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сахарная фигурка человек паук купить  
+купить сладкую фигурку человека паука москва  
+купить коллекционную фигурку человека паука  
+подвижная фигурка человека паука купить  
+купить игрушки человек паук 1994  
+игрушки человек паук через вселенные купить  
+фигурка spider man 30 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101677</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/military_equipment/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+heng  — не менее 3 раз 
+long  — не менее 3 раз 
+модель  — не менее 3 раз 
+металл  — не менее 3 раз 
+металлический  — не менее 3 раз 
+танковый  — не менее 3 раз 
+бой  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+радиоуправляемые танки 1 16 из металла купить  
+радиоуправляемые танки купить в москве  
+радиоуправляемый танк heng long купить  
+купить радиоуправляемые танки 1 16  
+радиоуправляемые модели танков купить в москве  
+радиоуправляемый танк т 34 85 купить  
+металлический радиоуправляемый танк т 34 85 купить  
+радиоуправляемые танки для танкового боя купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101656</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/model_collectible/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 модель  — не менее 3 раз 
 машина  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 ретро  — не менее 3 раз 
 коллекционный  — не менее 3 раз 
 длина  — не менее 3 раз 
 см  — не менее 3 раз 
 моделька  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 модели машин игрушки купить  
 игрушечные модели машин купить  
 ретро машины игрушечные купить  
 купить коллекционные игрушечные машины  
 ретро машины игрушечные купить длина 30 см  
 купить модельки машин в москве  
 где купить модельки машин в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343461</t>
-[...7 lines deleted...]
-барби  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101618</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/puppet_theatre/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-минск  — не менее 3 раз 
-[...23 lines deleted...]
-купить  — не менее 3 раз 
 ширма  — не менее 2 раз 
 кукла  — не менее 1 раз 
-детский  — не менее 3 раз 
-сад  — не менее 3 раз 
 рязань  — не менее 2 раз 
 билет  — не менее 3 раз 
 перчатка  — не менее 3 раз 
 жирафика  — не менее 3 раз 
+интернет  — не менее 2 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 куклы для кукольного театра купить  
 кукольный театр рязань купить билеты  
+куклы перчатки для кукольного театра купить  
 кукольный театр жирафики купить  
 кукольный театр купить игрушки и ширмы  
-купить кукольный театр для детского сада  
-куклы перчатки для кукольного театра купить  
 кукольный театр купить билеты москва 2021  
+куклы для кукольного театра купить в интернет  
 купить кукол для кукольного театра недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343387</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101546</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/glina_skulpt/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+глина  — не менее 3 раз 
+лепка  — не менее 3 раз 
+самозатвердевающий  — не менее 3 раз 
+купить  — не менее 3 раз 
+полимерный  — не менее 3 раз 
+набор  — не менее 3 раз 
+цветок  — не менее 3 раз 
+натуральный  — не менее 3 раз 
+кукла  — не менее 3 раз 
+скульптурный  — не менее 3 раз 
+станок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+глина для лепки самозатвердевающая купить  
+полимерная глина для лепки купить в москве  
+набор для лепки из глины купить  
+самозатвердевающая глина для лепки купить в москве  
+купить полимерную глину для лепки цветов  
+купить натуральную глину для лепки  
+купить полимерную глину для лепки кукол  
+глина для скульптурной лепки купить  
+станок для лепки из глины купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102298</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/planshety/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+планшет  — не менее 1 раз 
+купить  — не менее 3 раз 
+ребенок  — не менее 3 раз 
+недорого  — не менее 3 раз 
+год  — не менее 3 раз 
+цена  — не менее 1 раз 
+противоударный  — не менее 3 раз 
+турбокидс  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский планшет купить в москве  
+купить детский планшет недорого  
+купить детский планшет для ребенка  
+купить детский планшет для ребенка 5 лет  
+детский планшет купить в москве недорого  
+детский планшет купить цена  
+детский планшет с сим картой купить  
+детский планшет противоударный купить  
+детский планшет турбокидс купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101848</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/houses/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+барби  — не менее 3 раз 
+недорого  — не менее 3 раз 
 фанера  — не менее 3 раз 
 plan  — не менее 3 раз 
 toys  — не менее 3 раз 
 викторианский  — не менее 3 раз 
 эпоха  — не менее 3 раз 
 edufun  — не менее 3 раз 
 стеллаж  — не менее 3 раз 
 деревянный  — не менее 3 раз 
-барби  — не менее 3 раз 
-[...1 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
+мечта  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный дом для барби купить недорого  
 кукольный дом из фанеры купить  
 кукольный дом plan toys купить  
 кукольные дома викторианской эпохи купить в москве  
 edufun кукольный дом с мебелью купить  
+кукольный дом без мебели купить  
 кукольный дом стеллаж купить  
+дом для кукол барби купить недорого  
 edufun дом для кукол купить  
-edufun дом для кукол купить в москве  
-[...17 lines deleted...]
-деревянный  — не менее 3 раз 
+edufun дом для кукол купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101545</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/marmalade/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (11 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+жевательный  — не менее 3 раз 
+развес  — не менее 3 раз 
+натуральный  — не менее 1 раз 
+желейный  — не менее 3 раз 
+кг  — не менее 3 раз 
+мармеладный  — не менее 3 раз 
+сказка  — не менее 3 раз 
+интернет  — не менее 2 раз 
+конфета  — не менее 1 раз 
+вологодский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мармелад  
+мармелад купить  
+купить мармелад в москве  
+мармелад мармеладная сказка купить  
+жевательный мармелад купить  
+мармелад на развес купить  
+мармелад натуральный купить  
+желейный мармелад купить  
+купить натуральный мармелад в москве  
+мармелад на развес купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102213</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_boys/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+зима  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить зимнюю верхнюю одежду для мальчика  
+верхняя одежда для мальчиков зима купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102342</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shoes_for_boys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 детский  — не менее 1 раз 
-набор  — не менее 3 раз 
-[...74 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343565</t>
+подросток  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую обувь для мальчика в москве  
+купить обувь для подростка мальчика недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102334</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shoes_for_boys/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подросток  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить зимнюю обувь для мальчика  
+купить зимнюю обувь для подростка мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102333</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/clothes_for_newborns/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 интернет  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить одежду для малышей в интернет магазине  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344164</t>
+одежда для малышей купить  
+одежда для малышей купить в москве  
+купить одежду для малышей в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102331</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6080825/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 белый  — не менее 3 раз 
 глина  — не менее 2 раз 
 лепка  — не менее 3 раз 
 купить  — не менее 3 раз 
 das  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 белая глина для лепки купить  
 глина для лепки das купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344129</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102297</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/73493/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ранец  — не менее 3 раз 
 дердидас  — не менее 3 раз 
 купить  — не менее 3 раз 
 derdiedas  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить ранец derdiedas  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344126</t>
+ранцы дердидас купить  
+купить ранец derdiedas </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102294</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/meshki_dlya_obuvi/brand/12981/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 берлинго  — не менее 3 раз 
 купить  — не менее 3 раз 
 berlingo  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мешок для обуви берлинго купить  
 мешок для обуви berlingo купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344098</t>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344094</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102263</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/rukzaki_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+рюкзак  — не менее 1 раз 
+сумка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить школьный рюкзак в москве  
+школьные сумки рюкзаки и ранцы купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102259</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/markers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 акварельный  — не менее 3 раз 
 цветок  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 акварельные фломастеры купить  
 купить фломастеры 100 цветов </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344080</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102244</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/accessories_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+дешево  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьные принадлежности купить  
+купить школьные принадлежности дешево в интернет  
+купить школьные принадлежности дешево в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102243</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3106593/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-чемодан  — не менее 3 раз 
-trunki  — не менее 3 раз 
+чемодан  — не менее 2 раз 
+trunki  — не менее 2 раз 
 купить  — не менее 3 раз 
 транка  — не менее 3 раз 
-москва  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский чемодан trunki купить  
 чемодан транки детский купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344077</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344076</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102242</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/avtokresla/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 бу  — не менее 3 раз 
 яндекс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское кресло бу  
-детское кресло бу купить в москве  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344072</t>
+детское кресло яндекс купить  
+детское кресло бу купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102237</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6104547/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 соленый  — не менее 2 раз 
 карамель  — не менее 2 раз 
 купить  — не менее 3 раз 
 мягкий  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мягкая карамель купить  
 соленая карамель купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344058</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102222</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6138142/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мармелад  — не менее 2 раз 
+пластовой  — не менее 3 раз 
+купить  — не менее 3 раз 
+кислый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кислый мармелад купить  
+мармелад пластовой купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102220</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/newyear_sweetset/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+новый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+сладости новогодние купить  
+сладости на новый год купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102207</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3208331/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+смесь  — не менее 2 раз 
+фрисо  — не менее 3 раз 
+купить  — не менее 3 раз 
+friso  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская смесь фрисо купить  
+купить детскую смесь friso </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102200</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pure/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кудашок  — не менее 3 раз 
 купить  — не менее 2 раз 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-детское пюре купить в минске  
-[...23 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344020</t>
+кудашка для детского питания купить  
+детское пюре купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102197</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/party_stoly/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+дом  — не менее 3 раз 
+красноярск  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские парты и столы купить  
+купить детскую парту со стульчиком в москве  
+детские парты для дома купить в красноярске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102194</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5004011/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+бассейн  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доска для плавания детская купить  
+доска для плавания в бассейне детская купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102189</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/svetilnik_potolochniy_podvesnoy/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
-комната  — не менее 2 раз 
-Добавить фразы или наиболее близкие к точному вхождению написания:
+комната  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский потолочный светильник купить  
 потолочный светильник в детскую комнату купить  
-детский потолочный светильник купить  
 детские подвесные светильники купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344019</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102181</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chasy_naruchnie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+часы  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские часы  
+детские часы купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102179</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mebel_shkolnika/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 комната  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская мебель для школьника купить  
 купить мебель для детской комнаты школьника </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344010</t>
-[...9 lines deleted...]
-шкафчик  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102174</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mebels/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-сад  — не менее 2 раз 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344007</t>
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детская мебель купить в москве  
+детская мебель купить  
+детская мебель купить в интернет  
+детская мебель купить в москве в магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102173</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3668808/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 весы  — не менее 3 раз 
 эксперимент  — не менее 3 раз 
 купить  — не менее 3 раз 
 экспериментирование  — не менее 3 раз 
 сад  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские весы для экспериментов где купить  
 весы для экспериментирования в детском саду купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343991</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102153</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/25161/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 весы  — не менее 2 раз 
 laica  — не менее 2 раз 
 купить  — не менее 3 раз 
 новорожденный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские весы laica купить  
 детские весы для новорожденных купить laica </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343989</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102151</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3539046/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 видеоняня  — не менее 2 раз 
 ramili  — не менее 2 раз 
 купить  — не менее 3 раз 
-baby  — не менее 2 раз 
+baby  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 видеоняня ramili baby rv1500 купить  
 видеоняня ramili rv1500 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343985</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102145</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2999374/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 видеоняня  — не менее 2 раз 
 samsung  — не менее 2 раз 
 купить  — не менее 3 раз 
 самсунг  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 видеоняня samsung купить  
 видеоняня самсунг купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343982</t>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343981</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102141</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3643953/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 монитор  — не менее 2 раз 
 дыхание  — не менее 2 раз 
 новорожденный  — не менее 3 раз 
 купить  — не менее 3 раз 
 babysense  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 монитор дыхания для новорожденных купить  
 babysense монитор дыхания купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343980</t>
-[...57 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102139</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/replaceable_accessories_drinking_bowls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+насадка  — не менее 3 раз 
+мама  — не менее 2 раз 
+купить  — не менее 3 раз 
+аптека  — не менее 3 раз 
+носик  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+насадка для поильников мам купить в аптеке  
+купить носик для поильника </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102129</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odeyala/napolnitel_odeyala-sherst/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+верблюжий  — не менее 3 раз 
+купить  — не менее 3 раз 
 шерстяной  — не менее 3 раз 
-купить  — не менее 2 раз 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343949</t>
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское верблюжье одеяло купить  
+детское одеяло верблюжья шерсть купить  
+купить детское шерстяное одеяло в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102103</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4768256/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 постельный  — не менее 2 раз 
 белье  — не менее 2 раз 
 резинка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское постельное белье 80х160  
 детское постельное белье 160х80 на резинке купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343943</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102102</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/material_postelnoe-satin/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 спальный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить постельное белье детское сатин  
+купить детское постельное белье сатин в москве  
 купить детское постельное белье 1 5 спальное сатин </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343940</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102099</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/podushki_ortoped/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 2 раз 
 год  — не менее 3 раз 
 ортопедический  — не менее 3 раз 
 сон  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-ортопедическая подушка для сна купить детская  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343933</t>
+купить детские подушки от лет ортопедические  
+ортопедическая подушка для сна купить детская </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102092</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pillows/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+ортопедический  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские подушки купить москва  
+купить детскую подушку от 3  
+подушка детская ортопедическая купить москва  
+детская подушка 40х60 купить  
+купить детскую подушку 40 на 40  
+купить детскую подушку 40 на 60  
+подушка детская 50х70 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102090</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kolybeli/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 плетеный  — не менее 3 раз 
 купить  — не менее 2 раз 
 переноска  — не менее 3 раз 
 кружевной  — не менее 3 раз 
+ребенок  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 плетеная колыбель купить  
 колыбелька переноска кружевная для детей купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343924</t>
-[...35 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343921</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102082</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/krovat_detskie/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 кроватка  — не менее 3 раз 
 год  — не менее 3 раз 
 кровать  — не менее 3 раз 
 матрас  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+детская кровать с матрасом купить  
 купить детскую кроватку от 3 лет  
-детская кровать с матрасом купить  
 детские кроватки от 2 лет купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343917</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102075</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/canopies_holders/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
 бортик  — не менее 3 раз 
-купить  — не менее 2 раз 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343916</t>
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить балдахин на детскую кроватку недорого  
+балдахин и бортики на детскую кроватку купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102074</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/classic_manege/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 3 раз 
 купить  — не менее 3 раз 
 детский  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 манеж детский деревянный купить  
 манеж деревянный купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343913</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102071</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/manezhi/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-недорого  — не менее 3 раз 
+доигрывать  — не менее 3 раз 
+ру  — не менее 3 раз 
 билет  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-детские манежи купить недорого в москве  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343912</t>
+манеж купить билет  
+манеж детский купить доиграй ру </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102070</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pokryvalo/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 подростковый  — не менее 3 раз 
-кровать  — не менее 3 раз 
+кровать  — не менее 2 раз 
 детский  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить покрывало на подростковую кровать  
 плед на детскую кровать купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343911</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102069</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/matrasi/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 подростковый  — не менее 3 раз 
 кровать  — не менее 2 раз 
 бу  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 матрас детский 180 90 купить  
+купить матрас на подростковую кровать  
 детский матрас купить в москве  
-матрас 90 180 детский купить москва  
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343910</t>
+купить детский матрас бу  
+детский матрас купить цена  
+матрас 90 180 детский купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102068</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/bed_2_bunk/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 двухъярусный  — не менее 1 раз 
 подросток  — не менее 3 раз 
 подростковый  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить кровать двухъярусную для подростков в москве  
 купить подростковую двухъярусную кровать  
-купить кровать двухъярусную для подростков в москве  
 двухъярусная кровать подростковая купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343903</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102061</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3143826/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-спейсер  — не менее 3 раз 
+спейсер  — не менее 2 раз 
 филипс  — не менее 3 раз 
 купить  — не менее 3 раз 
-philips  — не менее 3 раз 
-[...57 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343888</t>
+philips  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+спейсер филипс купить  
+спейсер philips купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102053</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/fenshetka/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 расческа  — не менее 3 раз 
 купить  — не менее 3 раз 
 волос  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить фен щетку для волос  
 фен расческа купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343871</t>
-[...33 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343837</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102029</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3162865/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 крем  — не менее 2 раз 
 evo  — не менее 2 раз 
 нога  — не менее 3 раз 
 купить  — не менее 3 раз 
 мочевина  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+крем для ног evo с мочевиной купить  
 крем evo для ног купить  
-крем для ног evo с мочевиной купить  
 evo крем для ног мочевина 10 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343827</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343820</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101985</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5039161/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 сосок  — не менее 3 раз 
 ромашка  — не менее 3 раз 
 купить  — не менее 3 раз 
-пустышка  — не менее 3 раз 
+пустышка  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 соска ромашка купить  
 пустышка ромашка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343818</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343817</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101975</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3901639/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ватный  — не менее 2 раз 
 палочка  — не менее 2 раз 
 бумажный  — не менее 3 раз 
 купить  — не менее 3 раз 
 основа  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные палочки бумажные купить  
 ватные палочки на бумажной основе купить москва </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343811</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101968</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/391001/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ватный  — не менее 2 раз 
 палочка  — не менее 2 раз 
 ультратонкий  — не менее 3 раз 
 babyline  — не менее 2 раз 
 купить  — не менее 3 раз 
 ограничитель  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные палочки ультратонкие babyline купить  
 ватные палочки с ограничителем babyline купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343806</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101965</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4971185/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 2 раз 
-[...1 lines deleted...]
-markwins  — не менее 2 раз 
+детский  — не менее 3 раз 
+косметика  — не менее 3 раз 
+markwins  — не менее 3 раз 
 купить  — не менее 3 раз 
 декоративный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская косметика markwins купить  
 детская декоративная косметика markwins купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343792</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101950</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/decorative_cosmetics/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 натуральный  — не менее 3 раз 
 безопасный  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская декоративная косметика натуральная безопасная купить  
 детская косметика купить натуральная </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343791</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101949</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lip_balm/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 увлажнять  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-бальзам для губ увлажняющий купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343780</t>
+где купить бальзам для губ  
+бальзам для губ увлажняющий купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101940</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4065771/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 бальзам  — не менее 3 раз 
 губа  — не менее 3 раз 
 нивея  — не менее 3 раз 
 гигиенический  — не менее 2 раз 
 помада  — не менее 2 раз 
 nivea  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить бальзам для губ нивея  
 гигиеническая помада nivea купить  
 гигиеническая помада nivea купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343779</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101939</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1688791/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 крепление  — не менее 1 раз 
 купить  — не менее 1 раз 
 крючок  — не менее 3 раз 
 стена  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 крепление для детской ванночки на ванну купить  
 крючок для детской ванночки на стену купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343770</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101930</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/shower_gel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 2 раз 
+гель  — не менее 1 раз 
 фигурный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский гель для душа  
 купить детские гели для душа  
 гель для душа фигурный купить детский </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343766</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101924</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/baths/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
 бу  — не менее 3 раз 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую ванночку бу  
 купить детскую ванночку для купания в минске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343765</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101923</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3430032/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 шампунь  — не менее 2 раз 
 шаум  — не менее 3 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 schauma  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шампунь шаума детский купить  
 детские шампуни schauma купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343758</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101917</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1852191/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 шампунь  — не менее 2 раз 
 weleda  — не менее 2 раз 
 купить  — не менее 3 раз 
 велед  — не менее 3 раз 
 календула  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские шампуни weleda купить  
 веледа шампунь детский с календулой купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343755</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101914</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3192963/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 туалетный  — не менее 2 раз 
 бумага  — не менее 2 раз 
 zewa  — не менее 2 раз 
 купить  — не менее 3 раз 
 just  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 туалетная бумага just 1 купить  
 туалетная бумага zewa купить в москве  
 купить туалетную бумагу zewa just </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343751</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343728</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101910</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/diapers_pants/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 yoshioki  — не менее 3 раз 
 komo  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-трусики подгузники komo купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343724</t>
+купить подгузники трусики yoshioki  
+трусики подгузники komo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101880</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3415024/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 яндекс  — не менее 2 раз 
-колонка  — не менее 3 раз 
+колонка  — не менее 2 раз 
 мини  — не менее 2 раз 
 купить  — не менее 3 раз 
 алиса  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 яндекс колонка мини купить в москве  
 купить мини колонку алиса яндекс в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343716</t>
-[...7 lines deleted...]
-jbl  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101872</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4290142/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+наушники  — не менее 3 раз 
+ушко  — не менее 3 раз 
+кошка  — не менее 3 раз 
+купить  — не менее 3 раз 
+беспроводный  — не менее 3 раз 
+светиться  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские наушники с ушками кошки купить  
+детские беспроводные наушники с ушками светящиеся купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101867</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3195530/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шар  — не менее 2 раз 
+купить  — не менее 1 раз 
+original  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+шар лабиринт perplexus original купить  
+шар лабиринт perplexus купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101865</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6002589/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+шар  — не менее 3 раз 
+лабиринт  — не менее 2 раз 
+головоломка  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шар головоломка лабиринт  
+купить шар лабиринт  
+шар лабиринт купить  
+шар лабиринт купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101864</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kids_tablet/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+турбокидс  — не менее 3 раз 
+обучать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский планшет турбокидс  
+купить детский обучающий планшет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101863</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/thermosi_thermocaps/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+батарейка  — не менее 3 раз 
+купить  — не менее 3 раз 
+поильник  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+термокружка на батарейках купить  
+термокружка с поильником купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101857</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/camera/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
-голова  — не менее 3 раз 
-[...54 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343682</t>
+вспышка  — не менее 3 раз 
+минск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский фотоаппарат со вспышкой  
+детский фотоаппарат купить в минске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101840</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2693931/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 настольный  — не менее 2 раз 
 футбол  — не менее 3 раз 
 пружинка  — не менее 3 раз 
 купить  — не менее 3 раз 
 пружина  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольный футбол на пружинах купить  
 настольный футбол на пружинках купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343677</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101829</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kolyaski_3v1/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 tutis  — не менее 3 раз 
 uno  — не менее 3 раз 
 купить  — не менее 2 раз 
 тутис  — не менее 3 раз 
 уно  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-тутис уно 3 купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343665</t>
+tutis uno 3 купить в москве  
+тутис уно 3 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101821</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3207207/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 tutis  — не менее 2 раз 
 uno  — не менее 3 раз 
 купить  — не менее 3 раз 
 коляска  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 tutis uno 3 в 1 купить  
 коляска tutis uno 3 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343663</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101819</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/vozrastnaya_gruppa-adults/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+взрослый  — не менее 3 раз 
+компания  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольные игры для взрослых купить  
+настольные игры для компании взрослых купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101810</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sportivnye/tip_sportnstol-hokkej/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ножка  — не менее 3 раз 
 купить  — не менее 3 раз 
 советский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольный хоккей советский купить  
-настольный хоккей на ножках купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343654</t>
+настольный хоккей на ножках купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101808</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-mafia/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 маска  — не менее 3 раз 
 купить  — не менее 2 раз 
 маклер  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольная игра мафия с масками купить  
 маклеры и мафия настольная игра купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343652</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101806</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-svintus/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 делюкс  — не менее 3 раз 
 купить  — не менее 1 раз 
 куба  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-свинтус в кубе купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343650</t>
+свинтус делюкс купить  
+свинтус в кубе купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101802</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/426451/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-scrabble  — не менее 3 раз 
+scrabble  — не менее 2 раз 
 junior  — не менее 3 раз 
 купить  — не менее 3 раз 
-игра  — не менее 3 раз 
+игра  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 scrabble junior купить  
 игра scrabble junior купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343648</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101800</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/populyarnye_igry_nastolki-monopoliya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+monopoly  — не менее 2 раз 
+longest  — не менее 3 раз 
+game  — не менее 3 раз 
+ever  — не менее 3 раз 
+купить  — не менее 2 раз 
 банковский  — не менее 3 раз 
-купить  — не менее 2 раз 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343643</t>
+карточка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+монополия купить с банковскими карточками  
+monopoly longest game ever купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101795</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3590787/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+щенячий  — не менее 1 раз 
+патруль  — не менее 1 раз 
+ванная  — не менее 1 раз 
+купить  — не менее 1 раз 
+резиновый  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+щенячий патруль для ванной игрушки купить  
+щенячий патруль резиновые игрушки для ванной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101779</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/razvivayushchie_kovriki/brand/13/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-развивать  — не менее 3 раз 
-[...2 lines deleted...]
-love  — не менее 3 раз 
 зоосад  — не менее 3 раз 
 купить  — не менее 3 раз 
 расти  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 развивающий коврик tiny love зоосад купить  
 развивающий коврик tiny love я расту купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343620</t>
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343618</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101768</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/svetilnik_nastennye/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ночник  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
-комната  — не менее 2 раз 
-[...1 lines deleted...]
-светильники для детской комнаты купить в москве  
+комната  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настенный ночник купить  
+ночник детский настенный купить  
 детские настенные светильники купить  
-ночник детский настенный купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343617</t>
+светильники для детской комнаты купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101765</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3543868/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гибкий  — не менее 3 раз 
-пианино  — не менее 3 раз 
-[...1 lines deleted...]
-москва  — не менее 3 раз 
+пианино  — не менее 2 раз 
+купить  — не менее 3 раз 
 салазар  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гибкое пианино купить в москве  
 гибкое пианино салазар купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343612</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101760</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4774316/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ксилофон  — не менее 2 раз 
 инструмент  — не менее 3 раз 
 купить  — не менее 3 раз 
 музыкальный  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ксилофон инструмент купить  
 ксилофон музыкальный инструмент купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343596</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101744</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2405461/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 купить  — не менее 1 раз 
 дорогой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-детский ковер с дорогами купить  
-детский коврик дорога для машинок купить  
 ковер детский с дорогами для машинок купить  
 детский ковер с дорогой для машинок купить  
 купить детский ковер с дорогой  
+детский ковер с дорогами купить  
 детский ковер с дорогами купить в москве  
 детский ковер с дорогой купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343592</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101740</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6100022/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 световой  — не менее 3 раз 
 меч  — не менее 3 раз 
 джедай  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный световой меч  
 купить игрушечный меч джедая </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343588</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101737</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3472346/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 автомат  — не менее 2 раз 
 ппш  — не менее 3 раз 
 железный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный автомат ппш в москве  
 купить игрушечный автомат ппш железный </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343582</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101732</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3511821/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушечный  — не менее 1 раз 
 хватайка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечный автомат с игрушками купить  
 игрушечный автомат хватайка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343581</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101731</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/tableware_toy/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 3 раз 
-купить  — не менее 3 раз 
-набор  — не менее 3 раз 
+купить  — не менее 2 раз 
+набор  — не менее 2 раз 
 пчелка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянная игрушечная посуда купить  
 игрушечный набор посуды пчелка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343573</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343569</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101723</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4970864/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+пистолет  — не менее 2 раз 
+глок  — не менее 3 раз 
+glock  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечный пистолет глок  
+купить игрушечный пистолет glock </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101718</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/shchity_i_mechi_igrushechnye/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 стоять  — не менее 3 раз 
-меч  — не менее 3 раз 
-игрушечный  — не менее 3 раз 
 лук  — не менее 3 раз 
 купить  — не менее 3 раз 
 складной  — не менее 3 раз 
 световой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 сколько стоит меч игрушечный и лук купить  
 купить игрушечный складной световой меч </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343568</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101715</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/play_store/tip_professii-kassa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+деньги  — не менее 2 раз 
+детский  — не менее 2 раз 
+весы  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечную кассу с деньгами  
+купить детские весы и кассу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101706</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3819443/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 bakugan  — не менее 3 раз 
 dragonoid  — не менее 3 раз 
 купить  — не менее 3 раз 
 бакуган  — не менее 3 раз 
 драгоноид  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить бакуган драгоноид  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343544</t>
+bakugan dragonoid купить  
+купить бакуган драгоноид </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101693</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/596/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фигурка  — не менее 3 раз 
-черный  — не менее 3 раз 
-пантера  — не менее 3 раз 
 марвести  — не менее 3 раз 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фигурка черная пантера марвел купить  
 черная пантера игрушка марвел купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343537</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101687</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3251721/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 2 раз 
+вено  — не менее 3 раз 
+марвести  — не менее 3 раз 
+купить  — не менее 3 раз 
+венома  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурка веном марвел купить  
+купить фигурку венома от марвел </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101686</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2993653/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-little  — не менее 3 раз 
-pony  — не менее 3 раз 
+little  — не менее 2 раз 
+pony  — не менее 2 раз 
 русалка  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 пинок  — не менее 3 раз 
 пай  — не менее 3 раз 
 интерактивный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-пинки пай интерактивная игрушка купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343533</t>
+my little pony русалка игрушка купить  
+пинки пай интерактивная игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101684</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/611/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 большой  — не менее 3 раз 
 пони  — не менее 3 раз 
 игрушка  — не менее 2 раз 
 мини  — не менее 3 раз 
 фигурка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить большую пони игрушку  
 купить мини фигурки пони </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343520</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101674</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3192681/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пони  — не менее 3 раз 
 каденс  — не менее 3 раз 
-игрушка  — не менее 3 раз 
+игрушка  — не менее 2 раз 
 купить  — не менее 3 раз 
 принцесса  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пони каденс игрушка купить  
 принцесса каденс пони игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343519</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101673</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/637/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+dc  — не менее 2 раз 
+бэтмена  — не менее 3 раз 
+купить  — не менее 3 раз 
+batman  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурки dc фигурки бэтмена купить  
+batman фигурки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101664</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/669/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+лента  — не менее 3 раз 
+купить  — не менее 3 раз 
+елочный  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фигурки гарри поттер лента купить  
+елочные игрушки гарри поттер купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101663</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/19020/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гарри  — не менее 2 раз 
+поттер  — не менее 2 раз 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+набор фигурок гарри поттер купить  
+фигурки гарри поттер купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101661</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/tip_transport-vnedorozhnik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+радиоуправляемый  — не менее 1 раз 
+машинка  — не менее 3 раз 
+бездорожье  — не менее 3 раз 
+джип  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую машинку для бездорожья  
+радиоуправляемые машинки 4wd купить  
+купить радиоуправляемую машинку джип в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101646</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/634/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 паровозик  — не менее 3 раз 
 трансформер  — не менее 3 раз 
 купить  — не менее 3 раз 
 робот  — не менее 2 раз 
 поезд  — не менее 2 раз 
 игрушка  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 роботы поезда игрушки купить  
 паровозики трансформеры купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343485</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343478</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101641</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3145292/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 самолетик  — не менее 2 раз 
 пенопласт  — не менее 3 раз 
 пенопластовый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 самолетик из пенопласта купить  
 пенопластовый самолетик купить  
 самолетик из пенопласта купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343465</t>
-[...7 lines deleted...]
-металлический  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101622</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_24/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 модель  — не менее 3 раз 
 машина  — не менее 3 раз 
 купить  — не менее 3 раз 
-москва  — не менее 3 раз 
-[...8 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_24/</t>
+моделька  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин 1 24 купить  
+купить модельки машин 1 24 </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101620</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/tematika_transport-passazhirskij/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 модель  — не менее 3 раз 
 машина  — не менее 3 раз 
 купить  — не менее 3 раз 
-моделька  — не менее 3 раз 
-[...15 lines deleted...]
-купить  — не менее 3 раз 
 санкт  — не менее 3 раз 
 петербург  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 модели машин купить в москве  
 модели машин купить санкт петербург </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343458</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101615</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4106650/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 светящийся  — не менее 3 раз 
 вертолетик  — не менее 3 раз 
 купить  — не менее 3 раз 
-рогатка  — не менее 3 раз 
+рогатка  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 светящийся вертолетик купить  
 светящийся вертолетик с рогаткой купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343453</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101611</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/zheleznye_dorogi/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 германия  — не менее 3 раз 
 купить  — не менее 2 раз 
 piko  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечная железная дорога германия купить  
 игрушечная железная дорога piko купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343446</t>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343445</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101604</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/676/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 елочный  — не менее 3 раз 
 новогодний  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить елочная игрушка чебурашка  
 новогодняя игрушка чебурашка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343439</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101595</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/730/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+утка  — не менее 3 раз 
+плюшевый  — не менее 3 раз 
+игрушка  — не менее 1 раз 
+одежда  — не менее 2 раз 
+купить  — не менее 3 раз 
+очки  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+утка плюшевая игрушка в одежде купить  
+уточка купить плюшевая игрушка с одеждой  
+купить игрушку уточку плюшевую с очками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101594</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкие игрушки купить в москве  
+мягкие игрушки купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101591</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/brand/1582/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+disney  — не менее 3 раз 
+купить  — не менее 2 раз 
 дисней  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мягкие игрушки disney купить  
-мягкие игрушки дисней купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343433</t>
+мягкие игрушки дисней купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101589</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3757509/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ширма  — не менее 2 раз 
 кукольный  — не менее 3 раз 
 театр  — не менее 3 раз 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ширма для кукольного театра купить  
 купить ширму для детского кукольного театра </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343427</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101584</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/brand/9661/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 испанский  — не менее 3 раз 
 пупс  — не менее 2 раз 
 купить  — не менее 3 раз 
 испания  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 испанские пупсы купить  
 купить пупса испания </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343414</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101572</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+миниатюрный  — не менее 3 раз 
+коллекция  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить миниатюрную мебель для кукол  
+мебель для куклы 43см купить в москве  
+мебель для кукол коллекция купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101568</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6225499/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дом  — не менее 3 раз 
+мечта  — не менее 3 раз 
+барби  — не менее 3 раз 
+купить  — не менее 3 раз 
+barbie  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дом мечты барби купить  
+barbie дом мечты купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101567</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6230705/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+baby  — не менее 3 раз 
+born  — не менее 3 раз 
+см  — не менее 3 раз 
+купить  — не менее 3 раз 
+zapf  — не менее 3 раз 
+creation  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+baby born 43 см купить  
+zapf creation baby born 43 см купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101562</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3638489/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-коляска  — не менее 3 раз 
-[...1 lines deleted...]
-maclaren  — не менее 3 раз 
+коляска  — не менее 2 раз 
+кукла  — не менее 2 раз 
+maclaren  — не менее 2 раз 
 купить  — не менее 3 раз 
 макларен  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 коляска для кукол maclaren купить  
 коляска для куклы макларен купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343393</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101553</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/houses/brand/20711/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-кукольный  — не менее 3 раз 
-дом  — не менее 3 раз 
 картон  — не менее 3 раз 
 купить  — не менее 3 раз 
 бумажный  — не менее 3 раз 
-кукла  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукольный дом из картона купить  
 дом для бумажных кукол купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343389</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101549</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory_kinetik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-динамический  — не менее 2 раз 
+динамический  — не менее 1 раз 
 лабиринт  — не менее 3 раз 
 купить  — не менее 3 раз 
 шарик  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 динамический конструктор лабиринт купить  
 динамический конструктор с шариками купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343379</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101539</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/brand/18551/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ugears  — не менее 3 раз 
 купить  — не менее 2 раз 
 югерс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный конструктор ugears купить  
 конструктор югерс деревянный купить  
 деревянный конструктор ugears купить в москве  
 конструктор югерс деревянный купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343373</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101534</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/super_heroes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фигурка  — не менее 3 раз 
+купить  — не менее 1 раз 
+мини  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+лего марвел фигурки купить  
+лего мини фигурки марвел купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101529</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3448382/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-знаток  — не менее 3 раз 
-[...1 lines deleted...]
-конструктор  — не менее 3 раз 
+знаток  — не менее 2 раз 
+электронный  — не менее 2 раз 
+конструктор  — не менее 2 раз 
 купить  — не менее 3 раз 
 схема  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-знаток электронный конструктор 999 купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343359</t>
+конструктор электронный знаток 999 схем купить  
+знаток электронный конструктор 999 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101520</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/2201/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магформерс  — не менее 3 раз 
+купить  — не менее 2 раз 
+магнитный  — не менее 2 раз 
+magformers  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магнитный конструктор magformers купить в москве  
+магформерс конструктор купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101518</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 минск  — не менее 3 раз 
 дом  — не менее 2 раз 
 бревно  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный конструктор купить минск  
 деревянный конструктор дом из бревен купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343354</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101515</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/1621/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 2 раз 
-мальчик  — не менее 2 раз 
+купить  — не менее 3 раз 
 схема  — не менее 3 раз 
 дешево  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить электронный конструктор для мальчиков 9 лет  
-[...22 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/glina_skulpt/</t>
+электронный конструктор купить  
+купить электронный конструктор  
+купить электронный конструктор знаток 999 схем дешево  
+электронный конструктор 10 лет купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101513</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cardboard/</t>
   </si>
   <si>
     <t>Оптимизация текста (9 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-полимерный  — не менее 3 раз 
-[...65 lines deleted...]
-двусторонний  — не менее 3 раз 
+цветной  — не менее 3 раз 
+картон  — не менее 3 раз 
+купить  — не менее 3 раз 
 плотный  — не менее 3 раз 
 набор  — не менее 3 раз 
+творчество  — не менее 3 раз 
 двухсторонний  — не менее 3 раз 
 белый  — не менее 3 раз 
 один  — не менее 3 раз 
 цвет  — не менее 3 раз 
 паспарту  — не менее 3 раз 
 большой  — не менее 3 раз 
-формат  — не менее 2 раз 
+формат  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить цветной картон а3  
-купить цветной картон а4  
-двусторонний цветной картон купить  
+цветной картон купить в москве  
 плотный цветной картон купить  
-купить цветной картон для паспарту  
 наборы цветного картона купить  
 цветной картон а2 купить  
+цветной картон для творчества купить  
+купить цветной картон а4  
 цветной картон а2 купить в москве  
 картон цветной двухсторонний а3 купить  
 наборы цветного и белого картона купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344114</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102283</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/shtoriy/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 комната  — не менее 2 раз 
 интернет  — не менее 2 раз 
 девочка  — не менее 3 раз 
 недорого  — не менее 3 раз 
 мальчик  — не менее 3 раз 
 звезда  — не менее 3 раз 
 сад  — не менее 2 раз 
 спальня  — не менее 1 раз 
 готовый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские шторы купить  
+шторы в детскую комнату купить  
 шторы в детскую комнату купить в москве  
+шторы в детскую купить интернет магазин  
 шторы в детскую комнату девочке купить  
-шторы в детскую комнату купить  
-шторы в детскую купить интернет магазин  
 купить детские шторы в интернет магазине недорого  
 шторы в детскую комнату мальчику купить  
 купить шторы со звездами в детскую  
 шторы в детский сад в спальню купить  
 купить готовые шторы в детскую комнату </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344003</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102168</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/odeyala/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 подушка  — не менее 3 раз 
 купить  — не менее 2 раз 
 ватный  — не менее 3 раз 
 пуховый  — не менее 3 раз 
 шелковый  — не менее 3 раз 
 икеа  — не менее 3 раз 
 шерстяной  — не менее 3 раз 
 лоскутный  — не менее 3 раз 
 холлофайбер  — не менее 2 раз 
 арт  — не менее 3 раз 
 постель  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+одеяло детское 110х140 купить  
+одеяло детское шерстяное 110х140 купить  
 купить детское пуховое одеяло  
-одеяло детское 110х140 купить  
-купить детское одеяло 100 на 100  
 одеяла и подушки купить в москве детские  
 купить детское ватное одеяло  
 купить детское шелковое одеяло  
 купить детское ватное одеяло в москве  
 икеа одеяло детское купить  
-одеяло детское шерстяное 110х140 купить  
-[...44 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+купить лоскутное детское одеяло  
+купить одеяло из холлофайбера в москве детское </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102097</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/blastery/brand/2931/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+longstrike  — не менее 3 раз 
+cs  — не менее 3 раз 
 купить  — не менее 2 раз 
-Добавить фразы или наиболее близкие к точному вхождению написания:
-[...44 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343696</t>
+zombie  — не менее 2 раз 
+strike  — не менее 2 раз 
+sledgefire  — не менее 3 раз 
+modulus  — не менее 3 раз 
+n  — не менее 3 раз 
+лук  — не менее 3 раз 
+модулус  — не менее 3 раз 
+прицел  — не менее 2 раз 
+руб  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+nerf longstrike cs 6 купить  
+nerf zombie strike купить  
+nerf sledgefire купить  
+nerf modulus купить  
+nerf n strike longstrike купить  
+nerf лук купить  
+нерф модулус купить  
+нерф с прицелом купить  
+нерф купить за 10 руб </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101712</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soaps/brand/9261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мыло детское невская косметика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101951</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sportivnye/tip_sportnstol-futbol/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (12 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+дом  — не менее 3 раз 
+недорого  — не менее 3 раз 
+ножка  — не менее 3 раз 
+профессиональный  — не менее 3 раз 
+большой  — не менее 3 раз 
+взрослый  — не менее 3 раз 
+дешево  — не менее 3 раз 
+профессионал  — не менее 3 раз 
+коммерция  — не менее 3 раз 
+скидка  — не менее 2 раз 
+детский  — не менее 3 раз 
+полесье  — не менее 3 раз 
+дочка  — не менее 3 раз 
+сыночек  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольный футбол купить  
+настольный футбол большой купить  
+настольный футбол купить взрослый  
+купить настольный футбол для дома  
+настольный футбол профессиональный купить  
+настольный футбол купить москва  
+настольный футбол купить в москве взрослый  
+игра настольный футбол купить в москве  
+купить настольный футбол магазин  
+настольный футбол купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101813</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/absorbent_underwear/</t>
-  </si>
-[...1 lines deleted...]
-    <t>Оптимизация текста (11 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 трусики  — не менее 1 раз 
 купить  — не менее 2 раз 
-трусы  — не менее 3 раз 
+трусы  — не менее 2 раз 
 пожилой  — не менее 3 раз 
 дешево  — не менее 3 раз 
 лежачий  — не менее 3 раз 
 id  — не менее 3 раз 
-день  — не менее 3 раз 
+день  — не менее 2 раз 
 first  — не менее 3 раз 
 aid  — не менее 3 раз 
 ночной  — не менее 3 раз 
 недорого  — не менее 3 раз 
 tena  — не менее 3 раз 
 размер  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подгузники для взрослых  
 подгузники трусы д взрослых купить  
-купить подгузники для взрослых  
+трусики подгузники для взрослых купить  
+купить ночные подгузники для взрослых  
+купить подгузники трусы для взрослых  
 купить подгузники для лежачих взрослых в москве  
-купить подгузники трусы для взрослых  
-купить трусы подгузники взрослые недорого  
 купить подгузники для лежачих взрослых  
-трусы подгузники для пожилых купить дешево  
-трусики подгузники для взрослых купить  
+first aid подгузники взрослые купить  
 подгузники для взрослых купить в москве  
-подгузники для взрослых каждый день купить </t>
-[...76 lines deleted...]
-    <t xml:space="preserve">У 155 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+купить трусы подгузники взрослые недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101879</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (173 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 173 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 конструктор лего купить в москве  
 купить дом конструктор  
+конструктор meccano металлический купить  
 кукла паола рейна купить  
 кукольный театр купить игрушки на руку москва  
 елочная игрушка винни пух купить  
 мягкая игрушка сова купить  
 купить вязаную плюшевую игрушку  
-игрушечный буран космический корабль купить в москве  
 купить швейную машинку в москве  
 купить елочную игрушку мальчик с самолетиком  
 новогодний паровоз купить  
 елочная игрушка паровоз купить  
+автопоезд паровоз купить  
 новогодний паровозик купить  
 купить модельку машины ваз  
+игрушечная подводная лодка с камерой купить  
 купить радиоуправляемый вертолет  
+радиоуправляемая подводная лодка с камерой купить  
 лего бэтмен глиноликий фигурка купить  
 фигурка человека паука от хот тойс купить  
 хот тойс купить фигурки марвел  
 keenway игровой набор доктора  
 игрушечная стиральная машина miele купить  
 игрушечный автомат мп 40 купить  
 м416 автомат купить игрушечный  
+шмайсер автомат купить игрушечный  
 палочки для ксилофона купить  
 ксилофон купить бу  
 ксилофон 3 5 октавы купить  
+палочки для ксилофона купить москва  
 ксилофон хроматический купить  
 лампочки для ксилофона купить рядом со мной  
 палочки grig для ксилофона купить  
 подставка для ксилофона купить  
-ксилофон профессиональный купить бу  
+купить металлофон хроматический  
+металлофон диатонический купить  
 соколов погремушка серебряная купить  
 каталка детская stellar ладошки купить  
 купить шахматы  
 шахматы купить  
 шахматы купить москва  
 где купить шахматы  
 набор шахмат купить  
 купить шахматы в магазине в москве  
+конфеты домино купить  
 конфеты домино где купить в москве  
 настольный футбол кикер купить  
 мяч для настольного футбола купить москва  
 манчкин купить котенка  
 манчкин кошка купить  
 котята манчкин купить в москве  
 манчкин кот купить  
 манчкин кошка купить в москве  
 манчкин делюкс купить  
 манчкин купить котенка цена  
-манчкин купить котенка в москве цена  
 купить котенка породы манчкин  
 манчкин кошка купить цена  
 купить котенка манчкин в москве недорого  
 вислоухий манчкин купить  
+замес манчкин купить  
 настольная игра манчкин делюкс купить  
 манчкин коротколапый купить  
 купить настольный хоккей stiga  
 настольный хоккей стига купить  
 свечи на батарейках купить  
+брелки с живыми черепашками внутри купить  
+геншин брелки купить  
 cgpods наушники детские купить  
 яндекс колонка с часами купить  
 антисептические влажные салфетки tolli plus купить  
 детский шампунь страна сказок купить в москве  
+шампунь детский весна купить в москве  
 гигиеническая помада dermophil купить  
 гигиеническая помада dermophil термальная купить  
-nivea men гигиеническая помада купить в москве  
 детское мыло весна купить  
 ватные палочки с йодом купить  
 тинт ватные палочки для губ купить  
+ватные палочки с йодом купить в аптеке  
 пустышка серебряная купить  
 подушка для беременных купить  
 подушка для беременных купить москва  
 подушка для беременных купить москва недорого  
 подушки для беременных купить в интернет магазине  
 где купить подушку для беременных  
 купить подушку для беременных с пенополистиролом  
 подушка для беременных с шариками пенополистирола купить  
 подушка для беременных купить в москве цена  
 где купить подушку для беременных в москве  
 подушка для беременных купить фото  
 купить чехол на подушку для беременных  
 подушка для беременных купить в москве доставка  
 подушка обнимашка для беременных купить в москве  
 подушка для беременных i образная купить  
 подушка для беременных анатомическая купить  
 подушка для беременных новосибирск купить  
 шампунь мама комфорт купить  
 купить подгузники для взрослых xl  
 seni подгузники д взрослых купить  
 купить прокладки женские  
+купить мужские прокладки  
 мужские урологические прокладки купить  
 прокладки тена урологические купить  
 массажер для лица купить  
 купить увлажняющий крем для лица  
-купить отбеливающий крем для лица  
+косметическое касторовое масло купить  
 купить валик для спины и шеи  
 приборы для ухода за кожей лица купить  
-купить подогреватель молока для телят  
 купить детский стиральный порошок  
 стиральный порошок для детского белья купить  
 купить порошок стиральный автомат детский  
 мама тест на беременность купить  
 экспресс тест на беременность купить  
 ингалятор купить  
+колыбель zibos ala купить  
 колыбель noony lula купить в москве  
-купить детский комод маша и медведь  
 купить детский комод в интернете  
 купить детский комод икеа  
 купить наполнитель для детских подушек  
 купить детскую подушку каюта уюта  
 купить стульчик для кормления peg perego  
 купить стул для кормления peg perego  
 видеоняня xiaomi купить  
 видеоняня xiaomi купить в москве  
 радионяня tommee tippee купить  
 ходунки для дцп детские купить  
 купить детские шторы  
 детские шторы купить в интернет  
 шторы в детскую в пиратском стиле купить  
 шторы детские комплект купить  
 детские шторы купить икеа  
 мебель для детской комнаты купить в москве  
 купить комплект детской мебели  
 купить детскую мебель бу  
+детская мебель из дерева купить  
 наборы детской мебели купить в москве  
 ковер икеа детский купить  
 купить светильники для детского сада  
+доска выбора в детском саду купить  
 детские парты и столы купить в минске  
 адвент календарь с шоколадом купить  
 пластовый мармелад купить  
+trolli мармелад купить  
+мармелад ударница купить  
 жидкая карамель купить  
 слинг шарф купить  
 слинг рюкзак купить  
 купить коляску  
 детское кресло икеа купить  
 детский чемодан american tourister купить  
 бумага для рисования карандашом купить  
 крафтовая бумага для рисования купить  
 купить бумагу 10 на 15 для рисования  
 бумага для рисования маслом купить  
 бумага для рисования пастелью сухой купить  
 крафт бумага для рисования купить  
 бумага для рисования в технике граттаж купить  
 многослойный стол для рисования из бумаги купить  
+vans мешок для обуви купить  
 шариковый пластилин купить  
 цветные карандаши акварельные купить  
 японская школьная сумка купить  
 купить картон цветная бумага  
+электронный блокнот купить  
 блокнот ежедневник купить  
+рандосеру ранец купить  
 линейка металлическая купить в москве  
 тетрадь в косую линейку купить в москве  
 цветная бумага для печати купить  
 купить цветную бумагу для творчества в листах  
+купить детскую одежду от производителя  
 одежда для малышей с винни пухом купить  
 одежда для брейка для мальчиков купить  
 купить одежду для танцев мальчику </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367342727</t>
-[...29 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344170</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413100882</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plastic_masses/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+посуда  — не менее 3 раз 
+гончарный  — не менее 3 раз 
+кукла  — не менее 3 раз 
+леонардо  — не менее 3 раз 
+полимерный  — не менее 2 раз 
+сонет  — не менее 3 раз 
+недорого  — не менее 3 раз 
+стекло  — не менее 3 раз 
+серый  — не менее 3 раз 
+белый  — не менее 3 раз 
+обжиг  — не менее 3 раз 
+керамический  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+глина для лепки купить в москве  
+купить глину для лепки посуды  
+где купить глину для лепки в москве  
+купить гончарную глину для лепки  
+глина для лепки кукол купить  
+купить глину для лепки в леонардо  
+полимерная глина сонет для лепки купить недорого  
+стекло для лепки из полимерной глины купить  
+купить серую глину для лепки  
+купить белую глину для лепки и обжига </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102296</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/komody_pelenalnye_doski/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+вещь  — не менее 1 раз 
+игрушка  — не менее 1 раз 
+белый  — не менее 2 раз 
+минск  — не менее 3 раз 
+бельевой  — не менее 2 раз 
+шкаф  — не менее 3 раз 
+бу  — не менее 3 раз 
+дешево  — не менее 2 раз 
+недорого  — не менее 3 раз 
+одежда  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить шкаф комод детский  
+купить детский комод для вещей  
+купить детский комод для игрушек в москве  
+детский комод купить белый  
+купить детский комод в минске  
+детские комоды бельевые купить  
+купить детский комод бу  
+купить детский комод дешево  
+купить комод в детскую комнату недорого  
+белый комод в детскую комнату купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102086</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/6991/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+стартовый  — не менее 3 раз 
+игровой  — не менее 3 раз 
+набор  — не менее 2 раз 
+geogan  — не менее 3 раз 
+battle  — не менее 3 раз 
+planet  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+недорого  — не менее 3 раз 
+старый  — не менее 3 раз 
+драго  — не менее 3 раз 
+дракон  — не менее 3 раз 
+ультра  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+красный  — не менее 3 раз 
+скорпион  — не менее 3 раз 
+сезон  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить бакуган старые  
+bakugan купить стартовый игровой набор  
+bakugan geogan купить  
+bakugan battle planet купить  
+бакуганы купить недорого  
+купить бакуган драго  
+дракон бакуган купить  
+бакуган ультра купить  
+бакуган старые игрушки купить  
+бакуган красный купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101691</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_boys/sezon_oio-demisezon/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 верхняя одежда для мальчиков купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344169</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102344</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/clothes_for_boys/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 интернет  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить одежду для мальчика в интернет магазине </t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344167</t>
+купить одежду для мальчика в интернет магазине  
+купить одежду мальчику 6 лет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102343</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskaya_obuv/brand/22290/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+паблоска  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+обувь паблоски для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102341</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/krossovki_girls_sport/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+спортивная обувь для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102340</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_footwear_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подростковый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подростковую обувь для девочек </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102339</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/botinki_girls/sezon_oio-demisezon/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+демисезонная обувь для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102338</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shoes_for_girls/sezon_oio-zima/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить зимнюю обувь для девочки в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102337</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/orthopedic_boys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ортопедическую обувь для мальчика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102336</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/school_footwear_boys/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
 викинг  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить обувь викинг для мальчика </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344166</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102335</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_girls/brand/19429/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 lenne  — не менее 3 раз 
 детский  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 lenne детская одежда купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344165</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102332</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/ortopedicheskaya_obuv_dlya_detej/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 первый  — не менее 3 раз 
 малыш  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 первая ортопедическая обувь для малыша купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344162</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102329</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4912689/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 обувь  — не менее 3 раз 
 супинатор  — не менее 3 раз 
 малыш  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 обувь без супинатора для малышей купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344161</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102328</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/ortopedicheskaya_obuv_dlya_detej/age-0~5/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 малыш  — не менее 2 раз 
 первый  — не менее 3 раз 
 шаг  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 обувь для малышей ортопедическая первые шаги купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344160</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102327</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/shoes_for_newborns/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 обувь для малышей купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344159</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102326</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_for_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+одежда для девочек 4 лет купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102325</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/detskaya_odezhda/brand/19020/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гарри  — не менее 3 раз 
 поттер  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 одежда с гарри поттером для девочек купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344158</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102324</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/clothes_for_girls/sizes-152/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 подросток  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить одежду для девочки подростка </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344157</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102323</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/palto_d/sezon_oio-zima/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 верхний  — не менее 2 раз 
-зима  — не менее 1 раз 
-купить  — не менее 1 раз 
+зима  — не менее 3 раз 
+купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 верхняя одежда для девочек зима купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344156</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344155</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102322</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/verhnyaa_odegda_girls/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить верхнюю одежду для девочки  
 верхняя одежда для девочек купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344154</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102321</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4675598/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 зеленый  — не менее 3 раз 
 цветной  — не менее 3 раз 
 бумага  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 зеленая цветная бумага купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344153</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102320</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4483663/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 бумага  — не менее 3 раз 
 цветной  — не менее 3 раз 
 голографический  — не менее 3 раз 
 самоклеяться  — не менее 3 раз 
 купить  — не менее 3 раз 
 розница  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 бумага цветная голографическая самоклеющаяся купить в розницу </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344152</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102319</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/ofisnaya_bumaga/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 цветной  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить бумагу цветную 500 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344151</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344150</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102318</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3786330/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 цветной  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 цветная копировальная бумага купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344149</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344148</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102317</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5063029/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 бумага  — не менее 2 раз 
 пастель  — не менее 3 раз 
 цветной  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 бумага для пастели а3 цветная купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344147</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102316</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4481508/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 самоклеяться  — не менее 3 раз 
 цветной  — не менее 3 раз 
 бумага  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 самоклеющаяся цветная бумага купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344146</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102315</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/set_student/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 письменный  — не менее 3 раз 
-принадлежность  — не менее 3 раз 
+принадлежность  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 набор письменных принадлежностей купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344144</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102313</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/writing_materials/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить письменные принадлежности  
 письменные принадлежности купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344143</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102312</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1927181/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 линейка купить 30 см </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344142</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102311</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1834141/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 офицерский  — не менее 3 раз 
 линейка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 офицерская линейка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344141</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102310</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1834131/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 линейка  — не менее 2 раз 
 закройщик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 линейка закройщика купить  
 линейка закройщика купить москва </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344140</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102309</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6026869/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гознак  — не менее 2 раз 
-купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 бумага для черчения гознак а4 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344139</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102308</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4304944/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 меховой  — не менее 3 раз 
 сумочка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую меховую сумочку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344137</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102306</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/paints_oil/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+масляные краски купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102305</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/notebook_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+тетради купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102303</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/handbags_purses/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 силиконовый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить силиконовую сумочку детскую </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344134</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102302</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3308740/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 круг  — не менее 3 раз 
 лепка  — не менее 3 раз 
 глина  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 круг для лепки из глины купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344133</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102301</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3672308/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 голубой  — не менее 3 раз 
 глина  — не менее 2 раз 
 лепка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 голубая глина для лепки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344132</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102300</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/2881/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-jovi  — не менее 3 раз 
 глина  — не менее 3 раз 
 лепка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 jovi глина для лепки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344131</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102299</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3760340/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-ранец  — не менее 3 раз 
-hummingbird  — не менее 3 раз 
+ранец  — не менее 2 раз 
+hummingbird  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ранец hummingbird купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344127</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344125</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102295</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4500764/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 восковой  — не менее 2 раз 
 мелкий  — не менее 2 раз 
 цветок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 восковые мелки 6 цветов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344124</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102293</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1832161/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 стакан непроливайка луч купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344122</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102291</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/tetrady_bloknot/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 блокнот  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить тетради и блокноты </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344121</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344120</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102290</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4458399/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 блокнот  — не менее 2 раз 
 черный  — не менее 3 раз 
 лист  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 блокнот с черными листами купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344119</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102289</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2787351/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+умный блокнот купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102288</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2402691/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 блокнот  — не менее 2 раз 
 желание  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 блокнот желаний купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344118</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102287</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6087010/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 матовый  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 картон цветной матовый купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344116</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102285</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6207725/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 картон  — не менее 2 раз 
 цветной  — не менее 2 раз 
 двухсторонний  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 картон цветной двухсторонний купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344115</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102284</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3583355/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ментальный  — не менее 2 раз 
 математика  — не менее 3 раз 
 купить  — не менее 3 раз 
 учебный  — не менее 3 раз 
 пособие  — не менее 3 раз 
 тетрадь  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ментальная математика купить учебное пособие и тетради </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344113</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102282</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/teaching_aid/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 магнитный  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 магнитные учебные пособия купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344112</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102281</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/rabochie-tetradi/brand/22672/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-учебный  — не менее 2 раз 
-пособие  — не менее 2 раз 
+учебный  — не менее 1 раз 
+пособие  — не менее 1 раз 
 класс  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 учебные пособия 5 класс купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344111</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102280</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/backpacks_911/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 сумка  — не менее 3 раз 
 старшеклассник  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 школьные сумки для старшеклассников купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344110</t>
-[...29 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344108</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102279</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/handbags_purses/age-144~216/gender-female/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+школьный  — не менее 1 раз 
+подросток  — не менее 3 раз 
+девочка  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьные сумки для подростков девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102278</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bags_youth/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьные сумки в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102277</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9481/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+цветной  — не менее 3 раз 
+карандаш  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши stabilo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102276</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/colour_pencils/brand/4992/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 трехгранный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить трехгранные цветные карандаши </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344107</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102275</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6222396/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 цветок  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши 48 цветов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102274</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/colour_pencils/brand/2761/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+многоцветный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+цветные карандаши многоцветные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102273</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_clothes_boys/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьная одежда для мальчиков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102271</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_clothes_girls/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+школьная одежда для девочек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102270</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/clothes_school/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-цветные карандаши 48 цветов купить </t>
-[...38 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
 школьная одежда купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344102</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102269</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/plasticine/brand/5462/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пластилин  — не менее 3 раз 
+гамма  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пластилин гамма купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102267</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2044381/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 секрет  — не менее 2 раз 
 пластилин  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 секреты пластилина купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344101</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102266</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4832011/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+белый  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 скульптурный пластилин купить  
 пластилин белый купить  
 скульптурный пластилин купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344100</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102265</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/plasticine/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+пластилин  — не менее 3 раз 
+купить  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пластилин купить в москве недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344099</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102264</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/backpacks_girls/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
-женский  — не менее 2 раз 
+женский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить рюкзак женский школьный </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344096</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102261</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/knap_first/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 mcneill  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ранец mcneill купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344095</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102260</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/school_boy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+сумка  — не менее 2 раз 
+подросток  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить школьную сумку для мальчика подростка </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102258</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/risovanie_cherchenie/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 черный  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 черная бумага для рисования купить  
 бумага для рисования а4 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344093</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102256</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4229291/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 блокнот  — не менее 3 раз 
 ключ  — не менее 3 раз 
 купить  — не менее 3 раз 
 девочка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 блокнот с ключом купить для девочек </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344091</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102254</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/diary/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 личный  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 личный дневник купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344090</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102253</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/easels/tip_doskihudozh-markernaya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фломастер  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 доска для фломастеров купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344088</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102252</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5146627/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 спиртовой  — не менее 3 раз 
 фломастер  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 спиртовые фломастеры купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344087</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102251</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4625311/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фломастер  — не менее 3 раз 
 posca  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фломастеры posca купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344086</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102250</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4853869/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фломастер  — не менее 1 раз 
 цветок  — не менее 2 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фломастеры 60 цветов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344085</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102249</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4595237/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 фломастер  — не менее 3 раз 
 граффити  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить фломастеры для граффити </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344084</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102248</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4841068/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фломастер  — не менее 3 раз 
 цветок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фломастеры 80 цветов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344083</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102247</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3302122/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 touch  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фломастеры touch купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344082</t>
-[...9 lines deleted...]
-парикмахер  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102246</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3777790/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 чемодан  — не менее 3 раз 
-купить  — не менее 3 раз 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344078</t>
+самокат  — не менее 2 раз 
+детский  — не менее 3 раз 
+купить  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+чемодан самокат детский купить интернет  
+чемодан самокат детский купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102241</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/suitcases/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 samsonite  — не менее 3 раз 
-купить  — не менее 2 раз 
+купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский чемодан samsonite купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344075</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102240</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6024662/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 кресло  — не менее 3 раз 
 яндекс  — не менее 3 раз 
 такси  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детское кресло яндекс такси купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344074</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102239</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/18480/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-детский  — не менее 3 раз 
-кресло  — не менее 3 раз 
+детский  — не менее 1 раз 
+кресло  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское кресло бюрократ </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344073</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344071</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102238</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3098821/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 коляска  — не менее 2 раз 
 yoyo  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 коляска yoyo купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344069</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344065</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102234</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/progulochnie/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить прогулочную коляску в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102232</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3489370/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+baby  — не менее 2 раз 
+ktan  — не менее 2 раз 
+слинг  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+baby ktan слинг купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102229</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4666761/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 куртка  — не менее 3 раз 
 слинг  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 куртка слинг купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344064</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102228</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/slings_bags/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 женский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 сумка слинг женская купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344063</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102227</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/slings/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+didymos  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+слинг didymos купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102226</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3170344/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мини карамель купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344061</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102225</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/caramel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 палочка  — не менее 2 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 карамель на палочке купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344060</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102224</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4944787/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 шоколад  — не менее 2 раз 
 карамель  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шоколад с карамелью купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344059</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102223</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2262121/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мармелад мишки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344057</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344056</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102221</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3343004/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+мармелад  — не менее 2 раз 
+яблочный  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мармелад яблочный купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344055</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102219</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/marmalade/brand/19360/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мармелад сказка купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344054</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102218</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/marmalad/brand/9881/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 харибо  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мармелад харибо купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344053</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102217</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9881/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+мармелад  — не менее 3 раз 
+haribo  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мармелад haribo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102216</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19360/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 мармелад  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить мармелад сказка </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344050</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102214</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3194225/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 шоколад  — не менее 3 раз 
 рафаэлло  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить шоколад рафаэлло  
 шоколад рафаэлло купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344048</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102212</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3289435/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 умный  — не менее 3 раз 
 сладость  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 умные сладости купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344046</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102210</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3439702/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-адвент  — не менее 3 раз 
-календарь  — не менее 3 раз 
+адвент  — не менее 2 раз 
+календарь  — не менее 2 раз 
 сладость  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 адвент календарь сладости купить  
 адвент календарь со сладостями купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344045</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102209</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sladosti_pp/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+полезные сладости купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102208</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/685221/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+пюре  — не менее 2 раз 
+ус  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское пюре сами с усами купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102204</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/511991/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ягненок  — не менее 2 раз 
 пюре  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ягненок пюре детское купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344041</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102203</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1957451/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 каша  — не менее 2 раз 
 умница  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская каша умница купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344040</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102202</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/27091/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 3 раз 
+детский  — не менее 2 раз 
 каша  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские каши lino купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344039</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102201</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/desserts/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские десерты купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344038</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344037</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102199</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/suhie_smesi_i_zameniteli_moloka/brand/8931/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 нутрилон  — не менее 1 раз 
 воронеж  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую смесь нутрилон купить воронеж </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344036</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102198</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/suhie_smesi_i_zameniteli_moloka/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 производитель  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское питание от производителя </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344034</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102195</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/party/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-стульчик  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую парту со стульчиком </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344032</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102193</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2269691/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 доска  — не менее 3 раз 
-сноуборд  — не менее 3 раз 
+сноуборд  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 доска для сноуборда детская купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344030</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102191</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/detskie_doski_dlya_risovaniya_stirayushchiesya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 доска  — не менее 3 раз 
 писать  — не менее 3 раз 
 стирать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский доску пиши стирай </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344029</t>
-[...7 lines deleted...]
-купить  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102190</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3416831/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-доска  — не менее 3 раз 
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344027</t>
+мольберт  — не менее 3 раз 
+ника  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский мольберт ника купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102188</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3372436/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 фонарик  — не менее 2 раз 
 сирена  — не менее 3 раз 
 детский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить фонарик с сиреной детские </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344025</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102186</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2943991/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 брелок  — не менее 3 раз 
 фонарик  — не менее 3 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 брелок фонарик детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344024</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102185</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6047322/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 фонарик  — не менее 1 раз 
 батарейка  — не менее 2 раз 
 новогодний  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские фонарики на батарейках новогодние купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344023</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102184</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2321381/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 фонарик  — не менее 3 раз 
 klein  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский фонарик klein купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344022</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/globes/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102183</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4657500/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 светильник  — не менее 3 раз 
-настольный  — не менее 2 раз 
-[...11 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+облако  — не менее 3 раз 
 детский  — не менее 3 раз 
-часы  — не менее 3 раз 
-[...22 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344017</t>
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+светильник облако в детскую купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102182</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3215576/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушка  — не менее 3 раз 
-детский  — не менее 2 раз 
+детский  — не менее 1 раз 
 арт  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушку детский будильник арт 10360766 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344014</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102178</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3993163/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 ковер  — не менее 3 раз 
 классика  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский ковер классики купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344012</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344008</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102176</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/organayzer/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+расческа  — не менее 3 раз 
+детский  — не менее 3 раз 
+сад  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+органайзер для расчесок в детский сад купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102172</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3892459/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-штора  — не менее 3 раз 
-морской  — не менее 3 раз 
+штора  — не менее 2 раз 
+морской  — не менее 2 раз 
 стиль  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские шторы в морском стиле купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344006</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102171</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4919866/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 штора  — не менее 2 раз 
 тачка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские шторы тачки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344005</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102170</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/fotorulon/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 рулонные шторы детские купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344004</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102169</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/109481/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-ящик  — не менее 3 раз 
-[...2 lines deleted...]
-медведь  — не менее 3 раз 
+ящик  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+маша  — не менее 1 раз 
+медведь  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить ящик для игрушек маша и медведь </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344002</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102167</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/containers_toys/brand/44/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+полимербыт  — не менее 3 раз 
+ящик  — не менее 1 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+полимербыт ящик для игрушек купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102166</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4037960/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 2 раз 
 ящик  — не менее 2 раз 
 игрушка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный ящик для игрушек купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367344001</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102165</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/stellajy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 3 раз 
+ящик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+стеллаж для игрушек с ящиками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102164</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2820721/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 шезлонг  — не менее 2 раз 
 babybjorn  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский шезлонг babybjorn купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343998</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102161</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3189304/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-чехол  — не менее 3 раз 
-[...2 lines deleted...]
-купить  — не менее 3 раз 
+купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 чехол на детский шезлонг купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343997</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102160</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3374307/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 2 раз 
+детский  — не менее 1 раз 
 прыгунок  — не менее 3 раз 
 джампер  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский прыгунок джампер купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343996</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102159</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3141799/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+радионяня  — не менее 2 раз 
+beurer  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радионяня beurer </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102158</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3553517/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 радионяня  — не менее 2 раз 
 моторола  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радионяня моторола купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343995</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102157</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2584881/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 радионяня  — не менее 2 раз 
 philips  — не менее 2 раз 
 avent  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радионяня philips avent scd506 купить  
 радионяня philips avent scd711 52 купить  
 радионяня philips avent scd506 52 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343994</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102156</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3740130/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
-весы  — не менее 1 раз 
-гиря  — не менее 2 раз 
 детский  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить весы с гирями детские  
 весы игрушечные детские с гирями купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343990</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102152</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6020718/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 3 раз 
+ramili  — не менее 3 раз 
+baby  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня ramili baby rv500 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102149</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4037906/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 видеоняня  — не менее 2 раз 
-ramili  — не менее 2 раз 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343987</t>
+angeleye  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня angeleye ae603 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102148</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3096349/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 2 раз 
+moonybaby  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня moonybaby купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102147</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/23504/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 видеоняня  — не менее 3 раз 
 angeleye  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 видеоняня angeleye купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343986</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102146</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6081801/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+видеоняня  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня rv1300 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102144</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3421563/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 видеоняня  — не менее 2 раз 
 моторола  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 видеоняня моторола купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343983</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102142</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baby_monitors/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+качественно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+видеоняня купить в москве недорого качественно  
+видео радионяня купить  
+радионяня с камерой купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102140</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/monitory_dyhania/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 2 раз 
+купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить монитор дыхания  
 монитор дыхания купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343979</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102138</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6206986/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 увлажнитель  — не менее 3 раз 
 воздух  — не менее 3 раз 
 ballu  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить увлажнитель воздуха ballu </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343978</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102137</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3543860/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 увлажнитель  — не менее 2 раз 
 воздух  — не менее 2 раз 
 polaris  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить увлажнитель воздуха polaris </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343977</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102136</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/stulchiki_dlya_kormleniya/brand/73085/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-стул  — не менее 2 раз 
+стул  — не менее 1 раз 
 vrost  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 стул для кормления vrost купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343975</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343974</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102134</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/highchairs_transformers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 стул  — не менее 3 раз 
 матрешка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить стул трансформер для кормления матрешка </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343973</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102133</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/15261/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 медел  — не менее 3 раз 
 поильник  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 медела поильник купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343969</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102130</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/drinking_bowl/osobennosti_butylochki-s_trubochkoj/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 грузик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 поильник с грузиком купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343968</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102128</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/children_clubs/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-чашка  — не менее 1 раз 
 фарфор  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 чашка детская фарфор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343965</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102125</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/urinals/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 2 раз 
 пластиковый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский пластиковый писсуар </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343964</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102124</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3000472/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-tommee  — не менее 3 раз 
-tippee  — не менее 3 раз 
+tommee  — не менее 2 раз 
+tippee  — не менее 2 раз 
 слюнявчик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 tommee tippee слюнявчик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343963</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102123</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/bibs_textile/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 женщина  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить слюнявчик для женщин </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343962</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102122</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/slunyavchiki/brand/23036/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+силиконовый  — не менее 3 раз 
+карман  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+слюнявчик силиконовый с карманом купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102121</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3237755/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 горшок  — не менее 2 раз 
 babybjorn  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский горшок babybjorn купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343960</t>
-[...8 lines deleted...]
-унитаз  — не менее 2 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102119</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pots_baby/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+ручка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+горшок детский с ручками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102117</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/baby_bottles/brand/21346/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+фирма  — не менее 3 раз 
+кон  — не менее 3 раз 
+матат  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую бутылочку фирмы кона матата </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102116</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matress_8/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-детский горшок в виде унитаза купить </t>
-[...11 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
 детский матрас 80 180 купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343956</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102115</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/raskladushki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 3 раз 
-раскладушка  — не менее 3 раз 
+детский  — не менее 2 раз 
+раскладушка  — не менее 1 раз 
 матрас  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская раскладушка с матрасом купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343955</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102114</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/matrasi/osobennosti_matrasy-ortopedicheskij/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить детский ортопедический матрас  
 купить детский ортопедический матрас в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343954</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102113</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matress_80/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские матрасы 80х160 купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102112</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6121445/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 плед  — не менее 2 раз 
 символика  — не менее 3 раз 
 спартак  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский плед с символикой спартака </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343953</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102111</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3498538/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кашемировый  — не менее 3 раз 
 детский  — не менее 3 раз 
 плед  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кашемировый детский плед купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343952</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102110</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/592791/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 плед  — не менее 3 раз 
 шерсть  — не менее 3 раз 
 меринос  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские пледы из шерсти мериноса купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343951</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102109</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/plaid_knitted/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 2 раз 
-вязаный  — не менее 2 раз 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+вязаный  — не менее 3 раз 
+плед  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский вязаный плед </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343950</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102108</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5105607/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 бамбуковый  — не менее 3 раз 
 одеяло  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детское бамбуковое одеяло купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343948</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343947</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102106</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4966271/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 клетка  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую одеяло в клетку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343946</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102105</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/odeyala/brand/71231/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 аскон  — не менее 3 раз 
-одеяло  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 аскона одеяло детское купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343945</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343944</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102104</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lingerie_bed/pol-malchik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское постельное белье для мальчика </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343942</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102101</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3334790/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 светиться  — не менее 3 раз 
 постельный  — не менее 2 раз 
 белье  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 светящееся постельное белье детское купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343941</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102100</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/dlia_sna/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 эффект  — не менее 3 раз 
 память  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская подушка с эффектом памяти купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343939</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102098</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4915138/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-латексный  — не менее 2 раз 
-купить  — не менее 1 раз 
+детский  — не менее 2 раз 
+латексный  — не менее 3 раз 
+подушка  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская латексная подушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343937</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102096</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/podushky/brand/25777/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 ортопедический  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская ортопедическая подушка trelax купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343936</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102095</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pillows/brand/71231/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
 аскон  — не менее 3 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская подушка аскона купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343935</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102094</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3696521/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 2 раз 
+детский  — не менее 1 раз 
 бабочка  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская ортопедическая подушка бабочка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343934</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102093</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/cushion_newborns/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 1 раз 
 ортопедический  — не менее 3 раз 
 рождение  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская подушка ортопедическая с рождения купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343932</t>
-[...17 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343931</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102091</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/komod/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+комната  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить комод в детскую комнату </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102088</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/krovatki_box/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 кровать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детскую кровать комод </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343929</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102087</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kolybeli/osobennosti_kolybeli-podvesnaya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 подвесной  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 колыбель подвесная купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343927</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102085</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3139703/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-колыбель  — не менее 3 раз 
+колыбель  — не менее 2 раз 
 козь  — не менее 3 раз 
 тутти  — не менее 3 раз 
 бамбини  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 колыбель кози тутти бамбини купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343926</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102084</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3679267/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 колыбель  — не менее 3 раз 
 ньютон  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 колыбель ньютона купить  
 колыбель ньютона купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343925</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102083</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/holders_canopies/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 взрослый  — не менее 3 раз 
 кровать  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 держатель для балдахина на взрослую кровать купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343923</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102081</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4681149/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+балдахин  — не менее 2 раз 
+кроватка  — не менее 3 раз 
+домик  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+балдахин на кроватку домик купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102080</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shezlongi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+good  — не менее 3 раз 
+luck  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+good luck шезлонг детский купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102079</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/matrees_60_120/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+наматрасник  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские наматрасники 120х60 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102078</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/bed_house/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская кроватка домик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343920</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343919</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102077</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3255410/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 манеж  — не менее 3 раз 
 щенок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 манеж для щенков купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343914</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102072</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4039888/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-манеж  — не менее 3 раз 
-[...3 lines deleted...]
-martin  — не менее 3 раз 
+манеж  — не менее 2 раз 
+кровать  — не менее 2 раз 
+happy  — не менее 2 раз 
+baby  — не менее 2 раз 
+martin  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 манеж кровать happy baby martin купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343907</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102065</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2982881/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 манеж  — не менее 2 раз 
 кровать  — не менее 2 раз 
 graco  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 манеж кровать graco купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343906</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102064</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3786485/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 алиса  — не менее 3 раз 
 купить  — не менее 3 раз 
-детский  — не менее 3 раз 
+детский  — не менее 2 раз 
 соляной  — не менее 3 раз 
-грелка  — не менее 3 раз 
+грелка  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 алиса где купить детскую соляную грелку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343901</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102059</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/warmer/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 1 раз 
 солевой  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская солевая грелка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343900</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102058</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/inhalers/brand/24642/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-ингалятор  — не менее 3 раз 
-омрон  — не менее 3 раз 
+омрон  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить ингалятор омрон </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343899</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102057</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3093253/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-газоотводный  — не менее 3 раз 
-[...1 lines deleted...]
-малышок  — не менее 3 раз 
+газоотводный  — не менее 2 раз 
+трубка  — не менее 2 раз 
+малышок  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 газоотводная трубка малышок купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343897</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102055</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4542212/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-глазной  — не менее 3 раз 
-пластырь  — не менее 3 раз 
+глазной  — не менее 2 раз 
+пластырь  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 глазной пластырь детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343893</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102051</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4542234/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пластырь для глаз детский купить  
+пластырь для глаз детский купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102050</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4756203/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-магикопласт  — не менее 3 раз 
+магикопласт  — не менее 2 раз 
 детский  — не менее 3 раз 
-пластырь  — не менее 3 раз 
-кашель  — не менее 3 раз 
+пластырь  — не менее 2 раз 
+кашель  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 магикопласт детские пластыри от кашля купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343891</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102049</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bandages/brand/25661/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+магикопласт  — не менее 1 раз 
+купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+магикопласт купить в москве детские пластыри </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102048</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/bandages/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 2 раз 
 рисунок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские пластыри с рисунками купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343889</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102047</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/209972/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+взрослый  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+газоотводная трубка взрослому купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102046</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3707624/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 электронный  — не менее 2 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-цифровой тест на беременность купить  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343886</t>
+электронный тест на беременность купить  
+цифровой тест на беременность купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102044</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3665743/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 безртутный  — не менее 3 раз 
+термометр  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+безртутный термометр купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102038</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/gidrometr/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 термометр  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-безртутный термометр купить </t>
-[...13 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
 термометр гигрометр купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343879</t>
-[...8 lines deleted...]
-няня  — не менее 2 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102037</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/421091/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ленора  — не менее 3 раз 
+детский  — не менее 3 раз 
 кондиционер  — не менее 2 раз 
-детский  — не менее 2 раз 
-[...17 lines deleted...]
-белье  — не менее 2 раз 
+белье  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ленор детский кондиционер для белья купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343875</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102034</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3664388/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 1 раз 
-купить  — не менее 1 раз 
+детский  — не менее 3 раз 
+стиральный  — не менее 2 раз 
+порошок  — не менее 2 раз 
+фосфат  — не менее 3 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские стиральные порошки без фосфатов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343874</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102033</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4115644/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-чистаун  — не менее 3 раз 
-[...1 lines deleted...]
-порошок  — не менее 3 раз 
+чистаун  — не менее 2 раз 
+стиральный  — не менее 2 раз 
+порошок  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 чистаун стиральный порошок детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343873</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102032</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/washing_powders/brand/1292/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-стиральный  — не менее 1 раз 
 babyline  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 стиральный порошок babyline детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343872</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102031</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6130441/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские стиральные порошки эко купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102030</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sr_va_ukladki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 средства для укладки волос купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343870</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102028</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/uhod_lico/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить прибор для ухода за лицом </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343869</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102027</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3819596/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пароварка  — не менее 2 раз 
+блендер  — не менее 2 раз 
+gfsb  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пароварка блендер gfsb 6 купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102026</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3498571/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 блендер  — не менее 3 раз 
 пароварка  — не менее 3 раз 
 twistshake  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 блендеры пароварки twistshake купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343868</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102025</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6008380/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-блендер  — не менее 3 раз 
-[...1 lines deleted...]
-kitfort  — не менее 3 раз 
+блендер  — не менее 2 раз 
+пароварка  — не менее 2 раз 
+kitfort  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 блендеры пароварки kitfort купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343867</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102024</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5045663/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пароварка  — не менее 2 раз 
 блендер  — не менее 2 раз 
 happy  — не менее 2 раз 
 baby  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пароварка блендер happy baby купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343866</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343865</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102023</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/breast_pumps/brand/15261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+medela  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+молокоотсос medela купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102022</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/breast_pumps_electric/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+двойной  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+молокоотсос двойной электрический купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102021</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/breast_pumps/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 аптека  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 молокоотсос купить в аптеке  
 молокоотсос купить в москве в аптеке </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343862</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102020</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sterilizers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 паровой  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 стерилизатор паровой купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343861</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102019</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3639109/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шея  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+валики для спины и шеи купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102018</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4604429/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 био  — не менее 3 раз 
 ойл  — не менее 3 раз 
 косметический  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 био ойл масло косметическое купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343858</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102015</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/oil_cosmetik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 где можно купить косметическое масло </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343857</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102014</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4113950/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 масло  — не менее 2 раз 
 авокадо  — не менее 3 раз 
 купить  — не менее 3 раз 
 косметический  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 масло авокадо купить в москве косметическое </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343856</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102013</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3441634/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 масло  — не менее 2 раз 
 виноградный  — не менее 3 раз 
 косточка  — не менее 3 раз 
 косметический  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 масло виноградной косточки косметическое купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343855</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102012</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3639252/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-масло  — не менее 3 раз 
+масло  — не менее 2 раз 
 шиповник  — не менее 3 раз 
 косметический  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 масло шиповника косметическое купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343854</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102011</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6072866/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пенка  — не менее 3 раз 
 mama  — не менее 2 раз 
 comfort  — не менее 3 раз 
 интимный  — не менее 3 раз 
 гигиена  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пенка mama comfort для интимной гигиены купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343853</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102010</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4080679/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 крем  — не менее 3 раз 
 лицо  — не менее 3 раз 
 невский  — не менее 3 раз 
 косметика  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить крем для лица невская косметика </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343852</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102009</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5042261/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 крем  — не менее 3 раз 
 лифтинг  — не менее 3 раз 
 лицо  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить крем лифтинг для лица </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343851</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343850</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102008</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sunscream/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 лицо  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 солнцезащитный крем для лица купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343849</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102006</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/face_cream/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 интернет  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 крем для лица купить в интернет магазине </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343848</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102005</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/massagery/brand/20676/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 gezatone  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить массажер gezatone </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343847</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102004</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4497341/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 массажер  — не менее 2 раз 
 голова  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 массажер для головы купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343846</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102003</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/elektrobritvy_men/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 новосибирск  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 электробритвы мужские купить в новосибирске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343845</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102002</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6213574/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 электробритва  — не менее 3 раз 
 мужской  — не менее 3 раз 
 купить  — не менее 3 раз 
 интернет  — не менее 2 раз 
 магазин  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 электробритвы мужские купить в интернет магазине </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343844</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102001</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6302807/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 электробритва  — не менее 2 раз 
 мужской  — не менее 3 раз 
 хороший  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 электробритвы мужские лучшие купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343843</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102000</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6190762/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 многоразовый  — не менее 2 раз 
 прокладка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 многоразовые прокладки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343842</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101999</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3286004/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить урологические прокладки seni </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343841</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101998</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/12031/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-прокладка  — не менее 3 раз 
+прокладка  — не менее 1 раз 
 олвейс  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить прокладки олвейс </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343840</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101997</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/absorbent_underwear/brand/20011/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-подгузник  — не менее 3 раз 
 сени  — не менее 3 раз 
-взрослый  — не менее 3 раз 
-москва  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить подгузники сени для взрослых в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343838</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101995</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/verhnyaya-odezhda-dlya-beremennyh/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+зима  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+верхняя одежда для беременных зима купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101993</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4029616/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 мама  — не менее 3 раз 
 комфорт  — не менее 2 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 бандаж мама комфорт купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343834</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101990</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4385867/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 theraline  — не менее 2 раз 
 подушка  — не менее 2 раз 
 беременный  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 theraline подушка для беременных купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343832</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101988</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pillows_expectant_mothers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 наволочка  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 наволочка для подушки для беременных купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343831</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343830</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101987</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/foot_cream/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 интернет  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 крем для ног купить интернет магазин </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343829</t>
-[...6 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101986</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1784491/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+держатель  — не менее 3 раз 
+пустышка  — не менее 2 раз 
+philips  — не менее 2 раз 
+avent  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+держатель для пустышки philips avent купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101982</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3226813/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+воронеж  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пустышка авент 6 18 купить воронеж </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101981</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pacifiers_teethers/brand/15171/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+hevea  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+hevea пустышка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101980</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/389941/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+пустышка  — не менее 2 раз 
+bibi  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пустышка bibi купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101979</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shroud_shaper/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+корректор  — не менее 3 раз 
+сосок  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+корректор сосков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101978</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6170979/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+сосок  — не менее 2 раз 
+молочный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+соска молочная купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101977</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/cosmetics_for_nipples/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+mustela  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+mustela крем для сосков купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101976</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/dummy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+серебряный  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-крем для ног с мочевиной 30 купить </t>
-[...76 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343819</t>
+купить пустышка 6 18 пустышка  
+серебряная соска пустышка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101974</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/holders_pacifiers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 именной  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 именные держатели для пустышек купить  
 именной держатель для пустышки купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343816</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101973</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/scissors_manicure/brand/3804/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 нук  — не менее 3 раз 
-ножницы  — не менее 3 раз 
+аптека  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить нук ножницы детские 10256257 в аптеках </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101972</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/1927421/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ножницы для левшей детские купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101971</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/scissors/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 детский  — не менее 3 раз 
-аптека  — не менее 3 раз 
-[...28 lines deleted...]
-творчество  — не менее 3 раз 
+творчество  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детские ножницы для творчества </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343813</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101970</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/scissors_manicure/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 путилково  — не менее 3 раз 
 химки  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 куплю детские ножницы в путилково химки </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343812</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343810</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101969</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6131571/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 ватный  — не менее 2 раз 
 палочка  — не менее 2 раз 
 деревянный  — не менее 3 раз 
 основа  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить ватные палочки на деревянной основе </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343809</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101967</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3788730/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-ватный  — не менее 3 раз 
-палочка  — не менее 3 раз 
+ватный  — не менее 2 раз 
+палочка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 я самая ватные палочки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343808</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343807</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101966</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/326091/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 джонсонс  — не менее 3 раз 
 беби  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные палочки джонсонс беби купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343805</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101964</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/217222/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 длинный  — не менее 3 раз 
 горло  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 длинные ватные палочки для горла купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343804</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101963</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4846979/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 горло  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные палочки для горла купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343803</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101962</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soaps/brand/18970/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+фигурный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детское фигурное мыло купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101960</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3727036/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 мыло  — не менее 2 раз 
 алиса  — не менее 3 раз 
 купить  — не менее 3 раз 
 дешево  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детское мыло алиса купить дешево москва </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343801</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101959</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/soap_lump/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гр  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мыло детское 200 гр купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343800</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101958</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/soaps/brand/6241/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 little  — не менее 3 раз 
 siberica  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 little siberica детское мыло купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343799</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101957</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3746636/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 мыло  — не менее 2 раз 
 детский  — не менее 3 раз 
 тик  — не менее 3 раз 
 свобода  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мыло детское тик так 150г свобода купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343798</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101956</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2868371/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 тик  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мыло детское тик так купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343797</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101955</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/soaps/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 добавка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детское мыло без добавок </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343796</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101954</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3760519/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский крем невская косметика купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343795</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101953</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3439699/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 адвент  — не менее 2 раз 
 календарь  — не менее 2 раз 
 детский  — не менее 3 раз 
 косметика  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 адвент календарь с детской косметикой купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343794</t>
-[...39 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343789</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101952</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sunscreen_milk/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить солнцезащитное молочко  
 солнцезащитное молочко купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343788</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101948</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4880799/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гигиенический  — не менее 3 раз 
 помада  — не менее 3 раз 
-гиалурон  — не менее 3 раз 
-evo  — не менее 3 раз 
+гиалурон  — не менее 2 раз 
+evo  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гигиеническая помада гиалурон evo купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343787</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101947</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lip_balm/brand/21194/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гигиенический  — не менее 3 раз 
 помада  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гигиеническая помада фруктовый поцелуй купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343786</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101946</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1959731/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гигиеническая помада пантенол купить  
-гигиеническая помада пантенол купить в москве </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343785</t>
+гигиеническая помада пантенол купить в москве  
+гигиеническая помада пантенол evo купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101945</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/winter_cosmetics/brand/3637/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гигиенический  — не менее 2 раз 
 помада  — не менее 2 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гигиеническая помада морозко купить  
 гигиеническая помада морозко купить москва </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343784</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101944</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/aspirators/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 аспиратор назальный детский купить в минске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343783</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101943</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4214895/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-набор  — не менее 3 раз 
-[...1 lines deleted...]
-губа  — не менее 3 раз 
+набор  — не менее 2 раз 
+бальзам  — не менее 2 раз 
+губа  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить набор бальзамов для губ </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343781</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101941</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3935389/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-revyline  — не менее 3 раз 
-[...1 lines deleted...]
-щетка  — не менее 3 раз 
+revyline  — не менее 2 раз 
+зубной  — не менее 2 раз 
+щетка  — не менее 2 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 revyline зубная щетка детская купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343777</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343775</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101937</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3163552/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные диски 120 шт купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343774</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101934</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6067301/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 квадратный  — не менее 2 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные диски квадратные купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343773</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101933</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4817412/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ватный  — не менее 2 раз 
 диск  — не менее 2 раз 
 органический  — не менее 3 раз 
 хлопок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ватные диски из органического хлопка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343772</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101932</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/poloten_kuhny/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-махровый  — не менее 3 раз 
-детский  — не менее 1 раз 
+махровый  — не менее 2 раз 
+детский  — не менее 2 раз 
 сад  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить махровое полотенце 40х70 для детского сада </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343769</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101929</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4340261/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+детский  — не менее 3 раз 
+полотенце  — не менее 2 раз 
+свинка  — не менее 3 раз 
+пепе  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детское полотенце со свинкой пепе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101928</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4968206/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 полотенце детское 70х140 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343768</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343764</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101927</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/poloten_vannoy/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+мультгерой  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские полотенца с мультгероями купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101926</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/2451/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+шампунь  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский шампунь карапуз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101922</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6173834/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-шампунь  — не менее 3 раз 
-[...14 lines deleted...]
-шампунь  — не менее 3 раз 
+шампунь  — не менее 2 раз 
 джонсон  — не менее 3 раз 
 беби  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский шампунь джонсон беби купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343762</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101921</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/schampoo/tip_volos_kosmetika-vyushchiesya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
 кудрявый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский шампунь для кудрявых волос </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343761</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101920</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3749065/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 шампунь  — не менее 2 раз 
 тик  — не менее 3 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шампунь тик так детский купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343760</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101919</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/20853/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+детский  — не менее 2 раз 
+шампунь  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+levrana детский шампунь купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101918</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3275814/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 детский  — не менее 3 раз 
-шампунь  — не менее 3 раз 
-[...15 lines deleted...]
-шампунь  — не менее 3 раз 
+шампунь  — не менее 2 раз 
 мустеть  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский шампунь мустела </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343757</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101916</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/shampoos/brand/6241/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+натура  — не менее 3 раз 
+сиберик  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский шампунь натура сиберика </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101915</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/shampoos/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 весна  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шампунь детский весна купить в магазине </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343754</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101913</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3819565/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 растворимый  — не менее 3 раз 
 туалетный  — не менее 2 раз 
 бумага  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 растворимая туалетная бумага купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343753</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101912</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/toilet_paper_wet_dry/brand/18251/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 maneki  — не менее 3 раз 
-туалетный  — не менее 3 раз 
-бумага  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 maneki туалетная бумага купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343752</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101911</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4217856/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-туалетный  — не менее 3 раз 
-бумага  — не менее 3 раз 
+туалетный  — не менее 2 раз 
+бумага  — не менее 2 раз 
 рулон  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 туалетная бумага 12 рулонов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343750</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101909</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/1440391/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-туалетный  — не менее 3 раз 
-[...1 lines deleted...]
-zewa  — не менее 3 раз 
+туалетный  — не менее 2 раз 
+бумага  — не менее 2 раз 
+zewa  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 туалетная бумага zewa купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343748</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101907</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/flannel_diapers/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+ситец  — не менее 3 раз 
+фланель  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детские пеленки из ситца фланели </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101905</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/disposable_diapers/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 день  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские пеленки каждый день купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343746</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101904</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4604283/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 лицо  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 влажные салфетки для лица купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343744</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101902</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/1salfetky/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 влажный  — не менее 3 раз 
-салфетка  — не менее 3 раз 
 россия  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить влажные салфетки россия </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343743</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101901</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4860549/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
-[...11 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+клапан  — не менее 3 раз 
 влажный  — не менее 2 раз 
 салфетка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+клапан для влажных салфеток купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101900</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3778077/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+влажный  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
 влажные салфетки я самая купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343741</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101899</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3739902/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 влажные салфетки aura купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343740</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101898</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4024131/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+влажный  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+интимный  — не менее 2 раз 
+гигиена  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 влажные салфетки для интимной гигиены купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343739</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101897</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/wet_wipes/brand/821/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 2 раз 
+merries  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить влажные салфетки merries </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343738</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101896</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/antibacterial_antiseptic_wipes/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+салфетки влажные антисептические купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101895</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3731444/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 влажный  — не менее 2 раз 
 салфетка  — не менее 2 раз 
 лежачий  — не менее 3 раз 
 больной  — не менее 3 раз 
 большой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить влажные салфетки для лежачих больных большие </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343737</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101894</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4108003/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 влажный  — не менее 2 раз 
 салфетка  — не менее 2 раз 
 уборка  — не менее 3 раз 
 дом  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить влажные салфетки для уборки дома </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343736</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101893</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/prikassovye_salfetki/brand/18384/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+yokosun  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+влажные салфетки yokosun купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101892</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/box/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 влажный  — не менее 2 раз 
 индивидуальный  — не менее 3 раз 
 упаковка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 влажные салфетки в индивидуальной упаковке купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343735</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343734</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101891</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3959987/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пеленальный  — не менее 3 раз 
 столик  — не менее 3 раз 
 кукла  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пеленальный столик для кукол купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343732</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101889</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/dresser_changing/brand/43/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+можга  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+комод можга с пеленальным столиком купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101888</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pelenalnye_stoliki/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-пеленальный  — не менее 3 раз 
-столик  — не менее 3 раз 
 ванночка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пеленальный столик с ванночкой купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343731</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101887</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2037351/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 присыпка  — не менее 3 раз 
 цинк  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская присыпка с цинком купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343727</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101883</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2228541/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+подгузник  — не менее 2 раз 
+сени  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить подгузники сени </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101881</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3188620/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+асепта  — не менее 2 раз 
+салфетка  — не менее 2 раз 
+детский  — не менее 3 раз 
+зуб  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+асепта салфетки детские для зубов купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101878</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4824010/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
-сени  — не менее 3 раз 
-[...25 lines deleted...]
-купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские влажные салфетки без отдушки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343721</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101877</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3335851/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 салфетка  — не менее 2 раз 
 влажный  — не менее 2 раз 
 детский  — не менее 3 раз 
 джонсон  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить салфетки влажные детские джонсон </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343720</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101876</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/wipes_container/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 влажный  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 контейнер для влажных салфеток купить  
 контейнер для влажных салфеток купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343719</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101875</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3190321/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 шар  — не менее 3 раз 
 головоломка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская игрушка шар головоломка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343718</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101874</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3839498/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-колонка  — не менее 3 раз 
-яндекс  — не менее 3 раз 
+колонка  — не менее 2 раз 
+яндекс  — не менее 2 раз 
 плюс  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 колонка яндекс плюс купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343717</t>
-[...25 lines deleted...]
-original  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101873</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/naushniki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+jbl  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-шар лабиринт perplexus original купить </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343710</t>
+наушники jbl детские купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101866</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3369032/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 брелка  — не менее 3 раз 
 тигренок  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 брелки тигрята купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343707</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101862</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3337685/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 брелка  — не менее 3 раз 
 черепаха  — не менее 3 раз 
 живой  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 брелки с черепахами живыми купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343706</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101861</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3398300/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-рация  — не менее 3 раз 
+рация  — не менее 2 раз 
 моторола  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская рация моторола купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343704</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101859</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/game_walkie-talkies/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 1 раз 
 двое  — не менее 3 раз 
-купить  — не менее 3 раз 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343703</t>
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детские рации на двоих купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101858</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/electric_garlands/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 батарейка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 гирлянда на батарейках купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343700</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101855</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/batteries1/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+где купить батарейки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101852</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/akkumuliator_batareika/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 аккумуляторный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить аккумуляторные батарейки </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343694</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101850</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2998098/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-фотоаппарат  — не менее 3 раз 
-[...1 lines deleted...]
-патруль  — не менее 3 раз 
+фотоаппарат  — не менее 2 раз 
+щенячий  — не менее 2 раз 
+патруль  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский фотоаппарат щенячий патруль купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343691</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101847</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3836772/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-фотоаппарат  — не менее 3 раз 
+фотоаппарат  — не менее 2 раз 
 детский  — не менее 3 раз 
 gsmin  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фотоаппарат детский gsmin купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343690</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101846</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/foto_video_tehnika/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
+фотоаппарат  — не менее 1 раз 
 купить  — не менее 3 раз 
 видео  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский фотоаппарат купить м видео </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343689</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101845</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3798456/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
-фотоаппарат  — не менее 3 раз 
-котик  — не менее 3 раз 
+фотоаппарат  — не менее 2 раз 
+котик  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский фотоаппарат котик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343688</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101844</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3804590/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+детский  — не менее 1 раз 
 hello  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детский фотоаппарат hello kitty купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343687</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101843</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6015647/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+фотоаппарат  — не менее 2 раз 
+зайчик  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский фотоаппарат зайчик купить  
+детский фотоаппарат зайчик купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101842</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3128822/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+фотоаппарат  — не менее 2 раз 
+детский  — не менее 3 раз 
+микки  — не менее 3 раз 
+маус  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+фотоаппарат детский микки маус купить  
+детский фотоаппарат микки маус купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101841</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3319456/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 карточный  — не менее 3 раз 
 игра  — не менее 2 раз 
 майнкрафт  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 карточная игра майнкрафт купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343684</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101839</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4657062/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-карточный  — не менее 2 раз 
+карточный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 карточная игра покер купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343683</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101838</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/forma_nastolki-kartochnaya/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+интернет  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+карточные игры купить в интернет магазине </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101837</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3102374/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 соображария  — не менее 3 раз 
 каникулы  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 соображарий каникулы купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343681</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101836</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2190821/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 соображарий 5 купить  
 игра соображарий купить в минске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343680</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101835</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2202311/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+тащить  — не менее 1 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+манчкин тащи сокровища купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101834</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6196112/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+русский манчкин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101833</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3483815/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 футбол  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игроки для настольного футбола купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343678</t>
-[...6 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101830</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6161793/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дженг  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-ложка уно купить москва </t>
-[...11 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
 дженга бум купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343674</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343673</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101827</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3174007/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+дженг  — не менее 3 раз 
+животное  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дженга животные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101826</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3956863/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 настольный  — не менее 2 раз 
 игра  — не менее 2 раз 
 морской  — не менее 2 раз 
 бой  — не менее 2 раз 
 шарик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольная игра морской бой с шариками купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343672</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101825</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3144935/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 монополия  — не менее 3 раз 
 игра  — не менее 2 раз 
 престол  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 монополия игра престолов купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343671</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101824</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/210342/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 монополия  — не менее 3 раз 
 империя  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 монополия империя купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343670</t>
-[...28 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343668</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101823</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6101090/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 шахматы  — не менее 2 раз 
 нарды  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 шахматы нарды купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343667</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343666</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101822</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kolyaski/brand/1551/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 tutis  — не менее 3 раз 
 uno  — не менее 3 раз 
 plus  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 tutis uno plus купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343664</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101820</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kolyaski_3v1/brand/18404/reviews/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-tutis  — не менее 1 раз 
+tutis  — не менее 3 раз 
 uno  — не менее 3 раз 
-купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 tutis uno 3 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343661</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101817</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3538403/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+подземелье  — не менее 2 раз 
+настольный  — не менее 2 раз 
+игра  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+подземелье настольная игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101815</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/tip_nastolki-semeinye/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+настольные игры для всей семьи купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101814</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/2192191/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-подземелье настольная игра купить </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343659</t>
+шакал настольная игра купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101812</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольные игры купить недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343657</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101811</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3311865/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игра  — не менее 2 раз 
 джуманджа  — не менее 3 раз 
 настольный  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игра джуманджи настольная купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343655</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101809</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvivaushie_igri/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить развивающие настольные игры </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101805</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/logic/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+логические игры настольные купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101804</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3184340/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+свинтус  — не менее 2 раз 
+большой  — не менее 3 раз 
+приключение  — не менее 3 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 свинтус большое приключение купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343651</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101803</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/17291/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 дорожный  — не менее 3 раз 
 scrabble  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 дорожный scrabble купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343649</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101801</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/nastolnye_igry/brand/19125/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+scrabble  — не менее 3 раз 
 английский  — не менее 3 раз 
-купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 scrabble на английском купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343647</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101799</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2993629/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 классик  — не менее 2 раз 
 monopoly  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игра настольная монополия классика monopoly c1009 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343645</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101797</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3121696/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 картина  — не менее 3 раз 
 alec  — не менее 3 раз 
+monopoly  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 картины alec monopoly купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343644</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101796</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/biznes_igry/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 бизнес  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить настольную экономическую игру бизнес </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343642</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101794</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3109772/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 3 раз 
-[...2 lines deleted...]
-купить  — не менее 3 раз 
+детский  — не менее 2 раз 
+купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детское пианино elc купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343639</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101791</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/keyboard_tools/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-детский  — не менее 3 раз 
+детский  — не менее 2 раз 
 механический  — не менее 3 раз 
 пианино  — не менее 2 раз 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детское механическое пианино купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343638</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101790</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3233296/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 малышарик  — не менее 3 раз 
 игрушка  — не менее 2 раз 
 купание  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 малышарики игрушки для купания купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343637</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101789</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3233295/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушка  — не менее 2 раз 
+мимимишко  — не менее 3 раз 
+купание  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушки мимимишки для купания купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101788</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3244442/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 проектор  — не менее 3 раз 
 сон  — не менее 3 раз 
-fisher  — не менее 3 раз 
-[...1 lines deleted...]
-облако  — не менее 3 раз 
+fisher  — не менее 2 раз 
+price  — не менее 2 раз 
+облако  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 проектор для сна fisher price облако купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343636</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101787</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/svetilnik_nastolniy/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 ночник  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить ночник настольный </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343635</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101786</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3745988/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ночник  — не менее 2 раз 
 датчик  — не менее 3 раз 
 движение  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ночник с датчиком движения купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343634</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101785</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6105049/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+ночник  — не менее 2 раз 
+проектор  — не менее 3 раз 
+звездный  — не менее 3 раз 
+небо  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+ночник проектор звездного неба купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101784</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/swimming_baths/brand/3647/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
-игрушка  — не менее 3 раз 
+игрушка  — не менее 2 раз 
 ванная  — не менее 3 раз 
+курносик  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушки для ванной курносики </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343632</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101783</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4932833/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 волшебный  — не менее 1 раз 
-купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушка для ванны волшебный кран купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343631</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101782</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4907361/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 кит  — не менее 3 раз 
 ванная  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушку кит для ванной </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343630</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101781</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/158032/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 титаник  — не менее 3 раз 
 игрушка  — не менее 2 раз 
 ванная  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 титаник игрушка для ванной купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343629</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101780</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6008309/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушка  — не менее 2 раз 
 ванная  — не менее 3 раз 
 смешарик  — не менее 3 раз 
 лосяш  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушка для ванной смешарики лосяш купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343628</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101778</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4934341/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 подводный  — не менее 1 раз 
 лодка  — не менее 1 раз 
 ванная  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 подводная лодка игрушка для ванной купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343627</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101777</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6070670/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+бомбочки для ванны с игрушкой внутри купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101776</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3856430/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+смешарик  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+ванная  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+смешарики игрушки для ванной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101775</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/tip_aks_kukly-krovat/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 деревянный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить деревянную игрушку кроватку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343626</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101774</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/bath_toys/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 душа  — не менее 3 раз 
 ванна  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушка детский душ для ванны </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343625</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101773</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3397440/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 каталка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 самокат каталка детский 5 в 1 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343624</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101772</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/5078066/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 веревочка  — не менее 2 раз 
-купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детские каталки веревочке купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343623</t>
-[...6 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101771</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/41931/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
 развивать  — не менее 3 раз 
 коврик  — не менее 2 раз 
-tiny  — не менее 2 раз 
-love  — не менее 2 раз 
+сафари  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить развивающий коврик сафари </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101770</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3892522/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+развивать  — не менее 3 раз 
+коврик  — не менее 3 раз 
+tiny  — не менее 3 раз 
+love  — не менее 3 раз 
 бохо  — не менее 3 раз 
 шик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 развивающий коврик tiny love бохо шик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343622</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343621</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101769</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19331/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 детский  — не менее 3 раз 
-ночник  — не менее 3 раз 
-zazu  — не менее 3 раз 
+ночник  — не менее 2 раз 
 kids  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский ночник zazu kids </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343619</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343614</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101767</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/razvivayushchie/material_igr-derevo/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянные развивающие игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101762</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4455285/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 гибкий  — не менее 3 раз 
 пианино  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить гибкое пианино  
 гибкое пианино купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343611</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101759</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mats_blinds/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
+ванная  — не менее 1 раз 
 икея  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить детский коврик в ванную в икеи </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343609</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101757</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/19759/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+детский  — не менее 3 раз 
+массажный  — не менее 3 раз 
+коврик  — не менее 3 раз 
+нога  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+детский массажный коврик для ног купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101756</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/razvivayushchie_kovriki/brand/19538/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ортопедический  — не менее 3 раз 
 детский  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 коврики ортопедические детские купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343608</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343606</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101755</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3795098/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+каталка  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+умка  — не менее 2 раз 
+музыкальный  — не менее 3 раз 
+улитка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+каталка игрушка умка музыкальная улитка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101753</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/rollers_with_handle/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушка  — не менее 2 раз 
 век  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушки каталки 21 век </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343605</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101752</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3763508/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 держатель  — не менее 3 раз 
 детский  — не менее 3 раз 
-мобиль  — не менее 3 раз 
+мобиль  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 держатель для детского мобиля купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343604</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343603</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101751</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3146969/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ходунок  — не менее 2 раз 
 каталка  — не менее 3 раз 
 vtech  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ходунки каталка vtech купить  
 ходунки каталка vtech 2 в 1 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343601</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101749</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/158022/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 мини  — не менее 3 раз 
-пианино  — не менее 3 раз 
+пианино  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить мини пианино  
 мини пианино купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343599</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101747</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3083801/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ксилофон купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343595</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101743</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/percussion_instruments/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ксилофон  — не менее 2 раз 
-музыкальный  — не менее 2 раз 
-купить  — не менее 3 раз 
+музыкальный  — не менее 1 раз 
+купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ксилофон музыкальный инструмент купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343593</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343591</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101741</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bed_cars/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детскую кровать машинку  
+детская кровать машинка купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101739</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3676378/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 игрушечный  — не менее 1 раз 
 меч  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный самурайский меч </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343590</t>
-[...30 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343587</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101738</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/weapon_kits/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-военный  — не менее 2 раз 
-набор  — не менее 2 раз 
+военный  — не менее 3 раз 
+игрушечный  — не менее 3 раз 
+набор  — не менее 3 раз 
+купить  — не менее 3 раз 
 ружье  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 военный игрушечный набор купить с ружьем недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343586</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101736</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/firearms/tip_oruzhie-ruzhya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
+ружье  — не менее 3 раз 
 яндекс  — не менее 3 раз 
 маркет  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечное ружье в яндекс маркете </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343585</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101735</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4538751/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушечный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 автомат м4а4 игрушечный купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343584</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101734</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/933/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушечный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный автомат м16 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343583</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101733</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3129069/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 шуруповерт  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить игрушечный шуруповерт </t>
-[...5 lines deleted...]
-    <t>https://www.detmir.ru/product/index/id/4551508/</t>
+купить игрушечный шуруповерт  
+купить шуруповерт игрушечный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101729</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3141992/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игровой  — не менее 3 раз 
 набор  — не менее 3 раз 
 шеф  — не менее 3 раз 
 повар  — не менее 3 раз 
+abc  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игровой набор шеф повар abc </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101728</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4551508/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+шеф  — не менее 2 раз 
+повар  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игровой набор шеф повар </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343578</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101727</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4076639/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 жилет  — не менее 3 раз 
 нерф  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 жилет нерф купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343577</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343576</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101726</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/detskie_kuhni/brand/2001/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 smoby  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская кухня smoby купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343575</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101725</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3110230/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 детский  — не менее 3 раз 
 кухня  — не менее 2 раз 
 elc  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 детская кухня elc купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343574</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101724</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/posuda_toys/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 набор  — не менее 2 раз 
-детский  — не менее 3 раз 
+детский  — не менее 2 раз 
 керамический  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить набор игрушечный детской керамической посуды </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343572</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101722</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-revolvery/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+пистолет  — не менее 2 раз 
 люгер  — не менее 3 раз 
-купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечный пистолет люгер купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343571</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101721</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6157603/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 пистолет  — не менее 3 раз 
 макаров  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 страйкбольный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить пистолет макарова игрушечный страйкбольный </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343570</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343567</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101720</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/igrushechnye_metallicheskie_pistolety/brand/93/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+стрелять  — не менее 3 раз 
+одиночный  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пистолет игрушечный стреляющий не одиночными металлический </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101719</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4917118/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 1 раз 
+макаров  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить пистолет макарова игрушечный </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101717</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/detskoe_oruzhie/tip_oruzhie-pistolety/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+золотистый  — не менее 3 раз 
+пистолет  — не менее 2 раз 
+пулька  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить золотистый игрушечный пистолет с пульками </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101716</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3294750/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 nerf  — не менее 3 раз 
 феникс  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 nerf феникс e9961eu4 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343566</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/product/index/id/4870953/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101714</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/578351/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игровой  — не менее 3 раз 
 набор  — не менее 3 раз 
-маленький  — не менее 3 раз 
 доктор  — не менее 2 раз 
-чемодан  — не менее 3 раз 
-[...14 lines deleted...]
-доктор  — не менее 3 раз 
 плюшевый  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игровой набор доктор плюшева купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343563</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101711</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6113125/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игровой  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игровой набор доктор в сумке </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343562</t>
-[...29 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343557</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101710</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/4860905/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+игрушечный  — не менее 3 раз 
+фрукт  — не менее 3 раз 
+овощ  — не менее 3 раз 
+липучка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечные фрукты и овощи на липучках купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101705</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/play_store/tip_professii-produkty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-еда  — не менее 3 раз 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343556</t>
+купить  — не менее 2 раз 
+овощ  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечные овощи  
+игрушечные овощи купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101704</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/vid_figurki-drakon/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+коллекционный  — не менее 3 раз 
+фигурка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+коллекционные фигурки динозавров купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101703</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4853711/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 marvel  — не менее 3 раз 
 legends  — не менее 3 раз 
 фигурка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 marvel legends фигурки купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343554</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343553</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101701</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4030546/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 елочный  — не менее 1 раз 
 динозавр  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 елочные игрушки динозавры купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343552</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101700</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/vid_plyushevye-dinozavr/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-резиновый  — не менее 3 раз 
-[...20 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343550</t>
+пушин  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+мягкая игрушка пушин динозавр купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101699</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9211/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 динозавр  — не менее 3 раз 
 рекс  — не менее 3 раз 
-игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 динозавр рекс игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343549</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101698</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3310724/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+драгоноид  — не менее 3 раз 
+инфинити  — не менее 3 раз 
+бакуган  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+драгоноид инфинити бакуган купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101697</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3216900/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 бакуган  — не менее 3 раз 
 краб  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить бакуган краб </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343548</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343547</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101696</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3483742/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 bakugan  — не менее 3 раз 
 trox  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 bakugan trox купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343546</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101695</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3310708/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 bakugan  — не менее 2 раз 
 salamander  — не менее 3 раз 
 gold  — не менее 3 раз 
 усиление  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 bakugan salamander gold с усилением купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343543</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101692</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/624/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушка  — не менее 2 раз 
 марвести  — не менее 3 раз 
 купить  — не менее 3 раз 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушки марвел купить в минске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343541</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101690</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6315773/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 календарь  — не менее 2 раз 
 марвести  — не менее 3 раз 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 календарь марвел купить с игрушками </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343540</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101689</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/collectible_figurines/brand/5132/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 коллекционный  — не менее 3 раз 
 фигурка  — не менее 3 раз 
 марвести  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 коллекционные фигурки марвел купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343539</t>
-[...61 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343532</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101688</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/18334/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 робот  — не менее 3 раз 
 поезд  — не менее 3 раз 
 трансформер  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушки роботы поезда трансформеры </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343531</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343530</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101683</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3002521/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 дюк  — не менее 2 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 робот  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 дюк игрушка купить роботы </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343529</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101682</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/roboty/brand/22165/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пес  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 робот пес игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343528</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101681</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3903754/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 робот  — не менее 3 раз 
 валль  — не менее 3 раз 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 робот валли купить игрушку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343527</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/product/index/id/4227120/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101680</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/roboty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 танцующий  — не менее 3 раз 
-робот  — не менее 3 раз 
-[...20 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343525</t>
+купить  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+танцующий робот игрушка купить в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101679</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/211/brand/7/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 будущее  — не менее 3 раз 
+лего  — не менее 3 раз 
 фигурка  — не менее 3 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 человек паук из будущего лего фигурки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343524</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101678</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4050175/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+пони  — не менее 3 раз 
+радуга  — не менее 2 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пони радуга игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343522</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101676</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3126876/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пони  — не менее 3 раз 
 буря  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пони буря игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343521</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101675</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4050173/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 пони  — не менее 3 раз 
 пинок  — не менее 3 раз 
 пай  — не менее 3 раз 
-игрушка  — не менее 3 раз 
+игрушка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 пони пинки пай игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343518</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343517</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101672</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3217040/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 pop  — не менее 3 раз 
-игрушка  — не менее 3 раз 
-[...2 lines deleted...]
-купить  — не менее 3 раз 
+купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 pop up игрушки гарри поттер купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343515</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101670</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3308752/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 май  — не менее 3 раз 
 литла  — не менее 3 раз 
 пони  — не менее 3 раз 
 рембул  — не менее 3 раз 
 деш  — не менее 3 раз 
 купить  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 май литл пони рембул деш купить игрушку </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343514</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101669</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3194806/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-спайк  — не менее 3 раз 
+спайк  — не менее 2 раз 
 май  — не менее 3 раз 
 литла  — не менее 3 раз 
 пони  — не менее 3 раз 
-игрушка  — не менее 3 раз 
+игрушка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 спайк май литл пони игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343513</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343512</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101668</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/294/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 робот  — не менее 3 раз 
 прикрытие  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-роботы под прикрытием игрушки купить  
-[...39 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/19020/</t>
+роботы под прикрытием игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101665</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/playsets_figures/brand/22858/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 гарри  — не менее 2 раз 
 поттер  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-набор фигурок гарри поттер купить </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343506</t>
+фигурки гарри поттер купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101662</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mashini/tip_transport-gruzovik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 манипулятор  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить радиоуправляемый грузовик игрушку с манипулятором </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343505</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343504</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101660</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3206060/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 радиоуправляемый  — не менее 3 раз 
 танк  — не менее 2 раз 
 армата  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радиоуправляемый танк армата купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343503</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101659</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4551496/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 радиоуправляемый  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить радиоуправляемый танк тигр </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343502</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101658</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/military_equipment/tip_transport-tank/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 модель  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радиоуправляемая модель танка т 34 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343501</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101657</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3439071/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 селфи  — не менее 3 раз 
 коптер  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 селфи коптер купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343499</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101655</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6025987/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 3 раз 
-[...3 lines deleted...]
-лодка  — не менее 3 раз 
+купить  — не менее 1 раз 
+радиоуправляемый  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить радиоуправляемую модель подводной лодки </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343498</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101654</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/620211/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 радиоуправляемый  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить радиоуправляемую модель вертолета черная акула </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343497</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101653</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4431/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 радиоуправляемый  — не менее 3 раз 
 модель  — не менее 2 раз 
 вертолет  — не менее 2 раз 
 ми  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить радиоуправляемую модель вертолета ми 24 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343496</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101652</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3863939/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 радиоуправляемый  — не менее 3 раз 
-купить  — не менее 1 раз 
+вертолет  — не менее 2 раз 
+ми  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радиоуправляемый вертолет ми 24 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343495</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101651</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6201539/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 радиоуправляемый  — не менее 3 раз 
-самолет  — не менее 3 раз 
+самолет  — не менее 2 раз 
 миг  — не менее 3 раз 
 купить  — не менее 3 раз 
-москва  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 радиоуправляемый самолет миг 29 купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343494</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101650</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashini/model_transport-bmw/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+точный  — не менее 3 раз 
+копия  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемую машинку точную копию bmw </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101648</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3011339/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 бугатти  — не менее 3 раз 
 радиоуправляемый  — не менее 3 раз 
 машинка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 бугатти радиоуправляемая машинка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343492</t>
-[...31 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343490</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101647</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mashini/funkcii_ru-drift/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 быстрый  — не менее 3 раз 
 радиоуправляемый  — не менее 2 раз 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 быстрые радиоуправляемые машинки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343489</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101645</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4033928/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 кораблик  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить лак кораблик </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343488</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101644</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3656334/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 настольный  — не менее 2 раз 
 игра  — не менее 2 раз 
 кораблик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 настольная игра кораблики купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343487</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101643</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/29/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 моделька  — не менее 3 раз 
 машина  — не менее 3 раз 
 марк  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить модельку машины марк 2 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343486</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101642</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6056553/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 паровозик  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ингалятор b well паровозик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343484</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101640</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3202290/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 небулайзер  — не менее 3 раз 
 паровозик  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 небулайзер паровозик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343483</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343482</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101639</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4023592/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-купить  — не менее 1 раз 
+ингалятор  — не менее 2 раз 
+паровозик  — не менее 2 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 ингалятор паровозик купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343481</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101638</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/441/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 паровозик  — не менее 1 раз 
 чаггингтон  — не менее 1 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 паровозики чаггингтон игрушки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343480</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101637</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/chuggington/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+паровозики чаггингтон купить в москве  
+паровозики чаггингтон купить  
+паровозики чаггингтон купить в интернет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101636</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4717157/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+паровоз  — не менее 1 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 сборная модель паровоза купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343477</t>
-[...7 lines deleted...]
-аркадий  — не менее 3 раз 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101635</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/locomotives/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+модель  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели паровозов купить в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101634</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/transport/tip_transport-poezd/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+большой  — не менее 2 раз 
 паровоз  — не менее 3 раз 
-игрушка  — не менее 2 раз 
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343475</t>
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+большой паровоз купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101633</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/zheleznye_dorogi/tip_zheldor-poezd/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 елка  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 паровозик на елку купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343474</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343473</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101632</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/mashiny/pitanie_igr-batarejki/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+машина  — не менее 1 раз 
+лампочка  — не менее 3 раз 
+купить  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+машины игрушечные с лампочками купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101630</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/model_collectible/brand/3645/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 машина  — не менее 3 раз 
 велли  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечные машины велли 1 к 18 </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343472</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101629</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2836681/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 игрушечный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечную машину гелик </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343471</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101628</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mashini/pitanie_igr-akkumulyator/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 2 раз 
 аккумулятор  — не менее 1 раз 
 игрушечный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-купить аккумулятор для радиоуправляемой машинки  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343470</t>
+купить аккумулятор для игрушечной машины  
+купить аккумулятор для радиоуправляемой машинки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101627</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3269277/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снегоуборочный  — не менее 3 раз 
 машина  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечная снегоуборочная машина купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343469</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101626</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/bitovaja_tehnika/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+машина  — не менее 2 раз 
+стиральный  — не менее 3 раз 
+бош  — не менее 3 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+игрушечная машина стиральная бош купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101625</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2992239/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 фигурка  — не менее 3 раз 
 самолетик  — не менее 3 раз 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 фигурка самолетика ил купить в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343467</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101624</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4723121/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 елочный  — не менее 3 раз 
+игрушка  — не менее 3 раз 
+самолетик  — не менее 3 раз 
 металлич  — не менее 3 раз 
-купить  — не менее 1 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 елочная игрушка самолетик металлич купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343466</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101623</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_43/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+металлический  — не менее 3 раз 
+модель  — не менее 3 раз 
+машина  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+модели машин 1 43 купить в москве  
+металлические модели машин купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101621</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/mashiny/tip_transport-pozharnaya_mashina/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 модель  — не менее 2 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 модель пожарной машины купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343460</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101617</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/model_collectible/masshtab_transport-1_18/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 модель  — не менее 3 раз 
 машина  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 модели машин 1 18 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343459</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101616</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/parkovki_garagi/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 1 раз 
 машинка  — не менее 2 раз 
 минск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный гараж для машинок в минске </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343457</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343455</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101614</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3992494/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушечный  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечная ракета купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343452</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101610</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/space_technology/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+игрушечный  — не менее 1 раз 
+ракета  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить игрушечную ракету </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101609</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3141986/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 игрушечный  — не менее 3 раз 
 аэропорт  — не менее 3 раз 
 самолет  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить игрушечный аэропорт с самолетами </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343450</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101607</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/aircraft_helicopters_precast/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 игрушечный  — не менее 3 раз 
 купить  — не менее 3 раз 
 компания  — не менее 1 раз 
 azur  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 игрушечный самолет купить москва модель компания azur </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343449</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343448</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101606</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/soft_toys_20_cm/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+маленький  — не менее 3 раз 
+плюшевый  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+маленькие плюшевые игрушки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101603</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/614/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+доктор  — не менее 1 раз 
+плюшевый  — не менее 1 раз 
+игрушка  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+доктор плюшева игрушки купить  
+доктор плюшева игрушки купить москва </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101602</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/181/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 клуб  — не менее 3 раз 
 мауса  — не менее 3 раз 
 игрушка  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 клуб микки мауса игрушки купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343444</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101601</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/multheroes/brand/21533/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+микки  — не менее 2 раз 
+маус  — не менее 3 раз 
+звездочет  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить мягкая игрушка микки маус звездочет </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101600</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/diamond_mosaic/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 малыш  — не менее 3 раз 
 йод  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 алмазная мозаика малыш йода купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343443</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101599</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3396151/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 лего  — не менее 3 раз 
 звездный  — не менее 3 раз 
 война  — не менее 3 раз 
 малыш  — не менее 2 раз 
 йод  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 лего звездные войны малыш йода купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343442</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101598</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3405644/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 лего  — не менее 3 раз 
+мандалорец  — не менее 3 раз 
+малыш  — не менее 3 раз 
 йод  — не менее 3 раз 
-купить  — не менее 1 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 лего мандалорец и малыш йода купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343441</t>
-[...30 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343438</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101597</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3780222/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+йод  — не менее 2 раз 
+малыш  — не менее 2 раз 
+капсула  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+йода малыш в капсуле игрушка купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101596</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/myagkie_igrushki/brand/4752/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 dmtoys  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мягкие игрушки купить dmtoys </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343437</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101593</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2999721/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-тигр  — не менее 3 раз 
-[...1 lines deleted...]
-игрушка  — не менее 3 раз 
+тигр  — не менее 2 раз 
+мягкий  — не менее 2 раз 
+игрушка  — не менее 2 раз 
 дисней  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 тигра мягкая игрушка дисней купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343434</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101590</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/2583441/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 хрюня  — не менее 3 раз 
 винни  — не менее 3 раз 
 пух  — не менее 3 раз 
 игрушка  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 хрюня из винни пуха игрушка купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343432</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101588</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3137222/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 тигр  — не менее 3 раз 
 винни  — не менее 3 раз 
 пух  — не менее 3 раз 
-игрушка  — не менее 3 раз 
-мягкий  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+мягкий  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 тигра из винни пуха игрушка мягкая купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343431</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343429</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101587</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6153998/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-перчаточный  — не менее 1 раз 
+купить  — не менее 3 раз 
+кукольный  — не менее 2 раз 
+театр  — не менее 2 раз 
+перчаточный  — не менее 3 раз 
+кукла  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить кукольный театр с перчаточными куклами </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343428</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101585</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3525076/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 майк  — не менее 3 раз 
 вазовский  — не менее 3 раз 
 купить  — не менее 3 раз 
-игрушка  — не менее 3 раз 
-мягкий  — не менее 3 раз 
+игрушка  — не менее 2 раз 
+мягкий  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 майк вазовски купить игрушка мягкая </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343426</t>
-[...6 lines deleted...]
-Добавить слова из продвигаемых запросов: 
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101583</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3525070/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+большой  — не менее 3 раз 
 стич  — не менее 2 раз 
-розовый  — не менее 3 раз 
-большой  — не менее 3 раз 
 мягкий  — не менее 2 раз 
 игрушка  — не менее 2 раз 
-купить  — не менее 3 раз 
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343422</t>
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить большого стича мягкую игрушку в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101581</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4081198/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кукла  — не менее 2 раз 
 зимний  — не менее 3 раз 
 одежда  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукла в зимней одежде купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343421</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343420</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101580</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3869149/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 адвент  — не менее 3 раз 
 календарь  — не менее 3 раз 
-barbie  — не менее 3 раз 
+barbie  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 адвент календарь barbie купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343419</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101579</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/6245335/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+barbie  — не менее 2 раз 
+косметика  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+barbie косметика купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101578</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3869183/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 barbie  — не менее 2 раз 
 look  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 barbie look 2021 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343418</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101577</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4764190/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 мебель для кукол 15 см купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343417</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101576</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/furniture_dolls/material_igr-derevo/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 сборная  — не менее 3 раз 
 фанера  — не менее 3 раз 
-купить  — не менее 3 раз 
+купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 сборная мебель для кукол из фанеры купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343416</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101575</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6000723/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кукла  — не менее 2 раз 
 лола  — не менее 3 раз 
 чемодан  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукла лол чемодан купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343415</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101574</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/pups/myagkoe_telo_kukly-da/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+пупс мягконабивной купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101573</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/pups/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 немецкий  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 немецкие пупсы купить  
 купить немецкую куклу пупса </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343413</t>
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343412</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101571</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/igrovye_nabory_dlya_devochek/brand/6021/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+дешевый  — не менее 2 раз 
+набор  — не менее 3 раз 
+барби  — не менее 3 раз 
+фото  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить дешевый набор барби фото </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101570</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kollekcionnye_kukly/brand/6021/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 барби  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 коллекционные барби купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343411</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343409</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101569</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3948089/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-дом  — не менее 1 раз 
-[...2 lines deleted...]
-купить  — не менее 1 раз 
+дом  — не менее 3 раз 
+колесо  — не менее 3 раз 
+кукла  — не менее 3 раз 
+лола  — не менее 3 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 дом на колесах для кукол лол купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343408</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101566</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3211734/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 зимний  — не менее 3 раз 
 дом  — не менее 3 раз 
 кукла  — не менее 2 раз 
 лола  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 зимний дом кукол лол купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343407</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/product/index/id/3940104/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101565</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3345369/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 дом  — не менее 3 раз 
-кукла  — не менее 2 раз 
-[...22 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343405</t>
+колесо  — не менее 3 раз 
+кукла  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+дом на колесах для кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101564</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/odegda_dlya_kukol/brand/71/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+беби  — не менее 3 раз 
+бон  — не менее 3 раз 
+девочка  — не менее 2 раз 
+купить  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+одежда для беби бона девочки купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101563</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3199383/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кукла  — не менее 2 раз 
 barbie  — не менее 2 раз 
 мода  — не менее 3 раз 
 аксессуар  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукла barbie мода с аксессуарами gdj40 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343402</t>
-[...16 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343401</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101560</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforbrand/brand/9161/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-кукла  — не менее 3 раз 
+кукла  — не менее 2 раз 
 штеффи  — не менее 3 раз 
 ребенок  — не менее 3 раз 
 аксессуар  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукла штеффи с детьми и аксессуарами купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343400</t>
-[...30 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343396</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101559</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/kukly_i_aksessuary/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 одежда  — не менее 2 раз 
 переодевание  — не менее 3 раз 
+купить  — не менее 3 раз 
+набор  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукла с одеждой для переодевания купить набор </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101556</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/5041987/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+деревянный  — не менее 3 раз 
+коляска  — не менее 3 раз 
+кукла  — не менее 3 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+деревянная коляска для кукол купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101555</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/kolyaski_dlya_kukol/brand/71970/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+buggy  — не менее 3 раз 
+boom  — не менее 3 раз 
 купить  — не менее 2 раз 
-набор  — не менее 3 раз 
-[...12 lines deleted...]
-купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 buggy boom коляска для кукол купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343394</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101554</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/sortforcollection/collection_id/72830/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 кукла  — не менее 3 раз 
 карапуз  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить куклу царевны карапуз </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343391</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101551</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3856438/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-hello  — не менее 1 раз 
-[...1 lines deleted...]
-купить  — не менее 1 раз 
+кукла  — не менее 2 раз 
+карапуз  — не менее 2 раз 
+hello  — не менее 3 раз 
+kitty  — не менее 3 раз 
+купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукла карапуз hello kitty купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343390</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101550</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3222990/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+кукольный  — не менее 2 раз 
+театр  — не менее 2 раз 
+дом  — не менее 3 раз 
+купить  — не менее 3 раз 
+ширма  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+кукольный театр дома купить с ширмой </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101548</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3496821/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кукольный  — не менее 3 раз 
 дом  — не менее 3 раз 
 барби  — не менее 3 раз 
 лифт  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукольный дом барби с лифтом купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343388</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101547</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/20163/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-магнитный  — не менее 1 раз 
-деталь  — не менее 1 раз 
+магнитный  — не менее 2 раз 
+деталь  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 магнитный конструктор 200 деталей купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343385</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101544</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3770006/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-металлический  — не менее 3 раз 
-конструктор  — не менее 3 раз 
+металлический  — не менее 2 раз 
+конструктор  — не менее 2 раз 
 космический  — не менее 3 раз 
 шаттл  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 металлический конструктор космический шаттл купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343384</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343383</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101543</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/164642/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 lego  — не менее 2 раз 
 mindstorms  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 lego mindstorms купить  
 lego ev3 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343382</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101542</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/23525/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-lego  — не менее 1 раз 
 education  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 lego education купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343381</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101541</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3889784/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 динамический  — не менее 3 раз 
 лабиринт  — не менее 1 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 динамический конструктор лабиринт с шариками купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343380</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101540</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/vozrastnaya_gruppa-adults/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 2 раз 
 взрозрослый  — не менее 3 раз 
 механизм  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный конструктор для взрозрослых с механизмом купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343378</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101538</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3335065/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 3 раз 
-часы  — не менее 2 раз 
+часы  — не менее 3 раз 
 конструктор  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянные часы конструктор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343377</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343376</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101537</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3201160/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 деревянный  — не менее 2 раз 
 сейф  — не менее 3 раз 
 конструктор  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный сейф конструктор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343375</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101536</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory_wooden/brand/19813/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-деревянный  — не менее 3 раз 
 механический  — не менее 3 раз 
-конструктор  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 деревянный механический конструктор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343374</t>
-[...30 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343371</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101535</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/product/index/id/3099181/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+конструктор  — не менее 2 раз 
+lego  — не менее 2 раз 
+city  — не менее 2 раз 
+trains  — не менее 2 раз 
+пассажирский  — не менее 2 раз 
+поезд  — не менее 2 раз 
+купить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструктор lego city trains пассажирский поезд купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101531</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lego_boost/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 конструктор  — не менее 1 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-конструктор lego boost купить  
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343368</t>
+lego boost купить  
+конструктор lego boost купить </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101530</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/3018843/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 лего  — не менее 3 раз 
 программировать  — не менее 3 раз 
-конструктор  — не менее 3 раз 
+конструктор  — не менее 2 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 лего программируемый конструктор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343367</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101528</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/lego_big/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 3 раз 
+конструктор  — не менее 1 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить большой лего конструктор </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101527</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lego/vid_konstrukt-robot/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 робототехника  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 лего робототехника конструктор купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343365</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101525</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lego_duplo/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 кукольный  — не менее 3 раз 
 дом  — не менее 2 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 кукольный дом лего дупло купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343364</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101524</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/lego_technic/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 машина  — не менее 3 раз 
 аналог  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 купить лего модель машины аналоги </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343363</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101523</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6153782/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-электронный  — не менее 3 раз 
-[...1 lines deleted...]
-знаток  — не менее 3 раз 
+электронный  — не менее 2 раз 
+конструктор  — не менее 2 раз 
+знаток  — не менее 2 раз 
 цвет  — не менее 3 раз 
 свет  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 электронный конструктор знаток цвет и свет купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343362</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101522</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/6187488/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-электронный  — не менее 3 раз 
-конструктор  — не менее 3 раз 
+электронный  — не менее 1 раз 
+конструктор  — не менее 2 раз 
 умный  — не менее 3 раз 
 машина  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 электронный конструктор умная машина купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343361</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343360</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101521</t>
   </si>
   <si>
     <t>https://www.detmir.ru/product/index/id/4081588/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 конструктор  — не менее 3 раз 
 малыш  — не менее 3 раз 
 купить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 конструктор малыш 2 купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343358</t>
-[...15 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343357</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101519</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/konstruktory/brand/18551/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 ugears  — не менее 3 раз 
 купить  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 конструктор ugears купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343356</t>
-[...2 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/sportivnye/tip_sportnstol-futbol/</t>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101517</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/metallicheskie_konstruktory/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вязники  — не менее 3 раз 
+купить  — не менее 3 раз 
+бу  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+конструктор 1 металлический вязники купить бу </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101516</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/radio_controlled_airplanes/</t>
   </si>
   <si>
     <t>Оптимизация текста (14 фраз).</t>
-  </si>
-[...36 lines deleted...]
-    <t>https://www.detmir.ru/catalog/index/name/radio_controlled_airplanes/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 конструктор  — не менее 2 раз 
 большой  — не менее 3 раз 
 реактивный  — не менее 3 раз 
 недорого  — не менее 3 раз 
 дешево  — не менее 3 раз 
 двигатель  — не менее 3 раз 
 размер  — не менее 2 раз 
 истребитель  — не менее 3 раз 
 бензиновый  — не менее 3 раз 
 двс  — не менее 3 раз 
 бензин  — не менее 3 раз 
 готовый  — не менее 3 раз 
 комплект  — не менее 3 раз 
 интернет  — не менее 2 раз 
 бу  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить радиоуправляемый самолет с двс готовый комплект  
 радиоуправляемые модели самолетов больших размеров купить  
-купить большой радиоуправляемый самолет  
-[...2 lines deleted...]
-купить радиоуправляемый самолет с двс  
 радиоуправляемые модели самолетов купить  
-радиоуправляемый самолет с бензиновым двигателем купить  
 купить бу радиоуправляемый самолет  
 радиоуправляемые самолеты купить в интернет магазине  
-радиоуправляемые самолеты на бензине купить </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343370</t>
+радиоуправляемые самолеты на бензине купить  
+купить радиоуправляемый самолет с двс  
+радиоуправляемый самолет с бензиновым двигателем купить  
+купить радиоуправляемый самолет истребитель  
+купить конструктор самолета радиоуправляемый </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101532</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/krovat_podrostkam/</t>
   </si>
   <si>
     <t>Оптимизация текста (15 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 купить  — не менее 3 раз 
 подросток  — не менее 3 раз 
 мальчик  — не менее 3 раз 
 девочка  — не менее 3 раз 
 матрас  — не менее 3 раз 
 ящик  — не менее 3 раз 
 тахта  — не менее 3 раз 
 трансформер  — не менее 3 раз 
 самара  — не менее 2 раз 
 подростковый  — не менее 3 раз 
-бортик  — не менее 3 раз 
+бортик  — не менее 2 раз 
+детский  — не менее 3 раз 
 недорого  — не менее 3 раз 
-детский  — не менее 3 раз 
 тула  — не менее 2 раз 
 подъемные  — не менее 3 раз 
 механизм  — не менее 3 раз 
 воронеж  — не менее 2 раз 
 екатеринбург  — не менее 2 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+кровать подростковая купить  
 купить кровать для подростка  
-кровать подростковая купить  
+купить подростковую кровать  
+купить подростковую кровать для девочки  
+купить кровать для подростка в москве  
+кровать для подростка мальчика купить  
+купить кровать подростковую для мальчика  
 купить кровать для девочки подростка  
-купить кровать для подростка в москве  
-[...8 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343902</t>
+кровать для подростка девочки купить москва  
+купить кровать с матрасом для подростка </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413102060</t>
+  </si>
+  <si>
+    <t>https://www.detmir.ru/catalog/index/name/nightlights_projectors/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+купить  — не менее 2 раз 
+детский  — не менее 2 раз 
+комната  — не менее 3 раз 
+светодиодный  — не менее 3 раз 
+розетка  — не менее 3 раз 
+регулировка  — не менее 3 раз 
+свет  — не менее 3 раз 
+светильник  — не менее 3 раз 
+спальня  — не менее 3 раз 
+лампа  — не менее 3 раз 
+батарейка  — не менее 3 раз 
+новогодний  — не менее 3 раз 
+домик  — не менее 3 раз 
+силиконовый  — не менее 3 раз 
+тумбочка  — не менее 3 раз 
+недорого  — не менее 3 раз 
+интернет  — не менее 2 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+купить ночник в розетку  
+светодиодный ночник купить  
+ночник новогодний купить  
+купить ночник в спальню  
+3d ночник купить  
+лампа ночник купить  
+купить светильник ночник  
+ночник купить интернет магазин  
+ночник купить в москве недорого  
+купить ночник на тумбочку </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101764</t>
   </si>
   <si>
     <t>https://www.detmir.ru/catalog/index/name/carpets/komnata-detskaya/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 комната  — не менее 1 раз 
-купить  — не менее 2 раз 
+купить  — не менее 3 раз 
 стена  — не менее 3 раз 
 пол  — не менее 3 раз 
 сад  — не менее 3 раз 
 девочка  — не менее 3 раз 
 интернет  — не менее 2 раз 
 круглый  — не менее 2 раз 
 леруа  — не менее 3 раз 
 мерлен  — не менее 3 раз 
 большой  — не менее 3 раз 
 безворсовый  — не менее 3 раз 
 рисунок  — не менее 3 раз 
 недорого  — не менее 3 раз 
 палас  — не менее 3 раз 
 шерстяной  — не менее 3 раз 
 натуральный  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+купить детский ковер  
 купить ковер в детскую комнату  
-купить детский ковер  
-[...2 lines deleted...]
-детские ковры на пол купить в москве  
+купить детский ковер на пол  
 коврик в детскую комнату купить  
-купить детский ковер на пол  
-[...47 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16064/todo/1367343616</t>
+купить детский ковер большой  
+ковер в детскую шерстяной купить  
+детский ковер палас купить  
+купить детский ковер в интернет магазине недорого  
+купить ковер в детскую комнату в интернет  
+купить ковер с детским рисунком </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/16064/todo/1413101754</t>
   </si>
   <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Проверьте и скорректируйте распределение</t>
   </si>
   <si>
     <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16064/todo/1049362395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -14913,51 +15120,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K828"/>
+  <dimension ref="A1:K840"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -14975,21508 +15182,21820 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
-        <v>861</v>
+        <v>846</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>3</v>
       </c>
       <c r="I5">
-        <v>32.2</v>
+        <v>42.4</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="K7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D8" t="s">
+        <v>33</v>
+      </c>
+      <c r="E8">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="K8" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E9">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="K9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E10">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="K10" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E11">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="K11" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E12">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
       <c r="K12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>14</v>
       </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="K13" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E14">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="K14" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="D15" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E15">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="K15" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="D16" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E16">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="K16" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E17">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="K17" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E18">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="K18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
         <v>14</v>
       </c>
       <c r="D19" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E19">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="K19" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
         <v>14</v>
       </c>
       <c r="D20" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E20">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="K20" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E21">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="K21" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D22" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E22">
         <v>12</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
       <c r="K22" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D23" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E23">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="K23" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E24">
         <v>7</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="K24" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="D25" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E25">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="K25" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E26">
-        <v>70</v>
+        <v>26</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="K26" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="D27" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="E27">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="K27" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D28" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E28">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="K28" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D29" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E29">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="K29" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="D30" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="E30">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F30" t="s">
         <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="K30" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>24</v>
+        <v>105</v>
       </c>
       <c r="D31" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E31">
-        <v>8</v>
+        <v>425</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
+      <c r="H31">
+        <v>3</v>
+      </c>
+      <c r="I31">
+        <v>42.4</v>
+      </c>
       <c r="K31" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D32" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E32">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="K32" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E33">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="K33" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>112</v>
+        <v>24</v>
       </c>
       <c r="D34" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E34">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="K34" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E35">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="K35" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="D36" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E36">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="K36" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
         <v>24</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E37">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="K37" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="D38" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E38">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="K38" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D39" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E39">
         <v>8</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="K39" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D40" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E40">
         <v>8</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="K40" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D41" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E41">
         <v>8</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="K41" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D42" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E42">
         <v>8</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="K42" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D43" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E43">
         <v>8</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="K43" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D44" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E44">
         <v>8</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="K44" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D45" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E45">
         <v>8</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="K45" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D46" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E46">
         <v>8</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="K46" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D47" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E47">
         <v>8</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="K47" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D48" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E48">
         <v>8</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="K48" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D49" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E49">
         <v>8</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="K49" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D50" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E50">
         <v>8</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="K50" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D51" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E51">
         <v>8</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="K51" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>128</v>
+        <v>24</v>
       </c>
       <c r="D52" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E52">
         <v>8</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="K52" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D53" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E53">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="K53" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D54" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E54">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="K54" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D55" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E55">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="K55" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D56" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E56">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="K56" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>128</v>
+        <v>93</v>
       </c>
       <c r="D57" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E57">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="K57" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D58" t="s">
         <v>187</v>
       </c>
       <c r="E58">
         <v>10</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="K58" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
         <v>189</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D59" t="s">
         <v>190</v>
       </c>
       <c r="E59">
         <v>10</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="K59" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
         <v>192</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D60" t="s">
         <v>193</v>
       </c>
       <c r="E60">
         <v>10</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="K60" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
         <v>195</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D61" t="s">
         <v>196</v>
       </c>
       <c r="E61">
         <v>10</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="K61" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>198</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D62" t="s">
         <v>199</v>
       </c>
       <c r="E62">
         <v>10</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="K62" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>201</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D63" t="s">
         <v>202</v>
       </c>
       <c r="E63">
         <v>10</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="K63" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>204</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>186</v>
+        <v>93</v>
       </c>
       <c r="D64" t="s">
         <v>205</v>
       </c>
       <c r="E64">
         <v>10</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="K64" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
         <v>207</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="D65" t="s">
         <v>208</v>
       </c>
       <c r="E65">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="K65" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>210</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="D66" t="s">
         <v>211</v>
       </c>
       <c r="E66">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="K66" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>213</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>186</v>
+        <v>28</v>
       </c>
       <c r="D67" t="s">
         <v>214</v>
       </c>
       <c r="E67">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="K67" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
         <v>216</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="D68" t="s">
         <v>217</v>
       </c>
       <c r="E68">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="K68" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
         <v>219</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="D69" t="s">
         <v>220</v>
       </c>
       <c r="E69">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="K69" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
         <v>222</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="D70" t="s">
         <v>223</v>
       </c>
       <c r="E70">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="K70" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
         <v>225</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>186</v>
+        <v>14</v>
       </c>
       <c r="D71" t="s">
         <v>226</v>
       </c>
       <c r="E71">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="K71" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
         <v>228</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>186</v>
+        <v>89</v>
       </c>
       <c r="D72" t="s">
         <v>229</v>
       </c>
       <c r="E72">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="K72" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
         <v>231</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>186</v>
+        <v>89</v>
       </c>
       <c r="D73" t="s">
         <v>232</v>
       </c>
       <c r="E73">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="K73" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>234</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="D74" t="s">
         <v>235</v>
       </c>
       <c r="E74">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="K74" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
         <v>237</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="D75" t="s">
         <v>238</v>
       </c>
       <c r="E75">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="K75" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
         <v>240</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="D76" t="s">
         <v>241</v>
       </c>
       <c r="E76">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="K76" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
         <v>243</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
-        <v>186</v>
+        <v>54</v>
       </c>
       <c r="D77" t="s">
         <v>244</v>
       </c>
       <c r="E77">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="K77" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>19</v>
+        <v>246</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>246</v>
+        <v>54</v>
       </c>
       <c r="D78" t="s">
         <v>247</v>
       </c>
       <c r="E78">
-        <v>405</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>32.2</v>
       </c>
       <c r="K78" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
         <v>249</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="D79" t="s">
         <v>250</v>
       </c>
       <c r="E79">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="K79" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
         <v>252</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="D80" t="s">
         <v>253</v>
       </c>
       <c r="E80">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="K80" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
         <v>255</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="D81" t="s">
         <v>256</v>
       </c>
       <c r="E81">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="K81" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
         <v>258</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
-        <v>112</v>
+        <v>54</v>
       </c>
       <c r="D82" t="s">
         <v>259</v>
       </c>
       <c r="E82">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="K82" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
         <v>261</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D83" t="s">
         <v>262</v>
       </c>
       <c r="E83">
         <v>12</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="K83" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
         <v>264</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D84" t="s">
         <v>265</v>
       </c>
       <c r="E84">
         <v>12</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="K84" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
         <v>267</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D85" t="s">
         <v>268</v>
       </c>
       <c r="E85">
         <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="K85" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
         <v>270</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D86" t="s">
         <v>271</v>
       </c>
       <c r="E86">
         <v>12</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="K86" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
         <v>273</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D87" t="s">
         <v>274</v>
       </c>
       <c r="E87">
         <v>12</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="K87" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
         <v>276</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D88" t="s">
         <v>277</v>
       </c>
       <c r="E88">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="K88" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
         <v>279</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D89" t="s">
         <v>280</v>
       </c>
       <c r="E89">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="K89" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
         <v>282</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D90" t="s">
         <v>283</v>
       </c>
       <c r="E90">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="K90" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
         <v>285</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D91" t="s">
         <v>286</v>
       </c>
       <c r="E91">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="K91" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>288</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D92" t="s">
         <v>289</v>
       </c>
       <c r="E92">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="K92" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
         <v>291</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D93" t="s">
         <v>292</v>
       </c>
       <c r="E93">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="K93" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
         <v>294</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D94" t="s">
         <v>295</v>
       </c>
       <c r="E94">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="K94" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
         <v>297</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95" t="s">
-        <v>56</v>
+        <v>32</v>
       </c>
       <c r="D95" t="s">
         <v>298</v>
       </c>
       <c r="E95">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>17</v>
       </c>
       <c r="K95" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
         <v>300</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D96" t="s">
         <v>301</v>
       </c>
       <c r="E96">
         <v>6</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="K96" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
         <v>303</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D97" t="s">
         <v>304</v>
       </c>
       <c r="E97">
         <v>6</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="K97" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
         <v>306</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D98" t="s">
         <v>307</v>
       </c>
       <c r="E98">
         <v>6</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="K98" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
         <v>309</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D99" t="s">
         <v>310</v>
       </c>
       <c r="E99">
         <v>6</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="K99" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
         <v>312</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D100" t="s">
         <v>313</v>
       </c>
       <c r="E100">
         <v>6</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="K100" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
         <v>315</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D101" t="s">
         <v>316</v>
       </c>
       <c r="E101">
         <v>6</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="K101" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
         <v>318</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D102" t="s">
         <v>319</v>
       </c>
       <c r="E102">
         <v>6</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="K102" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
         <v>321</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D103" t="s">
         <v>322</v>
       </c>
       <c r="E103">
         <v>6</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="K103" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
         <v>324</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D104" t="s">
         <v>325</v>
       </c>
       <c r="E104">
         <v>6</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="K104" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
         <v>327</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D105" t="s">
         <v>328</v>
       </c>
       <c r="E105">
         <v>6</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="K105" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>330</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D106" t="s">
         <v>331</v>
       </c>
       <c r="E106">
         <v>6</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="K106" t="s">
         <v>332</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>333</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D107" t="s">
         <v>334</v>
       </c>
       <c r="E107">
         <v>6</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="K107" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>336</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D108" t="s">
         <v>337</v>
       </c>
       <c r="E108">
         <v>6</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="K108" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>339</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D109" t="s">
         <v>340</v>
       </c>
       <c r="E109">
         <v>6</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="K109" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>342</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D110" t="s">
         <v>343</v>
       </c>
       <c r="E110">
         <v>6</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="K110" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
         <v>345</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D111" t="s">
         <v>346</v>
       </c>
       <c r="E111">
         <v>6</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
         <v>17</v>
       </c>
       <c r="K111" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>348</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D112" t="s">
         <v>349</v>
       </c>
       <c r="E112">
         <v>6</v>
       </c>
       <c r="F112" t="s">
         <v>16</v>
       </c>
       <c r="G112" t="s">
         <v>17</v>
       </c>
       <c r="K112" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
         <v>351</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D113" t="s">
         <v>352</v>
       </c>
       <c r="E113">
         <v>6</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
         <v>17</v>
       </c>
       <c r="K113" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>354</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D114" t="s">
         <v>355</v>
       </c>
       <c r="E114">
         <v>6</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>17</v>
       </c>
       <c r="K114" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
         <v>357</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D115" t="s">
         <v>358</v>
       </c>
       <c r="E115">
         <v>6</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="K115" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>360</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D116" t="s">
         <v>361</v>
       </c>
       <c r="E116">
         <v>6</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="K116" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
         <v>363</v>
       </c>
       <c r="B117" t="s">
         <v>13</v>
       </c>
       <c r="C117" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D117" t="s">
         <v>364</v>
       </c>
       <c r="E117">
         <v>6</v>
       </c>
       <c r="F117" t="s">
         <v>16</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="K117" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
         <v>366</v>
       </c>
       <c r="B118" t="s">
         <v>13</v>
       </c>
       <c r="C118" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D118" t="s">
         <v>367</v>
       </c>
       <c r="E118">
         <v>6</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>17</v>
       </c>
       <c r="K118" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" t="s">
         <v>369</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D119" t="s">
         <v>370</v>
       </c>
       <c r="E119">
         <v>6</v>
       </c>
       <c r="F119" t="s">
         <v>16</v>
       </c>
       <c r="G119" t="s">
         <v>17</v>
       </c>
       <c r="K119" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" t="s">
         <v>372</v>
       </c>
       <c r="B120" t="s">
         <v>13</v>
       </c>
       <c r="C120" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D120" t="s">
         <v>373</v>
       </c>
       <c r="E120">
         <v>6</v>
       </c>
       <c r="F120" t="s">
         <v>16</v>
       </c>
       <c r="G120" t="s">
         <v>17</v>
       </c>
       <c r="K120" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" t="s">
         <v>375</v>
       </c>
       <c r="B121" t="s">
         <v>13</v>
       </c>
       <c r="C121" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D121" t="s">
         <v>376</v>
       </c>
       <c r="E121">
         <v>6</v>
       </c>
       <c r="F121" t="s">
         <v>16</v>
       </c>
       <c r="G121" t="s">
         <v>17</v>
       </c>
       <c r="K121" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" t="s">
         <v>378</v>
       </c>
       <c r="B122" t="s">
         <v>13</v>
       </c>
       <c r="C122" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D122" t="s">
         <v>379</v>
       </c>
       <c r="E122">
         <v>6</v>
       </c>
       <c r="F122" t="s">
         <v>16</v>
       </c>
       <c r="G122" t="s">
         <v>17</v>
       </c>
       <c r="K122" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" t="s">
         <v>381</v>
       </c>
       <c r="B123" t="s">
         <v>13</v>
       </c>
       <c r="C123" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D123" t="s">
         <v>382</v>
       </c>
       <c r="E123">
         <v>6</v>
       </c>
       <c r="F123" t="s">
         <v>16</v>
       </c>
       <c r="G123" t="s">
         <v>17</v>
       </c>
       <c r="K123" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" t="s">
         <v>384</v>
       </c>
       <c r="B124" t="s">
         <v>13</v>
       </c>
       <c r="C124" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D124" t="s">
         <v>385</v>
       </c>
       <c r="E124">
         <v>6</v>
       </c>
       <c r="F124" t="s">
         <v>16</v>
       </c>
       <c r="G124" t="s">
         <v>17</v>
       </c>
       <c r="K124" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" t="s">
         <v>387</v>
       </c>
       <c r="B125" t="s">
         <v>13</v>
       </c>
       <c r="C125" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D125" t="s">
         <v>388</v>
       </c>
       <c r="E125">
         <v>6</v>
       </c>
       <c r="F125" t="s">
         <v>16</v>
       </c>
       <c r="G125" t="s">
         <v>17</v>
       </c>
       <c r="K125" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" t="s">
         <v>390</v>
       </c>
       <c r="B126" t="s">
         <v>13</v>
       </c>
       <c r="C126" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D126" t="s">
         <v>391</v>
       </c>
       <c r="E126">
         <v>6</v>
       </c>
       <c r="F126" t="s">
         <v>16</v>
       </c>
       <c r="G126" t="s">
         <v>17</v>
       </c>
       <c r="K126" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" t="s">
         <v>393</v>
       </c>
       <c r="B127" t="s">
         <v>13</v>
       </c>
       <c r="C127" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D127" t="s">
         <v>394</v>
       </c>
       <c r="E127">
         <v>6</v>
       </c>
       <c r="F127" t="s">
         <v>16</v>
       </c>
       <c r="G127" t="s">
         <v>17</v>
       </c>
       <c r="K127" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" t="s">
         <v>396</v>
       </c>
       <c r="B128" t="s">
         <v>13</v>
       </c>
       <c r="C128" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D128" t="s">
         <v>397</v>
       </c>
       <c r="E128">
         <v>6</v>
       </c>
       <c r="F128" t="s">
         <v>16</v>
       </c>
       <c r="G128" t="s">
         <v>17</v>
       </c>
       <c r="K128" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" t="s">
         <v>399</v>
       </c>
       <c r="B129" t="s">
         <v>13</v>
       </c>
       <c r="C129" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D129" t="s">
         <v>400</v>
       </c>
       <c r="E129">
         <v>6</v>
       </c>
       <c r="F129" t="s">
         <v>16</v>
       </c>
       <c r="G129" t="s">
         <v>17</v>
       </c>
       <c r="K129" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" t="s">
         <v>402</v>
       </c>
       <c r="B130" t="s">
         <v>13</v>
       </c>
       <c r="C130" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D130" t="s">
         <v>403</v>
       </c>
       <c r="E130">
         <v>6</v>
       </c>
       <c r="F130" t="s">
         <v>16</v>
       </c>
       <c r="G130" t="s">
         <v>17</v>
       </c>
       <c r="K130" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" t="s">
         <v>405</v>
       </c>
       <c r="B131" t="s">
         <v>13</v>
       </c>
       <c r="C131" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D131" t="s">
         <v>406</v>
       </c>
       <c r="E131">
         <v>6</v>
       </c>
       <c r="F131" t="s">
         <v>16</v>
       </c>
       <c r="G131" t="s">
         <v>17</v>
       </c>
       <c r="K131" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" t="s">
         <v>408</v>
       </c>
       <c r="B132" t="s">
         <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D132" t="s">
         <v>409</v>
       </c>
       <c r="E132">
         <v>6</v>
       </c>
       <c r="F132" t="s">
         <v>16</v>
       </c>
       <c r="G132" t="s">
         <v>17</v>
       </c>
       <c r="K132" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" t="s">
         <v>411</v>
       </c>
       <c r="B133" t="s">
         <v>13</v>
       </c>
       <c r="C133" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D133" t="s">
         <v>412</v>
       </c>
       <c r="E133">
         <v>6</v>
       </c>
       <c r="F133" t="s">
         <v>16</v>
       </c>
       <c r="G133" t="s">
         <v>17</v>
       </c>
       <c r="K133" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" t="s">
         <v>414</v>
       </c>
       <c r="B134" t="s">
         <v>13</v>
       </c>
       <c r="C134" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D134" t="s">
         <v>415</v>
       </c>
       <c r="E134">
         <v>6</v>
       </c>
       <c r="F134" t="s">
         <v>16</v>
       </c>
       <c r="G134" t="s">
         <v>17</v>
       </c>
       <c r="K134" t="s">
         <v>416</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" t="s">
         <v>417</v>
       </c>
       <c r="B135" t="s">
         <v>13</v>
       </c>
       <c r="C135" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D135" t="s">
         <v>418</v>
       </c>
       <c r="E135">
         <v>6</v>
       </c>
       <c r="F135" t="s">
         <v>16</v>
       </c>
       <c r="G135" t="s">
         <v>17</v>
       </c>
       <c r="K135" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" t="s">
         <v>420</v>
       </c>
       <c r="B136" t="s">
         <v>13</v>
       </c>
       <c r="C136" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D136" t="s">
         <v>421</v>
       </c>
       <c r="E136">
         <v>6</v>
       </c>
       <c r="F136" t="s">
         <v>16</v>
       </c>
       <c r="G136" t="s">
         <v>17</v>
       </c>
       <c r="K136" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" t="s">
         <v>423</v>
       </c>
       <c r="B137" t="s">
         <v>13</v>
       </c>
       <c r="C137" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="D137" t="s">
         <v>424</v>
       </c>
       <c r="E137">
         <v>6</v>
       </c>
       <c r="F137" t="s">
         <v>16</v>
       </c>
       <c r="G137" t="s">
         <v>17</v>
       </c>
       <c r="K137" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" t="s">
         <v>426</v>
       </c>
       <c r="B138" t="s">
         <v>13</v>
       </c>
       <c r="C138" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D138" t="s">
         <v>427</v>
       </c>
       <c r="E138">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F138" t="s">
         <v>16</v>
       </c>
       <c r="G138" t="s">
         <v>17</v>
       </c>
       <c r="K138" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" t="s">
         <v>429</v>
       </c>
       <c r="B139" t="s">
         <v>13</v>
       </c>
       <c r="C139" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D139" t="s">
         <v>430</v>
       </c>
       <c r="E139">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F139" t="s">
         <v>16</v>
       </c>
       <c r="G139" t="s">
         <v>17</v>
       </c>
       <c r="K139" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" t="s">
         <v>432</v>
       </c>
       <c r="B140" t="s">
         <v>13</v>
       </c>
       <c r="C140" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D140" t="s">
         <v>433</v>
       </c>
       <c r="E140">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F140" t="s">
         <v>16</v>
       </c>
       <c r="G140" t="s">
         <v>17</v>
       </c>
       <c r="K140" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" t="s">
         <v>435</v>
       </c>
       <c r="B141" t="s">
         <v>13</v>
       </c>
       <c r="C141" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D141" t="s">
         <v>436</v>
       </c>
       <c r="E141">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F141" t="s">
         <v>16</v>
       </c>
       <c r="G141" t="s">
         <v>17</v>
       </c>
       <c r="K141" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" t="s">
         <v>438</v>
       </c>
       <c r="B142" t="s">
         <v>13</v>
       </c>
       <c r="C142" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D142" t="s">
         <v>439</v>
       </c>
       <c r="E142">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F142" t="s">
         <v>16</v>
       </c>
       <c r="G142" t="s">
         <v>17</v>
       </c>
       <c r="K142" t="s">
         <v>440</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" t="s">
         <v>441</v>
       </c>
       <c r="B143" t="s">
         <v>13</v>
       </c>
       <c r="C143" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D143" t="s">
         <v>442</v>
       </c>
       <c r="E143">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F143" t="s">
         <v>16</v>
       </c>
       <c r="G143" t="s">
         <v>17</v>
       </c>
       <c r="K143" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" t="s">
         <v>444</v>
       </c>
       <c r="B144" t="s">
         <v>13</v>
       </c>
       <c r="C144" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D144" t="s">
         <v>445</v>
       </c>
       <c r="E144">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F144" t="s">
         <v>16</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="K144" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" t="s">
         <v>447</v>
       </c>
       <c r="B145" t="s">
         <v>13</v>
       </c>
       <c r="C145" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="D145" t="s">
         <v>448</v>
       </c>
       <c r="E145">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="F145" t="s">
         <v>16</v>
       </c>
       <c r="G145" t="s">
         <v>17</v>
       </c>
       <c r="K145" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" t="s">
         <v>450</v>
       </c>
       <c r="B146" t="s">
         <v>13</v>
       </c>
       <c r="C146" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="D146" t="s">
         <v>451</v>
       </c>
       <c r="E146">
         <v>14</v>
       </c>
       <c r="F146" t="s">
         <v>16</v>
       </c>
       <c r="G146" t="s">
         <v>17</v>
       </c>
       <c r="K146" t="s">
         <v>452</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" t="s">
         <v>453</v>
       </c>
       <c r="B147" t="s">
         <v>13</v>
       </c>
       <c r="C147" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="D147" t="s">
         <v>454</v>
       </c>
       <c r="E147">
         <v>14</v>
       </c>
       <c r="F147" t="s">
         <v>16</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="K147" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" t="s">
         <v>456</v>
       </c>
       <c r="B148" t="s">
         <v>13</v>
       </c>
       <c r="C148" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="D148" t="s">
         <v>457</v>
       </c>
       <c r="E148">
         <v>14</v>
       </c>
       <c r="F148" t="s">
         <v>16</v>
       </c>
       <c r="G148" t="s">
         <v>17</v>
       </c>
       <c r="K148" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" t="s">
         <v>459</v>
       </c>
       <c r="B149" t="s">
         <v>13</v>
       </c>
       <c r="C149" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="D149" t="s">
         <v>460</v>
       </c>
       <c r="E149">
         <v>14</v>
       </c>
       <c r="F149" t="s">
         <v>16</v>
       </c>
       <c r="G149" t="s">
         <v>17</v>
       </c>
       <c r="K149" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" t="s">
         <v>462</v>
       </c>
       <c r="B150" t="s">
         <v>13</v>
       </c>
       <c r="C150" t="s">
-        <v>112</v>
+        <v>89</v>
       </c>
       <c r="D150" t="s">
         <v>463</v>
       </c>
       <c r="E150">
         <v>14</v>
       </c>
       <c r="F150" t="s">
         <v>16</v>
       </c>
       <c r="G150" t="s">
         <v>17</v>
       </c>
       <c r="K150" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" t="s">
         <v>465</v>
       </c>
       <c r="B151" t="s">
         <v>13</v>
       </c>
       <c r="C151" t="s">
-        <v>112</v>
+        <v>466</v>
       </c>
       <c r="D151" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="E151">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F151" t="s">
         <v>16</v>
       </c>
       <c r="G151" t="s">
         <v>17</v>
       </c>
       <c r="K151" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B152" t="s">
         <v>13</v>
       </c>
       <c r="C152" t="s">
-        <v>112</v>
+        <v>466</v>
       </c>
       <c r="D152" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E152">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F152" t="s">
         <v>16</v>
       </c>
       <c r="G152" t="s">
         <v>17</v>
       </c>
       <c r="K152" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B153" t="s">
         <v>13</v>
       </c>
       <c r="C153" t="s">
-        <v>112</v>
+        <v>466</v>
       </c>
       <c r="D153" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E153">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="F153" t="s">
         <v>16</v>
       </c>
       <c r="G153" t="s">
         <v>17</v>
       </c>
       <c r="K153" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B154" t="s">
         <v>13</v>
       </c>
       <c r="C154" t="s">
-        <v>112</v>
+        <v>476</v>
       </c>
       <c r="D154" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="E154">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F154" t="s">
         <v>16</v>
       </c>
       <c r="G154" t="s">
         <v>17</v>
       </c>
       <c r="K154" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B155" t="s">
         <v>13</v>
       </c>
       <c r="C155" t="s">
-        <v>478</v>
+        <v>28</v>
       </c>
       <c r="D155" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E155">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F155" t="s">
         <v>16</v>
       </c>
       <c r="G155" t="s">
         <v>17</v>
       </c>
       <c r="K155" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="B156" t="s">
         <v>13</v>
       </c>
       <c r="C156" t="s">
-        <v>478</v>
+        <v>28</v>
       </c>
       <c r="D156" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E156">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F156" t="s">
         <v>16</v>
       </c>
       <c r="G156" t="s">
         <v>17</v>
       </c>
       <c r="K156" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="B157" t="s">
         <v>13</v>
       </c>
       <c r="C157" t="s">
-        <v>478</v>
+        <v>28</v>
       </c>
       <c r="D157" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="E157">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F157" t="s">
         <v>16</v>
       </c>
       <c r="G157" t="s">
         <v>17</v>
       </c>
       <c r="K157" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="B158" t="s">
         <v>13</v>
       </c>
       <c r="C158" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D158" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E158">
         <v>4</v>
       </c>
       <c r="F158" t="s">
         <v>16</v>
       </c>
       <c r="G158" t="s">
         <v>17</v>
       </c>
       <c r="K158" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="B159" t="s">
         <v>13</v>
       </c>
       <c r="C159" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D159" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E159">
         <v>4</v>
       </c>
       <c r="F159" t="s">
         <v>16</v>
       </c>
       <c r="G159" t="s">
         <v>17</v>
       </c>
       <c r="K159" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B160" t="s">
         <v>13</v>
       </c>
       <c r="C160" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D160" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="E160">
         <v>4</v>
       </c>
       <c r="F160" t="s">
         <v>16</v>
       </c>
       <c r="G160" t="s">
         <v>17</v>
       </c>
       <c r="K160" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B161" t="s">
         <v>13</v>
       </c>
       <c r="C161" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D161" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="E161">
         <v>4</v>
       </c>
       <c r="F161" t="s">
         <v>16</v>
       </c>
       <c r="G161" t="s">
         <v>17</v>
       </c>
       <c r="K161" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B162" t="s">
         <v>13</v>
       </c>
       <c r="C162" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D162" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E162">
         <v>4</v>
       </c>
       <c r="F162" t="s">
         <v>16</v>
       </c>
       <c r="G162" t="s">
         <v>17</v>
       </c>
       <c r="K162" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B163" t="s">
         <v>13</v>
       </c>
       <c r="C163" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D163" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="E163">
         <v>4</v>
       </c>
       <c r="F163" t="s">
         <v>16</v>
       </c>
       <c r="G163" t="s">
         <v>17</v>
       </c>
       <c r="K163" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B164" t="s">
         <v>13</v>
       </c>
       <c r="C164" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D164" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="E164">
         <v>4</v>
       </c>
       <c r="F164" t="s">
         <v>16</v>
       </c>
       <c r="G164" t="s">
         <v>17</v>
       </c>
       <c r="K164" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B165" t="s">
         <v>13</v>
       </c>
       <c r="C165" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D165" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E165">
         <v>4</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
       <c r="G165" t="s">
         <v>17</v>
       </c>
       <c r="K165" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B166" t="s">
         <v>13</v>
       </c>
       <c r="C166" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D166" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E166">
         <v>4</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
       <c r="G166" t="s">
         <v>17</v>
       </c>
       <c r="K166" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B167" t="s">
         <v>13</v>
       </c>
       <c r="C167" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D167" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E167">
         <v>4</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
       <c r="G167" t="s">
         <v>17</v>
       </c>
       <c r="K167" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B168" t="s">
         <v>13</v>
       </c>
       <c r="C168" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D168" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="E168">
         <v>4</v>
       </c>
       <c r="F168" t="s">
         <v>16</v>
       </c>
       <c r="G168" t="s">
         <v>17</v>
       </c>
       <c r="K168" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="B169" t="s">
         <v>13</v>
       </c>
       <c r="C169" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D169" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E169">
         <v>4</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
       <c r="G169" t="s">
         <v>17</v>
       </c>
       <c r="K169" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B170" t="s">
         <v>13</v>
       </c>
       <c r="C170" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D170" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E170">
         <v>4</v>
       </c>
       <c r="F170" t="s">
         <v>16</v>
       </c>
       <c r="G170" t="s">
         <v>17</v>
       </c>
       <c r="K170" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B171" t="s">
         <v>13</v>
       </c>
       <c r="C171" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D171" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E171">
         <v>4</v>
       </c>
       <c r="F171" t="s">
         <v>16</v>
       </c>
       <c r="G171" t="s">
         <v>17</v>
       </c>
       <c r="K171" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B172" t="s">
         <v>13</v>
       </c>
       <c r="C172" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D172" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="E172">
         <v>4</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
       <c r="G172" t="s">
         <v>17</v>
       </c>
       <c r="K172" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B173" t="s">
         <v>13</v>
       </c>
       <c r="C173" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D173" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E173">
         <v>4</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
       <c r="G173" t="s">
         <v>17</v>
       </c>
       <c r="K173" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B174" t="s">
         <v>13</v>
       </c>
       <c r="C174" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D174" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E174">
         <v>4</v>
       </c>
       <c r="F174" t="s">
         <v>16</v>
       </c>
       <c r="G174" t="s">
         <v>17</v>
       </c>
       <c r="K174" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B175" t="s">
         <v>13</v>
       </c>
       <c r="C175" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D175" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E175">
         <v>4</v>
       </c>
       <c r="F175" t="s">
         <v>16</v>
       </c>
       <c r="G175" t="s">
         <v>17</v>
       </c>
       <c r="K175" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="B176" t="s">
         <v>13</v>
       </c>
       <c r="C176" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D176" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E176">
         <v>4</v>
       </c>
       <c r="F176" t="s">
         <v>16</v>
       </c>
       <c r="G176" t="s">
         <v>17</v>
       </c>
       <c r="K176" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B177" t="s">
         <v>13</v>
       </c>
       <c r="C177" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D177" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E177">
         <v>4</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
       <c r="G177" t="s">
         <v>17</v>
       </c>
       <c r="K177" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B178" t="s">
         <v>13</v>
       </c>
       <c r="C178" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D178" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E178">
         <v>4</v>
       </c>
       <c r="F178" t="s">
         <v>16</v>
       </c>
       <c r="G178" t="s">
         <v>17</v>
       </c>
       <c r="K178" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B179" t="s">
         <v>13</v>
       </c>
       <c r="C179" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D179" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="E179">
         <v>4</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
       <c r="G179" t="s">
         <v>17</v>
       </c>
       <c r="K179" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B180" t="s">
         <v>13</v>
       </c>
       <c r="C180" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D180" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E180">
         <v>4</v>
       </c>
       <c r="F180" t="s">
         <v>16</v>
       </c>
       <c r="G180" t="s">
         <v>17</v>
       </c>
       <c r="K180" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B181" t="s">
         <v>13</v>
       </c>
       <c r="C181" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D181" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E181">
         <v>4</v>
       </c>
       <c r="F181" t="s">
         <v>16</v>
       </c>
       <c r="G181" t="s">
         <v>17</v>
       </c>
       <c r="K181" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B182" t="s">
         <v>13</v>
       </c>
       <c r="C182" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D182" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E182">
         <v>4</v>
       </c>
       <c r="F182" t="s">
         <v>16</v>
       </c>
       <c r="G182" t="s">
         <v>17</v>
       </c>
       <c r="K182" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B183" t="s">
         <v>13</v>
       </c>
       <c r="C183" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D183" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E183">
         <v>4</v>
       </c>
       <c r="F183" t="s">
         <v>16</v>
       </c>
       <c r="G183" t="s">
         <v>17</v>
       </c>
       <c r="K183" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B184" t="s">
         <v>13</v>
       </c>
       <c r="C184" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D184" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="E184">
         <v>4</v>
       </c>
       <c r="F184" t="s">
         <v>16</v>
       </c>
       <c r="G184" t="s">
         <v>17</v>
       </c>
       <c r="K184" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B185" t="s">
         <v>13</v>
       </c>
       <c r="C185" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D185" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E185">
         <v>4</v>
       </c>
       <c r="F185" t="s">
         <v>16</v>
       </c>
       <c r="G185" t="s">
         <v>17</v>
       </c>
       <c r="K185" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="B186" t="s">
         <v>13</v>
       </c>
       <c r="C186" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D186" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E186">
         <v>4</v>
       </c>
       <c r="F186" t="s">
         <v>16</v>
       </c>
       <c r="G186" t="s">
         <v>17</v>
       </c>
       <c r="K186" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B187" t="s">
         <v>13</v>
       </c>
       <c r="C187" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D187" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E187">
         <v>4</v>
       </c>
       <c r="F187" t="s">
         <v>16</v>
       </c>
       <c r="G187" t="s">
         <v>17</v>
       </c>
       <c r="K187" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B188" t="s">
         <v>13</v>
       </c>
       <c r="C188" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D188" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E188">
         <v>4</v>
       </c>
       <c r="F188" t="s">
         <v>16</v>
       </c>
       <c r="G188" t="s">
         <v>17</v>
       </c>
       <c r="K188" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B189" t="s">
         <v>13</v>
       </c>
       <c r="C189" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D189" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E189">
         <v>4</v>
       </c>
       <c r="F189" t="s">
         <v>16</v>
       </c>
       <c r="G189" t="s">
         <v>17</v>
       </c>
       <c r="K189" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="B190" t="s">
         <v>13</v>
       </c>
       <c r="C190" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D190" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E190">
         <v>4</v>
       </c>
       <c r="F190" t="s">
         <v>16</v>
       </c>
       <c r="G190" t="s">
         <v>17</v>
       </c>
       <c r="K190" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="B191" t="s">
         <v>13</v>
       </c>
       <c r="C191" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D191" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E191">
         <v>4</v>
       </c>
       <c r="F191" t="s">
         <v>16</v>
       </c>
       <c r="G191" t="s">
         <v>17</v>
       </c>
       <c r="K191" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B192" t="s">
         <v>13</v>
       </c>
       <c r="C192" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D192" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E192">
         <v>4</v>
       </c>
       <c r="F192" t="s">
         <v>16</v>
       </c>
       <c r="G192" t="s">
         <v>17</v>
       </c>
       <c r="K192" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B193" t="s">
         <v>13</v>
       </c>
       <c r="C193" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D193" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E193">
         <v>4</v>
       </c>
       <c r="F193" t="s">
         <v>16</v>
       </c>
       <c r="G193" t="s">
         <v>17</v>
       </c>
       <c r="K193" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B194" t="s">
         <v>13</v>
       </c>
       <c r="C194" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D194" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E194">
         <v>4</v>
       </c>
       <c r="F194" t="s">
         <v>16</v>
       </c>
       <c r="G194" t="s">
         <v>17</v>
       </c>
       <c r="K194" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B195" t="s">
         <v>13</v>
       </c>
       <c r="C195" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D195" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E195">
         <v>4</v>
       </c>
       <c r="F195" t="s">
         <v>16</v>
       </c>
       <c r="G195" t="s">
         <v>17</v>
       </c>
       <c r="K195" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B196" t="s">
         <v>13</v>
       </c>
       <c r="C196" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D196" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E196">
         <v>4</v>
       </c>
       <c r="F196" t="s">
         <v>16</v>
       </c>
       <c r="G196" t="s">
         <v>17</v>
       </c>
       <c r="K196" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="B197" t="s">
         <v>13</v>
       </c>
       <c r="C197" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D197" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E197">
         <v>4</v>
       </c>
       <c r="F197" t="s">
         <v>16</v>
       </c>
       <c r="G197" t="s">
         <v>17</v>
       </c>
       <c r="K197" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B198" t="s">
         <v>13</v>
       </c>
       <c r="C198" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D198" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E198">
         <v>4</v>
       </c>
       <c r="F198" t="s">
         <v>16</v>
       </c>
       <c r="G198" t="s">
         <v>17</v>
       </c>
       <c r="K198" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B199" t="s">
         <v>13</v>
       </c>
       <c r="C199" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D199" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E199">
         <v>4</v>
       </c>
       <c r="F199" t="s">
         <v>16</v>
       </c>
       <c r="G199" t="s">
         <v>17</v>
       </c>
       <c r="K199" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B200" t="s">
         <v>13</v>
       </c>
       <c r="C200" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D200" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E200">
         <v>4</v>
       </c>
       <c r="F200" t="s">
         <v>16</v>
       </c>
       <c r="G200" t="s">
         <v>17</v>
       </c>
       <c r="K200" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="B201" t="s">
         <v>13</v>
       </c>
       <c r="C201" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D201" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E201">
         <v>4</v>
       </c>
       <c r="F201" t="s">
         <v>16</v>
       </c>
       <c r="G201" t="s">
         <v>17</v>
       </c>
       <c r="K201" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B202" t="s">
         <v>13</v>
       </c>
       <c r="C202" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D202" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E202">
         <v>4</v>
       </c>
       <c r="F202" t="s">
         <v>16</v>
       </c>
       <c r="G202" t="s">
         <v>17</v>
       </c>
       <c r="K202" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B203" t="s">
         <v>13</v>
       </c>
       <c r="C203" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D203" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E203">
         <v>4</v>
       </c>
       <c r="F203" t="s">
         <v>16</v>
       </c>
       <c r="G203" t="s">
         <v>17</v>
       </c>
       <c r="K203" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B204" t="s">
         <v>13</v>
       </c>
       <c r="C204" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D204" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E204">
         <v>4</v>
       </c>
       <c r="F204" t="s">
         <v>16</v>
       </c>
       <c r="G204" t="s">
         <v>17</v>
       </c>
       <c r="K204" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B205" t="s">
         <v>13</v>
       </c>
       <c r="C205" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D205" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E205">
         <v>4</v>
       </c>
       <c r="F205" t="s">
         <v>16</v>
       </c>
       <c r="G205" t="s">
         <v>17</v>
       </c>
       <c r="K205" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B206" t="s">
         <v>13</v>
       </c>
       <c r="C206" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D206" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E206">
         <v>4</v>
       </c>
       <c r="F206" t="s">
         <v>16</v>
       </c>
       <c r="G206" t="s">
         <v>17</v>
       </c>
       <c r="K206" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B207" t="s">
         <v>13</v>
       </c>
       <c r="C207" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D207" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="E207">
         <v>4</v>
       </c>
       <c r="F207" t="s">
         <v>16</v>
       </c>
       <c r="G207" t="s">
         <v>17</v>
       </c>
       <c r="K207" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B208" t="s">
         <v>13</v>
       </c>
       <c r="C208" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D208" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E208">
         <v>4</v>
       </c>
       <c r="F208" t="s">
         <v>16</v>
       </c>
       <c r="G208" t="s">
         <v>17</v>
       </c>
       <c r="K208" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="B209" t="s">
         <v>13</v>
       </c>
       <c r="C209" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D209" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="E209">
         <v>4</v>
       </c>
       <c r="F209" t="s">
         <v>16</v>
       </c>
       <c r="G209" t="s">
         <v>17</v>
       </c>
       <c r="K209" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B210" t="s">
         <v>13</v>
       </c>
       <c r="C210" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D210" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="E210">
         <v>4</v>
       </c>
       <c r="F210" t="s">
         <v>16</v>
       </c>
       <c r="G210" t="s">
         <v>17</v>
       </c>
       <c r="K210" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B211" t="s">
         <v>13</v>
       </c>
       <c r="C211" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D211" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="E211">
         <v>4</v>
       </c>
       <c r="F211" t="s">
         <v>16</v>
       </c>
       <c r="G211" t="s">
         <v>17</v>
       </c>
       <c r="K211" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B212" t="s">
         <v>13</v>
       </c>
       <c r="C212" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D212" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="E212">
         <v>4</v>
       </c>
       <c r="F212" t="s">
         <v>16</v>
       </c>
       <c r="G212" t="s">
         <v>17</v>
       </c>
       <c r="K212" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B213" t="s">
         <v>13</v>
       </c>
       <c r="C213" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D213" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E213">
         <v>4</v>
       </c>
       <c r="F213" t="s">
         <v>16</v>
       </c>
       <c r="G213" t="s">
         <v>17</v>
       </c>
       <c r="K213" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B214" t="s">
         <v>13</v>
       </c>
       <c r="C214" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D214" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="E214">
         <v>4</v>
       </c>
       <c r="F214" t="s">
         <v>16</v>
       </c>
       <c r="G214" t="s">
         <v>17</v>
       </c>
       <c r="K214" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B215" t="s">
         <v>13</v>
       </c>
       <c r="C215" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D215" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E215">
         <v>4</v>
       </c>
       <c r="F215" t="s">
         <v>16</v>
       </c>
       <c r="G215" t="s">
         <v>17</v>
       </c>
       <c r="K215" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B216" t="s">
         <v>13</v>
       </c>
       <c r="C216" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D216" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E216">
         <v>4</v>
       </c>
       <c r="F216" t="s">
         <v>16</v>
       </c>
       <c r="G216" t="s">
         <v>17</v>
       </c>
       <c r="K216" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B217" t="s">
         <v>13</v>
       </c>
       <c r="C217" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D217" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E217">
         <v>4</v>
       </c>
       <c r="F217" t="s">
         <v>16</v>
       </c>
       <c r="G217" t="s">
         <v>17</v>
       </c>
       <c r="K217" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B218" t="s">
         <v>13</v>
       </c>
       <c r="C218" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D218" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="E218">
         <v>4</v>
       </c>
       <c r="F218" t="s">
         <v>16</v>
       </c>
       <c r="G218" t="s">
         <v>17</v>
       </c>
       <c r="K218" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B219" t="s">
         <v>13</v>
       </c>
       <c r="C219" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D219" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="E219">
         <v>4</v>
       </c>
       <c r="F219" t="s">
         <v>16</v>
       </c>
       <c r="G219" t="s">
         <v>17</v>
       </c>
       <c r="K219" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B220" t="s">
         <v>13</v>
       </c>
       <c r="C220" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D220" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E220">
         <v>4</v>
       </c>
       <c r="F220" t="s">
         <v>16</v>
       </c>
       <c r="G220" t="s">
         <v>17</v>
       </c>
       <c r="K220" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B221" t="s">
         <v>13</v>
       </c>
       <c r="C221" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D221" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="E221">
         <v>4</v>
       </c>
       <c r="F221" t="s">
         <v>16</v>
       </c>
       <c r="G221" t="s">
         <v>17</v>
       </c>
       <c r="K221" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="B222" t="s">
         <v>13</v>
       </c>
       <c r="C222" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D222" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="E222">
         <v>4</v>
       </c>
       <c r="F222" t="s">
         <v>16</v>
       </c>
       <c r="G222" t="s">
         <v>17</v>
       </c>
       <c r="K222" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B223" t="s">
         <v>13</v>
       </c>
       <c r="C223" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D223" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="E223">
         <v>4</v>
       </c>
       <c r="F223" t="s">
         <v>16</v>
       </c>
       <c r="G223" t="s">
         <v>17</v>
       </c>
       <c r="K223" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B224" t="s">
         <v>13</v>
       </c>
       <c r="C224" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D224" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E224">
         <v>4</v>
       </c>
       <c r="F224" t="s">
         <v>16</v>
       </c>
       <c r="G224" t="s">
         <v>17</v>
       </c>
       <c r="K224" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="B225" t="s">
         <v>13</v>
       </c>
       <c r="C225" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D225" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E225">
         <v>4</v>
       </c>
       <c r="F225" t="s">
         <v>16</v>
       </c>
       <c r="G225" t="s">
         <v>17</v>
       </c>
       <c r="K225" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B226" t="s">
         <v>13</v>
       </c>
       <c r="C226" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D226" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="E226">
         <v>4</v>
       </c>
       <c r="F226" t="s">
         <v>16</v>
       </c>
       <c r="G226" t="s">
         <v>17</v>
       </c>
       <c r="K226" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B227" t="s">
         <v>13</v>
       </c>
       <c r="C227" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D227" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="E227">
         <v>4</v>
       </c>
       <c r="F227" t="s">
         <v>16</v>
       </c>
       <c r="G227" t="s">
         <v>17</v>
       </c>
       <c r="K227" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="B228" t="s">
         <v>13</v>
       </c>
       <c r="C228" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D228" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="E228">
         <v>4</v>
       </c>
       <c r="F228" t="s">
         <v>16</v>
       </c>
       <c r="G228" t="s">
         <v>17</v>
       </c>
       <c r="K228" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B229" t="s">
         <v>13</v>
       </c>
       <c r="C229" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D229" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E229">
         <v>4</v>
       </c>
       <c r="F229" t="s">
         <v>16</v>
       </c>
       <c r="G229" t="s">
         <v>17</v>
       </c>
       <c r="K229" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B230" t="s">
         <v>13</v>
       </c>
       <c r="C230" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D230" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="E230">
         <v>4</v>
       </c>
       <c r="F230" t="s">
         <v>16</v>
       </c>
       <c r="G230" t="s">
         <v>17</v>
       </c>
       <c r="K230" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="B231" t="s">
         <v>13</v>
       </c>
       <c r="C231" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D231" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="E231">
         <v>4</v>
       </c>
       <c r="F231" t="s">
         <v>16</v>
       </c>
       <c r="G231" t="s">
         <v>17</v>
       </c>
       <c r="K231" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="B232" t="s">
         <v>13</v>
       </c>
       <c r="C232" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D232" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="E232">
         <v>4</v>
       </c>
       <c r="F232" t="s">
         <v>16</v>
       </c>
       <c r="G232" t="s">
         <v>17</v>
       </c>
       <c r="K232" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B233" t="s">
         <v>13</v>
       </c>
       <c r="C233" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D233" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="E233">
         <v>4</v>
       </c>
       <c r="F233" t="s">
         <v>16</v>
       </c>
       <c r="G233" t="s">
         <v>17</v>
       </c>
       <c r="K233" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B234" t="s">
         <v>13</v>
       </c>
       <c r="C234" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D234" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="E234">
         <v>4</v>
       </c>
       <c r="F234" t="s">
         <v>16</v>
       </c>
       <c r="G234" t="s">
         <v>17</v>
       </c>
       <c r="K234" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="B235" t="s">
         <v>13</v>
       </c>
       <c r="C235" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D235" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="E235">
         <v>4</v>
       </c>
       <c r="F235" t="s">
         <v>16</v>
       </c>
       <c r="G235" t="s">
         <v>17</v>
       </c>
       <c r="K235" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="B236" t="s">
         <v>13</v>
       </c>
       <c r="C236" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D236" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="E236">
         <v>4</v>
       </c>
       <c r="F236" t="s">
         <v>16</v>
       </c>
       <c r="G236" t="s">
         <v>17</v>
       </c>
       <c r="K236" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="B237" t="s">
         <v>13</v>
       </c>
       <c r="C237" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D237" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E237">
         <v>4</v>
       </c>
       <c r="F237" t="s">
         <v>16</v>
       </c>
       <c r="G237" t="s">
         <v>17</v>
       </c>
       <c r="K237" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="B238" t="s">
         <v>13</v>
       </c>
       <c r="C238" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D238" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="E238">
         <v>4</v>
       </c>
       <c r="F238" t="s">
         <v>16</v>
       </c>
       <c r="G238" t="s">
         <v>17</v>
       </c>
       <c r="K238" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="B239" t="s">
         <v>13</v>
       </c>
       <c r="C239" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D239" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="E239">
         <v>4</v>
       </c>
       <c r="F239" t="s">
         <v>16</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="K239" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B240" t="s">
         <v>13</v>
       </c>
       <c r="C240" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D240" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="E240">
         <v>4</v>
       </c>
       <c r="F240" t="s">
         <v>16</v>
       </c>
       <c r="G240" t="s">
         <v>17</v>
       </c>
       <c r="K240" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="B241" t="s">
         <v>13</v>
       </c>
       <c r="C241" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D241" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E241">
         <v>4</v>
       </c>
       <c r="F241" t="s">
         <v>16</v>
       </c>
       <c r="G241" t="s">
         <v>17</v>
       </c>
       <c r="K241" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B242" t="s">
         <v>13</v>
       </c>
       <c r="C242" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D242" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="E242">
         <v>4</v>
       </c>
       <c r="F242" t="s">
         <v>16</v>
       </c>
       <c r="G242" t="s">
         <v>17</v>
       </c>
       <c r="K242" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="B243" t="s">
         <v>13</v>
       </c>
       <c r="C243" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D243" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E243">
         <v>4</v>
       </c>
       <c r="F243" t="s">
         <v>16</v>
       </c>
       <c r="G243" t="s">
         <v>17</v>
       </c>
       <c r="K243" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="B244" t="s">
         <v>13</v>
       </c>
       <c r="C244" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D244" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="E244">
         <v>4</v>
       </c>
       <c r="F244" t="s">
         <v>16</v>
       </c>
       <c r="G244" t="s">
         <v>17</v>
       </c>
       <c r="K244" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="B245" t="s">
         <v>13</v>
       </c>
       <c r="C245" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D245" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="E245">
         <v>4</v>
       </c>
       <c r="F245" t="s">
         <v>16</v>
       </c>
       <c r="G245" t="s">
         <v>17</v>
       </c>
       <c r="K245" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B246" t="s">
         <v>13</v>
       </c>
       <c r="C246" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D246" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E246">
         <v>4</v>
       </c>
       <c r="F246" t="s">
         <v>16</v>
       </c>
       <c r="G246" t="s">
         <v>17</v>
       </c>
       <c r="K246" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B247" t="s">
         <v>13</v>
       </c>
       <c r="C247" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D247" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E247">
         <v>4</v>
       </c>
       <c r="F247" t="s">
         <v>16</v>
       </c>
       <c r="G247" t="s">
         <v>17</v>
       </c>
       <c r="K247" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B248" t="s">
         <v>13</v>
       </c>
       <c r="C248" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D248" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="E248">
         <v>4</v>
       </c>
       <c r="F248" t="s">
         <v>16</v>
       </c>
       <c r="G248" t="s">
         <v>17</v>
       </c>
       <c r="K248" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="B249" t="s">
         <v>13</v>
       </c>
       <c r="C249" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D249" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E249">
         <v>4</v>
       </c>
       <c r="F249" t="s">
         <v>16</v>
       </c>
       <c r="G249" t="s">
         <v>17</v>
       </c>
       <c r="K249" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="B250" t="s">
         <v>13</v>
       </c>
       <c r="C250" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D250" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E250">
         <v>4</v>
       </c>
       <c r="F250" t="s">
         <v>16</v>
       </c>
       <c r="G250" t="s">
         <v>17</v>
       </c>
       <c r="K250" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="B251" t="s">
         <v>13</v>
       </c>
       <c r="C251" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D251" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E251">
         <v>4</v>
       </c>
       <c r="F251" t="s">
         <v>16</v>
       </c>
       <c r="G251" t="s">
         <v>17</v>
       </c>
       <c r="K251" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B252" t="s">
         <v>13</v>
       </c>
       <c r="C252" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D252" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="E252">
         <v>4</v>
       </c>
       <c r="F252" t="s">
         <v>16</v>
       </c>
       <c r="G252" t="s">
         <v>17</v>
       </c>
       <c r="K252" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B253" t="s">
         <v>13</v>
       </c>
       <c r="C253" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D253" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="E253">
         <v>4</v>
       </c>
       <c r="F253" t="s">
         <v>16</v>
       </c>
       <c r="G253" t="s">
         <v>17</v>
       </c>
       <c r="K253" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B254" t="s">
         <v>13</v>
       </c>
       <c r="C254" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D254" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="E254">
         <v>4</v>
       </c>
       <c r="F254" t="s">
         <v>16</v>
       </c>
       <c r="G254" t="s">
         <v>17</v>
       </c>
       <c r="K254" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="B255" t="s">
         <v>13</v>
       </c>
       <c r="C255" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D255" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="E255">
         <v>4</v>
       </c>
       <c r="F255" t="s">
         <v>16</v>
       </c>
       <c r="G255" t="s">
         <v>17</v>
       </c>
       <c r="K255" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="B256" t="s">
         <v>13</v>
       </c>
       <c r="C256" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D256" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E256">
         <v>4</v>
       </c>
       <c r="F256" t="s">
         <v>16</v>
       </c>
       <c r="G256" t="s">
         <v>17</v>
       </c>
       <c r="K256" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="B257" t="s">
         <v>13</v>
       </c>
       <c r="C257" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D257" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="E257">
         <v>4</v>
       </c>
       <c r="F257" t="s">
         <v>16</v>
       </c>
       <c r="G257" t="s">
         <v>17</v>
       </c>
       <c r="K257" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B258" t="s">
         <v>13</v>
       </c>
       <c r="C258" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D258" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="E258">
         <v>4</v>
       </c>
       <c r="F258" t="s">
         <v>16</v>
       </c>
       <c r="G258" t="s">
         <v>17</v>
       </c>
       <c r="K258" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B259" t="s">
         <v>13</v>
       </c>
       <c r="C259" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D259" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E259">
         <v>4</v>
       </c>
       <c r="F259" t="s">
         <v>16</v>
       </c>
       <c r="G259" t="s">
         <v>17</v>
       </c>
       <c r="K259" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B260" t="s">
         <v>13</v>
       </c>
       <c r="C260" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D260" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E260">
         <v>4</v>
       </c>
       <c r="F260" t="s">
         <v>16</v>
       </c>
       <c r="G260" t="s">
         <v>17</v>
       </c>
       <c r="K260" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B261" t="s">
         <v>13</v>
       </c>
       <c r="C261" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D261" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="E261">
         <v>4</v>
       </c>
       <c r="F261" t="s">
         <v>16</v>
       </c>
       <c r="G261" t="s">
         <v>17</v>
       </c>
       <c r="K261" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B262" t="s">
         <v>13</v>
       </c>
       <c r="C262" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D262" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E262">
         <v>4</v>
       </c>
       <c r="F262" t="s">
         <v>16</v>
       </c>
       <c r="G262" t="s">
         <v>17</v>
       </c>
       <c r="K262" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="B263" t="s">
         <v>13</v>
       </c>
       <c r="C263" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D263" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="E263">
         <v>4</v>
       </c>
       <c r="F263" t="s">
         <v>16</v>
       </c>
       <c r="G263" t="s">
         <v>17</v>
       </c>
       <c r="K263" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="B264" t="s">
         <v>13</v>
       </c>
       <c r="C264" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D264" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="E264">
         <v>4</v>
       </c>
       <c r="F264" t="s">
         <v>16</v>
       </c>
       <c r="G264" t="s">
         <v>17</v>
       </c>
       <c r="K264" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B265" t="s">
         <v>13</v>
       </c>
       <c r="C265" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D265" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="E265">
         <v>4</v>
       </c>
       <c r="F265" t="s">
         <v>16</v>
       </c>
       <c r="G265" t="s">
         <v>17</v>
       </c>
       <c r="K265" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="B266" t="s">
         <v>13</v>
       </c>
       <c r="C266" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D266" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="E266">
         <v>4</v>
       </c>
       <c r="F266" t="s">
         <v>16</v>
       </c>
       <c r="G266" t="s">
         <v>17</v>
       </c>
       <c r="K266" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="B267" t="s">
         <v>13</v>
       </c>
       <c r="C267" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D267" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="E267">
         <v>4</v>
       </c>
       <c r="F267" t="s">
         <v>16</v>
       </c>
       <c r="G267" t="s">
         <v>17</v>
       </c>
       <c r="K267" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="B268" t="s">
         <v>13</v>
       </c>
       <c r="C268" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D268" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="E268">
         <v>4</v>
       </c>
       <c r="F268" t="s">
         <v>16</v>
       </c>
       <c r="G268" t="s">
         <v>17</v>
       </c>
       <c r="K268" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="B269" t="s">
         <v>13</v>
       </c>
       <c r="C269" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D269" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="E269">
         <v>4</v>
       </c>
       <c r="F269" t="s">
         <v>16</v>
       </c>
       <c r="G269" t="s">
         <v>17</v>
       </c>
       <c r="K269" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B270" t="s">
         <v>13</v>
       </c>
       <c r="C270" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D270" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="E270">
         <v>4</v>
       </c>
       <c r="F270" t="s">
         <v>16</v>
       </c>
       <c r="G270" t="s">
         <v>17</v>
       </c>
       <c r="K270" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="B271" t="s">
         <v>13</v>
       </c>
       <c r="C271" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="D271" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="E271">
         <v>4</v>
       </c>
       <c r="F271" t="s">
         <v>16</v>
       </c>
       <c r="G271" t="s">
         <v>17</v>
       </c>
       <c r="K271" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B272" t="s">
         <v>13</v>
       </c>
       <c r="C272" t="s">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="D272" t="s">
         <v>831</v>
       </c>
       <c r="E272">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F272" t="s">
         <v>16</v>
       </c>
       <c r="G272" t="s">
         <v>17</v>
       </c>
       <c r="K272" t="s">
         <v>832</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" t="s">
         <v>833</v>
       </c>
       <c r="B273" t="s">
         <v>13</v>
       </c>
       <c r="C273" t="s">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="D273" t="s">
         <v>834</v>
       </c>
       <c r="E273">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F273" t="s">
         <v>16</v>
       </c>
       <c r="G273" t="s">
         <v>17</v>
       </c>
       <c r="K273" t="s">
         <v>835</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" t="s">
         <v>836</v>
       </c>
       <c r="B274" t="s">
         <v>13</v>
       </c>
       <c r="C274" t="s">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="D274" t="s">
         <v>837</v>
       </c>
       <c r="E274">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F274" t="s">
         <v>16</v>
       </c>
       <c r="G274" t="s">
         <v>17</v>
       </c>
       <c r="K274" t="s">
         <v>838</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" t="s">
         <v>839</v>
       </c>
       <c r="B275" t="s">
         <v>13</v>
       </c>
       <c r="C275" t="s">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="D275" t="s">
         <v>840</v>
       </c>
       <c r="E275">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F275" t="s">
         <v>16</v>
       </c>
       <c r="G275" t="s">
         <v>17</v>
       </c>
       <c r="K275" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" t="s">
         <v>842</v>
       </c>
       <c r="B276" t="s">
         <v>13</v>
       </c>
       <c r="C276" t="s">
-        <v>830</v>
+        <v>28</v>
       </c>
       <c r="D276" t="s">
         <v>843</v>
       </c>
       <c r="E276">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F276" t="s">
         <v>16</v>
       </c>
       <c r="G276" t="s">
         <v>17</v>
       </c>
       <c r="K276" t="s">
         <v>844</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" t="s">
         <v>845</v>
       </c>
       <c r="B277" t="s">
         <v>13</v>
       </c>
       <c r="C277" t="s">
-        <v>830</v>
+        <v>846</v>
       </c>
       <c r="D277" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="E277">
         <v>18</v>
       </c>
       <c r="F277" t="s">
         <v>16</v>
       </c>
       <c r="G277" t="s">
         <v>17</v>
       </c>
       <c r="K277" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B278" t="s">
         <v>13</v>
       </c>
       <c r="C278" t="s">
-        <v>34</v>
+        <v>846</v>
       </c>
       <c r="D278" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="E278">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F278" t="s">
         <v>16</v>
       </c>
       <c r="G278" t="s">
         <v>17</v>
       </c>
       <c r="K278" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B279" t="s">
         <v>13</v>
       </c>
       <c r="C279" t="s">
-        <v>34</v>
+        <v>846</v>
       </c>
       <c r="D279" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="E279">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F279" t="s">
         <v>16</v>
       </c>
       <c r="G279" t="s">
         <v>17</v>
       </c>
       <c r="K279" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="B280" t="s">
         <v>13</v>
       </c>
       <c r="C280" t="s">
-        <v>34</v>
+        <v>846</v>
       </c>
       <c r="D280" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="E280">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F280" t="s">
         <v>16</v>
       </c>
       <c r="G280" t="s">
         <v>17</v>
       </c>
       <c r="K280" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B281" t="s">
         <v>13</v>
       </c>
       <c r="C281" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D281" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E281">
         <v>3</v>
       </c>
       <c r="F281" t="s">
         <v>16</v>
       </c>
       <c r="G281" t="s">
         <v>17</v>
       </c>
       <c r="K281" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="B282" t="s">
         <v>13</v>
       </c>
       <c r="C282" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D282" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E282">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F282" t="s">
         <v>16</v>
       </c>
       <c r="G282" t="s">
         <v>17</v>
       </c>
       <c r="K282" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B283" t="s">
         <v>13</v>
       </c>
       <c r="C283" t="s">
-        <v>861</v>
+        <v>476</v>
       </c>
       <c r="D283" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E283">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F283" t="s">
         <v>16</v>
       </c>
       <c r="G283" t="s">
         <v>17</v>
       </c>
       <c r="K283" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" t="s">
-        <v>867</v>
+        <v>19</v>
       </c>
       <c r="B284" t="s">
         <v>13</v>
       </c>
       <c r="C284" t="s">
         <v>868</v>
       </c>
       <c r="D284" t="s">
         <v>869</v>
       </c>
       <c r="E284">
-        <v>20</v>
+        <v>241</v>
       </c>
       <c r="F284" t="s">
         <v>16</v>
       </c>
       <c r="G284" t="s">
         <v>17</v>
+      </c>
+      <c r="H284">
+        <v>3</v>
+      </c>
+      <c r="I284">
+        <v>42.4</v>
       </c>
       <c r="K284" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" t="s">
-        <v>19</v>
+        <v>871</v>
       </c>
       <c r="B285" t="s">
         <v>13</v>
       </c>
       <c r="C285" t="s">
-        <v>871</v>
+        <v>476</v>
       </c>
       <c r="D285" t="s">
         <v>872</v>
       </c>
       <c r="E285">
-        <v>233</v>
+        <v>22</v>
       </c>
       <c r="F285" t="s">
         <v>16</v>
       </c>
       <c r="G285" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>32.2</v>
       </c>
       <c r="K285" t="s">
         <v>873</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" t="s">
         <v>874</v>
       </c>
       <c r="B286" t="s">
         <v>13</v>
       </c>
       <c r="C286" t="s">
-        <v>34</v>
+        <v>476</v>
       </c>
       <c r="D286" t="s">
         <v>875</v>
       </c>
       <c r="E286">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="F286" t="s">
         <v>16</v>
       </c>
       <c r="G286" t="s">
         <v>17</v>
       </c>
       <c r="K286" t="s">
         <v>876</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" t="s">
         <v>877</v>
       </c>
       <c r="B287" t="s">
         <v>13</v>
       </c>
       <c r="C287" t="s">
-        <v>34</v>
+        <v>862</v>
       </c>
       <c r="D287" t="s">
         <v>878</v>
       </c>
       <c r="E287">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F287" t="s">
         <v>16</v>
       </c>
       <c r="G287" t="s">
         <v>17</v>
       </c>
       <c r="K287" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" t="s">
         <v>880</v>
       </c>
       <c r="B288" t="s">
         <v>13</v>
       </c>
       <c r="C288" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D288" t="s">
         <v>881</v>
       </c>
       <c r="E288">
         <v>2</v>
       </c>
       <c r="F288" t="s">
         <v>16</v>
       </c>
       <c r="G288" t="s">
         <v>17</v>
       </c>
       <c r="K288" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" t="s">
         <v>883</v>
       </c>
       <c r="B289" t="s">
         <v>13</v>
       </c>
       <c r="C289" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D289" t="s">
         <v>884</v>
       </c>
       <c r="E289">
         <v>2</v>
       </c>
       <c r="F289" t="s">
         <v>16</v>
       </c>
       <c r="G289" t="s">
         <v>17</v>
       </c>
       <c r="K289" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" t="s">
         <v>886</v>
       </c>
       <c r="B290" t="s">
         <v>13</v>
       </c>
       <c r="C290" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D290" t="s">
         <v>887</v>
       </c>
       <c r="E290">
         <v>2</v>
       </c>
       <c r="F290" t="s">
         <v>16</v>
       </c>
       <c r="G290" t="s">
         <v>17</v>
       </c>
       <c r="K290" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" t="s">
         <v>889</v>
       </c>
       <c r="B291" t="s">
         <v>13</v>
       </c>
       <c r="C291" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D291" t="s">
         <v>890</v>
       </c>
       <c r="E291">
         <v>2</v>
       </c>
       <c r="F291" t="s">
         <v>16</v>
       </c>
       <c r="G291" t="s">
         <v>17</v>
       </c>
       <c r="K291" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" t="s">
         <v>892</v>
       </c>
       <c r="B292" t="s">
         <v>13</v>
       </c>
       <c r="C292" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D292" t="s">
         <v>893</v>
       </c>
       <c r="E292">
         <v>2</v>
       </c>
       <c r="F292" t="s">
         <v>16</v>
       </c>
       <c r="G292" t="s">
         <v>17</v>
       </c>
       <c r="K292" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" t="s">
         <v>895</v>
       </c>
       <c r="B293" t="s">
         <v>13</v>
       </c>
       <c r="C293" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D293" t="s">
         <v>896</v>
       </c>
       <c r="E293">
         <v>2</v>
       </c>
       <c r="F293" t="s">
         <v>16</v>
       </c>
       <c r="G293" t="s">
         <v>17</v>
       </c>
       <c r="K293" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" t="s">
         <v>898</v>
       </c>
       <c r="B294" t="s">
         <v>13</v>
       </c>
       <c r="C294" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D294" t="s">
         <v>899</v>
       </c>
       <c r="E294">
         <v>2</v>
       </c>
       <c r="F294" t="s">
         <v>16</v>
       </c>
       <c r="G294" t="s">
         <v>17</v>
       </c>
       <c r="K294" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" t="s">
         <v>901</v>
       </c>
       <c r="B295" t="s">
         <v>13</v>
       </c>
       <c r="C295" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D295" t="s">
         <v>902</v>
       </c>
       <c r="E295">
         <v>2</v>
       </c>
       <c r="F295" t="s">
         <v>16</v>
       </c>
       <c r="G295" t="s">
         <v>17</v>
       </c>
       <c r="K295" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" t="s">
         <v>904</v>
       </c>
       <c r="B296" t="s">
         <v>13</v>
       </c>
       <c r="C296" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D296" t="s">
         <v>905</v>
       </c>
       <c r="E296">
         <v>2</v>
       </c>
       <c r="F296" t="s">
         <v>16</v>
       </c>
       <c r="G296" t="s">
         <v>17</v>
       </c>
       <c r="K296" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" t="s">
         <v>907</v>
       </c>
       <c r="B297" t="s">
         <v>13</v>
       </c>
       <c r="C297" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D297" t="s">
         <v>908</v>
       </c>
       <c r="E297">
         <v>2</v>
       </c>
       <c r="F297" t="s">
         <v>16</v>
       </c>
       <c r="G297" t="s">
         <v>17</v>
       </c>
       <c r="K297" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" t="s">
         <v>910</v>
       </c>
       <c r="B298" t="s">
         <v>13</v>
       </c>
       <c r="C298" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D298" t="s">
         <v>911</v>
       </c>
       <c r="E298">
         <v>2</v>
       </c>
       <c r="F298" t="s">
         <v>16</v>
       </c>
       <c r="G298" t="s">
         <v>17</v>
       </c>
       <c r="K298" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" t="s">
         <v>913</v>
       </c>
       <c r="B299" t="s">
         <v>13</v>
       </c>
       <c r="C299" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D299" t="s">
         <v>914</v>
       </c>
       <c r="E299">
         <v>2</v>
       </c>
       <c r="F299" t="s">
         <v>16</v>
       </c>
       <c r="G299" t="s">
         <v>17</v>
       </c>
       <c r="K299" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" t="s">
         <v>916</v>
       </c>
       <c r="B300" t="s">
         <v>13</v>
       </c>
       <c r="C300" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D300" t="s">
         <v>917</v>
       </c>
       <c r="E300">
         <v>2</v>
       </c>
       <c r="F300" t="s">
         <v>16</v>
       </c>
       <c r="G300" t="s">
         <v>17</v>
       </c>
       <c r="K300" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" t="s">
         <v>919</v>
       </c>
       <c r="B301" t="s">
         <v>13</v>
       </c>
       <c r="C301" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D301" t="s">
         <v>920</v>
       </c>
       <c r="E301">
         <v>2</v>
       </c>
       <c r="F301" t="s">
         <v>16</v>
       </c>
       <c r="G301" t="s">
         <v>17</v>
       </c>
       <c r="K301" t="s">
         <v>921</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" t="s">
         <v>922</v>
       </c>
       <c r="B302" t="s">
         <v>13</v>
       </c>
       <c r="C302" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D302" t="s">
         <v>923</v>
       </c>
       <c r="E302">
         <v>2</v>
       </c>
       <c r="F302" t="s">
         <v>16</v>
       </c>
       <c r="G302" t="s">
         <v>17</v>
       </c>
       <c r="K302" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" t="s">
         <v>925</v>
       </c>
       <c r="B303" t="s">
         <v>13</v>
       </c>
       <c r="C303" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D303" t="s">
         <v>926</v>
       </c>
       <c r="E303">
         <v>2</v>
       </c>
       <c r="F303" t="s">
         <v>16</v>
       </c>
       <c r="G303" t="s">
         <v>17</v>
       </c>
       <c r="K303" t="s">
         <v>927</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" t="s">
         <v>928</v>
       </c>
       <c r="B304" t="s">
         <v>13</v>
       </c>
       <c r="C304" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D304" t="s">
         <v>929</v>
       </c>
       <c r="E304">
         <v>2</v>
       </c>
       <c r="F304" t="s">
         <v>16</v>
       </c>
       <c r="G304" t="s">
         <v>17</v>
       </c>
       <c r="K304" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" t="s">
         <v>931</v>
       </c>
       <c r="B305" t="s">
         <v>13</v>
       </c>
       <c r="C305" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D305" t="s">
         <v>932</v>
       </c>
       <c r="E305">
         <v>2</v>
       </c>
       <c r="F305" t="s">
         <v>16</v>
       </c>
       <c r="G305" t="s">
         <v>17</v>
       </c>
       <c r="K305" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" t="s">
         <v>934</v>
       </c>
       <c r="B306" t="s">
         <v>13</v>
       </c>
       <c r="C306" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D306" t="s">
         <v>935</v>
       </c>
       <c r="E306">
         <v>2</v>
       </c>
       <c r="F306" t="s">
         <v>16</v>
       </c>
       <c r="G306" t="s">
         <v>17</v>
       </c>
       <c r="K306" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" t="s">
         <v>937</v>
       </c>
       <c r="B307" t="s">
         <v>13</v>
       </c>
       <c r="C307" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D307" t="s">
         <v>938</v>
       </c>
       <c r="E307">
         <v>2</v>
       </c>
       <c r="F307" t="s">
         <v>16</v>
       </c>
       <c r="G307" t="s">
         <v>17</v>
       </c>
       <c r="K307" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" t="s">
         <v>940</v>
       </c>
       <c r="B308" t="s">
         <v>13</v>
       </c>
       <c r="C308" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D308" t="s">
         <v>941</v>
       </c>
       <c r="E308">
         <v>2</v>
       </c>
       <c r="F308" t="s">
         <v>16</v>
       </c>
       <c r="G308" t="s">
         <v>17</v>
       </c>
       <c r="K308" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" t="s">
         <v>943</v>
       </c>
       <c r="B309" t="s">
         <v>13</v>
       </c>
       <c r="C309" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D309" t="s">
         <v>944</v>
       </c>
       <c r="E309">
         <v>2</v>
       </c>
       <c r="F309" t="s">
         <v>16</v>
       </c>
       <c r="G309" t="s">
         <v>17</v>
       </c>
       <c r="K309" t="s">
         <v>945</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" t="s">
         <v>946</v>
       </c>
       <c r="B310" t="s">
         <v>13</v>
       </c>
       <c r="C310" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D310" t="s">
         <v>947</v>
       </c>
       <c r="E310">
         <v>2</v>
       </c>
       <c r="F310" t="s">
         <v>16</v>
       </c>
       <c r="G310" t="s">
         <v>17</v>
       </c>
       <c r="K310" t="s">
         <v>948</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" t="s">
         <v>949</v>
       </c>
       <c r="B311" t="s">
         <v>13</v>
       </c>
       <c r="C311" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D311" t="s">
         <v>950</v>
       </c>
       <c r="E311">
         <v>2</v>
       </c>
       <c r="F311" t="s">
         <v>16</v>
       </c>
       <c r="G311" t="s">
         <v>17</v>
       </c>
       <c r="K311" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" t="s">
         <v>952</v>
       </c>
       <c r="B312" t="s">
         <v>13</v>
       </c>
       <c r="C312" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D312" t="s">
         <v>953</v>
       </c>
       <c r="E312">
         <v>2</v>
       </c>
       <c r="F312" t="s">
         <v>16</v>
       </c>
       <c r="G312" t="s">
         <v>17</v>
       </c>
       <c r="K312" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" t="s">
         <v>955</v>
       </c>
       <c r="B313" t="s">
         <v>13</v>
       </c>
       <c r="C313" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D313" t="s">
         <v>956</v>
       </c>
       <c r="E313">
         <v>2</v>
       </c>
       <c r="F313" t="s">
         <v>16</v>
       </c>
       <c r="G313" t="s">
         <v>17</v>
       </c>
       <c r="K313" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" t="s">
         <v>958</v>
       </c>
       <c r="B314" t="s">
         <v>13</v>
       </c>
       <c r="C314" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D314" t="s">
         <v>959</v>
       </c>
       <c r="E314">
         <v>2</v>
       </c>
       <c r="F314" t="s">
         <v>16</v>
       </c>
       <c r="G314" t="s">
         <v>17</v>
       </c>
       <c r="K314" t="s">
         <v>960</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" t="s">
         <v>961</v>
       </c>
       <c r="B315" t="s">
         <v>13</v>
       </c>
       <c r="C315" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D315" t="s">
         <v>962</v>
       </c>
       <c r="E315">
         <v>2</v>
       </c>
       <c r="F315" t="s">
         <v>16</v>
       </c>
       <c r="G315" t="s">
         <v>17</v>
       </c>
       <c r="K315" t="s">
         <v>963</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" t="s">
         <v>964</v>
       </c>
       <c r="B316" t="s">
         <v>13</v>
       </c>
       <c r="C316" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D316" t="s">
         <v>965</v>
       </c>
       <c r="E316">
         <v>2</v>
       </c>
       <c r="F316" t="s">
         <v>16</v>
       </c>
       <c r="G316" t="s">
         <v>17</v>
       </c>
       <c r="K316" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" t="s">
         <v>967</v>
       </c>
       <c r="B317" t="s">
         <v>13</v>
       </c>
       <c r="C317" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D317" t="s">
         <v>968</v>
       </c>
       <c r="E317">
         <v>2</v>
       </c>
       <c r="F317" t="s">
         <v>16</v>
       </c>
       <c r="G317" t="s">
         <v>17</v>
       </c>
       <c r="K317" t="s">
         <v>969</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" t="s">
         <v>970</v>
       </c>
       <c r="B318" t="s">
         <v>13</v>
       </c>
       <c r="C318" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D318" t="s">
         <v>971</v>
       </c>
       <c r="E318">
         <v>2</v>
       </c>
       <c r="F318" t="s">
         <v>16</v>
       </c>
       <c r="G318" t="s">
         <v>17</v>
       </c>
       <c r="K318" t="s">
         <v>972</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" t="s">
         <v>973</v>
       </c>
       <c r="B319" t="s">
         <v>13</v>
       </c>
       <c r="C319" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D319" t="s">
         <v>974</v>
       </c>
       <c r="E319">
         <v>2</v>
       </c>
       <c r="F319" t="s">
         <v>16</v>
       </c>
       <c r="G319" t="s">
         <v>17</v>
       </c>
       <c r="K319" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" t="s">
         <v>976</v>
       </c>
       <c r="B320" t="s">
         <v>13</v>
       </c>
       <c r="C320" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D320" t="s">
         <v>977</v>
       </c>
       <c r="E320">
         <v>2</v>
       </c>
       <c r="F320" t="s">
         <v>16</v>
       </c>
       <c r="G320" t="s">
         <v>17</v>
       </c>
       <c r="K320" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" t="s">
         <v>979</v>
       </c>
       <c r="B321" t="s">
         <v>13</v>
       </c>
       <c r="C321" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D321" t="s">
         <v>980</v>
       </c>
       <c r="E321">
         <v>2</v>
       </c>
       <c r="F321" t="s">
         <v>16</v>
       </c>
       <c r="G321" t="s">
         <v>17</v>
       </c>
       <c r="K321" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" t="s">
         <v>982</v>
       </c>
       <c r="B322" t="s">
         <v>13</v>
       </c>
       <c r="C322" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D322" t="s">
         <v>983</v>
       </c>
       <c r="E322">
         <v>2</v>
       </c>
       <c r="F322" t="s">
         <v>16</v>
       </c>
       <c r="G322" t="s">
         <v>17</v>
       </c>
       <c r="K322" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" t="s">
         <v>985</v>
       </c>
       <c r="B323" t="s">
         <v>13</v>
       </c>
       <c r="C323" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D323" t="s">
         <v>986</v>
       </c>
       <c r="E323">
         <v>2</v>
       </c>
       <c r="F323" t="s">
         <v>16</v>
       </c>
       <c r="G323" t="s">
         <v>17</v>
       </c>
       <c r="K323" t="s">
         <v>987</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" t="s">
         <v>988</v>
       </c>
       <c r="B324" t="s">
         <v>13</v>
       </c>
       <c r="C324" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D324" t="s">
         <v>989</v>
       </c>
       <c r="E324">
         <v>2</v>
       </c>
       <c r="F324" t="s">
         <v>16</v>
       </c>
       <c r="G324" t="s">
         <v>17</v>
       </c>
       <c r="K324" t="s">
         <v>990</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" t="s">
         <v>991</v>
       </c>
       <c r="B325" t="s">
         <v>13</v>
       </c>
       <c r="C325" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D325" t="s">
         <v>992</v>
       </c>
       <c r="E325">
         <v>2</v>
       </c>
       <c r="F325" t="s">
         <v>16</v>
       </c>
       <c r="G325" t="s">
         <v>17</v>
       </c>
       <c r="K325" t="s">
         <v>993</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" t="s">
         <v>994</v>
       </c>
       <c r="B326" t="s">
         <v>13</v>
       </c>
       <c r="C326" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D326" t="s">
         <v>995</v>
       </c>
       <c r="E326">
         <v>2</v>
       </c>
       <c r="F326" t="s">
         <v>16</v>
       </c>
       <c r="G326" t="s">
         <v>17</v>
       </c>
       <c r="K326" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" t="s">
         <v>997</v>
       </c>
       <c r="B327" t="s">
         <v>13</v>
       </c>
       <c r="C327" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D327" t="s">
         <v>998</v>
       </c>
       <c r="E327">
         <v>2</v>
       </c>
       <c r="F327" t="s">
         <v>16</v>
       </c>
       <c r="G327" t="s">
         <v>17</v>
       </c>
       <c r="K327" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" t="s">
         <v>1000</v>
       </c>
       <c r="B328" t="s">
         <v>13</v>
       </c>
       <c r="C328" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D328" t="s">
         <v>1001</v>
       </c>
       <c r="E328">
         <v>2</v>
       </c>
       <c r="F328" t="s">
         <v>16</v>
       </c>
       <c r="G328" t="s">
         <v>17</v>
       </c>
       <c r="K328" t="s">
         <v>1002</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" t="s">
         <v>1003</v>
       </c>
       <c r="B329" t="s">
         <v>13</v>
       </c>
       <c r="C329" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D329" t="s">
         <v>1004</v>
       </c>
       <c r="E329">
         <v>2</v>
       </c>
       <c r="F329" t="s">
         <v>16</v>
       </c>
       <c r="G329" t="s">
         <v>17</v>
       </c>
       <c r="K329" t="s">
         <v>1005</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" t="s">
         <v>1006</v>
       </c>
       <c r="B330" t="s">
         <v>13</v>
       </c>
       <c r="C330" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D330" t="s">
         <v>1007</v>
       </c>
       <c r="E330">
         <v>2</v>
       </c>
       <c r="F330" t="s">
         <v>16</v>
       </c>
       <c r="G330" t="s">
         <v>17</v>
       </c>
       <c r="K330" t="s">
         <v>1008</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" t="s">
         <v>1009</v>
       </c>
       <c r="B331" t="s">
         <v>13</v>
       </c>
       <c r="C331" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D331" t="s">
         <v>1010</v>
       </c>
       <c r="E331">
         <v>2</v>
       </c>
       <c r="F331" t="s">
         <v>16</v>
       </c>
       <c r="G331" t="s">
         <v>17</v>
       </c>
       <c r="K331" t="s">
         <v>1011</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" t="s">
         <v>1012</v>
       </c>
       <c r="B332" t="s">
         <v>13</v>
       </c>
       <c r="C332" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D332" t="s">
         <v>1013</v>
       </c>
       <c r="E332">
         <v>2</v>
       </c>
       <c r="F332" t="s">
         <v>16</v>
       </c>
       <c r="G332" t="s">
         <v>17</v>
       </c>
       <c r="K332" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" t="s">
         <v>1015</v>
       </c>
       <c r="B333" t="s">
         <v>13</v>
       </c>
       <c r="C333" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D333" t="s">
         <v>1016</v>
       </c>
       <c r="E333">
         <v>2</v>
       </c>
       <c r="F333" t="s">
         <v>16</v>
       </c>
       <c r="G333" t="s">
         <v>17</v>
       </c>
       <c r="K333" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" t="s">
         <v>1018</v>
       </c>
       <c r="B334" t="s">
         <v>13</v>
       </c>
       <c r="C334" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D334" t="s">
         <v>1019</v>
       </c>
       <c r="E334">
         <v>2</v>
       </c>
       <c r="F334" t="s">
         <v>16</v>
       </c>
       <c r="G334" t="s">
         <v>17</v>
       </c>
       <c r="K334" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" t="s">
         <v>1021</v>
       </c>
       <c r="B335" t="s">
         <v>13</v>
       </c>
       <c r="C335" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D335" t="s">
         <v>1022</v>
       </c>
       <c r="E335">
         <v>2</v>
       </c>
       <c r="F335" t="s">
         <v>16</v>
       </c>
       <c r="G335" t="s">
         <v>17</v>
       </c>
       <c r="K335" t="s">
         <v>1023</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" t="s">
         <v>1024</v>
       </c>
       <c r="B336" t="s">
         <v>13</v>
       </c>
       <c r="C336" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D336" t="s">
         <v>1025</v>
       </c>
       <c r="E336">
         <v>2</v>
       </c>
       <c r="F336" t="s">
         <v>16</v>
       </c>
       <c r="G336" t="s">
         <v>17</v>
       </c>
       <c r="K336" t="s">
         <v>1026</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" t="s">
         <v>1027</v>
       </c>
       <c r="B337" t="s">
         <v>13</v>
       </c>
       <c r="C337" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D337" t="s">
         <v>1028</v>
       </c>
       <c r="E337">
         <v>2</v>
       </c>
       <c r="F337" t="s">
         <v>16</v>
       </c>
       <c r="G337" t="s">
         <v>17</v>
       </c>
       <c r="K337" t="s">
         <v>1029</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" t="s">
         <v>1030</v>
       </c>
       <c r="B338" t="s">
         <v>13</v>
       </c>
       <c r="C338" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D338" t="s">
         <v>1031</v>
       </c>
       <c r="E338">
         <v>2</v>
       </c>
       <c r="F338" t="s">
         <v>16</v>
       </c>
       <c r="G338" t="s">
         <v>17</v>
       </c>
       <c r="K338" t="s">
         <v>1032</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" t="s">
         <v>1033</v>
       </c>
       <c r="B339" t="s">
         <v>13</v>
       </c>
       <c r="C339" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D339" t="s">
         <v>1034</v>
       </c>
       <c r="E339">
         <v>2</v>
       </c>
       <c r="F339" t="s">
         <v>16</v>
       </c>
       <c r="G339" t="s">
         <v>17</v>
       </c>
       <c r="K339" t="s">
         <v>1035</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" t="s">
         <v>1036</v>
       </c>
       <c r="B340" t="s">
         <v>13</v>
       </c>
       <c r="C340" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D340" t="s">
         <v>1037</v>
       </c>
       <c r="E340">
         <v>2</v>
       </c>
       <c r="F340" t="s">
         <v>16</v>
       </c>
       <c r="G340" t="s">
         <v>17</v>
       </c>
       <c r="K340" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" t="s">
         <v>1039</v>
       </c>
       <c r="B341" t="s">
         <v>13</v>
       </c>
       <c r="C341" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D341" t="s">
         <v>1040</v>
       </c>
       <c r="E341">
         <v>2</v>
       </c>
       <c r="F341" t="s">
         <v>16</v>
       </c>
       <c r="G341" t="s">
         <v>17</v>
       </c>
       <c r="K341" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" t="s">
         <v>1042</v>
       </c>
       <c r="B342" t="s">
         <v>13</v>
       </c>
       <c r="C342" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D342" t="s">
         <v>1043</v>
       </c>
       <c r="E342">
         <v>2</v>
       </c>
       <c r="F342" t="s">
         <v>16</v>
       </c>
       <c r="G342" t="s">
         <v>17</v>
       </c>
       <c r="K342" t="s">
         <v>1044</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" t="s">
         <v>1045</v>
       </c>
       <c r="B343" t="s">
         <v>13</v>
       </c>
       <c r="C343" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D343" t="s">
         <v>1046</v>
       </c>
       <c r="E343">
         <v>2</v>
       </c>
       <c r="F343" t="s">
         <v>16</v>
       </c>
       <c r="G343" t="s">
         <v>17</v>
       </c>
       <c r="K343" t="s">
         <v>1047</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" t="s">
         <v>1048</v>
       </c>
       <c r="B344" t="s">
         <v>13</v>
       </c>
       <c r="C344" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D344" t="s">
         <v>1049</v>
       </c>
       <c r="E344">
         <v>2</v>
       </c>
       <c r="F344" t="s">
         <v>16</v>
       </c>
       <c r="G344" t="s">
         <v>17</v>
       </c>
       <c r="K344" t="s">
         <v>1050</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" t="s">
         <v>1051</v>
       </c>
       <c r="B345" t="s">
         <v>13</v>
       </c>
       <c r="C345" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D345" t="s">
         <v>1052</v>
       </c>
       <c r="E345">
         <v>2</v>
       </c>
       <c r="F345" t="s">
         <v>16</v>
       </c>
       <c r="G345" t="s">
         <v>17</v>
       </c>
       <c r="K345" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" t="s">
         <v>1054</v>
       </c>
       <c r="B346" t="s">
         <v>13</v>
       </c>
       <c r="C346" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D346" t="s">
         <v>1055</v>
       </c>
       <c r="E346">
         <v>2</v>
       </c>
       <c r="F346" t="s">
         <v>16</v>
       </c>
       <c r="G346" t="s">
         <v>17</v>
       </c>
       <c r="K346" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" t="s">
         <v>1057</v>
       </c>
       <c r="B347" t="s">
         <v>13</v>
       </c>
       <c r="C347" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D347" t="s">
         <v>1058</v>
       </c>
       <c r="E347">
         <v>2</v>
       </c>
       <c r="F347" t="s">
         <v>16</v>
       </c>
       <c r="G347" t="s">
         <v>17</v>
       </c>
       <c r="K347" t="s">
         <v>1059</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" t="s">
         <v>1060</v>
       </c>
       <c r="B348" t="s">
         <v>13</v>
       </c>
       <c r="C348" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D348" t="s">
         <v>1061</v>
       </c>
       <c r="E348">
         <v>2</v>
       </c>
       <c r="F348" t="s">
         <v>16</v>
       </c>
       <c r="G348" t="s">
         <v>17</v>
       </c>
       <c r="K348" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" t="s">
         <v>1063</v>
       </c>
       <c r="B349" t="s">
         <v>13</v>
       </c>
       <c r="C349" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D349" t="s">
         <v>1064</v>
       </c>
       <c r="E349">
         <v>2</v>
       </c>
       <c r="F349" t="s">
         <v>16</v>
       </c>
       <c r="G349" t="s">
         <v>17</v>
       </c>
       <c r="K349" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" t="s">
         <v>1066</v>
       </c>
       <c r="B350" t="s">
         <v>13</v>
       </c>
       <c r="C350" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D350" t="s">
         <v>1067</v>
       </c>
       <c r="E350">
         <v>2</v>
       </c>
       <c r="F350" t="s">
         <v>16</v>
       </c>
       <c r="G350" t="s">
         <v>17</v>
       </c>
       <c r="K350" t="s">
         <v>1068</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" t="s">
         <v>1069</v>
       </c>
       <c r="B351" t="s">
         <v>13</v>
       </c>
       <c r="C351" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D351" t="s">
         <v>1070</v>
       </c>
       <c r="E351">
         <v>2</v>
       </c>
       <c r="F351" t="s">
         <v>16</v>
       </c>
       <c r="G351" t="s">
         <v>17</v>
       </c>
       <c r="K351" t="s">
         <v>1071</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" t="s">
         <v>1072</v>
       </c>
       <c r="B352" t="s">
         <v>13</v>
       </c>
       <c r="C352" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D352" t="s">
         <v>1073</v>
       </c>
       <c r="E352">
         <v>2</v>
       </c>
       <c r="F352" t="s">
         <v>16</v>
       </c>
       <c r="G352" t="s">
         <v>17</v>
       </c>
       <c r="K352" t="s">
         <v>1074</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" t="s">
         <v>1075</v>
       </c>
       <c r="B353" t="s">
         <v>13</v>
       </c>
       <c r="C353" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D353" t="s">
         <v>1076</v>
       </c>
       <c r="E353">
         <v>2</v>
       </c>
       <c r="F353" t="s">
         <v>16</v>
       </c>
       <c r="G353" t="s">
         <v>17</v>
       </c>
       <c r="K353" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" t="s">
         <v>1078</v>
       </c>
       <c r="B354" t="s">
         <v>13</v>
       </c>
       <c r="C354" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D354" t="s">
         <v>1079</v>
       </c>
       <c r="E354">
         <v>2</v>
       </c>
       <c r="F354" t="s">
         <v>16</v>
       </c>
       <c r="G354" t="s">
         <v>17</v>
       </c>
       <c r="K354" t="s">
         <v>1080</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" t="s">
         <v>1081</v>
       </c>
       <c r="B355" t="s">
         <v>13</v>
       </c>
       <c r="C355" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D355" t="s">
         <v>1082</v>
       </c>
       <c r="E355">
         <v>2</v>
       </c>
       <c r="F355" t="s">
         <v>16</v>
       </c>
       <c r="G355" t="s">
         <v>17</v>
       </c>
       <c r="K355" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" t="s">
         <v>1084</v>
       </c>
       <c r="B356" t="s">
         <v>13</v>
       </c>
       <c r="C356" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D356" t="s">
         <v>1085</v>
       </c>
       <c r="E356">
         <v>2</v>
       </c>
       <c r="F356" t="s">
         <v>16</v>
       </c>
       <c r="G356" t="s">
         <v>17</v>
       </c>
       <c r="K356" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" t="s">
         <v>1087</v>
       </c>
       <c r="B357" t="s">
         <v>13</v>
       </c>
       <c r="C357" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D357" t="s">
         <v>1088</v>
       </c>
       <c r="E357">
         <v>2</v>
       </c>
       <c r="F357" t="s">
         <v>16</v>
       </c>
       <c r="G357" t="s">
         <v>17</v>
       </c>
       <c r="K357" t="s">
         <v>1089</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" t="s">
         <v>1090</v>
       </c>
       <c r="B358" t="s">
         <v>13</v>
       </c>
       <c r="C358" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D358" t="s">
         <v>1091</v>
       </c>
       <c r="E358">
         <v>2</v>
       </c>
       <c r="F358" t="s">
         <v>16</v>
       </c>
       <c r="G358" t="s">
         <v>17</v>
       </c>
       <c r="K358" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" t="s">
         <v>1093</v>
       </c>
       <c r="B359" t="s">
         <v>13</v>
       </c>
       <c r="C359" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D359" t="s">
         <v>1094</v>
       </c>
       <c r="E359">
         <v>2</v>
       </c>
       <c r="F359" t="s">
         <v>16</v>
       </c>
       <c r="G359" t="s">
         <v>17</v>
       </c>
       <c r="K359" t="s">
         <v>1095</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" t="s">
         <v>1096</v>
       </c>
       <c r="B360" t="s">
         <v>13</v>
       </c>
       <c r="C360" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D360" t="s">
         <v>1097</v>
       </c>
       <c r="E360">
         <v>2</v>
       </c>
       <c r="F360" t="s">
         <v>16</v>
       </c>
       <c r="G360" t="s">
         <v>17</v>
       </c>
       <c r="K360" t="s">
         <v>1098</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" t="s">
         <v>1099</v>
       </c>
       <c r="B361" t="s">
         <v>13</v>
       </c>
       <c r="C361" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D361" t="s">
         <v>1100</v>
       </c>
       <c r="E361">
         <v>2</v>
       </c>
       <c r="F361" t="s">
         <v>16</v>
       </c>
       <c r="G361" t="s">
         <v>17</v>
       </c>
       <c r="K361" t="s">
         <v>1101</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" t="s">
         <v>1102</v>
       </c>
       <c r="B362" t="s">
         <v>13</v>
       </c>
       <c r="C362" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D362" t="s">
         <v>1103</v>
       </c>
       <c r="E362">
         <v>2</v>
       </c>
       <c r="F362" t="s">
         <v>16</v>
       </c>
       <c r="G362" t="s">
         <v>17</v>
       </c>
       <c r="K362" t="s">
         <v>1104</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" t="s">
         <v>1105</v>
       </c>
       <c r="B363" t="s">
         <v>13</v>
       </c>
       <c r="C363" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D363" t="s">
         <v>1106</v>
       </c>
       <c r="E363">
         <v>2</v>
       </c>
       <c r="F363" t="s">
         <v>16</v>
       </c>
       <c r="G363" t="s">
         <v>17</v>
       </c>
       <c r="K363" t="s">
         <v>1107</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" t="s">
         <v>1108</v>
       </c>
       <c r="B364" t="s">
         <v>13</v>
       </c>
       <c r="C364" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D364" t="s">
         <v>1109</v>
       </c>
       <c r="E364">
         <v>2</v>
       </c>
       <c r="F364" t="s">
         <v>16</v>
       </c>
       <c r="G364" t="s">
         <v>17</v>
       </c>
       <c r="K364" t="s">
         <v>1110</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" t="s">
         <v>1111</v>
       </c>
       <c r="B365" t="s">
         <v>13</v>
       </c>
       <c r="C365" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D365" t="s">
         <v>1112</v>
       </c>
       <c r="E365">
         <v>2</v>
       </c>
       <c r="F365" t="s">
         <v>16</v>
       </c>
       <c r="G365" t="s">
         <v>17</v>
       </c>
       <c r="K365" t="s">
         <v>1113</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" t="s">
         <v>1114</v>
       </c>
       <c r="B366" t="s">
         <v>13</v>
       </c>
       <c r="C366" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D366" t="s">
         <v>1115</v>
       </c>
       <c r="E366">
         <v>2</v>
       </c>
       <c r="F366" t="s">
         <v>16</v>
       </c>
       <c r="G366" t="s">
         <v>17</v>
       </c>
       <c r="K366" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" t="s">
         <v>1117</v>
       </c>
       <c r="B367" t="s">
         <v>13</v>
       </c>
       <c r="C367" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D367" t="s">
         <v>1118</v>
       </c>
       <c r="E367">
         <v>2</v>
       </c>
       <c r="F367" t="s">
         <v>16</v>
       </c>
       <c r="G367" t="s">
         <v>17</v>
       </c>
       <c r="K367" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" t="s">
         <v>1120</v>
       </c>
       <c r="B368" t="s">
         <v>13</v>
       </c>
       <c r="C368" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D368" t="s">
         <v>1121</v>
       </c>
       <c r="E368">
         <v>2</v>
       </c>
       <c r="F368" t="s">
         <v>16</v>
       </c>
       <c r="G368" t="s">
         <v>17</v>
       </c>
       <c r="K368" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" t="s">
         <v>1123</v>
       </c>
       <c r="B369" t="s">
         <v>13</v>
       </c>
       <c r="C369" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D369" t="s">
         <v>1124</v>
       </c>
       <c r="E369">
         <v>2</v>
       </c>
       <c r="F369" t="s">
         <v>16</v>
       </c>
       <c r="G369" t="s">
         <v>17</v>
       </c>
       <c r="K369" t="s">
         <v>1125</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" t="s">
         <v>1126</v>
       </c>
       <c r="B370" t="s">
         <v>13</v>
       </c>
       <c r="C370" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D370" t="s">
         <v>1127</v>
       </c>
       <c r="E370">
         <v>2</v>
       </c>
       <c r="F370" t="s">
         <v>16</v>
       </c>
       <c r="G370" t="s">
         <v>17</v>
       </c>
       <c r="K370" t="s">
         <v>1128</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" t="s">
         <v>1129</v>
       </c>
       <c r="B371" t="s">
         <v>13</v>
       </c>
       <c r="C371" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D371" t="s">
         <v>1130</v>
       </c>
       <c r="E371">
         <v>2</v>
       </c>
       <c r="F371" t="s">
         <v>16</v>
       </c>
       <c r="G371" t="s">
         <v>17</v>
       </c>
       <c r="K371" t="s">
         <v>1131</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" t="s">
         <v>1132</v>
       </c>
       <c r="B372" t="s">
         <v>13</v>
       </c>
       <c r="C372" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D372" t="s">
         <v>1133</v>
       </c>
       <c r="E372">
         <v>2</v>
       </c>
       <c r="F372" t="s">
         <v>16</v>
       </c>
       <c r="G372" t="s">
         <v>17</v>
       </c>
       <c r="K372" t="s">
         <v>1134</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" t="s">
         <v>1135</v>
       </c>
       <c r="B373" t="s">
         <v>13</v>
       </c>
       <c r="C373" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D373" t="s">
         <v>1136</v>
       </c>
       <c r="E373">
         <v>2</v>
       </c>
       <c r="F373" t="s">
         <v>16</v>
       </c>
       <c r="G373" t="s">
         <v>17</v>
       </c>
       <c r="K373" t="s">
         <v>1137</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" t="s">
         <v>1138</v>
       </c>
       <c r="B374" t="s">
         <v>13</v>
       </c>
       <c r="C374" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D374" t="s">
         <v>1139</v>
       </c>
       <c r="E374">
         <v>2</v>
       </c>
       <c r="F374" t="s">
         <v>16</v>
       </c>
       <c r="G374" t="s">
         <v>17</v>
       </c>
       <c r="K374" t="s">
         <v>1140</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" t="s">
         <v>1141</v>
       </c>
       <c r="B375" t="s">
         <v>13</v>
       </c>
       <c r="C375" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D375" t="s">
         <v>1142</v>
       </c>
       <c r="E375">
         <v>2</v>
       </c>
       <c r="F375" t="s">
         <v>16</v>
       </c>
       <c r="G375" t="s">
         <v>17</v>
       </c>
       <c r="K375" t="s">
         <v>1143</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" t="s">
         <v>1144</v>
       </c>
       <c r="B376" t="s">
         <v>13</v>
       </c>
       <c r="C376" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D376" t="s">
         <v>1145</v>
       </c>
       <c r="E376">
         <v>2</v>
       </c>
       <c r="F376" t="s">
         <v>16</v>
       </c>
       <c r="G376" t="s">
         <v>17</v>
       </c>
       <c r="K376" t="s">
         <v>1146</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" t="s">
         <v>1147</v>
       </c>
       <c r="B377" t="s">
         <v>13</v>
       </c>
       <c r="C377" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D377" t="s">
         <v>1148</v>
       </c>
       <c r="E377">
         <v>2</v>
       </c>
       <c r="F377" t="s">
         <v>16</v>
       </c>
       <c r="G377" t="s">
         <v>17</v>
       </c>
       <c r="K377" t="s">
         <v>1149</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" t="s">
         <v>1150</v>
       </c>
       <c r="B378" t="s">
         <v>13</v>
       </c>
       <c r="C378" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D378" t="s">
         <v>1151</v>
       </c>
       <c r="E378">
         <v>2</v>
       </c>
       <c r="F378" t="s">
         <v>16</v>
       </c>
       <c r="G378" t="s">
         <v>17</v>
       </c>
       <c r="K378" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" t="s">
         <v>1153</v>
       </c>
       <c r="B379" t="s">
         <v>13</v>
       </c>
       <c r="C379" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D379" t="s">
         <v>1154</v>
       </c>
       <c r="E379">
         <v>2</v>
       </c>
       <c r="F379" t="s">
         <v>16</v>
       </c>
       <c r="G379" t="s">
         <v>17</v>
       </c>
       <c r="K379" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" t="s">
         <v>1156</v>
       </c>
       <c r="B380" t="s">
         <v>13</v>
       </c>
       <c r="C380" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D380" t="s">
         <v>1157</v>
       </c>
       <c r="E380">
         <v>2</v>
       </c>
       <c r="F380" t="s">
         <v>16</v>
       </c>
       <c r="G380" t="s">
         <v>17</v>
       </c>
       <c r="K380" t="s">
         <v>1158</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" t="s">
         <v>1159</v>
       </c>
       <c r="B381" t="s">
         <v>13</v>
       </c>
       <c r="C381" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D381" t="s">
         <v>1160</v>
       </c>
       <c r="E381">
         <v>2</v>
       </c>
       <c r="F381" t="s">
         <v>16</v>
       </c>
       <c r="G381" t="s">
         <v>17</v>
       </c>
       <c r="K381" t="s">
         <v>1161</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" t="s">
         <v>1162</v>
       </c>
       <c r="B382" t="s">
         <v>13</v>
       </c>
       <c r="C382" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D382" t="s">
         <v>1163</v>
       </c>
       <c r="E382">
         <v>2</v>
       </c>
       <c r="F382" t="s">
         <v>16</v>
       </c>
       <c r="G382" t="s">
         <v>17</v>
       </c>
       <c r="K382" t="s">
         <v>1164</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" t="s">
         <v>1165</v>
       </c>
       <c r="B383" t="s">
         <v>13</v>
       </c>
       <c r="C383" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D383" t="s">
         <v>1166</v>
       </c>
       <c r="E383">
         <v>2</v>
       </c>
       <c r="F383" t="s">
         <v>16</v>
       </c>
       <c r="G383" t="s">
         <v>17</v>
       </c>
       <c r="K383" t="s">
         <v>1167</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" t="s">
         <v>1168</v>
       </c>
       <c r="B384" t="s">
         <v>13</v>
       </c>
       <c r="C384" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D384" t="s">
         <v>1169</v>
       </c>
       <c r="E384">
         <v>2</v>
       </c>
       <c r="F384" t="s">
         <v>16</v>
       </c>
       <c r="G384" t="s">
         <v>17</v>
       </c>
       <c r="K384" t="s">
         <v>1170</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" t="s">
         <v>1171</v>
       </c>
       <c r="B385" t="s">
         <v>13</v>
       </c>
       <c r="C385" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D385" t="s">
         <v>1172</v>
       </c>
       <c r="E385">
         <v>2</v>
       </c>
       <c r="F385" t="s">
         <v>16</v>
       </c>
       <c r="G385" t="s">
         <v>17</v>
       </c>
       <c r="K385" t="s">
         <v>1173</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" t="s">
         <v>1174</v>
       </c>
       <c r="B386" t="s">
         <v>13</v>
       </c>
       <c r="C386" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D386" t="s">
         <v>1175</v>
       </c>
       <c r="E386">
         <v>2</v>
       </c>
       <c r="F386" t="s">
         <v>16</v>
       </c>
       <c r="G386" t="s">
         <v>17</v>
       </c>
       <c r="K386" t="s">
         <v>1176</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" t="s">
         <v>1177</v>
       </c>
       <c r="B387" t="s">
         <v>13</v>
       </c>
       <c r="C387" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D387" t="s">
         <v>1178</v>
       </c>
       <c r="E387">
         <v>2</v>
       </c>
       <c r="F387" t="s">
         <v>16</v>
       </c>
       <c r="G387" t="s">
         <v>17</v>
       </c>
       <c r="K387" t="s">
         <v>1179</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" t="s">
         <v>1180</v>
       </c>
       <c r="B388" t="s">
         <v>13</v>
       </c>
       <c r="C388" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D388" t="s">
         <v>1181</v>
       </c>
       <c r="E388">
         <v>2</v>
       </c>
       <c r="F388" t="s">
         <v>16</v>
       </c>
       <c r="G388" t="s">
         <v>17</v>
       </c>
       <c r="K388" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" t="s">
         <v>1183</v>
       </c>
       <c r="B389" t="s">
         <v>13</v>
       </c>
       <c r="C389" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D389" t="s">
         <v>1184</v>
       </c>
       <c r="E389">
         <v>2</v>
       </c>
       <c r="F389" t="s">
         <v>16</v>
       </c>
       <c r="G389" t="s">
         <v>17</v>
       </c>
       <c r="K389" t="s">
         <v>1185</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" t="s">
         <v>1186</v>
       </c>
       <c r="B390" t="s">
         <v>13</v>
       </c>
       <c r="C390" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D390" t="s">
         <v>1187</v>
       </c>
       <c r="E390">
         <v>2</v>
       </c>
       <c r="F390" t="s">
         <v>16</v>
       </c>
       <c r="G390" t="s">
         <v>17</v>
       </c>
       <c r="K390" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" t="s">
         <v>1189</v>
       </c>
       <c r="B391" t="s">
         <v>13</v>
       </c>
       <c r="C391" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D391" t="s">
         <v>1190</v>
       </c>
       <c r="E391">
         <v>2</v>
       </c>
       <c r="F391" t="s">
         <v>16</v>
       </c>
       <c r="G391" t="s">
         <v>17</v>
       </c>
       <c r="K391" t="s">
         <v>1191</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" t="s">
         <v>1192</v>
       </c>
       <c r="B392" t="s">
         <v>13</v>
       </c>
       <c r="C392" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D392" t="s">
         <v>1193</v>
       </c>
       <c r="E392">
         <v>2</v>
       </c>
       <c r="F392" t="s">
         <v>16</v>
       </c>
       <c r="G392" t="s">
         <v>17</v>
       </c>
       <c r="K392" t="s">
         <v>1194</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" t="s">
         <v>1195</v>
       </c>
       <c r="B393" t="s">
         <v>13</v>
       </c>
       <c r="C393" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D393" t="s">
         <v>1196</v>
       </c>
       <c r="E393">
         <v>2</v>
       </c>
       <c r="F393" t="s">
         <v>16</v>
       </c>
       <c r="G393" t="s">
         <v>17</v>
       </c>
       <c r="K393" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" t="s">
         <v>1198</v>
       </c>
       <c r="B394" t="s">
         <v>13</v>
       </c>
       <c r="C394" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D394" t="s">
         <v>1199</v>
       </c>
       <c r="E394">
         <v>2</v>
       </c>
       <c r="F394" t="s">
         <v>16</v>
       </c>
       <c r="G394" t="s">
         <v>17</v>
       </c>
       <c r="K394" t="s">
         <v>1200</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" t="s">
         <v>1201</v>
       </c>
       <c r="B395" t="s">
         <v>13</v>
       </c>
       <c r="C395" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D395" t="s">
         <v>1202</v>
       </c>
       <c r="E395">
         <v>2</v>
       </c>
       <c r="F395" t="s">
         <v>16</v>
       </c>
       <c r="G395" t="s">
         <v>17</v>
       </c>
       <c r="K395" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" t="s">
         <v>1204</v>
       </c>
       <c r="B396" t="s">
         <v>13</v>
       </c>
       <c r="C396" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D396" t="s">
         <v>1205</v>
       </c>
       <c r="E396">
         <v>2</v>
       </c>
       <c r="F396" t="s">
         <v>16</v>
       </c>
       <c r="G396" t="s">
         <v>17</v>
       </c>
       <c r="K396" t="s">
         <v>1206</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" t="s">
         <v>1207</v>
       </c>
       <c r="B397" t="s">
         <v>13</v>
       </c>
       <c r="C397" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D397" t="s">
         <v>1208</v>
       </c>
       <c r="E397">
         <v>2</v>
       </c>
       <c r="F397" t="s">
         <v>16</v>
       </c>
       <c r="G397" t="s">
         <v>17</v>
       </c>
       <c r="K397" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" t="s">
         <v>1210</v>
       </c>
       <c r="B398" t="s">
         <v>13</v>
       </c>
       <c r="C398" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D398" t="s">
         <v>1211</v>
       </c>
       <c r="E398">
         <v>2</v>
       </c>
       <c r="F398" t="s">
         <v>16</v>
       </c>
       <c r="G398" t="s">
         <v>17</v>
       </c>
       <c r="K398" t="s">
         <v>1212</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" t="s">
         <v>1213</v>
       </c>
       <c r="B399" t="s">
         <v>13</v>
       </c>
       <c r="C399" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D399" t="s">
         <v>1214</v>
       </c>
       <c r="E399">
         <v>2</v>
       </c>
       <c r="F399" t="s">
         <v>16</v>
       </c>
       <c r="G399" t="s">
         <v>17</v>
       </c>
       <c r="K399" t="s">
         <v>1215</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" t="s">
         <v>1216</v>
       </c>
       <c r="B400" t="s">
         <v>13</v>
       </c>
       <c r="C400" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D400" t="s">
         <v>1217</v>
       </c>
       <c r="E400">
         <v>2</v>
       </c>
       <c r="F400" t="s">
         <v>16</v>
       </c>
       <c r="G400" t="s">
         <v>17</v>
       </c>
       <c r="K400" t="s">
         <v>1218</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" t="s">
         <v>1219</v>
       </c>
       <c r="B401" t="s">
         <v>13</v>
       </c>
       <c r="C401" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D401" t="s">
         <v>1220</v>
       </c>
       <c r="E401">
         <v>2</v>
       </c>
       <c r="F401" t="s">
         <v>16</v>
       </c>
       <c r="G401" t="s">
         <v>17</v>
       </c>
       <c r="K401" t="s">
         <v>1221</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" t="s">
         <v>1222</v>
       </c>
       <c r="B402" t="s">
         <v>13</v>
       </c>
       <c r="C402" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D402" t="s">
         <v>1223</v>
       </c>
       <c r="E402">
         <v>2</v>
       </c>
       <c r="F402" t="s">
         <v>16</v>
       </c>
       <c r="G402" t="s">
         <v>17</v>
       </c>
       <c r="K402" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" t="s">
         <v>1225</v>
       </c>
       <c r="B403" t="s">
         <v>13</v>
       </c>
       <c r="C403" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D403" t="s">
         <v>1226</v>
       </c>
       <c r="E403">
         <v>2</v>
       </c>
       <c r="F403" t="s">
         <v>16</v>
       </c>
       <c r="G403" t="s">
         <v>17</v>
       </c>
       <c r="K403" t="s">
         <v>1227</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" t="s">
         <v>1228</v>
       </c>
       <c r="B404" t="s">
         <v>13</v>
       </c>
       <c r="C404" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D404" t="s">
         <v>1229</v>
       </c>
       <c r="E404">
         <v>2</v>
       </c>
       <c r="F404" t="s">
         <v>16</v>
       </c>
       <c r="G404" t="s">
         <v>17</v>
       </c>
       <c r="K404" t="s">
         <v>1230</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" t="s">
         <v>1231</v>
       </c>
       <c r="B405" t="s">
         <v>13</v>
       </c>
       <c r="C405" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D405" t="s">
         <v>1232</v>
       </c>
       <c r="E405">
         <v>2</v>
       </c>
       <c r="F405" t="s">
         <v>16</v>
       </c>
       <c r="G405" t="s">
         <v>17</v>
       </c>
       <c r="K405" t="s">
         <v>1233</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" t="s">
         <v>1234</v>
       </c>
       <c r="B406" t="s">
         <v>13</v>
       </c>
       <c r="C406" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D406" t="s">
         <v>1235</v>
       </c>
       <c r="E406">
         <v>2</v>
       </c>
       <c r="F406" t="s">
         <v>16</v>
       </c>
       <c r="G406" t="s">
         <v>17</v>
       </c>
       <c r="K406" t="s">
         <v>1236</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" t="s">
         <v>1237</v>
       </c>
       <c r="B407" t="s">
         <v>13</v>
       </c>
       <c r="C407" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D407" t="s">
         <v>1238</v>
       </c>
       <c r="E407">
         <v>2</v>
       </c>
       <c r="F407" t="s">
         <v>16</v>
       </c>
       <c r="G407" t="s">
         <v>17</v>
       </c>
       <c r="K407" t="s">
         <v>1239</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" t="s">
         <v>1240</v>
       </c>
       <c r="B408" t="s">
         <v>13</v>
       </c>
       <c r="C408" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D408" t="s">
         <v>1241</v>
       </c>
       <c r="E408">
         <v>2</v>
       </c>
       <c r="F408" t="s">
         <v>16</v>
       </c>
       <c r="G408" t="s">
         <v>17</v>
       </c>
       <c r="K408" t="s">
         <v>1242</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" t="s">
         <v>1243</v>
       </c>
       <c r="B409" t="s">
         <v>13</v>
       </c>
       <c r="C409" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D409" t="s">
         <v>1244</v>
       </c>
       <c r="E409">
         <v>2</v>
       </c>
       <c r="F409" t="s">
         <v>16</v>
       </c>
       <c r="G409" t="s">
         <v>17</v>
       </c>
       <c r="K409" t="s">
         <v>1245</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" t="s">
         <v>1246</v>
       </c>
       <c r="B410" t="s">
         <v>13</v>
       </c>
       <c r="C410" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D410" t="s">
         <v>1247</v>
       </c>
       <c r="E410">
         <v>2</v>
       </c>
       <c r="F410" t="s">
         <v>16</v>
       </c>
       <c r="G410" t="s">
         <v>17</v>
       </c>
       <c r="K410" t="s">
         <v>1248</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" t="s">
         <v>1249</v>
       </c>
       <c r="B411" t="s">
         <v>13</v>
       </c>
       <c r="C411" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D411" t="s">
         <v>1250</v>
       </c>
       <c r="E411">
         <v>2</v>
       </c>
       <c r="F411" t="s">
         <v>16</v>
       </c>
       <c r="G411" t="s">
         <v>17</v>
       </c>
       <c r="K411" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" t="s">
         <v>1252</v>
       </c>
       <c r="B412" t="s">
         <v>13</v>
       </c>
       <c r="C412" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D412" t="s">
         <v>1253</v>
       </c>
       <c r="E412">
         <v>2</v>
       </c>
       <c r="F412" t="s">
         <v>16</v>
       </c>
       <c r="G412" t="s">
         <v>17</v>
       </c>
       <c r="K412" t="s">
         <v>1254</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" t="s">
         <v>1255</v>
       </c>
       <c r="B413" t="s">
         <v>13</v>
       </c>
       <c r="C413" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D413" t="s">
         <v>1256</v>
       </c>
       <c r="E413">
         <v>2</v>
       </c>
       <c r="F413" t="s">
         <v>16</v>
       </c>
       <c r="G413" t="s">
         <v>17</v>
       </c>
       <c r="K413" t="s">
         <v>1257</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" t="s">
         <v>1258</v>
       </c>
       <c r="B414" t="s">
         <v>13</v>
       </c>
       <c r="C414" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D414" t="s">
         <v>1259</v>
       </c>
       <c r="E414">
         <v>2</v>
       </c>
       <c r="F414" t="s">
         <v>16</v>
       </c>
       <c r="G414" t="s">
         <v>17</v>
       </c>
       <c r="K414" t="s">
         <v>1260</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" t="s">
         <v>1261</v>
       </c>
       <c r="B415" t="s">
         <v>13</v>
       </c>
       <c r="C415" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D415" t="s">
         <v>1262</v>
       </c>
       <c r="E415">
         <v>2</v>
       </c>
       <c r="F415" t="s">
         <v>16</v>
       </c>
       <c r="G415" t="s">
         <v>17</v>
       </c>
       <c r="K415" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" t="s">
         <v>1264</v>
       </c>
       <c r="B416" t="s">
         <v>13</v>
       </c>
       <c r="C416" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D416" t="s">
         <v>1265</v>
       </c>
       <c r="E416">
         <v>2</v>
       </c>
       <c r="F416" t="s">
         <v>16</v>
       </c>
       <c r="G416" t="s">
         <v>17</v>
       </c>
       <c r="K416" t="s">
         <v>1266</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" t="s">
         <v>1267</v>
       </c>
       <c r="B417" t="s">
         <v>13</v>
       </c>
       <c r="C417" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D417" t="s">
         <v>1268</v>
       </c>
       <c r="E417">
         <v>2</v>
       </c>
       <c r="F417" t="s">
         <v>16</v>
       </c>
       <c r="G417" t="s">
         <v>17</v>
       </c>
       <c r="K417" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" t="s">
         <v>1270</v>
       </c>
       <c r="B418" t="s">
         <v>13</v>
       </c>
       <c r="C418" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D418" t="s">
         <v>1271</v>
       </c>
       <c r="E418">
         <v>2</v>
       </c>
       <c r="F418" t="s">
         <v>16</v>
       </c>
       <c r="G418" t="s">
         <v>17</v>
       </c>
       <c r="K418" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" t="s">
         <v>1273</v>
       </c>
       <c r="B419" t="s">
         <v>13</v>
       </c>
       <c r="C419" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D419" t="s">
         <v>1274</v>
       </c>
       <c r="E419">
         <v>2</v>
       </c>
       <c r="F419" t="s">
         <v>16</v>
       </c>
       <c r="G419" t="s">
         <v>17</v>
       </c>
       <c r="K419" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" t="s">
         <v>1276</v>
       </c>
       <c r="B420" t="s">
         <v>13</v>
       </c>
       <c r="C420" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D420" t="s">
         <v>1277</v>
       </c>
       <c r="E420">
         <v>2</v>
       </c>
       <c r="F420" t="s">
         <v>16</v>
       </c>
       <c r="G420" t="s">
         <v>17</v>
       </c>
       <c r="K420" t="s">
         <v>1278</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" t="s">
         <v>1279</v>
       </c>
       <c r="B421" t="s">
         <v>13</v>
       </c>
       <c r="C421" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D421" t="s">
         <v>1280</v>
       </c>
       <c r="E421">
         <v>2</v>
       </c>
       <c r="F421" t="s">
         <v>16</v>
       </c>
       <c r="G421" t="s">
         <v>17</v>
       </c>
       <c r="K421" t="s">
         <v>1281</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" t="s">
         <v>1282</v>
       </c>
       <c r="B422" t="s">
         <v>13</v>
       </c>
       <c r="C422" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D422" t="s">
         <v>1283</v>
       </c>
       <c r="E422">
         <v>2</v>
       </c>
       <c r="F422" t="s">
         <v>16</v>
       </c>
       <c r="G422" t="s">
         <v>17</v>
       </c>
       <c r="K422" t="s">
         <v>1284</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" t="s">
         <v>1285</v>
       </c>
       <c r="B423" t="s">
         <v>13</v>
       </c>
       <c r="C423" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D423" t="s">
         <v>1286</v>
       </c>
       <c r="E423">
         <v>2</v>
       </c>
       <c r="F423" t="s">
         <v>16</v>
       </c>
       <c r="G423" t="s">
         <v>17</v>
       </c>
       <c r="K423" t="s">
         <v>1287</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" t="s">
         <v>1288</v>
       </c>
       <c r="B424" t="s">
         <v>13</v>
       </c>
       <c r="C424" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D424" t="s">
         <v>1289</v>
       </c>
       <c r="E424">
         <v>2</v>
       </c>
       <c r="F424" t="s">
         <v>16</v>
       </c>
       <c r="G424" t="s">
         <v>17</v>
       </c>
       <c r="K424" t="s">
         <v>1290</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" t="s">
         <v>1291</v>
       </c>
       <c r="B425" t="s">
         <v>13</v>
       </c>
       <c r="C425" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D425" t="s">
         <v>1292</v>
       </c>
       <c r="E425">
         <v>2</v>
       </c>
       <c r="F425" t="s">
         <v>16</v>
       </c>
       <c r="G425" t="s">
         <v>17</v>
       </c>
       <c r="K425" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" t="s">
         <v>1294</v>
       </c>
       <c r="B426" t="s">
         <v>13</v>
       </c>
       <c r="C426" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D426" t="s">
         <v>1295</v>
       </c>
       <c r="E426">
         <v>2</v>
       </c>
       <c r="F426" t="s">
         <v>16</v>
       </c>
       <c r="G426" t="s">
         <v>17</v>
       </c>
       <c r="K426" t="s">
         <v>1296</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" t="s">
         <v>1297</v>
       </c>
       <c r="B427" t="s">
         <v>13</v>
       </c>
       <c r="C427" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D427" t="s">
         <v>1298</v>
       </c>
       <c r="E427">
         <v>2</v>
       </c>
       <c r="F427" t="s">
         <v>16</v>
       </c>
       <c r="G427" t="s">
         <v>17</v>
       </c>
       <c r="K427" t="s">
         <v>1299</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" t="s">
         <v>1300</v>
       </c>
       <c r="B428" t="s">
         <v>13</v>
       </c>
       <c r="C428" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D428" t="s">
         <v>1301</v>
       </c>
       <c r="E428">
         <v>2</v>
       </c>
       <c r="F428" t="s">
         <v>16</v>
       </c>
       <c r="G428" t="s">
         <v>17</v>
       </c>
       <c r="K428" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" t="s">
         <v>1303</v>
       </c>
       <c r="B429" t="s">
         <v>13</v>
       </c>
       <c r="C429" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D429" t="s">
         <v>1304</v>
       </c>
       <c r="E429">
         <v>2</v>
       </c>
       <c r="F429" t="s">
         <v>16</v>
       </c>
       <c r="G429" t="s">
         <v>17</v>
       </c>
       <c r="K429" t="s">
         <v>1305</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" t="s">
         <v>1306</v>
       </c>
       <c r="B430" t="s">
         <v>13</v>
       </c>
       <c r="C430" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D430" t="s">
         <v>1307</v>
       </c>
       <c r="E430">
         <v>2</v>
       </c>
       <c r="F430" t="s">
         <v>16</v>
       </c>
       <c r="G430" t="s">
         <v>17</v>
       </c>
       <c r="K430" t="s">
         <v>1308</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" t="s">
         <v>1309</v>
       </c>
       <c r="B431" t="s">
         <v>13</v>
       </c>
       <c r="C431" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D431" t="s">
         <v>1310</v>
       </c>
       <c r="E431">
         <v>2</v>
       </c>
       <c r="F431" t="s">
         <v>16</v>
       </c>
       <c r="G431" t="s">
         <v>17</v>
       </c>
       <c r="K431" t="s">
         <v>1311</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" t="s">
         <v>1312</v>
       </c>
       <c r="B432" t="s">
         <v>13</v>
       </c>
       <c r="C432" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D432" t="s">
         <v>1313</v>
       </c>
       <c r="E432">
         <v>2</v>
       </c>
       <c r="F432" t="s">
         <v>16</v>
       </c>
       <c r="G432" t="s">
         <v>17</v>
       </c>
       <c r="K432" t="s">
         <v>1314</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" t="s">
         <v>1315</v>
       </c>
       <c r="B433" t="s">
         <v>13</v>
       </c>
       <c r="C433" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D433" t="s">
         <v>1316</v>
       </c>
       <c r="E433">
         <v>2</v>
       </c>
       <c r="F433" t="s">
         <v>16</v>
       </c>
       <c r="G433" t="s">
         <v>17</v>
       </c>
       <c r="K433" t="s">
         <v>1317</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" t="s">
         <v>1318</v>
       </c>
       <c r="B434" t="s">
         <v>13</v>
       </c>
       <c r="C434" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D434" t="s">
         <v>1319</v>
       </c>
       <c r="E434">
         <v>2</v>
       </c>
       <c r="F434" t="s">
         <v>16</v>
       </c>
       <c r="G434" t="s">
         <v>17</v>
       </c>
       <c r="K434" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" t="s">
         <v>1321</v>
       </c>
       <c r="B435" t="s">
         <v>13</v>
       </c>
       <c r="C435" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D435" t="s">
         <v>1322</v>
       </c>
       <c r="E435">
         <v>2</v>
       </c>
       <c r="F435" t="s">
         <v>16</v>
       </c>
       <c r="G435" t="s">
         <v>17</v>
       </c>
       <c r="K435" t="s">
         <v>1323</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" t="s">
         <v>1324</v>
       </c>
       <c r="B436" t="s">
         <v>13</v>
       </c>
       <c r="C436" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D436" t="s">
         <v>1325</v>
       </c>
       <c r="E436">
         <v>2</v>
       </c>
       <c r="F436" t="s">
         <v>16</v>
       </c>
       <c r="G436" t="s">
         <v>17</v>
       </c>
       <c r="K436" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" t="s">
         <v>1327</v>
       </c>
       <c r="B437" t="s">
         <v>13</v>
       </c>
       <c r="C437" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D437" t="s">
         <v>1328</v>
       </c>
       <c r="E437">
         <v>2</v>
       </c>
       <c r="F437" t="s">
         <v>16</v>
       </c>
       <c r="G437" t="s">
         <v>17</v>
       </c>
       <c r="K437" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" t="s">
         <v>1330</v>
       </c>
       <c r="B438" t="s">
         <v>13</v>
       </c>
       <c r="C438" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D438" t="s">
         <v>1331</v>
       </c>
       <c r="E438">
         <v>2</v>
       </c>
       <c r="F438" t="s">
         <v>16</v>
       </c>
       <c r="G438" t="s">
         <v>17</v>
       </c>
       <c r="K438" t="s">
         <v>1332</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" t="s">
         <v>1333</v>
       </c>
       <c r="B439" t="s">
         <v>13</v>
       </c>
       <c r="C439" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D439" t="s">
         <v>1334</v>
       </c>
       <c r="E439">
         <v>2</v>
       </c>
       <c r="F439" t="s">
         <v>16</v>
       </c>
       <c r="G439" t="s">
         <v>17</v>
       </c>
       <c r="K439" t="s">
         <v>1335</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" t="s">
         <v>1336</v>
       </c>
       <c r="B440" t="s">
         <v>13</v>
       </c>
       <c r="C440" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D440" t="s">
         <v>1337</v>
       </c>
       <c r="E440">
         <v>2</v>
       </c>
       <c r="F440" t="s">
         <v>16</v>
       </c>
       <c r="G440" t="s">
         <v>17</v>
       </c>
       <c r="K440" t="s">
         <v>1338</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" t="s">
         <v>1339</v>
       </c>
       <c r="B441" t="s">
         <v>13</v>
       </c>
       <c r="C441" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D441" t="s">
         <v>1340</v>
       </c>
       <c r="E441">
         <v>2</v>
       </c>
       <c r="F441" t="s">
         <v>16</v>
       </c>
       <c r="G441" t="s">
         <v>17</v>
       </c>
       <c r="K441" t="s">
         <v>1341</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" t="s">
         <v>1342</v>
       </c>
       <c r="B442" t="s">
         <v>13</v>
       </c>
       <c r="C442" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D442" t="s">
         <v>1343</v>
       </c>
       <c r="E442">
         <v>2</v>
       </c>
       <c r="F442" t="s">
         <v>16</v>
       </c>
       <c r="G442" t="s">
         <v>17</v>
       </c>
       <c r="K442" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" t="s">
         <v>1345</v>
       </c>
       <c r="B443" t="s">
         <v>13</v>
       </c>
       <c r="C443" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D443" t="s">
         <v>1346</v>
       </c>
       <c r="E443">
         <v>2</v>
       </c>
       <c r="F443" t="s">
         <v>16</v>
       </c>
       <c r="G443" t="s">
         <v>17</v>
       </c>
       <c r="K443" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" t="s">
         <v>1348</v>
       </c>
       <c r="B444" t="s">
         <v>13</v>
       </c>
       <c r="C444" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D444" t="s">
         <v>1349</v>
       </c>
       <c r="E444">
         <v>2</v>
       </c>
       <c r="F444" t="s">
         <v>16</v>
       </c>
       <c r="G444" t="s">
         <v>17</v>
       </c>
       <c r="K444" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" t="s">
         <v>1351</v>
       </c>
       <c r="B445" t="s">
         <v>13</v>
       </c>
       <c r="C445" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D445" t="s">
         <v>1352</v>
       </c>
       <c r="E445">
         <v>2</v>
       </c>
       <c r="F445" t="s">
         <v>16</v>
       </c>
       <c r="G445" t="s">
         <v>17</v>
       </c>
       <c r="K445" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" t="s">
         <v>1354</v>
       </c>
       <c r="B446" t="s">
         <v>13</v>
       </c>
       <c r="C446" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D446" t="s">
         <v>1355</v>
       </c>
       <c r="E446">
         <v>2</v>
       </c>
       <c r="F446" t="s">
         <v>16</v>
       </c>
       <c r="G446" t="s">
         <v>17</v>
       </c>
       <c r="K446" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" t="s">
         <v>1357</v>
       </c>
       <c r="B447" t="s">
         <v>13</v>
       </c>
       <c r="C447" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D447" t="s">
         <v>1358</v>
       </c>
       <c r="E447">
         <v>2</v>
       </c>
       <c r="F447" t="s">
         <v>16</v>
       </c>
       <c r="G447" t="s">
         <v>17</v>
       </c>
       <c r="K447" t="s">
         <v>1359</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" t="s">
         <v>1360</v>
       </c>
       <c r="B448" t="s">
         <v>13</v>
       </c>
       <c r="C448" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D448" t="s">
         <v>1361</v>
       </c>
       <c r="E448">
         <v>2</v>
       </c>
       <c r="F448" t="s">
         <v>16</v>
       </c>
       <c r="G448" t="s">
         <v>17</v>
       </c>
       <c r="K448" t="s">
         <v>1362</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" t="s">
         <v>1363</v>
       </c>
       <c r="B449" t="s">
         <v>13</v>
       </c>
       <c r="C449" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D449" t="s">
         <v>1364</v>
       </c>
       <c r="E449">
         <v>2</v>
       </c>
       <c r="F449" t="s">
         <v>16</v>
       </c>
       <c r="G449" t="s">
         <v>17</v>
       </c>
       <c r="K449" t="s">
         <v>1365</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" t="s">
         <v>1366</v>
       </c>
       <c r="B450" t="s">
         <v>13</v>
       </c>
       <c r="C450" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D450" t="s">
         <v>1367</v>
       </c>
       <c r="E450">
         <v>2</v>
       </c>
       <c r="F450" t="s">
         <v>16</v>
       </c>
       <c r="G450" t="s">
         <v>17</v>
       </c>
       <c r="K450" t="s">
         <v>1368</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" t="s">
         <v>1369</v>
       </c>
       <c r="B451" t="s">
         <v>13</v>
       </c>
       <c r="C451" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D451" t="s">
         <v>1370</v>
       </c>
       <c r="E451">
         <v>2</v>
       </c>
       <c r="F451" t="s">
         <v>16</v>
       </c>
       <c r="G451" t="s">
         <v>17</v>
       </c>
       <c r="K451" t="s">
         <v>1371</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" t="s">
         <v>1372</v>
       </c>
       <c r="B452" t="s">
         <v>13</v>
       </c>
       <c r="C452" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D452" t="s">
         <v>1373</v>
       </c>
       <c r="E452">
         <v>2</v>
       </c>
       <c r="F452" t="s">
         <v>16</v>
       </c>
       <c r="G452" t="s">
         <v>17</v>
       </c>
       <c r="K452" t="s">
         <v>1374</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" t="s">
         <v>1375</v>
       </c>
       <c r="B453" t="s">
         <v>13</v>
       </c>
       <c r="C453" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D453" t="s">
         <v>1376</v>
       </c>
       <c r="E453">
         <v>2</v>
       </c>
       <c r="F453" t="s">
         <v>16</v>
       </c>
       <c r="G453" t="s">
         <v>17</v>
       </c>
       <c r="K453" t="s">
         <v>1377</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" t="s">
         <v>1378</v>
       </c>
       <c r="B454" t="s">
         <v>13</v>
       </c>
       <c r="C454" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D454" t="s">
         <v>1379</v>
       </c>
       <c r="E454">
         <v>2</v>
       </c>
       <c r="F454" t="s">
         <v>16</v>
       </c>
       <c r="G454" t="s">
         <v>17</v>
       </c>
       <c r="K454" t="s">
         <v>1380</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" t="s">
         <v>1381</v>
       </c>
       <c r="B455" t="s">
         <v>13</v>
       </c>
       <c r="C455" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D455" t="s">
         <v>1382</v>
       </c>
       <c r="E455">
         <v>2</v>
       </c>
       <c r="F455" t="s">
         <v>16</v>
       </c>
       <c r="G455" t="s">
         <v>17</v>
       </c>
       <c r="K455" t="s">
         <v>1383</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" t="s">
         <v>1384</v>
       </c>
       <c r="B456" t="s">
         <v>13</v>
       </c>
       <c r="C456" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D456" t="s">
         <v>1385</v>
       </c>
       <c r="E456">
         <v>2</v>
       </c>
       <c r="F456" t="s">
         <v>16</v>
       </c>
       <c r="G456" t="s">
         <v>17</v>
       </c>
       <c r="K456" t="s">
         <v>1386</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" t="s">
         <v>1387</v>
       </c>
       <c r="B457" t="s">
         <v>13</v>
       </c>
       <c r="C457" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D457" t="s">
         <v>1388</v>
       </c>
       <c r="E457">
         <v>2</v>
       </c>
       <c r="F457" t="s">
         <v>16</v>
       </c>
       <c r="G457" t="s">
         <v>17</v>
       </c>
       <c r="K457" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" t="s">
         <v>1390</v>
       </c>
       <c r="B458" t="s">
         <v>13</v>
       </c>
       <c r="C458" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D458" t="s">
         <v>1391</v>
       </c>
       <c r="E458">
         <v>2</v>
       </c>
       <c r="F458" t="s">
         <v>16</v>
       </c>
       <c r="G458" t="s">
         <v>17</v>
       </c>
       <c r="K458" t="s">
         <v>1392</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" t="s">
         <v>1393</v>
       </c>
       <c r="B459" t="s">
         <v>13</v>
       </c>
       <c r="C459" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D459" t="s">
         <v>1394</v>
       </c>
       <c r="E459">
         <v>2</v>
       </c>
       <c r="F459" t="s">
         <v>16</v>
       </c>
       <c r="G459" t="s">
         <v>17</v>
       </c>
       <c r="K459" t="s">
         <v>1395</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" t="s">
         <v>1396</v>
       </c>
       <c r="B460" t="s">
         <v>13</v>
       </c>
       <c r="C460" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D460" t="s">
         <v>1397</v>
       </c>
       <c r="E460">
         <v>2</v>
       </c>
       <c r="F460" t="s">
         <v>16</v>
       </c>
       <c r="G460" t="s">
         <v>17</v>
       </c>
       <c r="K460" t="s">
         <v>1398</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" t="s">
         <v>1399</v>
       </c>
       <c r="B461" t="s">
         <v>13</v>
       </c>
       <c r="C461" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D461" t="s">
         <v>1400</v>
       </c>
       <c r="E461">
         <v>2</v>
       </c>
       <c r="F461" t="s">
         <v>16</v>
       </c>
       <c r="G461" t="s">
         <v>17</v>
       </c>
       <c r="K461" t="s">
         <v>1401</v>
       </c>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" t="s">
         <v>1402</v>
       </c>
       <c r="B462" t="s">
         <v>13</v>
       </c>
       <c r="C462" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D462" t="s">
         <v>1403</v>
       </c>
       <c r="E462">
         <v>2</v>
       </c>
       <c r="F462" t="s">
         <v>16</v>
       </c>
       <c r="G462" t="s">
         <v>17</v>
       </c>
       <c r="K462" t="s">
         <v>1404</v>
       </c>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" t="s">
         <v>1405</v>
       </c>
       <c r="B463" t="s">
         <v>13</v>
       </c>
       <c r="C463" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D463" t="s">
         <v>1406</v>
       </c>
       <c r="E463">
         <v>2</v>
       </c>
       <c r="F463" t="s">
         <v>16</v>
       </c>
       <c r="G463" t="s">
         <v>17</v>
       </c>
       <c r="K463" t="s">
         <v>1407</v>
       </c>
     </row>
     <row r="464" spans="1:11">
       <c r="A464" t="s">
         <v>1408</v>
       </c>
       <c r="B464" t="s">
         <v>13</v>
       </c>
       <c r="C464" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D464" t="s">
         <v>1409</v>
       </c>
       <c r="E464">
         <v>2</v>
       </c>
       <c r="F464" t="s">
         <v>16</v>
       </c>
       <c r="G464" t="s">
         <v>17</v>
       </c>
       <c r="K464" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" t="s">
         <v>1411</v>
       </c>
       <c r="B465" t="s">
         <v>13</v>
       </c>
       <c r="C465" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D465" t="s">
         <v>1412</v>
       </c>
       <c r="E465">
         <v>2</v>
       </c>
       <c r="F465" t="s">
         <v>16</v>
       </c>
       <c r="G465" t="s">
         <v>17</v>
       </c>
       <c r="K465" t="s">
         <v>1413</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" t="s">
         <v>1414</v>
       </c>
       <c r="B466" t="s">
         <v>13</v>
       </c>
       <c r="C466" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D466" t="s">
         <v>1415</v>
       </c>
       <c r="E466">
         <v>2</v>
       </c>
       <c r="F466" t="s">
         <v>16</v>
       </c>
       <c r="G466" t="s">
         <v>17</v>
       </c>
       <c r="K466" t="s">
         <v>1416</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" t="s">
         <v>1417</v>
       </c>
       <c r="B467" t="s">
         <v>13</v>
       </c>
       <c r="C467" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D467" t="s">
         <v>1418</v>
       </c>
       <c r="E467">
         <v>2</v>
       </c>
       <c r="F467" t="s">
         <v>16</v>
       </c>
       <c r="G467" t="s">
         <v>17</v>
       </c>
       <c r="K467" t="s">
         <v>1419</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" t="s">
         <v>1420</v>
       </c>
       <c r="B468" t="s">
         <v>13</v>
       </c>
       <c r="C468" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D468" t="s">
         <v>1421</v>
       </c>
       <c r="E468">
         <v>2</v>
       </c>
       <c r="F468" t="s">
         <v>16</v>
       </c>
       <c r="G468" t="s">
         <v>17</v>
       </c>
       <c r="K468" t="s">
         <v>1422</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" t="s">
         <v>1423</v>
       </c>
       <c r="B469" t="s">
         <v>13</v>
       </c>
       <c r="C469" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D469" t="s">
         <v>1424</v>
       </c>
       <c r="E469">
         <v>2</v>
       </c>
       <c r="F469" t="s">
         <v>16</v>
       </c>
       <c r="G469" t="s">
         <v>17</v>
       </c>
       <c r="K469" t="s">
         <v>1425</v>
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" t="s">
         <v>1426</v>
       </c>
       <c r="B470" t="s">
         <v>13</v>
       </c>
       <c r="C470" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D470" t="s">
         <v>1427</v>
       </c>
       <c r="E470">
         <v>2</v>
       </c>
       <c r="F470" t="s">
         <v>16</v>
       </c>
       <c r="G470" t="s">
         <v>17</v>
       </c>
       <c r="K470" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" t="s">
         <v>1429</v>
       </c>
       <c r="B471" t="s">
         <v>13</v>
       </c>
       <c r="C471" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D471" t="s">
         <v>1430</v>
       </c>
       <c r="E471">
         <v>2</v>
       </c>
       <c r="F471" t="s">
         <v>16</v>
       </c>
       <c r="G471" t="s">
         <v>17</v>
       </c>
       <c r="K471" t="s">
         <v>1431</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" t="s">
         <v>1432</v>
       </c>
       <c r="B472" t="s">
         <v>13</v>
       </c>
       <c r="C472" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D472" t="s">
         <v>1433</v>
       </c>
       <c r="E472">
         <v>2</v>
       </c>
       <c r="F472" t="s">
         <v>16</v>
       </c>
       <c r="G472" t="s">
         <v>17</v>
       </c>
       <c r="K472" t="s">
         <v>1434</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" t="s">
         <v>1435</v>
       </c>
       <c r="B473" t="s">
         <v>13</v>
       </c>
       <c r="C473" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D473" t="s">
         <v>1436</v>
       </c>
       <c r="E473">
         <v>2</v>
       </c>
       <c r="F473" t="s">
         <v>16</v>
       </c>
       <c r="G473" t="s">
         <v>17</v>
       </c>
       <c r="K473" t="s">
         <v>1437</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" t="s">
         <v>1438</v>
       </c>
       <c r="B474" t="s">
         <v>13</v>
       </c>
       <c r="C474" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D474" t="s">
         <v>1439</v>
       </c>
       <c r="E474">
         <v>2</v>
       </c>
       <c r="F474" t="s">
         <v>16</v>
       </c>
       <c r="G474" t="s">
         <v>17</v>
       </c>
       <c r="K474" t="s">
         <v>1440</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" t="s">
         <v>1441</v>
       </c>
       <c r="B475" t="s">
         <v>13</v>
       </c>
       <c r="C475" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D475" t="s">
         <v>1442</v>
       </c>
       <c r="E475">
         <v>2</v>
       </c>
       <c r="F475" t="s">
         <v>16</v>
       </c>
       <c r="G475" t="s">
         <v>17</v>
       </c>
       <c r="K475" t="s">
         <v>1443</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" t="s">
         <v>1444</v>
       </c>
       <c r="B476" t="s">
         <v>13</v>
       </c>
       <c r="C476" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D476" t="s">
         <v>1445</v>
       </c>
       <c r="E476">
         <v>2</v>
       </c>
       <c r="F476" t="s">
         <v>16</v>
       </c>
       <c r="G476" t="s">
         <v>17</v>
       </c>
       <c r="K476" t="s">
         <v>1446</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" t="s">
         <v>1447</v>
       </c>
       <c r="B477" t="s">
         <v>13</v>
       </c>
       <c r="C477" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D477" t="s">
         <v>1448</v>
       </c>
       <c r="E477">
         <v>2</v>
       </c>
       <c r="F477" t="s">
         <v>16</v>
       </c>
       <c r="G477" t="s">
         <v>17</v>
       </c>
       <c r="K477" t="s">
         <v>1449</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" t="s">
         <v>1450</v>
       </c>
       <c r="B478" t="s">
         <v>13</v>
       </c>
       <c r="C478" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D478" t="s">
         <v>1451</v>
       </c>
       <c r="E478">
         <v>2</v>
       </c>
       <c r="F478" t="s">
         <v>16</v>
       </c>
       <c r="G478" t="s">
         <v>17</v>
       </c>
       <c r="K478" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" t="s">
         <v>1453</v>
       </c>
       <c r="B479" t="s">
         <v>13</v>
       </c>
       <c r="C479" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D479" t="s">
         <v>1454</v>
       </c>
       <c r="E479">
         <v>2</v>
       </c>
       <c r="F479" t="s">
         <v>16</v>
       </c>
       <c r="G479" t="s">
         <v>17</v>
       </c>
       <c r="K479" t="s">
         <v>1455</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" t="s">
         <v>1456</v>
       </c>
       <c r="B480" t="s">
         <v>13</v>
       </c>
       <c r="C480" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D480" t="s">
         <v>1457</v>
       </c>
       <c r="E480">
         <v>2</v>
       </c>
       <c r="F480" t="s">
         <v>16</v>
       </c>
       <c r="G480" t="s">
         <v>17</v>
       </c>
       <c r="K480" t="s">
         <v>1458</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" t="s">
         <v>1459</v>
       </c>
       <c r="B481" t="s">
         <v>13</v>
       </c>
       <c r="C481" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D481" t="s">
         <v>1460</v>
       </c>
       <c r="E481">
         <v>2</v>
       </c>
       <c r="F481" t="s">
         <v>16</v>
       </c>
       <c r="G481" t="s">
         <v>17</v>
       </c>
       <c r="K481" t="s">
         <v>1461</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" t="s">
         <v>1462</v>
       </c>
       <c r="B482" t="s">
         <v>13</v>
       </c>
       <c r="C482" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D482" t="s">
         <v>1463</v>
       </c>
       <c r="E482">
         <v>2</v>
       </c>
       <c r="F482" t="s">
         <v>16</v>
       </c>
       <c r="G482" t="s">
         <v>17</v>
       </c>
       <c r="K482" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" t="s">
         <v>1465</v>
       </c>
       <c r="B483" t="s">
         <v>13</v>
       </c>
       <c r="C483" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D483" t="s">
         <v>1466</v>
       </c>
       <c r="E483">
         <v>2</v>
       </c>
       <c r="F483" t="s">
         <v>16</v>
       </c>
       <c r="G483" t="s">
         <v>17</v>
       </c>
       <c r="K483" t="s">
         <v>1467</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" t="s">
         <v>1468</v>
       </c>
       <c r="B484" t="s">
         <v>13</v>
       </c>
       <c r="C484" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D484" t="s">
         <v>1469</v>
       </c>
       <c r="E484">
         <v>2</v>
       </c>
       <c r="F484" t="s">
         <v>16</v>
       </c>
       <c r="G484" t="s">
         <v>17</v>
       </c>
       <c r="K484" t="s">
         <v>1470</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" t="s">
         <v>1471</v>
       </c>
       <c r="B485" t="s">
         <v>13</v>
       </c>
       <c r="C485" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D485" t="s">
         <v>1472</v>
       </c>
       <c r="E485">
         <v>2</v>
       </c>
       <c r="F485" t="s">
         <v>16</v>
       </c>
       <c r="G485" t="s">
         <v>17</v>
       </c>
       <c r="K485" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" t="s">
         <v>1474</v>
       </c>
       <c r="B486" t="s">
         <v>13</v>
       </c>
       <c r="C486" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D486" t="s">
         <v>1475</v>
       </c>
       <c r="E486">
         <v>2</v>
       </c>
       <c r="F486" t="s">
         <v>16</v>
       </c>
       <c r="G486" t="s">
         <v>17</v>
       </c>
       <c r="K486" t="s">
         <v>1476</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" t="s">
         <v>1477</v>
       </c>
       <c r="B487" t="s">
         <v>13</v>
       </c>
       <c r="C487" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D487" t="s">
         <v>1478</v>
       </c>
       <c r="E487">
         <v>2</v>
       </c>
       <c r="F487" t="s">
         <v>16</v>
       </c>
       <c r="G487" t="s">
         <v>17</v>
       </c>
       <c r="K487" t="s">
         <v>1479</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" t="s">
         <v>1480</v>
       </c>
       <c r="B488" t="s">
         <v>13</v>
       </c>
       <c r="C488" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D488" t="s">
         <v>1481</v>
       </c>
       <c r="E488">
         <v>2</v>
       </c>
       <c r="F488" t="s">
         <v>16</v>
       </c>
       <c r="G488" t="s">
         <v>17</v>
       </c>
       <c r="K488" t="s">
         <v>1482</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" t="s">
         <v>1483</v>
       </c>
       <c r="B489" t="s">
         <v>13</v>
       </c>
       <c r="C489" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D489" t="s">
         <v>1484</v>
       </c>
       <c r="E489">
         <v>2</v>
       </c>
       <c r="F489" t="s">
         <v>16</v>
       </c>
       <c r="G489" t="s">
         <v>17</v>
       </c>
       <c r="K489" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" t="s">
         <v>1486</v>
       </c>
       <c r="B490" t="s">
         <v>13</v>
       </c>
       <c r="C490" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D490" t="s">
         <v>1487</v>
       </c>
       <c r="E490">
         <v>2</v>
       </c>
       <c r="F490" t="s">
         <v>16</v>
       </c>
       <c r="G490" t="s">
         <v>17</v>
       </c>
       <c r="K490" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" t="s">
         <v>1489</v>
       </c>
       <c r="B491" t="s">
         <v>13</v>
       </c>
       <c r="C491" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D491" t="s">
         <v>1490</v>
       </c>
       <c r="E491">
         <v>2</v>
       </c>
       <c r="F491" t="s">
         <v>16</v>
       </c>
       <c r="G491" t="s">
         <v>17</v>
       </c>
       <c r="K491" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" t="s">
         <v>1492</v>
       </c>
       <c r="B492" t="s">
         <v>13</v>
       </c>
       <c r="C492" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D492" t="s">
         <v>1493</v>
       </c>
       <c r="E492">
         <v>2</v>
       </c>
       <c r="F492" t="s">
         <v>16</v>
       </c>
       <c r="G492" t="s">
         <v>17</v>
       </c>
       <c r="K492" t="s">
         <v>1494</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" t="s">
         <v>1495</v>
       </c>
       <c r="B493" t="s">
         <v>13</v>
       </c>
       <c r="C493" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D493" t="s">
         <v>1496</v>
       </c>
       <c r="E493">
         <v>2</v>
       </c>
       <c r="F493" t="s">
         <v>16</v>
       </c>
       <c r="G493" t="s">
         <v>17</v>
       </c>
       <c r="K493" t="s">
         <v>1497</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" t="s">
         <v>1498</v>
       </c>
       <c r="B494" t="s">
         <v>13</v>
       </c>
       <c r="C494" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D494" t="s">
         <v>1499</v>
       </c>
       <c r="E494">
         <v>2</v>
       </c>
       <c r="F494" t="s">
         <v>16</v>
       </c>
       <c r="G494" t="s">
         <v>17</v>
       </c>
       <c r="K494" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" t="s">
         <v>1501</v>
       </c>
       <c r="B495" t="s">
         <v>13</v>
       </c>
       <c r="C495" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D495" t="s">
         <v>1502</v>
       </c>
       <c r="E495">
         <v>2</v>
       </c>
       <c r="F495" t="s">
         <v>16</v>
       </c>
       <c r="G495" t="s">
         <v>17</v>
       </c>
       <c r="K495" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" t="s">
         <v>1504</v>
       </c>
       <c r="B496" t="s">
         <v>13</v>
       </c>
       <c r="C496" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D496" t="s">
         <v>1505</v>
       </c>
       <c r="E496">
         <v>2</v>
       </c>
       <c r="F496" t="s">
         <v>16</v>
       </c>
       <c r="G496" t="s">
         <v>17</v>
       </c>
       <c r="K496" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" t="s">
         <v>1507</v>
       </c>
       <c r="B497" t="s">
         <v>13</v>
       </c>
       <c r="C497" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D497" t="s">
         <v>1508</v>
       </c>
       <c r="E497">
         <v>2</v>
       </c>
       <c r="F497" t="s">
         <v>16</v>
       </c>
       <c r="G497" t="s">
         <v>17</v>
       </c>
       <c r="K497" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" t="s">
         <v>1510</v>
       </c>
       <c r="B498" t="s">
         <v>13</v>
       </c>
       <c r="C498" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D498" t="s">
         <v>1511</v>
       </c>
       <c r="E498">
         <v>2</v>
       </c>
       <c r="F498" t="s">
         <v>16</v>
       </c>
       <c r="G498" t="s">
         <v>17</v>
       </c>
       <c r="K498" t="s">
         <v>1512</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" t="s">
         <v>1513</v>
       </c>
       <c r="B499" t="s">
         <v>13</v>
       </c>
       <c r="C499" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D499" t="s">
         <v>1514</v>
       </c>
       <c r="E499">
         <v>2</v>
       </c>
       <c r="F499" t="s">
         <v>16</v>
       </c>
       <c r="G499" t="s">
         <v>17</v>
       </c>
       <c r="K499" t="s">
         <v>1515</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" t="s">
         <v>1516</v>
       </c>
       <c r="B500" t="s">
         <v>13</v>
       </c>
       <c r="C500" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D500" t="s">
         <v>1517</v>
       </c>
       <c r="E500">
         <v>2</v>
       </c>
       <c r="F500" t="s">
         <v>16</v>
       </c>
       <c r="G500" t="s">
         <v>17</v>
       </c>
       <c r="K500" t="s">
         <v>1518</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" t="s">
         <v>1519</v>
       </c>
       <c r="B501" t="s">
         <v>13</v>
       </c>
       <c r="C501" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D501" t="s">
         <v>1520</v>
       </c>
       <c r="E501">
         <v>2</v>
       </c>
       <c r="F501" t="s">
         <v>16</v>
       </c>
       <c r="G501" t="s">
         <v>17</v>
       </c>
       <c r="K501" t="s">
         <v>1521</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" t="s">
         <v>1522</v>
       </c>
       <c r="B502" t="s">
         <v>13</v>
       </c>
       <c r="C502" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D502" t="s">
         <v>1523</v>
       </c>
       <c r="E502">
         <v>2</v>
       </c>
       <c r="F502" t="s">
         <v>16</v>
       </c>
       <c r="G502" t="s">
         <v>17</v>
       </c>
       <c r="K502" t="s">
         <v>1524</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" t="s">
         <v>1525</v>
       </c>
       <c r="B503" t="s">
         <v>13</v>
       </c>
       <c r="C503" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D503" t="s">
         <v>1526</v>
       </c>
       <c r="E503">
         <v>2</v>
       </c>
       <c r="F503" t="s">
         <v>16</v>
       </c>
       <c r="G503" t="s">
         <v>17</v>
       </c>
       <c r="K503" t="s">
         <v>1527</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" t="s">
         <v>1528</v>
       </c>
       <c r="B504" t="s">
         <v>13</v>
       </c>
       <c r="C504" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D504" t="s">
         <v>1529</v>
       </c>
       <c r="E504">
         <v>2</v>
       </c>
       <c r="F504" t="s">
         <v>16</v>
       </c>
       <c r="G504" t="s">
         <v>17</v>
       </c>
       <c r="K504" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" t="s">
         <v>1531</v>
       </c>
       <c r="B505" t="s">
         <v>13</v>
       </c>
       <c r="C505" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D505" t="s">
         <v>1532</v>
       </c>
       <c r="E505">
         <v>2</v>
       </c>
       <c r="F505" t="s">
         <v>16</v>
       </c>
       <c r="G505" t="s">
         <v>17</v>
       </c>
       <c r="K505" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" t="s">
         <v>1534</v>
       </c>
       <c r="B506" t="s">
         <v>13</v>
       </c>
       <c r="C506" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D506" t="s">
         <v>1535</v>
       </c>
       <c r="E506">
         <v>2</v>
       </c>
       <c r="F506" t="s">
         <v>16</v>
       </c>
       <c r="G506" t="s">
         <v>17</v>
       </c>
       <c r="K506" t="s">
         <v>1536</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" t="s">
         <v>1537</v>
       </c>
       <c r="B507" t="s">
         <v>13</v>
       </c>
       <c r="C507" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D507" t="s">
         <v>1538</v>
       </c>
       <c r="E507">
         <v>2</v>
       </c>
       <c r="F507" t="s">
         <v>16</v>
       </c>
       <c r="G507" t="s">
         <v>17</v>
       </c>
       <c r="K507" t="s">
         <v>1539</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" t="s">
         <v>1540</v>
       </c>
       <c r="B508" t="s">
         <v>13</v>
       </c>
       <c r="C508" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D508" t="s">
         <v>1541</v>
       </c>
       <c r="E508">
         <v>2</v>
       </c>
       <c r="F508" t="s">
         <v>16</v>
       </c>
       <c r="G508" t="s">
         <v>17</v>
       </c>
       <c r="K508" t="s">
         <v>1542</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" t="s">
         <v>1543</v>
       </c>
       <c r="B509" t="s">
         <v>13</v>
       </c>
       <c r="C509" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D509" t="s">
         <v>1544</v>
       </c>
       <c r="E509">
         <v>2</v>
       </c>
       <c r="F509" t="s">
         <v>16</v>
       </c>
       <c r="G509" t="s">
         <v>17</v>
       </c>
       <c r="K509" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" t="s">
         <v>1546</v>
       </c>
       <c r="B510" t="s">
         <v>13</v>
       </c>
       <c r="C510" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D510" t="s">
         <v>1547</v>
       </c>
       <c r="E510">
         <v>2</v>
       </c>
       <c r="F510" t="s">
         <v>16</v>
       </c>
       <c r="G510" t="s">
         <v>17</v>
       </c>
       <c r="K510" t="s">
         <v>1548</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" t="s">
         <v>1549</v>
       </c>
       <c r="B511" t="s">
         <v>13</v>
       </c>
       <c r="C511" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D511" t="s">
         <v>1550</v>
       </c>
       <c r="E511">
         <v>2</v>
       </c>
       <c r="F511" t="s">
         <v>16</v>
       </c>
       <c r="G511" t="s">
         <v>17</v>
       </c>
       <c r="K511" t="s">
         <v>1551</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" t="s">
         <v>1552</v>
       </c>
       <c r="B512" t="s">
         <v>13</v>
       </c>
       <c r="C512" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D512" t="s">
         <v>1553</v>
       </c>
       <c r="E512">
         <v>2</v>
       </c>
       <c r="F512" t="s">
         <v>16</v>
       </c>
       <c r="G512" t="s">
         <v>17</v>
       </c>
       <c r="K512" t="s">
         <v>1554</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" t="s">
         <v>1555</v>
       </c>
       <c r="B513" t="s">
         <v>13</v>
       </c>
       <c r="C513" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D513" t="s">
         <v>1556</v>
       </c>
       <c r="E513">
         <v>2</v>
       </c>
       <c r="F513" t="s">
         <v>16</v>
       </c>
       <c r="G513" t="s">
         <v>17</v>
       </c>
       <c r="K513" t="s">
         <v>1557</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" t="s">
         <v>1558</v>
       </c>
       <c r="B514" t="s">
         <v>13</v>
       </c>
       <c r="C514" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D514" t="s">
         <v>1559</v>
       </c>
       <c r="E514">
         <v>2</v>
       </c>
       <c r="F514" t="s">
         <v>16</v>
       </c>
       <c r="G514" t="s">
         <v>17</v>
       </c>
       <c r="K514" t="s">
         <v>1560</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" t="s">
         <v>1561</v>
       </c>
       <c r="B515" t="s">
         <v>13</v>
       </c>
       <c r="C515" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D515" t="s">
         <v>1562</v>
       </c>
       <c r="E515">
         <v>2</v>
       </c>
       <c r="F515" t="s">
         <v>16</v>
       </c>
       <c r="G515" t="s">
         <v>17</v>
       </c>
       <c r="K515" t="s">
         <v>1563</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" t="s">
         <v>1564</v>
       </c>
       <c r="B516" t="s">
         <v>13</v>
       </c>
       <c r="C516" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D516" t="s">
         <v>1565</v>
       </c>
       <c r="E516">
         <v>2</v>
       </c>
       <c r="F516" t="s">
         <v>16</v>
       </c>
       <c r="G516" t="s">
         <v>17</v>
       </c>
       <c r="K516" t="s">
         <v>1566</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" t="s">
         <v>1567</v>
       </c>
       <c r="B517" t="s">
         <v>13</v>
       </c>
       <c r="C517" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D517" t="s">
         <v>1568</v>
       </c>
       <c r="E517">
         <v>2</v>
       </c>
       <c r="F517" t="s">
         <v>16</v>
       </c>
       <c r="G517" t="s">
         <v>17</v>
       </c>
       <c r="K517" t="s">
         <v>1569</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" t="s">
         <v>1570</v>
       </c>
       <c r="B518" t="s">
         <v>13</v>
       </c>
       <c r="C518" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D518" t="s">
         <v>1571</v>
       </c>
       <c r="E518">
         <v>2</v>
       </c>
       <c r="F518" t="s">
         <v>16</v>
       </c>
       <c r="G518" t="s">
         <v>17</v>
       </c>
       <c r="K518" t="s">
         <v>1572</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" t="s">
         <v>1573</v>
       </c>
       <c r="B519" t="s">
         <v>13</v>
       </c>
       <c r="C519" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D519" t="s">
         <v>1574</v>
       </c>
       <c r="E519">
         <v>2</v>
       </c>
       <c r="F519" t="s">
         <v>16</v>
       </c>
       <c r="G519" t="s">
         <v>17</v>
       </c>
       <c r="K519" t="s">
         <v>1575</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" t="s">
         <v>1576</v>
       </c>
       <c r="B520" t="s">
         <v>13</v>
       </c>
       <c r="C520" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D520" t="s">
         <v>1577</v>
       </c>
       <c r="E520">
         <v>2</v>
       </c>
       <c r="F520" t="s">
         <v>16</v>
       </c>
       <c r="G520" t="s">
         <v>17</v>
       </c>
       <c r="K520" t="s">
         <v>1578</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" t="s">
         <v>1579</v>
       </c>
       <c r="B521" t="s">
         <v>13</v>
       </c>
       <c r="C521" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D521" t="s">
         <v>1580</v>
       </c>
       <c r="E521">
         <v>2</v>
       </c>
       <c r="F521" t="s">
         <v>16</v>
       </c>
       <c r="G521" t="s">
         <v>17</v>
       </c>
       <c r="K521" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" t="s">
         <v>1582</v>
       </c>
       <c r="B522" t="s">
         <v>13</v>
       </c>
       <c r="C522" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D522" t="s">
         <v>1583</v>
       </c>
       <c r="E522">
         <v>2</v>
       </c>
       <c r="F522" t="s">
         <v>16</v>
       </c>
       <c r="G522" t="s">
         <v>17</v>
       </c>
       <c r="K522" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" t="s">
         <v>1585</v>
       </c>
       <c r="B523" t="s">
         <v>13</v>
       </c>
       <c r="C523" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D523" t="s">
         <v>1586</v>
       </c>
       <c r="E523">
         <v>2</v>
       </c>
       <c r="F523" t="s">
         <v>16</v>
       </c>
       <c r="G523" t="s">
         <v>17</v>
       </c>
       <c r="K523" t="s">
         <v>1587</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" t="s">
         <v>1588</v>
       </c>
       <c r="B524" t="s">
         <v>13</v>
       </c>
       <c r="C524" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D524" t="s">
         <v>1589</v>
       </c>
       <c r="E524">
         <v>2</v>
       </c>
       <c r="F524" t="s">
         <v>16</v>
       </c>
       <c r="G524" t="s">
         <v>17</v>
       </c>
       <c r="K524" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" t="s">
         <v>1591</v>
       </c>
       <c r="B525" t="s">
         <v>13</v>
       </c>
       <c r="C525" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D525" t="s">
         <v>1592</v>
       </c>
       <c r="E525">
         <v>2</v>
       </c>
       <c r="F525" t="s">
         <v>16</v>
       </c>
       <c r="G525" t="s">
         <v>17</v>
       </c>
       <c r="K525" t="s">
         <v>1593</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" t="s">
         <v>1594</v>
       </c>
       <c r="B526" t="s">
         <v>13</v>
       </c>
       <c r="C526" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D526" t="s">
         <v>1595</v>
       </c>
       <c r="E526">
         <v>2</v>
       </c>
       <c r="F526" t="s">
         <v>16</v>
       </c>
       <c r="G526" t="s">
         <v>17</v>
       </c>
       <c r="K526" t="s">
         <v>1596</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" t="s">
         <v>1597</v>
       </c>
       <c r="B527" t="s">
         <v>13</v>
       </c>
       <c r="C527" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D527" t="s">
         <v>1598</v>
       </c>
       <c r="E527">
         <v>2</v>
       </c>
       <c r="F527" t="s">
         <v>16</v>
       </c>
       <c r="G527" t="s">
         <v>17</v>
       </c>
       <c r="K527" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" t="s">
         <v>1600</v>
       </c>
       <c r="B528" t="s">
         <v>13</v>
       </c>
       <c r="C528" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D528" t="s">
         <v>1601</v>
       </c>
       <c r="E528">
         <v>2</v>
       </c>
       <c r="F528" t="s">
         <v>16</v>
       </c>
       <c r="G528" t="s">
         <v>17</v>
       </c>
       <c r="K528" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" t="s">
         <v>1603</v>
       </c>
       <c r="B529" t="s">
         <v>13</v>
       </c>
       <c r="C529" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D529" t="s">
         <v>1604</v>
       </c>
       <c r="E529">
         <v>2</v>
       </c>
       <c r="F529" t="s">
         <v>16</v>
       </c>
       <c r="G529" t="s">
         <v>17</v>
       </c>
       <c r="K529" t="s">
         <v>1605</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" t="s">
         <v>1606</v>
       </c>
       <c r="B530" t="s">
         <v>13</v>
       </c>
       <c r="C530" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D530" t="s">
         <v>1607</v>
       </c>
       <c r="E530">
         <v>2</v>
       </c>
       <c r="F530" t="s">
         <v>16</v>
       </c>
       <c r="G530" t="s">
         <v>17</v>
       </c>
       <c r="K530" t="s">
         <v>1608</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" t="s">
         <v>1609</v>
       </c>
       <c r="B531" t="s">
         <v>13</v>
       </c>
       <c r="C531" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D531" t="s">
         <v>1610</v>
       </c>
       <c r="E531">
         <v>2</v>
       </c>
       <c r="F531" t="s">
         <v>16</v>
       </c>
       <c r="G531" t="s">
         <v>17</v>
       </c>
       <c r="K531" t="s">
         <v>1611</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" t="s">
         <v>1612</v>
       </c>
       <c r="B532" t="s">
         <v>13</v>
       </c>
       <c r="C532" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D532" t="s">
         <v>1613</v>
       </c>
       <c r="E532">
         <v>2</v>
       </c>
       <c r="F532" t="s">
         <v>16</v>
       </c>
       <c r="G532" t="s">
         <v>17</v>
       </c>
       <c r="K532" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" t="s">
         <v>1615</v>
       </c>
       <c r="B533" t="s">
         <v>13</v>
       </c>
       <c r="C533" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D533" t="s">
         <v>1616</v>
       </c>
       <c r="E533">
         <v>2</v>
       </c>
       <c r="F533" t="s">
         <v>16</v>
       </c>
       <c r="G533" t="s">
         <v>17</v>
       </c>
       <c r="K533" t="s">
         <v>1617</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" t="s">
         <v>1618</v>
       </c>
       <c r="B534" t="s">
         <v>13</v>
       </c>
       <c r="C534" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D534" t="s">
         <v>1619</v>
       </c>
       <c r="E534">
         <v>2</v>
       </c>
       <c r="F534" t="s">
         <v>16</v>
       </c>
       <c r="G534" t="s">
         <v>17</v>
       </c>
       <c r="K534" t="s">
         <v>1620</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" t="s">
         <v>1621</v>
       </c>
       <c r="B535" t="s">
         <v>13</v>
       </c>
       <c r="C535" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D535" t="s">
         <v>1622</v>
       </c>
       <c r="E535">
         <v>2</v>
       </c>
       <c r="F535" t="s">
         <v>16</v>
       </c>
       <c r="G535" t="s">
         <v>17</v>
       </c>
       <c r="K535" t="s">
         <v>1623</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" t="s">
         <v>1624</v>
       </c>
       <c r="B536" t="s">
         <v>13</v>
       </c>
       <c r="C536" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D536" t="s">
         <v>1625</v>
       </c>
       <c r="E536">
         <v>2</v>
       </c>
       <c r="F536" t="s">
         <v>16</v>
       </c>
       <c r="G536" t="s">
         <v>17</v>
       </c>
       <c r="K536" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" t="s">
         <v>1627</v>
       </c>
       <c r="B537" t="s">
         <v>13</v>
       </c>
       <c r="C537" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D537" t="s">
         <v>1628</v>
       </c>
       <c r="E537">
         <v>2</v>
       </c>
       <c r="F537" t="s">
         <v>16</v>
       </c>
       <c r="G537" t="s">
         <v>17</v>
       </c>
       <c r="K537" t="s">
         <v>1629</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" t="s">
         <v>1630</v>
       </c>
       <c r="B538" t="s">
         <v>13</v>
       </c>
       <c r="C538" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D538" t="s">
         <v>1631</v>
       </c>
       <c r="E538">
         <v>2</v>
       </c>
       <c r="F538" t="s">
         <v>16</v>
       </c>
       <c r="G538" t="s">
         <v>17</v>
       </c>
       <c r="K538" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" t="s">
         <v>1633</v>
       </c>
       <c r="B539" t="s">
         <v>13</v>
       </c>
       <c r="C539" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D539" t="s">
         <v>1634</v>
       </c>
       <c r="E539">
         <v>2</v>
       </c>
       <c r="F539" t="s">
         <v>16</v>
       </c>
       <c r="G539" t="s">
         <v>17</v>
       </c>
       <c r="K539" t="s">
         <v>1635</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" t="s">
         <v>1636</v>
       </c>
       <c r="B540" t="s">
         <v>13</v>
       </c>
       <c r="C540" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D540" t="s">
         <v>1637</v>
       </c>
       <c r="E540">
         <v>2</v>
       </c>
       <c r="F540" t="s">
         <v>16</v>
       </c>
       <c r="G540" t="s">
         <v>17</v>
       </c>
       <c r="K540" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" t="s">
         <v>1639</v>
       </c>
       <c r="B541" t="s">
         <v>13</v>
       </c>
       <c r="C541" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D541" t="s">
         <v>1640</v>
       </c>
       <c r="E541">
         <v>2</v>
       </c>
       <c r="F541" t="s">
         <v>16</v>
       </c>
       <c r="G541" t="s">
         <v>17</v>
       </c>
       <c r="K541" t="s">
         <v>1641</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" t="s">
         <v>1642</v>
       </c>
       <c r="B542" t="s">
         <v>13</v>
       </c>
       <c r="C542" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D542" t="s">
         <v>1643</v>
       </c>
       <c r="E542">
         <v>2</v>
       </c>
       <c r="F542" t="s">
         <v>16</v>
       </c>
       <c r="G542" t="s">
         <v>17</v>
       </c>
       <c r="K542" t="s">
         <v>1644</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" t="s">
         <v>1645</v>
       </c>
       <c r="B543" t="s">
         <v>13</v>
       </c>
       <c r="C543" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D543" t="s">
         <v>1646</v>
       </c>
       <c r="E543">
         <v>2</v>
       </c>
       <c r="F543" t="s">
         <v>16</v>
       </c>
       <c r="G543" t="s">
         <v>17</v>
       </c>
       <c r="K543" t="s">
         <v>1647</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" t="s">
         <v>1648</v>
       </c>
       <c r="B544" t="s">
         <v>13</v>
       </c>
       <c r="C544" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D544" t="s">
         <v>1649</v>
       </c>
       <c r="E544">
         <v>2</v>
       </c>
       <c r="F544" t="s">
         <v>16</v>
       </c>
       <c r="G544" t="s">
         <v>17</v>
       </c>
       <c r="K544" t="s">
         <v>1650</v>
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" t="s">
         <v>1651</v>
       </c>
       <c r="B545" t="s">
         <v>13</v>
       </c>
       <c r="C545" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D545" t="s">
         <v>1652</v>
       </c>
       <c r="E545">
         <v>2</v>
       </c>
       <c r="F545" t="s">
         <v>16</v>
       </c>
       <c r="G545" t="s">
         <v>17</v>
       </c>
       <c r="K545" t="s">
         <v>1653</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" t="s">
         <v>1654</v>
       </c>
       <c r="B546" t="s">
         <v>13</v>
       </c>
       <c r="C546" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D546" t="s">
         <v>1655</v>
       </c>
       <c r="E546">
         <v>2</v>
       </c>
       <c r="F546" t="s">
         <v>16</v>
       </c>
       <c r="G546" t="s">
         <v>17</v>
       </c>
       <c r="K546" t="s">
         <v>1656</v>
       </c>
     </row>
     <row r="547" spans="1:11">
       <c r="A547" t="s">
         <v>1657</v>
       </c>
       <c r="B547" t="s">
         <v>13</v>
       </c>
       <c r="C547" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D547" t="s">
         <v>1658</v>
       </c>
       <c r="E547">
         <v>2</v>
       </c>
       <c r="F547" t="s">
         <v>16</v>
       </c>
       <c r="G547" t="s">
         <v>17</v>
       </c>
       <c r="K547" t="s">
         <v>1659</v>
       </c>
     </row>
     <row r="548" spans="1:11">
       <c r="A548" t="s">
         <v>1660</v>
       </c>
       <c r="B548" t="s">
         <v>13</v>
       </c>
       <c r="C548" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D548" t="s">
         <v>1661</v>
       </c>
       <c r="E548">
         <v>2</v>
       </c>
       <c r="F548" t="s">
         <v>16</v>
       </c>
       <c r="G548" t="s">
         <v>17</v>
       </c>
       <c r="K548" t="s">
         <v>1662</v>
       </c>
     </row>
     <row r="549" spans="1:11">
       <c r="A549" t="s">
         <v>1663</v>
       </c>
       <c r="B549" t="s">
         <v>13</v>
       </c>
       <c r="C549" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D549" t="s">
         <v>1664</v>
       </c>
       <c r="E549">
         <v>2</v>
       </c>
       <c r="F549" t="s">
         <v>16</v>
       </c>
       <c r="G549" t="s">
         <v>17</v>
       </c>
       <c r="K549" t="s">
         <v>1665</v>
       </c>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" t="s">
         <v>1666</v>
       </c>
       <c r="B550" t="s">
         <v>13</v>
       </c>
       <c r="C550" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D550" t="s">
         <v>1667</v>
       </c>
       <c r="E550">
         <v>2</v>
       </c>
       <c r="F550" t="s">
         <v>16</v>
       </c>
       <c r="G550" t="s">
         <v>17</v>
       </c>
       <c r="K550" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" t="s">
         <v>1669</v>
       </c>
       <c r="B551" t="s">
         <v>13</v>
       </c>
       <c r="C551" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D551" t="s">
         <v>1670</v>
       </c>
       <c r="E551">
         <v>2</v>
       </c>
       <c r="F551" t="s">
         <v>16</v>
       </c>
       <c r="G551" t="s">
         <v>17</v>
       </c>
       <c r="K551" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" t="s">
         <v>1672</v>
       </c>
       <c r="B552" t="s">
         <v>13</v>
       </c>
       <c r="C552" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D552" t="s">
         <v>1673</v>
       </c>
       <c r="E552">
         <v>2</v>
       </c>
       <c r="F552" t="s">
         <v>16</v>
       </c>
       <c r="G552" t="s">
         <v>17</v>
       </c>
       <c r="K552" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="553" spans="1:11">
       <c r="A553" t="s">
         <v>1675</v>
       </c>
       <c r="B553" t="s">
         <v>13</v>
       </c>
       <c r="C553" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D553" t="s">
         <v>1676</v>
       </c>
       <c r="E553">
         <v>2</v>
       </c>
       <c r="F553" t="s">
         <v>16</v>
       </c>
       <c r="G553" t="s">
         <v>17</v>
       </c>
       <c r="K553" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="554" spans="1:11">
       <c r="A554" t="s">
         <v>1678</v>
       </c>
       <c r="B554" t="s">
         <v>13</v>
       </c>
       <c r="C554" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D554" t="s">
         <v>1679</v>
       </c>
       <c r="E554">
         <v>2</v>
       </c>
       <c r="F554" t="s">
         <v>16</v>
       </c>
       <c r="G554" t="s">
         <v>17</v>
       </c>
       <c r="K554" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" t="s">
         <v>1681</v>
       </c>
       <c r="B555" t="s">
         <v>13</v>
       </c>
       <c r="C555" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D555" t="s">
         <v>1682</v>
       </c>
       <c r="E555">
         <v>2</v>
       </c>
       <c r="F555" t="s">
         <v>16</v>
       </c>
       <c r="G555" t="s">
         <v>17</v>
       </c>
       <c r="K555" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" t="s">
         <v>1684</v>
       </c>
       <c r="B556" t="s">
         <v>13</v>
       </c>
       <c r="C556" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D556" t="s">
         <v>1685</v>
       </c>
       <c r="E556">
         <v>2</v>
       </c>
       <c r="F556" t="s">
         <v>16</v>
       </c>
       <c r="G556" t="s">
         <v>17</v>
       </c>
       <c r="K556" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="557" spans="1:11">
       <c r="A557" t="s">
         <v>1687</v>
       </c>
       <c r="B557" t="s">
         <v>13</v>
       </c>
       <c r="C557" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D557" t="s">
         <v>1688</v>
       </c>
       <c r="E557">
         <v>2</v>
       </c>
       <c r="F557" t="s">
         <v>16</v>
       </c>
       <c r="G557" t="s">
         <v>17</v>
       </c>
       <c r="K557" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" t="s">
         <v>1690</v>
       </c>
       <c r="B558" t="s">
         <v>13</v>
       </c>
       <c r="C558" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D558" t="s">
         <v>1691</v>
       </c>
       <c r="E558">
         <v>2</v>
       </c>
       <c r="F558" t="s">
         <v>16</v>
       </c>
       <c r="G558" t="s">
         <v>17</v>
       </c>
       <c r="K558" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" t="s">
         <v>1693</v>
       </c>
       <c r="B559" t="s">
         <v>13</v>
       </c>
       <c r="C559" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D559" t="s">
         <v>1694</v>
       </c>
       <c r="E559">
         <v>2</v>
       </c>
       <c r="F559" t="s">
         <v>16</v>
       </c>
       <c r="G559" t="s">
         <v>17</v>
       </c>
       <c r="K559" t="s">
         <v>1695</v>
       </c>
     </row>
     <row r="560" spans="1:11">
       <c r="A560" t="s">
         <v>1696</v>
       </c>
       <c r="B560" t="s">
         <v>13</v>
       </c>
       <c r="C560" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D560" t="s">
         <v>1697</v>
       </c>
       <c r="E560">
         <v>2</v>
       </c>
       <c r="F560" t="s">
         <v>16</v>
       </c>
       <c r="G560" t="s">
         <v>17</v>
       </c>
       <c r="K560" t="s">
         <v>1698</v>
       </c>
     </row>
     <row r="561" spans="1:11">
       <c r="A561" t="s">
         <v>1699</v>
       </c>
       <c r="B561" t="s">
         <v>13</v>
       </c>
       <c r="C561" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D561" t="s">
         <v>1700</v>
       </c>
       <c r="E561">
         <v>2</v>
       </c>
       <c r="F561" t="s">
         <v>16</v>
       </c>
       <c r="G561" t="s">
         <v>17</v>
       </c>
       <c r="K561" t="s">
         <v>1701</v>
       </c>
     </row>
     <row r="562" spans="1:11">
       <c r="A562" t="s">
         <v>1702</v>
       </c>
       <c r="B562" t="s">
         <v>13</v>
       </c>
       <c r="C562" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D562" t="s">
         <v>1703</v>
       </c>
       <c r="E562">
         <v>2</v>
       </c>
       <c r="F562" t="s">
         <v>16</v>
       </c>
       <c r="G562" t="s">
         <v>17</v>
       </c>
       <c r="K562" t="s">
         <v>1704</v>
       </c>
     </row>
     <row r="563" spans="1:11">
       <c r="A563" t="s">
         <v>1705</v>
       </c>
       <c r="B563" t="s">
         <v>13</v>
       </c>
       <c r="C563" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D563" t="s">
         <v>1706</v>
       </c>
       <c r="E563">
         <v>2</v>
       </c>
       <c r="F563" t="s">
         <v>16</v>
       </c>
       <c r="G563" t="s">
         <v>17</v>
       </c>
       <c r="K563" t="s">
         <v>1707</v>
       </c>
     </row>
     <row r="564" spans="1:11">
       <c r="A564" t="s">
         <v>1708</v>
       </c>
       <c r="B564" t="s">
         <v>13</v>
       </c>
       <c r="C564" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D564" t="s">
         <v>1709</v>
       </c>
       <c r="E564">
         <v>2</v>
       </c>
       <c r="F564" t="s">
         <v>16</v>
       </c>
       <c r="G564" t="s">
         <v>17</v>
       </c>
       <c r="K564" t="s">
         <v>1710</v>
       </c>
     </row>
     <row r="565" spans="1:11">
       <c r="A565" t="s">
         <v>1711</v>
       </c>
       <c r="B565" t="s">
         <v>13</v>
       </c>
       <c r="C565" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D565" t="s">
         <v>1712</v>
       </c>
       <c r="E565">
         <v>2</v>
       </c>
       <c r="F565" t="s">
         <v>16</v>
       </c>
       <c r="G565" t="s">
         <v>17</v>
       </c>
       <c r="K565" t="s">
         <v>1713</v>
       </c>
     </row>
     <row r="566" spans="1:11">
       <c r="A566" t="s">
         <v>1714</v>
       </c>
       <c r="B566" t="s">
         <v>13</v>
       </c>
       <c r="C566" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D566" t="s">
         <v>1715</v>
       </c>
       <c r="E566">
         <v>2</v>
       </c>
       <c r="F566" t="s">
         <v>16</v>
       </c>
       <c r="G566" t="s">
         <v>17</v>
       </c>
       <c r="K566" t="s">
         <v>1716</v>
       </c>
     </row>
     <row r="567" spans="1:11">
       <c r="A567" t="s">
         <v>1717</v>
       </c>
       <c r="B567" t="s">
         <v>13</v>
       </c>
       <c r="C567" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D567" t="s">
         <v>1718</v>
       </c>
       <c r="E567">
         <v>2</v>
       </c>
       <c r="F567" t="s">
         <v>16</v>
       </c>
       <c r="G567" t="s">
         <v>17</v>
       </c>
       <c r="K567" t="s">
         <v>1719</v>
       </c>
     </row>
     <row r="568" spans="1:11">
       <c r="A568" t="s">
         <v>1720</v>
       </c>
       <c r="B568" t="s">
         <v>13</v>
       </c>
       <c r="C568" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D568" t="s">
         <v>1721</v>
       </c>
       <c r="E568">
         <v>2</v>
       </c>
       <c r="F568" t="s">
         <v>16</v>
       </c>
       <c r="G568" t="s">
         <v>17</v>
       </c>
       <c r="K568" t="s">
         <v>1722</v>
       </c>
     </row>
     <row r="569" spans="1:11">
       <c r="A569" t="s">
         <v>1723</v>
       </c>
       <c r="B569" t="s">
         <v>13</v>
       </c>
       <c r="C569" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D569" t="s">
         <v>1724</v>
       </c>
       <c r="E569">
         <v>2</v>
       </c>
       <c r="F569" t="s">
         <v>16</v>
       </c>
       <c r="G569" t="s">
         <v>17</v>
       </c>
       <c r="K569" t="s">
         <v>1725</v>
       </c>
     </row>
     <row r="570" spans="1:11">
       <c r="A570" t="s">
         <v>1726</v>
       </c>
       <c r="B570" t="s">
         <v>13</v>
       </c>
       <c r="C570" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D570" t="s">
         <v>1727</v>
       </c>
       <c r="E570">
         <v>2</v>
       </c>
       <c r="F570" t="s">
         <v>16</v>
       </c>
       <c r="G570" t="s">
         <v>17</v>
       </c>
       <c r="K570" t="s">
         <v>1728</v>
       </c>
     </row>
     <row r="571" spans="1:11">
       <c r="A571" t="s">
         <v>1729</v>
       </c>
       <c r="B571" t="s">
         <v>13</v>
       </c>
       <c r="C571" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D571" t="s">
         <v>1730</v>
       </c>
       <c r="E571">
         <v>2</v>
       </c>
       <c r="F571" t="s">
         <v>16</v>
       </c>
       <c r="G571" t="s">
         <v>17</v>
       </c>
       <c r="K571" t="s">
         <v>1731</v>
       </c>
     </row>
     <row r="572" spans="1:11">
       <c r="A572" t="s">
         <v>1732</v>
       </c>
       <c r="B572" t="s">
         <v>13</v>
       </c>
       <c r="C572" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D572" t="s">
         <v>1733</v>
       </c>
       <c r="E572">
         <v>2</v>
       </c>
       <c r="F572" t="s">
         <v>16</v>
       </c>
       <c r="G572" t="s">
         <v>17</v>
       </c>
       <c r="K572" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="573" spans="1:11">
       <c r="A573" t="s">
         <v>1735</v>
       </c>
       <c r="B573" t="s">
         <v>13</v>
       </c>
       <c r="C573" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D573" t="s">
         <v>1736</v>
       </c>
       <c r="E573">
         <v>2</v>
       </c>
       <c r="F573" t="s">
         <v>16</v>
       </c>
       <c r="G573" t="s">
         <v>17</v>
       </c>
       <c r="K573" t="s">
         <v>1737</v>
       </c>
     </row>
     <row r="574" spans="1:11">
       <c r="A574" t="s">
         <v>1738</v>
       </c>
       <c r="B574" t="s">
         <v>13</v>
       </c>
       <c r="C574" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D574" t="s">
         <v>1739</v>
       </c>
       <c r="E574">
         <v>2</v>
       </c>
       <c r="F574" t="s">
         <v>16</v>
       </c>
       <c r="G574" t="s">
         <v>17</v>
       </c>
       <c r="K574" t="s">
         <v>1740</v>
       </c>
     </row>
     <row r="575" spans="1:11">
       <c r="A575" t="s">
         <v>1741</v>
       </c>
       <c r="B575" t="s">
         <v>13</v>
       </c>
       <c r="C575" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D575" t="s">
         <v>1742</v>
       </c>
       <c r="E575">
         <v>2</v>
       </c>
       <c r="F575" t="s">
         <v>16</v>
       </c>
       <c r="G575" t="s">
         <v>17</v>
       </c>
       <c r="K575" t="s">
         <v>1743</v>
       </c>
     </row>
     <row r="576" spans="1:11">
       <c r="A576" t="s">
         <v>1744</v>
       </c>
       <c r="B576" t="s">
         <v>13</v>
       </c>
       <c r="C576" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D576" t="s">
         <v>1745</v>
       </c>
       <c r="E576">
         <v>2</v>
       </c>
       <c r="F576" t="s">
         <v>16</v>
       </c>
       <c r="G576" t="s">
         <v>17</v>
       </c>
       <c r="K576" t="s">
         <v>1746</v>
       </c>
     </row>
     <row r="577" spans="1:11">
       <c r="A577" t="s">
         <v>1747</v>
       </c>
       <c r="B577" t="s">
         <v>13</v>
       </c>
       <c r="C577" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D577" t="s">
         <v>1748</v>
       </c>
       <c r="E577">
         <v>2</v>
       </c>
       <c r="F577" t="s">
         <v>16</v>
       </c>
       <c r="G577" t="s">
         <v>17</v>
       </c>
       <c r="K577" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="578" spans="1:11">
       <c r="A578" t="s">
         <v>1750</v>
       </c>
       <c r="B578" t="s">
         <v>13</v>
       </c>
       <c r="C578" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D578" t="s">
         <v>1751</v>
       </c>
       <c r="E578">
         <v>2</v>
       </c>
       <c r="F578" t="s">
         <v>16</v>
       </c>
       <c r="G578" t="s">
         <v>17</v>
       </c>
       <c r="K578" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="579" spans="1:11">
       <c r="A579" t="s">
         <v>1753</v>
       </c>
       <c r="B579" t="s">
         <v>13</v>
       </c>
       <c r="C579" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D579" t="s">
         <v>1754</v>
       </c>
       <c r="E579">
         <v>2</v>
       </c>
       <c r="F579" t="s">
         <v>16</v>
       </c>
       <c r="G579" t="s">
         <v>17</v>
       </c>
       <c r="K579" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="580" spans="1:11">
       <c r="A580" t="s">
         <v>1756</v>
       </c>
       <c r="B580" t="s">
         <v>13</v>
       </c>
       <c r="C580" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D580" t="s">
         <v>1757</v>
       </c>
       <c r="E580">
         <v>2</v>
       </c>
       <c r="F580" t="s">
         <v>16</v>
       </c>
       <c r="G580" t="s">
         <v>17</v>
       </c>
       <c r="K580" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="581" spans="1:11">
       <c r="A581" t="s">
         <v>1759</v>
       </c>
       <c r="B581" t="s">
         <v>13</v>
       </c>
       <c r="C581" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D581" t="s">
         <v>1760</v>
       </c>
       <c r="E581">
         <v>2</v>
       </c>
       <c r="F581" t="s">
         <v>16</v>
       </c>
       <c r="G581" t="s">
         <v>17</v>
       </c>
       <c r="K581" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="582" spans="1:11">
       <c r="A582" t="s">
         <v>1762</v>
       </c>
       <c r="B582" t="s">
         <v>13</v>
       </c>
       <c r="C582" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D582" t="s">
         <v>1763</v>
       </c>
       <c r="E582">
         <v>2</v>
       </c>
       <c r="F582" t="s">
         <v>16</v>
       </c>
       <c r="G582" t="s">
         <v>17</v>
       </c>
       <c r="K582" t="s">
         <v>1764</v>
       </c>
     </row>
     <row r="583" spans="1:11">
       <c r="A583" t="s">
         <v>1765</v>
       </c>
       <c r="B583" t="s">
         <v>13</v>
       </c>
       <c r="C583" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D583" t="s">
         <v>1766</v>
       </c>
       <c r="E583">
         <v>2</v>
       </c>
       <c r="F583" t="s">
         <v>16</v>
       </c>
       <c r="G583" t="s">
         <v>17</v>
       </c>
       <c r="K583" t="s">
         <v>1767</v>
       </c>
     </row>
     <row r="584" spans="1:11">
       <c r="A584" t="s">
         <v>1768</v>
       </c>
       <c r="B584" t="s">
         <v>13</v>
       </c>
       <c r="C584" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D584" t="s">
         <v>1769</v>
       </c>
       <c r="E584">
         <v>2</v>
       </c>
       <c r="F584" t="s">
         <v>16</v>
       </c>
       <c r="G584" t="s">
         <v>17</v>
       </c>
       <c r="K584" t="s">
         <v>1770</v>
       </c>
     </row>
     <row r="585" spans="1:11">
       <c r="A585" t="s">
         <v>1771</v>
       </c>
       <c r="B585" t="s">
         <v>13</v>
       </c>
       <c r="C585" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D585" t="s">
         <v>1772</v>
       </c>
       <c r="E585">
         <v>2</v>
       </c>
       <c r="F585" t="s">
         <v>16</v>
       </c>
       <c r="G585" t="s">
         <v>17</v>
       </c>
       <c r="K585" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="586" spans="1:11">
       <c r="A586" t="s">
         <v>1774</v>
       </c>
       <c r="B586" t="s">
         <v>13</v>
       </c>
       <c r="C586" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D586" t="s">
         <v>1775</v>
       </c>
       <c r="E586">
         <v>2</v>
       </c>
       <c r="F586" t="s">
         <v>16</v>
       </c>
       <c r="G586" t="s">
         <v>17</v>
       </c>
       <c r="K586" t="s">
         <v>1776</v>
       </c>
     </row>
     <row r="587" spans="1:11">
       <c r="A587" t="s">
         <v>1777</v>
       </c>
       <c r="B587" t="s">
         <v>13</v>
       </c>
       <c r="C587" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D587" t="s">
         <v>1778</v>
       </c>
       <c r="E587">
         <v>2</v>
       </c>
       <c r="F587" t="s">
         <v>16</v>
       </c>
       <c r="G587" t="s">
         <v>17</v>
       </c>
       <c r="K587" t="s">
         <v>1779</v>
       </c>
     </row>
     <row r="588" spans="1:11">
       <c r="A588" t="s">
         <v>1780</v>
       </c>
       <c r="B588" t="s">
         <v>13</v>
       </c>
       <c r="C588" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D588" t="s">
         <v>1781</v>
       </c>
       <c r="E588">
         <v>2</v>
       </c>
       <c r="F588" t="s">
         <v>16</v>
       </c>
       <c r="G588" t="s">
         <v>17</v>
       </c>
       <c r="K588" t="s">
         <v>1782</v>
       </c>
     </row>
     <row r="589" spans="1:11">
       <c r="A589" t="s">
         <v>1783</v>
       </c>
       <c r="B589" t="s">
         <v>13</v>
       </c>
       <c r="C589" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D589" t="s">
         <v>1784</v>
       </c>
       <c r="E589">
         <v>2</v>
       </c>
       <c r="F589" t="s">
         <v>16</v>
       </c>
       <c r="G589" t="s">
         <v>17</v>
       </c>
       <c r="K589" t="s">
         <v>1785</v>
       </c>
     </row>
     <row r="590" spans="1:11">
       <c r="A590" t="s">
         <v>1786</v>
       </c>
       <c r="B590" t="s">
         <v>13</v>
       </c>
       <c r="C590" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D590" t="s">
         <v>1787</v>
       </c>
       <c r="E590">
         <v>2</v>
       </c>
       <c r="F590" t="s">
         <v>16</v>
       </c>
       <c r="G590" t="s">
         <v>17</v>
       </c>
       <c r="K590" t="s">
         <v>1788</v>
       </c>
     </row>
     <row r="591" spans="1:11">
       <c r="A591" t="s">
         <v>1789</v>
       </c>
       <c r="B591" t="s">
         <v>13</v>
       </c>
       <c r="C591" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D591" t="s">
         <v>1790</v>
       </c>
       <c r="E591">
         <v>2</v>
       </c>
       <c r="F591" t="s">
         <v>16</v>
       </c>
       <c r="G591" t="s">
         <v>17</v>
       </c>
       <c r="K591" t="s">
         <v>1791</v>
       </c>
     </row>
     <row r="592" spans="1:11">
       <c r="A592" t="s">
         <v>1792</v>
       </c>
       <c r="B592" t="s">
         <v>13</v>
       </c>
       <c r="C592" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D592" t="s">
         <v>1793</v>
       </c>
       <c r="E592">
         <v>2</v>
       </c>
       <c r="F592" t="s">
         <v>16</v>
       </c>
       <c r="G592" t="s">
         <v>17</v>
       </c>
       <c r="K592" t="s">
         <v>1794</v>
       </c>
     </row>
     <row r="593" spans="1:11">
       <c r="A593" t="s">
         <v>1795</v>
       </c>
       <c r="B593" t="s">
         <v>13</v>
       </c>
       <c r="C593" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D593" t="s">
         <v>1796</v>
       </c>
       <c r="E593">
         <v>2</v>
       </c>
       <c r="F593" t="s">
         <v>16</v>
       </c>
       <c r="G593" t="s">
         <v>17</v>
       </c>
       <c r="K593" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="594" spans="1:11">
       <c r="A594" t="s">
         <v>1798</v>
       </c>
       <c r="B594" t="s">
         <v>13</v>
       </c>
       <c r="C594" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D594" t="s">
         <v>1799</v>
       </c>
       <c r="E594">
         <v>2</v>
       </c>
       <c r="F594" t="s">
         <v>16</v>
       </c>
       <c r="G594" t="s">
         <v>17</v>
       </c>
       <c r="K594" t="s">
         <v>1800</v>
       </c>
     </row>
     <row r="595" spans="1:11">
       <c r="A595" t="s">
         <v>1801</v>
       </c>
       <c r="B595" t="s">
         <v>13</v>
       </c>
       <c r="C595" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D595" t="s">
         <v>1802</v>
       </c>
       <c r="E595">
         <v>2</v>
       </c>
       <c r="F595" t="s">
         <v>16</v>
       </c>
       <c r="G595" t="s">
         <v>17</v>
       </c>
       <c r="K595" t="s">
         <v>1803</v>
       </c>
     </row>
     <row r="596" spans="1:11">
       <c r="A596" t="s">
         <v>1804</v>
       </c>
       <c r="B596" t="s">
         <v>13</v>
       </c>
       <c r="C596" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D596" t="s">
         <v>1805</v>
       </c>
       <c r="E596">
         <v>2</v>
       </c>
       <c r="F596" t="s">
         <v>16</v>
       </c>
       <c r="G596" t="s">
         <v>17</v>
       </c>
       <c r="K596" t="s">
         <v>1806</v>
       </c>
     </row>
     <row r="597" spans="1:11">
       <c r="A597" t="s">
         <v>1807</v>
       </c>
       <c r="B597" t="s">
         <v>13</v>
       </c>
       <c r="C597" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D597" t="s">
         <v>1808</v>
       </c>
       <c r="E597">
         <v>2</v>
       </c>
       <c r="F597" t="s">
         <v>16</v>
       </c>
       <c r="G597" t="s">
         <v>17</v>
       </c>
       <c r="K597" t="s">
         <v>1809</v>
       </c>
     </row>
     <row r="598" spans="1:11">
       <c r="A598" t="s">
         <v>1810</v>
       </c>
       <c r="B598" t="s">
         <v>13</v>
       </c>
       <c r="C598" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D598" t="s">
         <v>1811</v>
       </c>
       <c r="E598">
         <v>2</v>
       </c>
       <c r="F598" t="s">
         <v>16</v>
       </c>
       <c r="G598" t="s">
         <v>17</v>
       </c>
       <c r="K598" t="s">
         <v>1812</v>
       </c>
     </row>
     <row r="599" spans="1:11">
       <c r="A599" t="s">
         <v>1813</v>
       </c>
       <c r="B599" t="s">
         <v>13</v>
       </c>
       <c r="C599" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D599" t="s">
         <v>1814</v>
       </c>
       <c r="E599">
         <v>2</v>
       </c>
       <c r="F599" t="s">
         <v>16</v>
       </c>
       <c r="G599" t="s">
         <v>17</v>
       </c>
       <c r="K599" t="s">
         <v>1815</v>
       </c>
     </row>
     <row r="600" spans="1:11">
       <c r="A600" t="s">
         <v>1816</v>
       </c>
       <c r="B600" t="s">
         <v>13</v>
       </c>
       <c r="C600" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D600" t="s">
         <v>1817</v>
       </c>
       <c r="E600">
         <v>2</v>
       </c>
       <c r="F600" t="s">
         <v>16</v>
       </c>
       <c r="G600" t="s">
         <v>17</v>
       </c>
       <c r="K600" t="s">
         <v>1818</v>
       </c>
     </row>
     <row r="601" spans="1:11">
       <c r="A601" t="s">
         <v>1819</v>
       </c>
       <c r="B601" t="s">
         <v>13</v>
       </c>
       <c r="C601" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D601" t="s">
         <v>1820</v>
       </c>
       <c r="E601">
         <v>2</v>
       </c>
       <c r="F601" t="s">
         <v>16</v>
       </c>
       <c r="G601" t="s">
         <v>17</v>
       </c>
       <c r="K601" t="s">
         <v>1821</v>
       </c>
     </row>
     <row r="602" spans="1:11">
       <c r="A602" t="s">
         <v>1822</v>
       </c>
       <c r="B602" t="s">
         <v>13</v>
       </c>
       <c r="C602" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D602" t="s">
         <v>1823</v>
       </c>
       <c r="E602">
         <v>2</v>
       </c>
       <c r="F602" t="s">
         <v>16</v>
       </c>
       <c r="G602" t="s">
         <v>17</v>
       </c>
       <c r="K602" t="s">
         <v>1824</v>
       </c>
     </row>
     <row r="603" spans="1:11">
       <c r="A603" t="s">
         <v>1825</v>
       </c>
       <c r="B603" t="s">
         <v>13</v>
       </c>
       <c r="C603" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D603" t="s">
         <v>1826</v>
       </c>
       <c r="E603">
         <v>2</v>
       </c>
       <c r="F603" t="s">
         <v>16</v>
       </c>
       <c r="G603" t="s">
         <v>17</v>
       </c>
       <c r="K603" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="604" spans="1:11">
       <c r="A604" t="s">
         <v>1828</v>
       </c>
       <c r="B604" t="s">
         <v>13</v>
       </c>
       <c r="C604" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D604" t="s">
         <v>1829</v>
       </c>
       <c r="E604">
         <v>2</v>
       </c>
       <c r="F604" t="s">
         <v>16</v>
       </c>
       <c r="G604" t="s">
         <v>17</v>
       </c>
       <c r="K604" t="s">
         <v>1830</v>
       </c>
     </row>
     <row r="605" spans="1:11">
       <c r="A605" t="s">
         <v>1831</v>
       </c>
       <c r="B605" t="s">
         <v>13</v>
       </c>
       <c r="C605" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D605" t="s">
         <v>1832</v>
       </c>
       <c r="E605">
         <v>2</v>
       </c>
       <c r="F605" t="s">
         <v>16</v>
       </c>
       <c r="G605" t="s">
         <v>17</v>
       </c>
       <c r="K605" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="606" spans="1:11">
       <c r="A606" t="s">
         <v>1834</v>
       </c>
       <c r="B606" t="s">
         <v>13</v>
       </c>
       <c r="C606" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D606" t="s">
         <v>1835</v>
       </c>
       <c r="E606">
         <v>2</v>
       </c>
       <c r="F606" t="s">
         <v>16</v>
       </c>
       <c r="G606" t="s">
         <v>17</v>
       </c>
       <c r="K606" t="s">
         <v>1836</v>
       </c>
     </row>
     <row r="607" spans="1:11">
       <c r="A607" t="s">
         <v>1837</v>
       </c>
       <c r="B607" t="s">
         <v>13</v>
       </c>
       <c r="C607" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D607" t="s">
         <v>1838</v>
       </c>
       <c r="E607">
         <v>2</v>
       </c>
       <c r="F607" t="s">
         <v>16</v>
       </c>
       <c r="G607" t="s">
         <v>17</v>
       </c>
       <c r="K607" t="s">
         <v>1839</v>
       </c>
     </row>
     <row r="608" spans="1:11">
       <c r="A608" t="s">
         <v>1840</v>
       </c>
       <c r="B608" t="s">
         <v>13</v>
       </c>
       <c r="C608" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D608" t="s">
         <v>1841</v>
       </c>
       <c r="E608">
         <v>2</v>
       </c>
       <c r="F608" t="s">
         <v>16</v>
       </c>
       <c r="G608" t="s">
         <v>17</v>
       </c>
       <c r="K608" t="s">
         <v>1842</v>
       </c>
     </row>
     <row r="609" spans="1:11">
       <c r="A609" t="s">
         <v>1843</v>
       </c>
       <c r="B609" t="s">
         <v>13</v>
       </c>
       <c r="C609" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D609" t="s">
         <v>1844</v>
       </c>
       <c r="E609">
         <v>2</v>
       </c>
       <c r="F609" t="s">
         <v>16</v>
       </c>
       <c r="G609" t="s">
         <v>17</v>
       </c>
       <c r="K609" t="s">
         <v>1845</v>
       </c>
     </row>
     <row r="610" spans="1:11">
       <c r="A610" t="s">
         <v>1846</v>
       </c>
       <c r="B610" t="s">
         <v>13</v>
       </c>
       <c r="C610" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D610" t="s">
         <v>1847</v>
       </c>
       <c r="E610">
         <v>2</v>
       </c>
       <c r="F610" t="s">
         <v>16</v>
       </c>
       <c r="G610" t="s">
         <v>17</v>
       </c>
       <c r="K610" t="s">
         <v>1848</v>
       </c>
     </row>
     <row r="611" spans="1:11">
       <c r="A611" t="s">
         <v>1849</v>
       </c>
       <c r="B611" t="s">
         <v>13</v>
       </c>
       <c r="C611" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D611" t="s">
         <v>1850</v>
       </c>
       <c r="E611">
         <v>2</v>
       </c>
       <c r="F611" t="s">
         <v>16</v>
       </c>
       <c r="G611" t="s">
         <v>17</v>
       </c>
       <c r="K611" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="612" spans="1:11">
       <c r="A612" t="s">
         <v>1852</v>
       </c>
       <c r="B612" t="s">
         <v>13</v>
       </c>
       <c r="C612" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D612" t="s">
         <v>1853</v>
       </c>
       <c r="E612">
         <v>2</v>
       </c>
       <c r="F612" t="s">
         <v>16</v>
       </c>
       <c r="G612" t="s">
         <v>17</v>
       </c>
       <c r="K612" t="s">
         <v>1854</v>
       </c>
     </row>
     <row r="613" spans="1:11">
       <c r="A613" t="s">
         <v>1855</v>
       </c>
       <c r="B613" t="s">
         <v>13</v>
       </c>
       <c r="C613" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D613" t="s">
         <v>1856</v>
       </c>
       <c r="E613">
         <v>2</v>
       </c>
       <c r="F613" t="s">
         <v>16</v>
       </c>
       <c r="G613" t="s">
         <v>17</v>
       </c>
       <c r="K613" t="s">
         <v>1857</v>
       </c>
     </row>
     <row r="614" spans="1:11">
       <c r="A614" t="s">
         <v>1858</v>
       </c>
       <c r="B614" t="s">
         <v>13</v>
       </c>
       <c r="C614" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D614" t="s">
         <v>1859</v>
       </c>
       <c r="E614">
         <v>2</v>
       </c>
       <c r="F614" t="s">
         <v>16</v>
       </c>
       <c r="G614" t="s">
         <v>17</v>
       </c>
       <c r="K614" t="s">
         <v>1860</v>
       </c>
     </row>
     <row r="615" spans="1:11">
       <c r="A615" t="s">
         <v>1861</v>
       </c>
       <c r="B615" t="s">
         <v>13</v>
       </c>
       <c r="C615" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D615" t="s">
         <v>1862</v>
       </c>
       <c r="E615">
         <v>2</v>
       </c>
       <c r="F615" t="s">
         <v>16</v>
       </c>
       <c r="G615" t="s">
         <v>17</v>
       </c>
       <c r="K615" t="s">
         <v>1863</v>
       </c>
     </row>
     <row r="616" spans="1:11">
       <c r="A616" t="s">
         <v>1864</v>
       </c>
       <c r="B616" t="s">
         <v>13</v>
       </c>
       <c r="C616" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D616" t="s">
         <v>1865</v>
       </c>
       <c r="E616">
         <v>2</v>
       </c>
       <c r="F616" t="s">
         <v>16</v>
       </c>
       <c r="G616" t="s">
         <v>17</v>
       </c>
       <c r="K616" t="s">
         <v>1866</v>
       </c>
     </row>
     <row r="617" spans="1:11">
       <c r="A617" t="s">
         <v>1867</v>
       </c>
       <c r="B617" t="s">
         <v>13</v>
       </c>
       <c r="C617" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D617" t="s">
         <v>1868</v>
       </c>
       <c r="E617">
         <v>2</v>
       </c>
       <c r="F617" t="s">
         <v>16</v>
       </c>
       <c r="G617" t="s">
         <v>17</v>
       </c>
       <c r="K617" t="s">
         <v>1869</v>
       </c>
     </row>
     <row r="618" spans="1:11">
       <c r="A618" t="s">
         <v>1870</v>
       </c>
       <c r="B618" t="s">
         <v>13</v>
       </c>
       <c r="C618" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D618" t="s">
         <v>1871</v>
       </c>
       <c r="E618">
         <v>2</v>
       </c>
       <c r="F618" t="s">
         <v>16</v>
       </c>
       <c r="G618" t="s">
         <v>17</v>
       </c>
       <c r="K618" t="s">
         <v>1872</v>
       </c>
     </row>
     <row r="619" spans="1:11">
       <c r="A619" t="s">
         <v>1873</v>
       </c>
       <c r="B619" t="s">
         <v>13</v>
       </c>
       <c r="C619" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D619" t="s">
         <v>1874</v>
       </c>
       <c r="E619">
         <v>2</v>
       </c>
       <c r="F619" t="s">
         <v>16</v>
       </c>
       <c r="G619" t="s">
         <v>17</v>
       </c>
       <c r="K619" t="s">
         <v>1875</v>
       </c>
     </row>
     <row r="620" spans="1:11">
       <c r="A620" t="s">
         <v>1876</v>
       </c>
       <c r="B620" t="s">
         <v>13</v>
       </c>
       <c r="C620" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D620" t="s">
         <v>1877</v>
       </c>
       <c r="E620">
         <v>2</v>
       </c>
       <c r="F620" t="s">
         <v>16</v>
       </c>
       <c r="G620" t="s">
         <v>17</v>
       </c>
       <c r="K620" t="s">
         <v>1878</v>
       </c>
     </row>
     <row r="621" spans="1:11">
       <c r="A621" t="s">
         <v>1879</v>
       </c>
       <c r="B621" t="s">
         <v>13</v>
       </c>
       <c r="C621" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D621" t="s">
         <v>1880</v>
       </c>
       <c r="E621">
         <v>2</v>
       </c>
       <c r="F621" t="s">
         <v>16</v>
       </c>
       <c r="G621" t="s">
         <v>17</v>
       </c>
       <c r="K621" t="s">
         <v>1881</v>
       </c>
     </row>
     <row r="622" spans="1:11">
       <c r="A622" t="s">
         <v>1882</v>
       </c>
       <c r="B622" t="s">
         <v>13</v>
       </c>
       <c r="C622" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D622" t="s">
         <v>1883</v>
       </c>
       <c r="E622">
         <v>2</v>
       </c>
       <c r="F622" t="s">
         <v>16</v>
       </c>
       <c r="G622" t="s">
         <v>17</v>
       </c>
       <c r="K622" t="s">
         <v>1884</v>
       </c>
     </row>
     <row r="623" spans="1:11">
       <c r="A623" t="s">
         <v>1885</v>
       </c>
       <c r="B623" t="s">
         <v>13</v>
       </c>
       <c r="C623" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D623" t="s">
         <v>1886</v>
       </c>
       <c r="E623">
         <v>2</v>
       </c>
       <c r="F623" t="s">
         <v>16</v>
       </c>
       <c r="G623" t="s">
         <v>17</v>
       </c>
       <c r="K623" t="s">
         <v>1887</v>
       </c>
     </row>
     <row r="624" spans="1:11">
       <c r="A624" t="s">
         <v>1888</v>
       </c>
       <c r="B624" t="s">
         <v>13</v>
       </c>
       <c r="C624" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D624" t="s">
         <v>1889</v>
       </c>
       <c r="E624">
         <v>2</v>
       </c>
       <c r="F624" t="s">
         <v>16</v>
       </c>
       <c r="G624" t="s">
         <v>17</v>
       </c>
       <c r="K624" t="s">
         <v>1890</v>
       </c>
     </row>
     <row r="625" spans="1:11">
       <c r="A625" t="s">
         <v>1891</v>
       </c>
       <c r="B625" t="s">
         <v>13</v>
       </c>
       <c r="C625" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D625" t="s">
         <v>1892</v>
       </c>
       <c r="E625">
         <v>2</v>
       </c>
       <c r="F625" t="s">
         <v>16</v>
       </c>
       <c r="G625" t="s">
         <v>17</v>
       </c>
       <c r="K625" t="s">
         <v>1893</v>
       </c>
     </row>
     <row r="626" spans="1:11">
       <c r="A626" t="s">
         <v>1894</v>
       </c>
       <c r="B626" t="s">
         <v>13</v>
       </c>
       <c r="C626" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D626" t="s">
         <v>1895</v>
       </c>
       <c r="E626">
         <v>2</v>
       </c>
       <c r="F626" t="s">
         <v>16</v>
       </c>
       <c r="G626" t="s">
         <v>17</v>
       </c>
       <c r="K626" t="s">
         <v>1896</v>
       </c>
     </row>
     <row r="627" spans="1:11">
       <c r="A627" t="s">
         <v>1897</v>
       </c>
       <c r="B627" t="s">
         <v>13</v>
       </c>
       <c r="C627" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D627" t="s">
         <v>1898</v>
       </c>
       <c r="E627">
         <v>2</v>
       </c>
       <c r="F627" t="s">
         <v>16</v>
       </c>
       <c r="G627" t="s">
         <v>17</v>
       </c>
       <c r="K627" t="s">
         <v>1899</v>
       </c>
     </row>
     <row r="628" spans="1:11">
       <c r="A628" t="s">
         <v>1900</v>
       </c>
       <c r="B628" t="s">
         <v>13</v>
       </c>
       <c r="C628" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D628" t="s">
         <v>1901</v>
       </c>
       <c r="E628">
         <v>2</v>
       </c>
       <c r="F628" t="s">
         <v>16</v>
       </c>
       <c r="G628" t="s">
         <v>17</v>
       </c>
       <c r="K628" t="s">
         <v>1902</v>
       </c>
     </row>
     <row r="629" spans="1:11">
       <c r="A629" t="s">
         <v>1903</v>
       </c>
       <c r="B629" t="s">
         <v>13</v>
       </c>
       <c r="C629" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D629" t="s">
         <v>1904</v>
       </c>
       <c r="E629">
         <v>2</v>
       </c>
       <c r="F629" t="s">
         <v>16</v>
       </c>
       <c r="G629" t="s">
         <v>17</v>
       </c>
       <c r="K629" t="s">
         <v>1905</v>
       </c>
     </row>
     <row r="630" spans="1:11">
       <c r="A630" t="s">
         <v>1906</v>
       </c>
       <c r="B630" t="s">
         <v>13</v>
       </c>
       <c r="C630" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D630" t="s">
         <v>1907</v>
       </c>
       <c r="E630">
         <v>2</v>
       </c>
       <c r="F630" t="s">
         <v>16</v>
       </c>
       <c r="G630" t="s">
         <v>17</v>
       </c>
       <c r="K630" t="s">
         <v>1908</v>
       </c>
     </row>
     <row r="631" spans="1:11">
       <c r="A631" t="s">
         <v>1909</v>
       </c>
       <c r="B631" t="s">
         <v>13</v>
       </c>
       <c r="C631" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D631" t="s">
         <v>1910</v>
       </c>
       <c r="E631">
         <v>2</v>
       </c>
       <c r="F631" t="s">
         <v>16</v>
       </c>
       <c r="G631" t="s">
         <v>17</v>
       </c>
       <c r="K631" t="s">
         <v>1911</v>
       </c>
     </row>
     <row r="632" spans="1:11">
       <c r="A632" t="s">
         <v>1912</v>
       </c>
       <c r="B632" t="s">
         <v>13</v>
       </c>
       <c r="C632" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D632" t="s">
         <v>1913</v>
       </c>
       <c r="E632">
         <v>2</v>
       </c>
       <c r="F632" t="s">
         <v>16</v>
       </c>
       <c r="G632" t="s">
         <v>17</v>
       </c>
       <c r="K632" t="s">
         <v>1914</v>
       </c>
     </row>
     <row r="633" spans="1:11">
       <c r="A633" t="s">
         <v>1915</v>
       </c>
       <c r="B633" t="s">
         <v>13</v>
       </c>
       <c r="C633" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D633" t="s">
         <v>1916</v>
       </c>
       <c r="E633">
         <v>2</v>
       </c>
       <c r="F633" t="s">
         <v>16</v>
       </c>
       <c r="G633" t="s">
         <v>17</v>
       </c>
       <c r="K633" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="634" spans="1:11">
       <c r="A634" t="s">
         <v>1918</v>
       </c>
       <c r="B634" t="s">
         <v>13</v>
       </c>
       <c r="C634" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D634" t="s">
         <v>1919</v>
       </c>
       <c r="E634">
         <v>2</v>
       </c>
       <c r="F634" t="s">
         <v>16</v>
       </c>
       <c r="G634" t="s">
         <v>17</v>
       </c>
       <c r="K634" t="s">
         <v>1920</v>
       </c>
     </row>
     <row r="635" spans="1:11">
       <c r="A635" t="s">
         <v>1921</v>
       </c>
       <c r="B635" t="s">
         <v>13</v>
       </c>
       <c r="C635" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D635" t="s">
         <v>1922</v>
       </c>
       <c r="E635">
         <v>2</v>
       </c>
       <c r="F635" t="s">
         <v>16</v>
       </c>
       <c r="G635" t="s">
         <v>17</v>
       </c>
       <c r="K635" t="s">
         <v>1923</v>
       </c>
     </row>
     <row r="636" spans="1:11">
       <c r="A636" t="s">
         <v>1924</v>
       </c>
       <c r="B636" t="s">
         <v>13</v>
       </c>
       <c r="C636" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D636" t="s">
         <v>1925</v>
       </c>
       <c r="E636">
         <v>2</v>
       </c>
       <c r="F636" t="s">
         <v>16</v>
       </c>
       <c r="G636" t="s">
         <v>17</v>
       </c>
       <c r="K636" t="s">
         <v>1926</v>
       </c>
     </row>
     <row r="637" spans="1:11">
       <c r="A637" t="s">
         <v>1927</v>
       </c>
       <c r="B637" t="s">
         <v>13</v>
       </c>
       <c r="C637" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D637" t="s">
         <v>1928</v>
       </c>
       <c r="E637">
         <v>2</v>
       </c>
       <c r="F637" t="s">
         <v>16</v>
       </c>
       <c r="G637" t="s">
         <v>17</v>
       </c>
       <c r="K637" t="s">
         <v>1929</v>
       </c>
     </row>
     <row r="638" spans="1:11">
       <c r="A638" t="s">
         <v>1930</v>
       </c>
       <c r="B638" t="s">
         <v>13</v>
       </c>
       <c r="C638" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D638" t="s">
         <v>1931</v>
       </c>
       <c r="E638">
         <v>2</v>
       </c>
       <c r="F638" t="s">
         <v>16</v>
       </c>
       <c r="G638" t="s">
         <v>17</v>
       </c>
       <c r="K638" t="s">
         <v>1932</v>
       </c>
     </row>
     <row r="639" spans="1:11">
       <c r="A639" t="s">
         <v>1933</v>
       </c>
       <c r="B639" t="s">
         <v>13</v>
       </c>
       <c r="C639" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D639" t="s">
         <v>1934</v>
       </c>
       <c r="E639">
         <v>2</v>
       </c>
       <c r="F639" t="s">
         <v>16</v>
       </c>
       <c r="G639" t="s">
         <v>17</v>
       </c>
       <c r="K639" t="s">
         <v>1935</v>
       </c>
     </row>
     <row r="640" spans="1:11">
       <c r="A640" t="s">
         <v>1936</v>
       </c>
       <c r="B640" t="s">
         <v>13</v>
       </c>
       <c r="C640" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D640" t="s">
         <v>1937</v>
       </c>
       <c r="E640">
         <v>2</v>
       </c>
       <c r="F640" t="s">
         <v>16</v>
       </c>
       <c r="G640" t="s">
         <v>17</v>
       </c>
       <c r="K640" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="641" spans="1:11">
       <c r="A641" t="s">
         <v>1939</v>
       </c>
       <c r="B641" t="s">
         <v>13</v>
       </c>
       <c r="C641" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D641" t="s">
         <v>1940</v>
       </c>
       <c r="E641">
         <v>2</v>
       </c>
       <c r="F641" t="s">
         <v>16</v>
       </c>
       <c r="G641" t="s">
         <v>17</v>
       </c>
       <c r="K641" t="s">
         <v>1941</v>
       </c>
     </row>
     <row r="642" spans="1:11">
       <c r="A642" t="s">
         <v>1942</v>
       </c>
       <c r="B642" t="s">
         <v>13</v>
       </c>
       <c r="C642" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D642" t="s">
         <v>1943</v>
       </c>
       <c r="E642">
         <v>2</v>
       </c>
       <c r="F642" t="s">
         <v>16</v>
       </c>
       <c r="G642" t="s">
         <v>17</v>
       </c>
       <c r="K642" t="s">
         <v>1944</v>
       </c>
     </row>
     <row r="643" spans="1:11">
       <c r="A643" t="s">
         <v>1945</v>
       </c>
       <c r="B643" t="s">
         <v>13</v>
       </c>
       <c r="C643" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D643" t="s">
         <v>1946</v>
       </c>
       <c r="E643">
         <v>2</v>
       </c>
       <c r="F643" t="s">
         <v>16</v>
       </c>
       <c r="G643" t="s">
         <v>17</v>
       </c>
       <c r="K643" t="s">
         <v>1947</v>
       </c>
     </row>
     <row r="644" spans="1:11">
       <c r="A644" t="s">
         <v>1948</v>
       </c>
       <c r="B644" t="s">
         <v>13</v>
       </c>
       <c r="C644" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D644" t="s">
         <v>1949</v>
       </c>
       <c r="E644">
         <v>2</v>
       </c>
       <c r="F644" t="s">
         <v>16</v>
       </c>
       <c r="G644" t="s">
         <v>17</v>
       </c>
       <c r="K644" t="s">
         <v>1950</v>
       </c>
     </row>
     <row r="645" spans="1:11">
       <c r="A645" t="s">
         <v>1951</v>
       </c>
       <c r="B645" t="s">
         <v>13</v>
       </c>
       <c r="C645" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D645" t="s">
         <v>1952</v>
       </c>
       <c r="E645">
         <v>2</v>
       </c>
       <c r="F645" t="s">
         <v>16</v>
       </c>
       <c r="G645" t="s">
         <v>17</v>
       </c>
       <c r="K645" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="646" spans="1:11">
       <c r="A646" t="s">
         <v>1954</v>
       </c>
       <c r="B646" t="s">
         <v>13</v>
       </c>
       <c r="C646" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D646" t="s">
         <v>1955</v>
       </c>
       <c r="E646">
         <v>2</v>
       </c>
       <c r="F646" t="s">
         <v>16</v>
       </c>
       <c r="G646" t="s">
         <v>17</v>
       </c>
       <c r="K646" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="647" spans="1:11">
       <c r="A647" t="s">
         <v>1957</v>
       </c>
       <c r="B647" t="s">
         <v>13</v>
       </c>
       <c r="C647" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D647" t="s">
         <v>1958</v>
       </c>
       <c r="E647">
         <v>2</v>
       </c>
       <c r="F647" t="s">
         <v>16</v>
       </c>
       <c r="G647" t="s">
         <v>17</v>
       </c>
       <c r="K647" t="s">
         <v>1959</v>
       </c>
     </row>
     <row r="648" spans="1:11">
       <c r="A648" t="s">
         <v>1960</v>
       </c>
       <c r="B648" t="s">
         <v>13</v>
       </c>
       <c r="C648" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D648" t="s">
         <v>1961</v>
       </c>
       <c r="E648">
         <v>2</v>
       </c>
       <c r="F648" t="s">
         <v>16</v>
       </c>
       <c r="G648" t="s">
         <v>17</v>
       </c>
       <c r="K648" t="s">
         <v>1962</v>
       </c>
     </row>
     <row r="649" spans="1:11">
       <c r="A649" t="s">
         <v>1963</v>
       </c>
       <c r="B649" t="s">
         <v>13</v>
       </c>
       <c r="C649" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D649" t="s">
         <v>1964</v>
       </c>
       <c r="E649">
         <v>2</v>
       </c>
       <c r="F649" t="s">
         <v>16</v>
       </c>
       <c r="G649" t="s">
         <v>17</v>
       </c>
       <c r="K649" t="s">
         <v>1965</v>
       </c>
     </row>
     <row r="650" spans="1:11">
       <c r="A650" t="s">
         <v>1966</v>
       </c>
       <c r="B650" t="s">
         <v>13</v>
       </c>
       <c r="C650" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D650" t="s">
         <v>1967</v>
       </c>
       <c r="E650">
         <v>2</v>
       </c>
       <c r="F650" t="s">
         <v>16</v>
       </c>
       <c r="G650" t="s">
         <v>17</v>
       </c>
       <c r="K650" t="s">
         <v>1968</v>
       </c>
     </row>
     <row r="651" spans="1:11">
       <c r="A651" t="s">
         <v>1969</v>
       </c>
       <c r="B651" t="s">
         <v>13</v>
       </c>
       <c r="C651" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D651" t="s">
         <v>1970</v>
       </c>
       <c r="E651">
         <v>2</v>
       </c>
       <c r="F651" t="s">
         <v>16</v>
       </c>
       <c r="G651" t="s">
         <v>17</v>
       </c>
       <c r="K651" t="s">
         <v>1971</v>
       </c>
     </row>
     <row r="652" spans="1:11">
       <c r="A652" t="s">
         <v>1972</v>
       </c>
       <c r="B652" t="s">
         <v>13</v>
       </c>
       <c r="C652" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D652" t="s">
         <v>1973</v>
       </c>
       <c r="E652">
         <v>2</v>
       </c>
       <c r="F652" t="s">
         <v>16</v>
       </c>
       <c r="G652" t="s">
         <v>17</v>
       </c>
       <c r="K652" t="s">
         <v>1974</v>
       </c>
     </row>
     <row r="653" spans="1:11">
       <c r="A653" t="s">
         <v>1975</v>
       </c>
       <c r="B653" t="s">
         <v>13</v>
       </c>
       <c r="C653" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D653" t="s">
         <v>1976</v>
       </c>
       <c r="E653">
         <v>2</v>
       </c>
       <c r="F653" t="s">
         <v>16</v>
       </c>
       <c r="G653" t="s">
         <v>17</v>
       </c>
       <c r="K653" t="s">
         <v>1977</v>
       </c>
     </row>
     <row r="654" spans="1:11">
       <c r="A654" t="s">
         <v>1978</v>
       </c>
       <c r="B654" t="s">
         <v>13</v>
       </c>
       <c r="C654" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D654" t="s">
         <v>1979</v>
       </c>
       <c r="E654">
         <v>2</v>
       </c>
       <c r="F654" t="s">
         <v>16</v>
       </c>
       <c r="G654" t="s">
         <v>17</v>
       </c>
       <c r="K654" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="655" spans="1:11">
       <c r="A655" t="s">
         <v>1981</v>
       </c>
       <c r="B655" t="s">
         <v>13</v>
       </c>
       <c r="C655" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D655" t="s">
         <v>1982</v>
       </c>
       <c r="E655">
         <v>2</v>
       </c>
       <c r="F655" t="s">
         <v>16</v>
       </c>
       <c r="G655" t="s">
         <v>17</v>
       </c>
       <c r="K655" t="s">
         <v>1983</v>
       </c>
     </row>
     <row r="656" spans="1:11">
       <c r="A656" t="s">
         <v>1984</v>
       </c>
       <c r="B656" t="s">
         <v>13</v>
       </c>
       <c r="C656" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D656" t="s">
         <v>1985</v>
       </c>
       <c r="E656">
         <v>2</v>
       </c>
       <c r="F656" t="s">
         <v>16</v>
       </c>
       <c r="G656" t="s">
         <v>17</v>
       </c>
       <c r="K656" t="s">
         <v>1986</v>
       </c>
     </row>
     <row r="657" spans="1:11">
       <c r="A657" t="s">
         <v>1987</v>
       </c>
       <c r="B657" t="s">
         <v>13</v>
       </c>
       <c r="C657" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D657" t="s">
         <v>1988</v>
       </c>
       <c r="E657">
         <v>2</v>
       </c>
       <c r="F657" t="s">
         <v>16</v>
       </c>
       <c r="G657" t="s">
         <v>17</v>
       </c>
       <c r="K657" t="s">
         <v>1989</v>
       </c>
     </row>
     <row r="658" spans="1:11">
       <c r="A658" t="s">
         <v>1990</v>
       </c>
       <c r="B658" t="s">
         <v>13</v>
       </c>
       <c r="C658" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D658" t="s">
         <v>1991</v>
       </c>
       <c r="E658">
         <v>2</v>
       </c>
       <c r="F658" t="s">
         <v>16</v>
       </c>
       <c r="G658" t="s">
         <v>17</v>
       </c>
       <c r="K658" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="659" spans="1:11">
       <c r="A659" t="s">
         <v>1993</v>
       </c>
       <c r="B659" t="s">
         <v>13</v>
       </c>
       <c r="C659" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D659" t="s">
         <v>1994</v>
       </c>
       <c r="E659">
         <v>2</v>
       </c>
       <c r="F659" t="s">
         <v>16</v>
       </c>
       <c r="G659" t="s">
         <v>17</v>
       </c>
       <c r="K659" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="660" spans="1:11">
       <c r="A660" t="s">
         <v>1996</v>
       </c>
       <c r="B660" t="s">
         <v>13</v>
       </c>
       <c r="C660" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D660" t="s">
         <v>1997</v>
       </c>
       <c r="E660">
         <v>2</v>
       </c>
       <c r="F660" t="s">
         <v>16</v>
       </c>
       <c r="G660" t="s">
         <v>17</v>
       </c>
       <c r="K660" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="661" spans="1:11">
       <c r="A661" t="s">
         <v>1999</v>
       </c>
       <c r="B661" t="s">
         <v>13</v>
       </c>
       <c r="C661" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D661" t="s">
         <v>2000</v>
       </c>
       <c r="E661">
         <v>2</v>
       </c>
       <c r="F661" t="s">
         <v>16</v>
       </c>
       <c r="G661" t="s">
         <v>17</v>
       </c>
       <c r="K661" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="662" spans="1:11">
       <c r="A662" t="s">
         <v>2002</v>
       </c>
       <c r="B662" t="s">
         <v>13</v>
       </c>
       <c r="C662" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D662" t="s">
         <v>2003</v>
       </c>
       <c r="E662">
         <v>2</v>
       </c>
       <c r="F662" t="s">
         <v>16</v>
       </c>
       <c r="G662" t="s">
         <v>17</v>
       </c>
       <c r="K662" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="663" spans="1:11">
       <c r="A663" t="s">
         <v>2005</v>
       </c>
       <c r="B663" t="s">
         <v>13</v>
       </c>
       <c r="C663" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D663" t="s">
         <v>2006</v>
       </c>
       <c r="E663">
         <v>2</v>
       </c>
       <c r="F663" t="s">
         <v>16</v>
       </c>
       <c r="G663" t="s">
         <v>17</v>
       </c>
       <c r="K663" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="664" spans="1:11">
       <c r="A664" t="s">
         <v>2008</v>
       </c>
       <c r="B664" t="s">
         <v>13</v>
       </c>
       <c r="C664" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D664" t="s">
         <v>2009</v>
       </c>
       <c r="E664">
         <v>2</v>
       </c>
       <c r="F664" t="s">
         <v>16</v>
       </c>
       <c r="G664" t="s">
         <v>17</v>
       </c>
       <c r="K664" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="665" spans="1:11">
       <c r="A665" t="s">
         <v>2011</v>
       </c>
       <c r="B665" t="s">
         <v>13</v>
       </c>
       <c r="C665" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D665" t="s">
         <v>2012</v>
       </c>
       <c r="E665">
         <v>2</v>
       </c>
       <c r="F665" t="s">
         <v>16</v>
       </c>
       <c r="G665" t="s">
         <v>17</v>
       </c>
       <c r="K665" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="666" spans="1:11">
       <c r="A666" t="s">
         <v>2014</v>
       </c>
       <c r="B666" t="s">
         <v>13</v>
       </c>
       <c r="C666" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D666" t="s">
         <v>2015</v>
       </c>
       <c r="E666">
         <v>2</v>
       </c>
       <c r="F666" t="s">
         <v>16</v>
       </c>
       <c r="G666" t="s">
         <v>17</v>
       </c>
       <c r="K666" t="s">
         <v>2016</v>
       </c>
     </row>
     <row r="667" spans="1:11">
       <c r="A667" t="s">
         <v>2017</v>
       </c>
       <c r="B667" t="s">
         <v>13</v>
       </c>
       <c r="C667" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D667" t="s">
         <v>2018</v>
       </c>
       <c r="E667">
         <v>2</v>
       </c>
       <c r="F667" t="s">
         <v>16</v>
       </c>
       <c r="G667" t="s">
         <v>17</v>
       </c>
       <c r="K667" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="668" spans="1:11">
       <c r="A668" t="s">
         <v>2020</v>
       </c>
       <c r="B668" t="s">
         <v>13</v>
       </c>
       <c r="C668" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D668" t="s">
         <v>2021</v>
       </c>
       <c r="E668">
         <v>2</v>
       </c>
       <c r="F668" t="s">
         <v>16</v>
       </c>
       <c r="G668" t="s">
         <v>17</v>
       </c>
       <c r="K668" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="669" spans="1:11">
       <c r="A669" t="s">
         <v>2023</v>
       </c>
       <c r="B669" t="s">
         <v>13</v>
       </c>
       <c r="C669" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D669" t="s">
         <v>2024</v>
       </c>
       <c r="E669">
         <v>2</v>
       </c>
       <c r="F669" t="s">
         <v>16</v>
       </c>
       <c r="G669" t="s">
         <v>17</v>
       </c>
       <c r="K669" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="670" spans="1:11">
       <c r="A670" t="s">
         <v>2026</v>
       </c>
       <c r="B670" t="s">
         <v>13</v>
       </c>
       <c r="C670" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D670" t="s">
         <v>2027</v>
       </c>
       <c r="E670">
         <v>2</v>
       </c>
       <c r="F670" t="s">
         <v>16</v>
       </c>
       <c r="G670" t="s">
         <v>17</v>
       </c>
       <c r="K670" t="s">
         <v>2028</v>
       </c>
     </row>
     <row r="671" spans="1:11">
       <c r="A671" t="s">
         <v>2029</v>
       </c>
       <c r="B671" t="s">
         <v>13</v>
       </c>
       <c r="C671" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D671" t="s">
         <v>2030</v>
       </c>
       <c r="E671">
         <v>2</v>
       </c>
       <c r="F671" t="s">
         <v>16</v>
       </c>
       <c r="G671" t="s">
         <v>17</v>
       </c>
       <c r="K671" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="672" spans="1:11">
       <c r="A672" t="s">
         <v>2032</v>
       </c>
       <c r="B672" t="s">
         <v>13</v>
       </c>
       <c r="C672" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D672" t="s">
         <v>2033</v>
       </c>
       <c r="E672">
         <v>2</v>
       </c>
       <c r="F672" t="s">
         <v>16</v>
       </c>
       <c r="G672" t="s">
         <v>17</v>
       </c>
       <c r="K672" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="673" spans="1:11">
       <c r="A673" t="s">
         <v>2035</v>
       </c>
       <c r="B673" t="s">
         <v>13</v>
       </c>
       <c r="C673" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D673" t="s">
         <v>2036</v>
       </c>
       <c r="E673">
         <v>2</v>
       </c>
       <c r="F673" t="s">
         <v>16</v>
       </c>
       <c r="G673" t="s">
         <v>17</v>
       </c>
       <c r="K673" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="674" spans="1:11">
       <c r="A674" t="s">
         <v>2038</v>
       </c>
       <c r="B674" t="s">
         <v>13</v>
       </c>
       <c r="C674" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D674" t="s">
         <v>2039</v>
       </c>
       <c r="E674">
         <v>2</v>
       </c>
       <c r="F674" t="s">
         <v>16</v>
       </c>
       <c r="G674" t="s">
         <v>17</v>
       </c>
       <c r="K674" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="675" spans="1:11">
       <c r="A675" t="s">
         <v>2041</v>
       </c>
       <c r="B675" t="s">
         <v>13</v>
       </c>
       <c r="C675" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D675" t="s">
         <v>2042</v>
       </c>
       <c r="E675">
         <v>2</v>
       </c>
       <c r="F675" t="s">
         <v>16</v>
       </c>
       <c r="G675" t="s">
         <v>17</v>
       </c>
       <c r="K675" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="676" spans="1:11">
       <c r="A676" t="s">
         <v>2044</v>
       </c>
       <c r="B676" t="s">
         <v>13</v>
       </c>
       <c r="C676" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D676" t="s">
         <v>2045</v>
       </c>
       <c r="E676">
         <v>2</v>
       </c>
       <c r="F676" t="s">
         <v>16</v>
       </c>
       <c r="G676" t="s">
         <v>17</v>
       </c>
       <c r="K676" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="677" spans="1:11">
       <c r="A677" t="s">
         <v>2047</v>
       </c>
       <c r="B677" t="s">
         <v>13</v>
       </c>
       <c r="C677" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D677" t="s">
         <v>2048</v>
       </c>
       <c r="E677">
         <v>2</v>
       </c>
       <c r="F677" t="s">
         <v>16</v>
       </c>
       <c r="G677" t="s">
         <v>17</v>
       </c>
       <c r="K677" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="678" spans="1:11">
       <c r="A678" t="s">
         <v>2050</v>
       </c>
       <c r="B678" t="s">
         <v>13</v>
       </c>
       <c r="C678" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D678" t="s">
         <v>2051</v>
       </c>
       <c r="E678">
         <v>2</v>
       </c>
       <c r="F678" t="s">
         <v>16</v>
       </c>
       <c r="G678" t="s">
         <v>17</v>
       </c>
       <c r="K678" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="679" spans="1:11">
       <c r="A679" t="s">
         <v>2053</v>
       </c>
       <c r="B679" t="s">
         <v>13</v>
       </c>
       <c r="C679" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D679" t="s">
         <v>2054</v>
       </c>
       <c r="E679">
         <v>2</v>
       </c>
       <c r="F679" t="s">
         <v>16</v>
       </c>
       <c r="G679" t="s">
         <v>17</v>
       </c>
       <c r="K679" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="680" spans="1:11">
       <c r="A680" t="s">
         <v>2056</v>
       </c>
       <c r="B680" t="s">
         <v>13</v>
       </c>
       <c r="C680" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D680" t="s">
         <v>2057</v>
       </c>
       <c r="E680">
         <v>2</v>
       </c>
       <c r="F680" t="s">
         <v>16</v>
       </c>
       <c r="G680" t="s">
         <v>17</v>
       </c>
       <c r="K680" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="681" spans="1:11">
       <c r="A681" t="s">
         <v>2059</v>
       </c>
       <c r="B681" t="s">
         <v>13</v>
       </c>
       <c r="C681" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D681" t="s">
         <v>2060</v>
       </c>
       <c r="E681">
         <v>2</v>
       </c>
       <c r="F681" t="s">
         <v>16</v>
       </c>
       <c r="G681" t="s">
         <v>17</v>
       </c>
       <c r="K681" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="682" spans="1:11">
       <c r="A682" t="s">
         <v>2062</v>
       </c>
       <c r="B682" t="s">
         <v>13</v>
       </c>
       <c r="C682" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D682" t="s">
         <v>2063</v>
       </c>
       <c r="E682">
         <v>2</v>
       </c>
       <c r="F682" t="s">
         <v>16</v>
       </c>
       <c r="G682" t="s">
         <v>17</v>
       </c>
       <c r="K682" t="s">
         <v>2064</v>
       </c>
     </row>
     <row r="683" spans="1:11">
       <c r="A683" t="s">
         <v>2065</v>
       </c>
       <c r="B683" t="s">
         <v>13</v>
       </c>
       <c r="C683" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D683" t="s">
         <v>2066</v>
       </c>
       <c r="E683">
         <v>2</v>
       </c>
       <c r="F683" t="s">
         <v>16</v>
       </c>
       <c r="G683" t="s">
         <v>17</v>
       </c>
       <c r="K683" t="s">
         <v>2067</v>
       </c>
     </row>
     <row r="684" spans="1:11">
       <c r="A684" t="s">
         <v>2068</v>
       </c>
       <c r="B684" t="s">
         <v>13</v>
       </c>
       <c r="C684" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D684" t="s">
         <v>2069</v>
       </c>
       <c r="E684">
         <v>2</v>
       </c>
       <c r="F684" t="s">
         <v>16</v>
       </c>
       <c r="G684" t="s">
         <v>17</v>
       </c>
       <c r="K684" t="s">
         <v>2070</v>
       </c>
     </row>
     <row r="685" spans="1:11">
       <c r="A685" t="s">
         <v>2071</v>
       </c>
       <c r="B685" t="s">
         <v>13</v>
       </c>
       <c r="C685" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D685" t="s">
         <v>2072</v>
       </c>
       <c r="E685">
         <v>2</v>
       </c>
       <c r="F685" t="s">
         <v>16</v>
       </c>
       <c r="G685" t="s">
         <v>17</v>
       </c>
       <c r="K685" t="s">
         <v>2073</v>
       </c>
     </row>
     <row r="686" spans="1:11">
       <c r="A686" t="s">
         <v>2074</v>
       </c>
       <c r="B686" t="s">
         <v>13</v>
       </c>
       <c r="C686" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D686" t="s">
         <v>2075</v>
       </c>
       <c r="E686">
         <v>2</v>
       </c>
       <c r="F686" t="s">
         <v>16</v>
       </c>
       <c r="G686" t="s">
         <v>17</v>
       </c>
       <c r="K686" t="s">
         <v>2076</v>
       </c>
     </row>
     <row r="687" spans="1:11">
       <c r="A687" t="s">
         <v>2077</v>
       </c>
       <c r="B687" t="s">
         <v>13</v>
       </c>
       <c r="C687" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D687" t="s">
         <v>2078</v>
       </c>
       <c r="E687">
         <v>2</v>
       </c>
       <c r="F687" t="s">
         <v>16</v>
       </c>
       <c r="G687" t="s">
         <v>17</v>
       </c>
       <c r="K687" t="s">
         <v>2079</v>
       </c>
     </row>
     <row r="688" spans="1:11">
       <c r="A688" t="s">
         <v>2080</v>
       </c>
       <c r="B688" t="s">
         <v>13</v>
       </c>
       <c r="C688" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D688" t="s">
         <v>2081</v>
       </c>
       <c r="E688">
         <v>2</v>
       </c>
       <c r="F688" t="s">
         <v>16</v>
       </c>
       <c r="G688" t="s">
         <v>17</v>
       </c>
       <c r="K688" t="s">
         <v>2082</v>
       </c>
     </row>
     <row r="689" spans="1:11">
       <c r="A689" t="s">
         <v>2083</v>
       </c>
       <c r="B689" t="s">
         <v>13</v>
       </c>
       <c r="C689" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D689" t="s">
         <v>2084</v>
       </c>
       <c r="E689">
         <v>2</v>
       </c>
       <c r="F689" t="s">
         <v>16</v>
       </c>
       <c r="G689" t="s">
         <v>17</v>
       </c>
       <c r="K689" t="s">
         <v>2085</v>
       </c>
     </row>
     <row r="690" spans="1:11">
       <c r="A690" t="s">
         <v>2086</v>
       </c>
       <c r="B690" t="s">
         <v>13</v>
       </c>
       <c r="C690" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D690" t="s">
         <v>2087</v>
       </c>
       <c r="E690">
         <v>2</v>
       </c>
       <c r="F690" t="s">
         <v>16</v>
       </c>
       <c r="G690" t="s">
         <v>17</v>
       </c>
       <c r="K690" t="s">
         <v>2088</v>
       </c>
     </row>
     <row r="691" spans="1:11">
       <c r="A691" t="s">
         <v>2089</v>
       </c>
       <c r="B691" t="s">
         <v>13</v>
       </c>
       <c r="C691" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D691" t="s">
         <v>2090</v>
       </c>
       <c r="E691">
         <v>2</v>
       </c>
       <c r="F691" t="s">
         <v>16</v>
       </c>
       <c r="G691" t="s">
         <v>17</v>
       </c>
       <c r="K691" t="s">
         <v>2091</v>
       </c>
     </row>
     <row r="692" spans="1:11">
       <c r="A692" t="s">
         <v>2092</v>
       </c>
       <c r="B692" t="s">
         <v>13</v>
       </c>
       <c r="C692" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D692" t="s">
         <v>2093</v>
       </c>
       <c r="E692">
         <v>2</v>
       </c>
       <c r="F692" t="s">
         <v>16</v>
       </c>
       <c r="G692" t="s">
         <v>17</v>
       </c>
       <c r="K692" t="s">
         <v>2094</v>
       </c>
     </row>
     <row r="693" spans="1:11">
       <c r="A693" t="s">
         <v>2095</v>
       </c>
       <c r="B693" t="s">
         <v>13</v>
       </c>
       <c r="C693" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D693" t="s">
         <v>2096</v>
       </c>
       <c r="E693">
         <v>2</v>
       </c>
       <c r="F693" t="s">
         <v>16</v>
       </c>
       <c r="G693" t="s">
         <v>17</v>
       </c>
       <c r="K693" t="s">
         <v>2097</v>
       </c>
     </row>
     <row r="694" spans="1:11">
       <c r="A694" t="s">
         <v>2098</v>
       </c>
       <c r="B694" t="s">
         <v>13</v>
       </c>
       <c r="C694" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D694" t="s">
         <v>2099</v>
       </c>
       <c r="E694">
         <v>2</v>
       </c>
       <c r="F694" t="s">
         <v>16</v>
       </c>
       <c r="G694" t="s">
         <v>17</v>
       </c>
       <c r="K694" t="s">
         <v>2100</v>
       </c>
     </row>
     <row r="695" spans="1:11">
       <c r="A695" t="s">
         <v>2101</v>
       </c>
       <c r="B695" t="s">
         <v>13</v>
       </c>
       <c r="C695" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D695" t="s">
         <v>2102</v>
       </c>
       <c r="E695">
         <v>2</v>
       </c>
       <c r="F695" t="s">
         <v>16</v>
       </c>
       <c r="G695" t="s">
         <v>17</v>
       </c>
       <c r="K695" t="s">
         <v>2103</v>
       </c>
     </row>
     <row r="696" spans="1:11">
       <c r="A696" t="s">
         <v>2104</v>
       </c>
       <c r="B696" t="s">
         <v>13</v>
       </c>
       <c r="C696" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D696" t="s">
         <v>2105</v>
       </c>
       <c r="E696">
         <v>2</v>
       </c>
       <c r="F696" t="s">
         <v>16</v>
       </c>
       <c r="G696" t="s">
         <v>17</v>
       </c>
       <c r="K696" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="697" spans="1:11">
       <c r="A697" t="s">
         <v>2107</v>
       </c>
       <c r="B697" t="s">
         <v>13</v>
       </c>
       <c r="C697" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D697" t="s">
         <v>2108</v>
       </c>
       <c r="E697">
         <v>2</v>
       </c>
       <c r="F697" t="s">
         <v>16</v>
       </c>
       <c r="G697" t="s">
         <v>17</v>
       </c>
       <c r="K697" t="s">
         <v>2109</v>
       </c>
     </row>
     <row r="698" spans="1:11">
       <c r="A698" t="s">
         <v>2110</v>
       </c>
       <c r="B698" t="s">
         <v>13</v>
       </c>
       <c r="C698" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D698" t="s">
         <v>2111</v>
       </c>
       <c r="E698">
         <v>2</v>
       </c>
       <c r="F698" t="s">
         <v>16</v>
       </c>
       <c r="G698" t="s">
         <v>17</v>
       </c>
       <c r="K698" t="s">
         <v>2112</v>
       </c>
     </row>
     <row r="699" spans="1:11">
       <c r="A699" t="s">
         <v>2113</v>
       </c>
       <c r="B699" t="s">
         <v>13</v>
       </c>
       <c r="C699" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D699" t="s">
         <v>2114</v>
       </c>
       <c r="E699">
         <v>2</v>
       </c>
       <c r="F699" t="s">
         <v>16</v>
       </c>
       <c r="G699" t="s">
         <v>17</v>
       </c>
       <c r="K699" t="s">
         <v>2115</v>
       </c>
     </row>
     <row r="700" spans="1:11">
       <c r="A700" t="s">
         <v>2116</v>
       </c>
       <c r="B700" t="s">
         <v>13</v>
       </c>
       <c r="C700" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D700" t="s">
         <v>2117</v>
       </c>
       <c r="E700">
         <v>2</v>
       </c>
       <c r="F700" t="s">
         <v>16</v>
       </c>
       <c r="G700" t="s">
         <v>17</v>
       </c>
       <c r="K700" t="s">
         <v>2118</v>
       </c>
     </row>
     <row r="701" spans="1:11">
       <c r="A701" t="s">
         <v>2119</v>
       </c>
       <c r="B701" t="s">
         <v>13</v>
       </c>
       <c r="C701" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D701" t="s">
         <v>2120</v>
       </c>
       <c r="E701">
         <v>2</v>
       </c>
       <c r="F701" t="s">
         <v>16</v>
       </c>
       <c r="G701" t="s">
         <v>17</v>
       </c>
       <c r="K701" t="s">
         <v>2121</v>
       </c>
     </row>
     <row r="702" spans="1:11">
       <c r="A702" t="s">
         <v>2122</v>
       </c>
       <c r="B702" t="s">
         <v>13</v>
       </c>
       <c r="C702" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D702" t="s">
         <v>2123</v>
       </c>
       <c r="E702">
         <v>2</v>
       </c>
       <c r="F702" t="s">
         <v>16</v>
       </c>
       <c r="G702" t="s">
         <v>17</v>
       </c>
       <c r="K702" t="s">
         <v>2124</v>
       </c>
     </row>
     <row r="703" spans="1:11">
       <c r="A703" t="s">
         <v>2125</v>
       </c>
       <c r="B703" t="s">
         <v>13</v>
       </c>
       <c r="C703" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D703" t="s">
         <v>2126</v>
       </c>
       <c r="E703">
         <v>2</v>
       </c>
       <c r="F703" t="s">
         <v>16</v>
       </c>
       <c r="G703" t="s">
         <v>17</v>
       </c>
       <c r="K703" t="s">
         <v>2127</v>
       </c>
     </row>
     <row r="704" spans="1:11">
       <c r="A704" t="s">
         <v>2128</v>
       </c>
       <c r="B704" t="s">
         <v>13</v>
       </c>
       <c r="C704" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D704" t="s">
         <v>2129</v>
       </c>
       <c r="E704">
         <v>2</v>
       </c>
       <c r="F704" t="s">
         <v>16</v>
       </c>
       <c r="G704" t="s">
         <v>17</v>
       </c>
       <c r="K704" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="705" spans="1:11">
       <c r="A705" t="s">
         <v>2131</v>
       </c>
       <c r="B705" t="s">
         <v>13</v>
       </c>
       <c r="C705" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D705" t="s">
         <v>2132</v>
       </c>
       <c r="E705">
         <v>2</v>
       </c>
       <c r="F705" t="s">
         <v>16</v>
       </c>
       <c r="G705" t="s">
         <v>17</v>
       </c>
       <c r="K705" t="s">
         <v>2133</v>
       </c>
     </row>
     <row r="706" spans="1:11">
       <c r="A706" t="s">
         <v>2134</v>
       </c>
       <c r="B706" t="s">
         <v>13</v>
       </c>
       <c r="C706" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D706" t="s">
         <v>2135</v>
       </c>
       <c r="E706">
         <v>2</v>
       </c>
       <c r="F706" t="s">
         <v>16</v>
       </c>
       <c r="G706" t="s">
         <v>17</v>
       </c>
       <c r="K706" t="s">
         <v>2136</v>
       </c>
     </row>
     <row r="707" spans="1:11">
       <c r="A707" t="s">
         <v>2137</v>
       </c>
       <c r="B707" t="s">
         <v>13</v>
       </c>
       <c r="C707" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D707" t="s">
         <v>2138</v>
       </c>
       <c r="E707">
         <v>2</v>
       </c>
       <c r="F707" t="s">
         <v>16</v>
       </c>
       <c r="G707" t="s">
         <v>17</v>
       </c>
       <c r="K707" t="s">
         <v>2139</v>
       </c>
     </row>
     <row r="708" spans="1:11">
       <c r="A708" t="s">
         <v>2140</v>
       </c>
       <c r="B708" t="s">
         <v>13</v>
       </c>
       <c r="C708" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D708" t="s">
         <v>2141</v>
       </c>
       <c r="E708">
         <v>2</v>
       </c>
       <c r="F708" t="s">
         <v>16</v>
       </c>
       <c r="G708" t="s">
         <v>17</v>
       </c>
       <c r="K708" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="709" spans="1:11">
       <c r="A709" t="s">
         <v>2143</v>
       </c>
       <c r="B709" t="s">
         <v>13</v>
       </c>
       <c r="C709" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D709" t="s">
         <v>2144</v>
       </c>
       <c r="E709">
         <v>2</v>
       </c>
       <c r="F709" t="s">
         <v>16</v>
       </c>
       <c r="G709" t="s">
         <v>17</v>
       </c>
       <c r="K709" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="710" spans="1:11">
       <c r="A710" t="s">
         <v>2146</v>
       </c>
       <c r="B710" t="s">
         <v>13</v>
       </c>
       <c r="C710" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D710" t="s">
         <v>2147</v>
       </c>
       <c r="E710">
         <v>2</v>
       </c>
       <c r="F710" t="s">
         <v>16</v>
       </c>
       <c r="G710" t="s">
         <v>17</v>
       </c>
       <c r="K710" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="711" spans="1:11">
       <c r="A711" t="s">
         <v>2149</v>
       </c>
       <c r="B711" t="s">
         <v>13</v>
       </c>
       <c r="C711" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D711" t="s">
         <v>2150</v>
       </c>
       <c r="E711">
         <v>2</v>
       </c>
       <c r="F711" t="s">
         <v>16</v>
       </c>
       <c r="G711" t="s">
         <v>17</v>
       </c>
       <c r="K711" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="712" spans="1:11">
       <c r="A712" t="s">
         <v>2152</v>
       </c>
       <c r="B712" t="s">
         <v>13</v>
       </c>
       <c r="C712" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D712" t="s">
         <v>2153</v>
       </c>
       <c r="E712">
         <v>2</v>
       </c>
       <c r="F712" t="s">
         <v>16</v>
       </c>
       <c r="G712" t="s">
         <v>17</v>
       </c>
       <c r="K712" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="713" spans="1:11">
       <c r="A713" t="s">
         <v>2155</v>
       </c>
       <c r="B713" t="s">
         <v>13</v>
       </c>
       <c r="C713" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D713" t="s">
         <v>2156</v>
       </c>
       <c r="E713">
         <v>2</v>
       </c>
       <c r="F713" t="s">
         <v>16</v>
       </c>
       <c r="G713" t="s">
         <v>17</v>
       </c>
       <c r="K713" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="714" spans="1:11">
       <c r="A714" t="s">
         <v>2158</v>
       </c>
       <c r="B714" t="s">
         <v>13</v>
       </c>
       <c r="C714" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D714" t="s">
         <v>2159</v>
       </c>
       <c r="E714">
         <v>2</v>
       </c>
       <c r="F714" t="s">
         <v>16</v>
       </c>
       <c r="G714" t="s">
         <v>17</v>
       </c>
       <c r="K714" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="715" spans="1:11">
       <c r="A715" t="s">
         <v>2161</v>
       </c>
       <c r="B715" t="s">
         <v>13</v>
       </c>
       <c r="C715" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D715" t="s">
         <v>2162</v>
       </c>
       <c r="E715">
         <v>2</v>
       </c>
       <c r="F715" t="s">
         <v>16</v>
       </c>
       <c r="G715" t="s">
         <v>17</v>
       </c>
       <c r="K715" t="s">
         <v>2163</v>
       </c>
     </row>
     <row r="716" spans="1:11">
       <c r="A716" t="s">
         <v>2164</v>
       </c>
       <c r="B716" t="s">
         <v>13</v>
       </c>
       <c r="C716" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D716" t="s">
         <v>2165</v>
       </c>
       <c r="E716">
         <v>2</v>
       </c>
       <c r="F716" t="s">
         <v>16</v>
       </c>
       <c r="G716" t="s">
         <v>17</v>
       </c>
       <c r="K716" t="s">
         <v>2166</v>
       </c>
     </row>
     <row r="717" spans="1:11">
       <c r="A717" t="s">
         <v>2167</v>
       </c>
       <c r="B717" t="s">
         <v>13</v>
       </c>
       <c r="C717" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D717" t="s">
         <v>2168</v>
       </c>
       <c r="E717">
         <v>2</v>
       </c>
       <c r="F717" t="s">
         <v>16</v>
       </c>
       <c r="G717" t="s">
         <v>17</v>
       </c>
       <c r="K717" t="s">
         <v>2169</v>
       </c>
     </row>
     <row r="718" spans="1:11">
       <c r="A718" t="s">
         <v>2170</v>
       </c>
       <c r="B718" t="s">
         <v>13</v>
       </c>
       <c r="C718" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D718" t="s">
         <v>2171</v>
       </c>
       <c r="E718">
         <v>2</v>
       </c>
       <c r="F718" t="s">
         <v>16</v>
       </c>
       <c r="G718" t="s">
         <v>17</v>
       </c>
       <c r="K718" t="s">
         <v>2172</v>
       </c>
     </row>
     <row r="719" spans="1:11">
       <c r="A719" t="s">
         <v>2173</v>
       </c>
       <c r="B719" t="s">
         <v>13</v>
       </c>
       <c r="C719" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D719" t="s">
         <v>2174</v>
       </c>
       <c r="E719">
         <v>2</v>
       </c>
       <c r="F719" t="s">
         <v>16</v>
       </c>
       <c r="G719" t="s">
         <v>17</v>
       </c>
       <c r="K719" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="720" spans="1:11">
       <c r="A720" t="s">
         <v>2176</v>
       </c>
       <c r="B720" t="s">
         <v>13</v>
       </c>
       <c r="C720" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D720" t="s">
         <v>2177</v>
       </c>
       <c r="E720">
         <v>2</v>
       </c>
       <c r="F720" t="s">
         <v>16</v>
       </c>
       <c r="G720" t="s">
         <v>17</v>
       </c>
       <c r="K720" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="721" spans="1:11">
       <c r="A721" t="s">
         <v>2179</v>
       </c>
       <c r="B721" t="s">
         <v>13</v>
       </c>
       <c r="C721" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D721" t="s">
         <v>2180</v>
       </c>
       <c r="E721">
         <v>2</v>
       </c>
       <c r="F721" t="s">
         <v>16</v>
       </c>
       <c r="G721" t="s">
         <v>17</v>
       </c>
       <c r="K721" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="722" spans="1:11">
       <c r="A722" t="s">
         <v>2182</v>
       </c>
       <c r="B722" t="s">
         <v>13</v>
       </c>
       <c r="C722" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D722" t="s">
         <v>2183</v>
       </c>
       <c r="E722">
         <v>2</v>
       </c>
       <c r="F722" t="s">
         <v>16</v>
       </c>
       <c r="G722" t="s">
         <v>17</v>
       </c>
       <c r="K722" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="723" spans="1:11">
       <c r="A723" t="s">
         <v>2185</v>
       </c>
       <c r="B723" t="s">
         <v>13</v>
       </c>
       <c r="C723" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D723" t="s">
         <v>2186</v>
       </c>
       <c r="E723">
         <v>2</v>
       </c>
       <c r="F723" t="s">
         <v>16</v>
       </c>
       <c r="G723" t="s">
         <v>17</v>
       </c>
       <c r="K723" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="724" spans="1:11">
       <c r="A724" t="s">
         <v>2188</v>
       </c>
       <c r="B724" t="s">
         <v>13</v>
       </c>
       <c r="C724" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D724" t="s">
         <v>2189</v>
       </c>
       <c r="E724">
         <v>2</v>
       </c>
       <c r="F724" t="s">
         <v>16</v>
       </c>
       <c r="G724" t="s">
         <v>17</v>
       </c>
       <c r="K724" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="725" spans="1:11">
       <c r="A725" t="s">
         <v>2191</v>
       </c>
       <c r="B725" t="s">
         <v>13</v>
       </c>
       <c r="C725" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D725" t="s">
         <v>2192</v>
       </c>
       <c r="E725">
         <v>2</v>
       </c>
       <c r="F725" t="s">
         <v>16</v>
       </c>
       <c r="G725" t="s">
         <v>17</v>
       </c>
       <c r="K725" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="726" spans="1:11">
       <c r="A726" t="s">
         <v>2194</v>
       </c>
       <c r="B726" t="s">
         <v>13</v>
       </c>
       <c r="C726" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D726" t="s">
         <v>2195</v>
       </c>
       <c r="E726">
         <v>2</v>
       </c>
       <c r="F726" t="s">
         <v>16</v>
       </c>
       <c r="G726" t="s">
         <v>17</v>
       </c>
       <c r="K726" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="727" spans="1:11">
       <c r="A727" t="s">
         <v>2197</v>
       </c>
       <c r="B727" t="s">
         <v>13</v>
       </c>
       <c r="C727" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D727" t="s">
         <v>2198</v>
       </c>
       <c r="E727">
         <v>2</v>
       </c>
       <c r="F727" t="s">
         <v>16</v>
       </c>
       <c r="G727" t="s">
         <v>17</v>
       </c>
       <c r="K727" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="728" spans="1:11">
       <c r="A728" t="s">
         <v>2200</v>
       </c>
       <c r="B728" t="s">
         <v>13</v>
       </c>
       <c r="C728" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D728" t="s">
         <v>2201</v>
       </c>
       <c r="E728">
         <v>2</v>
       </c>
       <c r="F728" t="s">
         <v>16</v>
       </c>
       <c r="G728" t="s">
         <v>17</v>
       </c>
       <c r="K728" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="729" spans="1:11">
       <c r="A729" t="s">
         <v>2203</v>
       </c>
       <c r="B729" t="s">
         <v>13</v>
       </c>
       <c r="C729" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D729" t="s">
         <v>2204</v>
       </c>
       <c r="E729">
         <v>2</v>
       </c>
       <c r="F729" t="s">
         <v>16</v>
       </c>
       <c r="G729" t="s">
         <v>17</v>
       </c>
       <c r="K729" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="730" spans="1:11">
       <c r="A730" t="s">
         <v>2206</v>
       </c>
       <c r="B730" t="s">
         <v>13</v>
       </c>
       <c r="C730" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D730" t="s">
         <v>2207</v>
       </c>
       <c r="E730">
         <v>2</v>
       </c>
       <c r="F730" t="s">
         <v>16</v>
       </c>
       <c r="G730" t="s">
         <v>17</v>
       </c>
       <c r="K730" t="s">
         <v>2208</v>
       </c>
     </row>
     <row r="731" spans="1:11">
       <c r="A731" t="s">
         <v>2209</v>
       </c>
       <c r="B731" t="s">
         <v>13</v>
       </c>
       <c r="C731" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D731" t="s">
         <v>2210</v>
       </c>
       <c r="E731">
         <v>2</v>
       </c>
       <c r="F731" t="s">
         <v>16</v>
       </c>
       <c r="G731" t="s">
         <v>17</v>
       </c>
       <c r="K731" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="732" spans="1:11">
       <c r="A732" t="s">
         <v>2212</v>
       </c>
       <c r="B732" t="s">
         <v>13</v>
       </c>
       <c r="C732" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D732" t="s">
         <v>2213</v>
       </c>
       <c r="E732">
         <v>2</v>
       </c>
       <c r="F732" t="s">
         <v>16</v>
       </c>
       <c r="G732" t="s">
         <v>17</v>
       </c>
       <c r="K732" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="733" spans="1:11">
       <c r="A733" t="s">
         <v>2215</v>
       </c>
       <c r="B733" t="s">
         <v>13</v>
       </c>
       <c r="C733" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D733" t="s">
         <v>2216</v>
       </c>
       <c r="E733">
         <v>2</v>
       </c>
       <c r="F733" t="s">
         <v>16</v>
       </c>
       <c r="G733" t="s">
         <v>17</v>
       </c>
       <c r="K733" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="734" spans="1:11">
       <c r="A734" t="s">
         <v>2218</v>
       </c>
       <c r="B734" t="s">
         <v>13</v>
       </c>
       <c r="C734" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D734" t="s">
         <v>2219</v>
       </c>
       <c r="E734">
         <v>2</v>
       </c>
       <c r="F734" t="s">
         <v>16</v>
       </c>
       <c r="G734" t="s">
         <v>17</v>
       </c>
       <c r="K734" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="735" spans="1:11">
       <c r="A735" t="s">
         <v>2221</v>
       </c>
       <c r="B735" t="s">
         <v>13</v>
       </c>
       <c r="C735" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D735" t="s">
         <v>2222</v>
       </c>
       <c r="E735">
         <v>2</v>
       </c>
       <c r="F735" t="s">
         <v>16</v>
       </c>
       <c r="G735" t="s">
         <v>17</v>
       </c>
       <c r="K735" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="736" spans="1:11">
       <c r="A736" t="s">
         <v>2224</v>
       </c>
       <c r="B736" t="s">
         <v>13</v>
       </c>
       <c r="C736" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D736" t="s">
         <v>2225</v>
       </c>
       <c r="E736">
         <v>2</v>
       </c>
       <c r="F736" t="s">
         <v>16</v>
       </c>
       <c r="G736" t="s">
         <v>17</v>
       </c>
       <c r="K736" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="737" spans="1:11">
       <c r="A737" t="s">
         <v>2227</v>
       </c>
       <c r="B737" t="s">
         <v>13</v>
       </c>
       <c r="C737" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D737" t="s">
         <v>2228</v>
       </c>
       <c r="E737">
         <v>2</v>
       </c>
       <c r="F737" t="s">
         <v>16</v>
       </c>
       <c r="G737" t="s">
         <v>17</v>
       </c>
       <c r="K737" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="738" spans="1:11">
       <c r="A738" t="s">
         <v>2230</v>
       </c>
       <c r="B738" t="s">
         <v>13</v>
       </c>
       <c r="C738" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D738" t="s">
         <v>2231</v>
       </c>
       <c r="E738">
         <v>2</v>
       </c>
       <c r="F738" t="s">
         <v>16</v>
       </c>
       <c r="G738" t="s">
         <v>17</v>
       </c>
       <c r="K738" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="739" spans="1:11">
       <c r="A739" t="s">
         <v>2233</v>
       </c>
       <c r="B739" t="s">
         <v>13</v>
       </c>
       <c r="C739" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D739" t="s">
         <v>2234</v>
       </c>
       <c r="E739">
         <v>2</v>
       </c>
       <c r="F739" t="s">
         <v>16</v>
       </c>
       <c r="G739" t="s">
         <v>17</v>
       </c>
       <c r="K739" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="740" spans="1:11">
       <c r="A740" t="s">
         <v>2236</v>
       </c>
       <c r="B740" t="s">
         <v>13</v>
       </c>
       <c r="C740" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D740" t="s">
         <v>2237</v>
       </c>
       <c r="E740">
         <v>2</v>
       </c>
       <c r="F740" t="s">
         <v>16</v>
       </c>
       <c r="G740" t="s">
         <v>17</v>
       </c>
       <c r="K740" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="741" spans="1:11">
       <c r="A741" t="s">
         <v>2239</v>
       </c>
       <c r="B741" t="s">
         <v>13</v>
       </c>
       <c r="C741" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D741" t="s">
         <v>2240</v>
       </c>
       <c r="E741">
         <v>2</v>
       </c>
       <c r="F741" t="s">
         <v>16</v>
       </c>
       <c r="G741" t="s">
         <v>17</v>
       </c>
       <c r="K741" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="742" spans="1:11">
       <c r="A742" t="s">
         <v>2242</v>
       </c>
       <c r="B742" t="s">
         <v>13</v>
       </c>
       <c r="C742" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D742" t="s">
         <v>2243</v>
       </c>
       <c r="E742">
         <v>2</v>
       </c>
       <c r="F742" t="s">
         <v>16</v>
       </c>
       <c r="G742" t="s">
         <v>17</v>
       </c>
       <c r="K742" t="s">
         <v>2244</v>
       </c>
     </row>
     <row r="743" spans="1:11">
       <c r="A743" t="s">
         <v>2245</v>
       </c>
       <c r="B743" t="s">
         <v>13</v>
       </c>
       <c r="C743" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D743" t="s">
         <v>2246</v>
       </c>
       <c r="E743">
         <v>2</v>
       </c>
       <c r="F743" t="s">
         <v>16</v>
       </c>
       <c r="G743" t="s">
         <v>17</v>
       </c>
       <c r="K743" t="s">
         <v>2247</v>
       </c>
     </row>
     <row r="744" spans="1:11">
       <c r="A744" t="s">
         <v>2248</v>
       </c>
       <c r="B744" t="s">
         <v>13</v>
       </c>
       <c r="C744" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D744" t="s">
         <v>2249</v>
       </c>
       <c r="E744">
         <v>2</v>
       </c>
       <c r="F744" t="s">
         <v>16</v>
       </c>
       <c r="G744" t="s">
         <v>17</v>
       </c>
       <c r="K744" t="s">
         <v>2250</v>
       </c>
     </row>
     <row r="745" spans="1:11">
       <c r="A745" t="s">
         <v>2251</v>
       </c>
       <c r="B745" t="s">
         <v>13</v>
       </c>
       <c r="C745" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D745" t="s">
         <v>2252</v>
       </c>
       <c r="E745">
         <v>2</v>
       </c>
       <c r="F745" t="s">
         <v>16</v>
       </c>
       <c r="G745" t="s">
         <v>17</v>
       </c>
       <c r="K745" t="s">
         <v>2253</v>
       </c>
     </row>
     <row r="746" spans="1:11">
       <c r="A746" t="s">
         <v>2254</v>
       </c>
       <c r="B746" t="s">
         <v>13</v>
       </c>
       <c r="C746" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D746" t="s">
         <v>2255</v>
       </c>
       <c r="E746">
         <v>2</v>
       </c>
       <c r="F746" t="s">
         <v>16</v>
       </c>
       <c r="G746" t="s">
         <v>17</v>
       </c>
       <c r="K746" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="747" spans="1:11">
       <c r="A747" t="s">
         <v>2257</v>
       </c>
       <c r="B747" t="s">
         <v>13</v>
       </c>
       <c r="C747" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D747" t="s">
         <v>2258</v>
       </c>
       <c r="E747">
         <v>2</v>
       </c>
       <c r="F747" t="s">
         <v>16</v>
       </c>
       <c r="G747" t="s">
         <v>17</v>
       </c>
       <c r="K747" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="748" spans="1:11">
       <c r="A748" t="s">
         <v>2260</v>
       </c>
       <c r="B748" t="s">
         <v>13</v>
       </c>
       <c r="C748" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D748" t="s">
         <v>2261</v>
       </c>
       <c r="E748">
         <v>2</v>
       </c>
       <c r="F748" t="s">
         <v>16</v>
       </c>
       <c r="G748" t="s">
         <v>17</v>
       </c>
       <c r="K748" t="s">
         <v>2262</v>
       </c>
     </row>
     <row r="749" spans="1:11">
       <c r="A749" t="s">
         <v>2263</v>
       </c>
       <c r="B749" t="s">
         <v>13</v>
       </c>
       <c r="C749" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D749" t="s">
         <v>2264</v>
       </c>
       <c r="E749">
         <v>2</v>
       </c>
       <c r="F749" t="s">
         <v>16</v>
       </c>
       <c r="G749" t="s">
         <v>17</v>
       </c>
       <c r="K749" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="750" spans="1:11">
       <c r="A750" t="s">
         <v>2266</v>
       </c>
       <c r="B750" t="s">
         <v>13</v>
       </c>
       <c r="C750" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D750" t="s">
         <v>2267</v>
       </c>
       <c r="E750">
         <v>2</v>
       </c>
       <c r="F750" t="s">
         <v>16</v>
       </c>
       <c r="G750" t="s">
         <v>17</v>
       </c>
       <c r="K750" t="s">
         <v>2268</v>
       </c>
     </row>
     <row r="751" spans="1:11">
       <c r="A751" t="s">
         <v>2269</v>
       </c>
       <c r="B751" t="s">
         <v>13</v>
       </c>
       <c r="C751" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D751" t="s">
         <v>2270</v>
       </c>
       <c r="E751">
         <v>2</v>
       </c>
       <c r="F751" t="s">
         <v>16</v>
       </c>
       <c r="G751" t="s">
         <v>17</v>
       </c>
       <c r="K751" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="752" spans="1:11">
       <c r="A752" t="s">
         <v>2272</v>
       </c>
       <c r="B752" t="s">
         <v>13</v>
       </c>
       <c r="C752" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D752" t="s">
         <v>2273</v>
       </c>
       <c r="E752">
         <v>2</v>
       </c>
       <c r="F752" t="s">
         <v>16</v>
       </c>
       <c r="G752" t="s">
         <v>17</v>
       </c>
       <c r="K752" t="s">
         <v>2274</v>
       </c>
     </row>
     <row r="753" spans="1:11">
       <c r="A753" t="s">
         <v>2275</v>
       </c>
       <c r="B753" t="s">
         <v>13</v>
       </c>
       <c r="C753" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D753" t="s">
         <v>2276</v>
       </c>
       <c r="E753">
         <v>2</v>
       </c>
       <c r="F753" t="s">
         <v>16</v>
       </c>
       <c r="G753" t="s">
         <v>17</v>
       </c>
       <c r="K753" t="s">
         <v>2277</v>
       </c>
     </row>
     <row r="754" spans="1:11">
       <c r="A754" t="s">
         <v>2278</v>
       </c>
       <c r="B754" t="s">
         <v>13</v>
       </c>
       <c r="C754" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D754" t="s">
         <v>2279</v>
       </c>
       <c r="E754">
         <v>2</v>
       </c>
       <c r="F754" t="s">
         <v>16</v>
       </c>
       <c r="G754" t="s">
         <v>17</v>
       </c>
       <c r="K754" t="s">
         <v>2280</v>
       </c>
     </row>
     <row r="755" spans="1:11">
       <c r="A755" t="s">
         <v>2281</v>
       </c>
       <c r="B755" t="s">
         <v>13</v>
       </c>
       <c r="C755" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D755" t="s">
         <v>2282</v>
       </c>
       <c r="E755">
         <v>2</v>
       </c>
       <c r="F755" t="s">
         <v>16</v>
       </c>
       <c r="G755" t="s">
         <v>17</v>
       </c>
       <c r="K755" t="s">
         <v>2283</v>
       </c>
     </row>
     <row r="756" spans="1:11">
       <c r="A756" t="s">
         <v>2284</v>
       </c>
       <c r="B756" t="s">
         <v>13</v>
       </c>
       <c r="C756" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D756" t="s">
         <v>2285</v>
       </c>
       <c r="E756">
         <v>2</v>
       </c>
       <c r="F756" t="s">
         <v>16</v>
       </c>
       <c r="G756" t="s">
         <v>17</v>
       </c>
       <c r="K756" t="s">
         <v>2286</v>
       </c>
     </row>
     <row r="757" spans="1:11">
       <c r="A757" t="s">
         <v>2287</v>
       </c>
       <c r="B757" t="s">
         <v>13</v>
       </c>
       <c r="C757" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D757" t="s">
         <v>2288</v>
       </c>
       <c r="E757">
         <v>2</v>
       </c>
       <c r="F757" t="s">
         <v>16</v>
       </c>
       <c r="G757" t="s">
         <v>17</v>
       </c>
       <c r="K757" t="s">
         <v>2289</v>
       </c>
     </row>
     <row r="758" spans="1:11">
       <c r="A758" t="s">
         <v>2290</v>
       </c>
       <c r="B758" t="s">
         <v>13</v>
       </c>
       <c r="C758" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D758" t="s">
         <v>2291</v>
       </c>
       <c r="E758">
         <v>2</v>
       </c>
       <c r="F758" t="s">
         <v>16</v>
       </c>
       <c r="G758" t="s">
         <v>17</v>
       </c>
       <c r="K758" t="s">
         <v>2292</v>
       </c>
     </row>
     <row r="759" spans="1:11">
       <c r="A759" t="s">
         <v>2293</v>
       </c>
       <c r="B759" t="s">
         <v>13</v>
       </c>
       <c r="C759" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D759" t="s">
         <v>2294</v>
       </c>
       <c r="E759">
         <v>2</v>
       </c>
       <c r="F759" t="s">
         <v>16</v>
       </c>
       <c r="G759" t="s">
         <v>17</v>
       </c>
       <c r="K759" t="s">
         <v>2295</v>
       </c>
     </row>
     <row r="760" spans="1:11">
       <c r="A760" t="s">
         <v>2296</v>
       </c>
       <c r="B760" t="s">
         <v>13</v>
       </c>
       <c r="C760" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D760" t="s">
         <v>2297</v>
       </c>
       <c r="E760">
         <v>2</v>
       </c>
       <c r="F760" t="s">
         <v>16</v>
       </c>
       <c r="G760" t="s">
         <v>17</v>
       </c>
       <c r="K760" t="s">
         <v>2298</v>
       </c>
     </row>
     <row r="761" spans="1:11">
       <c r="A761" t="s">
         <v>2299</v>
       </c>
       <c r="B761" t="s">
         <v>13</v>
       </c>
       <c r="C761" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D761" t="s">
         <v>2300</v>
       </c>
       <c r="E761">
         <v>2</v>
       </c>
       <c r="F761" t="s">
         <v>16</v>
       </c>
       <c r="G761" t="s">
         <v>17</v>
       </c>
       <c r="K761" t="s">
         <v>2301</v>
       </c>
     </row>
     <row r="762" spans="1:11">
       <c r="A762" t="s">
         <v>2302</v>
       </c>
       <c r="B762" t="s">
         <v>13</v>
       </c>
       <c r="C762" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D762" t="s">
         <v>2303</v>
       </c>
       <c r="E762">
         <v>2</v>
       </c>
       <c r="F762" t="s">
         <v>16</v>
       </c>
       <c r="G762" t="s">
         <v>17</v>
       </c>
       <c r="K762" t="s">
         <v>2304</v>
       </c>
     </row>
     <row r="763" spans="1:11">
       <c r="A763" t="s">
         <v>2305</v>
       </c>
       <c r="B763" t="s">
         <v>13</v>
       </c>
       <c r="C763" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D763" t="s">
         <v>2306</v>
       </c>
       <c r="E763">
         <v>2</v>
       </c>
       <c r="F763" t="s">
         <v>16</v>
       </c>
       <c r="G763" t="s">
         <v>17</v>
       </c>
       <c r="K763" t="s">
         <v>2307</v>
       </c>
     </row>
     <row r="764" spans="1:11">
       <c r="A764" t="s">
         <v>2308</v>
       </c>
       <c r="B764" t="s">
         <v>13</v>
       </c>
       <c r="C764" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D764" t="s">
         <v>2309</v>
       </c>
       <c r="E764">
         <v>2</v>
       </c>
       <c r="F764" t="s">
         <v>16</v>
       </c>
       <c r="G764" t="s">
         <v>17</v>
       </c>
       <c r="K764" t="s">
         <v>2310</v>
       </c>
     </row>
     <row r="765" spans="1:11">
       <c r="A765" t="s">
         <v>2311</v>
       </c>
       <c r="B765" t="s">
         <v>13</v>
       </c>
       <c r="C765" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D765" t="s">
         <v>2312</v>
       </c>
       <c r="E765">
         <v>2</v>
       </c>
       <c r="F765" t="s">
         <v>16</v>
       </c>
       <c r="G765" t="s">
         <v>17</v>
       </c>
       <c r="K765" t="s">
         <v>2313</v>
       </c>
     </row>
     <row r="766" spans="1:11">
       <c r="A766" t="s">
         <v>2314</v>
       </c>
       <c r="B766" t="s">
         <v>13</v>
       </c>
       <c r="C766" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D766" t="s">
         <v>2315</v>
       </c>
       <c r="E766">
         <v>2</v>
       </c>
       <c r="F766" t="s">
         <v>16</v>
       </c>
       <c r="G766" t="s">
         <v>17</v>
       </c>
       <c r="K766" t="s">
         <v>2316</v>
       </c>
     </row>
     <row r="767" spans="1:11">
       <c r="A767" t="s">
         <v>2317</v>
       </c>
       <c r="B767" t="s">
         <v>13</v>
       </c>
       <c r="C767" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D767" t="s">
         <v>2318</v>
       </c>
       <c r="E767">
         <v>2</v>
       </c>
       <c r="F767" t="s">
         <v>16</v>
       </c>
       <c r="G767" t="s">
         <v>17</v>
       </c>
       <c r="K767" t="s">
         <v>2319</v>
       </c>
     </row>
     <row r="768" spans="1:11">
       <c r="A768" t="s">
         <v>2320</v>
       </c>
       <c r="B768" t="s">
         <v>13</v>
       </c>
       <c r="C768" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D768" t="s">
         <v>2321</v>
       </c>
       <c r="E768">
         <v>2</v>
       </c>
       <c r="F768" t="s">
         <v>16</v>
       </c>
       <c r="G768" t="s">
         <v>17</v>
       </c>
       <c r="K768" t="s">
         <v>2322</v>
       </c>
     </row>
     <row r="769" spans="1:11">
       <c r="A769" t="s">
         <v>2323</v>
       </c>
       <c r="B769" t="s">
         <v>13</v>
       </c>
       <c r="C769" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D769" t="s">
         <v>2324</v>
       </c>
       <c r="E769">
         <v>2</v>
       </c>
       <c r="F769" t="s">
         <v>16</v>
       </c>
       <c r="G769" t="s">
         <v>17</v>
       </c>
       <c r="K769" t="s">
         <v>2325</v>
       </c>
     </row>
     <row r="770" spans="1:11">
       <c r="A770" t="s">
         <v>2326</v>
       </c>
       <c r="B770" t="s">
         <v>13</v>
       </c>
       <c r="C770" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D770" t="s">
         <v>2327</v>
       </c>
       <c r="E770">
         <v>2</v>
       </c>
       <c r="F770" t="s">
         <v>16</v>
       </c>
       <c r="G770" t="s">
         <v>17</v>
       </c>
       <c r="K770" t="s">
         <v>2328</v>
       </c>
     </row>
     <row r="771" spans="1:11">
       <c r="A771" t="s">
         <v>2329</v>
       </c>
       <c r="B771" t="s">
         <v>13</v>
       </c>
       <c r="C771" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D771" t="s">
         <v>2330</v>
       </c>
       <c r="E771">
         <v>2</v>
       </c>
       <c r="F771" t="s">
         <v>16</v>
       </c>
       <c r="G771" t="s">
         <v>17</v>
       </c>
       <c r="K771" t="s">
         <v>2331</v>
       </c>
     </row>
     <row r="772" spans="1:11">
       <c r="A772" t="s">
         <v>2332</v>
       </c>
       <c r="B772" t="s">
         <v>13</v>
       </c>
       <c r="C772" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D772" t="s">
         <v>2333</v>
       </c>
       <c r="E772">
         <v>2</v>
       </c>
       <c r="F772" t="s">
         <v>16</v>
       </c>
       <c r="G772" t="s">
         <v>17</v>
       </c>
       <c r="K772" t="s">
         <v>2334</v>
       </c>
     </row>
     <row r="773" spans="1:11">
       <c r="A773" t="s">
         <v>2335</v>
       </c>
       <c r="B773" t="s">
         <v>13</v>
       </c>
       <c r="C773" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D773" t="s">
         <v>2336</v>
       </c>
       <c r="E773">
         <v>2</v>
       </c>
       <c r="F773" t="s">
         <v>16</v>
       </c>
       <c r="G773" t="s">
         <v>17</v>
       </c>
       <c r="K773" t="s">
         <v>2337</v>
       </c>
     </row>
     <row r="774" spans="1:11">
       <c r="A774" t="s">
         <v>2338</v>
       </c>
       <c r="B774" t="s">
         <v>13</v>
       </c>
       <c r="C774" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D774" t="s">
         <v>2339</v>
       </c>
       <c r="E774">
         <v>2</v>
       </c>
       <c r="F774" t="s">
         <v>16</v>
       </c>
       <c r="G774" t="s">
         <v>17</v>
       </c>
       <c r="K774" t="s">
         <v>2340</v>
       </c>
     </row>
     <row r="775" spans="1:11">
       <c r="A775" t="s">
         <v>2341</v>
       </c>
       <c r="B775" t="s">
         <v>13</v>
       </c>
       <c r="C775" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D775" t="s">
         <v>2342</v>
       </c>
       <c r="E775">
         <v>2</v>
       </c>
       <c r="F775" t="s">
         <v>16</v>
       </c>
       <c r="G775" t="s">
         <v>17</v>
       </c>
       <c r="K775" t="s">
         <v>2343</v>
       </c>
     </row>
     <row r="776" spans="1:11">
       <c r="A776" t="s">
         <v>2344</v>
       </c>
       <c r="B776" t="s">
         <v>13</v>
       </c>
       <c r="C776" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D776" t="s">
         <v>2345</v>
       </c>
       <c r="E776">
         <v>2</v>
       </c>
       <c r="F776" t="s">
         <v>16</v>
       </c>
       <c r="G776" t="s">
         <v>17</v>
       </c>
       <c r="K776" t="s">
         <v>2346</v>
       </c>
     </row>
     <row r="777" spans="1:11">
       <c r="A777" t="s">
         <v>2347</v>
       </c>
       <c r="B777" t="s">
         <v>13</v>
       </c>
       <c r="C777" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D777" t="s">
         <v>2348</v>
       </c>
       <c r="E777">
         <v>2</v>
       </c>
       <c r="F777" t="s">
         <v>16</v>
       </c>
       <c r="G777" t="s">
         <v>17</v>
       </c>
       <c r="K777" t="s">
         <v>2349</v>
       </c>
     </row>
     <row r="778" spans="1:11">
       <c r="A778" t="s">
         <v>2350</v>
       </c>
       <c r="B778" t="s">
         <v>13</v>
       </c>
       <c r="C778" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D778" t="s">
         <v>2351</v>
       </c>
       <c r="E778">
         <v>2</v>
       </c>
       <c r="F778" t="s">
         <v>16</v>
       </c>
       <c r="G778" t="s">
         <v>17</v>
       </c>
       <c r="K778" t="s">
         <v>2352</v>
       </c>
     </row>
     <row r="779" spans="1:11">
       <c r="A779" t="s">
         <v>2353</v>
       </c>
       <c r="B779" t="s">
         <v>13</v>
       </c>
       <c r="C779" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D779" t="s">
         <v>2354</v>
       </c>
       <c r="E779">
         <v>2</v>
       </c>
       <c r="F779" t="s">
         <v>16</v>
       </c>
       <c r="G779" t="s">
         <v>17</v>
       </c>
       <c r="K779" t="s">
         <v>2355</v>
       </c>
     </row>
     <row r="780" spans="1:11">
       <c r="A780" t="s">
         <v>2356</v>
       </c>
       <c r="B780" t="s">
         <v>13</v>
       </c>
       <c r="C780" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D780" t="s">
         <v>2357</v>
       </c>
       <c r="E780">
         <v>2</v>
       </c>
       <c r="F780" t="s">
         <v>16</v>
       </c>
       <c r="G780" t="s">
         <v>17</v>
       </c>
       <c r="K780" t="s">
         <v>2358</v>
       </c>
     </row>
     <row r="781" spans="1:11">
       <c r="A781" t="s">
         <v>2359</v>
       </c>
       <c r="B781" t="s">
         <v>13</v>
       </c>
       <c r="C781" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D781" t="s">
         <v>2360</v>
       </c>
       <c r="E781">
         <v>2</v>
       </c>
       <c r="F781" t="s">
         <v>16</v>
       </c>
       <c r="G781" t="s">
         <v>17</v>
       </c>
       <c r="K781" t="s">
         <v>2361</v>
       </c>
     </row>
     <row r="782" spans="1:11">
       <c r="A782" t="s">
         <v>2362</v>
       </c>
       <c r="B782" t="s">
         <v>13</v>
       </c>
       <c r="C782" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D782" t="s">
         <v>2363</v>
       </c>
       <c r="E782">
         <v>2</v>
       </c>
       <c r="F782" t="s">
         <v>16</v>
       </c>
       <c r="G782" t="s">
         <v>17</v>
       </c>
       <c r="K782" t="s">
         <v>2364</v>
       </c>
     </row>
     <row r="783" spans="1:11">
       <c r="A783" t="s">
         <v>2365</v>
       </c>
       <c r="B783" t="s">
         <v>13</v>
       </c>
       <c r="C783" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D783" t="s">
         <v>2366</v>
       </c>
       <c r="E783">
         <v>2</v>
       </c>
       <c r="F783" t="s">
         <v>16</v>
       </c>
       <c r="G783" t="s">
         <v>17</v>
       </c>
       <c r="K783" t="s">
         <v>2367</v>
       </c>
     </row>
     <row r="784" spans="1:11">
       <c r="A784" t="s">
         <v>2368</v>
       </c>
       <c r="B784" t="s">
         <v>13</v>
       </c>
       <c r="C784" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D784" t="s">
         <v>2369</v>
       </c>
       <c r="E784">
         <v>2</v>
       </c>
       <c r="F784" t="s">
         <v>16</v>
       </c>
       <c r="G784" t="s">
         <v>17</v>
       </c>
       <c r="K784" t="s">
         <v>2370</v>
       </c>
     </row>
     <row r="785" spans="1:11">
       <c r="A785" t="s">
         <v>2371</v>
       </c>
       <c r="B785" t="s">
         <v>13</v>
       </c>
       <c r="C785" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D785" t="s">
         <v>2372</v>
       </c>
       <c r="E785">
         <v>2</v>
       </c>
       <c r="F785" t="s">
         <v>16</v>
       </c>
       <c r="G785" t="s">
         <v>17</v>
       </c>
       <c r="K785" t="s">
         <v>2373</v>
       </c>
     </row>
     <row r="786" spans="1:11">
       <c r="A786" t="s">
         <v>2374</v>
       </c>
       <c r="B786" t="s">
         <v>13</v>
       </c>
       <c r="C786" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D786" t="s">
         <v>2375</v>
       </c>
       <c r="E786">
         <v>2</v>
       </c>
       <c r="F786" t="s">
         <v>16</v>
       </c>
       <c r="G786" t="s">
         <v>17</v>
       </c>
       <c r="K786" t="s">
         <v>2376</v>
       </c>
     </row>
     <row r="787" spans="1:11">
       <c r="A787" t="s">
         <v>2377</v>
       </c>
       <c r="B787" t="s">
         <v>13</v>
       </c>
       <c r="C787" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D787" t="s">
         <v>2378</v>
       </c>
       <c r="E787">
         <v>2</v>
       </c>
       <c r="F787" t="s">
         <v>16</v>
       </c>
       <c r="G787" t="s">
         <v>17</v>
       </c>
       <c r="K787" t="s">
         <v>2379</v>
       </c>
     </row>
     <row r="788" spans="1:11">
       <c r="A788" t="s">
         <v>2380</v>
       </c>
       <c r="B788" t="s">
         <v>13</v>
       </c>
       <c r="C788" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D788" t="s">
         <v>2381</v>
       </c>
       <c r="E788">
         <v>2</v>
       </c>
       <c r="F788" t="s">
         <v>16</v>
       </c>
       <c r="G788" t="s">
         <v>17</v>
       </c>
       <c r="K788" t="s">
         <v>2382</v>
       </c>
     </row>
     <row r="789" spans="1:11">
       <c r="A789" t="s">
         <v>2383</v>
       </c>
       <c r="B789" t="s">
         <v>13</v>
       </c>
       <c r="C789" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D789" t="s">
         <v>2384</v>
       </c>
       <c r="E789">
         <v>2</v>
       </c>
       <c r="F789" t="s">
         <v>16</v>
       </c>
       <c r="G789" t="s">
         <v>17</v>
       </c>
       <c r="K789" t="s">
         <v>2385</v>
       </c>
     </row>
     <row r="790" spans="1:11">
       <c r="A790" t="s">
         <v>2386</v>
       </c>
       <c r="B790" t="s">
         <v>13</v>
       </c>
       <c r="C790" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D790" t="s">
         <v>2387</v>
       </c>
       <c r="E790">
         <v>2</v>
       </c>
       <c r="F790" t="s">
         <v>16</v>
       </c>
       <c r="G790" t="s">
         <v>17</v>
       </c>
       <c r="K790" t="s">
         <v>2388</v>
       </c>
     </row>
     <row r="791" spans="1:11">
       <c r="A791" t="s">
         <v>2389</v>
       </c>
       <c r="B791" t="s">
         <v>13</v>
       </c>
       <c r="C791" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D791" t="s">
         <v>2390</v>
       </c>
       <c r="E791">
         <v>2</v>
       </c>
       <c r="F791" t="s">
         <v>16</v>
       </c>
       <c r="G791" t="s">
         <v>17</v>
       </c>
       <c r="K791" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="792" spans="1:11">
       <c r="A792" t="s">
         <v>2392</v>
       </c>
       <c r="B792" t="s">
         <v>13</v>
       </c>
       <c r="C792" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D792" t="s">
         <v>2393</v>
       </c>
       <c r="E792">
         <v>2</v>
       </c>
       <c r="F792" t="s">
         <v>16</v>
       </c>
       <c r="G792" t="s">
         <v>17</v>
       </c>
       <c r="K792" t="s">
         <v>2394</v>
       </c>
     </row>
     <row r="793" spans="1:11">
       <c r="A793" t="s">
         <v>2395</v>
       </c>
       <c r="B793" t="s">
         <v>13</v>
       </c>
       <c r="C793" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D793" t="s">
         <v>2396</v>
       </c>
       <c r="E793">
         <v>2</v>
       </c>
       <c r="F793" t="s">
         <v>16</v>
       </c>
       <c r="G793" t="s">
         <v>17</v>
       </c>
       <c r="K793" t="s">
         <v>2397</v>
       </c>
     </row>
     <row r="794" spans="1:11">
       <c r="A794" t="s">
         <v>2398</v>
       </c>
       <c r="B794" t="s">
         <v>13</v>
       </c>
       <c r="C794" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D794" t="s">
         <v>2399</v>
       </c>
       <c r="E794">
         <v>2</v>
       </c>
       <c r="F794" t="s">
         <v>16</v>
       </c>
       <c r="G794" t="s">
         <v>17</v>
       </c>
       <c r="K794" t="s">
         <v>2400</v>
       </c>
     </row>
     <row r="795" spans="1:11">
       <c r="A795" t="s">
         <v>2401</v>
       </c>
       <c r="B795" t="s">
         <v>13</v>
       </c>
       <c r="C795" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D795" t="s">
         <v>2402</v>
       </c>
       <c r="E795">
         <v>2</v>
       </c>
       <c r="F795" t="s">
         <v>16</v>
       </c>
       <c r="G795" t="s">
         <v>17</v>
       </c>
       <c r="K795" t="s">
         <v>2403</v>
       </c>
     </row>
     <row r="796" spans="1:11">
       <c r="A796" t="s">
         <v>2404</v>
       </c>
       <c r="B796" t="s">
         <v>13</v>
       </c>
       <c r="C796" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D796" t="s">
         <v>2405</v>
       </c>
       <c r="E796">
         <v>2</v>
       </c>
       <c r="F796" t="s">
         <v>16</v>
       </c>
       <c r="G796" t="s">
         <v>17</v>
       </c>
       <c r="K796" t="s">
         <v>2406</v>
       </c>
     </row>
     <row r="797" spans="1:11">
       <c r="A797" t="s">
         <v>2407</v>
       </c>
       <c r="B797" t="s">
         <v>13</v>
       </c>
       <c r="C797" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D797" t="s">
         <v>2408</v>
       </c>
       <c r="E797">
         <v>2</v>
       </c>
       <c r="F797" t="s">
         <v>16</v>
       </c>
       <c r="G797" t="s">
         <v>17</v>
       </c>
       <c r="K797" t="s">
         <v>2409</v>
       </c>
     </row>
     <row r="798" spans="1:11">
       <c r="A798" t="s">
         <v>2410</v>
       </c>
       <c r="B798" t="s">
         <v>13</v>
       </c>
       <c r="C798" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D798" t="s">
         <v>2411</v>
       </c>
       <c r="E798">
         <v>2</v>
       </c>
       <c r="F798" t="s">
         <v>16</v>
       </c>
       <c r="G798" t="s">
         <v>17</v>
       </c>
       <c r="K798" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="799" spans="1:11">
       <c r="A799" t="s">
         <v>2413</v>
       </c>
       <c r="B799" t="s">
         <v>13</v>
       </c>
       <c r="C799" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D799" t="s">
         <v>2414</v>
       </c>
       <c r="E799">
         <v>2</v>
       </c>
       <c r="F799" t="s">
         <v>16</v>
       </c>
       <c r="G799" t="s">
         <v>17</v>
       </c>
       <c r="K799" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="800" spans="1:11">
       <c r="A800" t="s">
         <v>2416</v>
       </c>
       <c r="B800" t="s">
         <v>13</v>
       </c>
       <c r="C800" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D800" t="s">
         <v>2417</v>
       </c>
       <c r="E800">
         <v>2</v>
       </c>
       <c r="F800" t="s">
         <v>16</v>
       </c>
       <c r="G800" t="s">
         <v>17</v>
       </c>
       <c r="K800" t="s">
         <v>2418</v>
       </c>
     </row>
     <row r="801" spans="1:11">
       <c r="A801" t="s">
         <v>2419</v>
       </c>
       <c r="B801" t="s">
         <v>13</v>
       </c>
       <c r="C801" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D801" t="s">
         <v>2420</v>
       </c>
       <c r="E801">
         <v>2</v>
       </c>
       <c r="F801" t="s">
         <v>16</v>
       </c>
       <c r="G801" t="s">
         <v>17</v>
       </c>
       <c r="K801" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="802" spans="1:11">
       <c r="A802" t="s">
         <v>2422</v>
       </c>
       <c r="B802" t="s">
         <v>13</v>
       </c>
       <c r="C802" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D802" t="s">
         <v>2423</v>
       </c>
       <c r="E802">
         <v>2</v>
       </c>
       <c r="F802" t="s">
         <v>16</v>
       </c>
       <c r="G802" t="s">
         <v>17</v>
       </c>
       <c r="K802" t="s">
         <v>2424</v>
       </c>
     </row>
     <row r="803" spans="1:11">
       <c r="A803" t="s">
         <v>2425</v>
       </c>
       <c r="B803" t="s">
         <v>13</v>
       </c>
       <c r="C803" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D803" t="s">
         <v>2426</v>
       </c>
       <c r="E803">
         <v>2</v>
       </c>
       <c r="F803" t="s">
         <v>16</v>
       </c>
       <c r="G803" t="s">
         <v>17</v>
       </c>
       <c r="K803" t="s">
         <v>2427</v>
       </c>
     </row>
     <row r="804" spans="1:11">
       <c r="A804" t="s">
         <v>2428</v>
       </c>
       <c r="B804" t="s">
         <v>13</v>
       </c>
       <c r="C804" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D804" t="s">
         <v>2429</v>
       </c>
       <c r="E804">
         <v>2</v>
       </c>
       <c r="F804" t="s">
         <v>16</v>
       </c>
       <c r="G804" t="s">
         <v>17</v>
       </c>
       <c r="K804" t="s">
         <v>2430</v>
       </c>
     </row>
     <row r="805" spans="1:11">
       <c r="A805" t="s">
         <v>2431</v>
       </c>
       <c r="B805" t="s">
         <v>13</v>
       </c>
       <c r="C805" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D805" t="s">
         <v>2432</v>
       </c>
       <c r="E805">
         <v>2</v>
       </c>
       <c r="F805" t="s">
         <v>16</v>
       </c>
       <c r="G805" t="s">
         <v>17</v>
       </c>
       <c r="K805" t="s">
         <v>2433</v>
       </c>
     </row>
     <row r="806" spans="1:11">
       <c r="A806" t="s">
         <v>2434</v>
       </c>
       <c r="B806" t="s">
         <v>13</v>
       </c>
       <c r="C806" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D806" t="s">
         <v>2435</v>
       </c>
       <c r="E806">
         <v>2</v>
       </c>
       <c r="F806" t="s">
         <v>16</v>
       </c>
       <c r="G806" t="s">
         <v>17</v>
       </c>
       <c r="K806" t="s">
         <v>2436</v>
       </c>
     </row>
     <row r="807" spans="1:11">
       <c r="A807" t="s">
         <v>2437</v>
       </c>
       <c r="B807" t="s">
         <v>13</v>
       </c>
       <c r="C807" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D807" t="s">
         <v>2438</v>
       </c>
       <c r="E807">
         <v>2</v>
       </c>
       <c r="F807" t="s">
         <v>16</v>
       </c>
       <c r="G807" t="s">
         <v>17</v>
       </c>
       <c r="K807" t="s">
         <v>2439</v>
       </c>
     </row>
     <row r="808" spans="1:11">
       <c r="A808" t="s">
         <v>2440</v>
       </c>
       <c r="B808" t="s">
         <v>13</v>
       </c>
       <c r="C808" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D808" t="s">
         <v>2441</v>
       </c>
       <c r="E808">
         <v>2</v>
       </c>
       <c r="F808" t="s">
         <v>16</v>
       </c>
       <c r="G808" t="s">
         <v>17</v>
       </c>
       <c r="K808" t="s">
         <v>2442</v>
       </c>
     </row>
     <row r="809" spans="1:11">
       <c r="A809" t="s">
         <v>2443</v>
       </c>
       <c r="B809" t="s">
         <v>13</v>
       </c>
       <c r="C809" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D809" t="s">
         <v>2444</v>
       </c>
       <c r="E809">
         <v>2</v>
       </c>
       <c r="F809" t="s">
         <v>16</v>
       </c>
       <c r="G809" t="s">
         <v>17</v>
       </c>
       <c r="K809" t="s">
         <v>2445</v>
       </c>
     </row>
     <row r="810" spans="1:11">
       <c r="A810" t="s">
         <v>2446</v>
       </c>
       <c r="B810" t="s">
         <v>13</v>
       </c>
       <c r="C810" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D810" t="s">
         <v>2447</v>
       </c>
       <c r="E810">
         <v>2</v>
       </c>
       <c r="F810" t="s">
         <v>16</v>
       </c>
       <c r="G810" t="s">
         <v>17</v>
       </c>
       <c r="K810" t="s">
         <v>2448</v>
       </c>
     </row>
     <row r="811" spans="1:11">
       <c r="A811" t="s">
         <v>2449</v>
       </c>
       <c r="B811" t="s">
         <v>13</v>
       </c>
       <c r="C811" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D811" t="s">
         <v>2450</v>
       </c>
       <c r="E811">
         <v>2</v>
       </c>
       <c r="F811" t="s">
         <v>16</v>
       </c>
       <c r="G811" t="s">
         <v>17</v>
       </c>
       <c r="K811" t="s">
         <v>2451</v>
       </c>
     </row>
     <row r="812" spans="1:11">
       <c r="A812" t="s">
         <v>2452</v>
       </c>
       <c r="B812" t="s">
         <v>13</v>
       </c>
       <c r="C812" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D812" t="s">
         <v>2453</v>
       </c>
       <c r="E812">
         <v>2</v>
       </c>
       <c r="F812" t="s">
         <v>16</v>
       </c>
       <c r="G812" t="s">
         <v>17</v>
       </c>
       <c r="K812" t="s">
         <v>2454</v>
       </c>
     </row>
     <row r="813" spans="1:11">
       <c r="A813" t="s">
         <v>2455</v>
       </c>
       <c r="B813" t="s">
         <v>13</v>
       </c>
       <c r="C813" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D813" t="s">
         <v>2456</v>
       </c>
       <c r="E813">
         <v>2</v>
       </c>
       <c r="F813" t="s">
         <v>16</v>
       </c>
       <c r="G813" t="s">
         <v>17</v>
       </c>
       <c r="K813" t="s">
         <v>2457</v>
       </c>
     </row>
     <row r="814" spans="1:11">
       <c r="A814" t="s">
         <v>2458</v>
       </c>
       <c r="B814" t="s">
         <v>13</v>
       </c>
       <c r="C814" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D814" t="s">
         <v>2459</v>
       </c>
       <c r="E814">
         <v>2</v>
       </c>
       <c r="F814" t="s">
         <v>16</v>
       </c>
       <c r="G814" t="s">
         <v>17</v>
       </c>
       <c r="K814" t="s">
         <v>2460</v>
       </c>
     </row>
     <row r="815" spans="1:11">
       <c r="A815" t="s">
         <v>2461</v>
       </c>
       <c r="B815" t="s">
         <v>13</v>
       </c>
       <c r="C815" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D815" t="s">
         <v>2462</v>
       </c>
       <c r="E815">
         <v>2</v>
       </c>
       <c r="F815" t="s">
         <v>16</v>
       </c>
       <c r="G815" t="s">
         <v>17</v>
       </c>
       <c r="K815" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="816" spans="1:11">
       <c r="A816" t="s">
         <v>2464</v>
       </c>
       <c r="B816" t="s">
         <v>13</v>
       </c>
       <c r="C816" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D816" t="s">
         <v>2465</v>
       </c>
       <c r="E816">
         <v>2</v>
       </c>
       <c r="F816" t="s">
         <v>16</v>
       </c>
       <c r="G816" t="s">
         <v>17</v>
       </c>
       <c r="K816" t="s">
         <v>2466</v>
       </c>
     </row>
     <row r="817" spans="1:11">
       <c r="A817" t="s">
         <v>2467</v>
       </c>
       <c r="B817" t="s">
         <v>13</v>
       </c>
       <c r="C817" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D817" t="s">
         <v>2468</v>
       </c>
       <c r="E817">
         <v>2</v>
       </c>
       <c r="F817" t="s">
         <v>16</v>
       </c>
       <c r="G817" t="s">
         <v>17</v>
       </c>
       <c r="K817" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="818" spans="1:11">
       <c r="A818" t="s">
         <v>2470</v>
       </c>
       <c r="B818" t="s">
         <v>13</v>
       </c>
       <c r="C818" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D818" t="s">
         <v>2471</v>
       </c>
       <c r="E818">
         <v>2</v>
       </c>
       <c r="F818" t="s">
         <v>16</v>
       </c>
       <c r="G818" t="s">
         <v>17</v>
       </c>
       <c r="K818" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="819" spans="1:11">
       <c r="A819" t="s">
         <v>2473</v>
       </c>
       <c r="B819" t="s">
         <v>13</v>
       </c>
       <c r="C819" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D819" t="s">
         <v>2474</v>
       </c>
       <c r="E819">
         <v>2</v>
       </c>
       <c r="F819" t="s">
         <v>16</v>
       </c>
       <c r="G819" t="s">
         <v>17</v>
       </c>
       <c r="K819" t="s">
         <v>2475</v>
       </c>
     </row>
     <row r="820" spans="1:11">
       <c r="A820" t="s">
         <v>2476</v>
       </c>
       <c r="B820" t="s">
         <v>13</v>
       </c>
       <c r="C820" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D820" t="s">
         <v>2477</v>
       </c>
       <c r="E820">
         <v>2</v>
       </c>
       <c r="F820" t="s">
         <v>16</v>
       </c>
       <c r="G820" t="s">
         <v>17</v>
       </c>
       <c r="K820" t="s">
         <v>2478</v>
       </c>
     </row>
     <row r="821" spans="1:11">
       <c r="A821" t="s">
         <v>2479</v>
       </c>
       <c r="B821" t="s">
         <v>13</v>
       </c>
       <c r="C821" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D821" t="s">
         <v>2480</v>
       </c>
       <c r="E821">
         <v>2</v>
       </c>
       <c r="F821" t="s">
         <v>16</v>
       </c>
       <c r="G821" t="s">
         <v>17</v>
       </c>
       <c r="K821" t="s">
         <v>2481</v>
       </c>
     </row>
     <row r="822" spans="1:11">
       <c r="A822" t="s">
         <v>2482</v>
       </c>
       <c r="B822" t="s">
         <v>13</v>
       </c>
       <c r="C822" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="D822" t="s">
         <v>2483</v>
       </c>
       <c r="E822">
         <v>2</v>
       </c>
       <c r="F822" t="s">
         <v>16</v>
       </c>
       <c r="G822" t="s">
         <v>17</v>
       </c>
       <c r="K822" t="s">
         <v>2484</v>
       </c>
     </row>
     <row r="823" spans="1:11">
       <c r="A823" t="s">
         <v>2485</v>
       </c>
       <c r="B823" t="s">
         <v>13</v>
       </c>
       <c r="C823" t="s">
+        <v>14</v>
+      </c>
+      <c r="D823" t="s">
         <v>2486</v>
       </c>
-      <c r="D823" t="s">
+      <c r="E823">
+        <v>2</v>
+      </c>
+      <c r="F823" t="s">
+        <v>16</v>
+      </c>
+      <c r="G823" t="s">
+        <v>17</v>
+      </c>
+      <c r="K823" t="s">
         <v>2487</v>
-      </c>
-[...10 lines deleted...]
-        <v>2488</v>
       </c>
     </row>
     <row r="824" spans="1:11">
       <c r="A824" t="s">
+        <v>2488</v>
+      </c>
+      <c r="B824" t="s">
+        <v>13</v>
+      </c>
+      <c r="C824" t="s">
+        <v>14</v>
+      </c>
+      <c r="D824" t="s">
         <v>2489</v>
       </c>
-      <c r="B824" t="s">
-[...5 lines deleted...]
-      <c r="D824" t="s">
+      <c r="E824">
+        <v>2</v>
+      </c>
+      <c r="F824" t="s">
+        <v>16</v>
+      </c>
+      <c r="G824" t="s">
+        <v>17</v>
+      </c>
+      <c r="K824" t="s">
         <v>2490</v>
-      </c>
-[...10 lines deleted...]
-        <v>2491</v>
       </c>
     </row>
     <row r="825" spans="1:11">
       <c r="A825" t="s">
+        <v>2491</v>
+      </c>
+      <c r="B825" t="s">
+        <v>13</v>
+      </c>
+      <c r="C825" t="s">
+        <v>14</v>
+      </c>
+      <c r="D825" t="s">
         <v>2492</v>
       </c>
-      <c r="B825" t="s">
-[...2 lines deleted...]
-      <c r="C825" t="s">
+      <c r="E825">
+        <v>2</v>
+      </c>
+      <c r="F825" t="s">
+        <v>16</v>
+      </c>
+      <c r="G825" t="s">
+        <v>17</v>
+      </c>
+      <c r="K825" t="s">
         <v>2493</v>
-      </c>
-[...13 lines deleted...]
-        <v>2495</v>
       </c>
     </row>
     <row r="826" spans="1:11">
       <c r="A826" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B826" t="s">
+        <v>13</v>
+      </c>
+      <c r="C826" t="s">
+        <v>14</v>
+      </c>
+      <c r="D826" t="s">
+        <v>2495</v>
+      </c>
+      <c r="E826">
+        <v>2</v>
+      </c>
+      <c r="F826" t="s">
+        <v>16</v>
+      </c>
+      <c r="G826" t="s">
+        <v>17</v>
+      </c>
+      <c r="K826" t="s">
         <v>2496</v>
-      </c>
-[...19 lines deleted...]
-        <v>2498</v>
       </c>
     </row>
     <row r="827" spans="1:11">
       <c r="A827" t="s">
+        <v>2497</v>
+      </c>
+      <c r="B827" t="s">
+        <v>13</v>
+      </c>
+      <c r="C827" t="s">
+        <v>14</v>
+      </c>
+      <c r="D827" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E827">
+        <v>2</v>
+      </c>
+      <c r="F827" t="s">
+        <v>16</v>
+      </c>
+      <c r="G827" t="s">
+        <v>17</v>
+      </c>
+      <c r="K827" t="s">
         <v>2499</v>
-      </c>
-[...19 lines deleted...]
-        <v>2502</v>
       </c>
     </row>
     <row r="828" spans="1:11">
       <c r="A828" t="s">
+        <v>2500</v>
+      </c>
+      <c r="B828" t="s">
+        <v>13</v>
+      </c>
+      <c r="C828" t="s">
+        <v>14</v>
+      </c>
+      <c r="D828" t="s">
+        <v>2501</v>
+      </c>
+      <c r="E828">
+        <v>2</v>
+      </c>
+      <c r="F828" t="s">
+        <v>16</v>
+      </c>
+      <c r="G828" t="s">
+        <v>17</v>
+      </c>
+      <c r="K828" t="s">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="829" spans="1:11">
+      <c r="A829" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B829" t="s">
+        <v>13</v>
+      </c>
+      <c r="C829" t="s">
+        <v>14</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2504</v>
+      </c>
+      <c r="E829">
+        <v>2</v>
+      </c>
+      <c r="F829" t="s">
+        <v>16</v>
+      </c>
+      <c r="G829" t="s">
+        <v>17</v>
+      </c>
+      <c r="K829" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="830" spans="1:11">
+      <c r="A830" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B830" t="s">
+        <v>13</v>
+      </c>
+      <c r="C830" t="s">
+        <v>14</v>
+      </c>
+      <c r="D830" t="s">
+        <v>2507</v>
+      </c>
+      <c r="E830">
+        <v>2</v>
+      </c>
+      <c r="F830" t="s">
+        <v>16</v>
+      </c>
+      <c r="G830" t="s">
+        <v>17</v>
+      </c>
+      <c r="K830" t="s">
+        <v>2508</v>
+      </c>
+    </row>
+    <row r="831" spans="1:11">
+      <c r="A831" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B831" t="s">
+        <v>13</v>
+      </c>
+      <c r="C831" t="s">
+        <v>14</v>
+      </c>
+      <c r="D831" t="s">
+        <v>2510</v>
+      </c>
+      <c r="E831">
+        <v>2</v>
+      </c>
+      <c r="F831" t="s">
+        <v>16</v>
+      </c>
+      <c r="G831" t="s">
+        <v>17</v>
+      </c>
+      <c r="K831" t="s">
+        <v>2511</v>
+      </c>
+    </row>
+    <row r="832" spans="1:11">
+      <c r="A832" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B832" t="s">
+        <v>13</v>
+      </c>
+      <c r="C832" t="s">
+        <v>14</v>
+      </c>
+      <c r="D832" t="s">
+        <v>2513</v>
+      </c>
+      <c r="E832">
+        <v>2</v>
+      </c>
+      <c r="F832" t="s">
+        <v>16</v>
+      </c>
+      <c r="G832" t="s">
+        <v>17</v>
+      </c>
+      <c r="K832" t="s">
+        <v>2514</v>
+      </c>
+    </row>
+    <row r="833" spans="1:11">
+      <c r="A833" t="s">
+        <v>2515</v>
+      </c>
+      <c r="B833" t="s">
+        <v>13</v>
+      </c>
+      <c r="C833" t="s">
+        <v>14</v>
+      </c>
+      <c r="D833" t="s">
+        <v>2516</v>
+      </c>
+      <c r="E833">
+        <v>2</v>
+      </c>
+      <c r="F833" t="s">
+        <v>16</v>
+      </c>
+      <c r="G833" t="s">
+        <v>17</v>
+      </c>
+      <c r="K833" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="834" spans="1:11">
+      <c r="A834" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B834" t="s">
+        <v>13</v>
+      </c>
+      <c r="C834" t="s">
+        <v>14</v>
+      </c>
+      <c r="D834" t="s">
+        <v>2519</v>
+      </c>
+      <c r="E834">
+        <v>2</v>
+      </c>
+      <c r="F834" t="s">
+        <v>16</v>
+      </c>
+      <c r="G834" t="s">
+        <v>17</v>
+      </c>
+      <c r="K834" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="835" spans="1:11">
+      <c r="A835" t="s">
+        <v>2521</v>
+      </c>
+      <c r="B835" t="s">
+        <v>13</v>
+      </c>
+      <c r="C835" t="s">
+        <v>14</v>
+      </c>
+      <c r="D835" t="s">
+        <v>2522</v>
+      </c>
+      <c r="E835">
+        <v>2</v>
+      </c>
+      <c r="F835" t="s">
+        <v>16</v>
+      </c>
+      <c r="G835" t="s">
+        <v>17</v>
+      </c>
+      <c r="K835" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="836" spans="1:11">
+      <c r="A836" t="s">
+        <v>2524</v>
+      </c>
+      <c r="B836" t="s">
+        <v>13</v>
+      </c>
+      <c r="C836" t="s">
+        <v>2525</v>
+      </c>
+      <c r="D836" t="s">
+        <v>2526</v>
+      </c>
+      <c r="E836">
+        <v>28</v>
+      </c>
+      <c r="F836" t="s">
+        <v>16</v>
+      </c>
+      <c r="G836" t="s">
+        <v>17</v>
+      </c>
+      <c r="K836" t="s">
+        <v>2527</v>
+      </c>
+    </row>
+    <row r="837" spans="1:11">
+      <c r="A837" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B837" t="s">
+        <v>13</v>
+      </c>
+      <c r="C837" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D837" t="s">
+        <v>2530</v>
+      </c>
+      <c r="E837">
+        <v>30</v>
+      </c>
+      <c r="F837" t="s">
+        <v>16</v>
+      </c>
+      <c r="G837" t="s">
+        <v>17</v>
+      </c>
+      <c r="K837" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="838" spans="1:11">
+      <c r="A838" t="s">
+        <v>2532</v>
+      </c>
+      <c r="B838" t="s">
+        <v>13</v>
+      </c>
+      <c r="C838" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D838" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E838">
+        <v>30</v>
+      </c>
+      <c r="F838" t="s">
+        <v>16</v>
+      </c>
+      <c r="G838" t="s">
+        <v>17</v>
+      </c>
+      <c r="K838" t="s">
+        <v>2534</v>
+      </c>
+    </row>
+    <row r="839" spans="1:11">
+      <c r="A839" t="s">
+        <v>2535</v>
+      </c>
+      <c r="B839" t="s">
+        <v>13</v>
+      </c>
+      <c r="C839" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D839" t="s">
+        <v>2536</v>
+      </c>
+      <c r="E839">
+        <v>30</v>
+      </c>
+      <c r="F839" t="s">
+        <v>16</v>
+      </c>
+      <c r="G839" t="s">
+        <v>17</v>
+      </c>
+      <c r="K839" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="840" spans="1:11">
+      <c r="A840" t="s">
         <v>19</v>
       </c>
-      <c r="B828" t="s">
-[...8 lines deleted...]
-      <c r="E828">
+      <c r="B840" t="s">
+        <v>2538</v>
+      </c>
+      <c r="C840" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D840" t="s">
+        <v>2540</v>
+      </c>
+      <c r="E840">
         <v>0</v>
       </c>
-      <c r="F828" t="s">
-[...5 lines deleted...]
-      <c r="H828">
+      <c r="F840" t="s">
+        <v>16</v>
+      </c>
+      <c r="G840" t="s">
+        <v>17</v>
+      </c>
+      <c r="H840">
         <v>3</v>
       </c>
-      <c r="I828">
-[...3 lines deleted...]
-        <v>2506</v>
+      <c r="I840">
+        <v>42.4</v>
+      </c>
+      <c r="K840" t="s">
+        <v>2541</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">