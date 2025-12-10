--- v0 (2025-11-09)
+++ v1 (2025-12-10)
@@ -12,3825 +12,250 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2678">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="350">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/brekety/</t>
+    <t>https://www.labirint.ru/advises/511/</t>
   </si>
   <si>
     <t>Внутренняя оптимизация</t>
   </si>
   <si>
-    <t>Создание новой страницы (3 фразы)</t>
-[...80 lines deleted...]
-Добавить фразы или наиболее близкие к точному вхождению написания:
+    <t>Перегруппировка запросов (2 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
 настольные игры для взрослых купить  
 настольные игры для компании взрослых купить </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323647684</t>
-[...87 lines deleted...]
-  <si>
     <t>05.09.2025</t>
   </si>
   <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745816</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/office/818285/</t>
-[...211 lines deleted...]
-  <si>
     <t>https://www.labirint.ru/</t>
-  </si>
-[...152 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323646706</t>
   </si>
   <si>
     <t>Перегруппировка запросов (4 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/ 
 https://www.labirint.ru/books/ 
 И запросы:
 где купить книгу  
 купить книгу в интернет магазине  
 книжный интернет магазин купить книги  
 книжный интернет магазин </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745747</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/genres/1728/</t>
-[...148 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323648463</t>
+    <t>https://www.labirint.ru/genres/1741/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (6 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1741/ 
 https://www.labirint.ru/games/ 
 https://www.labirint.ru/genres/1725/ 
 https://www.labirint.ru/genres/2798/ 
 И запросы:
 купить детские игрушки в интернет магазине  
 где купить детские игрушки  
 купить большие детские игрушки  
 купить детские игрушки интернете недорого  
 детские игрушки купить дешево  
 купить робота игрушку в интернет магазине недорого </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745809</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/genres/1497/</t>
-[...469 lines deleted...]
-  <si>
     <t>https://www.labirint.ru/genres/1926/</t>
-  </si>
-[...2373 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323648251</t>
   </si>
   <si>
     <t>Перегруппировка запросов (9 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1926/ 
 https://www.labirint.ru/genres/1667/ 
 https://www.labirint.ru/genres/2930/ 
 https://www.labirint.ru/games/ 
 И запросы:
 купить настольные игры  
 настольные игры купить москва  
 где купить настольные игры  
 купить настольные игры интернет магазин  
 настольные игры купить недорого  
 настольные игры для всей семьи купить  
 настольная игра 4 года купить  
 игрушки для малышей от 1 купить  
 игрушки для малышей купить в спб </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745810</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/64902/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/books/64902/ 
 https://www.labirint.ru/genres/2964/ 
 https://www.labirint.ru/books/456235/ 
 И запросы:
 купить коран  
 коран купить  
 коран купить книгу на русском  
 где купить коран в москве </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745751</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/2969/</t>
+  </si>
+  <si>
     <t>Перегруппировка запросов (5 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/2969/ 
 https://www.labirint.ru/genres/2491/ 
 https://www.labirint.ru/genres/2684/ 
 И запросы:
 купить комиксы  
 комиксы купить  
 купить комиксы в москве  
 где купить комиксы  
 купить комиксы дешево </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745771</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1462/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 лезвия для канцелярского ножа 18 мм купить  
 маленький канцелярский нож купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745825</t>
-  </si>
-[...57 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323648246</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/1447/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 электрический ластик купить  
 ластики японские купить  
 электрический ластик купить в москве  
 ластики в виде животных купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745862</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/games/726614/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/games/726614/ 
 https://www.labirint.ru/genres/3246/ 
 И запросы:
 купить слайм  
 слаймы купить  
 слаймы купить недорого  
 где можно купить слайм </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745813</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/2864/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 география 7 класс учебник купить  
 купить учебник по географии 6 класс  
 учебник по географии 8 класс купить  
 купить учебник по географии 5 6 класс </t>
@@ -3865,7941 +290,1211 @@
 бумага для пастели а2 купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745853</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/1397/</t>
   </si>
   <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1397/ 
 https://www.labirint.ru/office/876394/ 
 https://www.labirint.ru/office/428913/ 
 И запросы:
 транспортир металлический купить  
 транспортир металлический купить в москве  
 транспортир железный купить  
 транспортир металлический слесарный купить  
 круглый транспортир купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745851</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1469/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1469/ 
 https://www.labirint.ru/genres/1602/ 
 https://www.labirint.ru/office/847934/ 
 И запросы:
 купить текстовыделитель  
 текстовыделители купить  
 текстовыделитель купить в москве  
 серый текстовыделитель купить  
 текстовыделители маленькие купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745848</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/1523/</t>
   </si>
   <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 планер ежедневник купить  
 ежедневник а4 купить  
 купить ежедневник органайзер  
 ежедневник органайзер купить  
 ежедневник органайзер купить москва </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745830</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1701/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1701/ 
 https://www.labirint.ru/genres/1697/ 
 И запросы:
 детский конструктор купить в москве  
 купить детский конструктор в интернет магазине недорого  
 детские конструкторы строительные купить  
 купить детский конструктор для мальчиков  
 детские конструкторы от 3 лет купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745807</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/726040/</t>
   </si>
   <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 физика 7 класс перышкин учебник купить  
 купить учебник по физике 7 класс  
 перышкин физика 7 класс учебник купить москва  
 физика 7 класс дрофа учебник купить  
 физика 7 класс перышкин учебник купить дрофа </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745780</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/genres/1500/</t>
-[...6587 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323646695</t>
+    <t>https://www.labirint.ru/genres/2984/</t>
   </si>
   <si>
     <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/2984/ 
 https://www.labirint.ru/series/48597/ 
 https://www.labirint.ru/office/883099/ 
 https://www.labirint.ru/genres/2985/ 
 https://www.labirint.ru/office/823112/ 
 И запросы:
 ежедневник купить атташе официальный сайт  
 ежедневник купить атташе с ндс  
 ежедневник купить атташе для юрлиц  
 ежедневник купить атташе оптом дешево  
 датированный ежедневник 2022 купить  
 купить ежедневник на 2022 год датированный </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745831</t>
   </si>
   <si>
-    <t xml:space="preserve">Требуется провести доработку текста.
-[...33 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323646717</t>
+    <t>https://www.labirint.ru/pubhouse/2417/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (3 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/pubhouse/2417/ 
 https://www.labirint.ru/series/27410/ 
 https://www.labirint.ru/series/27411/ 
 И запросы:
 акварель невская палитра купить  
 краски невская палитра купить  
 акварель невская палитра купить в москве </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745857</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1489/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1489/ 
 https://www.labirint.ru/genres/1493/ 
 И запросы:
 купить органайзер для канцтоваров  
 органайзер настольный купить  
 органайзер для канцелярии купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745829</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/office/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/office/ 
 https://www.labirint.ru/genres/1444/ 
 https://www.labirint.ru/ 
 И запросы:
 канцтовары купить рядом  
 купить канцтовары рядом со мной  
 купить канцтовары некрасовка </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745828</t>
   </si>
   <si>
     <t>https://www.labirint.ru/office/788978/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/office/788978/ 
 https://www.labirint.ru/office/802091/ 
 https://www.labirint.ru/genres/1462/ 
 И запросы:
 купить нож канцелярский 18 мм  
 купить нож канцелярский 25 мм  
 купить нож канцелярский 18мм </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745826</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/2095/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/2095/ 
 https://www.labirint.ru/genres/1726/ 
 И запросы:
 музыкальные инструменты для детского сада купить  
 детский набор музыкальных инструментов купить  
 купить детские музыкальные инструменты в интернет магазине </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745817</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/games/676246/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/games/676246/ 
 https://www.labirint.ru/genres/3246/ 
 И запросы:
 набор для слаймов купить  
 набор для слаймов купить в москве  
 купить набор для изготовления слаймов </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745815</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/games/736078/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/games/736078/ 
 https://www.labirint.ru/genres/3246/ 
 И запросы:
 слаймы купить в москве  
 купить слайм интернет магазин  
 слаймы купить в москве недорого </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745814</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688400/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник русского языка 6 класс ладыженская  
 купить учебник по русскому языку 6 класс  
 купить учебник русского языка 6 класс баранов </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745800</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1041/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник по истории 7 класс  
 купить учебник по истории 6 класс  
 купить учебник всеобщая история 9 класс </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745788</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689053/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник по литературе 5 класс коровина купить  
 литература 5 класс учебник 2 часть купить  
 литература 5 класс просвещение учебник купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745783</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689055/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник по литературе 6 класс  
 купить учебник литературы 6 класс коровина  
 полухина учебник литература 6 класс купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745782</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/books/575559/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/books/575559/ 
 https://www.labirint.ru/books/748913/ 
 И запросы:
 dragon age артбук купить  
 dragon age инквизиция артбук купить  
 dragon age inquisition артбук купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745776</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/2994/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 fallout артбук купить  
 аниме артбуки купить  
 артбук fallout 4 купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745775</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/series/52303/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 комикс фортнайт купить  
 купить комикс фортнайт бэтмен  
 fortnite комикс купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745773</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/genres/189/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/189/ 
 https://www.labirint.ru/genres/2039/ 
 https://www.labirint.ru/series/13476/ 
 И запросы:
 детская энциклопедия купить в москве  
 энциклопедия для детей купить москва  
 детская энциклопедия книга купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745761</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/598192/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 история человечества книга купить  
 книга краткая история человечества купить  
 книга sapiens краткая история человечества купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745759</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/822106/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 кулинарная книга 1955 года купить  
 книга кулинария 1955 купить  
 купить книгу кулинария 1955 года </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745756</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/780771/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 коран кулиев купить  
 коран кулиева купить  
 коран перевод смыслов купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745753</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/456235/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 коран на русском купить  
 купить коран на русском языке  
 купить коран на арабском языке </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745752</t>
-  </si>
-[...63 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1332370042</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/972/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (7 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 комиксы на английском для детей купить  
 комиксы на английском языке для детей купить  
 книги иностранные языки для детей купить  
 детские книги на английском купить  
 детские книги на английском языке купить  
 книги на английском для детей купить  
 купить книги на английском языке для детей </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745768</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/kostnaya-plastika-pri-implantacii-zubov-ceny/</t>
-[...55 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1323648051</t>
+    <t>https://www.labirint.ru/genres/1500/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (8 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 интерактивный глобус купить  
 глобус напольный купить  
 купить глобус с подсветкой  
 глобус интерактивный для детей купить  
 глобус с подсветкой купить в москве  
 интерактивный глобус купить в москве  
 глобус детский купить  
 глобус купить для школьника с подсветкой </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745827</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/splint-dlya-zubov-cena/</t>
-[...21 lines deleted...]
-  <si>
     <t>https://www.labirint.ru/office/383324/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 ручка которая стирается ластиком купить  
 ластик стирающий шариковую ручку купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745864</t>
   </si>
   <si>
     <t>https://www.labirint.ru/office/560010/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/office/560010/ 
 https://www.labirint.ru/genres/1447/ 
 И запросы:
 ластик клячка купить  
 ластик клячка купить в москве </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745859</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/office/241922/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/office/241922/ 
 https://www.labirint.ru/genres/2486/ 
 И запросы:
 пастель художественная купить  
 пастель сухая художественная купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745855</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/office/483103/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 линейка закройщика купить  
 линейка закройщика купить москва </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745847</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1395/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 масштабная линейка купить  
 линейка купить 30 см </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745845</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/series/27555/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить карандаши koh i noor  
 циркуль koh i noor купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745843</t>
   </si>
   <si>
     <t>https://www.labirint.ru/office/818244/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 маркеры 80 цветов купить  
 фломастеры 80 цветов купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745841</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1479/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить доску для рисования маркером  
 доска для фломастеров купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745839</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/1450/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить клей карандаш 15 гр  
 клей карандаш staff купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745837</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/series/11721/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить блокнот с замком  
 купить блокнот с замком и ключом </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745836</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/genres/1983/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1983/ 
 https://www.labirint.ru/genres/1417/ 
 И запросы:
 купить детский набор для рисования  
 наборы для творчества рисование купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745832</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/office/585026/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 обложка на паспорт ссср купить  
 где купить обложку на паспорт ссср </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745824</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/2303/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить ключницу обложку для паспорта  
 обложка на паспорт аниме купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745823</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1678/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить детские пазлы большие  
 купить детские пазлы крупные </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745822</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/games/395163/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 магнитная касса букв купить  
 касса букв магнитная для начальной школы купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745821</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/472341/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/books/472341/ 
 https://www.labirint.ru/books/492772/ 
 https://www.labirint.ru/genres/1662/ 
 И запросы:
 книжка игрушка из фетра купить  
 книжка игрушка из фетра купить в москве </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745820</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1690/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1690/ 
 https://www.labirint.ru/games/623764/ 
 https://www.labirint.ru/genres/2798/ 
 И запросы:
 детская игрушка шар головоломка купить  
 роботы игрушки купить в москве недорого </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745819</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1707/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1707/ 
 https://www.labirint.ru/genres/1706/ 
 https://www.labirint.ru/games/968704/ 
 И запросы:
 магнитные буквы и цифры для детей купить  
 магнитные английские буквы купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745818</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/2999/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/2999/ 
 https://www.labirint.ru/genres/1736/ 
 И запросы:
 аксессуары для интерьерных кукол купить  
 купить аксессуары для изготовления кукол </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745812</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/genres/1713/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1713/ 
 https://www.labirint.ru/genres/2919/ 
 https://www.labirint.ru/games/714408/ 
 И запросы:
 сборные модели купить интернет магазин  
 чудо дерево сборные деревянные модели купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745811</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/2050/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 детские раскраски купить  
 большие раскраски для детей купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745808</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1644/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/1644/ 
 https://www.labirint.ru/genres/1659/ 
 https://www.labirint.ru/genres/3246/ 
 И запросы:
 детские наборы для творчества купить  
 слаймы купить в интернет </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745806</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/689343/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 география 5 класс алексеев учебник купить  
 география алексеев 5 6 класс учебник купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745805</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/713136/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/books/713136/ 
 https://www.labirint.ru/series/30852/ 
 И запросы:
 учебник английского языка бонк котий лукьянова купить  
 бонк учебник английского языка 1 часть купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745803</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689103/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник по английскому языку 7 класс  
 учебник английского языка 7 класс spotlight купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745802</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688445/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник по русскому языку 7 класс купить  
 русский язык 7 класс баранов учебник купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745801</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/1013/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник по русскому языку 5 класс купить  
 купить учебник по русскому языку 8 класс </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745799</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688662/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 математика 4 класс 1 часть учебник купить  
 купить учебник по математике 4 класс моро </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745798</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688659/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 математика 3 класс 1 часть учебник купить  
 учебник по математике 3 класс моро купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745797</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688657/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 математика учебник 2 класс 1 часть купить  
 математика 2 класс школа россии учебник купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745796</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/587931/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник по математике 6 класс  
 купить учебник по математике 6 класс виленкин </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745795</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/688655/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник 1 класс математика 1 часть купить  
 учебник по математике 1 класс моро купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745794</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689232/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 история 7 класс учебник купить юдовская  
 история нового времени 7 класс учебник купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745793</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/829309/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник орлова история россии купить  
 орлов учебник по истории купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745792</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689231/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 история средних веков 6 класс учебник купить  
 история 6 класс учебник агибалова купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745791</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689235/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить учебник истории нового времени 8 класс  
 купить учебник всеобщая история 8 класс </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745790</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689230/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 история древнего мира 5 класс учебник купить  
 купить учебник по истории 5 класс вигасин </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745789</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689062/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник литературы 8 класс 1 часть купить  
 учебник по литературе 8 класс коровина купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745787</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689063/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник литературы 9 класс купить  
 учебник по литературе 9 класс коровина купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745786</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/732919/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 родная литература 5 класс учебник купить  
 купить учебник родная русская литература 5 класс </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745785</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/689058/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 литература 7 класс учебник 1 часть купить  
 учебник по литературе 7 класс коровина купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745784</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/1033/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 учебник по литературе 7 класс купить  
 купить учебник по литературе 8 класс </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745781</t>
   </si>
   <si>
     <t>https://www.labirint.ru/series/46840/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 гарри поттер на английском книга купить  
 harry potter книги на английском купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745779</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/series/42158/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 ходячие мертвецы комикс купить  
 купить комиксы ходячие мертвецы на русском </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745774</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/top/marvel-comics/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 комиксы марвел купить  
 комиксы marvel купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745772</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/series/54550/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/series/54550/ 
 https://www.labirint.ru/books/799531/ 
 И запросы:
 бродячие псы манга купить  
 проза бродячих псов манга купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745770</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/233197/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 фитнес для умных купить книгу  
 фитнес для умных дмитрий смирнов купить книгу </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745767</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/207417/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 психология цвета книга купить  
 психология цвета книга браэм купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745766</t>
+  </si>
+  <si>
+    <t>https://www.labirint.ru/genres/2440/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/2440/ 
 https://www.labirint.ru/books/779752/ 
 И запросы:
 книга иттена искусство цвета купить  
 книга искусство цвета иоханнес иттен купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745765</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/719717/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 искусство войны книга купить  
 книга искусство войны сунь цзы купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745764</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/739702/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 путеводитель по стамбулу купить  
 стамбул путеводитель афиши купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745763</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/2260/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 путеводитель по москве купить  
 купить де схеппер путеводитель по собственному здоровью </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745762</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/774906/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 история билли миллигана книга купить  
 таинственная история билли миллигана книга купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745760</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/543102/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 царская охота книга купить  
 императорская охота на руси книга купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745758</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/10000423/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 и ботаники делают бизнес купить книгу  
 и ботаники делают бизнес купить бумажную книгу </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745757</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/224942/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 огюст эскофье кулинарный путеводитель купить книгу  
 огюст эскофье кулинарный путеводитель купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745755</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/books/166941/</t>
+  </si>
+  <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 донцова кулинарная книга лентяйки купить  
 кулинарная книга лентяйки дарья донцова купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745754</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/667566/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 библия комедии купить  
 джуди картер библия комедии купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745750</t>
   </si>
   <si>
     <t>https://www.labirint.ru/books/677126/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 лопухин толковая библия купить  
 толковая библия лопухина купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745749</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/elaynery-pod-klyuch-cena-spb/</t>
-[...140 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1332370046</t>
+    <t>https://www.labirint.ru/genres/965/</t>
   </si>
   <si>
     <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 билингва книги на английском купить  
 купить книги на иностранных языках  
 книги на иностранном языке купить  
 книги на иностранных языках купить в москве  
 где купить книги на иностранном языке  
 адаптированные книги на английском купить  
 книги на английском с переводом купить  
 книги на английском языке для начинающих купить  
 адаптированные книги на английском языке купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745777</t>
   </si>
   <si>
     <t>https://www.labirint.ru/genres/3327/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (11 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 11 запросов, ведущих на данный URL, отличаются релевантные страницы.
@@ -11810,1701 +1505,117 @@
 https://www.labirint.ru/office/758536/ 
 https://www.labirint.ru/office/937521/ 
 https://www.labirint.ru/genres/1474/ 
 https://www.labirint.ru/genres/3372/ 
 https://www.labirint.ru/office/925151/ 
 https://www.labirint.ru/genres/1475/ 
 https://www.labirint.ru/office/989923/ 
 https://www.labirint.ru/office/767661/ 
 И запросы:
 набор для рисования купить оптом  
 маркеры купить  
 маркеры touch купить  
 акриловые маркеры купить  
 где можно купить маркеры  
 акварельные маркеры купить  
 фломастеры touch купить  
 купить фломастеры 100 цветов  
 фломастеры несмываемые купить  
 акварельные фломастеры купить  
 фломастеры для скетчинга 168 цветов купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745834</t>
   </si>
   <si>
+    <t>https://www.labirint.ru/genres/966/</t>
+  </si>
+  <si>
     <t>Перегруппировка запросов (12 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 12 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://www.labirint.ru/genres/966/ 
 https://www.labirint.ru/genres/2830/ 
 https://www.labirint.ru/genres/2829/ 
 https://www.labirint.ru/genres/3451/ 
 И запросы:
 купить литературу на английском языке  
 литература на английском языке купить  
 литература на английском языке купить в москве  
 где купить литературу на английском языке  
 купить книги на английском  
 книги на английском языке купить  
 книги на английском купить в москве  
 книги на английском языке купить в москве  
 книги на английском для начинающих купить  
 книги на английском купить в интернет магазине  
 книги на английском языке купить интернет магазин  
 книги на английском купить спб </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745778</t>
   </si>
   <si>
-    <t>https://www.labirint.ru/elaynery-polnaya-stoimost/</t>
-[...89 lines deleted...]
-  <si>
     <t>https://www.labirint.ru/genres/2684/</t>
-  </si>
-[...259 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/16066/todo/1333377721</t>
   </si>
   <si>
     <t>Перегруппировка запросов (14 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 14 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 купить мангу джоджо  
 человек бензопила манга купить  
 манга волейбол купить  
 клинок рассекающий демонов манга купить  
 евангелион манга купить  
 тетрадь смерти манга купить  
 токийские мстители манга купить на русском  
 магическая битва манга купить  
 туалетный мальчик ханако манга купить  
 ханако кун манга купить  
 обещанный неверленд манга купить  
 манга на японском купить  
 манга для детей купить  
 манга для детей 12 лет купить </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/1343745769</t>
   </si>
   <si>
-    <t>Оптимизация текста (18 фраз).</t>
-[...1224 lines deleted...]
-  <si>
     <t>Общие задачи</t>
   </si>
   <si>
-    <t>Укажите в настройках доступ к Яндекс.Метрике проекта.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Сбор данных о трафике и достижении целей для Сводки и Пост-аналитики </t>
+    <t>Укажите в настройках доступ к панели Яндекс.Вебмастер.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Сбор данных для TO DO (ссылки, прочее) </t>
   </si>
   <si>
     <t>04.04.2022</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">Сбор данных для TO DO (ссылки, прочее) </t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/142894738</t>
   </si>
   <si>
     <t>Произведите разбивку URL проекта на тематические группы или типы.</t>
   </si>
   <si>
     <t xml:space="preserve">По необходимости, воспользуйтесь опцией «Сгенерировать группы URL» для автоматической разбивки в настройках групп. Цель: возможность детальной аналитики эффективности групп URL сайта, привлечение трафика, потенциал роста, достижение целей </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/142894739</t>
   </si>
   <si>
     <t>Произведите сегментацию фраз проекта на тематические группы или типы.</t>
   </si>
   <si>
     <t xml:space="preserve">Возможность детальной аналитики эффективности групп фраз: привлечение трафика, потенциал роста </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/16066/todo/142894740</t>
   </si>
@@ -13849,51 +1960,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K905"/>
+  <dimension ref="A1:K110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -13911,28490 +2022,3458 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
+      </c>
+      <c r="H4">
+        <v>60</v>
+      </c>
+      <c r="I4">
+        <v>1</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
-        <v>188</v>
+        <v>9</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
+      </c>
+      <c r="H5">
+        <v>5</v>
+      </c>
+      <c r="I5">
+        <v>5.4</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E6">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
+      <c r="H6">
+        <v>73</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>101</v>
+        <v>68</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>5</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8">
+        <v>69</v>
+      </c>
+      <c r="I8">
+        <v>0.4</v>
+      </c>
+      <c r="K8" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
         <v>35</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>36</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9">
+        <v>6</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9">
+        <v>28</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
+        <v>14</v>
+      </c>
+      <c r="D10" t="s">
         <v>39</v>
       </c>
-      <c r="B10" t="s">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="E10">
+        <v>3</v>
+      </c>
+      <c r="F10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10">
+        <v>76</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="K10" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
+        <v>41</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11">
+        <v>4</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11">
+        <v>66</v>
+      </c>
+      <c r="I11">
+        <v>0.6</v>
+      </c>
+      <c r="K11" t="s">
         <v>43</v>
-      </c>
-[...25 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E12">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
         <v>17</v>
       </c>
+      <c r="H12">
+        <v>66</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
       <c r="K12" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>51</v>
+        <v>20</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E13">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F13" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G13" t="s">
         <v>17</v>
       </c>
       <c r="H13">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K13" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>55</v>
+        <v>50</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D14" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="E14">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="F14" t="s">
+        <v>16</v>
+      </c>
+      <c r="G14" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14">
         <v>29</v>
       </c>
-      <c r="G14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="K14" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="E15">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F15" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
-        <v>101</v>
+        <v>78</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="K15" t="s">
-        <v>60</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="E16">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
+      <c r="H16">
+        <v>23</v>
+      </c>
+      <c r="I16">
+        <v>5.9</v>
+      </c>
       <c r="K16" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="E17">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F17" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="K17" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="E18">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="K18" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
+        <v>35</v>
+      </c>
+      <c r="D19" t="s">
+        <v>66</v>
+      </c>
+      <c r="E19">
+        <v>5</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+      <c r="G19" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19">
         <v>70</v>
       </c>
-      <c r="B19" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I19">
         <v>0</v>
       </c>
       <c r="K19" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="E20">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
+      <c r="H20">
+        <v>26</v>
+      </c>
+      <c r="I20">
+        <v>4.8</v>
+      </c>
       <c r="K20" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="D21" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E21">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I21">
         <v>0</v>
       </c>
       <c r="K21" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D22" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E22">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
         <v>17</v>
       </c>
+      <c r="H22">
+        <v>73</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
       <c r="K22" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="D23" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="E23">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F23" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="I23">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K23" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D24" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
       <c r="E24">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>72</v>
+        <v>31</v>
       </c>
       <c r="I24">
-        <v>0</v>
+        <v>1.2</v>
       </c>
       <c r="K24" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="D25" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="E25">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25">
-        <v>101</v>
+        <v>78</v>
       </c>
       <c r="I25">
-        <v>5.8</v>
+        <v>0</v>
       </c>
       <c r="K25" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="E26">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
-        <v>4</v>
+        <v>93</v>
       </c>
       <c r="I26">
-        <v>4.8</v>
+        <v>0</v>
       </c>
       <c r="K26" t="s">
-        <v>96</v>
+        <v>89</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>97</v>
+        <v>90</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" t="s">
         <v>91</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="I27">
-        <v>1.3</v>
+        <v>0</v>
       </c>
       <c r="K27" t="s">
-        <v>99</v>
+        <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="E28">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F28" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="I28">
         <v>0</v>
       </c>
       <c r="K28" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="D29" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="E29">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
+      <c r="H29">
+        <v>24</v>
+      </c>
+      <c r="I29">
+        <v>25</v>
+      </c>
       <c r="K29" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="D30" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="E30">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G30" t="s">
         <v>17</v>
       </c>
       <c r="H30">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="I30">
-        <v>0</v>
+        <v>4.3</v>
       </c>
       <c r="K30" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>44</v>
+        <v>75</v>
       </c>
       <c r="D31" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E31">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="K31" t="s">
-        <v>112</v>
+        <v>104</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D32" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="E32">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="I32">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K32" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>116</v>
+        <v>108</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>32</v>
+        <v>75</v>
       </c>
       <c r="D33" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F33" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33">
-        <v>16</v>
+        <v>69</v>
       </c>
       <c r="I33">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K33" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>119</v>
+        <v>75</v>
       </c>
       <c r="D34" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="E34">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F34" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="I34">
-        <v>4.8</v>
+        <v>10.8</v>
       </c>
       <c r="K34" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>122</v>
+        <v>114</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>36</v>
+        <v>75</v>
       </c>
       <c r="D35" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="E35">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F35" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="I35">
         <v>0</v>
       </c>
       <c r="K35" t="s">
-        <v>124</v>
+        <v>116</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>126</v>
+        <v>75</v>
       </c>
       <c r="D36" t="s">
-        <v>127</v>
+        <v>118</v>
       </c>
       <c r="E36">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
+      <c r="H36">
+        <v>24</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
       <c r="K36" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>129</v>
+        <v>120</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="D37" t="s">
-        <v>130</v>
+        <v>121</v>
       </c>
       <c r="E37">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
+      <c r="H37">
+        <v>18</v>
+      </c>
+      <c r="I37">
+        <v>6</v>
+      </c>
       <c r="K37" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="D38" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="E38">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="I38">
-        <v>5.8</v>
+        <v>0</v>
       </c>
       <c r="K38" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="D39" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="E39">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="I39">
-        <v>0</v>
+        <v>17.5</v>
       </c>
       <c r="K39" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>107</v>
+        <v>75</v>
       </c>
       <c r="D40" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="E40">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="K40" t="s">
-        <v>140</v>
+        <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>142</v>
+        <v>133</v>
       </c>
       <c r="D41" t="s">
-        <v>143</v>
+        <v>134</v>
       </c>
       <c r="E41">
-        <v>40</v>
+        <v>7</v>
       </c>
       <c r="F41" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
-        <v>92</v>
+        <v>8</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>144</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>76</v>
+        <v>136</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D42" t="s">
-        <v>146</v>
+        <v>138</v>
       </c>
       <c r="E42">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F42" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>148</v>
+        <v>140</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>149</v>
+        <v>14</v>
       </c>
       <c r="D43" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="E43">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="I43">
-        <v>1.1</v>
+        <v>0</v>
       </c>
       <c r="K43" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>152</v>
+        <v>143</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>81</v>
+        <v>14</v>
       </c>
       <c r="D44" t="s">
-        <v>153</v>
+        <v>144</v>
       </c>
       <c r="E44">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
+      <c r="H44">
+        <v>76</v>
+      </c>
+      <c r="I44">
+        <v>0</v>
+      </c>
       <c r="K44" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>155</v>
+        <v>146</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D45" t="s">
-        <v>156</v>
+        <v>147</v>
       </c>
       <c r="E45">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>157</v>
+        <v>148</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>158</v>
+        <v>149</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D46" t="s">
-        <v>159</v>
+        <v>150</v>
       </c>
       <c r="E46">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="K46" t="s">
-        <v>160</v>
+        <v>151</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>161</v>
+        <v>152</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D47" t="s">
-        <v>162</v>
+        <v>153</v>
       </c>
       <c r="E47">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="I47">
         <v>0</v>
       </c>
       <c r="K47" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D48" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="E48">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F48" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="I48">
         <v>0</v>
       </c>
       <c r="K48" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D49" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="E49">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F49" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="H49">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>169</v>
+        <v>160</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D50" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
       <c r="E50">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F50" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="I50">
-        <v>20.6</v>
+        <v>0</v>
       </c>
       <c r="K50" t="s">
-        <v>172</v>
+        <v>163</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>173</v>
+        <v>164</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D51" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="E51">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F51" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="I51">
-        <v>15.8</v>
+        <v>0</v>
       </c>
       <c r="K51" t="s">
-        <v>175</v>
+        <v>166</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>176</v>
+        <v>167</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="D52" t="s">
-        <v>177</v>
+        <v>168</v>
       </c>
       <c r="E52">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F52" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="I52">
-        <v>21.3</v>
+        <v>0</v>
       </c>
       <c r="K52" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>126</v>
+        <v>14</v>
       </c>
       <c r="D53" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="E53">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
+      <c r="H53">
+        <v>69</v>
+      </c>
+      <c r="I53">
+        <v>0</v>
+      </c>
       <c r="K53" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D54" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="E54">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="I54">
         <v>0</v>
       </c>
       <c r="K54" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D55" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
       <c r="E55">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F55" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="I55">
         <v>0</v>
       </c>
       <c r="K55" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D56" t="s">
-        <v>189</v>
+        <v>180</v>
       </c>
       <c r="E56">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F56" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
-        <v>11</v>
+        <v>34</v>
       </c>
       <c r="I56">
-        <v>31</v>
+        <v>1.3</v>
       </c>
       <c r="K56" t="s">
-        <v>190</v>
+        <v>181</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D57" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="E57">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F57" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
-        <v>80</v>
+        <v>67</v>
       </c>
       <c r="I57">
         <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>193</v>
+        <v>184</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>194</v>
+        <v>185</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D58" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="E58">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="I58">
-        <v>28.9</v>
+        <v>0</v>
       </c>
       <c r="K58" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>91</v>
+        <v>14</v>
       </c>
       <c r="D59" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="E59">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F59" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="I59">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="K59" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D60" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="E60">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F60" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I60">
-        <v>0</v>
+        <v>34.5</v>
       </c>
       <c r="K60" t="s">
-        <v>202</v>
+        <v>193</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>203</v>
+        <v>194</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D61" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
       <c r="E61">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F61" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
         <v>101</v>
       </c>
       <c r="I61">
         <v>0</v>
       </c>
       <c r="K61" t="s">
-        <v>205</v>
+        <v>196</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>206</v>
+        <v>197</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D62" t="s">
-        <v>207</v>
+        <v>198</v>
       </c>
       <c r="E62">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F62" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="I62">
         <v>0</v>
       </c>
       <c r="K62" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="D63" t="s">
-        <v>210</v>
+        <v>201</v>
       </c>
       <c r="E63">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
-        <v>97</v>
+        <v>25</v>
       </c>
       <c r="I63">
-        <v>0</v>
+        <v>1.5</v>
       </c>
       <c r="K63" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="D64" t="s">
-        <v>213</v>
+        <v>204</v>
       </c>
       <c r="E64">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F64" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="I64">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K64" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
-        <v>142</v>
+        <v>14</v>
       </c>
       <c r="D65" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="E65">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F65" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
-        <v>69</v>
+        <v>16</v>
       </c>
       <c r="I65">
-        <v>0</v>
+        <v>42.5</v>
       </c>
       <c r="K65" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>218</v>
+        <v>209</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>219</v>
+        <v>14</v>
       </c>
       <c r="D66" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="E66">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
+      <c r="H66">
+        <v>12</v>
+      </c>
+      <c r="I66">
+        <v>32.5</v>
+      </c>
       <c r="K66" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D67" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="E67">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F67" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="I67">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K67" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D68" t="s">
-        <v>226</v>
+        <v>216</v>
       </c>
       <c r="E68">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F68" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I68">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K68" t="s">
-        <v>227</v>
+        <v>217</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>228</v>
+        <v>218</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D69" t="s">
-        <v>229</v>
+        <v>219</v>
       </c>
       <c r="E69">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>60</v>
+        <v>18</v>
       </c>
       <c r="I69">
-        <v>1.7</v>
+        <v>9</v>
       </c>
       <c r="K69" t="s">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>231</v>
+        <v>221</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D70" t="s">
-        <v>232</v>
+        <v>222</v>
       </c>
       <c r="E70">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F70" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="I70">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K70" t="s">
-        <v>233</v>
+        <v>223</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>234</v>
+        <v>224</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>77</v>
+        <v>14</v>
       </c>
       <c r="D71" t="s">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="E71">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
-        <v>75</v>
+        <v>20</v>
       </c>
       <c r="I71">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K71" t="s">
-        <v>236</v>
+        <v>226</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
         <v>14</v>
       </c>
       <c r="D72" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
       <c r="E72">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
+      <c r="H72">
+        <v>24</v>
+      </c>
+      <c r="I72">
+        <v>10</v>
+      </c>
       <c r="K72" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>240</v>
+        <v>230</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D73" t="s">
-        <v>241</v>
+        <v>231</v>
       </c>
       <c r="E73">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F73" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
-        <v>74</v>
+        <v>22</v>
       </c>
       <c r="I73">
-        <v>0</v>
+        <v>6.7</v>
       </c>
       <c r="K73" t="s">
-        <v>242</v>
+        <v>232</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>243</v>
+        <v>233</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D74" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="E74">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F74" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
-        <v>101</v>
+        <v>32</v>
       </c>
       <c r="I74">
         <v>0</v>
       </c>
       <c r="K74" t="s">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>246</v>
+        <v>236</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D75" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
       <c r="E75">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>68</v>
+        <v>15</v>
       </c>
       <c r="I75">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K75" t="s">
-        <v>248</v>
+        <v>238</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>249</v>
+        <v>239</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D76" t="s">
-        <v>250</v>
+        <v>240</v>
       </c>
       <c r="E76">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F76" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76">
-        <v>65</v>
+        <v>20</v>
       </c>
       <c r="I76">
         <v>0</v>
       </c>
       <c r="K76" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>252</v>
+        <v>242</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="E77">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F77" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="I77">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K77" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D78" t="s">
-        <v>256</v>
+        <v>246</v>
       </c>
       <c r="E78">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F78" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="I78">
         <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>257</v>
+        <v>247</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>258</v>
+        <v>248</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>259</v>
+        <v>249</v>
       </c>
       <c r="E79">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F79" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
-        <v>101</v>
+        <v>26</v>
       </c>
       <c r="I79">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K79" t="s">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>261</v>
+        <v>251</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D80" t="s">
-        <v>262</v>
+        <v>252</v>
       </c>
       <c r="E80">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="I80">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K80" t="s">
-        <v>263</v>
+        <v>253</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>264</v>
+        <v>254</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D81" t="s">
-        <v>265</v>
+        <v>255</v>
       </c>
       <c r="E81">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="H81">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="I81">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K81" t="s">
-        <v>266</v>
+        <v>256</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>267</v>
+        <v>257</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D82" t="s">
-        <v>268</v>
+        <v>258</v>
       </c>
       <c r="E82">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F82" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82">
-        <v>101</v>
+        <v>22</v>
       </c>
       <c r="I82">
         <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>269</v>
+        <v>259</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D83" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="E83">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="I83">
         <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D84" t="s">
-        <v>274</v>
+        <v>264</v>
       </c>
       <c r="E84">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F84" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
-        <v>101</v>
+        <v>25</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="K84" t="s">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>276</v>
+        <v>266</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D85" t="s">
-        <v>277</v>
+        <v>267</v>
       </c>
       <c r="E85">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F85" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
-        <v>73</v>
+        <v>7</v>
       </c>
       <c r="I85">
-        <v>0</v>
+        <v>55</v>
       </c>
       <c r="K85" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>279</v>
+        <v>269</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D86" t="s">
-        <v>280</v>
+        <v>270</v>
       </c>
       <c r="E86">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F86" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
-        <v>68</v>
+        <v>20</v>
       </c>
       <c r="I86">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="K86" t="s">
-        <v>281</v>
+        <v>271</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D87" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="E87">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F87" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="I87">
-        <v>0</v>
+        <v>0.1</v>
       </c>
       <c r="K87" t="s">
-        <v>284</v>
+        <v>274</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>285</v>
+        <v>275</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D88" t="s">
-        <v>286</v>
+        <v>276</v>
       </c>
       <c r="E88">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F88" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="H88">
-        <v>80</v>
+        <v>16</v>
       </c>
       <c r="I88">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K88" t="s">
-        <v>287</v>
+        <v>277</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>288</v>
+        <v>278</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D89" t="s">
-        <v>289</v>
+        <v>279</v>
       </c>
       <c r="E89">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F89" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
       <c r="K89" t="s">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D90" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="E90">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="I90">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>293</v>
+        <v>283</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D91" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="E91">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F91" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="I91">
-        <v>43.5</v>
+        <v>10</v>
       </c>
       <c r="K91" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>297</v>
+        <v>287</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D92" t="s">
-        <v>298</v>
+        <v>288</v>
       </c>
       <c r="E92">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F92" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="I92">
-        <v>20</v>
+        <v>2.7</v>
       </c>
       <c r="K92" t="s">
-        <v>299</v>
+        <v>289</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D93" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="E93">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F93" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="I93">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="K93" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D94" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="E94">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F94" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="I94">
-        <v>20</v>
+        <v>12.5</v>
       </c>
       <c r="K94" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D95" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="E95">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F95" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G95" t="s">
         <v>17</v>
       </c>
       <c r="H95">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="I95">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K95" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D96" t="s">
-        <v>310</v>
+        <v>300</v>
       </c>
       <c r="E96">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F96" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="I96">
-        <v>0</v>
+        <v>2.5</v>
       </c>
       <c r="K96" t="s">
-        <v>311</v>
+        <v>301</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>312</v>
+        <v>302</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D97" t="s">
-        <v>313</v>
+        <v>303</v>
       </c>
       <c r="E97">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F97" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="I97">
         <v>0</v>
       </c>
       <c r="K97" t="s">
-        <v>314</v>
+        <v>304</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>315</v>
+        <v>305</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="D98" t="s">
-        <v>316</v>
+        <v>306</v>
       </c>
       <c r="E98">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F98" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="H98">
-        <v>88</v>
+        <v>13</v>
       </c>
       <c r="I98">
-        <v>0</v>
+        <v>27.5</v>
       </c>
       <c r="K98" t="s">
-        <v>317</v>
+        <v>307</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>318</v>
+        <v>308</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>319</v>
+        <v>14</v>
       </c>
       <c r="D99" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="E99">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F99" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="I99">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K99" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>322</v>
+        <v>311</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>319</v>
+        <v>14</v>
       </c>
       <c r="D100" t="s">
-        <v>323</v>
+        <v>312</v>
       </c>
       <c r="E100">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F100" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="I100">
-        <v>0</v>
+        <v>17.5</v>
       </c>
       <c r="K100" t="s">
-        <v>324</v>
+        <v>313</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>319</v>
+        <v>14</v>
       </c>
       <c r="D101" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="E101">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F101" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="I101">
-        <v>55</v>
+        <v>9.3</v>
       </c>
       <c r="K101" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="D102" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="E102">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F102" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
-        <v>68</v>
+        <v>6</v>
       </c>
       <c r="I102">
-        <v>0</v>
+        <v>10.2</v>
       </c>
       <c r="K102" t="s">
-        <v>330</v>
+        <v>319</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>331</v>
+        <v>320</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>107</v>
+        <v>321</v>
       </c>
       <c r="D103" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="E103">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F103" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="I103">
         <v>0</v>
       </c>
       <c r="K103" t="s">
-        <v>333</v>
+        <v>323</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="D104" t="s">
-        <v>335</v>
+        <v>326</v>
       </c>
       <c r="E104">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
+      <c r="H104">
+        <v>14</v>
+      </c>
+      <c r="I104">
+        <v>21.6</v>
+      </c>
       <c r="K104" t="s">
-        <v>336</v>
+        <v>327</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>20</v>
+        <v>329</v>
       </c>
       <c r="D105" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="E105">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
+      <c r="H105">
+        <v>14</v>
+      </c>
+      <c r="I105">
+        <v>6.1</v>
+      </c>
       <c r="K105" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>340</v>
+        <v>19</v>
       </c>
       <c r="B106" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="C106" t="s">
-        <v>32</v>
+        <v>333</v>
       </c>
       <c r="D106" t="s">
-        <v>341</v>
+        <v>334</v>
       </c>
       <c r="E106">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F106" t="s">
-        <v>29</v>
+        <v>335</v>
       </c>
       <c r="G106" t="s">
-        <v>17</v>
+        <v>336</v>
       </c>
       <c r="H106">
-        <v>101</v>
+        <v>5</v>
       </c>
       <c r="I106">
-        <v>0</v>
+        <v>5.4</v>
       </c>
       <c r="K106" t="s">
-        <v>342</v>
+        <v>337</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>343</v>
+        <v>19</v>
       </c>
       <c r="B107" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="C107" t="s">
-        <v>32</v>
+        <v>338</v>
       </c>
       <c r="D107" t="s">
-        <v>344</v>
+        <v>339</v>
       </c>
       <c r="E107">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F107" t="s">
-        <v>29</v>
+        <v>335</v>
       </c>
       <c r="G107" t="s">
-        <v>17</v>
+        <v>336</v>
       </c>
       <c r="H107">
-        <v>101</v>
+        <v>5</v>
       </c>
       <c r="I107">
-        <v>0</v>
+        <v>5.4</v>
       </c>
       <c r="K107" t="s">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>346</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="C108" t="s">
-        <v>32</v>
+        <v>341</v>
       </c>
       <c r="D108" t="s">
-        <v>347</v>
+        <v>342</v>
       </c>
       <c r="E108">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>335</v>
       </c>
       <c r="G108" t="s">
-        <v>17</v>
+        <v>336</v>
       </c>
       <c r="H108">
-        <v>101</v>
+        <v>5</v>
       </c>
       <c r="I108">
-        <v>0</v>
+        <v>5.4</v>
       </c>
       <c r="K108" t="s">
-        <v>348</v>
+        <v>343</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>349</v>
+        <v>19</v>
       </c>
       <c r="B109" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="C109" t="s">
-        <v>32</v>
+        <v>344</v>
       </c>
       <c r="D109" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="E109">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F109" t="s">
-        <v>29</v>
+        <v>335</v>
       </c>
       <c r="G109" t="s">
-        <v>17</v>
+        <v>336</v>
       </c>
       <c r="H109">
-        <v>101</v>
+        <v>5</v>
       </c>
       <c r="I109">
-        <v>0</v>
+        <v>5.4</v>
       </c>
       <c r="K109" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>352</v>
+        <v>19</v>
       </c>
       <c r="B110" t="s">
-        <v>13</v>
+        <v>332</v>
       </c>
       <c r="C110" t="s">
-        <v>32</v>
+        <v>347</v>
       </c>
       <c r="D110" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
       <c r="E110">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F110" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="H110">
-        <v>101</v>
+        <v>5</v>
       </c>
       <c r="I110">
-        <v>0</v>
+        <v>5.4</v>
       </c>
       <c r="K110" t="s">
-        <v>354</v>
-[...25133 lines deleted...]
-        <v>2677</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">