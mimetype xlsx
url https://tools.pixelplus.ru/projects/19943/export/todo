--- v0 (2025-10-16)
+++ v1 (2025-11-09)
@@ -12,342 +12,146 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="370">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
-  </si>
-[...93 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1360526435</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/kislovodsk/</t>
   </si>
   <si>
     <t>Внутренняя оптимизация</t>
   </si>
   <si>
     <t>Оптимизация Title (6 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 кисловодск (встречается в 6 запросах, значимость 1468) 
 отель (встречается в 5 запросах, значимость 1460) 
 забронировать (встречается в 3 запросах, значимость 34) 
 предоплата (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>08.10.2025</t>
   </si>
   <si>
+    <t>Выполнена</t>
+  </si>
+  <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098815</t>
   </si>
   <si>
-    <t>https://ostrovok.ru/hotel/russia/kostroma/</t>
-[...53 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1360526437</t>
+    <t>https://ostrovok.ru/</t>
   </si>
   <si>
     <t>Оптимизация Title (53 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 отель (встречается в 32 запросах, значимость 2469) 
 снимать (встречается в 13 запросах, значимость 427) 
 вилла (встречается в 12 запросах, значимость 420) 
 тайланд (встречается в 3 запросах, значимость 235) 
 бронирование (встречается в 9 запросах, значимость 156) 
 гостиница (встречается в 9 запросах, значимость 152) 
 броневик (встречается в 2 запросах, значимость 104) 
 турция (встречается в 3 запросах, значимость 60) 
 крым (встречается в 3 запросах, значимость 42) 
 море (встречается в 4 запросах, значимость 32) 
 берег (встречается в 3 запросах, значимость 31) 
 подбирать (встречается в 3 запросах, значимость 20) 
 бронь (встречается в 2 запросах, значимость 11) 
 виза (встречается в 1 запросе, значимость 10) 
 кемпинг (встречается в 1 запросе, значимость 7) 
 кипр (встречается в 1 запросе, значимость 6) 
 сравнение (встречается в 3 запросах, значимость 4) 
 цена (встречается в 3 запросах, значимость 4) 
 бассейн (встречается в 1 запросе, значимость 3) 
 официальный (встречается в 1 запросе, значимость 3) </t>
   </si>
   <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098670</t>
-  </si>
-[...51 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1360526442</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/apartamenty/</t>
   </si>
   <si>
     <t>Оптимизация Title (9 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 москва (встречается в 9 запросах, значимость 695) 
 снимать (встречается в 7 запросах, значимость 690) 
 апарт (встречается в 2 запросах, значимость 32) 
 отель (встречается в 2 запросах, значимость 32) 
 длительный (встречается в 1 запросе, значимость 29) 
 срок (встречается в 1 запросе, значимость 29) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098712</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/indonesia/indonesia_bali_province/apartamenty/</t>
   </si>
   <si>
     <t>Оптимизация Title (4 фразы).</t>
   </si>
@@ -781,50 +585,53 @@
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять виллу в адлере  
 снять отель в адлере  
 выбрать отель в адлере </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098558</t>
   </si>
   <si>
     <t>Оптимизация Title (8 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 абхазия (встречается в 8 запросах, значимость 39) 
 снимать (встречается в 5 запросах, значимость 19) 
 вилла (встречается в 3 запросах, значимость 11) 
 море (встречается в 3 запросах, значимость 9) 
 берег (встречается в 1 запросе, значимость 3) 
 бассейн (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098738</t>
   </si>
   <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/apartamenty/</t>
+  </si>
+  <si>
     <t>Перегруппировка запросов (5 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 апарт отель санкт петербург снять  
 апарт отель спб снять  
 снять апартаменты в питере в центре  
 снять апартаменты в санкт петербурге в центре  
 снять апартаменты в центре спб </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098537</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 2 запросах, значимость 3) 
 хостеть (встречается в 2 запросах, значимость 3) 
 хабаровск (встречается в 2 запросах, значимость 3) 
 недорого (встречается в 1 запросе, значимость 1) 
 посуточно (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098856</t>
   </si>
@@ -1800,54 +1607,54 @@
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098728</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 апартамент (встречается в 1 запросе, значимость 1) 
 болгария (встречается в 1 запросе, значимость 1) 
 снимать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1362098716</t>
   </si>
   <si>
     <t>https://ostrovok.ru/snyat-villu-v-taylande/</t>
   </si>
   <si>
     <t>Создание новой страницы (1 фраза)</t>
   </si>
   <si>
     <t xml:space="preserve">Создайте новую страницу на сайте, а если она уже создана, укажите продвигаемый URL. 
 Используйте следующие фразы:
 снять виллу в тайланде </t>
   </si>
   <si>
-    <t>Выполнена</t>
-[...1 lines deleted...]
-  <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/161070282</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (39 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 39 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 бронирование отелей санкт петербург  
 бронирование гостиниц в санкт петербурге  
 поиск гостиниц в санкт петербурге  
 поиск отелей санкт петербург  
 поиск отелей спб  
 снять гостиницу в питере  
 снять гостиницу в санкт петербурге  
 снять гостиницу в спб  
 снять отель в питере  
 снять отель в санкт петербурге  
 снять отель в санкт петербурге посуточно  
 снять отель гостиницу в санкт петербурге  
 снять отель на ночь спб  
 снять отель спб  
 подобрать гостиницу в санкт петербурге  
 подобрать отель в санкт петербурге  
 выбрать гостиницу в санкт петербурге  
 выбрать отель в питере  
@@ -2310,51 +2117,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K130"/>
+  <dimension ref="A1:K118"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -2372,4086 +2179,3702 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>65</v>
+        <v>162</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I4">
-        <v>81.1</v>
+        <v>92.7</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5">
-        <v>62</v>
+        <v>434</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5">
-        <v>98.9</v>
+        <v>81.1</v>
       </c>
       <c r="K5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="D6" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="E6">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H6">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="I6">
-        <v>95.8</v>
+        <v>72.2</v>
       </c>
       <c r="K6" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B7" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E7">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G7" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I7">
-        <v>92.7</v>
+        <v>82.9</v>
       </c>
       <c r="K7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8">
-        <v>26</v>
+        <v>9</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I8">
-        <v>100</v>
+        <v>82.9</v>
       </c>
       <c r="K8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E9">
-        <v>22</v>
+        <v>6</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H9">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I9">
-        <v>100</v>
+        <v>71.8</v>
       </c>
       <c r="K9" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E10">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H10">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="I10">
-        <v>100</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>14</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E11">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I11">
-        <v>100</v>
+        <v>86.5</v>
       </c>
       <c r="K11" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C12" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D12" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="E12">
-        <v>434</v>
+        <v>4</v>
       </c>
       <c r="F12" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H12">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I12">
-        <v>81.1</v>
+        <v>35</v>
       </c>
       <c r="K12" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
         <v>46</v>
       </c>
-      <c r="B13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="E13">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H13">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="I13">
-        <v>71.8</v>
+        <v>7.1</v>
       </c>
       <c r="K13" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="E14">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H14">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I14">
-        <v>92.6</v>
+        <v>25.5</v>
       </c>
       <c r="K14" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15">
+        <v>4</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>14</v>
       </c>
-      <c r="D15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I15">
-        <v>100</v>
+        <v>51.3</v>
       </c>
       <c r="K15" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>28</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="E16">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I16">
-        <v>60</v>
+        <v>82.9</v>
       </c>
       <c r="K16" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
       <c r="E17">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H17">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I17">
-        <v>99.9</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B18" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="D18" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E18">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="F18" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H18">
         <v>5</v>
       </c>
       <c r="I18">
-        <v>72.2</v>
+        <v>60.8</v>
       </c>
       <c r="K18" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C19" t="s">
-        <v>63</v>
+        <v>29</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E19">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>82.9</v>
+        <v>64.6</v>
       </c>
       <c r="K19" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="D20" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="E20">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F20" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G20" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I20">
-        <v>82.9</v>
+        <v>61.9</v>
       </c>
       <c r="K20" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>69</v>
+        <v>24</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D21" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E21">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F21" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H21">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I21">
-        <v>71.8</v>
+        <v>72.2</v>
       </c>
       <c r="K21" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>59</v>
+        <v>76</v>
       </c>
       <c r="D22" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="E22">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="F22" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H22">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="I22">
-        <v>93</v>
+        <v>61.9</v>
       </c>
       <c r="K22" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B23" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D23" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="E23">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="F23" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H23">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I23">
-        <v>86.5</v>
+        <v>54.2</v>
       </c>
       <c r="K23" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B24" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>80</v>
+        <v>14</v>
       </c>
       <c r="D24" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E24">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G24" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H24">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="I24">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="K24" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B25" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D25" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="E25">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F25" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G25" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H25">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I25">
-        <v>7.1</v>
+        <v>20</v>
       </c>
       <c r="K25" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C26" t="s">
         <v>86</v>
       </c>
-      <c r="B26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E26">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F26" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G26" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H26">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="I26">
-        <v>25.5</v>
+        <v>51.3</v>
       </c>
       <c r="K26" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="D27" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E27">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F27" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G27" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H27">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="I27">
-        <v>51.3</v>
+        <v>98.3</v>
       </c>
       <c r="K27" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="B28" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>94</v>
       </c>
       <c r="D28" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E28">
-        <v>4</v>
+        <v>41</v>
       </c>
       <c r="F28" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="I28">
-        <v>82.9</v>
+        <v>81.1</v>
       </c>
       <c r="K28" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>73</v>
+        <v>97</v>
       </c>
       <c r="B29" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
       <c r="D29" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E29">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="F29" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G29" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H29">
-        <v>7</v>
+        <v>53</v>
       </c>
       <c r="I29">
-        <v>93</v>
+        <v>83.8</v>
       </c>
       <c r="K29" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B30" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C30" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="E30">
         <v>4</v>
       </c>
       <c r="F30" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G30" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I30">
-        <v>60.8</v>
+        <v>89.7</v>
       </c>
       <c r="K30" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="B31" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="D31" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="E31">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F31" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G31" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I31">
-        <v>64.6</v>
+        <v>71.8</v>
       </c>
       <c r="K31" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B32" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D32" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="E32">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F32" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G32" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H32">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I32">
-        <v>61.9</v>
+        <v>71.8</v>
       </c>
       <c r="K32" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="B33" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="D33" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="E33">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F33" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G33" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H33">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I33">
-        <v>72.2</v>
+        <v>35</v>
       </c>
       <c r="K33" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>110</v>
+        <v>98</v>
       </c>
       <c r="D34" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E34">
-        <v>89</v>
+        <v>6</v>
       </c>
       <c r="F34" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G34" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H34">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I34">
-        <v>61.9</v>
+        <v>40</v>
       </c>
       <c r="K34" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>113</v>
+        <v>49</v>
       </c>
       <c r="B35" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="D35" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E35">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F35" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G35" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H35">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="I35">
-        <v>54.2</v>
+        <v>7.1</v>
       </c>
       <c r="K35" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="B36" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="D36" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E36">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F36" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G36" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I36">
-        <v>100</v>
+        <v>23.2</v>
       </c>
       <c r="K36" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="B37" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D37" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E37">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F37" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G37" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H37">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I37">
-        <v>20</v>
+        <v>25.5</v>
       </c>
       <c r="K37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>89</v>
+        <v>124</v>
       </c>
       <c r="B38" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D38" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E38">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F38" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G38" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="I38">
-        <v>51.3</v>
+        <v>40</v>
       </c>
       <c r="K38" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B39" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D39" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E39">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F39" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G39" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H39">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I39">
-        <v>98.3</v>
+        <v>0</v>
       </c>
       <c r="K39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="B40" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="D40" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E40">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="F40" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G40" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H40">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="I40">
-        <v>81.1</v>
+        <v>28.9</v>
       </c>
       <c r="K40" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B41" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>132</v>
+        <v>98</v>
       </c>
       <c r="D41" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E41">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F41" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G41" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H41">
         <v>53</v>
       </c>
       <c r="I41">
-        <v>83.8</v>
+        <v>30</v>
       </c>
       <c r="K41" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>135</v>
+        <v>19</v>
       </c>
       <c r="B42" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C42" t="s">
         <v>136</v>
       </c>
       <c r="D42" t="s">
         <v>137</v>
       </c>
       <c r="E42">
-        <v>4</v>
+        <v>120</v>
       </c>
       <c r="F42" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G42" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H42">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I42">
-        <v>89.7</v>
+        <v>81.1</v>
       </c>
       <c r="K42" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>69</v>
+        <v>139</v>
       </c>
       <c r="B43" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>139</v>
+        <v>32</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="E43">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F43" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G43" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I43">
-        <v>71.8</v>
+        <v>58.3</v>
       </c>
       <c r="K43" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="B44" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C44" t="s">
+        <v>109</v>
+      </c>
+      <c r="D44" t="s">
         <v>142</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44">
+        <v>5</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
         <v>6</v>
-      </c>
-[...7 lines deleted...]
-        <v>3</v>
       </c>
       <c r="I44">
         <v>71.8</v>
       </c>
       <c r="K44" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>79</v>
+        <v>144</v>
       </c>
       <c r="B45" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D45" t="s">
         <v>145</v>
       </c>
       <c r="E45">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F45" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H45">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="I45">
-        <v>35</v>
+        <v>2.5</v>
       </c>
       <c r="K45" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
         <v>147</v>
       </c>
       <c r="B46" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D46" t="s">
         <v>148</v>
       </c>
       <c r="E46">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F46" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H46">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I46">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K46" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>83</v>
+        <v>150</v>
       </c>
       <c r="B47" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D47" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E47">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F47" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G47" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H47">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I47">
-        <v>7.1</v>
+        <v>0</v>
       </c>
       <c r="K47" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B48" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E48">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F48" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G48" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H48">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I48">
-        <v>23.2</v>
+        <v>10</v>
       </c>
       <c r="K48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>86</v>
+        <v>114</v>
       </c>
       <c r="B49" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D49" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E49">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F49" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G49" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H49">
         <v>8</v>
       </c>
       <c r="I49">
-        <v>25.5</v>
+        <v>40</v>
       </c>
       <c r="K49" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B50" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D50" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E50">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F50" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G50" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H50">
         <v>8</v>
       </c>
       <c r="I50">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="K50" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>119</v>
       </c>
       <c r="B51" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>132</v>
+        <v>73</v>
       </c>
       <c r="D51" t="s">
         <v>161</v>
       </c>
       <c r="E51">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F51" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G51" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H51">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I51">
-        <v>0</v>
+        <v>23.2</v>
       </c>
       <c r="K51" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" t="s">
+        <v>13</v>
+      </c>
+      <c r="C52" t="s">
+        <v>73</v>
+      </c>
+      <c r="D52" t="s">
         <v>163</v>
       </c>
-      <c r="B52" t="s">
-[...5 lines deleted...]
-      <c r="D52" t="s">
+      <c r="E52">
+        <v>2</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>8</v>
+      </c>
+      <c r="I52">
+        <v>40</v>
+      </c>
+      <c r="K52" t="s">
         <v>164</v>
-      </c>
-[...16 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
+        <v>79</v>
+      </c>
+      <c r="B53" t="s">
+        <v>13</v>
+      </c>
+      <c r="C53" t="s">
+        <v>73</v>
+      </c>
+      <c r="D53" t="s">
+        <v>165</v>
+      </c>
+      <c r="E53">
+        <v>2</v>
+      </c>
+      <c r="F53" t="s">
+        <v>16</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>6</v>
+      </c>
+      <c r="I53">
+        <v>54.2</v>
+      </c>
+      <c r="K53" t="s">
         <v>166</v>
-      </c>
-[...25 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="B54" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>169</v>
+        <v>73</v>
       </c>
       <c r="D54" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E54">
-        <v>120</v>
+        <v>2</v>
       </c>
       <c r="F54" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G54" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H54">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="I54">
-        <v>81.1</v>
+        <v>0</v>
       </c>
       <c r="K54" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B55" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D55" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E55">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F55" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G55" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H55">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="I55">
-        <v>58.3</v>
+        <v>7.5</v>
       </c>
       <c r="K55" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>69</v>
+        <v>172</v>
       </c>
       <c r="B56" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>142</v>
+        <v>73</v>
       </c>
       <c r="D56" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="E56">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F56" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G56" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H56">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I56">
-        <v>71.8</v>
+        <v>35</v>
       </c>
       <c r="K56" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>177</v>
+        <v>85</v>
       </c>
       <c r="B57" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D57" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E57">
         <v>2</v>
       </c>
       <c r="F57" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G57" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H57">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="I57">
-        <v>2.5</v>
+        <v>20</v>
       </c>
       <c r="K57" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>180</v>
+        <v>66</v>
       </c>
       <c r="B58" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D58" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="F58" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G58" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H58">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="I58">
-        <v>0</v>
+        <v>64.6</v>
       </c>
       <c r="K58" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>183</v>
+        <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D59" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="E59">
         <v>2</v>
       </c>
       <c r="F59" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G59" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H59">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I59">
-        <v>0</v>
+        <v>92.7</v>
       </c>
       <c r="K59" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>186</v>
+        <v>82</v>
       </c>
       <c r="B60" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D60" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="F60" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G60" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H60">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="I60">
-        <v>10</v>
+        <v>100</v>
       </c>
       <c r="K60" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>147</v>
+        <v>183</v>
       </c>
       <c r="B61" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D61" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E61">
         <v>2</v>
       </c>
       <c r="F61" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G61" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H61">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="I61">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="K61" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="B62" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D62" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E62">
         <v>2</v>
       </c>
       <c r="F62" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G62" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I62">
-        <v>30</v>
+        <v>59.9</v>
       </c>
       <c r="K62" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>152</v>
+        <v>130</v>
       </c>
       <c r="B63" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D63" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G63" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H63">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I63">
-        <v>23.2</v>
+        <v>28.9</v>
       </c>
       <c r="K63" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="B64" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D64" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="E64">
         <v>2</v>
       </c>
       <c r="F64" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G64" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="I64">
-        <v>40</v>
+        <v>83.8</v>
       </c>
       <c r="K64" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>113</v>
+        <v>133</v>
       </c>
       <c r="B65" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C65" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D65" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="E65">
         <v>2</v>
       </c>
       <c r="F65" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G65" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H65">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="I65">
-        <v>54.2</v>
+        <v>30</v>
       </c>
       <c r="K65" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>160</v>
+        <v>91</v>
       </c>
       <c r="B66" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D66" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="E66">
         <v>2</v>
       </c>
       <c r="F66" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G66" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H66">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I66">
-        <v>0</v>
+        <v>98.3</v>
       </c>
       <c r="K66" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B67" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D67" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="E67">
         <v>2</v>
       </c>
       <c r="F67" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G67" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I67">
-        <v>7.5</v>
+        <v>0</v>
       </c>
       <c r="K67" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="B68" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D68" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="E68">
         <v>2</v>
       </c>
       <c r="F68" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G68" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H68">
         <v>8</v>
       </c>
       <c r="I68">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="K68" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>119</v>
+        <v>203</v>
       </c>
       <c r="B69" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D69" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="E69">
         <v>2</v>
       </c>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G69" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H69">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="I69">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="K69" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>100</v>
+        <v>206</v>
       </c>
       <c r="B70" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D70" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E70">
         <v>2</v>
       </c>
       <c r="F70" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G70" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="I70">
-        <v>64.6</v>
+        <v>25</v>
       </c>
       <c r="K70" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="B71" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="D71" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="E71">
         <v>2</v>
       </c>
       <c r="F71" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G71" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H71">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I71">
-        <v>92.7</v>
+        <v>86.5</v>
       </c>
       <c r="K71" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>116</v>
+        <v>79</v>
       </c>
       <c r="B72" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>107</v>
+        <v>211</v>
       </c>
       <c r="D72" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E72">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F72" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G72" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H72">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I72">
-        <v>100</v>
+        <v>54.2</v>
       </c>
       <c r="K72" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>216</v>
+        <v>85</v>
       </c>
       <c r="B73" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="D73" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E73">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F73" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H73">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="I73">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="K73" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B74" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="D74" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="E74">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F74" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G74" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H74">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I74">
-        <v>59.9</v>
+        <v>78.8</v>
       </c>
       <c r="K74" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>163</v>
+        <v>186</v>
       </c>
       <c r="B75" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="D75" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="E75">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F75" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G75" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H75">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I75">
-        <v>28.9</v>
+        <v>59.9</v>
       </c>
       <c r="K75" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>131</v>
+        <v>24</v>
       </c>
       <c r="B76" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="E76">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F76" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G76" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H76">
-        <v>53</v>
+        <v>5</v>
       </c>
       <c r="I76">
-        <v>83.8</v>
+        <v>72.2</v>
       </c>
       <c r="K76" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="B77" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C77" t="s">
-        <v>107</v>
+        <v>223</v>
       </c>
       <c r="D77" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="E77">
-        <v>2</v>
+        <v>55</v>
       </c>
       <c r="F77" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G77" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H77">
-        <v>53</v>
+        <v>6</v>
       </c>
       <c r="I77">
-        <v>30</v>
+        <v>59.9</v>
       </c>
       <c r="K77" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>125</v>
+        <v>226</v>
       </c>
       <c r="B78" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D78" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="E78">
         <v>2</v>
       </c>
       <c r="F78" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G78" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H78">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="I78">
-        <v>98.3</v>
+        <v>83.8</v>
       </c>
       <c r="K78" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>230</v>
+        <v>45</v>
       </c>
       <c r="B79" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C79" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D79" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E79">
         <v>2</v>
       </c>
       <c r="F79" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G79" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H79">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I79">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K79" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="B80" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G80" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H80">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I80">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="K80" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="B81" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D81" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G81" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H81">
-        <v>72</v>
+        <v>7</v>
       </c>
       <c r="I81">
-        <v>0</v>
+        <v>46.3</v>
       </c>
       <c r="K81" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>239</v>
+        <v>114</v>
       </c>
       <c r="B82" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C82" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D82" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="E82">
         <v>2</v>
       </c>
       <c r="F82" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G82" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H82">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="I82">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="K82" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>76</v>
+        <v>239</v>
       </c>
       <c r="B83" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="D83" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H83">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="I83">
-        <v>86.5</v>
+        <v>45</v>
       </c>
       <c r="K83" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>113</v>
+        <v>242</v>
       </c>
       <c r="B84" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>244</v>
+        <v>63</v>
       </c>
       <c r="D84" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E84">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F84" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G84" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H84">
         <v>6</v>
       </c>
       <c r="I84">
-        <v>54.2</v>
+        <v>57.5</v>
       </c>
       <c r="K84" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="B85" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="D85" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="E85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F85" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G85" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H85">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="I85">
-        <v>20</v>
+        <v>7.1</v>
       </c>
       <c r="K85" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
+        <v>247</v>
+      </c>
+      <c r="B86" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" t="s">
+        <v>63</v>
+      </c>
+      <c r="D86" t="s">
+        <v>248</v>
+      </c>
+      <c r="E86">
+        <v>2</v>
+      </c>
+      <c r="F86" t="s">
+        <v>16</v>
+      </c>
+      <c r="G86" t="s">
+        <v>22</v>
+      </c>
+      <c r="H86">
+        <v>7</v>
+      </c>
+      <c r="I86">
+        <v>45</v>
+      </c>
+      <c r="K86" t="s">
         <v>249</v>
-      </c>
-[...25 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>219</v>
+        <v>119</v>
       </c>
       <c r="B87" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="D87" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="E87">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F87" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G87" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H87">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I87">
-        <v>59.9</v>
+        <v>23.2</v>
       </c>
       <c r="K87" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B88" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C88" t="s">
-        <v>136</v>
+        <v>63</v>
       </c>
       <c r="D88" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E88">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F88" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G88" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H88">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I88">
-        <v>72.2</v>
+        <v>25.5</v>
       </c>
       <c r="K88" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>219</v>
+        <v>124</v>
       </c>
       <c r="B89" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>256</v>
+        <v>63</v>
       </c>
       <c r="D89" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="E89">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="F89" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G89" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H89">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I89">
-        <v>59.9</v>
+        <v>40</v>
       </c>
       <c r="K89" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>259</v>
+        <v>127</v>
       </c>
       <c r="B90" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H90">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I90">
-        <v>83.8</v>
+        <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>79</v>
+        <v>258</v>
       </c>
       <c r="B91" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D91" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="E91">
         <v>2</v>
       </c>
       <c r="F91" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G91" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H91">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I91">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="B92" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D92" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="E92">
         <v>2</v>
       </c>
       <c r="F92" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G92" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H92">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I92">
-        <v>40</v>
+        <v>67.5</v>
       </c>
       <c r="K92" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="B93" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D93" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="E93">
         <v>2</v>
       </c>
       <c r="F93" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G93" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H93">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I93">
-        <v>46.3</v>
+        <v>73.9</v>
       </c>
       <c r="K93" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>147</v>
+        <v>267</v>
       </c>
       <c r="B94" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D94" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="E94">
         <v>2</v>
       </c>
       <c r="F94" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G94" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H94">
         <v>8</v>
       </c>
       <c r="I94">
-        <v>40</v>
+        <v>45.1</v>
       </c>
       <c r="K94" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B95" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C95" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D95" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="E95">
         <v>2</v>
       </c>
       <c r="F95" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G95" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H95">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I95">
-        <v>45</v>
+        <v>97.4</v>
       </c>
       <c r="K95" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="B96" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="D96" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E96">
         <v>2</v>
       </c>
       <c r="F96" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G96" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H96">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I96">
-        <v>57.5</v>
+        <v>94.2</v>
       </c>
       <c r="K96" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>83</v>
+        <v>276</v>
       </c>
       <c r="B97" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>97</v>
+        <v>277</v>
       </c>
       <c r="D97" t="s">
         <v>278</v>
       </c>
       <c r="E97">
         <v>2</v>
       </c>
       <c r="F97" t="s">
-        <v>29</v>
+        <v>279</v>
       </c>
       <c r="G97" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>7.1</v>
+        <v>22</v>
       </c>
       <c r="K97" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>280</v>
+        <v>144</v>
       </c>
       <c r="B98" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D98" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E98">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F98" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G98" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H98">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="I98">
-        <v>45</v>
+        <v>2.5</v>
       </c>
       <c r="K98" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B99" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D99" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E99">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F99" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G99" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H99">
-        <v>8</v>
+        <v>36</v>
       </c>
       <c r="I99">
-        <v>23.2</v>
+        <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>86</v>
+        <v>150</v>
       </c>
       <c r="B100" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D100" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E100">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F100" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G100" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H100">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I100">
-        <v>25.5</v>
+        <v>0</v>
       </c>
       <c r="K100" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="B101" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D101" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E101">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F101" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G101" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H101">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I101">
-        <v>40</v>
+        <v>10</v>
       </c>
       <c r="K101" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B102" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D102" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E102">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F102" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G102" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H102">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I102">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="K102" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>291</v>
+        <v>169</v>
       </c>
       <c r="B103" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D103" t="s">
         <v>292</v>
       </c>
       <c r="E103">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F103" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G103" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H103">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="I103">
-        <v>0</v>
+        <v>7.5</v>
       </c>
       <c r="K103" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
+        <v>172</v>
+      </c>
+      <c r="B104" t="s">
+        <v>13</v>
+      </c>
+      <c r="C104" t="s">
+        <v>281</v>
+      </c>
+      <c r="D104" t="s">
         <v>294</v>
       </c>
-      <c r="B104" t="s">
-[...5 lines deleted...]
-      <c r="D104" t="s">
+      <c r="E104">
+        <v>3</v>
+      </c>
+      <c r="F104" t="s">
+        <v>16</v>
+      </c>
+      <c r="G104" t="s">
+        <v>22</v>
+      </c>
+      <c r="H104">
+        <v>8</v>
+      </c>
+      <c r="I104">
+        <v>35</v>
+      </c>
+      <c r="K104" t="s">
         <v>295</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
+        <v>183</v>
+      </c>
+      <c r="B105" t="s">
+        <v>13</v>
+      </c>
+      <c r="C105" t="s">
+        <v>281</v>
+      </c>
+      <c r="D105" t="s">
+        <v>296</v>
+      </c>
+      <c r="E105">
+        <v>3</v>
+      </c>
+      <c r="F105" t="s">
+        <v>16</v>
+      </c>
+      <c r="G105" t="s">
+        <v>22</v>
+      </c>
+      <c r="H105">
+        <v>18</v>
+      </c>
+      <c r="I105">
+        <v>5</v>
+      </c>
+      <c r="K105" t="s">
         <v>297</v>
-      </c>
-[...25 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>300</v>
+        <v>197</v>
       </c>
       <c r="B106" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D106" t="s">
-        <v>301</v>
+        <v>298</v>
       </c>
       <c r="E106">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F106" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G106" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H106">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I106">
-        <v>45.1</v>
+        <v>0</v>
       </c>
       <c r="K106" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>303</v>
+        <v>200</v>
       </c>
       <c r="B107" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D107" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="E107">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F107" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G107" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H107">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I107">
-        <v>97.4</v>
+        <v>55</v>
       </c>
       <c r="K107" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>306</v>
+        <v>203</v>
       </c>
       <c r="B108" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>97</v>
+        <v>281</v>
       </c>
       <c r="D108" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="E108">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F108" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H108">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="I108">
-        <v>94.2</v>
+        <v>0</v>
       </c>
       <c r="K108" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>309</v>
+        <v>206</v>
       </c>
       <c r="B109" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>310</v>
+        <v>281</v>
       </c>
       <c r="D109" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="E109">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F109" t="s">
-        <v>312</v>
+        <v>16</v>
       </c>
       <c r="G109" t="s">
-        <v>17</v>
+        <v>22</v>
+      </c>
+      <c r="H109">
+        <v>54</v>
+      </c>
+      <c r="I109">
+        <v>25</v>
       </c>
       <c r="K109" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
-        <v>177</v>
+        <v>306</v>
       </c>
       <c r="B110" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C110" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="D110" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="E110">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F110" t="s">
-        <v>29</v>
+        <v>279</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
-      <c r="H110">
-[...4 lines deleted...]
-      </c>
       <c r="K110" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>180</v>
+        <v>310</v>
       </c>
       <c r="B111" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C111" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="D111" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="E111">
-        <v>3</v>
+        <v>93</v>
       </c>
       <c r="F111" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H111">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="I111">
-        <v>0</v>
+        <v>95.8</v>
       </c>
       <c r="K111" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>183</v>
+        <v>69</v>
       </c>
       <c r="B112" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C112" t="s">
         <v>314</v>
       </c>
       <c r="D112" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E112">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="F112" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G112" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H112">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="I112">
-        <v>0</v>
+        <v>61.9</v>
       </c>
       <c r="K112" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>186</v>
+        <v>317</v>
       </c>
       <c r="B113" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="C113" t="s">
-        <v>314</v>
+        <v>136</v>
       </c>
       <c r="D113" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="E113">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F113" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G113" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H113">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="I113">
-        <v>10</v>
+        <v>61.2</v>
       </c>
       <c r="K113" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>191</v>
+        <v>19</v>
       </c>
       <c r="B114" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="C114" t="s">
-        <v>314</v>
+        <v>321</v>
       </c>
       <c r="D114" t="s">
+        <v>322</v>
+      </c>
+      <c r="E114">
+        <v>0</v>
+      </c>
+      <c r="F114" t="s">
         <v>323</v>
       </c>
-      <c r="E114">
-[...4 lines deleted...]
-      </c>
       <c r="G114" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H114">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I114">
-        <v>30</v>
+        <v>81.1</v>
       </c>
       <c r="K114" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>202</v>
+        <v>19</v>
       </c>
       <c r="B115" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="C115" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="D115" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E115">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F115" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="G115" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H115">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="I115">
-        <v>7.5</v>
+        <v>81.1</v>
       </c>
       <c r="K115" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
-        <v>205</v>
+        <v>19</v>
       </c>
       <c r="B116" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="C116" t="s">
-        <v>314</v>
+        <v>328</v>
       </c>
       <c r="D116" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E116">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F116" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="G116" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H116">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="I116">
-        <v>35</v>
+        <v>81.1</v>
       </c>
       <c r="K116" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>216</v>
+        <v>19</v>
       </c>
       <c r="B117" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="C117" t="s">
-        <v>314</v>
+        <v>331</v>
       </c>
       <c r="D117" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="E117">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F117" t="s">
-        <v>29</v>
+        <v>323</v>
       </c>
       <c r="G117" t="s">
         <v>17</v>
       </c>
       <c r="H117">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="I117">
-        <v>5</v>
+        <v>81.1</v>
       </c>
       <c r="K117" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>230</v>
+        <v>19</v>
       </c>
       <c r="B118" t="s">
-        <v>26</v>
+        <v>320</v>
       </c>
       <c r="C118" t="s">
-        <v>314</v>
+        <v>334</v>
       </c>
       <c r="D118" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="E118">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F118" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="G118" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="H118">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="I118">
-        <v>0</v>
+        <v>81.1</v>
       </c>
       <c r="K118" t="s">
-        <v>332</v>
-[...62 lines deleted...]
-      <c r="K120" t="s">
         <v>336</v>
-      </c>
-[...312 lines deleted...]
-        <v>369</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">