--- v1 (2025-11-09)
+++ v2 (2025-12-08)
@@ -12,1646 +12,1677 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/</t>
+  </si>
+  <si>
+    <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (2 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/ 
+https://ostrovok.ru/ 
+https://ostrovok.ru/hotel/russia/moscow_moscow_multistation/centr_goroda/ 
+И запросы:
+забронировать отель  
+найти гостиницу в москве </t>
+  </si>
+  <si>
+    <t>06.12.2025</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445200</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/gelendzhik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять виллу в геленджике  
+отели геленджик </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445217</t>
+  </si>
+  <si>
     <t>https://ostrovok.ru/hotel/russia/kislovodsk/</t>
   </si>
   <si>
-    <t>Внутренняя оптимизация</t>
-[...1 lines deleted...]
-  <si>
     <t>Оптимизация Title (6 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-кисловодск (встречается в 6 запросах, значимость 1468) 
-[...11 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098815</t>
+кисловодск (встречается в 6 запросах, значимость 781) 
+отель (встречается в 5 запросах, значимость 780) 
+забронировать (встречается в 3 запросах, значимость 35) 
+предоплата (встречается в 1 запросе, значимость 9) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445406</t>
   </si>
   <si>
     <t>https://ostrovok.ru/</t>
   </si>
   <si>
     <t>Оптимизация Title (53 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-отель (встречается в 32 запросах, значимость 2469) 
-[...24 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098670</t>
+отель (встречается в 32 запросах, значимость 1141) 
+снимать (встречается в 13 запросах, значимость 302) 
+вилла (встречается в 12 запросах, значимость 301) 
+гостиница (встречается в 9 запросах, значимость 122) 
+бронирование (встречается в 9 запросах, значимость 121) 
+тайланд (встречается в 3 запросах, значимость 118) 
+броневик (встречается в 2 запросах, значимость 107) 
+бронь (встречается в 2 запросах, значимость 20) 
+букенком (встречается в 1 запросе, значимость 13) 
+море (встречается в 4 запросах, значимость 11) 
+турция (встречается в 3 запросах, значимость 11) 
+подбирать (встречается в 3 запросах, значимость 10) 
+берег (встречается в 3 запросах, значимость 10) 
+сравнение (встречается в 3 запросах, значимость 7) 
+виза (встречается в 1 запросе, значимость 7) 
+крым (встречается в 3 запросах, значимость 5) 
+официальный (встречается в 1 запросе, значимость 3) 
+бассейн (встречается в 1 запросе, значимость 2) 
+кипр (встречается в 1 запросе, значимость 2) 
+черный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445260</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/apartamenty/</t>
   </si>
   <si>
     <t>Оптимизация Title (9 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-москва (встречается в 9 запросах, значимость 695) 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098712</t>
+москва (встречается в 9 запросах, значимость 662) 
+снимать (встречается в 7 запросах, значимость 656) 
+апарт (встречается в 2 запросах, значимость 14) 
+отель (встречается в 2 запросах, значимость 14) 
+длительный (встречается в 1 запросе, значимость 12) 
+срок (встречается в 1 запросе, значимость 12) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445297</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/indonesia/indonesia_bali_province/apartamenty/</t>
   </si>
   <si>
     <t>Оптимизация Title (4 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 4 запросах, значимость 155) 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098777</t>
+снимать (встречается в 4 запросах, значимость 134) 
+вилла (встречается в 4 запросах, значимость 134) 
+бали (встречается в 4 запросах, значимость 134) 
+длительный (встречается в 1 запросе, значимость 10) 
+срок (встречается в 1 запросе, значимость 10) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445374</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/cheboksary/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+чебоксары (встречается в 2 запросах, значимость 74) 
+отель (встречается в 2 запросах, значимость 74) 
+снимать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445424</t>
   </si>
   <si>
     <t>Перегруппировка запросов (4 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять виллу на бали  
 снять виллу на бали на длительный срок  
 снять виллу на бали на месяц  
 снять виллу на бали цены </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098603</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445241</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/hostel/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+жилье  — не менее 3 раз 
+москва  — не менее 3 раз 
+снимать  — не менее 3 раз 
+недорого  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+двухместный  — не менее 3 раз 
+номер  — не менее 3 раз 
+хостел  — не менее 3 раз 
+длительный  — не менее 3 раз 
+срок  — не менее 3 раз 
+месяц  — не менее 3 раз 
+находить  — не менее 3 раз 
+близкий  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в москве на длительный срок  
+снять хостел в москве на месяц  
+найти ближайший хостел  
+снять номер в хостеле в москве недорого  
+жилье в москве снять недорого хостел  
+снять двухместный хостел в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445549</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/abkhazia/</t>
   </si>
   <si>
     <t>Оптимизация текста (3 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 вилла  — не менее 3 раз 
 абхазия  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять виллу в абхазии  
 снять виллу в абхазии на берегу моря  
 снять виллу с бассейном в абхазии </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098879</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/turkey/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445560</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (21 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-включать (встречается в 1 запросе, значимость 1) 
-[...6 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/yalta/</t>
+москва (встречается в 20 запросах, значимость 582) 
+хостеть (встречается в 17 запросах, значимость 564) 
+снимать (встречается в 14 запросах, значимость 551) 
+недорого (встречается в 9 запросах, значимость 239) 
+хостел (встречается в 4 запросах, значимость 24) 
+находить (встречается в 3 запросах, значимость 23) 
+длительный (встречается в 1 запросе, значимость 19) 
+срок (встречается в 1 запросе, значимость 19) 
+месяц (встречается в 1 запросе, значимость 18) 
+близкий (встречается в 1 запросе, значимость 6) 
+жилье (встречается в 2 запросах, значимость 4) 
+номер (встречается в 2 запросах, значимость 3) 
+двухместный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445286</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/maldives/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-ялта (встречается в 4 запросах, значимость 37) 
-[...7 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/khabarovsk/hostel/</t>
+мальдивы (встречается в 2 запросах, значимость 45) 
+снимать (встречается в 1 запросе, значимость 7) 
+вилла (встречается в 1 запросе, значимость 7) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445377</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/odintsovo/hostel/</t>
   </si>
   <si>
     <t>Оптимизация текста (2 фразы).</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/odintsovo/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 одинцово  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в одинцово  
 снять хостел в одинцово посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098914</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445605</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/belgorod/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+белгород  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в белгороде  
+хостел белгород недорого снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445589</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+включать  — не менее 3 раз 
+сравнение  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в турции все включено  
+сравнение отелей турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445546</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/yekaterinburg/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+екатеринбург (встречается в 4 запросах, значимость 5) 
+хостеть (встречается в 4 запросах, значимость 5) 
+снимать (встречается в 3 запросах, значимость 4) 
+недорого (встречается в 2 запросах, значимость 3) 
+посуточно (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445448</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/beach/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+сочи (встречается в 4 запросах, значимость 13) 
+море (встречается в 4 запросах, значимость 13) 
+недорого (встречается в 2 запросах, значимость 10) 
+гостиница (встречается в 1 запросе, значимость 9) 
+находить (встречается в 1 запросе, значимость 9) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445414</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/anapa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+анапа (встречается в 6 запросах, значимость 16) 
+отель (встречается в 6 запросах, значимость 16) 
+забронировать (встречается в 2 запросах, значимость 11) 
+включать (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445403</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 3 запросах, значимость 5) 
+хостеть (встречается в 3 запросах, значимость 5) 
+белгород (встречается в 3 запросах, значимость 5) 
+недорого (встречается в 2 запросах, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445435</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+включать (встречается в 1 запросе, значимость 2) 
+сравнение (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445278</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+абхазия (встречается в 8 запросах, значимость 11) 
+снимать (встречается в 5 запросах, значимость 5) 
+вилла (встречается в 3 запросах, значимость 3) 
+море (встречается в 3 запросах, значимость 3) 
+берег (встречается в 1 запросе, значимость 1) 
+бассейн (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445334</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/khabarovsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+хабаровск (встречается в 2 запросах, значимость 2) 
+недорого (встречается в 1 запросе, значимость 1) 
+посуточно (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445523</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 5) 
+хостеть (встречается в 2 запросах, значимость 5) 
+одинцово (встречается в 2 запросах, значимость 5) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445506</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/novosibirsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+новосибирск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445493</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+нижний (встречается в 2 запросах, значимость 2) 
+новгород (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445481</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/krasnoyarsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+красноярск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445469</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/irkutsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+иркутск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445458</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+адлер (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445434</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/united_arab_emirates/dubai/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+дубай (встречается в 2 запросах, значимость 10) 
+снимать (встречается в 1 запросе, значимость 8) 
+вилла (встречается в 1 запросе, значимость 8) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445372</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/mid10479044/hotel_sochi_park_hotel_2/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сочи парк отель забронировать  
+сочи парк отель бронь </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445242</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/polygon/moscow_izmaylovo_neighborhood/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+гостиница измайлово забронировать  
+гостиница измайлово забронировать номер </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445209</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/low/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 9 запросах, значимость 209) 
+отель (встречается в 9 запросах, значимость 107) 
+месяц (встречается в 1 запросе, значимость 8) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445393</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в екатеринбурге  
+снять хостел в екатеринбурге недорого  
+снять хостел в екатеринбурге посуточно недорого  
+забронировать хостел в екатеринбурге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445219</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять апартаменты в абхазии  
+снять виллу в абхазии на берегу моря  
+снять виллу с бассейном в абхазии  
+забронировать отель в абхазии у моря </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445195</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (5 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+поиск гостиниц в адлере  
+снять виллу в адлере  
+снять отель в адлере  
+выбрать отель в адлере  
+найти отель в адлере </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445202</t>
+  </si>
+  <si>
+    <t>https://blog.ostrovok.ru/8-otelej-moskvy-gde-mozhno-vstretit-novyj-god/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель на новый год </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445622</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/mid7861161/ozdorovitelnyi_kompleks_sputnik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+сочи  — не менее 3 раз 
+включать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в сочи все включено </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445619</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/chelyabinsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+челябинск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в челябинске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445616</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+хабаровск  — не менее 3 раз 
+недорого  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в хабаровске недорого посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445614</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/ulyanovsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+ульяновск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в ульяновске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445612</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/taganrog/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+таганрог  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в таганроге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445610</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/simferopol/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+симферополь  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в симферополе </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445607</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+новосибирск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в новосибирске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445602</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в нижнем новгороде посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445600</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 красноярск  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в красноярске  
 снять хостел в красноярске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098910</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/beach/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445597</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+иркутск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в иркутске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445595</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+екатеринбург  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в екатеринбурге посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445593</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/domodedovo/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+домодедово  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в домодедово </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445591</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+адлер  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в адлере посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445587</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 отель  — не менее 3 раз 
-крым  — не менее 3 раз 
-берег  — не менее 3 раз 
+чебоксары  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять отель в чебоксарах </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445585</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гостиница  — не менее 3 раз 
+сочи  — не менее 3 раз 
+недорого  — не менее 3 раз 
 море  — не менее 3 раз 
 находить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять отель в крыму на берегу моря  
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098897</t>
+гостиница сочи недорого у моря найти </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445583</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+кисловодск  — не менее 3 раз 
+предоплата  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в кисловодске без предоплаты </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445581</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+анапа  — не менее 3 раз 
+включать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в анапе все включено </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445579</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/mid9291605/kapsulnyij_hotel_caps_hotel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+капсульный  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять капсульный хостел в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445577</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+отель  — не менее 3 раз 
+месяц  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять отель на месяц </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445575</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+мальдивы  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу на мальдивах </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445572</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 вилла  — не менее 3 раз 
 бали  — не менее 3 раз 
 длительный  — не менее 3 раз 
 срок  — не менее 3 раз 
-месяц  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять виллу на бали на месяц  
 снять виллу на бали на длительный срок </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098888</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445570</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-забронировать  — не менее 3 раз 
-[...1 lines deleted...]
-сравнение  — не менее 3 раз 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+дубай  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-сравнение отелей турции  
-[...38 lines deleted...]
-    <t>Оптимизация текста (9 фраз).</t>
+снять виллу в дубае </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445568</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/krasnodar_krai_black_sea_coast_multi/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-жилье  — не менее 3 раз 
-москва  — не менее 3 раз 
 снимать  — не менее 3 раз 
-недорого  — не менее 3 раз 
-[...11 lines deleted...]
-близкий  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+черный  — не менее 3 раз 
+море  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в москве на длительный срок  
-[...14 lines deleted...]
-    <t>Оптимизация текста (1 фраза).</t>
+снять апартаменты на черном море </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445565</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/alanya/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять апартаменты в турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445563</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/kitchen/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+адлер  — не менее 3 раз 
+кухня  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять апартаменты в адлере с кухней </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445562</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/pool/?page=3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вилла  — не менее 3 раз 
+бассейн  — не менее 3 раз 
+крым  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+вилла с бассейном в крыму снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445558</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/kemer/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+море  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+апартаменты в турции у моря снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445555</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/bulgaria/sunny_beach/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+апартамент  — не менее 3 раз 
+болгария  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+апартаменты в болгарии снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445553</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 апарт  — не менее 3 раз 
 отель  — не менее 3 раз 
 москва  — не менее 3 раз 
 снимать  — не менее 3 раз 
 длительный  — не менее 3 раз 
 срок  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 апарт отель москва снять на длительный срок </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098874</t>
-[...91 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098762</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445551</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/antalya/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+поиск  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поиск апартаментов в турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445544</t>
   </si>
   <si>
     <t>Оптимизация текста (13 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 броневик  — не менее 3 раз 
 бронирование  — не менее 3 раз 
 отель  — не менее 3 раз 
 официальный  — не менее 3 раз 
 вилла  — не менее 3 раз 
 италия  — не менее 3 раз 
 снимать  — не менее 3 раз 
 крым  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
 тайланд  — не менее 3 раз 
 турция  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 кипр  — не менее 3 раз 
 кемпинг  — не менее 3 раз 
 подбирать  — не менее 3 раз 
 собака  — не менее 3 раз 
 черный  — не менее 3 раз 
 бронь  — не менее 3 раз 
 виза  — не менее 3 раз 
 букенком  — не менее 3 раз 
 гостиница  — не менее 3 раз 
 сравнение  — не менее 3 раз 
-цена  — не менее 3 раз 
-система  — не менее 3 раз 
 частный  — не менее 3 раз 
 сетевой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+броневик бронирование отелей  
 снять виллу в тайланде  
-броневик бронирование отелей  
+букенком бронь гостиниц  
+бронь отеля для визы  
+снять виллу в турции на берегу моря  
+снять виллу в тайланде на берегу моря  
 снять виллу в турции  
-снять виллу в турции на берегу моря  
-[...3 lines deleted...]
-снять виллу на кипре  
 броневик бронирование отелей официальный  
+снять виллу в крыму  
 снять виллу в турции с бассейном </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098867</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445542</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/kazan/hostel/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (6 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-снять виллу в адлере  
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098738</t>
+снять хостел в казани  
+снять хостел в казани посуточно недорого  
+хостел в казани снять посуточно  
+забронировать хостел в казани  
+хостелы казань центр забронировать без оплаты  
+бронь хостел казань </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445204</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/apartamenty/</t>
   </si>
   <si>
-    <t>Перегруппировка запросов (5 фраз)</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+    <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 апарт отель санкт петербург снять  
 апарт отель спб снять  
 снять апартаменты в питере в центре  
 снять апартаменты в санкт петербурге в центре  
-снять апартаменты в центре спб </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098537</t>
+снять апартаменты в центре спб  
+забронировать апартаменты в санкт петербурге посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445197</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (3 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в белгороде  
+хостел белгород недорого снять  
+хостел белгород недорого снять на ночь </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445225</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/kaliningrad/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в калининграде  
+снять хостел в калининграде недорого  
+забронировать хостел в калининграде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445221</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (8 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/low/ 
+https://ostrovok.ru/hotel/russia/moscow/price/1500/ 
+https://ostrovok.ru/hotel/russia/moscow/price/4000/ 
+https://ostrovok.ru/hotel/russia/moscow/ 
+И запросы:
+снять гостиницу на сутки в москве недорого  
+снять отель в москве недорого  
+снять отель в москве посуточно недорого  
+снять отель на месяц  
+снять отель на ночь в москве недорого  
+снять отель на сутки в москве недорого  
+забронировать гостиницу в москве недорого без предоплаты  
+бронь гостиницы в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445203</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 8 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/ 
+https://ostrovok.ru/ 
+И запросы:
+бронирование отелей и апартаментов в россии  
+поиск отелей в россии  
+сайт для поиска отелей в россии  
+сервис по поиску отелей в россии  
+сервис поиска гостиниц в россии  
+забронировать гостиницу в россии  
+сайты по подбору отелей в россии  
+сервис по подбору отелей в россии </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445198</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355 
+https://ostrovok.ru/ 
+https://b2b.ostrovok.ru/blog/gde-proverit-status-bronirovaniya/ 
+И запросы:
+забронировать отель без предоплаты  
+проверить бронь отеля по номеру брони </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445243</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в хабаровске  
+снять хостел в хабаровске недорого посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445240</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/tula/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в туле  
+хостел в туле недорого снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445239</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в сочи  
+снять хостел в сочи недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445238</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/samara/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в самаре  
+хостел в самаре недорого посуточно снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445237</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/rostov-on-don/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в ростове  
+снять хостел в ростове на дону </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445236</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/perm/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в перми  
+хостел в перми недорого снять на сутки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445235</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в одинцово  
+снять хостел в одинцово посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445234</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в новосибирске  
+снять хостел в новосибирске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445233</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в нижнем новгороде  
+снять хостел в нижнем новгороде посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в красноярске  
+снять хостел в красноярске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445231</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/krasnodar/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в краснодаре  
+снять хостел в краснодаре посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445230</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в иркутске  
+снять хостел в иркутске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445228</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/izhevsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в ижевске  
+хостел в ижевске на сутки недорого снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445226</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в адлере  
+снять хостел в адлере посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445223</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/low/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять отель в санкт петербурге посуточно недорого  
+снять отель в спб на сутки </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445216</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять отель в питере в центре недорого  
+забронировать отель в питере недорого в центре </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445214</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+нижний новгород апартаменты снять  
+забронировать апартаменты в нижнем новгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445212</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/zelenogradsk/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+зеленоградск апартаменты снять  
+снять апартаменты в зеленоградске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445211</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+апарт отель в москве снять посуточно  
+апарт отель москва снять на длительный срок </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445196</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (1 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 3) 
-[...9 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/samara/hostel/</t>
+забронировать (встречается в 1 запросе, значимость 10) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445539</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-хостеть (встречается в 2 запросах, значимость 9) 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098851</t>
+забронировать (встречается в 1 запросе, значимость 3) 
+отель (встречается в 1 запросе, значимость 3) 
+сочи (встречается в 1 запросе, значимость 3) 
+включать (встречается в 1 запросе, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445535</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 7) 
-[...1 lines deleted...]
-одинцово (встречается в 2 запросах, значимость 7) 
+снимать (встречается в 1 запросе, значимость 1) 
+хостеть (встречается в 1 запросе, значимость 1) 
+челябинск (встречается в 1 запросе, значимость 1) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098844</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/hostel/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445525</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 17) 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098841</t>
+снимать (встречается в 1 запросе, значимость 1) 
+хостеть (встречается в 1 запросе, значимость 1) 
+ульяновск (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445522</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 5) 
-[...9 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/krasnodar/hostel/</t>
+снимать (встречается в 1 запросе, значимость 1) 
+хостеть (встречается в 1 запросе, значимость 1) 
+таганрог (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445521</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 4) 
-[...9 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/irkutsk/hostel/</t>
+снимать (встречается в 1 запросе, значимость 1) 
+хостеть (встречается в 1 запросе, значимость 1) 
+симферополь (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445517</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 2) 
-[...9 lines deleted...]
-    <t>https://ostrovok.ru/hotel/sri_lanka/</t>
+снимать (встречается в 1 запросе, значимость 7) 
+хостеть (встречается в 1 запросе, значимость 7) 
+домодедово (встречается в 1 запросе, значимость 7) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445442</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-шри (встречается в 2 запросах, значимость 18) 
-ланок (встречается в 2 запросах, значимость 18) 
+снимать (встречается в 1 запросе, значимость 7) 
+капсульный (встречается в 1 запросе, значимость 7) 
+хостеть (встречается в 1 запросе, значимость 7) 
+москва (встречается в 1 запросе, значимость 7) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445401</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 1 запросе, значимость 1) 
+апартамент (встречается в 1 запросе, значимость 1) 
+черный (встречается в 1 запросе, значимость 1) 
+море (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445360</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 16) 
-вилла (встречается в 1 запросе, значимость 16) </t>
-[...5 lines deleted...]
-    <t>https://ostrovok.ru/hotel/united_arab_emirates/dubai/apartamenty/</t>
+апартамент (встречается в 1 запросе, значимость 16) 
+турция (встречается в 1 запросе, значимость 16) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445350</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-дубай (встречается в 2 запросах, значимость 9) 
-[...10 lines deleted...]
-    <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы.
+снимать (встречается в 1 запросе, значимость 1) 
+апартамент (встречается в 1 запросе, значимость 1) 
+адлер (встречается в 1 запросе, значимость 1) 
+кухня (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445342</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+вилла (встречается в 1 запросе, значимость 1) 
+бассейн (встречается в 1 запросе, значимость 1) 
+крым (встречается в 1 запросе, значимость 1) 
+снимать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445321</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+апартамент (встречается в 1 запросе, значимость 9) 
+турция (встречается в 1 запросе, значимость 9) 
+море (встречается в 1 запросе, значимость 9) 
+снимать (встречается в 1 запросе, значимость 9) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445314</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+апартамент (встречается в 1 запросе, значимость 1) 
+болгария (встречается в 1 запросе, значимость 1) 
+снимать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445309</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+поиск (встречается в 1 запросе, значимость 1) 
+апартамент (встречается в 1 запросе, значимость 1) 
+турция (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445266</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/snyat-villu-v-taylande/</t>
+  </si>
+  <si>
+    <t>Создание новой страницы (1 фраза)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Создайте новую страницу на сайте, а если она уже создана, укажите продвигаемый URL. 
+Используйте следующие фразы:
+снять виллу в тайланде </t>
+  </si>
+  <si>
+    <t>01.05.2022</t>
+  </si>
+  <si>
+    <t>Выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/161070282</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (20 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 20 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://ostrovok.ru/ 
+https://ostrovok.ru/hotel/italy/villa/ 
 https://ostrovok.ru/hotel/russia/moscow/villas/ 
 https://ostrovok.ru/hotel/russia/eastern_crimea_province/villas/ 
-https://ostrovok.ru/hotel/thailand/phuket/villas/ 
+https://ostrovok.ru/hotel/thailand/south_thailand_phuket_vicinity/villas/ 
 https://ostrovok.ru/hotel/turkey/antalya/villas/ 
 https://ostrovok.ru/hotel/cyprus/cyprus_cyprus_province/villas/ 
 https://ostrovok.ru/hotel/russia/eastern_crimea_province/campings/ 
-https://blog.ostrovok.ru/pro-oplatu-kartami-visa-i-mastercard/ 
-[...1 lines deleted...]
-https://b2b.ostrovok.ru/blog/setevyye-oteli-rossii/ 
+https://ostrovok.ru/journey/sale/ 
+https://ostrovok.ru/hotel/china/beijing/ 
+https://blog.ostrovok.ru/vidy-otelej/ 
 https://ostrovok.ru/hotel/russia/volgograd/ 
 https://ostrovok.ru/hotel/russia/velikiy_novgorod/ 
 https://ostrovok.ru/hotel/russia/petrozavodsk/ 
 https://ostrovok.ru/hotel/russia/saratov/ 
 И запросы:
+вилла в италии снять  
 сколько стоит снять виллу  
 снять виллу в крыму  
 снять виллу в крыму на берегу моря  
 снять виллу в тайланде  
 снять виллу в тайланде на берегу моря  
 снять виллу в тайланде пхукет  
 снять виллу в турции  
 снять виллу в турции на берегу моря  
 снять виллу в турции с бассейном  
 снять виллу на кипре  
 снять виллу на пхукете  
 снять кемпинг в крыму  
-бронь отеля для визы  
+забронировать отель со скидкой  
 букенком бронь гостиниц  
 сравнение частных и сетевых отелей  
 отели волгоград  
 отели великий новгород  
 отели петрозаводск  
 отели саратов </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098531</t>
-[...847 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/161070282</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445193</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (39 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 39 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 бронирование отелей санкт петербург  
 бронирование гостиниц в санкт петербурге  
 поиск гостиниц в санкт петербурге  
 поиск отелей санкт петербург  
 поиск отелей спб  
 снять гостиницу в питере  
 снять гостиницу в санкт петербурге  
 снять гостиницу в спб  
 снять отель в питере  
 снять отель в санкт петербурге  
 снять отель в санкт петербурге посуточно  
 снять отель гостиницу в санкт петербурге  
 снять отель на ночь спб  
 снять отель спб  
 подобрать гостиницу в санкт петербурге  
@@ -1659,150 +1690,130 @@
 выбрать гостиницу в санкт петербурге  
 выбрать отель в питере  
 выбрать отель в санкт петербурге  
 забронировать гостиницу в питере  
 забронировать гостиницу в санкт петербурге  
 забронировать номер в гостинице санкт петербурга  
 забронировать отель в питере  
 забронировать отель в санкт петербурге  
 забронировать отель в спб без предоплаты  
 забронировать отель спб  
 найти гостиницу в питере  
 найти гостиницу в санкт петербурге  
 найти отель в питере  
 найти отель в санкт петербурге  
 подбор гостиницы в санкт петербурге  
 подбор отеля в санкт петербурге  
 бронь гостиницы в санкт петербурге  
 бронь отелей в питере  
 бронь отеля в санкт петербурге  
 питер бронь гостиницы  
 выбор гостиницы в санкт петербурге  
 выбор отеля в санкт петербурге  
 отели санкт петербурга сравнение цен </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098547</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445199</t>
   </si>
   <si>
     <t>Перегруппировка запросов (21 фраза)</t>
   </si>
   <si>
-    <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы. 
-Проверьте следующие запросы:  
+    <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/hostel/ 
+https://ostrovok.ru/hotel/russia/moscow/hostels/ 
+https://ostrovok.ru/hotel/russia/moscow/ 
+И запросы:
 поиск хостелов в москве  
 жилье в москве снять недорого хостел  
 снять двухместный хостел в москве недорого  
 снять жилье в москве недорого посуточно хостел  
 снять комнату в хостеле в москве  
 снять номер в хостеле в москве  
 снять номер в хостеле в москве недорого  
 снять хостел в москве  
 снять хостел в москве на длительный срок  
 снять хостел в москве на месяц  
 снять хостел в москве на сутки  
 снять хостел в москве недорого  
 снять хостел в москве посуточно  
 снять хостел в москве посуточно недорого  
 снять хостел москвы в центре  
 забронировать хостел в москве  
 забронировать хостел в москве недорого  
 забронировать хостел в москве недорого без предоплаты  
 найти ближайший хостел  
 найти хостел в москве  
 найти хостел в москве недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098554</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445201</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/hostel/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (19 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять жилье в питере недорого посуточно хостел  
 снять комнату в хостеле в санкт петербурге  
 снять хостел в питере  
 снять хостел в питере недорого  
 снять хостел в питере посуточно  
 снять хостел в питере посуточно недорого  
 снять хостел в санкт петербурге  
 снять хостел в санкт петербурге в центре  
 снять хостел в санкт петербурге посуточно  
 снять хостел в санкт петербурге посуточно недорого  
 снять хостел в спб недорого  
 снять хостел в спб посуточно недорого  
 снять хостел спб  
 забронировать хостел в питере  
 забронировать хостел в санкт петербурге  
 забронировать хостел в санкт петербурге недорого  
 забронировать хостел спб  
 найти хостел в санкт петербурге недорого  
 бронь хостела в санкт петербурге </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1362098566</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445208</t>
   </si>
   <si>
     <t>Общие задачи</t>
   </si>
   <si>
-    <t>Укажите в настройках доступ к Яндекс.Метрике проекта.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Сервис загрузит данные о посещаемости и достижении целей из Яндекс.Метрики. На основе этих данных будут собраны рекомендации по улучшению внутренних поведенческих факторов. Задачи по улучшению появятся в TO DO после настройки и подписки на сервис. </t>
+    <t>Добавьте продвигаемые запросы в проект.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>14.09.2023</t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/747216010</t>
   </si>
   <si>
     <t>Проверьте и скорректируйте распределение</t>
   </si>
   <si>
     <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1016249328</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2179,3702 +2190,3708 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>162</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
         <v>2</v>
       </c>
       <c r="I4">
-        <v>92.7</v>
+        <v>98.5</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>20</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>16</v>
+      </c>
+      <c r="G5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5">
+        <v>2</v>
+      </c>
+      <c r="I5">
+        <v>100</v>
+      </c>
+      <c r="K5" t="s">
         <v>21</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" t="s">
         <v>24</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="E6">
+        <v>91</v>
+      </c>
+      <c r="F6" t="s">
+        <v>16</v>
+      </c>
+      <c r="G6" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6">
+        <v>2</v>
+      </c>
+      <c r="I6">
+        <v>92.2</v>
+      </c>
+      <c r="K6" t="s">
         <v>25</v>
-      </c>
-[...19 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C7" t="s">
+        <v>27</v>
+      </c>
+      <c r="D7" t="s">
         <v>28</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="E7">
+        <v>288</v>
+      </c>
+      <c r="F7" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7">
+        <v>2</v>
+      </c>
+      <c r="I7">
+        <v>78.8</v>
+      </c>
+      <c r="K7" t="s">
         <v>29</v>
-      </c>
-[...19 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
         <v>32</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8">
+        <v>95</v>
+      </c>
+      <c r="F8" t="s">
+        <v>16</v>
+      </c>
+      <c r="G8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8">
+        <v>4</v>
+      </c>
+      <c r="I8">
+        <v>73.7</v>
+      </c>
+      <c r="K8" t="s">
         <v>33</v>
-      </c>
-[...16 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" t="s">
         <v>35</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>36</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9">
+        <v>22</v>
+      </c>
+      <c r="F9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9">
+        <v>3</v>
+      </c>
+      <c r="I9">
+        <v>80.5</v>
+      </c>
+      <c r="K9" t="s">
         <v>37</v>
-      </c>
-[...16 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
-        <v>45</v>
+        <v>11</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H10">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I10">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H11">
         <v>3</v>
       </c>
       <c r="I11">
-        <v>86.5</v>
+        <v>80.5</v>
       </c>
       <c r="K11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
         <v>46</v>
       </c>
       <c r="D12" t="s">
         <v>47</v>
       </c>
       <c r="E12">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F12" t="s">
         <v>16</v>
       </c>
       <c r="G12" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H12">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I12">
-        <v>35</v>
+        <v>47.5</v>
       </c>
       <c r="K12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F13" t="s">
         <v>16</v>
       </c>
       <c r="G13" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H13">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I13">
-        <v>7.1</v>
+        <v>80.8</v>
       </c>
       <c r="K13" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E14">
-        <v>4</v>
+        <v>111</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H14">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I14">
-        <v>25.5</v>
+        <v>47.5</v>
       </c>
       <c r="K14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E15">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H15">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="I15">
-        <v>51.3</v>
+        <v>85.2</v>
       </c>
       <c r="K15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D16" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H16">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="I16">
-        <v>82.9</v>
+        <v>12.5</v>
       </c>
       <c r="K16" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="D17" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H17">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="I17">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D18" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H18">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="I18">
-        <v>60.8</v>
+        <v>88.8</v>
       </c>
       <c r="K18" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D19" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="E19">
         <v>12</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I19">
-        <v>64.6</v>
+        <v>30</v>
       </c>
       <c r="K19" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="D20" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E20">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I20">
-        <v>61.9</v>
+        <v>39.1</v>
       </c>
       <c r="K20" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="E21">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I21">
-        <v>72.2</v>
+        <v>68.1</v>
       </c>
       <c r="K21" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E22">
-        <v>89</v>
+        <v>9</v>
       </c>
       <c r="F22" t="s">
         <v>16</v>
       </c>
       <c r="G22" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H22">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I22">
-        <v>61.9</v>
+        <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>66</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E23">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H23">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I23">
-        <v>54.2</v>
+        <v>88.8</v>
       </c>
       <c r="K23" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>14</v>
+        <v>83</v>
       </c>
       <c r="D24" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E24">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H24">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I24">
-        <v>100</v>
+        <v>80.8</v>
       </c>
       <c r="K24" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
         <v>87</v>
       </c>
       <c r="E25">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H25">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I25">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="K25" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="D26" t="s">
         <v>89</v>
       </c>
       <c r="E26">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H26">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="I26">
-        <v>51.3</v>
+        <v>12.5</v>
       </c>
       <c r="K26" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
         <v>91</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>86</v>
+        <v>39</v>
       </c>
       <c r="D27" t="s">
         <v>92</v>
       </c>
       <c r="E27">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H27">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I27">
-        <v>98.3</v>
+        <v>45</v>
       </c>
       <c r="K27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>94</v>
+        <v>39</v>
       </c>
       <c r="D28" t="s">
         <v>95</v>
       </c>
       <c r="E28">
-        <v>41</v>
+        <v>6</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H28">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I28">
-        <v>81.1</v>
+        <v>30</v>
       </c>
       <c r="K28" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
         <v>97</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" t="s">
         <v>98</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29">
+        <v>6</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29">
+        <v>7</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
+        <v>100</v>
+      </c>
+      <c r="B30" t="s">
+        <v>13</v>
+      </c>
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30" t="s">
         <v>101</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="E30">
+        <v>6</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
+        <v>5</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="K30" t="s">
         <v>102</v>
-      </c>
-[...19 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>105</v>
+        <v>39</v>
       </c>
       <c r="D31" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="E31">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H31">
         <v>6</v>
       </c>
       <c r="I31">
-        <v>71.8</v>
+        <v>0</v>
       </c>
       <c r="K31" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>109</v>
+        <v>39</v>
       </c>
       <c r="D32" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H32">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="I32">
-        <v>71.8</v>
+        <v>22.5</v>
       </c>
       <c r="K32" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
-        <v>45</v>
+        <v>109</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>98</v>
+        <v>14</v>
       </c>
       <c r="D33" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H33">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I33">
-        <v>35</v>
+        <v>62.2</v>
       </c>
       <c r="K33" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
+        <v>112</v>
+      </c>
+      <c r="B34" t="s">
+        <v>13</v>
+      </c>
+      <c r="C34" t="s">
+        <v>14</v>
+      </c>
+      <c r="D34" t="s">
+        <v>113</v>
+      </c>
+      <c r="E34">
+        <v>3</v>
+      </c>
+      <c r="F34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G34" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34">
+        <v>6</v>
+      </c>
+      <c r="I34">
+        <v>53.7</v>
+      </c>
+      <c r="K34" t="s">
         <v>114</v>
-      </c>
-[...25 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>49</v>
+        <v>115</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="D35" t="s">
         <v>117</v>
       </c>
       <c r="E35">
+        <v>62</v>
+      </c>
+      <c r="F35" t="s">
+        <v>16</v>
+      </c>
+      <c r="G35" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35">
         <v>6</v>
       </c>
-      <c r="F35" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I35">
-        <v>7.1</v>
+        <v>57.1</v>
       </c>
       <c r="K35" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
+        <v>69</v>
+      </c>
+      <c r="B36" t="s">
+        <v>13</v>
+      </c>
+      <c r="C36" t="s">
+        <v>42</v>
+      </c>
+      <c r="D36" t="s">
         <v>119</v>
       </c>
-      <c r="B36" t="s">
-[...5 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36">
+        <v>4</v>
+      </c>
+      <c r="F36" t="s">
+        <v>16</v>
+      </c>
+      <c r="G36" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36">
+        <v>5</v>
+      </c>
+      <c r="I36">
+        <v>30</v>
+      </c>
+      <c r="K36" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="D37" t="s">
+        <v>121</v>
+      </c>
+      <c r="E37">
+        <v>4</v>
+      </c>
+      <c r="F37" t="s">
+        <v>16</v>
+      </c>
+      <c r="G37" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37">
+        <v>6</v>
+      </c>
+      <c r="I37">
+        <v>80.8</v>
+      </c>
+      <c r="K37" t="s">
         <v>122</v>
-      </c>
-[...16 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
+        <v>123</v>
+      </c>
+      <c r="B38" t="s">
+        <v>13</v>
+      </c>
+      <c r="C38" t="s">
         <v>124</v>
-      </c>
-[...4 lines deleted...]
-        <v>98</v>
       </c>
       <c r="D38" t="s">
         <v>125</v>
       </c>
       <c r="E38">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H38">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="I38">
-        <v>40</v>
+        <v>92.2</v>
       </c>
       <c r="K38" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
         <v>127</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="D39" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E39">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H39">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="I39">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K39" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="D40" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E40">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H40">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="I40">
-        <v>28.9</v>
+        <v>2.5</v>
       </c>
       <c r="K40" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B41" t="s">
         <v>13</v>
       </c>
       <c r="C41" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="D41" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E41">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H41">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="I41">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>136</v>
+        <v>128</v>
       </c>
       <c r="D42" t="s">
         <v>137</v>
       </c>
       <c r="E42">
-        <v>120</v>
+        <v>2</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H42">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="I42">
-        <v>81.1</v>
+        <v>0</v>
       </c>
       <c r="K42" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
         <v>139</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="D43" t="s">
         <v>140</v>
       </c>
       <c r="E43">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H43">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="I43">
-        <v>58.3</v>
+        <v>0</v>
       </c>
       <c r="K43" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>35</v>
+        <v>142</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E44">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H44">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="I44">
-        <v>71.8</v>
+        <v>0</v>
       </c>
       <c r="K44" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H45">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="I45">
-        <v>2.5</v>
+        <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
         <v>148</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H46">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="I46">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="K46" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" t="s">
+        <v>13</v>
+      </c>
+      <c r="C47" t="s">
+        <v>128</v>
+      </c>
+      <c r="D47" t="s">
         <v>150</v>
       </c>
-      <c r="B47" t="s">
-[...5 lines deleted...]
-      <c r="D47" t="s">
+      <c r="E47">
+        <v>2</v>
+      </c>
+      <c r="F47" t="s">
+        <v>16</v>
+      </c>
+      <c r="G47" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47">
+        <v>8</v>
+      </c>
+      <c r="I47">
+        <v>30</v>
+      </c>
+      <c r="K47" t="s">
         <v>151</v>
-      </c>
-[...16 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" t="s">
+        <v>152</v>
+      </c>
+      <c r="E48">
+        <v>2</v>
+      </c>
+      <c r="F48" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48">
+        <v>7</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="K48" t="s">
         <v>153</v>
-      </c>
-[...25 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D49" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H49">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I49">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>158</v>
+        <v>69</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D50" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E50">
         <v>2</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H50">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I50">
         <v>30</v>
       </c>
       <c r="K50" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>119</v>
+        <v>158</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D51" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H51">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I51">
-        <v>23.2</v>
+        <v>10</v>
       </c>
       <c r="K51" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>124</v>
+        <v>103</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D52" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H52">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I52">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K52" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D53" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="E53">
         <v>2</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H53">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I53">
-        <v>54.2</v>
+        <v>100</v>
       </c>
       <c r="K53" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>127</v>
+        <v>72</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D54" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="E54">
         <v>2</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H54">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I54">
-        <v>0</v>
+        <v>39.1</v>
       </c>
       <c r="K54" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D55" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E55">
         <v>2</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H55">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="I55">
-        <v>7.5</v>
+        <v>92.2</v>
       </c>
       <c r="K55" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>172</v>
+        <v>75</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D56" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H56">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I56">
-        <v>35</v>
+        <v>68.1</v>
       </c>
       <c r="K56" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>85</v>
+        <v>171</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D57" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="E57">
         <v>2</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H57">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="I57">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="K57" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>66</v>
+        <v>115</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D58" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H58">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I58">
-        <v>64.6</v>
+        <v>57.1</v>
       </c>
       <c r="K58" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D59" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E59">
         <v>2</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H59">
-        <v>2</v>
+        <v>57</v>
       </c>
       <c r="I59">
-        <v>92.7</v>
+        <v>85.2</v>
       </c>
       <c r="K59" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>82</v>
+        <v>34</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H60">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I60">
-        <v>100</v>
+        <v>80.5</v>
       </c>
       <c r="K60" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>183</v>
+        <v>106</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D61" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="E61">
         <v>2</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H61">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I61">
-        <v>5</v>
+        <v>22.5</v>
       </c>
       <c r="K61" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D62" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="E62">
         <v>2</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H62">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I62">
-        <v>59.9</v>
+        <v>0</v>
       </c>
       <c r="K62" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>130</v>
+        <v>185</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D63" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H63">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I63">
-        <v>28.9</v>
+        <v>35</v>
       </c>
       <c r="K63" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D64" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E64">
         <v>2</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H64">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="I64">
-        <v>83.8</v>
+        <v>0</v>
       </c>
       <c r="K64" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>133</v>
+        <v>191</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D65" t="s">
+        <v>192</v>
+      </c>
+      <c r="E65">
+        <v>2</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+      <c r="G65" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65">
+        <v>54</v>
+      </c>
+      <c r="I65">
+        <v>0</v>
+      </c>
+      <c r="K65" t="s">
         <v>193</v>
-      </c>
-[...16 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>91</v>
+        <v>194</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D66" t="s">
         <v>195</v>
       </c>
       <c r="E66">
         <v>2</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H66">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="I66">
-        <v>98.3</v>
+        <v>30</v>
       </c>
       <c r="K66" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
         <v>197</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>73</v>
+        <v>128</v>
       </c>
       <c r="D67" t="s">
         <v>198</v>
       </c>
       <c r="E67">
         <v>2</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H67">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="I67">
         <v>0</v>
       </c>
       <c r="K67" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
+        <v>30</v>
+      </c>
+      <c r="B68" t="s">
+        <v>13</v>
+      </c>
+      <c r="C68" t="s">
+        <v>128</v>
+      </c>
+      <c r="D68" t="s">
         <v>200</v>
       </c>
-      <c r="B68" t="s">
-[...5 lines deleted...]
-      <c r="D68" t="s">
+      <c r="E68">
+        <v>2</v>
+      </c>
+      <c r="F68" t="s">
+        <v>16</v>
+      </c>
+      <c r="G68" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68">
+        <v>4</v>
+      </c>
+      <c r="I68">
+        <v>73.7</v>
+      </c>
+      <c r="K68" t="s">
         <v>201</v>
-      </c>
-[...16 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
+        <v>202</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69" t="s">
+        <v>128</v>
+      </c>
+      <c r="D69" t="s">
         <v>203</v>
       </c>
-      <c r="B69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69">
         <v>2</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H69">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="K69" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
+        <v>26</v>
+      </c>
+      <c r="B70" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" t="s">
+        <v>205</v>
+      </c>
+      <c r="D70" t="s">
         <v>206</v>
       </c>
-      <c r="B70" t="s">
-[...5 lines deleted...]
-      <c r="D70" t="s">
+      <c r="E70">
+        <v>29</v>
+      </c>
+      <c r="F70" t="s">
+        <v>16</v>
+      </c>
+      <c r="G70" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70">
+        <v>2</v>
+      </c>
+      <c r="I70">
+        <v>78.8</v>
+      </c>
+      <c r="K70" t="s">
         <v>207</v>
-      </c>
-[...16 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>42</v>
+        <v>208</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>73</v>
+        <v>209</v>
       </c>
       <c r="D71" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E71">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H71">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I71">
-        <v>86.5</v>
+        <v>60</v>
       </c>
       <c r="K71" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>79</v>
+        <v>212</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="D72" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E72">
         <v>6</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H72">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I72">
-        <v>54.2</v>
+        <v>87.8</v>
       </c>
       <c r="K72" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>85</v>
+        <v>63</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>102</v>
+        <v>215</v>
       </c>
       <c r="D73" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E73">
         <v>3</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H73">
         <v>10</v>
       </c>
       <c r="I73">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>102</v>
+        <v>215</v>
       </c>
       <c r="D74" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E74">
         <v>3</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H74">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I74">
-        <v>78.8</v>
+        <v>75</v>
       </c>
       <c r="K74" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>186</v>
+        <v>115</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>102</v>
+        <v>221</v>
       </c>
       <c r="D75" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E75">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H75">
         <v>6</v>
       </c>
       <c r="I75">
-        <v>59.9</v>
+        <v>57.1</v>
       </c>
       <c r="K75" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>24</v>
+        <v>224</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>102</v>
+        <v>221</v>
       </c>
       <c r="D76" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="E76">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H76">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I76">
-        <v>72.2</v>
+        <v>80.5</v>
       </c>
       <c r="K76" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>186</v>
+        <v>227</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
-        <v>223</v>
+        <v>14</v>
       </c>
       <c r="D77" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="E77">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H77">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I77">
-        <v>59.9</v>
+        <v>71.7</v>
       </c>
       <c r="K77" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>226</v>
+        <v>86</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D78" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E78">
         <v>2</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H78">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I78">
-        <v>83.8</v>
+        <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>45</v>
+        <v>232</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D79" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="E79">
         <v>2</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H79">
         <v>8</v>
       </c>
       <c r="I79">
         <v>35</v>
       </c>
       <c r="K79" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D80" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H80">
         <v>7</v>
       </c>
       <c r="I80">
-        <v>40</v>
+        <v>43.8</v>
       </c>
       <c r="K80" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B81" t="s">
         <v>13</v>
       </c>
       <c r="C81" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D81" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H81">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="I81">
-        <v>46.3</v>
+        <v>0</v>
       </c>
       <c r="K81" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>114</v>
+        <v>241</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D82" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E82">
         <v>2</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H82">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I82">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="K82" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D83" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H83">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I83">
-        <v>45</v>
+        <v>43.8</v>
       </c>
       <c r="K83" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>242</v>
+        <v>59</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D84" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E84">
         <v>2</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H84">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I84">
-        <v>57.5</v>
+        <v>12.5</v>
       </c>
       <c r="K84" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>49</v>
+        <v>91</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D85" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E85">
         <v>2</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H85">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="I85">
-        <v>7.1</v>
+        <v>45</v>
       </c>
       <c r="K85" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>247</v>
+        <v>94</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D86" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E86">
         <v>2</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H86">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="I86">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="K86" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D87" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H87">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I87">
-        <v>23.2</v>
+        <v>0</v>
       </c>
       <c r="K87" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>52</v>
+        <v>255</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D88" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="E88">
         <v>2</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H88">
         <v>8</v>
       </c>
       <c r="I88">
-        <v>25.5</v>
+        <v>40</v>
       </c>
       <c r="K88" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D89" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E89">
         <v>2</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H89">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="I89">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K89" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>127</v>
+        <v>260</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D90" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H90">
         <v>6</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>258</v>
+        <v>103</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D91" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E91">
         <v>2</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H91">
         <v>6</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="K91" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D92" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="E92">
         <v>2</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H92">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I92">
-        <v>67.5</v>
+        <v>92.3</v>
       </c>
       <c r="K92" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D93" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E93">
         <v>2</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H93">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I93">
-        <v>73.9</v>
+        <v>93.2</v>
       </c>
       <c r="K93" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="B94" t="s">
         <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D94" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E94">
         <v>2</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H94">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I94">
-        <v>45.1</v>
+        <v>76.4</v>
       </c>
       <c r="K94" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="B95" t="s">
         <v>13</v>
       </c>
       <c r="C95" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D95" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E95">
         <v>2</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
       <c r="G95" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H95">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I95">
-        <v>97.4</v>
+        <v>76.9</v>
       </c>
       <c r="K95" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>273</v>
+        <v>30</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D96" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E96">
         <v>2</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H96">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I96">
-        <v>94.2</v>
+        <v>73.7</v>
       </c>
       <c r="K96" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>276</v>
+        <v>127</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D97" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F97" t="s">
-        <v>279</v>
+        <v>16</v>
       </c>
       <c r="G97" t="s">
-        <v>22</v>
+        <v>17</v>
+      </c>
+      <c r="H97">
+        <v>19</v>
+      </c>
+      <c r="I97">
+        <v>25</v>
       </c>
       <c r="K97" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>144</v>
+        <v>131</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D98" t="s">
         <v>282</v>
       </c>
       <c r="E98">
         <v>3</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H98">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="I98">
         <v>2.5</v>
       </c>
       <c r="K98" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>147</v>
+        <v>134</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D99" t="s">
         <v>284</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H99">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="K99" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D100" t="s">
         <v>286</v>
       </c>
       <c r="E100">
         <v>3</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H100">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="I100">
         <v>0</v>
       </c>
       <c r="K100" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D101" t="s">
         <v>288</v>
       </c>
       <c r="E101">
         <v>3</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H101">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="I101">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K101" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D102" t="s">
         <v>290</v>
       </c>
       <c r="E102">
         <v>3</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H102">
         <v>8</v>
       </c>
       <c r="I102">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D103" t="s">
         <v>292</v>
       </c>
       <c r="E103">
         <v>3</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H103">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="I103">
-        <v>7.5</v>
+        <v>10</v>
       </c>
       <c r="K103" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D104" t="s">
         <v>294</v>
       </c>
       <c r="E104">
         <v>3</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H104">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="I104">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="K104" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D105" t="s">
         <v>296</v>
       </c>
       <c r="E105">
         <v>3</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H105">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="I105">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K105" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D106" t="s">
         <v>298</v>
       </c>
       <c r="E106">
         <v>3</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H106">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I106">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K106" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D107" t="s">
         <v>300</v>
       </c>
       <c r="E107">
         <v>3</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H107">
         <v>8</v>
       </c>
       <c r="I107">
-        <v>55</v>
+        <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D108" t="s">
         <v>302</v>
       </c>
       <c r="E108">
         <v>3</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H108">
-        <v>72</v>
+        <v>54</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D109" t="s">
         <v>304</v>
       </c>
       <c r="E109">
         <v>3</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H109">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="I109">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="K109" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
+        <v>197</v>
+      </c>
+      <c r="B110" t="s">
+        <v>13</v>
+      </c>
+      <c r="C110" t="s">
+        <v>279</v>
+      </c>
+      <c r="D110" t="s">
         <v>306</v>
       </c>
-      <c r="B110" t="s">
-[...2 lines deleted...]
-      <c r="C110" t="s">
+      <c r="E110">
+        <v>3</v>
+      </c>
+      <c r="F110" t="s">
+        <v>16</v>
+      </c>
+      <c r="G110" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110">
+        <v>56</v>
+      </c>
+      <c r="I110">
+        <v>0</v>
+      </c>
+      <c r="K110" t="s">
         <v>307</v>
-      </c>
-[...13 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>310</v>
+        <v>202</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111" t="s">
-        <v>311</v>
+        <v>279</v>
       </c>
       <c r="D111" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E111">
-        <v>93</v>
+        <v>3</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H111">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="I111">
-        <v>95.8</v>
+        <v>0</v>
       </c>
       <c r="K111" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
-        <v>69</v>
+        <v>310</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
+        <v>311</v>
+      </c>
+      <c r="D112" t="s">
+        <v>312</v>
+      </c>
+      <c r="E112">
+        <v>1</v>
+      </c>
+      <c r="F112" t="s">
+        <v>313</v>
+      </c>
+      <c r="G112" t="s">
         <v>314</v>
       </c>
-      <c r="D112" t="s">
+      <c r="K112" t="s">
         <v>315</v>
-      </c>
-[...16 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
+        <v>26</v>
+      </c>
+      <c r="B113" t="s">
+        <v>13</v>
+      </c>
+      <c r="C113" t="s">
+        <v>316</v>
+      </c>
+      <c r="D113" t="s">
         <v>317</v>
       </c>
-      <c r="B113" t="s">
-[...5 lines deleted...]
-      <c r="D113" t="s">
+      <c r="E113">
+        <v>67</v>
+      </c>
+      <c r="F113" t="s">
+        <v>16</v>
+      </c>
+      <c r="G113" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113">
+        <v>2</v>
+      </c>
+      <c r="I113">
+        <v>78.8</v>
+      </c>
+      <c r="K113" t="s">
         <v>318</v>
-      </c>
-[...16 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
-        <v>19</v>
+        <v>319</v>
       </c>
       <c r="B114" t="s">
+        <v>13</v>
+      </c>
+      <c r="C114" t="s">
         <v>320</v>
       </c>
-      <c r="C114" t="s">
+      <c r="D114" t="s">
         <v>321</v>
       </c>
-      <c r="D114" t="s">
+      <c r="E114">
+        <v>60</v>
+      </c>
+      <c r="F114" t="s">
+        <v>16</v>
+      </c>
+      <c r="G114" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114">
+        <v>2</v>
+      </c>
+      <c r="I114">
+        <v>99.5</v>
+      </c>
+      <c r="K114" t="s">
         <v>322</v>
-      </c>
-[...16 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="B115" t="s">
-        <v>320</v>
+        <v>13</v>
       </c>
       <c r="C115" t="s">
+        <v>323</v>
+      </c>
+      <c r="D115" t="s">
+        <v>324</v>
+      </c>
+      <c r="E115">
+        <v>41</v>
+      </c>
+      <c r="F115" t="s">
+        <v>16</v>
+      </c>
+      <c r="G115" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115">
+        <v>5</v>
+      </c>
+      <c r="I115">
+        <v>47.5</v>
+      </c>
+      <c r="K115" t="s">
         <v>325</v>
-      </c>
-[...19 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
+        <v>326</v>
+      </c>
+      <c r="B116" t="s">
+        <v>13</v>
+      </c>
+      <c r="C116" t="s">
+        <v>327</v>
+      </c>
+      <c r="D116" t="s">
+        <v>328</v>
+      </c>
+      <c r="E116">
         <v>19</v>
       </c>
-      <c r="B116" t="s">
-[...5 lines deleted...]
-      <c r="D116" t="s">
+      <c r="F116" t="s">
+        <v>16</v>
+      </c>
+      <c r="G116" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116">
+        <v>6</v>
+      </c>
+      <c r="I116">
+        <v>69.3</v>
+      </c>
+      <c r="K116" t="s">
         <v>329</v>
-      </c>
-[...16 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B117" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="C117" t="s">
         <v>331</v>
       </c>
       <c r="D117" t="s">
         <v>332</v>
       </c>
       <c r="E117">
         <v>0</v>
       </c>
       <c r="F117" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="G117" t="s">
-        <v>17</v>
+        <v>314</v>
       </c>
       <c r="H117">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I117">
-        <v>81.1</v>
+        <v>78.8</v>
       </c>
       <c r="K117" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="B118" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="C118" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D118" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E118">
         <v>0</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="H118">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I118">
-        <v>81.1</v>
+        <v>78.8</v>
       </c>
       <c r="K118" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">