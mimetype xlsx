--- v2 (2025-12-08)
+++ v3 (2026-01-13)
@@ -56,1752 +56,1756 @@
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/</t>
   </si>
   <si>
     <t>Внутренняя оптимизация</t>
   </si>
   <si>
+    <t>Перегруппировка запросов (3 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять номер в гостинице в москве  
+снять номер в отеле в москве  
+забронировать отель </t>
+  </si>
+  <si>
+    <t>10.01.2026</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495515</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/gelendzhik/</t>
+  </si>
+  <si>
     <t>Перегруппировка запросов (2 фразы)</t>
-  </si>
-[...20 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/gelendzhik/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять виллу в геленджике  
 отели геленджик </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445217</t>
-[...5 lines deleted...]
-    <t>Оптимизация Title (6 фраз).</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495539</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (53 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-кисловодск (встречается в 6 запросах, значимость 781) 
-[...11 lines deleted...]
-    <t>Оптимизация Title (53 фразы).</t>
+отель (встречается в 32 запросах, значимость 874) 
+снимать (встречается в 13 запросах, значимость 275) 
+вилла (встречается в 12 запросах, значимость 274) 
+тайланд (встречается в 3 запросах, значимость 142) 
+бронирование (встречается в 9 запросах, значимость 107) 
+гостиница (встречается в 9 запросах, значимость 88) 
+броневик (встречается в 2 запросах, значимость 84) 
+подбирать (встречается в 3 запросах, значимость 10) 
+бронь (встречается в 2 запросах, значимость 8) 
+виза (встречается в 1 запросе, значимость 7) 
+турция (встречается в 3 запросах, значимость 5) 
+крым (встречается в 3 запросах, значимость 5) 
+море (встречается в 4 запросах, значимость 5) 
+берег (встречается в 3 запросах, значимость 4) 
+сравнение (встречается в 3 запросах, значимость 4) 
+кипр (встречается в 1 запросе, значимость 2) 
+официальный (встречается в 1 запросе, значимость 2) 
+частный (встречается в 1 запросе, значимость 1) 
+букенком (встречается в 1 запросе, значимость 1) 
+бассейн (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495575</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/apartamenty/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (9 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-отель (встречается в 32 запросах, значимость 1141) 
-[...27 lines deleted...]
-    <t>Оптимизация Title (9 фраз).</t>
+москва (встречается в 9 запросах, значимость 638) 
+снимать (встречается в 7 запросах, значимость 627) 
+апарт (встречается в 2 запросах, значимость 5) 
+отель (встречается в 2 запросах, значимость 5) 
+длительный (встречается в 1 запросе, значимость 4) 
+срок (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495611</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/indonesia/indonesia_bali_province/apartamenty/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (4 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-москва (встречается в 9 запросах, значимость 662) 
-[...39 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445424</t>
+снимать (встречается в 4 запросах, значимость 125) 
+вилла (встречается в 4 запросах, значимость 125) 
+бали (встречается в 4 запросах, значимость 125) 
+месяц (встречается в 1 запросе, значимость 15) 
+длительный (встречается в 1 запросе, значимость 5) 
+срок (встречается в 1 запросе, значимость 5) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495650</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (5 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+апарт отель в москве снять посуточно  
+апарт отель москва снять на длительный срок  
+апартаменты в москве снять посуточно  
+забронировать апартаменты в москве  
+забронировать апартаменты в москве посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495509</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/abkhazia/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (4 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+абхазия  — не менее 3 раз 
+вилла  — не менее 3 раз 
+берег  — не менее 3 раз 
+море  — не менее 3 раз 
+бассейн  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу в абхазии на берегу моря  
+снять виллу с бассейном в абхазии  
+снять апартаменты в абхазии  
+снять виллу в абхазии </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495742</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+поиск  — не менее 3 раз 
+забронировать  — не менее 3 раз 
+включать  — не менее 3 раз 
+находить  — не менее 2 раз 
+сравнение  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поиск отелей в турции  
+забронировать отель в турции все включено  
+найти отель в турции  
+сравнение отелей турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495732</t>
   </si>
   <si>
     <t>Перегруппировка запросов (4 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять виллу на бали  
 снять виллу на бали на длительный срок  
 снять виллу на бали на месяц  
 снять виллу на бали цены </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445241</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495559</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/hostel/</t>
   </si>
   <si>
-    <t>Оптимизация текста (6 фраз).</t>
-[...51 lines deleted...]
-  <si>
     <t>Оптимизация Title (21 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-москва (встречается в 20 запросах, значимость 582) 
-[...10 lines deleted...]
-номер (встречается в 2 запросах, значимость 3) 
+москва (встречается в 20 запросах, значимость 524) 
+снимать (встречается в 14 запросах, значимость 506) 
+хостеть (встречается в 17 запросах, значимость 497) 
+недорого (встречается в 9 запросах, значимость 207) 
+длительный (встречается в 1 запросе, значимость 21) 
+срок (встречается в 1 запросе, значимость 21) 
 двухместный (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445286</t>
-[...11 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445377</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495604</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/odintsovo/hostel/</t>
   </si>
   <si>
     <t>Оптимизация текста (2 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 одинцово  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в одинцово  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445605</t>
+снять хостел в одинцово посуточно недорого  
+снять хостел в одинцово </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495780</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/belgorod/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 белгород  — не менее 3 раз 
 недорого  — не менее 3 раз 
+ночь  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в белгороде  
-[...491 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445587</t>
+хостел белгород недорого снять на ночь  
+снять хостел в белгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495766</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/beach/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 отель  — не менее 3 раз 
-чебоксары  — не менее 3 раз 
-[...11 lines deleted...]
-недорого  — не менее 3 раз 
+крым  — не менее 3 раз 
+берег  — не менее 3 раз 
 море  — не менее 3 раз 
 находить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-гостиница сочи недорого у моря найти </t>
-[...68 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445572</t>
+снять отель в крыму на берегу моря  
+снять отель в крыму у моря  
+найти отель в крыму на берегу моря </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495762</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 вилла  — не менее 3 раз 
 бали  — не менее 3 раз 
 длительный  — не менее 3 раз 
 срок  — не менее 3 раз 
+месяц  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу на бали на месяц  
 снять виллу на бали на длительный срок </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445570</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495749</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+двухместный  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+длительный  — не менее 3 раз 
+срок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в москве на длительный срок  
+снять двухместный хостел в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495734</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять апартаменты в сочи  
+забронировать апартаменты в сочи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495522</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/beach/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+сочи (встречается в 4 запросах, значимость 12) 
+море (встречается в 4 запросах, значимость 12) 
+недорого (встречается в 2 запросах, значимость 3) 
+гостиница (встречается в 1 запросе, значимость 2) 
+находить (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495689</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/yalta/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+ялта (встречается в 4 запросах, значимость 10) 
+снимать (встречается в 2 запросах, значимость 4) 
+вилла (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495595</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/united_arab_emirates/dubai/apartamenty/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 вилла  — не менее 3 раз 
 дубай  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять виллу в дубае </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445568</t>
-[...126 lines deleted...]
-    <t>Оптимизация текста (13 фраз).</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495747</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/kazan/hostel/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+казань (встречается в 6 запросах, значимость 9) 
+забронировать (встречается в 2 запросах, значимость 2) 
+хостел (встречается в 1 запросе, значимость 1) 
+центр (встречается в 1 запросе, значимость 1) 
+оплата (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495708</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/anapa/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+анапа (встречается в 6 запросах, значимость 11) 
+отель (встречается в 6 запросах, значимость 11) 
+забронировать (встречается в 2 запросах, значимость 6) 
+включать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495675</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/low/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (7 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 7 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/low/ 
+https://ostrovok.ru/hotel/russia/moscow/price/2000/ 
+https://ostrovok.ru/hotel/russia/moscow/price/1500/ 
+https://ostrovok.ru/hotel/russia/moscow/ 
+https://ostrovok.ru/hotel/russia/moscow/price/4000/ 
+И запросы:
+снять гостиницу в москве недорого  
+снять гостиницу на сутки в москве недорого  
+снять номер в гостинице москва недорого  
+снять отель в москве недорого  
+снять отель на месяц  
+забронировать гостиницу в москве недорого  
+забронировать отель в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495525</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (3 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 3 запросах, значимость 8) 
+хостеть (встречается в 3 запросах, значимость 8) 
+белгород (встречается в 3 запросах, значимость 8) 
+недорого (встречается в 2 запросах, значимость 6) 
+ночь (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495692</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+отель (встречается в 3 запросах, значимость 3) 
+крым (встречается в 3 запросах, значимость 3) 
+море (встречается в 3 запросах, значимость 3) 
+снимать (встречается в 2 запросах, значимость 2) 
+берег (встречается в 2 запросах, значимость 2) 
+находить (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495681</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (2 фразы).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+дубай (встречается в 2 запросах, значимость 40) 
+снимать (встречается в 1 запросе, значимость 28) 
+вилла (встречается в 1 запросе, значимость 28) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495644</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/ 
+https://ostrovok.ru/hotel/russia/krasnodar_krai_black_sea_coast_multi/ 
+https://ostrovok.ru/ 
+https://ostrovok.ru/?sn=1 
+И запросы:
+бронирование отелей в россии  
+бронирование отелей и апартаментов в россии  
+сервис по поиску отелей в россии  
+сервис по подбору отелей в россии </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495511</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (8 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+абхазия (встречается в 8 запросах, значимость 15) 
+снимать (встречается в 5 запросах, значимость 5) 
+море (встречается в 3 запросах, значимость 4) 
+вилла (встречается в 3 запросах, значимость 3) 
+апартамент (встречается в 1 запросе, значимость 1) 
+берег (встречается в 1 запросе, значимость 1) 
+бассейн (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495628</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/khabarovsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+хабаровск (встречается в 2 запросах, значимость 2) 
+недорого (встречается в 1 запросе, значимость 1) 
+посуточно (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495718</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 3) 
+хостеть (встречается в 2 запросах, значимость 3) 
+одинцово (встречается в 2 запросах, значимость 3) 
+посуточно (встречается в 1 запросе, значимость 2) 
+недорого (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495713</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/novosibirsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 8) 
+хостеть (встречается в 2 запросах, значимость 8) 
+новосибирск (встречается в 2 запросах, значимость 8) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495712</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 9) 
+хостеть (встречается в 2 запросах, значимость 9) 
+нижний (встречается в 2 запросах, значимость 9) 
+новгород (встречается в 2 запросах, значимость 9) 
+посуточно (встречается в 1 запросе, значимость 2) 
+недорого (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495711</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/krasnoyarsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+красноярск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495709</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/irkutsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+иркутск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495702</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/maldives/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+мальдивы (встречается в 2 запросах, значимость 31) 
+снимать (встречается в 1 запросе, значимость 14) 
+вилла (встречается в 1 запросе, значимость 14) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495658</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять отель в нижнем новгороде  
+забронировать отель в нижнем новгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495527</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+поиск (встречается в 1 запросе, значимость 7) 
+включать (встречается в 1 запросе, значимость 3) 
+находить (встречается в 1 запросе, значимость 1) 
+сравнение (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495596</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (12 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 броневик  — не менее 3 раз 
 бронирование  — не менее 3 раз 
 отель  — не менее 3 раз 
 официальный  — не менее 3 раз 
 вилла  — не менее 3 раз 
 италия  — не менее 3 раз 
 снимать  — не менее 3 раз 
 крым  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
 тайланд  — не менее 3 раз 
 турция  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 кипр  — не менее 3 раз 
 кемпинг  — не менее 3 раз 
 подбирать  — не менее 3 раз 
 собака  — не менее 3 раз 
 черный  — не менее 3 раз 
 бронь  — не менее 3 раз 
 виза  — не менее 3 раз 
 букенком  — не менее 3 раз 
 гостиница  — не менее 3 раз 
 сравнение  — не менее 3 раз 
 частный  — не менее 3 раз 
 сетевой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 броневик бронирование отелей  
-снять виллу в тайланде  
-букенком бронь гостиниц  
 бронь отеля для визы  
-снять виллу в турции на берегу моря  
-снять виллу в тайланде на берегу моря  
 снять виллу в турции  
 броневик бронирование отелей официальный  
-снять виллу в крыму  
-[...6 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/kazan/hostel/</t>
+снять виллу в тайланде на берегу моря  
+снять виллу на кипре  
+букенком бронь гостиниц  
+вилла в италии снять  
+снять виллу в крыму на берегу моря  
+снять виллу в турции на берегу моря </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495728</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/yekaterinburg/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять хостел в екатеринбурге  
+снять хостел в екатеринбурге недорого  
+снять хостел в екатеринбурге посуточно недорого  
+забронировать хостел в екатеринбурге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495541</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/low/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять гостиницу в санкт петербурге недорого  
+снять отель в санкт петербурге недорого  
+снять отель в спб на сутки  
+забронировать отель в санкт петербурге недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495538</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/adler/ 
+https://ostrovok.ru/hotel/russia/adler/villas/ 
+https://ostrovok.ru/hotel/russia/adler/low/ 
+https://ostrovok.ru/hotel/russia/adler/otdykh/ 
+И запросы:
+снять виллу в адлере  
+снять отель в адлере  
+выбрать отель в адлере  
+найти гостиницу в адлере </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495524</t>
+  </si>
+  <si>
+    <t>https://blog.ostrovok.ru/8-otelej-moskvy-gde-mozhno-vstretit-novyj-god/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель на новый год </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495787</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/mid7861161/ozdorovitelnyi_kompleks_sputnik/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+сочи  — не менее 3 раз 
+включать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в сочи все включено </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495786</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/chelyabinsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+челябинск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в челябинске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495785</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+хабаровск  — не менее 3 раз 
+недорого  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в хабаровске недорого посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495784</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/taganrog/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+таганрог  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в таганроге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495783</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/omsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+омск  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в омске </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495782</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+новосибирск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в новосибирске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495778</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+нижний  — не менее 3 раз 
+новгород  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в нижнем новгороде посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495776</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+красноярск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в красноярске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495774</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+хостел  — не менее 3 раз 
+казань  — не менее 3 раз 
+центр  — не менее 3 раз 
+забронировать  — не менее 3 раз 
+оплата  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+хостелы казань центр забронировать без оплаты </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495772</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+иркутск  — не менее 3 раз 
+посуточно  — не менее 3 раз 
+недорого  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в иркутске посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495770</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/domodedovo/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+домодедово  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в домодедово </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495768</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+гостиница  — не менее 3 раз 
+сочи  — не менее 3 раз 
+недорого  — не менее 3 раз 
+море  — не менее 3 раз 
+находить  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+гостиница сочи недорого у моря найти </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495764</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/vityazevo/beach/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+отель  — не менее 3 раз 
+витязево  — не менее 3 раз 
+море  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять отель в витязево у моря </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495759</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+анапа  — не менее 3 раз 
+включать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+забронировать отель в анапе все включено </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495758</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/mid9291605/kapsulnyij_hotel_caps_hotel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+капсульный  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+москва  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять капсульный хостел в москве </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+отель  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+двое  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять отель в москве недорого на двоих </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495754</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+мальдивы  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу на мальдивах </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495751</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/alanya/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять апартаменты в турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495746</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/kitchen/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+адлер  — не менее 3 раз 
+кухня  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять апартаменты в адлере с кухней </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495744</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/pool/?page=3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+вилла  — не менее 3 раз 
+бассейн  — не менее 3 раз 
+крым  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+вилла с бассейном в крыму снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495740</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/kemer/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+море  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+апартаменты в турции у моря снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495738</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/bulgaria/sunny_beach/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+апартамент  — не менее 3 раз 
+болгария  — не менее 3 раз 
+снимать  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+апартаменты в болгарии снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495737</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+апарт  — не менее 3 раз 
+отель  — не менее 3 раз 
+москва  — не менее 3 раз 
+снимать  — не менее 3 раз 
+длительный  — не менее 3 раз 
+срок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+апарт отель москва снять на длительный срок </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495736</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+ялта  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу в ялте </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495730</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/turkey/antalya/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+поиск  — не менее 3 раз 
+апартамент  — не менее 3 раз 
+турция  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+поиск апартаментов в турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495729</t>
   </si>
   <si>
     <t>Перегруппировка запросов (6 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в казани  
 снять хостел в казани посуточно недорого  
 хостел в казани снять посуточно  
 забронировать хостел в казани  
 хостелы казань центр забронировать без оплаты  
 бронь хостел казань </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445204</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495530</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 апарт отель санкт петербург снять  
 апарт отель спб снять  
-снять апартаменты в питере в центре  
-снять апартаменты в санкт петербурге в центре  
+апартаменты спб снять посуточно  
 снять апартаменты в центре спб  
-забронировать апартаменты в санкт петербурге посуточно </t>
-[...5 lines deleted...]
-    <t>Перегруппировка запросов (3 фразы)</t>
+апартаменты спб забронировать  
+забронировать апартаменты в санкт петербурге </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495510</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+москва (встречается в 15 запросах, значимость 232) 
+недорого (встречается в 15 запросах, значимость 232) 
+снимать (встречается в 9 запросах, значимость 192) 
+отель (встречается в 9 запросах, значимость 138) 
+двое (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495660</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в белгороде  
 хостел белгород недорого снять  
 хостел белгород недорого снять на ночь </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445225</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495545</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/kaliningrad/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в калининграде  
 снять хостел в калининграде недорого  
 забронировать хостел в калининграде </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445221</t>
-[...43 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445198</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495542</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+подобрать отель в сочи для отдыха  
+выбрать отель в сочи для отдыха  
+забронировать гостиницу в сочи </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495517</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять апартаменты в абхазии  
+снять виллу в абхазии  
+снять виллу в абхазии на берегу моря </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495508</t>
   </si>
   <si>
     <t>https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355 
 https://ostrovok.ru/ 
 https://b2b.ostrovok.ru/blog/gde-proverit-status-bronirovaniya/ 
 И запросы:
 забронировать отель без предоплаты  
 проверить бронь отеля по номеру брони </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445243</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495561</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/mid10479044/hotel_sochi_park_hotel_2/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сочи парк отель забронировать  
+сочи парк отель бронь </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495560</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в хабаровске  
 снять хостел в хабаровске недорого посуточно </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445240</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495558</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/tula/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в туле  
 хостел в туле недорого снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445239</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495557</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/sochi/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в сочи  
 снять хостел в сочи недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445238</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495556</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/samara/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в самаре  
 хостел в самаре недорого посуточно снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445237</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495555</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/rostov-on-don/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в ростове  
 снять хостел в ростове на дону </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445236</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495554</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/perm/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в перми  
 хостел в перми недорого снять на сутки </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445235</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495553</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в одинцово  
 снять хостел в одинцово посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445234</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495552</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в новосибирске  
 снять хостел в новосибирске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445233</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495551</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в нижнем новгороде  
 снять хостел в нижнем новгороде посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445232</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495550</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в красноярске  
 снять хостел в красноярске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445231</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495549</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/krasnodar/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в краснодаре  
 снять хостел в краснодаре посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445230</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495548</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в иркутске  
 снять хостел в иркутске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445228</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495547</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/izhevsk/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в ижевске  
 хостел в ижевске на сутки недорого снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445226</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495546</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в адлере  
 снять хостел в адлере посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445223</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/st._petersburg/low/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495544</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-снять отель в санкт петербурге посуточно недорого  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445216</t>
+снять виллу в ялте  
+снять отель в ялте </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495543</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/low/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+снять отель в сочи недорого посуточно  
+забронировать отель в сочи недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495540</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять отель в питере в центре недорого  
 забронировать отель в питере недорого в центре </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445214</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/apartamenty/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495537</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/polygon/moscow_izmaylovo_neighborhood/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-нижний новгород апартаменты снять  
-[...6 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/zelenogradsk/apartamenty/</t>
+гостиница измайлово забронировать  
+гостиница измайлово забронировать номер </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495536</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-зеленоградск апартаменты снять  
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445196</t>
+снять отель в анапе  
+подбор отеля анапа </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495529</t>
   </si>
   <si>
     <t>Оптимизация Title (1 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-забронировать (встречается в 1 запросе, значимость 10) </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445539</t>
+забронировать (встречается в 1 запросе, значимость 21) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495724</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-забронировать (встречается в 1 запросе, значимость 3) 
-[...5 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445535</t>
+забронировать (встречается в 1 запросе, значимость 1) 
+отель (встречается в 1 запросе, значимость 1) 
+сочи (встречается в 1 запросе, значимость 1) 
+включать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495721</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 хостеть (встречается в 1 запросе, значимость 1) 
 челябинск (встречается в 1 запросе, значимость 1) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445525</t>
-[...8 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445522</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495719</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 хостеть (встречается в 1 запросе, значимость 1) 
 таганрог (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445521</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495716</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 хостеть (встречается в 1 запросе, значимость 1) 
-симферополь (встречается в 1 запросе, значимость 1) </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445517</t>
+омск (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495714</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 7) 
-[...14 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445401</t>
+снимать (встречается в 1 запросе, значимость 4) 
+хостеть (встречается в 1 запросе, значимость 4) 
+домодедово (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495697</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
-апартамент (встречается в 1 запросе, значимость 1) 
-черный (встречается в 1 запросе, значимость 1) 
+отель (встречается в 1 запросе, значимость 1) 
+витязево (встречается в 1 запросе, значимость 1) 
 море (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445360</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495676</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 16) 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445350</t>
+снимать (встречается в 1 запросе, значимость 10) 
+капсульный (встречается в 1 запросе, значимость 10) 
+хостеть (встречается в 1 запросе, значимость 10) 
+москва (встречается в 1 запросе, значимость 10) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495666</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 1 запросе, значимость 3) 
+апартамент (встречается в 1 запросе, значимость 3) 
+турция (встречается в 1 запросе, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495643</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 апартамент (встречается в 1 запросе, значимость 1) 
 адлер (встречается в 1 запросе, значимость 1) 
 кухня (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445342</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495635</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 вилла (встречается в 1 запросе, значимость 1) 
 бассейн (встречается в 1 запросе, значимость 1) 
 крым (встречается в 1 запросе, значимость 1) 
 снимать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445321</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495624</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-апартамент (встречается в 1 запросе, значимость 9) 
-[...5 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445314</t>
+апартамент (встречается в 1 запросе, значимость 7) 
+турция (встречается в 1 запросе, значимость 7) 
+море (встречается в 1 запросе, значимость 7) 
+снимать (встречается в 1 запросе, значимость 7) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495618</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 апартамент (встречается в 1 запросе, значимость 1) 
 болгария (встречается в 1 запросе, значимость 1) 
 снимать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445309</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495612</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 поиск (встречается в 1 запросе, значимость 1) 
 апартамент (встречается в 1 запросе, значимость 1) 
 турция (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445266</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495583</t>
   </si>
   <si>
     <t>https://ostrovok.ru/snyat-villu-v-taylande/</t>
   </si>
   <si>
     <t>Создание новой страницы (1 фраза)</t>
   </si>
   <si>
     <t xml:space="preserve">Создайте новую страницу на сайте, а если она уже создана, укажите продвигаемый URL. 
 Используйте следующие фразы:
 снять виллу в тайланде </t>
   </si>
   <si>
     <t>01.05.2022</t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/161070282</t>
   </si>
   <si>
-    <t>Перегруппировка запросов (20 фраз)</t>
-[...19 lines deleted...]
-И запросы:
+    <t>Перегруппировка запросов (33 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 33 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+бронирование отелей и хостелов  
+поиск и бронирование отелей  
+гостиницы поиск бронирование  
+поисковик отелей по всему миру сравнить цены  
+российский поиск отелей  
+сайт для поиска отелей  
+сервис поиска гостиниц  
+система поиска отелей  
 вилла в италии снять  
 сколько стоит снять виллу  
 снять виллу в крыму  
 снять виллу в крыму на берегу моря  
 снять виллу в тайланде  
 снять виллу в тайланде на берегу моря  
 снять виллу в тайланде пхукет  
 снять виллу в турции  
 снять виллу в турции на берегу моря  
 снять виллу в турции с бассейном  
 снять виллу на кипре  
 снять виллу на пхукете  
 снять кемпинг в крыму  
-забронировать отель со скидкой  
-букенком бронь гостиниц  
+забронировать отель онлайн  
+забронировать отель самостоятельно  
+сайт где можно забронировать отель  
+найти отель  
+сервис по подбору гостиниц  
+бронь отеля для визы  
+сравнение цен на отели  
 сравнение частных и сетевых отелей  
 отели волгоград  
 отели великий новгород  
 отели петрозаводск  
 отели саратов </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445193</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495507</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (39 фраз)</t>
   </si>
   <si>
-    <t xml:space="preserve">У 39 запросов, ведущих на данный URL, отличаются релевантные страницы. 
-Проверьте следующие запросы:  
+    <t xml:space="preserve">У 39 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/st._petersburg/ 
+https://ostrovok.ru/hotel/russia/st._petersburg/otdykh/ 
+https://ostrovok.ru/hotel/russia/st._petersburg 
+https://ostrovok.ru/hotel/russia/st._petersburg/price/4000/ 
+https://ostrovok.ru/hotel/russia/st._petersburg/price/1500/ 
+https://ostrovok.ru/hotel/russia/st._petersburg?page=2 
+https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/ 
+https://ostrovok.ru/hotel/russia/st._petersburg/low/ 
+И запросы:
 бронирование отелей санкт петербург  
 бронирование гостиниц в санкт петербурге  
 поиск гостиниц в санкт петербурге  
 поиск отелей санкт петербург  
 поиск отелей спб  
 снять гостиницу в питере  
 снять гостиницу в санкт петербурге  
 снять гостиницу в спб  
 снять отель в питере  
 снять отель в санкт петербурге  
 снять отель в санкт петербурге посуточно  
 снять отель гостиницу в санкт петербурге  
 снять отель на ночь спб  
 снять отель спб  
 подобрать гостиницу в санкт петербурге  
 подобрать отель в санкт петербурге  
 выбрать гостиницу в санкт петербурге  
 выбрать отель в питере  
 выбрать отель в санкт петербурге  
 забронировать гостиницу в питере  
 забронировать гостиницу в санкт петербурге  
 забронировать номер в гостинице санкт петербурга  
 забронировать отель в питере  
 забронировать отель в санкт петербурге  
 забронировать отель в спб без предоплаты  
 забронировать отель спб  
 найти гостиницу в питере  
 найти гостиницу в санкт петербурге  
 найти отель в питере  
 найти отель в санкт петербурге  
 подбор гостиницы в санкт петербурге  
 подбор отеля в санкт петербурге  
 бронь гостиницы в санкт петербурге  
 бронь отелей в питере  
 бронь отеля в санкт петербурге  
 питер бронь гостиницы  
 выбор гостиницы в санкт петербурге  
 выбор отеля в санкт петербурге  
 отели санкт петербурга сравнение цен </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445199</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495513</t>
   </si>
   <si>
     <t>Перегруппировка запросов (21 фраза)</t>
   </si>
   <si>
-    <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы.
-[...4 lines deleted...]
-И запросы:
+    <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
 поиск хостелов в москве  
 жилье в москве снять недорого хостел  
 снять двухместный хостел в москве недорого  
 снять жилье в москве недорого посуточно хостел  
 снять комнату в хостеле в москве  
 снять номер в хостеле в москве  
 снять номер в хостеле в москве недорого  
 снять хостел в москве  
 снять хостел в москве на длительный срок  
 снять хостел в москве на месяц  
 снять хостел в москве на сутки  
 снять хостел в москве недорого  
 снять хостел в москве посуточно  
 снять хостел в москве посуточно недорого  
 снять хостел москвы в центре  
 забронировать хостел в москве  
 забронировать хостел в москве недорого  
 забронировать хостел в москве недорого без предоплаты  
 найти ближайший хостел  
 найти хостел в москве  
 найти хостел в москве недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445201</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495520</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/hostel/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (19 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять жилье в питере недорого посуточно хостел  
 снять комнату в хостеле в санкт петербурге  
 снять хостел в питере  
 снять хостел в питере недорого  
 снять хостел в питере посуточно  
 снять хостел в питере посуточно недорого  
 снять хостел в санкт петербурге  
 снять хостел в санкт петербурге в центре  
 снять хостел в санкт петербурге посуточно  
 снять хостел в санкт петербурге посуточно недорого  
 снять хостел в спб недорого  
 снять хостел в спб посуточно недорого  
 снять хостел спб  
 забронировать хостел в питере  
 забронировать хостел в санкт петербурге  
 забронировать хостел в санкт петербурге недорого  
 забронировать хостел спб  
 найти хостел в санкт петербурге недорого  
 бронь хостела в санкт петербурге </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1390445208</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495534</t>
   </si>
   <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Добавьте продвигаемые запросы в проект.</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>14.09.2023</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/747216010</t>
   </si>
   <si>
     <t>Проверьте и скорректируйте распределение</t>
   </si>
   <si>
     <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1016249328</t>
   </si>
@@ -2190,3705 +2194,3705 @@
       </c>
       <c r="I3" t="s">
         <v>9</v>
       </c>
       <c r="J3" t="s">
         <v>10</v>
       </c>
       <c r="K3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
         <v>2</v>
       </c>
       <c r="I4">
-        <v>98.5</v>
+        <v>94.4</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E5">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5">
         <v>100</v>
       </c>
       <c r="K5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E6">
-        <v>91</v>
+        <v>255</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
         <v>2</v>
       </c>
       <c r="I6">
-        <v>92.2</v>
+        <v>84.5</v>
       </c>
       <c r="K6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E7">
-        <v>288</v>
+        <v>92</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I7">
-        <v>78.8</v>
+        <v>76.2</v>
       </c>
       <c r="K7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E8">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
         <v>4</v>
       </c>
       <c r="I8">
-        <v>73.7</v>
+        <v>81.3</v>
       </c>
       <c r="K8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>36</v>
       </c>
       <c r="E9">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I9">
-        <v>80.5</v>
+        <v>76.2</v>
       </c>
       <c r="K9" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
         <v>39</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I10">
-        <v>100</v>
+        <v>78.6</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11">
         <v>8</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" t="s">
         <v>17</v>
       </c>
       <c r="H11">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="I11">
-        <v>80.5</v>
+        <v>83.1</v>
       </c>
       <c r="K11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" t="s">
         <v>45</v>
       </c>
-      <c r="B12" t="s">
-[...2 lines deleted...]
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>46</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12">
+        <v>8</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12">
+        <v>4</v>
+      </c>
+      <c r="I12">
+        <v>81.3</v>
+      </c>
+      <c r="K12" t="s">
         <v>47</v>
-      </c>
-[...16 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
+        <v>48</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
         <v>49</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>50</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13">
+        <v>105</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13">
+        <v>4</v>
+      </c>
+      <c r="I13">
+        <v>67.2</v>
+      </c>
+      <c r="K13" t="s">
         <v>51</v>
-      </c>
-[...16 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" t="s">
         <v>53</v>
       </c>
       <c r="D14" t="s">
         <v>54</v>
       </c>
       <c r="E14">
-        <v>111</v>
+        <v>4</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
+        <v>10</v>
+      </c>
+      <c r="I14">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>47.5</v>
       </c>
       <c r="K14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
         <v>56</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15">
+        <v>4</v>
+      </c>
+      <c r="F15" t="s">
+        <v>16</v>
+      </c>
+      <c r="G15" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15">
         <v>8</v>
       </c>
-      <c r="F15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I15">
-        <v>85.2</v>
+        <v>27.5</v>
       </c>
       <c r="K15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
         <v>59</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
         <v>13</v>
       </c>
       <c r="I16">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="K16" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D17" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="E17">
         <v>4</v>
       </c>
       <c r="F17" t="s">
         <v>16</v>
       </c>
       <c r="G17" t="s">
         <v>17</v>
       </c>
       <c r="H17">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="I17">
-        <v>24</v>
+        <v>81.3</v>
       </c>
       <c r="K17" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="I18">
-        <v>88.8</v>
+        <v>67.2</v>
       </c>
       <c r="K18" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="D19" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E19">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I19">
-        <v>30</v>
+        <v>75.3</v>
       </c>
       <c r="K19" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D20" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="E20">
         <v>12</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I20">
-        <v>39.1</v>
+        <v>85</v>
       </c>
       <c r="K20" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E21">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I21">
-        <v>68.1</v>
+        <v>87.5</v>
       </c>
       <c r="K21" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" t="s">
+        <v>77</v>
+      </c>
+      <c r="E22">
+        <v>3</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22">
+        <v>16</v>
+      </c>
+      <c r="I22">
+        <v>31.3</v>
+      </c>
+      <c r="K22" t="s">
         <v>78</v>
-      </c>
-[...19 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" t="s">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="D23" t="s">
         <v>81</v>
       </c>
       <c r="E23">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
       <c r="G23" t="s">
         <v>17</v>
       </c>
       <c r="H23">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I23">
-        <v>88.8</v>
+        <v>57.5</v>
       </c>
       <c r="K23" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="B24" t="s">
         <v>13</v>
       </c>
       <c r="C24" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D24" t="s">
         <v>84</v>
       </c>
       <c r="E24">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I24">
-        <v>80.8</v>
+        <v>100</v>
       </c>
       <c r="K24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E25">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
       <c r="G25" t="s">
         <v>17</v>
       </c>
       <c r="H25">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I25">
-        <v>0</v>
+        <v>66.8</v>
       </c>
       <c r="K25" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D26" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E26">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I26">
-        <v>12.5</v>
+        <v>27.5</v>
       </c>
       <c r="K26" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="D27" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E27">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="I27">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K27" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="D28" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E28">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F28" t="s">
         <v>16</v>
       </c>
       <c r="G28" t="s">
         <v>17</v>
       </c>
       <c r="H28">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="I28">
-        <v>30</v>
+        <v>31.3</v>
       </c>
       <c r="K28" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B29" t="s">
         <v>13</v>
       </c>
       <c r="C29" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D29" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E29">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F29" t="s">
         <v>16</v>
       </c>
       <c r="G29" t="s">
         <v>17</v>
       </c>
       <c r="H29">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I29">
-        <v>0</v>
+        <v>81.2</v>
       </c>
       <c r="K29" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E30">
+        <v>24</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
         <v>6</v>
       </c>
-      <c r="F30" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I30">
-        <v>0</v>
+        <v>78.6</v>
       </c>
       <c r="K30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B31" t="s">
         <v>13</v>
       </c>
       <c r="C31" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I31">
         <v>0</v>
       </c>
       <c r="K31" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>106</v>
+        <v>52</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>39</v>
+        <v>95</v>
       </c>
       <c r="D32" t="s">
         <v>107</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="I32">
-        <v>22.5</v>
+        <v>5</v>
       </c>
       <c r="K32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>109</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="D33" t="s">
         <v>110</v>
       </c>
       <c r="E33">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I33">
-        <v>62.2</v>
+        <v>45</v>
       </c>
       <c r="K33" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
         <v>112</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>14</v>
+        <v>95</v>
       </c>
       <c r="D34" t="s">
         <v>113</v>
       </c>
       <c r="E34">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I34">
-        <v>53.7</v>
+        <v>37.2</v>
       </c>
       <c r="K34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
         <v>115</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
+        <v>95</v>
+      </c>
+      <c r="D35" t="s">
         <v>116</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35">
         <v>6</v>
       </c>
       <c r="I35">
-        <v>57.1</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>69</v>
+        <v>118</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="D36" t="s">
         <v>119</v>
       </c>
       <c r="E36">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I36">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K36" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>49</v>
+        <v>121</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>42</v>
+        <v>95</v>
       </c>
       <c r="D37" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E37">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I37">
-        <v>80.8</v>
+        <v>61.6</v>
       </c>
       <c r="K37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>124</v>
+        <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>125</v>
       </c>
       <c r="E38">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
         <v>3</v>
       </c>
       <c r="I38">
-        <v>92.2</v>
+        <v>80.8</v>
       </c>
       <c r="K38" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
+        <v>42</v>
+      </c>
+      <c r="B39" t="s">
+        <v>13</v>
+      </c>
+      <c r="C39" t="s">
+        <v>28</v>
+      </c>
+      <c r="D39" t="s">
         <v>127</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="E39">
+        <v>28</v>
+      </c>
+      <c r="F39" t="s">
+        <v>16</v>
+      </c>
+      <c r="G39" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39">
+        <v>7</v>
+      </c>
+      <c r="I39">
+        <v>83.1</v>
+      </c>
+      <c r="K39" t="s">
         <v>128</v>
-      </c>
-[...19 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
+        <v>23</v>
+      </c>
+      <c r="B40" t="s">
+        <v>13</v>
+      </c>
+      <c r="C40" t="s">
+        <v>129</v>
+      </c>
+      <c r="D40" t="s">
+        <v>130</v>
+      </c>
+      <c r="E40">
+        <v>24</v>
+      </c>
+      <c r="F40" t="s">
+        <v>16</v>
+      </c>
+      <c r="G40" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40">
+        <v>2</v>
+      </c>
+      <c r="I40">
+        <v>84.5</v>
+      </c>
+      <c r="K40" t="s">
         <v>131</v>
-      </c>
-[...25 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
+        <v>132</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
+        <v>45</v>
+      </c>
+      <c r="D41" t="s">
+        <v>133</v>
+      </c>
+      <c r="E41">
+        <v>4</v>
+      </c>
+      <c r="F41" t="s">
+        <v>16</v>
+      </c>
+      <c r="G41" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41">
+        <v>5</v>
+      </c>
+      <c r="I41">
+        <v>40</v>
+      </c>
+      <c r="K41" t="s">
         <v>134</v>
-      </c>
-[...25 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>86</v>
+        <v>135</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>128</v>
+        <v>45</v>
       </c>
       <c r="D42" t="s">
+        <v>136</v>
+      </c>
+      <c r="E42">
+        <v>4</v>
+      </c>
+      <c r="F42" t="s">
+        <v>16</v>
+      </c>
+      <c r="G42" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42">
+        <v>3</v>
+      </c>
+      <c r="I42">
+        <v>88.4</v>
+      </c>
+      <c r="K42" t="s">
         <v>137</v>
-      </c>
-[...16 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
+        <v>138</v>
+      </c>
+      <c r="B43" t="s">
+        <v>13</v>
+      </c>
+      <c r="C43" t="s">
+        <v>45</v>
+      </c>
+      <c r="D43" t="s">
         <v>139</v>
       </c>
-      <c r="B43" t="s">
-[...5 lines deleted...]
-      <c r="D43" t="s">
+      <c r="E43">
+        <v>4</v>
+      </c>
+      <c r="F43" t="s">
+        <v>16</v>
+      </c>
+      <c r="G43" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43">
+        <v>3</v>
+      </c>
+      <c r="I43">
+        <v>100</v>
+      </c>
+      <c r="K43" t="s">
         <v>140</v>
-      </c>
-[...16 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
+        <v>141</v>
+      </c>
+      <c r="B44" t="s">
+        <v>13</v>
+      </c>
+      <c r="C44" t="s">
+        <v>76</v>
+      </c>
+      <c r="D44" t="s">
         <v>142</v>
       </c>
-      <c r="B44" t="s">
-[...5 lines deleted...]
-      <c r="D44" t="s">
+      <c r="E44">
+        <v>2</v>
+      </c>
+      <c r="F44" t="s">
+        <v>16</v>
+      </c>
+      <c r="G44" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44">
+        <v>16</v>
+      </c>
+      <c r="I44">
+        <v>5</v>
+      </c>
+      <c r="K44" t="s">
         <v>143</v>
-      </c>
-[...16 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
+        <v>144</v>
+      </c>
+      <c r="B45" t="s">
+        <v>13</v>
+      </c>
+      <c r="C45" t="s">
+        <v>76</v>
+      </c>
+      <c r="D45" t="s">
         <v>145</v>
       </c>
-      <c r="B45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="I45">
         <v>0</v>
       </c>
       <c r="K45" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>147</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D46" t="s">
         <v>148</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="I46">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K46" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D47" t="s">
         <v>150</v>
       </c>
       <c r="E47">
         <v>2</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
         <v>8</v>
       </c>
       <c r="I47">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K47" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
-        <v>97</v>
+        <v>152</v>
       </c>
       <c r="B48" t="s">
         <v>13</v>
       </c>
       <c r="C48" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D48" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="I48">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>100</v>
+        <v>155</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D49" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="H49">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="I49">
         <v>0</v>
       </c>
       <c r="K49" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>69</v>
+        <v>109</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D50" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E50">
         <v>2</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I50">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K50" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>158</v>
+        <v>112</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D51" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="I51">
-        <v>10</v>
+        <v>37.2</v>
       </c>
       <c r="K51" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D52" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52">
         <v>6</v>
       </c>
       <c r="I52">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D53" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E53">
         <v>2</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I53">
-        <v>100</v>
+        <v>57.5</v>
       </c>
       <c r="K53" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D54" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E54">
         <v>2</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I54">
-        <v>39.1</v>
+        <v>0</v>
       </c>
       <c r="K54" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
-        <v>22</v>
+        <v>168</v>
       </c>
       <c r="B55" t="s">
         <v>13</v>
       </c>
       <c r="C55" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D55" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E55">
         <v>2</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="I55">
-        <v>92.2</v>
+        <v>30</v>
       </c>
       <c r="K55" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D56" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I56">
-        <v>68.1</v>
+        <v>85</v>
       </c>
       <c r="K56" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D57" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E57">
         <v>2</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="I57">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K57" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D58" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I58">
-        <v>57.1</v>
+        <v>100</v>
       </c>
       <c r="K58" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>56</v>
+        <v>178</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D59" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E59">
         <v>2</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="I59">
-        <v>85.2</v>
+        <v>7.5</v>
       </c>
       <c r="K59" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D60" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I60">
-        <v>80.5</v>
+        <v>66.8</v>
       </c>
       <c r="K60" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D61" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E61">
         <v>2</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
-        <v>20</v>
+        <v>54</v>
       </c>
       <c r="I61">
-        <v>22.5</v>
+        <v>61.6</v>
       </c>
       <c r="K61" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D62" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E62">
         <v>2</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="I62">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D63" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
         <v>8</v>
       </c>
       <c r="I63">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="K63" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D64" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E64">
         <v>2</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
-        <v>8</v>
+        <v>101</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="K64" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B65" t="s">
         <v>13</v>
       </c>
       <c r="C65" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D65" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E65">
         <v>2</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
         <v>54</v>
       </c>
       <c r="I65">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="K65" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D66" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E66">
         <v>2</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I66">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="K66" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>197</v>
+        <v>27</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D67" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E67">
         <v>2</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>56</v>
+        <v>5</v>
       </c>
       <c r="I67">
-        <v>0</v>
+        <v>76.2</v>
       </c>
       <c r="K67" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>30</v>
+        <v>72</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D68" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E68">
         <v>2</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I68">
-        <v>73.7</v>
+        <v>87.5</v>
       </c>
       <c r="K68" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>128</v>
+        <v>76</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E69">
         <v>2</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="I69">
         <v>0</v>
       </c>
       <c r="K69" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D70" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E70">
-        <v>29</v>
+        <v>6</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I70">
-        <v>78.8</v>
+        <v>57.5</v>
       </c>
       <c r="K70" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="D71" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="E71">
         <v>6</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="I71">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="K71" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>212</v>
+        <v>86</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D72" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E72">
-        <v>6</v>
+        <v>58</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="I72">
-        <v>87.8</v>
+        <v>66.8</v>
       </c>
       <c r="K72" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="D73" t="s">
         <v>216</v>
       </c>
       <c r="E73">
         <v>3</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I73">
-        <v>24</v>
+        <v>27.5</v>
       </c>
       <c r="K73" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
         <v>218</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>215</v>
+        <v>14</v>
       </c>
       <c r="D74" t="s">
         <v>219</v>
       </c>
       <c r="E74">
         <v>3</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I74">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="K74" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>115</v>
+        <v>221</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>221</v>
+        <v>14</v>
       </c>
       <c r="D75" t="s">
         <v>222</v>
       </c>
       <c r="E75">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="I75">
-        <v>57.1</v>
+        <v>99.9</v>
       </c>
       <c r="K75" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
+        <v>38</v>
+      </c>
+      <c r="B76" t="s">
+        <v>13</v>
+      </c>
+      <c r="C76" t="s">
+        <v>14</v>
+      </c>
+      <c r="D76" t="s">
         <v>224</v>
       </c>
-      <c r="B76" t="s">
-[...5 lines deleted...]
-      <c r="D76" t="s">
+      <c r="E76">
+        <v>3</v>
+      </c>
+      <c r="F76" t="s">
+        <v>16</v>
+      </c>
+      <c r="G76" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76">
+        <v>6</v>
+      </c>
+      <c r="I76">
+        <v>78.6</v>
+      </c>
+      <c r="K76" t="s">
         <v>225</v>
-      </c>
-[...16 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
+        <v>226</v>
+      </c>
+      <c r="B77" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
         <v>227</v>
       </c>
-      <c r="B77" t="s">
-[...5 lines deleted...]
-      <c r="D77" t="s">
+      <c r="E77">
+        <v>2</v>
+      </c>
+      <c r="F77" t="s">
+        <v>16</v>
+      </c>
+      <c r="G77" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77">
+        <v>2</v>
+      </c>
+      <c r="I77">
+        <v>50</v>
+      </c>
+      <c r="K77" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>86</v>
+        <v>229</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>230</v>
       </c>
       <c r="E78">
         <v>2</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="I78">
-        <v>0</v>
+        <v>73.8</v>
       </c>
       <c r="K78" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
+        <v>104</v>
+      </c>
+      <c r="B79" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="E79">
         <v>2</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
         <v>8</v>
       </c>
       <c r="I79">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="K79" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
+        <v>234</v>
+      </c>
+      <c r="B80" t="s">
+        <v>13</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
         <v>235</v>
       </c>
-      <c r="B80" t="s">
-[...5 lines deleted...]
-      <c r="D80" t="s">
+      <c r="E80">
+        <v>2</v>
+      </c>
+      <c r="F80" t="s">
+        <v>16</v>
+      </c>
+      <c r="G80" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80">
+        <v>6</v>
+      </c>
+      <c r="I80">
+        <v>50</v>
+      </c>
+      <c r="K80" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>237</v>
+      </c>
+      <c r="B81" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
         <v>238</v>
       </c>
-      <c r="B81" t="s">
-[...5 lines deleted...]
-      <c r="D81" t="s">
+      <c r="E81">
+        <v>2</v>
+      </c>
+      <c r="F81" t="s">
+        <v>16</v>
+      </c>
+      <c r="G81" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81">
+        <v>4</v>
+      </c>
+      <c r="I81">
+        <v>80</v>
+      </c>
+      <c r="K81" t="s">
         <v>239</v>
-      </c>
-[...16 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
+        <v>240</v>
+      </c>
+      <c r="B82" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
         <v>241</v>
       </c>
-      <c r="B82" t="s">
-[...5 lines deleted...]
-      <c r="D82" t="s">
+      <c r="E82">
+        <v>2</v>
+      </c>
+      <c r="F82" t="s">
+        <v>16</v>
+      </c>
+      <c r="G82" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82">
+        <v>6</v>
+      </c>
+      <c r="I82">
+        <v>50</v>
+      </c>
+      <c r="K82" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
+        <v>243</v>
+      </c>
+      <c r="B83" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
         <v>244</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
         <v>7</v>
       </c>
       <c r="I83">
-        <v>43.8</v>
+        <v>0</v>
       </c>
       <c r="K83" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>59</v>
+        <v>246</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>247</v>
       </c>
       <c r="E84">
         <v>2</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="I84">
-        <v>12.5</v>
+        <v>0</v>
       </c>
       <c r="K84" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>249</v>
       </c>
       <c r="E85">
         <v>2</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="I85">
-        <v>45</v>
+        <v>5</v>
       </c>
       <c r="K85" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>94</v>
+        <v>109</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>251</v>
       </c>
       <c r="E86">
         <v>2</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I86">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="K86" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>97</v>
+        <v>112</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>253</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87">
         <v>7</v>
       </c>
       <c r="I87">
-        <v>0</v>
+        <v>37.2</v>
       </c>
       <c r="K87" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
+        <v>115</v>
+      </c>
+      <c r="B88" t="s">
+        <v>13</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
         <v>255</v>
       </c>
-      <c r="B88" t="s">
-[...5 lines deleted...]
-      <c r="D88" t="s">
+      <c r="E88">
+        <v>2</v>
+      </c>
+      <c r="F88" t="s">
+        <v>16</v>
+      </c>
+      <c r="G88" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88">
+        <v>6</v>
+      </c>
+      <c r="I88">
+        <v>20</v>
+      </c>
+      <c r="K88" t="s">
         <v>256</v>
-      </c>
-[...16 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>100</v>
+        <v>257</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>258</v>
       </c>
       <c r="E89">
         <v>2</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="I89">
         <v>0</v>
       </c>
       <c r="K89" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
+        <v>118</v>
+      </c>
+      <c r="B90" t="s">
+        <v>13</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90">
         <v>6</v>
       </c>
       <c r="I90">
         <v>0</v>
       </c>
       <c r="K90" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>263</v>
       </c>
       <c r="E91">
         <v>2</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I91">
         <v>0</v>
       </c>
       <c r="K91" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
         <v>265</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>266</v>
       </c>
       <c r="E92">
         <v>2</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="I92">
-        <v>92.3</v>
+        <v>67.5</v>
       </c>
       <c r="K92" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
+        <v>72</v>
+      </c>
+      <c r="B93" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
         <v>268</v>
       </c>
-      <c r="B93" t="s">
-[...5 lines deleted...]
-      <c r="D93" t="s">
+      <c r="E93">
+        <v>2</v>
+      </c>
+      <c r="F93" t="s">
+        <v>16</v>
+      </c>
+      <c r="G93" t="s">
+        <v>17</v>
+      </c>
+      <c r="H93">
+        <v>2</v>
+      </c>
+      <c r="I93">
+        <v>87.5</v>
+      </c>
+      <c r="K93" t="s">
         <v>269</v>
-      </c>
-[...16 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>270</v>
+      </c>
+      <c r="B94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
         <v>271</v>
-      </c>
-[...7 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E94">
         <v>2</v>
       </c>
       <c r="F94" t="s">
         <v>16</v>
       </c>
       <c r="G94" t="s">
         <v>17</v>
       </c>
       <c r="H94">
         <v>4</v>
       </c>
       <c r="I94">
-        <v>76.4</v>
+        <v>80</v>
       </c>
       <c r="K94" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>273</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
         <v>274</v>
       </c>
-      <c r="B95" t="s">
-[...5 lines deleted...]
-      <c r="D95" t="s">
+      <c r="E95">
+        <v>2</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" t="s">
+        <v>17</v>
+      </c>
+      <c r="H95">
+        <v>2</v>
+      </c>
+      <c r="I95">
+        <v>94.1</v>
+      </c>
+      <c r="K95" t="s">
         <v>275</v>
-      </c>
-[...16 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>30</v>
+        <v>276</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>277</v>
       </c>
       <c r="E96">
         <v>2</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I96">
-        <v>73.7</v>
+        <v>57.2</v>
       </c>
       <c r="K96" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>127</v>
+        <v>83</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
         <v>279</v>
       </c>
-      <c r="D97" t="s">
+      <c r="E97">
+        <v>2</v>
+      </c>
+      <c r="F97" t="s">
+        <v>16</v>
+      </c>
+      <c r="G97" t="s">
+        <v>17</v>
+      </c>
+      <c r="H97">
+        <v>2</v>
+      </c>
+      <c r="I97">
+        <v>100</v>
+      </c>
+      <c r="K97" t="s">
         <v>280</v>
-      </c>
-[...16 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D98" t="s">
         <v>282</v>
       </c>
       <c r="E98">
         <v>3</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="H98">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="I98">
-        <v>2.5</v>
+        <v>5</v>
       </c>
       <c r="K98" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D99" t="s">
         <v>284</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="K99" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D100" t="s">
         <v>286</v>
       </c>
       <c r="E100">
         <v>3</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="I100">
         <v>0</v>
       </c>
       <c r="K100" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D101" t="s">
         <v>288</v>
       </c>
       <c r="E101">
         <v>3</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
         <v>14</v>
       </c>
       <c r="I101">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K101" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D102" t="s">
         <v>290</v>
       </c>
       <c r="E102">
         <v>3</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I102">
         <v>0</v>
       </c>
       <c r="K102" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D103" t="s">
         <v>292</v>
       </c>
       <c r="E103">
         <v>3</v>
       </c>
       <c r="F103" t="s">
         <v>16</v>
       </c>
       <c r="G103" t="s">
         <v>17</v>
       </c>
       <c r="H103">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="I103">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="K103" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D104" t="s">
         <v>294</v>
       </c>
       <c r="E104">
         <v>3</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="I104">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K104" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D105" t="s">
         <v>296</v>
       </c>
       <c r="E105">
         <v>3</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="I105">
-        <v>0</v>
+        <v>7.5</v>
       </c>
       <c r="K105" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
         <v>185</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D106" t="s">
         <v>298</v>
       </c>
       <c r="E106">
         <v>3</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="I106">
-        <v>35</v>
+        <v>20</v>
       </c>
       <c r="K106" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
         <v>188</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D107" t="s">
         <v>300</v>
       </c>
       <c r="E107">
         <v>3</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
         <v>8</v>
       </c>
       <c r="I107">
         <v>0</v>
       </c>
       <c r="K107" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
         <v>191</v>
       </c>
       <c r="B108" t="s">
         <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D108" t="s">
         <v>302</v>
       </c>
       <c r="E108">
         <v>3</v>
       </c>
       <c r="F108" t="s">
         <v>16</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="I108">
         <v>0</v>
       </c>
       <c r="K108" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
         <v>194</v>
       </c>
       <c r="B109" t="s">
         <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D109" t="s">
         <v>304</v>
       </c>
       <c r="E109">
         <v>3</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I109">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="K109" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" t="s">
         <v>197</v>
       </c>
       <c r="B110" t="s">
         <v>13</v>
       </c>
       <c r="C110" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D110" t="s">
         <v>306</v>
       </c>
       <c r="E110">
         <v>3</v>
       </c>
       <c r="F110" t="s">
         <v>16</v>
       </c>
       <c r="G110" t="s">
         <v>17</v>
       </c>
       <c r="H110">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="I110">
         <v>0</v>
       </c>
       <c r="K110" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B111" t="s">
         <v>13</v>
       </c>
       <c r="C111" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="D111" t="s">
         <v>308</v>
       </c>
       <c r="E111">
         <v>3</v>
       </c>
       <c r="F111" t="s">
         <v>16</v>
       </c>
       <c r="G111" t="s">
         <v>17</v>
       </c>
       <c r="H111">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="I111">
         <v>0</v>
       </c>
       <c r="K111" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" t="s">
         <v>310</v>
       </c>
       <c r="B112" t="s">
         <v>13</v>
       </c>
       <c r="C112" t="s">
         <v>311</v>
       </c>
       <c r="D112" t="s">
         <v>312</v>
       </c>
       <c r="E112">
         <v>1</v>
       </c>
       <c r="F112" t="s">
         <v>313</v>
       </c>
       <c r="G112" t="s">
         <v>314</v>
       </c>
       <c r="K112" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B113" t="s">
         <v>13</v>
       </c>
       <c r="C113" t="s">
         <v>316</v>
       </c>
       <c r="D113" t="s">
         <v>317</v>
       </c>
       <c r="E113">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F113" t="s">
         <v>16</v>
       </c>
       <c r="G113" t="s">
         <v>17</v>
       </c>
       <c r="H113">
         <v>2</v>
       </c>
       <c r="I113">
-        <v>78.8</v>
+        <v>84.5</v>
       </c>
       <c r="K113" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" t="s">
         <v>319</v>
       </c>
       <c r="B114" t="s">
         <v>13</v>
       </c>
       <c r="C114" t="s">
         <v>320</v>
       </c>
       <c r="D114" t="s">
         <v>321</v>
       </c>
       <c r="E114">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="F114" t="s">
         <v>16</v>
       </c>
       <c r="G114" t="s">
         <v>17</v>
       </c>
       <c r="H114">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="I114">
-        <v>99.5</v>
+        <v>99.6</v>
       </c>
       <c r="K114" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B115" t="s">
         <v>13</v>
       </c>
       <c r="C115" t="s">
         <v>323</v>
       </c>
       <c r="D115" t="s">
         <v>324</v>
       </c>
       <c r="E115">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F115" t="s">
         <v>16</v>
       </c>
       <c r="G115" t="s">
         <v>17</v>
       </c>
       <c r="H115">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I115">
-        <v>47.5</v>
+        <v>67.2</v>
       </c>
       <c r="K115" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" t="s">
         <v>326</v>
       </c>
       <c r="B116" t="s">
         <v>13</v>
       </c>
       <c r="C116" t="s">
         <v>327</v>
       </c>
       <c r="D116" t="s">
         <v>328</v>
       </c>
       <c r="E116">
         <v>19</v>
       </c>
       <c r="F116" t="s">
         <v>16</v>
       </c>
       <c r="G116" t="s">
         <v>17</v>
       </c>
       <c r="H116">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I116">
-        <v>69.3</v>
+        <v>68.1</v>
       </c>
       <c r="K116" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B117" t="s">
         <v>330</v>
       </c>
       <c r="C117" t="s">
         <v>331</v>
       </c>
       <c r="D117" t="s">
         <v>332</v>
       </c>
       <c r="E117">
         <v>0</v>
       </c>
       <c r="F117" t="s">
         <v>333</v>
       </c>
       <c r="G117" t="s">
         <v>314</v>
       </c>
       <c r="H117">
         <v>2</v>
       </c>
       <c r="I117">
-        <v>78.8</v>
+        <v>84.5</v>
       </c>
       <c r="K117" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B118" t="s">
         <v>330</v>
       </c>
       <c r="C118" t="s">
         <v>335</v>
       </c>
       <c r="D118" t="s">
         <v>336</v>
       </c>
       <c r="E118">
         <v>0</v>
       </c>
       <c r="F118" t="s">
         <v>16</v>
       </c>
       <c r="G118" t="s">
         <v>17</v>
       </c>
       <c r="H118">
         <v>2</v>
       </c>
       <c r="I118">
-        <v>78.8</v>
+        <v>84.5</v>
       </c>
       <c r="K118" t="s">
         <v>337</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>