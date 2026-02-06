--- v3 (2026-01-13)
+++ v4 (2026-02-06)
@@ -12,1800 +12,1704 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="316">
   <si>
     <t xml:space="preserve">Выгрузка задач TODO </t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Тип</t>
   </si>
   <si>
     <t>Заголовок</t>
   </si>
   <si>
     <t>Задача</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Дата</t>
   </si>
   <si>
     <t>Статус выполнения</t>
   </si>
   <si>
     <t>Средняя позиция</t>
   </si>
   <si>
     <t>Видимость</t>
   </si>
   <si>
     <t>SEO трафик</t>
   </si>
   <si>
     <t>Детальная страница задачи</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/</t>
   </si>
   <si>
     <t>Внутренняя оптимизация</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (4 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/ 
+https://ostrovok.ru/hotel/russia/moscow/price/1500/ 
+https://ostrovok.ru/ 
+https://ostrovok.ru/hotel/russia/moscow/price/4000/ 
+И запросы:
+снять номер в гостинице в москве  
+снять отель на сутки в москве  
+забронировать отель  
+бронь гостиницы в москве </t>
+  </si>
+  <si>
+    <t>04.02.2026</t>
+  </si>
+  <si>
+    <t>Не выполнена</t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506663</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/gelendzhik/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (3 фразы)</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-снять номер в гостинице в москве  
-[...20 lines deleted...]
-Проверьте следующие запросы:  
 снять виллу в геленджике  
+забронировать отель в геленджике  
 отели геленджик </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495539</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506675</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/kislovodsk/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (6 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+кисловодск (встречается в 6 запросах, значимость 388) 
+отель (встречается в 5 запросах, значимость 387) 
+забронировать (встречается в 3 запросах, значимость 6) 
+предоплата (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506783</t>
   </si>
   <si>
     <t>https://ostrovok.ru/</t>
   </si>
   <si>
     <t>Оптимизация Title (53 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-отель (встречается в 32 запросах, значимость 874) 
-[...12 lines deleted...]
-берег (встречается в 3 запросах, значимость 4) 
+отель (встречается в 32 запросах, значимость 741) 
+снимать (встречается в 13 запросах, значимость 314) 
+вилла (встречается в 12 запросах, значимость 313) 
+тайланд (встречается в 3 запросах, значимость 194) 
+бронирование (встречается в 9 запросах, значимость 57) 
+гостиница (встречается в 9 запросах, значимость 52) 
+броневик (встречается в 2 запросах, значимость 46) 
+турция (встречается в 3 запросах, значимость 17) 
+крым (встречается в 3 запросах, значимость 15) 
+кипр (встречается в 1 запросе, значимость 10) 
+море (встречается в 4 запросах, значимость 7) 
+берег (встречается в 3 запросах, значимость 6) 
+подбирать (встречается в 3 запросах, значимость 5) 
 сравнение (встречается в 3 запросах, значимость 4) 
-кипр (встречается в 1 запросе, значимость 2) 
-официальный (встречается в 1 запросе, значимость 2) 
+бронь (встречается в 2 запросах, значимость 3) 
+виза (встречается в 1 запросе, значимость 2) 
 частный (встречается в 1 запросе, значимость 1) 
 букенком (встречается в 1 запросе, значимость 1) 
-бассейн (встречается в 1 запросе, значимость 1) </t>
-[...8 lines deleted...]
-    <t>Оптимизация Title (9 фраз).</t>
+бассейн (встречается в 1 запросе, значимость 1) 
+черный (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506707</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/indonesia/indonesia_bali_province/apartamenty/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (4 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-москва (встречается в 9 запросах, значимость 638) 
-[...40 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495509</t>
+снимать (встречается в 4 запросах, значимость 120) 
+вилла (встречается в 4 запросах, значимость 120) 
+бали (встречается в 4 запросах, значимость 120) 
+длительный (встречается в 1 запросе, значимость 8) 
+срок (встречается в 1 запросе, значимость 8) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506774</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/abkhazia/</t>
   </si>
   <si>
-    <t>Оптимизация текста (4 фразы).</t>
+    <t>Оптимизация текста (3 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
-апартамент  — не менее 3 раз 
+вилла  — не менее 3 раз 
 абхазия  — не менее 3 раз 
-вилла  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять виллу в абхазии на берегу моря  
-снять виллу с бассейном в абхазии  
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495742</t>
+снять виллу в абхазии  
+снять виллу с бассейном в абхазии </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506836</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+двухместный  — не менее 3 раз 
+хостеть  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+длительный  — не менее 3 раз 
+срок  — не менее 3 раз 
+месяц  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять хостел в москве на месяц  
+снять хостел в москве на длительный срок  
+снять двухместный хостел в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506832</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/turkey/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 поиск  — не менее 3 раз 
 забронировать  — не менее 3 раз 
 включать  — не менее 3 раз 
-находить  — не менее 2 раз 
 сравнение  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 поиск отелей в турции  
 забронировать отель в турции все включено  
-найти отель в турции  
 сравнение отелей турции </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495732</t>
-[...2 lines deleted...]
-    <t>Перегруппировка запросов (4 фразы)</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506831</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять виллу на бали  
 снять виллу на бали на длительный срок  
 снять виллу на бали на месяц  
 снять виллу на бали цены </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495559</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/moscow/hostel/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506693</t>
   </si>
   <si>
     <t>Оптимизация Title (21 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-москва (встречается в 20 запросах, значимость 524) 
-[...4 lines deleted...]
-срок (встречается в 1 запросе, значимость 21) 
+москва (встречается в 20 запросах, значимость 479) 
+хостеть (встречается в 17 запросах, значимость 466) 
+снимать (встречается в 14 запросах, значимость 454) 
+недорого (встречается в 9 запросах, значимость 142) 
+месяц (встречается в 1 запросе, значимость 9) 
+длительный (встречается в 1 запросе, значимость 6) 
+срок (встречается в 1 запросе, значимость 6) 
 двухместный (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495604</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506721</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/odintsovo/hostel/</t>
   </si>
   <si>
     <t>Оптимизация текста (2 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 одинцово  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в одинцово посуточно недорого  
-[...21 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495766</t>
+снять хостел в одинцово  
+снять хостел в одинцово посуточно недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506854</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/beach/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 отель  — не менее 3 раз 
 крым  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
 находить  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять отель в крыму на берегу моря  
 снять отель в крыму у моря  
 найти отель в крыму на берегу моря </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495762</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506847</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/low/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
-вилла  — не менее 3 раз 
-[...2 lines deleted...]
-срок  — не менее 3 раз 
+отель  — не менее 3 раз 
+москва  — не менее 3 раз 
+недорого  — не менее 3 раз 
+двое  — не менее 3 раз 
 месяц  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять виллу на бали на месяц  
-[...35 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/sochi/beach/</t>
+снять отель в москве недорого на двоих  
+снять отель на месяц </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506843</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/kazan/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-сочи (встречается в 4 запросах, значимость 12) 
-[...46 lines deleted...]
-казань (встречается в 6 запросах, значимость 9) 
+казань (встречается в 6 запросах, значимость 7) 
 забронировать (встречается в 2 запросах, значимость 2) 
 хостел (встречается в 1 запросе, значимость 1) 
 центр (встречается в 1 запросе, значимость 1) 
 оплата (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495708</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506797</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/anapa/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-анапа (встречается в 6 запросах, значимость 11) 
-[...1 lines deleted...]
-забронировать (встречается в 2 запросах, значимость 6) 
+анапа (встречается в 6 запросах, значимость 8) 
+отель (встречается в 6 запросах, значимость 8) 
+забронировать (встречается в 2 запросах, значимость 2) 
 включать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495675</t>
-[...25 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495525</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506781</t>
   </si>
   <si>
     <t>Оптимизация Title (3 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 3 запросах, значимость 8) 
-[...6 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495692</t>
+отель (встречается в 3 запросах, значимость 5) 
+крым (встречается в 3 запросах, значимость 5) 
+море (встречается в 3 запросах, значимость 5) 
+снимать (встречается в 2 запросах, значимость 4) 
+берег (встречается в 2 запросах, значимость 4) 
+находить (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506785</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/pool/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-отель (встречается в 3 запросах, значимость 3) 
-[...19 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495644</t>
+сочи (встречается в 3 запросах, значимость 8) 
+бассейн (встречается в 3 запросах, значимость 8) 
+снимать (встречается в 2 запросах, значимость 6) 
+вилла (встречается в 1 запросе, значимость 3) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506764</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/</t>
   </si>
   <si>
-    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы.
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://ostrovok.ru/hotel/russia/ 
 https://ostrovok.ru/hotel/russia/krasnodar_krai_black_sea_coast_multi/ 
 https://ostrovok.ru/ 
-https://ostrovok.ru/?sn=1 
 И запросы:
 бронирование отелей в россии  
 бронирование отелей и апартаментов в россии  
-сервис по поиску отелей в россии  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495511</t>
+сервис поиска гостиниц в россии </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506655</t>
   </si>
   <si>
     <t>Оптимизация Title (8 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-абхазия (встречается в 8 запросах, значимость 15) 
+абхазия (встречается в 8 запросах, значимость 10) 
 снимать (встречается в 5 запросах, значимость 5) 
-море (встречается в 3 запросах, значимость 4) 
 вилла (встречается в 3 запросах, значимость 3) 
-апартамент (встречается в 1 запросе, значимость 1) 
+море (встречается в 3 запросах, значимость 3) 
 берег (встречается в 1 запросе, значимость 1) 
 бассейн (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495628</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506743</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/apartamenty/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (5 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 5 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+апарт отель санкт петербург снять  
+апарт отель спб снять  
+апартаменты санкт петербург снять посуточно  
+апартаменты спб забронировать  
+забронировать апартаменты в санкт петербурге посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506653</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/khabarovsk/hostel/</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (2 фразы).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 2 запросах, значимость 2) 
 хостеть (встречается в 2 запросах, значимость 2) 
 хабаровск (встречается в 2 запросах, значимость 2) 
 недорого (встречается в 1 запросе, значимость 1) 
 посуточно (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495718</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506825</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/samara/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 3) 
-[...9 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/novosibirsk/hostel/</t>
+хостеть (встречается в 2 запросах, значимость 4) 
+самара (встречается в 2 запросах, значимость 4) 
+снимать (встречается в 2 запросах, значимость 4) 
+недорого (встречается в 1 запросе, значимость 1) 
+посуточно (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506823</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 8) 
-[...1 lines deleted...]
-новосибирск (встречается в 2 запросах, значимость 8) 
+снимать (встречается в 2 запросах, значимость 6) 
+хостеть (встречается в 2 запросах, значимость 6) 
+одинцово (встречается в 2 запросах, значимость 6) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495712</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506822</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/novosibirsk/hostel/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+снимать (встречается в 2 запросах, значимость 2) 
+хостеть (встречается в 2 запросах, значимость 2) 
+новосибирск (встречается в 2 запросах, значимость 2) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506821</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 2 запросах, значимость 9) 
-[...7 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495711</t>
+снимать (встречается в 2 запросах, значимость 4) 
+хостеть (встречается в 2 запросах, значимость 4) 
+нижний (встречается в 2 запросах, значимость 4) 
+новгород (встречается в 2 запросах, значимость 4) 
+посуточно (встречается в 1 запросе, значимость 1) 
+недорого (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506814</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/krasnoyarsk/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 2 запросах, значимость 2) 
 хостеть (встречается в 2 запросах, значимость 2) 
 красноярск (встречается в 2 запросах, значимость 2) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495709</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506804</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/irkutsk/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 2 запросах, значимость 2) 
 хостеть (встречается в 2 запросах, значимость 2) 
 иркутск (встречается в 2 запросах, значимость 2) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495702</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506789</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/maldives/</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-мальдивы (встречается в 2 запросах, значимость 31) 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495658</t>
+мальдивы (встречается в 2 запросах, значимость 15) 
+снимать (встречается в 1 запросе, значимость 4) 
+вилла (встречается в 1 запросе, значимость 4) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506777</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/united_arab_emirates/dubai/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+дубай (встречается в 2 запросах, значимость 35) 
+снимать (встречается в 1 запросе, значимость 23) 
+вилла (встречается в 1 запросе, значимость 23) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506763</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/sochi/mid10479044/hotel_sochi_park_hotel_2/</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (2 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+сочи парк отель забронировать  
+сочи парк отель бронь </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506694</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять отель в нижнем новгороде  
 забронировать отель в нижнем новгороде </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495527</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506667</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (9 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-поиск (встречается в 1 запросе, значимость 7) 
-[...1 lines deleted...]
-находить (встречается в 1 запросе, значимость 1) 
+поиск (встречается в 1 запросе, значимость 1) 
+включать (встречается в 1 запросе, значимость 1) 
 сравнение (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495596</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506720</t>
   </si>
   <si>
     <t>Оптимизация текста (12 фраз).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 броневик  — не менее 3 раз 
 бронирование  — не менее 3 раз 
 отель  — не менее 3 раз 
 официальный  — не менее 3 раз 
 вилла  — не менее 3 раз 
 италия  — не менее 3 раз 
 снимать  — не менее 3 раз 
 крым  — не менее 3 раз 
+тайланд  — не менее 3 раз 
 берег  — не менее 3 раз 
 море  — не менее 3 раз 
-тайланд  — не менее 3 раз 
 турция  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 кипр  — не менее 3 раз 
 кемпинг  — не менее 3 раз 
 подбирать  — не менее 3 раз 
 собака  — не менее 3 раз 
 черный  — не менее 3 раз 
 бронь  — не менее 3 раз 
 виза  — не менее 3 раз 
 букенком  — не менее 3 раз 
 гостиница  — не менее 3 раз 
 сравнение  — не менее 3 раз 
 частный  — не менее 3 раз 
 сетевой  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 броневик бронирование отелей  
+снять виллу в крыму  
+снять виллу в турции  
+снять виллу на кипре  
+снять виллу в турции на берегу моря  
+снять виллу в тайланде на берегу моря  
 бронь отеля для визы  
-снять виллу в турции  
 броневик бронирование отелей официальный  
-снять виллу в тайланде на берегу моря  
-[...1 lines deleted...]
-букенком бронь гостиниц  
 вилла в италии снять  
-снять виллу в крыму на берегу моря  
-[...3 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495728</t>
+снять виллу в турции с бассейном </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506829</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/yekaterinburg/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в екатеринбурге  
 снять хостел в екатеринбурге недорого  
 снять хостел в екатеринбурге посуточно недорого  
 забронировать хостел в екатеринбурге </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495541</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506676</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/low/</t>
   </si>
   <si>
     <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять гостиницу в санкт петербурге недорого  
 снять отель в санкт петербурге недорого  
 снять отель в спб на сутки  
 забронировать отель в санкт петербурге недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495538</t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495524</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506674</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/moscow/apartamenty/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 4 запросов, ведущих на данный URL, отличаются релевантные страницы. 
+Проверьте следующие запросы:  
+апарт отель в москве снять посуточно  
+апарт отель москва снять на длительный срок  
+забронировать апартаменты в москве  
+забронировать апартаменты в москве посуточно </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506651</t>
   </si>
   <si>
     <t>https://blog.ostrovok.ru/8-otelej-moskvy-gde-mozhno-vstretit-novyj-god/</t>
+  </si>
+  <si>
+    <t>Оптимизация текста (1 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 забронировать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 забронировать отель на новый год </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495787</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506860</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/sochi/mid7861161/ozdorovitelnyi_kompleks_sputnik/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 забронировать  — не менее 3 раз 
 отель  — не менее 3 раз 
 сочи  — не менее 3 раз 
 включать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 забронировать отель в сочи все включено </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495786</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506859</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/chelyabinsk/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 челябинск  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в челябинске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495785</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506858</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 хабаровск  — не менее 3 раз 
 недорого  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в хабаровске недорого посуточно </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495784</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506857</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/taganrog/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 таганрог  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в таганроге </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495783</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/omsk/hostel/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506856</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
+хостеть  — не менее 3 раз 
+самара  — не менее 3 раз 
+недорого  — не менее 3 раз 
+посуточно  — не менее 3 раз 
 снимать  — не менее 3 раз 
-хостеть  — не менее 3 раз 
-омск  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-снять хостел в омске </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495782</t>
+хостел в самаре недорого посуточно снять </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506855</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 новосибирск  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в новосибирске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495778</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506853</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 нижний  — не менее 3 раз 
 новгород  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в нижнем новгороде посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495776</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506852</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 красноярск  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в красноярске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495774</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506851</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 хостел  — не менее 3 раз 
 казань  — не менее 3 раз 
 центр  — не менее 3 раз 
 забронировать  — не менее 3 раз 
 оплата  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 хостелы казань центр забронировать без оплаты </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495772</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506850</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 иркутск  — не менее 3 раз 
 посуточно  — не менее 3 раз 
 недорого  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в иркутске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495770</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506849</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/domodedovo/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 домодедово  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять хостел в домодедово </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495768</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506848</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
-гостиница  — не менее 3 раз 
-[...3 lines deleted...]
-находить  — не менее 3 раз 
+забронировать  — не менее 3 раз 
+отель  — не менее 3 раз 
+кисловодск  — не менее 3 раз 
+предоплата  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
-гостиница сочи недорого у моря найти </t>
-[...18 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495759</t>
+забронировать отель в кисловодске без предоплаты </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506846</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 забронировать  — не менее 3 раз 
 отель  — не менее 3 раз 
 анапа  — не менее 3 раз 
 включать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 забронировать отель в анапе все включено </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495758</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506845</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/mid9291605/kapsulnyij_hotel_caps_hotel/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 капсульный  — не менее 3 раз 
 хостеть  — не менее 3 раз 
 москва  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять капсульный хостел в москве </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495755</t>
-[...13 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495754</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506844</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 вилла  — не менее 3 раз 
 мальдивы  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять виллу на мальдивах </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495751</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506842</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+бали  — не менее 3 раз 
+длительный  — не менее 3 раз 
+срок  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу на бали на длительный срок </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506841</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+сочи  — не менее 3 раз 
+бассейн  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу в сочи с бассейном </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506840</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Требуется провести доработку текста.
+Добавить слова из продвигаемых запросов: 
+снимать  — не менее 3 раз 
+вилла  — не менее 3 раз 
+дубай  — не менее 3 раз 
+Добавить фразы или наиболее близкие к точному вхождению написания:
+снять виллу в дубае </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506839</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/turkey/alanya/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 апартамент  — не менее 3 раз 
 турция  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять апартаменты в турции </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495746</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506838</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/adler/kitchen/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 снимать  — не менее 3 раз 
 апартамент  — не менее 3 раз 
 адлер  — не менее 3 раз 
 кухня  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 снять апартаменты в адлере с кухней </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495744</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506837</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/eastern_crimea_province/pool/?page=3</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 вилла  — не менее 3 раз 
 бассейн  — не менее 3 раз 
 крым  — не менее 3 раз 
 снимать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 вилла с бассейном в крыму снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495740</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506835</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/turkey/kemer/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 апартамент  — не менее 3 раз 
 турция  — не менее 3 раз 
 море  — не менее 3 раз 
 снимать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 апартаменты в турции у моря снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495738</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506834</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/bulgaria/sunny_beach/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 апартамент  — не менее 3 раз 
 болгария  — не менее 3 раз 
 снимать  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 апартаменты в болгарии снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495737</t>
-[...26 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495730</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506833</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/turkey/antalya/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется провести доработку текста.
 Добавить слова из продвигаемых запросов: 
 поиск  — не менее 3 раз 
 апартамент  — не менее 3 раз 
 турция  — не менее 3 раз 
 Добавить фразы или наиболее близкие к точному вхождению написания:
 поиск апартаментов в турции </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495729</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506830</t>
   </si>
   <si>
     <t>Перегруппировка запросов (6 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 6 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в казани  
 снять хостел в казани посуточно недорого  
 хостел в казани снять посуточно  
 забронировать хостел в казани  
 хостелы казань центр забронировать без оплаты  
 бронь хостел казань </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495530</t>
-[...29 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495660</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506669</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/belgorod/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в белгороде  
 хостел белгород недорого снять  
 хостел белгород недорого снять на ночь </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495545</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506679</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/kaliningrad/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в калининграде  
 снять хостел в калининграде недорого  
 забронировать хостел в калининграде </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495542</t>
-[...12 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495517</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506677</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/adler/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/adler/ 
+https://ostrovok.ru/hotel/russia/adler/villas/ 
+https://ostrovok.ru/hotel/russia/adler/low/ 
+https://ostrovok.ru/hotel/russia/adler/otdykh/ 
+И запросы:
+снять виллу в адлере  
+снять отель в адлере  
+выбрать отель в адлере </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506665</t>
   </si>
   <si>
     <t xml:space="preserve">У 3 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять апартаменты в абхазии  
 снять виллу в абхазии  
 снять виллу в абхазии на берегу моря </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495508</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506650</t>
+  </si>
+  <si>
+    <t>Перегруппировка запросов (9 фраз)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 9 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/moscow/low/ 
+https://ostrovok.ru/hotel/russia/moscow/price/2000/ 
+https://ostrovok.ru/hotel/russia/moscow/price/1500/ 
+https://ostrovok.ru/hotel/russia/moscow/ 
+https://ostrovok.ru/hotel/russia/moscow/price/4000/ 
+И запросы:
+снять гостиницу в москве недорого  
+снять гостиницу на сутки в москве недорого  
+снять номер в гостинице москва недорого  
+снять отель в москве недорого  
+снять отель в москве недорого на двоих  
+снять отель на месяц  
+снять отель на сутки в москве недорого  
+забронировать гостиницу в москве недорого  
+забронировать отель в москве недорого </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506666</t>
+  </si>
+  <si>
+    <t>Оптимизация Title (16 фраз).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
+москва (встречается в 15 запросах, значимость 158) 
+недорого (встречается в 15 запросах, значимость 158) 
+снимать (встречается в 9 запросах, значимость 128) 
+отель (встречается в 9 запросах, значимость 80) 
+двое (встречается в 1 запросе, значимость 1) 
+месяц (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506779</t>
   </si>
   <si>
     <t>https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://ostrovok.ru/?af_channel=installs_from_site&amp;af_siteid=ostrovok&amp;af_sub_siteid=serp&amp;c=footer&amp;pid=brand&amp;deep_link_value=ostrovok://serp?arrival=2023-09-16&amp;departure=2023-09-17&amp;link_page=serp&amp;site_uid=E4DBF44D8AFBC464B84A7B4E0249C02D&amp;partner_slug=31173.affiliate.153f&amp;utm_campaign=ru-ru&amp;utm_medium=partners&amp;utm_source=31173.affiliate.153f&amp;utm_term=city-back1-12-140747355 
 https://ostrovok.ru/ 
 https://b2b.ostrovok.ru/blog/gde-proverit-status-bronirovaniya/ 
 И запросы:
 забронировать отель без предоплаты  
 проверить бронь отеля по номеру брони </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495561</t>
-[...11 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495560</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506695</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в хабаровске  
 снять хостел в хабаровске недорого посуточно </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495558</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506692</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/tula/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в туле  
 хостел в туле недорого снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495557</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506691</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/sochi/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в сочи  
 снять хостел в сочи недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495556</t>
-[...2 lines deleted...]
-    <t>https://ostrovok.ru/hotel/russia/samara/hostel/</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506690</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в самаре  
 хостел в самаре недорого посуточно снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495555</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506689</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/rostov-on-don/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в ростове  
 снять хостел в ростове на дону </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495554</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506688</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/perm/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в перми  
 хостел в перми недорого снять на сутки </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495553</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506687</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в одинцово  
 снять хостел в одинцово посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495552</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506686</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в новосибирске  
 снять хостел в новосибирске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495551</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506685</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в нижнем новгороде  
 снять хостел в нижнем новгороде посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495550</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506684</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в красноярске  
 снять хостел в красноярске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495549</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506683</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/krasnodar/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в краснодаре  
 снять хостел в краснодаре посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495548</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506682</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в иркутске  
 снять хостел в иркутске посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495547</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506681</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/izhevsk/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в ижевске  
 хостел в ижевске на сутки недорого снять </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495546</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506680</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/adler/hostel/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять хостел в адлере  
 снять хостел в адлере посуточно недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495544</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506678</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/ 
+https://ostrovok.ru/hotel/russia/st._petersburg_city_centre_neighborhood/low/ 
+https://ostrovok.ru/hotel/russia/st._petersburg/low/ 
+И запросы:
+снять отель в питере в центре недорого  
+забронировать отель в питере недорого в центре </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506673</t>
+  </si>
+  <si>
+    <t>https://ostrovok.ru/hotel/russia/nizhniy_novgorod/apartamenty/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
-снять виллу в ялте  
-[...27 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495537</t>
+нижний новгород апартаменты снять  
+забронировать апартаменты в нижнем новгороде </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506672</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/moscow/polygon/moscow_izmaylovo_neighborhood/</t>
   </si>
   <si>
     <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 гостиница измайлово забронировать  
 гостиница измайлово забронировать номер </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495536</t>
-[...8 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495529</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506671</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 2 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/hotel/turkey/ 
+https://ostrovok.ru/hotel/turkey/antalya/ 
+И запросы:
+забронировать отель в турции  
+найти отель в турции </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506668</t>
   </si>
   <si>
     <t>Оптимизация Title (1 фраза).</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-забронировать (встречается в 1 запросе, значимость 21) </t>
-[...2 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495724</t>
+забронировать (встречается в 1 запросе, значимость 1) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506828</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 забронировать (встречается в 1 запросе, значимость 1) 
 отель (встречается в 1 запросе, значимость 1) 
 сочи (встречается в 1 запросе, значимость 1) 
 включать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495721</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506827</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 хостеть (встречается в 1 запросе, значимость 1) 
 челябинск (встречается в 1 запросе, значимость 1) 
 посуточно (встречается в 1 запросе, значимость 1) 
 недорого (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495719</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506826</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 1) 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495716</t>
+снимать (встречается в 1 запросе, значимость 2) 
+хостеть (встречается в 1 запросе, значимость 2) 
+таганрог (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506824</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 1) 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495714</t>
+снимать (встречается в 1 запросе, значимость 2) 
+хостеть (встречается в 1 запросе, значимость 2) 
+домодедово (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506787</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 4) 
-[...4 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495697</t>
+снимать (встречается в 1 запросе, значимость 2) 
+капсульный (встречается в 1 запросе, значимость 2) 
+хостеть (встречается в 1 запросе, значимость 2) 
+москва (встречается в 1 запросе, значимость 2) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506780</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-снимать (встречается в 1 запросе, значимость 1) 
-[...24 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495643</t>
+снимать (встречается в 1 запросе, значимость 24) 
+апартамент (встречается в 1 запросе, значимость 24) 
+турция (встречается в 1 запросе, значимость 24) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506753</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 снимать (встречается в 1 запросе, значимость 1) 
 апартамент (встречается в 1 запросе, значимость 1) 
 адлер (встречается в 1 запросе, значимость 1) 
 кухня (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495635</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506750</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 вилла (встречается в 1 запросе, значимость 1) 
 бассейн (встречается в 1 запросе, значимость 1) 
 крым (встречается в 1 запросе, значимость 1) 
 снимать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495624</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506735</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
-апартамент (встречается в 1 запросе, значимость 7) 
-[...5 lines deleted...]
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495618</t>
+апартамент (встречается в 1 запросе, значимость 13) 
+турция (встречается в 1 запросе, значимость 13) 
+море (встречается в 1 запросе, значимость 13) 
+снимать (встречается в 1 запросе, значимость 13) </t>
+  </si>
+  <si>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506733</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 апартамент (встречается в 1 запросе, значимость 1) 
 болгария (встречается в 1 запросе, значимость 1) 
 снимать (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495612</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506727</t>
   </si>
   <si>
     <t xml:space="preserve">Проведите оптимизацию Title — добавьте наиболее важные слова из продвигаемых запросов, которые сейчас отсутствуют и удалите лишние: 
 поиск (встречается в 1 запросе, значимость 1) 
 апартамент (встречается в 1 запросе, значимость 1) 
 турция (встречается в 1 запросе, значимость 1) </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495583</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506712</t>
   </si>
   <si>
     <t>https://ostrovok.ru/snyat-villu-v-taylande/</t>
   </si>
   <si>
     <t>Создание новой страницы (1 фраза)</t>
   </si>
   <si>
     <t xml:space="preserve">Создайте новую страницу на сайте, а если она уже создана, укажите продвигаемый URL. 
 Используйте следующие фразы:
 снять виллу в тайланде </t>
   </si>
   <si>
     <t>01.05.2022</t>
   </si>
   <si>
     <t>Выполнена</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/161070282</t>
   </si>
   <si>
-    <t>Перегруппировка запросов (33 фразы)</t>
-[...3 lines deleted...]
-Проверьте следующие запросы:  
+    <t>Перегруппировка запросов (23 фразы)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">У 23 запросов, ведущих на данный URL, отличаются релевантные страницы.
+Проверьте следующие URL: 
+https://ostrovok.ru/ 
+https://ostrovok.ru/?sn=1 
+https://ostrovok.ru/hotel/italy/villa/apartamenty/ 
+https://ostrovok.ru/hotel/russia/central_russia_podmoskovie_vicinity/villas/ 
+https://ostrovok.ru/hotel/russia/eastern_crimea_province/villas/ 
+https://ostrovok.ru/hotel/thailand/pattaya/villas/ 
+https://ostrovok.ru/hotel/thailand/phuket/villas/ 
+https://ostrovok.ru/hotel/thailand/south_thailand_phuket_vicinity/villas/ 
+https://ostrovok.ru/hotel/turkey/antalya/villas/ 
+https://ostrovok.ru/hotel/cyprus/cyprus_cyprus_province/villas/ 
+https://ostrovok.ru/hotel/russia/eastern_crimea_province/campings/ 
+https://blog.ostrovok.ru/pro-oplatu-kartami-visa-i-mastercard/ 
+https://ostrovok.ru/hotel/china/beijing/ 
+https://blog.ostrovok.ru/vidy-otelej/ 
+https://ostrovok.ru/hotel/russia/volgograd/centr_goroda/ 
+https://ostrovok.ru/hotel/russia/velikiy_novgorod/ 
+https://ostrovok.ru/hotel/russia/petrozavodsk/low/ 
+https://ostrovok.ru/hotel/russia/saratov/ 
+И запросы:
 бронирование отелей и хостелов  
-поиск и бронирование отелей  
-[...5 lines deleted...]
-система поиска отелей  
+сервис поиска отелей  
 вилла в италии снять  
 сколько стоит снять виллу  
 снять виллу в крыму  
 снять виллу в крыму на берегу моря  
 снять виллу в тайланде  
 снять виллу в тайланде на берегу моря  
 снять виллу в тайланде пхукет  
 снять виллу в турции  
 снять виллу в турции на берегу моря  
 снять виллу в турции с бассейном  
 снять виллу на кипре  
 снять виллу на пхукете  
 снять кемпинг в крыму  
 забронировать отель онлайн  
-забронировать отель самостоятельно  
-[...2 lines deleted...]
-сервис по подбору гостиниц  
 бронь отеля для визы  
-сравнение цен на отели  
+букенком бронь гостиниц  
 сравнение частных и сетевых отелей  
 отели волгоград  
 отели великий новгород  
 отели петрозаводск  
 отели саратов </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495507</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506648</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (39 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 39 запросов, ведущих на данный URL, отличаются релевантные страницы.
 Проверьте следующие URL: 
 https://ostrovok.ru/hotel/russia/st._petersburg/ 
 https://ostrovok.ru/hotel/russia/st._petersburg/otdykh/ 
 https://ostrovok.ru/hotel/russia/st._petersburg 
 https://ostrovok.ru/hotel/russia/st._petersburg/price/4000/ 
 https://ostrovok.ru/hotel/russia/st._petersburg/price/1500/ 
 https://ostrovok.ru/hotel/russia/st._petersburg?page=2 
-https://ostrovok.ru/hotel/russia/st._petersburg/centr_goroda/ 
 https://ostrovok.ru/hotel/russia/st._petersburg/low/ 
 И запросы:
 бронирование отелей санкт петербург  
 бронирование гостиниц в санкт петербурге  
 поиск гостиниц в санкт петербурге  
 поиск отелей санкт петербург  
 поиск отелей спб  
 снять гостиницу в питере  
 снять гостиницу в санкт петербурге  
 снять гостиницу в спб  
 снять отель в питере  
 снять отель в санкт петербурге  
 снять отель в санкт петербурге посуточно  
 снять отель гостиницу в санкт петербурге  
 снять отель на ночь спб  
 снять отель спб  
 подобрать гостиницу в санкт петербурге  
 подобрать отель в санкт петербурге  
 выбрать гостиницу в санкт петербурге  
 выбрать отель в питере  
 выбрать отель в санкт петербурге  
 забронировать гостиницу в питере  
 забронировать гостиницу в санкт петербурге  
 забронировать номер в гостинице санкт петербурга  
 забронировать отель в питере  
 забронировать отель в санкт петербурге  
 забронировать отель в спб без предоплаты  
 забронировать отель спб  
 найти гостиницу в питере  
 найти гостиницу в санкт петербурге  
 найти отель в питере  
 найти отель в санкт петербурге  
 подбор гостиницы в санкт петербурге  
 подбор отеля в санкт петербурге  
 бронь гостиницы в санкт петербурге  
 бронь отелей в питере  
 бронь отеля в санкт петербурге  
 питер бронь гостиницы  
 выбор гостиницы в санкт петербурге  
 выбор отеля в санкт петербурге  
 отели санкт петербурга сравнение цен </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495513</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506661</t>
   </si>
   <si>
     <t>Перегруппировка запросов (21 фраза)</t>
   </si>
   <si>
     <t xml:space="preserve">У 21 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 поиск хостелов в москве  
 жилье в москве снять недорого хостел  
 снять двухместный хостел в москве недорого  
 снять жилье в москве недорого посуточно хостел  
 снять комнату в хостеле в москве  
 снять номер в хостеле в москве  
 снять номер в хостеле в москве недорого  
 снять хостел в москве  
 снять хостел в москве на длительный срок  
 снять хостел в москве на месяц  
 снять хостел в москве на сутки  
 снять хостел в москве недорого  
 снять хостел в москве посуточно  
 снять хостел в москве посуточно недорого  
 снять хостел москвы в центре  
 забронировать хостел в москве  
 забронировать хостел в москве недорого  
 забронировать хостел в москве недорого без предоплаты  
 найти ближайший хостел  
 найти хостел в москве  
 найти хостел в москве недорого </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495520</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506664</t>
   </si>
   <si>
     <t>https://ostrovok.ru/hotel/russia/st._petersburg/hostel/</t>
   </si>
   <si>
     <t>Перегруппировка запросов (19 фраз)</t>
   </si>
   <si>
     <t xml:space="preserve">У 19 запросов, ведущих на данный URL, отличаются релевантные страницы. 
 Проверьте следующие запросы:  
 снять жилье в питере недорого посуточно хостел  
 снять комнату в хостеле в санкт петербурге  
 снять хостел в питере  
 снять хостел в питере недорого  
 снять хостел в питере посуточно  
 снять хостел в питере посуточно недорого  
 снять хостел в санкт петербурге  
 снять хостел в санкт петербурге в центре  
 снять хостел в санкт петербурге посуточно  
 снять хостел в санкт петербурге посуточно недорого  
 снять хостел в спб недорого  
 снять хостел в спб посуточно недорого  
 снять хостел спб  
 забронировать хостел в питере  
 забронировать хостел в санкт петербурге  
 забронировать хостел в санкт петербурге недорого  
 забронировать хостел спб  
 найти хостел в санкт петербурге недорого  
 бронь хостела в санкт петербурге </t>
   </si>
   <si>
-    <t>https://tools.pixelplus.ru/projects/19943/todo/1403495534</t>
+    <t>https://tools.pixelplus.ru/projects/19943/todo/1413506670</t>
   </si>
   <si>
     <t>Общие задачи</t>
   </si>
   <si>
     <t>Добавьте продвигаемые запросы в проект.</t>
   </si>
   <si>
     <t xml:space="preserve">Требуется добавить поисковые фразы к проекту и разбить их на группы для отслеживания динамики позиций и оценки потенциала трафика. </t>
   </si>
   <si>
     <t>14.09.2023</t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/747216010</t>
   </si>
   <si>
     <t>Проверьте и скорректируйте распределение</t>
   </si>
   <si>
     <t xml:space="preserve">Распределение — это фундамент вашего проекта. Как мы видим, интегральный показатель вашего распределения ниже среднего по системе. Рекомендуем проверить распределение на наличие ошибок, если необходимо — скорректировать. </t>
   </si>
   <si>
     <t>https://tools.pixelplus.ru/projects/19943/todo/1016249328</t>
   </si>
@@ -2132,51 +2036,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K118"/>
+  <dimension ref="A1:K109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
         <v>3</v>
       </c>
       <c r="D3" t="s">
         <v>4</v>
       </c>
@@ -2203,3699 +2107,3411 @@
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
         <v>12</v>
       </c>
       <c r="B4" t="s">
         <v>13</v>
       </c>
       <c r="C4" t="s">
         <v>14</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>38</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
       <c r="G4" t="s">
         <v>17</v>
       </c>
       <c r="H4">
-        <v>2</v>
+        <v>51</v>
       </c>
       <c r="I4">
-        <v>94.4</v>
+        <v>85</v>
       </c>
       <c r="K4" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>21</v>
       </c>
       <c r="E5">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>16</v>
       </c>
       <c r="G5" t="s">
         <v>17</v>
       </c>
       <c r="H5">
         <v>2</v>
       </c>
       <c r="I5">
         <v>100</v>
       </c>
       <c r="K5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
         <v>23</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
         <v>24</v>
       </c>
       <c r="D6" t="s">
         <v>25</v>
       </c>
       <c r="E6">
-        <v>255</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
         <v>16</v>
       </c>
       <c r="G6" t="s">
         <v>17</v>
       </c>
       <c r="H6">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="I6">
-        <v>84.5</v>
+        <v>50</v>
       </c>
       <c r="K6" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
         <v>27</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" t="s">
         <v>28</v>
       </c>
       <c r="D7" t="s">
         <v>29</v>
       </c>
       <c r="E7">
-        <v>92</v>
+        <v>242</v>
       </c>
       <c r="F7" t="s">
         <v>16</v>
       </c>
       <c r="G7" t="s">
         <v>17</v>
       </c>
       <c r="H7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="I7">
-        <v>76.2</v>
+        <v>60.3</v>
       </c>
       <c r="K7" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
         <v>31</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" t="s">
         <v>32</v>
       </c>
       <c r="D8" t="s">
         <v>33</v>
       </c>
       <c r="E8">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
         <v>16</v>
       </c>
       <c r="G8" t="s">
         <v>17</v>
       </c>
       <c r="H8">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="I8">
-        <v>81.3</v>
+        <v>47.9</v>
       </c>
       <c r="K8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D9" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E9">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F9" t="s">
         <v>16</v>
       </c>
       <c r="G9" t="s">
         <v>17</v>
       </c>
       <c r="H9">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="I9">
-        <v>76.2</v>
+        <v>77</v>
       </c>
       <c r="K9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D10" t="s">
         <v>40</v>
       </c>
       <c r="E10">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F10" t="s">
         <v>16</v>
       </c>
       <c r="G10" t="s">
         <v>17</v>
       </c>
       <c r="H10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I10">
-        <v>78.6</v>
+        <v>70.5</v>
       </c>
       <c r="K10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D11" t="s">
         <v>43</v>
       </c>
       <c r="E11">
+        <v>6</v>
+      </c>
+      <c r="F11" t="s">
+        <v>16</v>
+      </c>
+      <c r="G11" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11">
         <v>8</v>
       </c>
-      <c r="F11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I11">
-        <v>83.1</v>
+        <v>77.6</v>
       </c>
       <c r="K11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
         <v>31</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" t="s">
+        <v>14</v>
+      </c>
+      <c r="D12" t="s">
         <v>45</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12">
+        <v>7</v>
+      </c>
+      <c r="F12" t="s">
+        <v>16</v>
+      </c>
+      <c r="G12" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12">
+        <v>52</v>
+      </c>
+      <c r="I12">
+        <v>47.9</v>
+      </c>
+      <c r="K12" t="s">
         <v>46</v>
-      </c>
-[...16 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
+        <v>39</v>
+      </c>
+      <c r="B13" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
         <v>48</v>
       </c>
-      <c r="B13" t="s">
-[...2 lines deleted...]
-      <c r="C13" t="s">
+      <c r="E13">
+        <v>102</v>
+      </c>
+      <c r="F13" t="s">
+        <v>16</v>
+      </c>
+      <c r="G13" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13">
+        <v>5</v>
+      </c>
+      <c r="I13">
+        <v>70.5</v>
+      </c>
+      <c r="K13" t="s">
         <v>49</v>
-      </c>
-[...19 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>13</v>
+      </c>
+      <c r="C14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D14" t="s">
         <v>52</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E14">
         <v>4</v>
       </c>
       <c r="F14" t="s">
         <v>16</v>
       </c>
       <c r="G14" t="s">
         <v>17</v>
       </c>
       <c r="H14">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="I14">
-        <v>5</v>
+        <v>30</v>
       </c>
       <c r="K14" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D15" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E15">
         <v>4</v>
       </c>
       <c r="F15" t="s">
         <v>16</v>
       </c>
       <c r="G15" t="s">
         <v>17</v>
       </c>
       <c r="H15">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="I15">
-        <v>27.5</v>
+        <v>50</v>
       </c>
       <c r="K15" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="D16" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E16">
         <v>4</v>
       </c>
       <c r="F16" t="s">
         <v>16</v>
       </c>
       <c r="G16" t="s">
         <v>17</v>
       </c>
       <c r="H16">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="I16">
-        <v>0</v>
+        <v>62.8</v>
       </c>
       <c r="K16" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D17" t="s">
+        <v>61</v>
+      </c>
+      <c r="E17">
+        <v>18</v>
+      </c>
+      <c r="F17" t="s">
+        <v>16</v>
+      </c>
+      <c r="G17" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17">
+        <v>3</v>
+      </c>
+      <c r="I17">
+        <v>100</v>
+      </c>
+      <c r="K17" t="s">
         <v>62</v>
-      </c>
-[...16 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>24</v>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
       <c r="E18">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="F18" t="s">
         <v>16</v>
       </c>
       <c r="G18" t="s">
         <v>17</v>
       </c>
       <c r="H18">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I18">
-        <v>67.2</v>
+        <v>100</v>
       </c>
       <c r="K18" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
+        <v>13</v>
+      </c>
+      <c r="C19" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>67</v>
       </c>
       <c r="E19">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F19" t="s">
         <v>16</v>
       </c>
       <c r="G19" t="s">
         <v>17</v>
       </c>
       <c r="H19">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="I19">
-        <v>75.3</v>
+        <v>50</v>
       </c>
       <c r="K19" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" t="s">
         <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>32</v>
+        <v>66</v>
       </c>
       <c r="D20" t="s">
         <v>70</v>
       </c>
       <c r="E20">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F20" t="s">
         <v>16</v>
       </c>
       <c r="G20" t="s">
         <v>17</v>
       </c>
       <c r="H20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I20">
-        <v>85</v>
+        <v>78.1</v>
       </c>
       <c r="K20" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" t="s">
         <v>72</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>73</v>
       </c>
       <c r="E21">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F21" t="s">
         <v>16</v>
       </c>
       <c r="G21" t="s">
         <v>17</v>
       </c>
       <c r="H21">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I21">
-        <v>87.5</v>
+        <v>65.2</v>
       </c>
       <c r="K21" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" t="s">
+        <v>13</v>
+      </c>
+      <c r="C22" t="s">
         <v>75</v>
       </c>
-      <c r="B22" t="s">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>76</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22">
+        <v>24</v>
+      </c>
+      <c r="F22" t="s">
+        <v>16</v>
+      </c>
+      <c r="G22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22">
+        <v>52</v>
+      </c>
+      <c r="I22">
         <v>77</v>
       </c>
-      <c r="E22">
-[...13 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" t="s">
+        <v>78</v>
+      </c>
+      <c r="B23" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" t="s">
         <v>79</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>80</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23">
+        <v>6</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+      <c r="G23" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23">
+        <v>3</v>
+      </c>
+      <c r="I23">
+        <v>75.7</v>
+      </c>
+      <c r="K23" t="s">
         <v>81</v>
-      </c>
-[...16 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" t="s">
+        <v>82</v>
+      </c>
+      <c r="B24" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D24" t="s">
         <v>84</v>
       </c>
       <c r="E24">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
       <c r="G24" t="s">
         <v>17</v>
       </c>
       <c r="H24">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="I24">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="K24" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>13</v>
       </c>
       <c r="C25" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" t="s">
         <v>87</v>
       </c>
-      <c r="D25" t="s">
+      <c r="E25">
+        <v>6</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+      <c r="G25" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25">
+        <v>6</v>
+      </c>
+      <c r="I25">
+        <v>67.5</v>
+      </c>
+      <c r="K25" t="s">
         <v>88</v>
-      </c>
-[...16 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B26" t="s">
         <v>13</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D26" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="E26">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F26" t="s">
         <v>16</v>
       </c>
       <c r="G26" t="s">
         <v>17</v>
       </c>
       <c r="H26">
         <v>8</v>
       </c>
       <c r="I26">
-        <v>27.5</v>
+        <v>30</v>
       </c>
       <c r="K26" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="B27" t="s">
         <v>13</v>
       </c>
       <c r="C27" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="D27" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="E27">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F27" t="s">
         <v>16</v>
       </c>
       <c r="G27" t="s">
         <v>17</v>
       </c>
       <c r="H27">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="K27" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
       <c r="B28" t="s">
         <v>13</v>
       </c>
       <c r="C28" t="s">
+        <v>83</v>
+      </c>
+      <c r="D28" t="s">
         <v>95</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28">
+        <v>6</v>
+      </c>
+      <c r="F28" t="s">
+        <v>16</v>
+      </c>
+      <c r="G28" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28">
+        <v>6</v>
+      </c>
+      <c r="I28">
+        <v>40</v>
+      </c>
+      <c r="K28" t="s">
         <v>96</v>
-      </c>
-[...16 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" t="s">
+        <v>97</v>
+      </c>
+      <c r="B29" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" t="s">
+        <v>83</v>
+      </c>
+      <c r="D29" t="s">
         <v>98</v>
       </c>
-      <c r="B29" t="s">
-[...5 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29">
+        <v>6</v>
+      </c>
+      <c r="F29" t="s">
+        <v>16</v>
+      </c>
+      <c r="G29" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29">
+        <v>7</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="K29" t="s">
         <v>99</v>
-      </c>
-[...16 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="B30" t="s">
         <v>13</v>
       </c>
       <c r="C30" t="s">
+        <v>83</v>
+      </c>
+      <c r="D30" t="s">
         <v>101</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30">
+        <v>6</v>
+      </c>
+      <c r="F30" t="s">
+        <v>16</v>
+      </c>
+      <c r="G30" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30">
+        <v>54</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="K30" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" t="s">
+        <v>13</v>
+      </c>
+      <c r="C31" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" t="s">
         <v>104</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31" t="s">
         <v>16</v>
       </c>
       <c r="G31" t="s">
         <v>17</v>
       </c>
       <c r="H31">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I31">
-        <v>0</v>
+        <v>80</v>
       </c>
       <c r="K31" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="B32" t="s">
         <v>13</v>
       </c>
       <c r="C32" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="D32" t="s">
         <v>107</v>
       </c>
       <c r="E32">
         <v>6</v>
       </c>
       <c r="F32" t="s">
         <v>16</v>
       </c>
       <c r="G32" t="s">
         <v>17</v>
       </c>
       <c r="H32">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="I32">
-        <v>5</v>
+        <v>35.3</v>
       </c>
       <c r="K32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" t="s">
         <v>109</v>
       </c>
       <c r="B33" t="s">
         <v>13</v>
       </c>
       <c r="C33" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="D33" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E33">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F33" t="s">
         <v>16</v>
       </c>
       <c r="G33" t="s">
         <v>17</v>
       </c>
       <c r="H33">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I33">
-        <v>45</v>
+        <v>62.5</v>
       </c>
       <c r="K33" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B34" t="s">
         <v>13</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="D34" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E34">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F34" t="s">
         <v>16</v>
       </c>
       <c r="G34" t="s">
         <v>17</v>
       </c>
       <c r="H34">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I34">
-        <v>37.2</v>
+        <v>75.9</v>
       </c>
       <c r="K34" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" t="s">
-        <v>115</v>
+        <v>42</v>
       </c>
       <c r="B35" t="s">
         <v>13</v>
       </c>
       <c r="C35" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="D35" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E35">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="F35" t="s">
         <v>16</v>
       </c>
       <c r="G35" t="s">
         <v>17</v>
       </c>
       <c r="H35">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I35">
-        <v>20</v>
+        <v>77.6</v>
       </c>
       <c r="K35" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" t="s">
-        <v>118</v>
+        <v>27</v>
       </c>
       <c r="B36" t="s">
         <v>13</v>
       </c>
       <c r="C36" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="D36" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E36">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>16</v>
       </c>
       <c r="G36" t="s">
         <v>17</v>
       </c>
       <c r="H36">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I36">
-        <v>0</v>
+        <v>60.3</v>
       </c>
       <c r="K36" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B37" t="s">
         <v>13</v>
       </c>
       <c r="C37" t="s">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="D37" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E37">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F37" t="s">
         <v>16</v>
       </c>
       <c r="G37" t="s">
         <v>17</v>
       </c>
       <c r="H37">
-        <v>54</v>
+        <v>4</v>
       </c>
       <c r="I37">
-        <v>61.6</v>
+        <v>35</v>
       </c>
       <c r="K37" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B38" t="s">
         <v>13</v>
       </c>
       <c r="C38" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D38" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F38" t="s">
         <v>16</v>
       </c>
       <c r="G38" t="s">
         <v>17</v>
       </c>
       <c r="H38">
-        <v>3</v>
+        <v>52</v>
       </c>
       <c r="I38">
-        <v>80.8</v>
+        <v>66.3</v>
       </c>
       <c r="K38" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" t="s">
-        <v>42</v>
+        <v>128</v>
       </c>
       <c r="B39" t="s">
         <v>13</v>
       </c>
       <c r="C39" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="D39" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E39">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="F39" t="s">
         <v>16</v>
       </c>
       <c r="G39" t="s">
         <v>17</v>
       </c>
       <c r="H39">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I39">
-        <v>83.1</v>
+        <v>27.8</v>
       </c>
       <c r="K39" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" t="s">
-        <v>23</v>
+        <v>131</v>
       </c>
       <c r="B40" t="s">
         <v>13</v>
       </c>
       <c r="C40" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E40">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F40" t="s">
         <v>16</v>
       </c>
       <c r="G40" t="s">
         <v>17</v>
       </c>
       <c r="H40">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="I40">
-        <v>84.5</v>
+        <v>5</v>
       </c>
       <c r="K40" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" t="s">
+        <v>135</v>
+      </c>
+      <c r="B41" t="s">
+        <v>13</v>
+      </c>
+      <c r="C41" t="s">
         <v>132</v>
       </c>
-      <c r="B41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E41">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F41" t="s">
         <v>16</v>
       </c>
       <c r="G41" t="s">
         <v>17</v>
       </c>
       <c r="H41">
-        <v>5</v>
+        <v>74</v>
       </c>
       <c r="I41">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="K41" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B42" t="s">
         <v>13</v>
       </c>
       <c r="C42" t="s">
-        <v>45</v>
+        <v>132</v>
       </c>
       <c r="D42" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E42">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F42" t="s">
         <v>16</v>
       </c>
       <c r="G42" t="s">
         <v>17</v>
       </c>
       <c r="H42">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="I42">
-        <v>88.4</v>
+        <v>0</v>
       </c>
       <c r="K42" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" t="s">
-        <v>138</v>
+        <v>82</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>132</v>
       </c>
       <c r="D43" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E43">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F43" t="s">
         <v>16</v>
       </c>
       <c r="G43" t="s">
         <v>17</v>
       </c>
       <c r="H43">
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="I43">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="K43" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B44" t="s">
         <v>13</v>
       </c>
       <c r="C44" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D44" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E44">
         <v>2</v>
       </c>
       <c r="F44" t="s">
         <v>16</v>
       </c>
       <c r="G44" t="s">
         <v>17</v>
       </c>
       <c r="H44">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="I44">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="K44" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" t="s">
-        <v>144</v>
+        <v>86</v>
       </c>
       <c r="B45" t="s">
         <v>13</v>
       </c>
       <c r="C45" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D45" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="E45">
         <v>2</v>
       </c>
       <c r="F45" t="s">
         <v>16</v>
       </c>
       <c r="G45" t="s">
         <v>17</v>
       </c>
       <c r="H45">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="I45">
-        <v>0</v>
+        <v>67.5</v>
       </c>
       <c r="K45" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" t="s">
-        <v>147</v>
+        <v>91</v>
       </c>
       <c r="B46" t="s">
         <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D46" t="s">
         <v>148</v>
       </c>
       <c r="E46">
         <v>2</v>
       </c>
       <c r="F46" t="s">
         <v>16</v>
       </c>
       <c r="G46" t="s">
         <v>17</v>
       </c>
       <c r="H46">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="I46">
         <v>0</v>
       </c>
       <c r="K46" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" t="s">
-        <v>104</v>
+        <v>94</v>
       </c>
       <c r="B47" t="s">
         <v>13</v>
       </c>
       <c r="C47" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D47" t="s">
         <v>150</v>
       </c>
       <c r="E47">
         <v>2</v>
       </c>
       <c r="F47" t="s">
         <v>16</v>
       </c>
       <c r="G47" t="s">
         <v>17</v>
       </c>
       <c r="H47">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I47">
-        <v>0</v>
+        <v>40</v>
       </c>
       <c r="K47" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" t="s">
+        <v>97</v>
+      </c>
+      <c r="B48" t="s">
+        <v>13</v>
+      </c>
+      <c r="C48" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E48">
         <v>2</v>
       </c>
       <c r="F48" t="s">
         <v>16</v>
       </c>
       <c r="G48" t="s">
         <v>17</v>
       </c>
       <c r="H48">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="I48">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K48" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" t="s">
-        <v>155</v>
+        <v>60</v>
       </c>
       <c r="B49" t="s">
         <v>13</v>
       </c>
       <c r="C49" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D49" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="E49">
         <v>2</v>
       </c>
       <c r="F49" t="s">
         <v>16</v>
       </c>
       <c r="G49" t="s">
         <v>17</v>
       </c>
       <c r="H49">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="I49">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="K49" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="B50" t="s">
         <v>13</v>
       </c>
       <c r="C50" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D50" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E50">
         <v>2</v>
       </c>
       <c r="F50" t="s">
         <v>16</v>
       </c>
       <c r="G50" t="s">
         <v>17</v>
       </c>
       <c r="H50">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I50">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K50" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" t="s">
-        <v>112</v>
+        <v>158</v>
       </c>
       <c r="B51" t="s">
         <v>13</v>
       </c>
       <c r="C51" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="E51">
         <v>2</v>
       </c>
       <c r="F51" t="s">
         <v>16</v>
       </c>
       <c r="G51" t="s">
         <v>17</v>
       </c>
       <c r="H51">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="I51">
-        <v>37.2</v>
+        <v>25</v>
       </c>
       <c r="K51" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52" t="s">
-        <v>115</v>
+        <v>23</v>
       </c>
       <c r="B52" t="s">
         <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D52" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="E52">
         <v>2</v>
       </c>
       <c r="F52" t="s">
         <v>16</v>
       </c>
       <c r="G52" t="s">
         <v>17</v>
       </c>
       <c r="H52">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I52">
-        <v>20</v>
+        <v>50</v>
       </c>
       <c r="K52" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
       <c r="B53" t="s">
         <v>13</v>
       </c>
       <c r="C53" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D53" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E53">
         <v>2</v>
       </c>
       <c r="F53" t="s">
         <v>16</v>
       </c>
       <c r="G53" t="s">
         <v>17</v>
       </c>
       <c r="H53">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I53">
-        <v>57.5</v>
+        <v>100</v>
       </c>
       <c r="K53" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54" t="s">
-        <v>118</v>
+        <v>165</v>
       </c>
       <c r="B54" t="s">
         <v>13</v>
       </c>
       <c r="C54" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D54" t="s">
         <v>166</v>
       </c>
       <c r="E54">
         <v>2</v>
       </c>
       <c r="F54" t="s">
         <v>16</v>
       </c>
       <c r="G54" t="s">
         <v>17</v>
       </c>
       <c r="H54">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I54">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K54" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55" t="s">
+        <v>103</v>
+      </c>
+      <c r="B55" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" t="s">
+        <v>132</v>
+      </c>
+      <c r="D55" t="s">
         <v>168</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
       <c r="E55">
         <v>2</v>
       </c>
       <c r="F55" t="s">
         <v>16</v>
       </c>
       <c r="G55" t="s">
         <v>17</v>
       </c>
       <c r="H55">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="I55">
-        <v>30</v>
+        <v>80</v>
       </c>
       <c r="K55" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="B56" t="s">
         <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D56" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56" t="s">
         <v>16</v>
       </c>
       <c r="G56" t="s">
         <v>17</v>
       </c>
       <c r="H56">
-        <v>6</v>
+        <v>52</v>
       </c>
       <c r="I56">
-        <v>85</v>
+        <v>47.9</v>
       </c>
       <c r="K56" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57" t="s">
-        <v>173</v>
+        <v>69</v>
       </c>
       <c r="B57" t="s">
         <v>13</v>
       </c>
       <c r="C57" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D57" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="E57">
         <v>2</v>
       </c>
       <c r="F57" t="s">
         <v>16</v>
       </c>
       <c r="G57" t="s">
         <v>17</v>
       </c>
       <c r="H57">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I57">
-        <v>0</v>
+        <v>78.1</v>
       </c>
       <c r="K57" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" t="s">
-        <v>83</v>
+        <v>106</v>
       </c>
       <c r="B58" t="s">
         <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D58" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E58">
         <v>2</v>
       </c>
       <c r="F58" t="s">
         <v>16</v>
       </c>
       <c r="G58" t="s">
         <v>17</v>
       </c>
       <c r="H58">
-        <v>2</v>
+        <v>54</v>
       </c>
       <c r="I58">
-        <v>100</v>
+        <v>35.3</v>
       </c>
       <c r="K58" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="B59" t="s">
         <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D59" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="E59">
         <v>2</v>
       </c>
       <c r="F59" t="s">
         <v>16</v>
       </c>
       <c r="G59" t="s">
         <v>17</v>
       </c>
       <c r="H59">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="I59">
-        <v>7.5</v>
+        <v>30</v>
       </c>
       <c r="K59" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" t="s">
-        <v>86</v>
+        <v>179</v>
       </c>
       <c r="B60" t="s">
         <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D60" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="E60">
         <v>2</v>
       </c>
       <c r="F60" t="s">
         <v>16</v>
       </c>
       <c r="G60" t="s">
         <v>17</v>
       </c>
       <c r="H60">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="I60">
-        <v>66.8</v>
+        <v>55</v>
       </c>
       <c r="K60" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
       <c r="B61" t="s">
         <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D61" t="s">
         <v>183</v>
       </c>
       <c r="E61">
         <v>2</v>
       </c>
       <c r="F61" t="s">
         <v>16</v>
       </c>
       <c r="G61" t="s">
         <v>17</v>
       </c>
       <c r="H61">
-        <v>54</v>
+        <v>74</v>
       </c>
       <c r="I61">
-        <v>61.6</v>
+        <v>0</v>
       </c>
       <c r="K61" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" t="s">
         <v>185</v>
       </c>
       <c r="B62" t="s">
         <v>13</v>
       </c>
       <c r="C62" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
         <v>186</v>
       </c>
       <c r="E62">
         <v>2</v>
       </c>
       <c r="F62" t="s">
         <v>16</v>
       </c>
       <c r="G62" t="s">
         <v>17</v>
       </c>
       <c r="H62">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I62">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="K62" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" t="s">
         <v>188</v>
       </c>
       <c r="B63" t="s">
         <v>13</v>
       </c>
       <c r="C63" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D63" t="s">
         <v>189</v>
       </c>
       <c r="E63">
         <v>2</v>
       </c>
       <c r="F63" t="s">
         <v>16</v>
       </c>
       <c r="G63" t="s">
         <v>17</v>
       </c>
       <c r="H63">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I63">
         <v>0</v>
       </c>
       <c r="K63" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" t="s">
         <v>191</v>
       </c>
       <c r="B64" t="s">
         <v>13</v>
       </c>
       <c r="C64" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D64" t="s">
         <v>192</v>
       </c>
       <c r="E64">
         <v>2</v>
       </c>
       <c r="F64" t="s">
         <v>16</v>
       </c>
       <c r="G64" t="s">
         <v>17</v>
       </c>
       <c r="H64">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="I64">
         <v>0</v>
       </c>
       <c r="K64" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" t="s">
+        <v>60</v>
+      </c>
+      <c r="B65" t="s">
+        <v>13</v>
+      </c>
+      <c r="C65" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>76</v>
       </c>
       <c r="D65" t="s">
         <v>195</v>
       </c>
       <c r="E65">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F65" t="s">
         <v>16</v>
       </c>
       <c r="G65" t="s">
         <v>17</v>
       </c>
       <c r="H65">
-        <v>54</v>
+        <v>3</v>
       </c>
       <c r="I65">
-        <v>25</v>
+        <v>100</v>
       </c>
       <c r="K65" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" t="s">
         <v>197</v>
       </c>
       <c r="B66" t="s">
         <v>13</v>
       </c>
       <c r="C66" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>198</v>
       </c>
       <c r="E66">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F66" t="s">
         <v>16</v>
       </c>
       <c r="G66" t="s">
         <v>17</v>
       </c>
       <c r="H66">
         <v>54</v>
       </c>
       <c r="I66">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="K66" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" t="s">
-        <v>27</v>
+        <v>200</v>
       </c>
       <c r="B67" t="s">
         <v>13</v>
       </c>
       <c r="C67" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D67" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F67" t="s">
         <v>16</v>
       </c>
       <c r="G67" t="s">
         <v>17</v>
       </c>
       <c r="H67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="I67">
-        <v>76.2</v>
+        <v>0</v>
       </c>
       <c r="K67" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" t="s">
-        <v>72</v>
+        <v>203</v>
       </c>
       <c r="B68" t="s">
         <v>13</v>
       </c>
       <c r="C68" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D68" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E68">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F68" t="s">
         <v>16</v>
       </c>
       <c r="G68" t="s">
         <v>17</v>
       </c>
       <c r="H68">
-        <v>2</v>
+        <v>52</v>
       </c>
       <c r="I68">
-        <v>87.5</v>
+        <v>98.8</v>
       </c>
       <c r="K68" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" t="s">
-        <v>204</v>
+        <v>35</v>
       </c>
       <c r="B69" t="s">
         <v>13</v>
       </c>
       <c r="C69" t="s">
-        <v>76</v>
+        <v>20</v>
       </c>
       <c r="D69" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E69">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F69" t="s">
         <v>16</v>
       </c>
       <c r="G69" t="s">
         <v>17</v>
       </c>
       <c r="H69">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="I69">
-        <v>0</v>
+        <v>77</v>
       </c>
       <c r="K69" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" t="s">
-        <v>79</v>
+        <v>57</v>
       </c>
       <c r="B70" t="s">
         <v>13</v>
       </c>
       <c r="C70" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E70">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F70" t="s">
         <v>16</v>
       </c>
       <c r="G70" t="s">
         <v>17</v>
       </c>
       <c r="H70">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I70">
-        <v>57.5</v>
+        <v>62.8</v>
       </c>
       <c r="K70" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" t="s">
-        <v>210</v>
+        <v>57</v>
       </c>
       <c r="B71" t="s">
         <v>13</v>
       </c>
       <c r="C71" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D71" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E71">
-        <v>6</v>
+        <v>53</v>
       </c>
       <c r="F71" t="s">
         <v>16</v>
       </c>
       <c r="G71" t="s">
         <v>17</v>
       </c>
       <c r="H71">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I71">
-        <v>86</v>
+        <v>62.8</v>
       </c>
       <c r="K71" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" t="s">
-        <v>86</v>
+        <v>214</v>
       </c>
       <c r="B72" t="s">
         <v>13</v>
       </c>
       <c r="C72" t="s">
-        <v>213</v>
+        <v>110</v>
       </c>
       <c r="D72" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E72">
-        <v>58</v>
+        <v>2</v>
       </c>
       <c r="F72" t="s">
         <v>16</v>
       </c>
       <c r="G72" t="s">
         <v>17</v>
       </c>
       <c r="H72">
-        <v>4</v>
+        <v>52</v>
       </c>
       <c r="I72">
-        <v>66.8</v>
+        <v>67.5</v>
       </c>
       <c r="K72" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" t="s">
-        <v>56</v>
+        <v>82</v>
       </c>
       <c r="B73" t="s">
         <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="D73" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E73">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F73" t="s">
         <v>16</v>
       </c>
       <c r="G73" t="s">
         <v>17</v>
       </c>
       <c r="H73">
-        <v>8</v>
+        <v>54</v>
       </c>
       <c r="I73">
-        <v>27.5</v>
+        <v>0</v>
       </c>
       <c r="K73" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B74" t="s">
         <v>13</v>
       </c>
       <c r="C74" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="D74" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E74">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F74" t="s">
         <v>16</v>
       </c>
       <c r="G74" t="s">
         <v>17</v>
       </c>
       <c r="H74">
-        <v>4</v>
+        <v>54</v>
       </c>
       <c r="I74">
-        <v>70</v>
+        <v>25</v>
       </c>
       <c r="K74" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B75" t="s">
         <v>13</v>
       </c>
       <c r="C75" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="D75" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E75">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F75" t="s">
         <v>16</v>
       </c>
       <c r="G75" t="s">
         <v>17</v>
       </c>
       <c r="H75">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="I75">
-        <v>99.9</v>
+        <v>75</v>
       </c>
       <c r="K75" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="B76" t="s">
         <v>13</v>
       </c>
       <c r="C76" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="D76" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="E76">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F76" t="s">
         <v>16</v>
       </c>
       <c r="G76" t="s">
         <v>17</v>
       </c>
       <c r="H76">
         <v>6</v>
       </c>
       <c r="I76">
-        <v>78.6</v>
+        <v>67.5</v>
       </c>
       <c r="K76" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B77" t="s">
         <v>13</v>
       </c>
       <c r="C77" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D77" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E77">
         <v>2</v>
       </c>
       <c r="F77" t="s">
         <v>16</v>
       </c>
       <c r="G77" t="s">
         <v>17</v>
       </c>
       <c r="H77">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="I77">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K77" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B78" t="s">
         <v>13</v>
       </c>
       <c r="C78" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D78" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E78">
         <v>2</v>
       </c>
       <c r="F78" t="s">
         <v>16</v>
       </c>
       <c r="G78" t="s">
         <v>17</v>
       </c>
       <c r="H78">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I78">
-        <v>73.8</v>
+        <v>0</v>
       </c>
       <c r="K78" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" t="s">
-        <v>104</v>
+        <v>50</v>
       </c>
       <c r="B79" t="s">
         <v>13</v>
       </c>
       <c r="C79" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D79" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E79">
         <v>2</v>
       </c>
       <c r="F79" t="s">
         <v>16</v>
       </c>
       <c r="G79" t="s">
         <v>17</v>
       </c>
       <c r="H79">
         <v>8</v>
       </c>
       <c r="I79">
-        <v>0</v>
+        <v>30</v>
       </c>
       <c r="K79" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" t="s">
-        <v>234</v>
+        <v>91</v>
       </c>
       <c r="B80" t="s">
         <v>13</v>
       </c>
       <c r="C80" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D80" t="s">
         <v>235</v>
       </c>
       <c r="E80">
         <v>2</v>
       </c>
       <c r="F80" t="s">
         <v>16</v>
       </c>
       <c r="G80" t="s">
         <v>17</v>
       </c>
       <c r="H80">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I80">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K80" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" t="s">
+        <v>94</v>
+      </c>
+      <c r="B81" t="s">
+        <v>13</v>
+      </c>
+      <c r="C81" t="s">
+        <v>110</v>
+      </c>
+      <c r="D81" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="E81">
         <v>2</v>
       </c>
       <c r="F81" t="s">
         <v>16</v>
       </c>
       <c r="G81" t="s">
         <v>17</v>
       </c>
       <c r="H81">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="I81">
-        <v>80</v>
+        <v>40</v>
       </c>
       <c r="K81" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" t="s">
-        <v>240</v>
+        <v>97</v>
       </c>
       <c r="B82" t="s">
         <v>13</v>
       </c>
       <c r="C82" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D82" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E82">
         <v>2</v>
       </c>
       <c r="F82" t="s">
         <v>16</v>
       </c>
       <c r="G82" t="s">
         <v>17</v>
       </c>
       <c r="H82">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I82">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="K82" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B83" t="s">
         <v>13</v>
       </c>
       <c r="C83" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D83" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E83">
         <v>2</v>
       </c>
       <c r="F83" t="s">
         <v>16</v>
       </c>
       <c r="G83" t="s">
         <v>17</v>
       </c>
       <c r="H83">
-        <v>7</v>
+        <v>54</v>
       </c>
       <c r="I83">
-        <v>0</v>
+        <v>27.5</v>
       </c>
       <c r="K83" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" t="s">
-        <v>246</v>
+        <v>100</v>
       </c>
       <c r="B84" t="s">
         <v>13</v>
       </c>
       <c r="C84" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D84" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="E84">
         <v>2</v>
       </c>
       <c r="F84" t="s">
         <v>16</v>
       </c>
       <c r="G84" t="s">
         <v>17</v>
       </c>
       <c r="H84">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="I84">
         <v>0</v>
       </c>
       <c r="K84" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" t="s">
-        <v>52</v>
+        <v>246</v>
       </c>
       <c r="B85" t="s">
         <v>13</v>
       </c>
       <c r="C85" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D85" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E85">
         <v>2</v>
       </c>
       <c r="F85" t="s">
         <v>16</v>
       </c>
       <c r="G85" t="s">
         <v>17</v>
       </c>
       <c r="H85">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I85">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="K85" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" t="s">
-        <v>109</v>
+        <v>249</v>
       </c>
       <c r="B86" t="s">
         <v>13</v>
       </c>
       <c r="C86" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D86" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E86">
         <v>2</v>
       </c>
       <c r="F86" t="s">
         <v>16</v>
       </c>
       <c r="G86" t="s">
         <v>17</v>
       </c>
       <c r="H86">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="I86">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="K86" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" t="s">
-        <v>112</v>
+        <v>252</v>
       </c>
       <c r="B87" t="s">
         <v>13</v>
       </c>
       <c r="C87" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D87" t="s">
         <v>253</v>
       </c>
       <c r="E87">
         <v>2</v>
       </c>
       <c r="F87" t="s">
         <v>16</v>
       </c>
       <c r="G87" t="s">
         <v>17</v>
       </c>
       <c r="H87">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="I87">
-        <v>37.2</v>
+        <v>100</v>
       </c>
       <c r="K87" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" t="s">
-        <v>115</v>
+        <v>255</v>
       </c>
       <c r="B88" t="s">
         <v>13</v>
       </c>
       <c r="C88" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D88" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E88">
         <v>2</v>
       </c>
       <c r="F88" t="s">
         <v>16</v>
       </c>
       <c r="G88" t="s">
         <v>17</v>
       </c>
       <c r="H88">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I88">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="K88" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B89" t="s">
         <v>13</v>
       </c>
       <c r="C89" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D89" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E89">
         <v>2</v>
       </c>
       <c r="F89" t="s">
         <v>16</v>
       </c>
       <c r="G89" t="s">
         <v>17</v>
       </c>
       <c r="H89">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="I89">
-        <v>0</v>
+        <v>57</v>
       </c>
       <c r="K89" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" t="s">
-        <v>118</v>
+        <v>42</v>
       </c>
       <c r="B90" t="s">
         <v>13</v>
       </c>
       <c r="C90" t="s">
-        <v>20</v>
+        <v>110</v>
       </c>
       <c r="D90" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="E90">
         <v>2</v>
       </c>
       <c r="F90" t="s">
         <v>16</v>
       </c>
       <c r="G90" t="s">
         <v>17</v>
       </c>
       <c r="H90">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I90">
-        <v>0</v>
+        <v>77.6</v>
       </c>
       <c r="K90" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" t="s">
-        <v>262</v>
+        <v>131</v>
       </c>
       <c r="B91" t="s">
         <v>13</v>
       </c>
       <c r="C91" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="D91" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E91">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F91" t="s">
         <v>16</v>
       </c>
       <c r="G91" t="s">
         <v>17</v>
       </c>
       <c r="H91">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="I91">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="K91" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" t="s">
-        <v>265</v>
+        <v>135</v>
       </c>
       <c r="B92" t="s">
         <v>13</v>
       </c>
       <c r="C92" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="D92" t="s">
         <v>266</v>
       </c>
       <c r="E92">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F92" t="s">
         <v>16</v>
       </c>
       <c r="G92" t="s">
         <v>17</v>
       </c>
       <c r="H92">
-        <v>5</v>
+        <v>74</v>
       </c>
       <c r="I92">
-        <v>67.5</v>
+        <v>0</v>
       </c>
       <c r="K92" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" t="s">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="D93" t="s">
         <v>268</v>
       </c>
       <c r="E93">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F93" t="s">
         <v>16</v>
       </c>
       <c r="G93" t="s">
         <v>17</v>
       </c>
       <c r="H93">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="I93">
-        <v>87.5</v>
+        <v>0</v>
       </c>
       <c r="K93" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" t="s">
+        <v>143</v>
+      </c>
+      <c r="B94" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" t="s">
+        <v>263</v>
+      </c>
+      <c r="D94" t="s">
         <v>270</v>
       </c>
-      <c r="B94" t="s">
-[...5 lines deleted...]
-      <c r="D94" t="s">
+      <c r="E94">
+        <v>3</v>
+      </c>
+      <c r="F94" t="s">
+        <v>16</v>
+      </c>
+      <c r="G94" t="s">
+        <v>17</v>
+      </c>
+      <c r="H94">
+        <v>54</v>
+      </c>
+      <c r="I94">
+        <v>15</v>
+      </c>
+      <c r="K94" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" t="s">
+        <v>158</v>
+      </c>
+      <c r="B95" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" t="s">
+        <v>263</v>
+      </c>
+      <c r="D95" t="s">
+        <v>272</v>
+      </c>
+      <c r="E95">
+        <v>3</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+      <c r="G95" t="s">
+        <v>17</v>
+      </c>
+      <c r="H95">
+        <v>54</v>
+      </c>
+      <c r="I95">
+        <v>25</v>
+      </c>
+      <c r="K95" t="s">
         <v>273</v>
-      </c>
-[...25 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" t="s">
-        <v>276</v>
+        <v>165</v>
       </c>
       <c r="B96" t="s">
         <v>13</v>
       </c>
       <c r="C96" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="D96" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="E96">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F96" t="s">
         <v>16</v>
       </c>
       <c r="G96" t="s">
         <v>17</v>
       </c>
       <c r="H96">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I96">
-        <v>57.2</v>
+        <v>35</v>
       </c>
       <c r="K96" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" t="s">
-        <v>83</v>
+        <v>176</v>
       </c>
       <c r="B97" t="s">
         <v>13</v>
       </c>
       <c r="C97" t="s">
-        <v>20</v>
+        <v>263</v>
       </c>
       <c r="D97" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="E97">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F97" t="s">
         <v>16</v>
       </c>
       <c r="G97" t="s">
         <v>17</v>
       </c>
       <c r="H97">
-        <v>2</v>
+        <v>53</v>
       </c>
       <c r="I97">
-        <v>100</v>
+        <v>30</v>
       </c>
       <c r="K97" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" t="s">
-        <v>141</v>
+        <v>179</v>
       </c>
       <c r="B98" t="s">
         <v>13</v>
       </c>
       <c r="C98" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="D98" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="E98">
         <v>3</v>
       </c>
       <c r="F98" t="s">
         <v>16</v>
       </c>
       <c r="G98" t="s">
         <v>17</v>
       </c>
       <c r="H98">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="I98">
-        <v>5</v>
+        <v>55</v>
       </c>
       <c r="K98" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" t="s">
-        <v>144</v>
+        <v>182</v>
       </c>
       <c r="B99" t="s">
         <v>13</v>
       </c>
       <c r="C99" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="D99" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="E99">
         <v>3</v>
       </c>
       <c r="F99" t="s">
         <v>16</v>
       </c>
       <c r="G99" t="s">
         <v>17</v>
       </c>
       <c r="H99">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="I99">
         <v>0</v>
       </c>
       <c r="K99" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" t="s">
-        <v>147</v>
+        <v>185</v>
       </c>
       <c r="B100" t="s">
         <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="D100" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="E100">
         <v>3</v>
       </c>
       <c r="F100" t="s">
         <v>16</v>
       </c>
       <c r="G100" t="s">
         <v>17</v>
       </c>
       <c r="H100">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="I100">
-        <v>0</v>
+        <v>35</v>
       </c>
       <c r="K100" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" t="s">
-        <v>152</v>
+        <v>188</v>
       </c>
       <c r="B101" t="s">
         <v>13</v>
       </c>
       <c r="C101" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="D101" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="E101">
         <v>3</v>
       </c>
       <c r="F101" t="s">
         <v>16</v>
       </c>
       <c r="G101" t="s">
         <v>17</v>
       </c>
       <c r="H101">
-        <v>14</v>
+        <v>54</v>
       </c>
       <c r="I101">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="K101" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" t="s">
-        <v>155</v>
+        <v>191</v>
       </c>
       <c r="B102" t="s">
         <v>13</v>
       </c>
       <c r="C102" t="s">
-        <v>281</v>
+        <v>263</v>
       </c>
       <c r="D102" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="E102">
         <v>3</v>
       </c>
       <c r="F102" t="s">
         <v>16</v>
       </c>
       <c r="G102" t="s">
         <v>17</v>
       </c>
       <c r="H102">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="I102">
         <v>0</v>
       </c>
       <c r="K102" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" t="s">
-        <v>168</v>
+        <v>288</v>
       </c>
       <c r="B103" t="s">
         <v>13</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="D103" t="s">
+        <v>290</v>
+      </c>
+      <c r="E103">
+        <v>1</v>
+      </c>
+      <c r="F103" t="s">
+        <v>291</v>
+      </c>
+      <c r="G103" t="s">
         <v>292</v>
-      </c>
-[...13 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K103" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" t="s">
-        <v>173</v>
+        <v>27</v>
       </c>
       <c r="B104" t="s">
         <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>281</v>
+        <v>294</v>
       </c>
       <c r="D104" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E104">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="F104" t="s">
         <v>16</v>
       </c>
       <c r="G104" t="s">
         <v>17</v>
       </c>
       <c r="H104">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="I104">
-        <v>0</v>
+        <v>60.3</v>
       </c>
       <c r="K104" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" t="s">
-        <v>178</v>
+        <v>297</v>
       </c>
       <c r="B105" t="s">
         <v>13</v>
       </c>
       <c r="C105" t="s">
-        <v>281</v>
+        <v>298</v>
       </c>
       <c r="D105" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="E105">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="F105" t="s">
         <v>16</v>
       </c>
       <c r="G105" t="s">
         <v>17</v>
       </c>
       <c r="H105">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="I105">
-        <v>7.5</v>
+        <v>86.8</v>
       </c>
       <c r="K105" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" t="s">
-        <v>185</v>
+        <v>39</v>
       </c>
       <c r="B106" t="s">
         <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>281</v>
+        <v>301</v>
       </c>
       <c r="D106" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E106">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="F106" t="s">
         <v>16</v>
       </c>
       <c r="G106" t="s">
         <v>17</v>
       </c>
       <c r="H106">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I106">
-        <v>20</v>
+        <v>70.5</v>
       </c>
       <c r="K106" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" t="s">
-        <v>188</v>
+        <v>304</v>
       </c>
       <c r="B107" t="s">
         <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>281</v>
+        <v>305</v>
       </c>
       <c r="D107" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="E107">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="F107" t="s">
         <v>16</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
         <v>8</v>
       </c>
       <c r="I107">
-        <v>0</v>
+        <v>80.9</v>
       </c>
       <c r="K107" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" t="s">
-        <v>191</v>
+        <v>27</v>
       </c>
       <c r="B108" t="s">
-        <v>13</v>
+        <v>308</v>
       </c>
       <c r="C108" t="s">
-        <v>281</v>
+        <v>309</v>
       </c>
       <c r="D108" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="E108">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F108" t="s">
-        <v>16</v>
+        <v>311</v>
       </c>
       <c r="G108" t="s">
-        <v>17</v>
+        <v>292</v>
       </c>
       <c r="H108">
-        <v>101</v>
+        <v>2</v>
       </c>
       <c r="I108">
-        <v>0</v>
+        <v>60.3</v>
       </c>
       <c r="K108" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" t="s">
-        <v>194</v>
+        <v>27</v>
       </c>
       <c r="B109" t="s">
-        <v>13</v>
+        <v>308</v>
       </c>
       <c r="C109" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="D109" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="E109">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F109" t="s">
         <v>16</v>
       </c>
       <c r="G109" t="s">
         <v>17</v>
       </c>
       <c r="H109">
-        <v>54</v>
+        <v>2</v>
       </c>
       <c r="I109">
-        <v>25</v>
+        <v>60.3</v>
       </c>
       <c r="K109" t="s">
-        <v>305</v>
-[...88 lines deleted...]
-      <c r="K112" t="s">
         <v>315</v>
-      </c>
-[...190 lines deleted...]
-        <v>337</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">